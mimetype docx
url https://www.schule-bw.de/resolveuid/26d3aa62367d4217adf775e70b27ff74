--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -1,224 +1,273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="sldx" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
-  <Default Extension="sldx" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="4D37096B" w14:textId="77777777" w:rsidR="000A2D57" w:rsidRPr="00C76DF1" w:rsidRDefault="000A2D57" w:rsidP="000A2D57">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219110948"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C76DF1">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2150"/>
-        <w:gridCol w:w="7489"/>
+        <w:gridCol w:w="2132"/>
+        <w:gridCol w:w="7426"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C614E" w:rsidRPr="000C614E" w14:paraId="0FE27A3F" w14:textId="77777777" w:rsidTr="00250B0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E3BD0F7" w14:textId="4CCF7A44" w:rsidR="000C614E" w:rsidRDefault="00172563" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="tLernfeldKopf-Titel"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk219111027"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>WKA-LF04-LS04</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FE27A3D" w14:textId="77C72478" w:rsidR="00172563" w:rsidRPr="000C614E" w:rsidRDefault="00172563" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="tLernfeldKopf-Titel"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FE27A3E" w14:textId="78FEA503" w:rsidR="000C614E" w:rsidRPr="000C614E" w:rsidRDefault="00172563" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="tLernfeldKopf-Titel"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dokumente erstellen und Zahlungsmöglichkeiten kundenorientiert anbieten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="0FE27A40" w14:textId="5F001381" w:rsidR="005C0699" w:rsidRPr="00E03288" w:rsidRDefault="00DC5427" w:rsidP="005C0699">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Situation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="524DA712" w14:textId="77777777" w:rsidR="00750059" w:rsidRDefault="00750059" w:rsidP="00750059">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Sie sind Auszubildender zum Automobilkaufmann/Auszubildende zur Automobilkauffrau der Schneckle GmbH, einem freien Händler mit Sitz in Brühl. Das Unternehmen beschäftigt 40 Mitarbeiterinnen und Mitarbeiter. Die Schneckle GmbH repariert Fahrzeuge aller Marken und hat einen Servicevertrag mit einem japanischen Automobilhersteller. Sie verfügt über ein großes Ersatzteil- und Zubehörlager mit einem Verkauf an andere Händler und Endkunden sowie einem Internetvertrieb.</w:t>
+        <w:t xml:space="preserve">Sie sind Auszubildender zum Automobilkaufmann/Auszubildende zur Automobilkauffrau der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Schneckle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> GmbH, einem freien Händler mit Sitz in Brühl. Das Unternehmen beschäftigt 40 Mitarbeiterinnen und Mitarbeiter. Die </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Schneckle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> GmbH repariert Fahrzeuge aller Marken und hat einen Servicevertrag mit einem japanischen Automobilhersteller. Sie verfügt über ein großes Ersatzteil- und Zubehörlager mit einem Verkauf an andere Händler und Endkunden sowie einem Internetvertrieb.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21CEE08C" w14:textId="77777777" w:rsidR="00DC5427" w:rsidRDefault="00DC5427" w:rsidP="0019669B">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DEECEF6" w14:textId="4D86B478" w:rsidR="00BE4B97" w:rsidRDefault="008B34E8" w:rsidP="0019669B">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Die Verwaltung hat Ihnen eine Hausmitteilung zukommen lassen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE27A42" w14:textId="77777777" w:rsidR="00394779" w:rsidRPr="00E03288" w:rsidRDefault="00394779" w:rsidP="00394779">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03288">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufträge</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DCAE87" w14:textId="77777777" w:rsidR="00236CF9" w:rsidRDefault="002B06F7" w:rsidP="000C614E">
       <w:pPr>
         <w:pStyle w:val="NummerierungAnfang"/>
       </w:pPr>
       <w:r>
-        <w:t>Informieren Sie sich in § 14 UStG über die Pflichtbestandteile einer Rechnung und markieren Sie diese in der Rechnung an Frau Gertrud Hübele, um diese Rechnungsbestandteile dem Praktikanten Sven anschaulich erläutern zu können.</w:t>
+        <w:t xml:space="preserve">Informieren Sie sich in § 14 UStG über die Pflichtbestandteile einer Rechnung und markieren Sie diese in der Rechnung an Frau Gertrud </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hübele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, um diese Rechnungsbestandteile dem Praktikanten Sven anschaulich erläutern zu können.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D133BF" w14:textId="77777777" w:rsidR="00236CF9" w:rsidRPr="00236CF9" w:rsidRDefault="00236CF9" w:rsidP="00236CF9">
       <w:pPr>
         <w:pStyle w:val="NummerierungAnfang"/>
       </w:pPr>
       <w:r>
-        <w:t>Erstellen Sie die Rechnung und den Lieferschein für den Kunden Rudolf Fräckle.</w:t>
+        <w:t xml:space="preserve">Erstellen Sie die Rechnung und den Lieferschein für den Kunden Rudolf </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fräckle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214DD132" w14:textId="5A3E9B8B" w:rsidR="00DC5427" w:rsidRDefault="00236CF9" w:rsidP="00BE4B97">
       <w:pPr>
         <w:pStyle w:val="NummerierungAnfang"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Erstellen Sie </w:t>
       </w:r>
       <w:r w:rsidR="00DC5427">
         <w:t>mithilfe einer Internetrecherche eine Zusammen</w:t>
       </w:r>
       <w:r w:rsidR="007E7958">
         <w:t>fassung zum Thema „Verschiedene</w:t>
       </w:r>
       <w:r w:rsidR="00DC5427">
         <w:t xml:space="preserve"> Zahlungsmöglichkeiten der Kunden im Teileverkauf“. Von einem Kollegen haben Sie bereits eine </w:t>
       </w:r>
       <w:r w:rsidR="00930068">
         <w:t xml:space="preserve">Vorstruktur </w:t>
       </w:r>
       <w:r w:rsidR="00DC5427">
         <w:t xml:space="preserve">erhalten. </w:t>
       </w:r>
     </w:p>
@@ -228,958 +277,1017 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F67C9D2" w14:textId="61ADE8D7" w:rsidR="008B34E8" w:rsidRPr="00BA3069" w:rsidRDefault="00BA3069">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE27A44" w14:textId="7173647D" w:rsidR="00B407F0" w:rsidRPr="005C0699" w:rsidRDefault="00B407F0" w:rsidP="00B407F0">
+    <w:p w14:paraId="0FE27A44" w14:textId="7173647D" w:rsidR="00B407F0" w:rsidRPr="00A36A86" w:rsidRDefault="00B407F0" w:rsidP="00B407F0">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005C0699">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36A86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E72D59" w14:textId="11B28ED5" w:rsidR="0079689D" w:rsidRDefault="0079689D" w:rsidP="00D16BEC">
+    <w:p w14:paraId="28E72D59" w14:textId="11B28ED5" w:rsidR="0079689D" w:rsidRPr="00273692" w:rsidRDefault="0079689D" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Zu 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFACB2B" w14:textId="77777777" w:rsidR="0013477E" w:rsidRDefault="0013477E" w:rsidP="00D16BEC">
+    <w:p w14:paraId="5FFACB2B" w14:textId="77777777" w:rsidR="0013477E" w:rsidRPr="00273692" w:rsidRDefault="0013477E" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F14B907" w14:textId="78262A51" w:rsidR="0039598C" w:rsidRDefault="00763BF3" w:rsidP="000F3961">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="453A9D31" w14:textId="253B2419" w:rsidR="002416F5" w:rsidRPr="00273692" w:rsidRDefault="002416F5" w:rsidP="00D16BEC">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A47CDB8" w14:textId="77777777" w:rsidR="002416F5" w:rsidRPr="00273692" w:rsidRDefault="002416F5" w:rsidP="00D16BEC">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B47C36" w14:textId="16124506" w:rsidR="0080799F" w:rsidRDefault="002416F5" w:rsidP="000F3961">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:noProof/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
-          <w:szCs w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55EEAEDA" wp14:editId="40B6B976">
+            <wp:extent cx="5333365" cy="8047355"/>
+            <wp:effectExtent l="0" t="0" r="635" b="0"/>
+            <wp:docPr id="2" name="Grafik 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 41"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5333365" cy="8047355"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0080799F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
-          <w:szCs w:val="20"/>
-[...24 lines deleted...]
-        <w:object w:dxaOrig="9959" w:dyaOrig="15504" w14:anchorId="03D6E878">
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA3944A" w14:textId="251A2970" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="00D16BEC">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zu 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607C964D" w14:textId="58506E6B" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="00D16BEC">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C63A697" w14:textId="73070E5A" w:rsidR="002275E8" w:rsidRPr="00273692" w:rsidRDefault="00A36A86" w:rsidP="00D16BEC">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="13A18E87">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:419.4pt;height:633.6pt" o:ole="" o:bordertopcolor="this" o:borderleftcolor="this" o:borderbottomcolor="this" o:borderrightcolor="this">
-[...106 lines deleted...]
-        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="13A18E87">
           <v:shape id="_x0000_s1058" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:12.05pt;margin-top:15.65pt;width:463.15pt;height:617.75pt;z-index:-251631616" wrapcoords="-36 -23 -36 21600 21636 21600 21636 -23 -36 -23" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId12" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1058" DrawAspect="Content" ObjectID="_1586085031" r:id="rId13">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1058" DrawAspect="Content" ObjectID="_1829724282" r:id="rId13">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FADBE0" w14:textId="77777777" w:rsidR="002275E8" w:rsidRPr="000255CD" w:rsidRDefault="002275E8" w:rsidP="00D16BEC">
+    <w:p w14:paraId="75FADBE0" w14:textId="77777777" w:rsidR="002275E8" w:rsidRPr="00273692" w:rsidRDefault="002275E8" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4BD2BB50" w14:textId="77777777" w:rsidR="002275E8" w:rsidRDefault="002275E8" w:rsidP="00D16BEC">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD2BB50" w14:textId="77777777" w:rsidR="002275E8" w:rsidRPr="00273692" w:rsidRDefault="002275E8" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="179FD57D" w14:textId="5D6E5AA0" w:rsidR="00F14784" w:rsidRPr="002275E8" w:rsidRDefault="00F14784" w:rsidP="00D16BEC">
+    <w:p w14:paraId="179FD57D" w14:textId="5D6E5AA0" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="68DA476E" w14:textId="6D979206" w:rsidR="002275E8" w:rsidRPr="002275E8" w:rsidRDefault="00874208" w:rsidP="00D16BEC">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68DA476E" w14:textId="6D979206" w:rsidR="002275E8" w:rsidRPr="00273692" w:rsidRDefault="00A36A86" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3C62B071">
           <v:shape id="_x0000_s1060" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:14.3pt;margin-top:30.95pt;width:487pt;height:641.5pt;z-index:-251630592" wrapcoords="-36 -23 -36 21600 21636 21600 21636 -23 -36 -23" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId14" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1060" DrawAspect="Content" ObjectID="_1586085032" r:id="rId15">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1060" DrawAspect="Content" ObjectID="_1829724283" r:id="rId15">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
       <w:r w:rsidR="002275E8" w:rsidRPr="002275E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05933DD6" w14:textId="136944BA" w:rsidR="00F14784" w:rsidRPr="002275E8" w:rsidRDefault="002275E8" w:rsidP="002275E8">
-[...20 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="05933DD6" w14:textId="136944BA" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="002275E8" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>zu</w:t>
       </w:r>
-      <w:r w:rsidR="00F14784" w:rsidRPr="002275E8">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00F14784" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB7DD81" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="000255CD" w:rsidRDefault="00F14784" w:rsidP="002275E8">
-[...48 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w14:paraId="7CB7DD81" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B9A8DB" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="518FB14D" w14:textId="46036712" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00A36A86" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="0B95F249">
           <v:shape id="_x0000_s1045" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:453.65pt;height:671.15pt;z-index:-251640832" wrapcoords="-36 -24 -36 21600 21636 21600 21636 -24 -36 -24" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId16" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1045" DrawAspect="Content" ObjectID="_1586085033" r:id="rId17">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1045" DrawAspect="Content" ObjectID="_1829724284" r:id="rId17">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1091A55A" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="000255CD" w:rsidRDefault="00F14784" w:rsidP="002275E8">
-[...404 lines deleted...]
-    <w:p w14:paraId="6092F33A" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="000255CD" w:rsidRDefault="000255CD" w:rsidP="00D16BEC">
+    <w:p w14:paraId="1091A55A" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E812106" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ADCA6E9" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DFC40A3" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5148A121" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A5A48D3" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A8BEB1" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AEEC683" w14:textId="77777777" w:rsidR="00F14784" w:rsidRPr="00273692" w:rsidRDefault="00F14784" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E728F2B" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BEB334C" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="191BB9D0" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B413D0" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3268F5B2" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FA66D0D" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EB27F30" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C62AD5" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D65F16B" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AEB46A6" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0231A8" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7237F4D6" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B8AAC7" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="327C8A02" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC72FE9" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A85FEE5" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31907DC5" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F35BB99" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B6A8592" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="002275E8">
+      <w:pPr>
+        <w:pStyle w:val="TabelleAufzhlung"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6092F33A" w14:textId="77777777" w:rsidR="000255CD" w:rsidRPr="00273692" w:rsidRDefault="000255CD" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE27A47" w14:textId="66833763" w:rsidR="00394779" w:rsidRPr="00763BF3" w:rsidRDefault="00394779" w:rsidP="00394779">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00763BF3">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Datenkranz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139FFE65" w14:textId="5A14A9B0" w:rsidR="005918D2" w:rsidRPr="00763BF3" w:rsidRDefault="00874208" w:rsidP="00D16BEC">
+    <w:p w14:paraId="139FFE65" w14:textId="112623F4" w:rsidR="005918D2" w:rsidRPr="00763BF3" w:rsidRDefault="000A2D57" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:pict w14:anchorId="3DE920E1">
-[...4 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DE920E1" wp14:editId="526BEB13">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>139700</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>160020</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="5908040" cy="6082665"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="39" name="Bild 39"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 39"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5908040" cy="6082665"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E42BB84" w14:textId="32D96C18" w:rsidR="00F97DA3" w:rsidRPr="00763BF3" w:rsidRDefault="00F97DA3" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01208316" w14:textId="77777777" w:rsidR="00F97DA3" w:rsidRPr="00763BF3" w:rsidRDefault="00F97DA3" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57518515" w14:textId="77777777" w:rsidR="00F97DA3" w:rsidRPr="00763BF3" w:rsidRDefault="00F97DA3" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
@@ -1201,70 +1309,69 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33C4259D" w14:textId="77777777" w:rsidR="00F97DA3" w:rsidRPr="00763BF3" w:rsidRDefault="00F97DA3" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="479C346F" w14:textId="46BDAC11" w:rsidR="00BA3069" w:rsidRPr="00763BF3" w:rsidRDefault="00BA3069" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00763BF3">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C73788" w14:textId="6C7AFA8D" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00874208" w:rsidP="00CD09F4">
+    <w:p w14:paraId="52C73788" w14:textId="6C7AFA8D" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00A36A86" w:rsidP="00CD09F4">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="39680BC1">
           <v:shape id="_x0000_s1049" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:6pt;margin-top:48pt;width:466.35pt;height:570.15pt;z-index:-251637760" wrapcoords="-35 512 -35 20889 21600 20889 21600 512 -35 512">
             <v:imagedata r:id="rId19" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1049" DrawAspect="Content" ObjectID="_1586085034" r:id="rId20">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1049" DrawAspect="Content" ObjectID="_1829724285" r:id="rId20">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="7360FD6F" w14:textId="77777777" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00266AE1" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AE76DC7" w14:textId="77777777" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00266AE1" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
@@ -1289,139 +1396,137 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EFF9FC5" w14:textId="77777777" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00266AE1" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA134B1" w14:textId="160F8620" w:rsidR="00BA3069" w:rsidRPr="00763BF3" w:rsidRDefault="00BA3069" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r w:rsidRPr="00763BF3">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2816E93E" w14:textId="27A8A704" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00874208" w:rsidP="00D16BEC">
+    <w:p w14:paraId="2816E93E" w14:textId="27A8A704" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00A36A86" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="245428BE">
           <v:shape id="_x0000_s1051" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:487pt;height:707.95pt;z-index:-251635712" wrapcoords="-35 -22 -35 21600 21635 21600 21635 -22 -35 -22" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId21" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1051" DrawAspect="Content" ObjectID="_1586085035" r:id="rId22">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1051" DrawAspect="Content" ObjectID="_1829724286" r:id="rId22">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FEB0DD" w14:textId="7B9D40DB" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00874208" w:rsidP="00D16BEC">
+    <w:p w14:paraId="11FEB0DD" w14:textId="7B9D40DB" w:rsidR="00266AE1" w:rsidRPr="00763BF3" w:rsidRDefault="00A36A86" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5EF4E4B5">
           <v:shape id="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:8.45pt;margin-top:-2.25pt;width:456.3pt;height:727.7pt;z-index:-251650048" wrapcoords="-36 -23 -36 21600 21636 21600 21636 -23 -36 -23" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId23" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1038" DrawAspect="Content" ObjectID="_1586085036" r:id="rId24">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1038" DrawAspect="Content" ObjectID="_1829724287" r:id="rId24">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="53FBE926" w14:textId="74AA9F57" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00656106" w:rsidP="004F2020">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="022C2928" w14:textId="77777777" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00656106" w:rsidP="004F2020">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7333888B" w14:textId="50AFC5D7" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00874208" w:rsidP="004F2020">
+    <w:p w14:paraId="7333888B" w14:textId="50AFC5D7" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00A36A86" w:rsidP="004F2020">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="23E1BF7F">
           <v:shape id="_x0000_s1041" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:33pt;margin-top:-.65pt;width:354pt;height:265.75pt;z-index:-251644928" wrapcoords="-45 -60 -45 21600 21645 21600 21645 -60 -45 -60" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId25" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="PowerPoint.Slide.12" ShapeID="_x0000_s1041" DrawAspect="Content" ObjectID="_1586085037" r:id="rId26"/>
+          <o:OLEObject Type="Embed" ProgID="PowerPoint.Slide.12" ShapeID="_x0000_s1041" DrawAspect="Content" ObjectID="_1829724288" r:id="rId26"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0A325D" w14:textId="77777777" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00656106" w:rsidP="004F2020">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="713AD98C" w14:textId="77777777" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00656106" w:rsidP="004F2020">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79B8BFCD" w14:textId="77777777" w:rsidR="00656106" w:rsidRPr="00763BF3" w:rsidRDefault="00656106" w:rsidP="004F2020">
       <w:pPr>
@@ -1794,70 +1899,69 @@
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5665FCA6" w14:textId="5A0574FB" w:rsidR="00BA3069" w:rsidRDefault="00BA3069" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="219A40D3" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F6E4C49" w14:textId="1E65AAD6" w:rsidR="0095563B" w:rsidRDefault="00874208" w:rsidP="00D16BEC">
+    <w:p w14:paraId="0F6E4C49" w14:textId="1E65AAD6" w:rsidR="0095563B" w:rsidRDefault="00A36A86" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="41F4D8A9">
           <v:shape id="_x0000_s1039" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:12.6pt;margin-top:25.5pt;width:407.9pt;height:642.75pt;z-index:-251646976" wrapcoords="-35 -21 -35 21600 21635 21600 21635 -21 -35 -21" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId27" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1039" DrawAspect="Content" ObjectID="_1586085038" r:id="rId28">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1039" DrawAspect="Content" ObjectID="_1829724289" r:id="rId28">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="15714FBC" w14:textId="77777777" w:rsidR="0095563B" w:rsidRDefault="0095563B" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11329384" w14:textId="77777777" w:rsidR="00D82FC6" w:rsidRDefault="00D82FC6" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
@@ -2401,1400 +2505,1396 @@
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EC6C6B" w14:textId="666BBB4D" w:rsidR="002275E8" w:rsidRDefault="002275E8" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="121481C8" w14:textId="275C5AF7" w:rsidR="002275E8" w:rsidRDefault="002275E8" w:rsidP="00111996">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="565B2C97" w14:textId="790E8D96" w:rsidR="002275E8" w:rsidRDefault="00874208" w:rsidP="00D16BEC">
+    <w:p w14:paraId="565B2C97" w14:textId="790E8D96" w:rsidR="002275E8" w:rsidRDefault="00A36A86" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="641F590C">
           <v:shape id="_x0000_s1055" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:9.55pt;margin-top:32pt;width:435.65pt;height:326.15pt;z-index:-251633664" wrapcoords="-45 -60 -45 21600 21645 21600 21645 -60 -45 -60" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId29" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="PowerPoint.Slide.12" ShapeID="_x0000_s1055" DrawAspect="Content" ObjectID="_1586085039" r:id="rId30"/>
+          <o:OLEObject Type="Embed" ProgID="PowerPoint.Slide.12" ShapeID="_x0000_s1055" DrawAspect="Content" ObjectID="_1829724290" r:id="rId30"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C258143" w14:textId="77777777" w:rsidR="00A21506" w:rsidRDefault="00A21506">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE27A49" w14:textId="7942362E" w:rsidR="006F30F7" w:rsidRPr="00DD69BF" w:rsidRDefault="006F30F7" w:rsidP="006F30F7">
+    <w:p w14:paraId="0FE27A49" w14:textId="7942362E" w:rsidR="006F30F7" w:rsidRPr="00273692" w:rsidRDefault="006F30F7" w:rsidP="006F30F7">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD69BF">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Didaktisch-methodische Hinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48258F3A" w14:textId="3F54F02C" w:rsidR="008B34E8" w:rsidRDefault="00FC640C" w:rsidP="00E964C5">
+    <w:p w14:paraId="48258F3A" w14:textId="3F54F02C" w:rsidR="008B34E8" w:rsidRPr="00273692" w:rsidRDefault="00FC640C" w:rsidP="00E964C5">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Zu 2.</w:t>
       </w:r>
-      <w:r w:rsidR="00E964C5">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E964C5" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008B34E8">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="008B34E8" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Rechnung und Lieferschein können schriftlich oder mit Hilfe des Computers erstellt werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E332E02" w14:textId="77777777" w:rsidR="006C2266" w:rsidRDefault="006C2266" w:rsidP="007428CB">
+    <w:p w14:paraId="2E332E02" w14:textId="77777777" w:rsidR="006C2266" w:rsidRPr="00273692" w:rsidRDefault="006C2266" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3A7A9EF6" w14:textId="43D4C9F9" w:rsidR="00FC640C" w:rsidRDefault="00FC640C" w:rsidP="00E964C5">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7A9EF6" w14:textId="43D4C9F9" w:rsidR="00FC640C" w:rsidRPr="00273692" w:rsidRDefault="00FC640C" w:rsidP="00E964C5">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Zu 3. </w:t>
       </w:r>
-      <w:r w:rsidR="00E964C5">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E964C5" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00991654">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00991654" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Alle Schüler und Schüler</w:t>
       </w:r>
-      <w:r w:rsidR="001E1322">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="001E1322" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">innen </w:t>
       </w:r>
-      <w:r w:rsidR="00787CDD">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00787CDD" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">führen eine Internetrecherche durch. </w:t>
       </w:r>
-      <w:r w:rsidR="00991654">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00991654" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Drei Schüler oder Schülerinnen</w:t>
       </w:r>
-      <w:r w:rsidR="001E1322">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="001E1322" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> präsentieren i</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">hre </w:t>
       </w:r>
-      <w:r w:rsidR="00465617">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00465617" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Zusammenfassungen </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>der Klasse</w:t>
       </w:r>
-      <w:r w:rsidR="00787CDD">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00787CDD" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00465617">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00465617" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Die Lehrerlösung ist hier nur beispielhaft und sehr umfangreich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3B808A" w14:textId="55552AB9" w:rsidR="00B531C0" w:rsidRDefault="00E964C5" w:rsidP="00E964C5">
+    <w:p w14:paraId="2E3B808A" w14:textId="55552AB9" w:rsidR="00B531C0" w:rsidRPr="00273692" w:rsidRDefault="00E964C5" w:rsidP="00E964C5">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B531C0">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00B531C0" w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Zu Sicherheitsmerkmalen von Bargeld gibt es viele Informationen von der Deutschen Bundesbank, auch als Broschüren bestellbar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9D63C2" w14:textId="77777777" w:rsidR="00F56749" w:rsidRDefault="00F56749" w:rsidP="007428CB">
+    <w:p w14:paraId="2E9D63C2" w14:textId="77777777" w:rsidR="00F56749" w:rsidRPr="00273692" w:rsidRDefault="00F56749" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5AFFAC5B" w14:textId="77777777" w:rsidR="00F56749" w:rsidRDefault="00F56749" w:rsidP="007428CB">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AFFAC5B" w14:textId="77777777" w:rsidR="00F56749" w:rsidRPr="00273692" w:rsidRDefault="00F56749" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="531A70EB" w14:textId="784C9FDA" w:rsidR="001E1322" w:rsidRPr="00F958EE" w:rsidRDefault="001E1322" w:rsidP="007428CB">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531A70EB" w14:textId="784C9FDA" w:rsidR="001E1322" w:rsidRPr="00273692" w:rsidRDefault="001E1322" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Auszug aus der Zielanalyse</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="049DAECC" w14:textId="77777777" w:rsidR="00F705F0" w:rsidRDefault="00F705F0" w:rsidP="00F56749">
+    <w:p w14:paraId="049DAECC" w14:textId="77777777" w:rsidR="00F705F0" w:rsidRPr="00273692" w:rsidRDefault="00F705F0" w:rsidP="00F56749">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="30C2A04E" w14:textId="1BDD1995" w:rsidR="00A21506" w:rsidRDefault="00A21506" w:rsidP="00F56749">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30C2A04E" w14:textId="1BDD1995" w:rsidR="00A21506" w:rsidRPr="00273692" w:rsidRDefault="00A21506" w:rsidP="00F56749">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C2B2D64" wp14:editId="1DA858C5">
             <wp:extent cx="6120130" cy="1797685"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Grafik 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120130" cy="1797685"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358C987E" w14:textId="77777777" w:rsidR="00A21506" w:rsidRDefault="00A21506" w:rsidP="00F56749">
+    <w:p w14:paraId="358C987E" w14:textId="77777777" w:rsidR="00A21506" w:rsidRPr="00273692" w:rsidRDefault="00A21506" w:rsidP="00F56749">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6708E32A" w14:textId="77777777" w:rsidR="00F56749" w:rsidRPr="00F958EE" w:rsidRDefault="00F56749" w:rsidP="00F56749">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6708E32A" w14:textId="77777777" w:rsidR="00F56749" w:rsidRPr="00273692" w:rsidRDefault="00F56749" w:rsidP="00F56749">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4C8A6264" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00DD69BF" w:rsidRDefault="00045AA8" w:rsidP="00045AA8">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C8A6264" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00045AA8">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Phasen der vollständigen Handlung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73ED7662" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00045AA8">
+    <w:p w14:paraId="73ED7662" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00045AA8">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD5037" w:rsidRPr="005846DA" w14:paraId="1D660E46" w14:textId="77777777" w:rsidTr="00CD5037">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="1D660E46" w14:textId="77777777" w:rsidTr="00CD5037">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="14894125" w14:textId="4AA7FBF7" w:rsidR="00CD5037" w:rsidRPr="005846DA" w:rsidRDefault="00CD5037" w:rsidP="00625125">
+          <w:p w14:paraId="14894125" w14:textId="4AA7FBF7" w:rsidR="00CD5037" w:rsidRPr="00273692" w:rsidRDefault="00CD5037" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Handlungsphase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7094F41E" w14:textId="00F69A4B" w:rsidR="00CD5037" w:rsidRPr="005846DA" w:rsidRDefault="00CD5037" w:rsidP="00991654">
+          <w:p w14:paraId="7094F41E" w14:textId="00F69A4B" w:rsidR="00CD5037" w:rsidRPr="00273692" w:rsidRDefault="00CD5037" w:rsidP="00991654">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Hinweise zur Umsetzung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00045AA8" w:rsidRPr="005846DA" w14:paraId="22A3E538" w14:textId="77777777" w:rsidTr="00C64D83">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="22A3E538" w14:textId="77777777" w:rsidTr="00C64D83">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77E3888E" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="77E3888E" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Informieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EFAB2A2" w14:textId="4EAFD3C9" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00991654">
+          <w:p w14:paraId="6EFAB2A2" w14:textId="4EAFD3C9" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00991654">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Schülerinnen und Schüler erfassen und analysieren die Aufgabenstellung. </w:t>
             </w:r>
-            <w:r w:rsidR="00991654" w:rsidRPr="005846DA">
+            <w:r w:rsidR="00991654" w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ie informieren sich über die Pflichtbestandteile einer Rechnung und über die Zahlungsmöglichkeiten im Autohaus. Zur Lösung der Aufgaben nutzen Sie die Informationen aus dem Datenkranz und aus dem Internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00045AA8" w:rsidRPr="005846DA" w14:paraId="536ACABA" w14:textId="77777777" w:rsidTr="00C64D83">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="536ACABA" w14:textId="77777777" w:rsidTr="00C64D83">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="049D4C45" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="049D4C45" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Planen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2183AC04" w14:textId="2D0D0D09" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="2183AC04" w14:textId="2D0D0D09" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ziel: Rechnung und Lieferschein für den Verkauf eines Artikels an einen Endkunden, Zusammenfassung zu Zahlungsmöglichkeiten im Autohaus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00045AA8" w:rsidRPr="005846DA" w14:paraId="778E9D1D" w14:textId="77777777" w:rsidTr="00C64D83">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="778E9D1D" w14:textId="77777777" w:rsidTr="00C64D83">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42F02107" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="42F02107" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Entscheiden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="112FF31F" w14:textId="5E33E76A" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="112FF31F" w14:textId="5E33E76A" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Für nutzbare Informationsquellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00045AA8" w:rsidRPr="005846DA" w14:paraId="767BCD74" w14:textId="77777777" w:rsidTr="00C64D83">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="767BCD74" w14:textId="77777777" w:rsidTr="00C64D83">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="352E4BDC" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="352E4BDC" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ausführen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C21072B" w14:textId="1D3E9D13" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00E964C5" w:rsidP="00E964C5">
+          <w:p w14:paraId="4C21072B" w14:textId="1D3E9D13" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00E964C5" w:rsidP="00E964C5">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="287" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Informationen </w:t>
             </w:r>
-            <w:r w:rsidR="00045AA8" w:rsidRPr="005846DA">
+            <w:r w:rsidR="00045AA8" w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>lesen und auswerten</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A1CEB11" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00E964C5">
+          <w:p w14:paraId="2A1CEB11" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00E964C5">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="287" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Rechnung und Lieferschein korrekt erstellen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3272BAFA" w14:textId="4968F889" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00E964C5">
+          <w:p w14:paraId="3272BAFA" w14:textId="4968F889" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00E964C5">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="287" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Zusammenfassung zu Zahlungsmöglichkeiten im Autohaus erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00045AA8" w:rsidRPr="005846DA" w14:paraId="079DE764" w14:textId="77777777" w:rsidTr="00C64D83">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="079DE764" w14:textId="77777777" w:rsidTr="00C64D83">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0685C3AB" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="0685C3AB" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Kontrollieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B03995" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="54B03995" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Im Plenum, der Gruppe oder paarweise beurteilen, ob der Arbeitsauftrag vollständig ausgeführt wurde, oder ob noch Fragen offen sind bzw. wichtige Sachverhalte nicht thematisiert wurden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00045AA8" w:rsidRPr="005846DA" w14:paraId="4A92E668" w14:textId="77777777" w:rsidTr="00C64D83">
+      <w:tr w:rsidR="00273692" w:rsidRPr="00273692" w14:paraId="4A92E668" w14:textId="77777777" w:rsidTr="00C64D83">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC2AE22" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="4FC2AE22" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Bewerten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A9F4123" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="005846DA" w:rsidRDefault="00045AA8" w:rsidP="00625125">
+          <w:p w14:paraId="7A9F4123" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00625125">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005846DA">
+            <w:r w:rsidRPr="00273692">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Bei der Bewertung des Handlungsverlaufs wird geprüft, welche Arbeitsergebnisse den Schülerinnen und Schülern bei der Arbeit in ihrem Ausbildungsbetrieb weitergeholfen hätten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="009E0604" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00DD69BF" w:rsidRDefault="00045AA8" w:rsidP="00045AA8">
+    <w:p w14:paraId="009E0604" w14:textId="77777777" w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidRDefault="00045AA8" w:rsidP="00045AA8">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...9 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId37"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00045AA8" w:rsidRPr="00273692" w:rsidSect="00CD5037">
+      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2859B7B8" w14:textId="77777777" w:rsidR="008B553F" w:rsidRDefault="008B553F" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6B0B4606" w14:textId="77777777" w:rsidR="008B553F" w:rsidRDefault="008B553F" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
-    <w:family w:val="auto"/>
-    <w:notTrueType/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8613"/>
       <w:gridCol w:w="1026"/>
     </w:tblGrid>
     <w:tr w:rsidR="007213E5" w:rsidRPr="00921C3E" w14:paraId="6AFC0AA3" w14:textId="77777777" w:rsidTr="00D96C5C">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8613" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="209D86BB" w14:textId="77777777" w:rsidR="007213E5" w:rsidRPr="00A16C25" w:rsidRDefault="007213E5" w:rsidP="00921C3E">
+        <w:p w14:paraId="209D86BB" w14:textId="2ACA1BC2" w:rsidR="007213E5" w:rsidRPr="00A16C25" w:rsidRDefault="007213E5" w:rsidP="00921C3E">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006E56EA">
+          <w:r w:rsidR="00273692">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>WKA-LF04-LS04-Rechnung Lieferschein und Zahlungsmöglichkeiten.docx</w:t>
+            <w:t>WKA-LF04-LS04-Rechnung Lieferschein Zahlung.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1026" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="564688D4" w14:textId="0B1C03B5" w:rsidR="007213E5" w:rsidRPr="00A16C25" w:rsidRDefault="007213E5" w:rsidP="00D96C5C">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
@@ -3898,97 +3998,77 @@
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>13</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3810DAA9" w14:textId="77777777" w:rsidR="007213E5" w:rsidRDefault="007213E5">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1A8F09FD" w14:textId="77777777" w:rsidR="008B553F" w:rsidRDefault="008B553F" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2B359C56" w14:textId="77777777" w:rsidR="008B553F" w:rsidRDefault="008B553F" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0FE27A55" w14:textId="556033E6" w:rsidR="007213E5" w:rsidRPr="00E156D0" w:rsidRDefault="007213E5" w:rsidP="00E156D0">
     <w:pPr>
       <w:pStyle w:val="Beschriftung"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45B5E0D8" wp14:editId="24E702FD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>620065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>245110</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6219893" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
@@ -4091,115 +4171,104 @@
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="5519075" y="0"/>
                           <a:ext cx="504967" cy="436728"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251657216;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFohEzKDBAAAiwoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5KsF0uIU6ROmhXotmDt9p2WKImIRHIkHTkd9t93R0qOnbTY1mEGopAUeXruuefuePnmMPTk&#10;kWnDpdgE0UUYECYqWXPRboJfP71brANiLBU17aVgm+CJmeDN1fffXY6qZLHsZF8zTcCIMOWoNkFn&#10;rSqXS1N1bKDmQiom4GUj9UAtTHW7rDUdwfrQL+MwzJaj1LXSsmLGwOqNfxlcOftNwyr7c9MYZkm/&#10;CQCbdU/tnjt8Lq8uadlqqjpeTTDoN6AYKBfw0aOpG2op2Wv+ytTAKy2NbOxFJYelbBpeMecDeBOF&#10;L7y503KvnC9tObbqSBNQ+4KnbzZb/fR4rwmvN8EqDoigA8ToTu+V4kwzQWARGBpVW8LGO60+qns9&#10;LbR+hk4fGj3gf3CHHBy3T0du2cGSChazOCrWxSogFbxLVmkWTuRXHUQIjy2iIlslRUCeD1fd7fF4&#10;HK6KaD6e5fEakS3njy8R4xHSqEBN5pkw898I+9hRxVwcDPIwEZZkM2GfwMmG9TWZ2HK7kCpiD28l&#10;uBY5bRj1QVYPhgi57aho2bXWcuwYrQFe5LxB3PABPIqsm9Kgkd34o6whLnRvpTP0gu9T4rK8SFK0&#10;RcuZ+STJkjwDsMj8Ko2T2G04UkdLpY29Y3IgONgEGrLGfYc+fjDWszxvQcNG9rx+x/veTXS72/aa&#10;PFLIsHfuNwXmbFsvyLgJihS+jaeExPMO5sAtVICeD5tgHeLPo0debkXttljKez8G0L2AsM/ceJbs&#10;YXeAjbi4k/UTUKalz3SoTDDopP4ckBGyfBOY3/dUs4D07wXQXkRJgmXBTZI0j2GiT9/sTt9QUYGp&#10;TWAD4odb60qJ9+gawtNwx9czkgkriNHj+/9VCQV3SmOmac3Ib0zvuKj3oiWJyxkEByLbiimVvcrQ&#10;B9QVaXqufpglO2X0IgqjeA3ZhwpKwjjKziWWpnm+Wk/J7QL4dXX1XGAu0fIr6jqRhhdNtkohKhUG&#10;r+kpcF8NCuqVES2EoW+h7VRWO4tnijNP5qhLaBi1HCHo1FhYPAoVYfT7AdLL6zdLJ/0BfH/elZgz&#10;u5gJN9R0/oR7NQkelQlp57rOlDjnOvXixITCdacJxasS/qbSDqNXlervWyCcsnvUtG+jwz+yMVD9&#10;sFcL6EKKWr7jPbdPrqMCkwhKPN7zCssQTk6KXn6Ul6YNfyBJjt7Pm/wRqCi8elHrjIKqMte58+1L&#10;nJ59bwcanAsMjifPIHAv+t4XyPE99UZW+4EJ6y8JmoFw4IZiOq4MZHjJhh0DDen3NbYUuKBYqK9K&#10;c+ELH5ROCKCLJvQf18f/iNfXYVjEbxfbNNwukjC/XVwXSb7Iw9s8CZN1tI22f6IMo6TcGwbu0/5G&#10;8Qk6rL4C/8WmPV1v/HXAXSu80OasAmhOkzNEUCoyhFiN1cxWHQ4bqK6/AOGotZMXjulncpF37DB4&#10;4kVPSdOoCPP0tBnP/SQNkyIDGfhG/qoT/8t24iB5EG4ImFx+uBuPQz/dzvBKdTp3u57vkFd/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQtbMC&#10;qqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82RzM7hg&#10;MOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaUxndY&#10;FQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FrwkAQhe+F/odlCr3VTZQaTbMRkbYnKVQLxduYHZNgdjZk1yT++669tKeZ4T3efC9b&#10;jaYRPXWutqwgnkQgiAuray4VfO3fnhYgnEfW2FgmBVdysMrv7zJMtR34k/qdL0UIYZeigsr7NpXS&#10;FRUZdBPbEgftZDuDPpxdKXWHQwg3jZxG0VwarDl8qLClTUXFeXcxCt4HHNaz+LXfnk+b62H//PG9&#10;jUmpx4dx/QLC0+j/zHDDD+iQB6ajvbB2olGwTObBqWC2CPOmR0kSgzj+blOQeSb/V8h/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/axRR&#10;EMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTmICQR&#10;G0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM9Eee&#10;m0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6jaHl07&#10;mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZQTM2&#10;zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzwDqac&#10;CqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjmKia5&#10;hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78qfKz&#10;Xvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXPVt56&#10;+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAWiETMoMEAACLCgAADgAAAAAAAAAAAAAAAAA8AgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADrBgAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQCbeOKE4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAANwHAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAA&#10;FAAAAAAAAAAAAAAAAADpCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAAIgsA&#10;AAAA&#10;">
+            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251657216;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAutrldRYEAACtCQAADgAAAGRycy9lMm9Eb2MueG1stFZRb9s2EH4fsP9A&#10;6D2xJEuyLcQpuqTNCnRbsHZ7pylKIkKRHElHTn/97kjJsZMV2zrMQBRSJI/ffffdna7eHAZJHrl1&#10;Qqttkl2mCeGK6Uaobpv89vn9xTohzlPVUKkV3yZP3CVvrr//7mo0Nc91r2XDLQEjytWj2Sa996Ze&#10;LBzr+UDdpTZcwWKr7UA9TG23aCwdwfogF3maVotR28ZYzbhz8PY2LibXwX7bcuZ/aVvHPZHbBLD5&#10;8LThucPn4vqK1p2lphdsgkG/AcVAhYJLj6Zuqadkb8UrU4NgVjvd+kumh4VuW8F48AG8ydIX3txZ&#10;vTfBl64eO3OkCah9wdM3m2U/P95Z88ncW2BiNB1wEWboy6G1A/4HlOQQKHs6UsYPnjB4WeXZZr1Z&#10;JoTBWrEsq3TilPVAPB67yDbVstgk5Pkw698dj+fpcpPNx6tVvsaQLObLF2eQRgMicc88uP/Gw6ee&#10;Gh7odTXwcG+JaMCJKiGKDqDVz+Bky2VDcsSEl8MupIr4ww8aXMtCyJ35qNmDI0rf9FR1/K21euw5&#10;bQBeFrw5ORrtODSyG3/SDVxD914HQy/4PiWuWm2KEm3Rema+KKpiVQFYZH5Z5kUeNhypo7Wxzt9x&#10;PRAcbBMLyRDuoY8fnY8sz1vQsNNSNO+FlGFiu92NtOSRQuK8D78pMGfbpCLjNtmUcDeeUhrPB5iD&#10;8JDYUgzbZJ3iL6JHXt6pJmzxVMg4BtBSQdiRKOQmsuQPuwNsxJc73TwBZVbHBIaCA4Ne2y8JGSF5&#10;t4n7Y08tT4j8oID2TVYUmO1hUpSrHCb2dGV3ukIVA1PbxCckDm98qBDRo7cQnlYEvp6RTFhBjBHf&#10;/69KqKNRlXfc0oaT37ndCdXsVUeKkDOTyG7UlMozkzGVSCuF+XGW7JTRF1ma5WvIPlRQkeZZdS6x&#10;slytluspuUMAv64uKRTmEq2/oq4TaUTRVMsSosIweK2kwD0bDKSfUx2EQXbQTZi3weKZ4tyTO+oS&#10;+kCjRwg6dR5eHoWKMOR+gPSK+q3KSX8AP54PJebMLmbCLXV9PBGWJsGjMiHtQjOZEudcp1GcmFD4&#10;PmjCCFbD31SxYfSqUv19Z4NTfo+ajt1x+Ec2Bmof9uYCmouhXuyEFP4pNEpgEkGpx3vBMMFwclL0&#10;Vkd5WdqKB1Ks0Pt5UzwCFUWwF7XOGagqc507377A6dl9O9DgXGBwPHkGgXvRzv6CnNgqbzXbD1z5&#10;2PstB+HAh4frhXGQ4TUfdhw0ZD802FLgu8NDfTVWKB+F7bzlnvUYzxYK1a+AHcMGqpgXAuhnnOhC&#10;LEhzRzq2w7LMNumqPO1rc2ku02JTAaOxJ75qav+yMgdIEUQYAqYgtfBNENBP3y/40XE6D7uev7Ku&#10;/wQAAP//AwBQSwMEFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAABkcnMvbWVkaWEvaW1hZ2UxLndt&#10;ZuyUv2sUURDH5+3X05NIApprxEIEBZGUQiBgcVhoJZ4SCMg1phQL8UcThaCHMdHLpVBBzkILiQQU&#10;jUQk5iAkERtJaeV/cEiu269aODO3e5GwpxaWPvjcvJt97zvvzezs508fHonUo2a8hhb3B9FxZTjI&#10;ThF8jPRHnptLtikIecmp7dHV9chmu6JcOBzs2fYQZIfaH7rn1es3OjPvgOrl1X7z1TrR0faHLv7I&#10;n2+o2h5dO5gz1XWPZzEb7IMxw/XIaMbd1C3KRoiSM/m1OrHTGCK71XcQv49gSt1vl8bJPkcaKXgW&#10;7TYlGUEzNs7ie1wCWEJPQr/afp7BPmcYh2iMYIBlHHVGcYwXcdK5hfM0JnGBVVxyarjGGsYSxtVX&#10;4V1M8A6mnAqqHMc0x1DjVc3iCaeh/9tUsMR7eM/7WGQd75ynWOAs5vkCLzmPOectnnERT9hAnct4&#10;4Kyo5iomuYabyvWEy1zR8xnLGOUSzjkLOE1jDkXnIY7QmMYBTmGvM6G5uI3ehLzavN6VcTXJX3bG&#10;Q/L+/Knys175/9WwivyLarS7JM26yOOhU51+a/e8dWN2zTa7pE/3WJfkpIgyi/rWFhybl5m9+28r&#10;3usVz1beevovQ8czTr95uoL2TUF7pujYfIZbNb7eGOxopDcU+VWjpfuNVd1vtFzDvn2mZfmCWhs/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAm3jihOAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvC&#10;QBCF74X+h2UKvdVNlBpNsxGRticpVAvF25gdk2B2NmTXJP77rr20p5nhPd58L1uNphE9da62rCCe&#10;RCCIC6trLhV87d+eFiCcR9bYWCYFV3Kwyu/vMky1HfiT+p0vRQhhl6KCyvs2ldIVFRl0E9sSB+1k&#10;O4M+nF0pdYdDCDeNnEbRXBqsOXyosKVNRcV5dzEK3gcc1rP4td+eT5vrYf/88b2NSanHh3H9AsLT&#10;6P/McMMP6JAHpqO9sHaiUbBM5sGpYLYI86ZHSRKDOP5uU5B5Jv9XyH8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/&#10;EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA593LPYer2aWZ2pxC1swKqogRGVjql7Sjg0p82&#10;e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK/sB5lBMZjIXzZHMzuGAw5TOM3KO84kh8W5Y7&#10;Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8UXJvszkAMIyUBhpTGd1gVDzMAb2r+9VjzAgAA&#10;//8DAFBLAQItABQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPAEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALra5XUWBAAArQkAAA4AAAAAAAAAAAAAAAAAOwIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAAAAAAAAAAAAAAAA&#10;fQYAAGRycy9tZWRpYS9pbWFnZTEud21mUEsBAi0AFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAtggAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAMMJAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;ALQKAAAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+d+mPwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9Ed1Y0qjRTbBCS279eYBj9pgEs2dDdmvi27uFQi+HmfmG2eajacWdetdYVrCYRyCI&#10;S6sbrhScT1+zFQjnkTW2lknBgxzk2ctki6m2Ax/ofvSVCBB2KSqove9SKV1Zk0E3tx1x8K62N+iD&#10;7CupexwC3LTyPYoSabDhsFBjR/uaytvxxyi4FsP0Yz1cvv15eYiTT2yWF/tQ6u113G1AeBr9f/iv&#10;XWgFcQK/X8IPkNkTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1A76BF63" w14:textId="77777777" w:rsidR="007213E5" w:rsidRPr="00E20335" w:rsidRDefault="007213E5" w:rsidP="00921C3E">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1028" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 47" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDx3bnswwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeAVvNWmRVlajaFEQihW3vXh7bJ6bxc3Lsom6/nsjCB6HmfmGmcw6V4sztaHyrOF9oEAQ&#10;F95UXGr4/1u9jUCEiGyw9kwarhRgNu29TDAz/sI7OuexFAnCIUMNNsYmkzIUlhyGgW+Ik3fwrcOY&#10;ZFtK0+IlwV0tP5T6lA4rTgsWG/q2VBzzk9NQ5Zvf0XW5Kuxip7b5Mir82R+17r928zGISF18hh/t&#10;tdEw/IL7l/QD5PQGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8d257MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+              <v:shape id="Grafik 47" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXqNY9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33VhqI9FVRIh4Eru2eH1kX5PQ7NuQXTXtr3cLBY/DzHzDrDa9bcSNOl87VjCbJiCI&#10;C2dqLhV8nPPJAoQPyAYbx6Tghzxs1sPBCjPj7vxONx1KESHsM1RQhdBmUvqiIot+6lri6H25zmKI&#10;siul6fAe4baRL0nyJi3WHBcqbGlXUfGtr1ZBfdrvZ3mfp7+XxdUc9VzbT6mVGo/67RJEoD48w//t&#10;g1HwmsLfl/gD5PoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV6jWPcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA292D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51185BB8"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4722,157 +4791,167 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4793" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5513" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6233" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1541087141">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1646003438">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="368650745">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="450441898">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="900138443">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="850873832">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="704139395">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1450391333">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1446576634">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="237516420">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2034915062">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
     <w:rsid w:val="00023C28"/>
     <w:rsid w:val="000255CD"/>
     <w:rsid w:val="000366B3"/>
     <w:rsid w:val="00045AA8"/>
     <w:rsid w:val="000775C4"/>
     <w:rsid w:val="00090252"/>
+    <w:rsid w:val="000A2D57"/>
     <w:rsid w:val="000A3DB0"/>
+    <w:rsid w:val="000B636C"/>
     <w:rsid w:val="000C614E"/>
     <w:rsid w:val="000F3961"/>
     <w:rsid w:val="00107BE1"/>
     <w:rsid w:val="00111996"/>
     <w:rsid w:val="00132FA4"/>
     <w:rsid w:val="0013477E"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="00172563"/>
     <w:rsid w:val="0019669B"/>
     <w:rsid w:val="001A4C8A"/>
+    <w:rsid w:val="001A5F25"/>
     <w:rsid w:val="001A7688"/>
     <w:rsid w:val="001D0EAD"/>
     <w:rsid w:val="001D59A3"/>
     <w:rsid w:val="001E1322"/>
     <w:rsid w:val="001F7982"/>
+    <w:rsid w:val="002068F5"/>
     <w:rsid w:val="002275E8"/>
     <w:rsid w:val="00232F73"/>
     <w:rsid w:val="00234B51"/>
     <w:rsid w:val="00236CF9"/>
+    <w:rsid w:val="002416F5"/>
     <w:rsid w:val="00250B0D"/>
     <w:rsid w:val="002657F6"/>
     <w:rsid w:val="00266AE1"/>
     <w:rsid w:val="00272F93"/>
+    <w:rsid w:val="00273692"/>
     <w:rsid w:val="002A03A8"/>
     <w:rsid w:val="002A4E49"/>
     <w:rsid w:val="002B06F7"/>
     <w:rsid w:val="002C40E6"/>
     <w:rsid w:val="002D0D5E"/>
     <w:rsid w:val="002D1253"/>
     <w:rsid w:val="00310E3A"/>
     <w:rsid w:val="00316A7B"/>
     <w:rsid w:val="00316CB3"/>
     <w:rsid w:val="0032440D"/>
     <w:rsid w:val="003653C5"/>
     <w:rsid w:val="00390F64"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="0039598C"/>
     <w:rsid w:val="003A5485"/>
     <w:rsid w:val="003A709E"/>
+    <w:rsid w:val="004166C9"/>
     <w:rsid w:val="004279C4"/>
     <w:rsid w:val="00434726"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="00447E38"/>
     <w:rsid w:val="00453BDF"/>
     <w:rsid w:val="00465617"/>
     <w:rsid w:val="004800AA"/>
     <w:rsid w:val="00492F57"/>
     <w:rsid w:val="004B2732"/>
     <w:rsid w:val="004C5BE1"/>
     <w:rsid w:val="004E1983"/>
     <w:rsid w:val="004F2020"/>
     <w:rsid w:val="00507459"/>
     <w:rsid w:val="00543C18"/>
     <w:rsid w:val="005502E1"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="00581878"/>
     <w:rsid w:val="005846DA"/>
     <w:rsid w:val="0058644B"/>
     <w:rsid w:val="005918D2"/>
     <w:rsid w:val="005A2049"/>
     <w:rsid w:val="005B228B"/>
     <w:rsid w:val="005C0699"/>
     <w:rsid w:val="005C33C4"/>
     <w:rsid w:val="005E4295"/>
@@ -4908,54 +4987,56 @@
     <w:rsid w:val="00803834"/>
     <w:rsid w:val="0080799F"/>
     <w:rsid w:val="00813387"/>
     <w:rsid w:val="0081482C"/>
     <w:rsid w:val="00820BF0"/>
     <w:rsid w:val="0083509D"/>
     <w:rsid w:val="008608F6"/>
     <w:rsid w:val="00860DF7"/>
     <w:rsid w:val="00874208"/>
     <w:rsid w:val="00890ADB"/>
     <w:rsid w:val="0089658E"/>
     <w:rsid w:val="008B34E8"/>
     <w:rsid w:val="008B553F"/>
     <w:rsid w:val="008C6CFF"/>
     <w:rsid w:val="00921C3E"/>
     <w:rsid w:val="00922E41"/>
     <w:rsid w:val="00930068"/>
     <w:rsid w:val="0095563B"/>
     <w:rsid w:val="00991654"/>
     <w:rsid w:val="009A7517"/>
     <w:rsid w:val="009B3FF3"/>
     <w:rsid w:val="009D0B0E"/>
     <w:rsid w:val="009D7CBB"/>
     <w:rsid w:val="009F6157"/>
     <w:rsid w:val="00A07A97"/>
+    <w:rsid w:val="00A10039"/>
     <w:rsid w:val="00A142C2"/>
     <w:rsid w:val="00A16C25"/>
     <w:rsid w:val="00A21506"/>
     <w:rsid w:val="00A226D9"/>
+    <w:rsid w:val="00A36A86"/>
     <w:rsid w:val="00A7507A"/>
     <w:rsid w:val="00A85A27"/>
     <w:rsid w:val="00A9385C"/>
     <w:rsid w:val="00AF0765"/>
     <w:rsid w:val="00B36A74"/>
     <w:rsid w:val="00B37697"/>
     <w:rsid w:val="00B403BB"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B531C0"/>
     <w:rsid w:val="00B75B6F"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00BA3069"/>
     <w:rsid w:val="00BB4D92"/>
     <w:rsid w:val="00BD5011"/>
     <w:rsid w:val="00BE4B97"/>
     <w:rsid w:val="00BF6B11"/>
     <w:rsid w:val="00C10C70"/>
     <w:rsid w:val="00C145F4"/>
     <w:rsid w:val="00C17EBB"/>
     <w:rsid w:val="00C202A0"/>
     <w:rsid w:val="00C36593"/>
     <w:rsid w:val="00C64D83"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00CB4E25"/>
     <w:rsid w:val="00CC3C7E"/>
@@ -4997,80 +5078,80 @@
     <w:rsid w:val="00F77B02"/>
     <w:rsid w:val="00F958EE"/>
     <w:rsid w:val="00F97DA3"/>
     <w:rsid w:val="00FC03EE"/>
     <w:rsid w:val="00FC640C"/>
     <w:rsid w:val="00FF127B"/>
     <w:rsid w:val="00FF41E6"/>
     <w:rsid w:val="00FF7A17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FE27A3D"/>
   <w15:docId w15:val="{2D29B21C-55C1-47FD-8FC7-D1DBFC9901B3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5397,50 +5478,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -5851,51 +5937,51 @@
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00745883"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="226913860">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1637249345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6154,54 +6240,54 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1876458397">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument.docx"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint-Folie.sldx"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument2.docx"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.emf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument3.docx"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument5.docx"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument1.docx"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument6.docx"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument4.docx"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint-Folie7.sldx"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint_Slide.sldx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.emf"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document6.docx"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.emf"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint_Slide7.sldx"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -6445,56 +6531,51 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Projektdokumente" ma:contentTypeID="0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396" ma:contentTypeVersion="4" ma:contentTypeDescription="Inhaltstyp von Projektdokumenten innerhalb des Arbeitsraumes der jeweiligen Webseite." ma:contentTypeScope="" ma:versionID="b6dcf3f8b4c21e9d0aa6ef44676a127a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="301d44a20dbf023ccb53e80df31da5f5">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -6568,122 +6649,138 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AD28F48-BBBE-42F8-88EA-12AB030CA8E7}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71339B87-18AC-40A6-9C3C-1B86B36133AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7322F6F9-96FB-4B6E-95AA-80BA8D8181E6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64678F03-0B94-4428-A8AF-3066952DA52D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7322F6F9-96FB-4B6E-95AA-80BA8D8181E6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71339B87-18AC-40A6-9C3C-1B86B36133AD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>466</Words>
-  <Characters>2937</Characters>
+  <Words>400</Words>
+  <Characters>2899</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>362</Lines>
+  <Paragraphs>183</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3397</CharactersWithSpaces>
+  <CharactersWithSpaces>3116</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>WKA-LF04-LS04-Rechnung Lieferschein Zahlung</dc:title>
+  <dc:creator>Blank, Petra (ZSL)</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Dateitendung">
     <vt:lpwstr>----</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396</vt:lpwstr>
   </property>
 </Properties>
 </file>