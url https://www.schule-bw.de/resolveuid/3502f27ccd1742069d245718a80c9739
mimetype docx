--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -1,96 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="pptx" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
-  <Default Extension="pptx" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="613A76D5" w14:textId="77777777" w:rsidR="00AA6D2E" w:rsidRPr="007248C6" w:rsidRDefault="00AA6D2E" w:rsidP="00AA6D2E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1268">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1607"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2409"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D427C" w14:paraId="23FF1B2F" w14:textId="77777777" w:rsidTr="000401D2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="23FF1B2E" w14:textId="77777777" w:rsidR="009D427C" w:rsidRPr="009D427C" w:rsidRDefault="00083036" w:rsidP="00083036">
             <w:pPr>
               <w:pStyle w:val="Beschriftung"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk219117381"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="009D427C" w:rsidRPr="009D427C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Lernerfolgskontrolle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D19CB" w14:paraId="23FF1B36" w14:textId="77777777" w:rsidTr="000401D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1607" w:type="dxa"/>
@@ -325,50 +339,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC0D32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23FF1B3E" w14:textId="77777777" w:rsidR="009D427C" w:rsidRDefault="009D427C" w:rsidP="00083036">
             <w:pPr>
               <w:pStyle w:val="Beschriftung"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="23FF1B40" w14:textId="42C7786A" w:rsidR="00BC0D32" w:rsidRDefault="00597F21" w:rsidP="00BC0D32">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Situation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B45A46F" w14:textId="700037FF" w:rsidR="00D73508" w:rsidRDefault="0011472D" w:rsidP="00D73508">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sie sind Auszubildender zum Automobilkaufmann/Auszubildende zur Automobilkauffrau der Blechle GmbH, einem freien Händler mit Sitz in Karlsruhe. </w:t>
       </w:r>
       <w:r w:rsidR="00314EC1">
         <w:t xml:space="preserve">Die Blechle GmbH beschäftigt </w:t>
       </w:r>
       <w:r>
         <w:t>38</w:t>
       </w:r>
@@ -533,1251 +548,1206 @@
       <w:r w:rsidR="00675633">
         <w:t>Meeting</w:t>
       </w:r>
       <w:r w:rsidR="00314EC1">
         <w:t xml:space="preserve"> wird von Ihnen erwartet, </w:t>
       </w:r>
       <w:r w:rsidR="00A25AE2">
         <w:t>dass</w:t>
       </w:r>
       <w:r w:rsidR="00314EC1">
         <w:t xml:space="preserve"> Sie für den Bereich „Transport“ eine </w:t>
       </w:r>
       <w:r w:rsidR="00A672D3">
         <w:t xml:space="preserve">mögliche </w:t>
       </w:r>
       <w:r w:rsidR="00314EC1">
         <w:t>Sortimentspyramide mit den dazugehörigen Fachbegriffen vorste</w:t>
       </w:r>
       <w:r w:rsidR="00D16F7F">
         <w:t xml:space="preserve">llen. </w:t>
       </w:r>
       <w:r w:rsidR="0090442C">
         <w:t>Erstellen Sie dafür eine Folie.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23FF1B44" w14:textId="30B7F692" w:rsidR="008E64BB" w:rsidRDefault="008E64BB" w:rsidP="008E64BB">
+    <w:p w14:paraId="23FF1B44" w14:textId="30B7F692" w:rsidR="008E64BB" w:rsidRPr="006F1B9E" w:rsidRDefault="008E64BB" w:rsidP="008E64BB">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
-      </w:r>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="567"/>
       </w:tblGrid>
       <w:tr w:rsidR="001452E4" w14:paraId="2DEAC187" w14:textId="77777777" w:rsidTr="001452E4">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8188" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A65B97" w14:textId="77777777" w:rsidR="001452E4" w:rsidRDefault="00E94DCF" w:rsidP="00E94DCF">
+          <w:p w14:paraId="32A65B97" w14:textId="651A1EF2" w:rsidR="001452E4" w:rsidRPr="006F1B9E" w:rsidRDefault="00E125E6" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94DCF">
+            <w:r w:rsidRPr="006F1B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:vanish/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>Zu a</w:t>
+            </w:r>
+            <w:r w:rsidR="00E94DCF" w:rsidRPr="006F1B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:vanish/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F1B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:vanish/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E94DCF" w:rsidRPr="00E94DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:noProof/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BBE7E91" wp14:editId="6F5334DC">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BBE7E91" wp14:editId="152C939F">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-87630</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>150348</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4855796" cy="95250"/>
-                      <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+                      <wp:effectExtent l="19050" t="19050" r="21590" b="38100"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Pfeil nach links und rechts 3"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="4855796" cy="95250"/>
                               </a:xfrm>
                               <a:prstGeom prst="leftRightArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
-                                <a:srgbClr val="FF0000"/>
+                                <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln>
-                                <a:noFill/>
+                                <a:solidFill>
+                                  <a:srgbClr val="C00000"/>
+                                </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="47A198DD" id="_x0000_t69" coordsize="21600,21600" o:spt="69" adj="4320,5400" path="m,10800l@0,21600@0@3@2@3@2,21600,21600,10800@2,0@2@1@0@1@0,xe">
+                    <v:shapetype w14:anchorId="5689A171" id="_x0000_t69" coordsize="21600,21600" o:spt="69" adj="4320,5400" path="m,10800l@0,21600@0@3@2@3@2,21600,21600,10800@2,0@2@1@0@1@0,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:formulas>
                         <v:f eqn="val #0"/>
                         <v:f eqn="val #1"/>
                         <v:f eqn="sum 21600 0 #0"/>
                         <v:f eqn="sum 21600 0 #1"/>
                         <v:f eqn="prod #0 #1 10800"/>
                         <v:f eqn="sum #0 0 @4"/>
                         <v:f eqn="sum 21600 0 @5"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="@2,0;10800,@1;@0,0;0,10800;@0,21600;10800,@3;@2,21600;21600,10800" o:connectangles="270,270,270,180,90,90,90,0" textboxrect="@5,@1,@6,@3"/>
                       <v:handles>
                         <v:h position="#0,#1" xrange="0,10800" yrange="0,10800"/>
                       </v:handles>
                     </v:shapetype>
-                    <v:shape id="Pfeil nach links und rechts 3" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:-6.9pt;margin-top:11.85pt;width:382.35pt;height:7.5pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvJ+QWqQIAAKAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSR9BnSJokWFA&#10;0QVth54VWYqFyaJGKXGyXz9KdtKuK3YY5oNMiuTHh0heXe8ay7YKgwFX8uHJgDPlJFTGrUv+7Wnx&#10;6YKzEIWrhAWnSr5XgV/PPn64av1UjaAGWylkBOLCtPUlr2P006IIslaNCCfglSOhBmxEJBbXRYWi&#10;JfTGFqPB4KxoASuPIFUIdHvbCfks42utZPyqdVCR2ZJTbDGfmM9VOovZlZiuUfjayD4M8Q9RNMI4&#10;cnqEuhVRsA2aP6AaIxEC6HgioSlAayNVzoGyGQ7eZPNYC69yLlSc4I9lCv8PVt5vl8hMVfJTzpxo&#10;6ImWWhlLtKyZNe57YBtXMVSyjoGdpoK1PkzJ7tEvsecCkSn7ncYm/SkvtstF3h+LrHaRSbocX0wm&#10;55dnnEmSXU5Gk/wIxYuxxxA/K2hYIkpulY4PZl3HOSK0uchiexciuSajg3LyGsCaamGszQyuVzcW&#10;2VbQyy8WA/pS7GTym5p1SdlBMuvE6aZIKXZJZSrurUp61j0oTdWiNEY5ktyn6uhHSKlcHHaiWlSq&#10;cz957T11drLIsWTAhKzJ/xG7BzhodiAH7C7KXj+ZqtzmR+PB3wLrjI8W2TO4eDRujAN8D8BSVr3n&#10;Tv9QpK40qUorqPbUSwjdkAUvF4Ze8E6EuBRIU0XzR5sifqVDW2hLDj3FWQ348737pE/NTlLOWprS&#10;kocfG4GKM/vF0RhcDsfjNNaZGU/OR8Tga8nqtcRtmhugdhjSTvIyk0k/2gOpEZpnWijz5JVEwkny&#10;XXIZ8cDcxG570EqSaj7PajTKXsQ79+hlAk9VTX35tHsW6Ps2jtT/93CYaDF908OdbrJ0MN9E0CY3&#10;+Etd+3rTGsiN06+stGde81nrZbHOfgEAAP//AwBQSwMEFAAGAAgAAAAhABiSTJ/eAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+g/WIvUGDqRNaJoNQpX4gFJ66M3ES2KI11FsQvj7&#10;uqf2OJrRzJtyM9lOjDR44xhhuUhAENdOG24QDp+7+RqED4q16hwTwp08bKrHh1IV2t34g8Z9aEQs&#10;YV8ohDaEvpDS1y1Z5ReuJ47eyQ1WhSiHRupB3WK57eQqSTJpleG40Kqe3luqL/urRWi0y5/tV9Z/&#10;70ZzuuvtOXPmjPg0m7ZvIAJN4S8Mv/gRHarIdHRX1l50CPNlGtEDwirNQcRA/pK8gjgipOscZFXK&#10;/w+qHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvJ+QWqQIAAKAFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAYkkyf3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAAMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAADgYAAAAA&#10;" adj="212" fillcolor="red" stroked="f" strokeweight="1pt"/>
+                    <v:shape id="Pfeil nach links und rechts 3" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:-6.9pt;margin-top:11.85pt;width:382.35pt;height:7.5pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9NFEdgwIAAJEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50ESR9BnSJI0WFA&#10;0RVth54VWYoNyKJGKXGyXz9KfiTrih2K5aBQIvmR/Ezy+mZfG7ZT6CuwOR+fjThTVkJR2U3Of7zc&#10;fbnkzAdhC2HAqpwflOc3i8+frhs3VxMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqQFrEeiKm6xA&#10;0RB6bbLJaHSeNYCFQ5DKe3q9bZV8kfC1VjJ819qrwEzOKbeQTkznOp7Z4lrMNyhcWckuDfGBLGpR&#10;WQo6QN2KINgWq7+g6koieNDhTEKdgdaVVKkGqmY8elPNcymcSrUQOd4NNPn/Bysfds/uEYmGxvm5&#10;JzFWsddYx3/Kj+0TWYeBLLUPTNLj9HI2u7g650yS7mo2mSUys6OzQx++KqhZFHJulA5P1aYMS0Ro&#10;Ellid+8DhSan3jhG9WCq4q4yJl1ws14ZZDtBX3A1ir/40cjlDzNjP+ZJONE1O1afpHAwKgIa+6Q0&#10;qwqqd5JSTo2phoSElMqGcasqRaHaPGenacZWjh4p6QQYkTXVN2B3AL1lC9Jjt9V29tFVpb4enEf/&#10;Sqx1HjxSZLBhcK4rC/gegKGqusitfU9SS01kaQ3F4REZQjtV3sm7ij71vfDhUSCNEQ0crYbwnQ5t&#10;oMk5dBJnJeCv996jPXU3aTlraCxz7n9uBSrOzDdLfX81nk7jHKfLdHYxoQueatanGrutV0B9M6Yl&#10;5GQSo30wvagR6lfaIMsYlVTCSoqdcxmwv6xCuy5oB0m1XCYzml0nwr19djKCR1ZjA7/sXwW6rt8D&#10;DcoD9CMs5m+avbWNnhaW2wC6SpNw5LXjm+Y+NU63o+JiOb0nq+MmXfwGAAD//wMAUEsDBBQABgAI&#10;AAAAIQDa6JAb4gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqdNaUKI&#10;U1FUDihIDYUPcOMlibDXUeymga+vOcFxNKOZN/lmMpqNOLjOkoDFPAKGVFvVUSPg4/15lgJzXpKS&#10;2hIK+EYHm+L6KpeZsmd6w/HgGxZKyGVSQOt9n3Hu6haNdHPbIwXv0w5G+iCHhqtBnkO50XwZRWtu&#10;ZEdhoZU9PrVYfx1ORsBq9brbbsuXcl+l5fqn0mO1i/dC3N5Mjw/APE7+Lwy/+AEdisB0tCdSjmkB&#10;s0Uc0L2AZZwAC4HkLroHdhQQpwnwIuf/HxQXAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AP00UR2DAgAAkQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANrokBviAAAACQEAAA8AAAAAAAAAAAAAAAAA3QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" adj="212" fillcolor="#c00000" strokecolor="#c00000" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="001452E4">
+            <w:r w:rsidR="001452E4" w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Sortimentsbreite</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E541A05" w14:textId="3663EDCB" w:rsidR="00E94DCF" w:rsidRDefault="00E94DCF" w:rsidP="00E94DCF">
+          <w:p w14:paraId="0E541A05" w14:textId="3663EDCB" w:rsidR="00E94DCF" w:rsidRPr="006F1B9E" w:rsidRDefault="00E94DCF" w:rsidP="00E94DCF">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA2831" w14:paraId="4CE89CF9" w14:textId="77777777" w:rsidTr="00E94DCF">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="220F2812" w14:textId="661FC8B7" w:rsidR="005953C5" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="220F2812" w14:textId="661FC8B7" w:rsidR="005953C5" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Dachtransportsysteme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A80EDB7" w14:textId="411055E2" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="3A80EDB7" w14:textId="411055E2" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Hecktransportsysteme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F2C61A4" w14:textId="7BC451C0" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="7F2C61A4" w14:textId="7BC451C0" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anhängersysteme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRl"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B59BE5C" w14:textId="1B85A119" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="4B59BE5C" w14:textId="1B85A119" w:rsidR="00EA2831" w:rsidRPr="006F1B9E" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Sortimentstiefe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA2831" w14:paraId="3BB6F583" w14:textId="77777777" w:rsidTr="00E94DCF">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DAD639" w14:textId="368A58D2" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="12DAD639" w14:textId="368A58D2" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Dachträger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70591368" w14:textId="51385DEC" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="70591368" w14:textId="51385DEC" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anhängerkupplung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="244A80A8" w14:textId="3B6E25E3" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="244A80A8" w14:textId="3B6E25E3" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1-achsiger-Anhänger gebremst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3295E675" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRDefault="00EA2831">
+          <w:p w14:paraId="3295E675" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRPr="006F1B9E" w:rsidRDefault="00EA2831">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA2831" w14:paraId="4098570F" w14:textId="77777777" w:rsidTr="00E94DCF">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74F588B7" w14:textId="26D1B5A2" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="74F588B7" w14:textId="26D1B5A2" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Dachbox</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8AC46D" w14:textId="0635C3C4" w:rsidR="00EA2831" w:rsidRDefault="00833673" w:rsidP="00E94DCF">
+          <w:p w14:paraId="0A8AC46D" w14:textId="0635C3C4" w:rsidR="00EA2831" w:rsidRDefault="00833673" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fahrradträger für zwei Fahrr</w:t>
             </w:r>
-            <w:r w:rsidR="00EA2831">
+            <w:r w:rsidR="00EA2831" w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>äder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089E4B77" w14:textId="6FABC121" w:rsidR="00EA2831" w:rsidRDefault="00E94DCF" w:rsidP="00E94DCF">
+          <w:p w14:paraId="089E4B77" w14:textId="6FABC121" w:rsidR="00EA2831" w:rsidRDefault="00E94DCF" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:noProof/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B27731C" wp14:editId="003608D4">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B27731C" wp14:editId="4B2B22F5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>495935</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>315595</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1984375" cy="95250"/>
-                      <wp:effectExtent l="0" t="7937" r="7937" b="7938"/>
+                      <wp:effectExtent l="11113" t="26987" r="46037" b="46038"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Pfeil nach links und rechts 1"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1984377" cy="95250"/>
                               </a:xfrm>
                               <a:prstGeom prst="leftRightArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
-                                <a:srgbClr val="FF0000"/>
+                                <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln>
-                                <a:noFill/>
+                                <a:solidFill>
+                                  <a:srgbClr val="C00000"/>
+                                </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="55819FB3" id="Pfeil nach links und rechts 1" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:39.05pt;margin-top:24.85pt;width:156.25pt;height:7.5pt;rotation:90;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACQuk7sQIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kydoGdYqgRYYB&#10;RRe0HXpWZCkWJksapcTJfv0oyXazrrsM88EQRfLxQ4+8uj40muwFeGVNScdnI0qE4bZSZlvSb0+r&#10;DxeU+MBMxbQ1oqRH4en14v27q9bNxcTWVlcCCIIYP29dSesQ3LwoPK9Fw/yZdcKgUlpoWEARtkUF&#10;rEX0RheT0ehT0VqoHFguvMfb26yki4QvpeDhq5ReBKJLirmF9If038R/sbhi8y0wVyvepcH+IYuG&#10;KYNBB6hbFhjZgfoDqlEcrLcynHHbFFZKxUWqAasZj15V81gzJ1It2Bzvhjb5/wfL7/drIKrCt6PE&#10;sAafaC2F0njmNdHKfPdkZyoCgtfBk3FsWOv8HP0e3Ro6yeMxVn+Q0BCw2OXZdBS/1BOskhxSy49D&#10;y8UhEI6X48uL6cfzc0o46i5nk1l6kiJDRUgHPnwWtiHxUFItZHhQ2zosAWyb4Nn+zgdMBJ164+jo&#10;rVbVSmmdBNhubjSQPUMerFYptezym5k20djY6JbV8aaIBecS0ykctYh22jwIib3DMiYpk8RaMcRh&#10;nAsTxllVs0rk8LPT6JHn0SOlnwAjssT4A3YH0FtmkB47Z9nZR1eRSD845xf4S2LZefBIka0Jg3Oj&#10;jIW3KtNYVRc52/dNyq2JXdrY6ojMSmTAwfOOrxS+4B3zYc0AZwwvcW+Er/iT2rYltd2JktrCz7fu&#10;oz1SH7WUtDizJfU/dgwEJfqLwaG4HE+ncciTMJ2dT1CAU83mVGN2zY1FOiDxMbt0jPZB90cJtnnG&#10;9bKMUVHFDMfYJeUBeuEm5F2CC4qL5TKZ4WA7Fu7Mo+MRPHY18vLp8MzAdTQOyP972883m7/icLaN&#10;nsYud8FKlQj+0teu37gUEnG6BRa3zqmcrF7W7OIXAAAA//8DAFBLAwQUAAYACAAAACEAodhfut8A&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FonaVVIGqdCRSxBtEVdO7Gx&#10;A/E4st028PUMK9jN4+jOmXozuYGddYi9RwH5PAOmsfOqRyPg7fA0uwcWk0QlB49awJeOsGmur2pZ&#10;KX/BnT7vk2EUgrGSAmxKY8V57Kx2Ms79qJF27z44magNhqsgLxTuBl5k2Yo72SNdsHLUW6u7z/3J&#10;CcCj4QZte1jE7cvrR3h8/jZ3Sojbm+lhDSzpKf3B8KtP6tCQU+tPqCIbBBTFqiRUwKwsc2BEFMuc&#10;Ji0V+WIJvKn5/x+aHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQACQuk7sQIAAK4FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCh2F+63wAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAAsFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" adj="518" fillcolor="red" stroked="f" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="1C467418" id="Pfeil nach links und rechts 1" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:39.05pt;margin-top:24.85pt;width:156.25pt;height:7.5pt;rotation:90;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHF4FYiwIAAJ8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yZG2DOkWQosOA&#10;oivaDj0rshQbkEWNUuJkXz9Kctyu6y7FfBBEkXwkn0leXO5bw3YKfQO25OOTEWfKSqgauyn5j8fr&#10;T2ec+SBsJQxYVfKD8vxy8fHDRefmagI1mEohIxDr550reR2CmxeFl7VqhT8BpywpNWArAom4KSoU&#10;HaG3ppiMRl+KDrByCFJ5T69XWckXCV9rJcN3rb0KzJSccgvpxHSu41ksLsR8g8LVjezTEO/IohWN&#10;paAD1JUIgm2x+QuqbSSCBx1OJLQFaN1IlWqgasajV9U81MKpVAuR491Ak/9/sPJ29+DukGjonJ97&#10;usYq9hpbhkBszaaj+KXaKFu2T9QdBurUPjBJj+Pzs+nn01POJOnOZ5NZorbIUBHSoQ9fFbQsXkpu&#10;lA73zaYOS0ToErzY3fhAiZDT0Tg6ejBNdd0YkwTcrFcG2U7Q/1zl1LLLH2bGvs+TQkfX4pmLdAsH&#10;oyKgsfdKs6aieicp5dSmakhISKlsGGdVLSqV85wlBvs0Y2NHj1RnAozImuobsHuAo2UGOWJnmN4+&#10;uqrU5YNz/lX/SCw7Dx4pMtgwOLeNBXyrMkNV9ZGz/ZGkTE1kaQ3V4Q5z19CkeSevG/rVN8KHO4E0&#10;VPRIiyJ8p0Mb6EoO/Y2zGvDXW+/RnnqdtJx1NKQl9z+3AhVn5pulKTgfT6dxqpMwnZ1OSMCXmvVL&#10;jd22K6C+Gafs0jXaB3O8aoT2ifbJMkYllbCSYpdcBjwKq5CXB20kqZbLZEaT7ES4sQ9ORvDIamzg&#10;x/2TQNf3e6BBuYXjQIv5q2bPttHTwnIbQDdpEp557fmmLZAap99Ycc28lJPV815d/AYAAP//AwBQ&#10;SwMEFAAGAAgAAAAhALnyPqPhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m/ofN&#10;mHhrF7ChQlmaauKpJ6tp4m3LToHIzhJ2aaG/3vGkt/l48s4zxXaynbjg4FtHCuJlBAKpcqalWsHn&#10;x9viGYQPmozuHKGCGT1sy/u7QufGXekdL4dQCw4hn2sFTQh9LqWvGrTaL12PxLuzG6wO3A61NIO+&#10;crjtZBJFqbS6Jb7Q6B5fG6y+D6NV8NX2x93L/nib1nV021fp3K3HWanHh2m3ARFwCn8w/OqzOpTs&#10;dHIjGS86BUmSZowqWGRZDIKJZBXz5MRF/LQCWRby/w/lDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCHF4FYiwIAAJ8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC58j6j4QAAAAsBAAAPAAAAAAAAAAAAAAAAAOUEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" adj="518" fillcolor="#c00000" strokecolor="#c00000" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="00EA2831">
+            <w:r w:rsidR="00EA2831" w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1-achsiger-Anhänger ungebremst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54E06BE7" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRDefault="00EA2831">
+          <w:p w14:paraId="54E06BE7" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRPr="006F1B9E" w:rsidRDefault="00EA2831">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA2831" w14:paraId="4873DD03" w14:textId="77777777" w:rsidTr="00E94DCF">
         <w:trPr>
           <w:trHeight w:val="765"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F50A1A2" w14:textId="2CE8BA69" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="2F50A1A2" w14:textId="2CE8BA69" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fahrraddachträger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43558CC2" w14:textId="29F81097" w:rsidR="00EA2831" w:rsidRDefault="00833673" w:rsidP="00E94DCF">
+          <w:p w14:paraId="43558CC2" w14:textId="29F81097" w:rsidR="00EA2831" w:rsidRDefault="00833673" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fahrradträger für drei Fahrräder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4405BE33" w14:textId="7ABF0230" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="4405BE33" w14:textId="7ABF0230" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2-achsiger Anhänger gebremst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="584E21CF" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRDefault="00EA2831">
+          <w:p w14:paraId="584E21CF" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRPr="006F1B9E" w:rsidRDefault="00EA2831">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA2831" w14:paraId="7B241839" w14:textId="77777777" w:rsidTr="00E94DCF">
         <w:trPr>
           <w:trHeight w:val="782"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FF29BA0" w14:textId="77441A58" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="1FF29BA0" w14:textId="77441A58" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ski- und Snowboardträger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3949134E" w14:textId="7644E79D" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="3949134E" w14:textId="7644E79D" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fahrradträgererweiterung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43766A6E" w14:textId="0CC3F097" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="00E94DCF">
+          <w:p w14:paraId="43766A6E" w14:textId="0CC3F097" w:rsidR="00EA2831" w:rsidRDefault="00EA2831" w:rsidP="002C79B6">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
-              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006F1B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2-achsiger Anhänger ungebremst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2B673A" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRDefault="00EA2831">
+          <w:p w14:paraId="6B2B673A" w14:textId="77777777" w:rsidR="00EA2831" w:rsidRPr="006F1B9E" w:rsidRDefault="00EA2831">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="170010C5" w14:textId="13C0A5C7" w:rsidR="00E125E6" w:rsidRDefault="00E125E6" w:rsidP="00550B82">
-[...15 lines deleted...]
-    <w:p w14:paraId="6F78C024" w14:textId="77777777" w:rsidR="00E94DCF" w:rsidRDefault="00E94DCF">
+    <w:p w14:paraId="6F78C024" w14:textId="77777777" w:rsidR="00E94DCF" w:rsidRPr="006F1B9E" w:rsidRDefault="00E94DCF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B91CB8" w14:textId="0AEF5070" w:rsidR="00135FC2" w:rsidRPr="00A831D2" w:rsidRDefault="00721392" w:rsidP="00721392">
+    <w:p w14:paraId="40B91CB8" w14:textId="0AEF5070" w:rsidR="00135FC2" w:rsidRPr="006F1B9E" w:rsidRDefault="00721392" w:rsidP="00721392">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Zu b)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E64B6F7" w14:textId="77777777" w:rsidR="00A831D2" w:rsidRPr="00A831D2" w:rsidRDefault="00A831D2" w:rsidP="00721392">
+    <w:p w14:paraId="7E64B6F7" w14:textId="77777777" w:rsidR="00A831D2" w:rsidRPr="006F1B9E" w:rsidRDefault="00A831D2" w:rsidP="00721392">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0BBB030B" w14:textId="6F57C3D3" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BBB030B" w14:textId="6F57C3D3" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B03223">
+      <w:r w:rsidRPr="006F1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpc">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09B78D21" wp14:editId="15006BD1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09B78D21" wp14:editId="15006BD1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>318135</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>32385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5476240" cy="3080385"/>
                 <wp:effectExtent l="0" t="0" r="10160" b="24765"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="21640"/>
                     <wp:lineTo x="21565" y="21640"/>
                     <wp:lineTo x="21565" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
                 <wp:docPr id="25" name="Zeichenbereich 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
                     <wpc:wpc>
@@ -2024,59 +1994,93 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="482657DE" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
-                                <w:t>Sorte: Fahrradträger Quick 2 Bikes</w:t>
+                                <w:t>Sorte</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">: </w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>Fahrradträger</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> Quick 2 Bikes</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="9" name="Rectangle 20"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1911350" y="2201545"/>
                             <a:ext cx="1750695" cy="215265"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:ln>
@@ -2132,62 +2136,108 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="0205CDCC" w14:textId="176388D3" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00833673" w:rsidP="00833673">
                               <w:pPr>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
-                                <w:t>Artikel: Fahrradträger für zwei</w:t>
+                                <w:t xml:space="preserve">Artikel: </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>Fahrradträger</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> für </w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>zwei</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r w:rsidR="00B03223" w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve"> Fahrräder</w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r w:rsidR="00B03223" w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>Fahrräder</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="11" name="Rectangle 22"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2047240" y="1752600"/>
                             <a:ext cx="1429385" cy="177165"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:ln>
                             <a:noFill/>
@@ -2387,59 +2437,93 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="33B4BF09" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">Warenart: Fahrradträger </w:t>
+                                <w:t>Warenart</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">: </w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>Fahrradträger</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="14" name="Rectangle 25"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1730375" y="1324610"/>
                             <a:ext cx="1694815" cy="208280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:ln>
@@ -2486,59 +2570,71 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="38119164" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
-                                <w:t>Warengruppe: Transport</w:t>
+                                <w:t>Warengruppe</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t>: Transport</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="16" name="Rectangle 27"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2162810" y="722630"/>
                             <a:ext cx="829945" cy="427355"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:ln>
@@ -2585,80 +2681,82 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="150380FF" w14:textId="558607F8" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>Sortimen</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00AB51AB">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>t</w:t>
                               </w:r>
                               <w:r w:rsidR="00171338">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>s</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>-</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="18" name="Rectangle 29"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2809875" y="753110"/>
@@ -2741,59 +2839,71 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="238849CF" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">bereich: </w:t>
+                                <w:t>bereich</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:r w:rsidRPr="00B03223">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="en-US"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">: </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Rectangle 31"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="2349500" y="981075"/>
                             <a:ext cx="473075" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
@@ -2804,60 +2914,62 @@
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="3E844D8F" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                               <w:pPr>
                                 <w:rPr>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00B03223">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>Zubehör</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="21" name="Rectangle 32"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1806575" y="1148715"/>
                             <a:ext cx="1547495" cy="3175"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:ln w="0" cap="flat">
                             <a:solidFill>
@@ -2955,693 +3067,835 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpc:wpc>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="09B78D21" id="Zeichenbereich 14" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;left:0;text-align:left;margin-left:25.05pt;margin-top:2.55pt;width:431.2pt;height:242.55pt;z-index:-251643904" coordsize="54762,30803" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALuNfHGQsAAE9aAAAOAAAAZHJzL2Uyb0RvYy54bWzsXFtv47gVfi/Q/yD4sYDHIkXrYoxnMZvE&#10;RYHp7qCb/gDFli+oLLmScpkt+t/7HVKkJdt0nPHEbRrlIZKt40PyXHku1Mefntap85AU5SrPxj32&#10;we05STbNZ6tsMe79/XbSD3tOWcXZLE7zLBn3viVl76dPf/zDx8fNKOH5Mk9nSeEASVaOHjfj3rKq&#10;NqPBoJwuk3Vcfsg3SYaH87xYxxU+FovBrIgfgX2dDrjr+oPHvJhtinyalCW+vVYPe58k/vk8mVa/&#10;zudlUjnpuIe5VfJ/If/f0f/Bp4/xaFHEm+VqWk8j/o5ZrONVhkENquu4ip37YrWHar2aFnmZz6sP&#10;03w9yOfz1TSRa8BqmLuzmqs4e4hLuZgpqKMniLsfiPduQfPO8skqTUGNAbCP6Du6PoI/CT1OM+dx&#10;3IuGfNhzpjH4NE/jCrfrzWzcK7NFz4nTBQRgWhWSDGWermaEkX4smZlcpYXzEIMN1ROTMOn9+q/5&#10;TH3HXPpT3MD34Jn6Xn41aKDABPGpiX1TlNV1XC7VD+QjhWe9qiBa6Wo97oUN9Msknt1kM6f6toE8&#10;ZpDKHq1tncx6TppgDXQnxaKKV+kpkJhRmtWUqyn2uIE4lxsj2OV5DPttGW8SKQflaPrLw9fCWYHu&#10;vOdk8RqL+BvEPM4WaeKwIU2dRgfYb5uvhaT/5ks+/UfpZPnVEmDJ56LIH4kMmBUjePC88QP6UOKn&#10;zt0j+AP08X2VS449zYs1IYTYOk/jXp/xADr1Td9JoiVPlTPFw6EIwiDE4ymee27II8gOjRWPNBri&#10;3J+TfO3QzbhXYBVymPjhS1kpUA0il9Hkelks7oxETeRfjb0lHMSXpnArTsUjzBJj0DOar1TUf0WM&#10;C/dnHvUnfhj0xUQM+1Hghn2XRT9HvisicT35N02QidFyNZsl2ZdVlmijwcRpLK7Nl1J3aTaMZh1f&#10;pBRhow9NWhwXdMmVWpQlUVvTlwwBDfRVUkXKA4mAEqW7fPYN4lDkYBIYCmuPm2Ve/A7FgeWEAfjn&#10;fVxAjdK/ZBCpiAlBplZ+EMOA40PRfHLXfBJnU6CCVYAJkbdXlTLP95titVhiJGUtsvwzxHC+koJB&#10;IqpmVQsvdE3N9dWVztdKNymShPySw4KjOnczW1Vf81VWnaltHocOwfxCnbjHgkBqk5Jf0jchIleS&#10;mvSN+54/BN3b+ja9V/pGcqZ1DB5rVmvCYlabk1swbL5O4Qf/NHBc59EJgJlwEbCGYQ0YwYbcWTp0&#10;2QWDjTKovKHnW7B5DTDXgko0YGhGFlQgkRnxyMTARwNmW2PQgDmCClscgypwfWGZWNQAE0z4lmWy&#10;JvWBzrZOtsMBZsO3wwLPMj3W5EFoQ9ZkAvgZ2pA1uWBF1uQBszEB6rUlL7hgXWeLDbZ5ncgEslmn&#10;8JS3mdBiKjyd0a14qVxaPJo+ZbW+4Q4mD9tkV3q9TV6SUyXlgwbfKscs4UnxLMDgLQF7taYD6ggw&#10;eEfA2g0fBwZvCFjaNqzkODBIT8DRSdMgASdoCLCyT8dxs3qNkM+TwOtVqp3QszNn9TqVEX8evF4p&#10;O22pJEa0VIhJY+5qlFoKaNezG5wUPQfByR39Jh5t4oqER9/SbkHaY2cJo08Wl56s84fkNpcwFUmR&#10;Glc+VgNvAdKsCUg2Wc5ROwv9WF83Ep8aEUtpoNQQ+qog90bWj6dpXiZyRdu5aOS+YhpZxZpQWxj9&#10;ewOr5IEsQQ2rIfRVQWJlsGiYcvgcmOLpcbBaaJ8dFcZKUsksRE9KX80y9pasITShICbEe7kzM0JA&#10;stNw463NbmtPbN8uqlgOfNoGciQ434PKGnsV+X02k8yuwy1539yF6pBJxRrdRhNqXEdhdXQHSdqL&#10;7qSMtoI18O2VojvmB9EQu0ySZ+4zz/elidjuOFmA8GhIckQQrhAIBpWx6QK8bNEFeHXo99YCPHiD&#10;Pb2T3v5iehe5Xp1X4b6AT9zVu8jnQQjFJL07U+VM2k8nRswXcDQqeXIwVeJGN+FNKPqC+zd94V5f&#10;9z9PrkTfn7BgeO1dX11ds3aqhHKB56dKjvspWxposM3YqJQk1iZTHl32h9Jxz2R/qqe7J5j1bcrl&#10;SCJIZVNVGgiOQaWAcKPSP7hRqR/c2KyC5PCGUj2T/3qqB7HiriXAhr6mxQXyqyxizCMHS/4V5YGh&#10;2Mn5QNlcn3JC0gMjFvB1bNd54M4DI1hTyVebrjn/oylWirX2FE8Ge5dywUx4VI5SiudxlwtS++3W&#10;l0MzBe2NpeINIxeFjrO2vsbtaq9rvuj8cFeFkc6X/LAs+xlNeGFdBvL8xh0ypbz3DIMsOVzIMCDK&#10;DVAklIYBzpf7umaNPZSsejLBI0/vzVGkYZ1HpgaHruhZ73zfqkdGzlUpnql6cpmOt+rdj6p6qryS&#10;0Th0/OxGw8LzQg8A5IpZyHzsHtquuJkvfVHZk/OhTLjZyp5UqOShzFg3QUArUzoiFChFHcLULLdZ&#10;MCFFfAom7EO2YCHVFQ/Mqllro1LboSk1K21AcRgR8iNmNBuiZpXNsjba5Bk8gWVCrRonD73DM6IK&#10;kUFF1ddDa2uVN3kQWVDtkHxow9aiuRVbk+iYFLNhaxPetswm5Y9ha1JfHF4nFaYMyYDLts5WfTOw&#10;4DqF/DAX2wFtiJrEt4kEdaCZmdtW16S7FZGV6Nhyd4XbA5Xpugb2fgu39jI8VADu51Y5RcjP8ZI2&#10;wkkFrtM1z4CrCu0tbxXj1ShnVJGllaQqMnkLim63NVdVpFReV7vT7VNdqFRQCk0jFa0f6+sOWO2b&#10;ZFyrKtFtQDXqaVB6bhqDLp3urwXKTlm0UDcR2FajOAP/UG8iNGZ9NYuBGSKEzwMiZmmNrDHpq8Go&#10;AGWmwUocMtUSnxYFjUVfFTa1iuMwiiLHh9ulmh5F0xnzPKNEbcvXUw6E2hwgCaeWqO2ouhK17KxH&#10;8+FOa/2LOtEPNyDTnmovHpcSZY0LfmwHMovcoe8pjWABwgCVh9sm6lC2jkyGXFuL70yOm5Rcl6Pr&#10;OqXr/vGdTmmTozNJqWdzdP9fJTMGz7NnEeQu51IWIfBQPa8tgsdFnQ5oWAQ/EiGaA1XqHucSzk3d&#10;2/um7E6pO5agmsOaDWHdsYTTDoVZXDEkek/xZGrqUooXeT4jvcJmF1VrHECQ7raheEjT+UiHS8Xr&#10;XPHzp5e6thV1/k5mc19sHYwrNnnq9+aKkTXYswgyJLyQReDM52GdMwo4jiTtGAQcZ4rQ0SLtgeCB&#10;h8i2nbjXh/+684Hq5O3x7jd7w3d3PpDO4l7ofCAdV9pTu0v2bUPTEPGqLBpucHKV1Grrh32Brzo3&#10;LJXplEPEnRv+IW7YpIXemxs+0E/OL9lPjgA3CuuIOBh6TNXHt/ZAcOor7XblOEnTmYPX3iqYXbnJ&#10;Cb03c3CgqVxtjC+1K0dsLqhDDXE6kl8+LENreyCGnFF3QHe4pLMHKKMefYeOFJyzcnjGHphU1Tuz&#10;B6Rqu+GCZzp8L3DIhHsC0YIKFyKE63v2AAl12j109qCzBxe0ByZR9d7swYEWd89UEy9gD1jo+vrY&#10;Nw65hIF6kcY2XsAxtAAmQ1kEvIjo1bJ29oTWi9tD7Ki69pDXaw/h6Irb820mHX8JWcZeN6rfmYWT&#10;GP5eewgXHtJhtSwjDj6zLGUvBdsFsJPlN/HaN+pf3pNlk9O6hCy7nscoUUPNhDiGRCmdVuCG5qco&#10;onKLOpPYyXL3ZpnF4V4Baj/ek2WTkLmALPu+aRXgIsDfTonCC7mHd8t0W4y3/JIk+SJhvERYvr+q&#10;fsMyvRa5+Vm+vXP7HuhP/wEAAP//AwBQSwMEFAAGAAgAAAAhACUq3VTdAAAACAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLAzEQhe+C/yGM4EVssosr7XazRQp6FVsp9DbdpEnsJlk2abv+e8eTnh7D&#10;e7z5XrOafM8uekwuBgnFTADToYvKBSPhc/v6OAeWMgaFfQxawrdOsGpvbxqsVbyGD33ZZMOoJKQa&#10;Jdich5rz1FntMc3ioAN5xzh6zHSOhqsRr1Tue14K8cw9ukAfLA56bXV32py9BGMcup2a2/Swe4tf&#10;6/f9fnuqpLy/m16WwLKe8l8YfvEJHVpiOsRzUIn1EipRUJKUhOxFUVbADhKeFqIE3jb8/4D2BwAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAu418cZCwAAT1oAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACUq3VTdAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;cw0AAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB9DgAAAAA=&#10;">
+              <v:group w14:anchorId="09B78D21" id="Zeichenbereich 14" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;left:0;text-align:left;margin-left:25.05pt;margin-top:2.55pt;width:431.2pt;height:242.55pt;z-index:-251657216" coordsize="54762,30803" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe8T4x1gkAAPdDAAAOAAAAZHJzL2Uyb0RvYy54bWzsXG2P27gR/l6g/0HQxwMuFql3I87hkFyK&#10;Atc26G1/gFaWX1BZUiXtenO/vs+QIk3Zpte3m3iTW++HlWyNh5yZR8OZR7Tf/vSwKZ37ou3WdTVz&#10;2RvPdYoqr+frajlz/3Pz8cfEdbo+q+ZZWVfFzP1cdO5P7/76l7fbZlrwelWX86J1oKTqpttm5q76&#10;vplOJl2+KjZZ96ZuigoXF3W7yXq8bJeTeZttoX1TTrjnRZNt3c6bts6LrsO7H+RF953Qv1gUef+v&#10;xaIreqecuZhbL/634v8t/Z+8e5tNl23WrNb5MI3sCbPYZOsKg2pVH7I+c+7a9YGqzTpv665e9G/y&#10;ejOpF4t1XggbYA3z9qx5n1X3WSeMyeEdNUGcfUG9t0uad1V/XJclvDGB9im9R8ct4lPQ5bJytjM3&#10;DXnoOnmGOC3KrMfpppnP3K5auk5WLgGAvG+FG7q6XM9JI31YBLN4X7bOfYYw9A9MyJR3m3/Uc/ke&#10;8+hPRgPvI2byffHWxFCBCeKVqb1pu/5D1q3kB8QlqWez7gGtcr2ZuYmhflVk81+qudN/boDHCqh0&#10;ybZNMXedsoANdCZg0Wfr8hxJzKisBs8NHts2gHPXaGB3zwvYb6usKQQOumn+z/tPrbOG37nrVNkG&#10;RvwbMM+qZVk4LKSp0+gQ+6351Ar/N7/W+X87p6rfryBW/Ny29ZbcgFkxkkfMjQ/Qiw4fdW63iA/U&#10;Z3d9LSL2sGg3pBCwdR5m7o+Mx7inPqsz4bTioXdyXAyDOIkTXM5x3fcSngI7NFY2VWoocn8r6o1D&#10;JzO3hRVimOz+166XokpEmGFGvWuXtxpRH8XfoH0EDoqLCW4dKWmidNVtPf8Mc9taZgdkM5ys6vZ3&#10;AAOZAQD/313WAibl3yu4LGVBQKlEvAjCmONFa165Na9kVQ5VQD1uEXH6vpfp565p18sVRpJ3Q1X/&#10;DDcv1sJwCoGc1RAcYEnO9auDKlKg+tgWBeVdh8UnMfXLfN1/qtdV/0w0+RwYQXoBXLjP4ligJZsq&#10;PAVB6glXE5545Ech/D7GU34n8UQhVxhCRp4DTfTWcj7cLjcI2GJTIs//MHE8Z+vE0Ey6TBlmyAQs&#10;5M7KocO+GO5BrcoP/ciizTfEPIuqwJChGVlUwUV6xBMTQxy1mM3G2JA5oQpLuFYVe1FgmVhqiAUs&#10;iCxmMtP7UGezk+1FgNn07YXAt0yPmTFIbMrMICCeiU2ZGQWrMjMGzBYE3F479yIKVjtHYbDN68wg&#10;UM46J6Z8HIRRUJHJ9b2VrWTKzqb5QzXcbzhDykMZ6Ims3tQdLRp08+EOvpELj5CnG88ijNiSsD/c&#10;6ZA6IYzYkbBaZk4LIzYkLHIbLDktDNeTcHrWNAjgJA0Ay/x0WjcbbAQ+zxIfrJQr/aMzZ4OdMok/&#10;Lj5Yys4zlWBEpgImxtzlKAMKaFXfL75b10HxfUufyaZN1hN41CnVYiIfO6uZKzIuXdnU98VNLWR6&#10;QpEcV1yWA+8EysoUpJws5qgWC3VZHRuhT44IUwyVSkIdpeTByOpyXtZdISzazUUpj2TQKCsOjtrJ&#10;qM9rWYkHygSDrJJQRykJy5DRMOXkMTEZ09NiA2gfHRXJSnhJG6ImpY7ajAOTlYRyFGBCsRcloQYB&#10;YcdYxkfF3KjmExW9CupITPYqiNOuUSHgjGTOVGXtLdr6rpqLYA/thDgfGgaJyKEluBaay+PdC5B0&#10;0L0IjI6aEcTtK3UvLIrTEFUm4ZlHzI8igaZdxcniNPZCwhFJeEGAZkeG9trAUAL+RhsYZLsDXInV&#10;7GK4Sj1/6It5FCDn7+MqjXicAHiEq2dCStM2srF9tNXtH24fgOFdf3mi65XUiOx5EW7Z7+JE9ro4&#10;kX0uTmw9rki7DfW1H1+8r0VhvA8LVC+DLy5AlrCUMZ+yCSUTcH1hsNfgsjj0ImqARbpBqxmpQvaa&#10;br7hdEOF0wGwROV2qXzDAp+4Uwksn3s8IFjv1jEO5AW00AlghakHVu5Z69hTko4gLLVb/iDjBuO+&#10;8+xDZMYBSgSZdCGUoH6JOdGWSD/INDxSbLvi11jAU1+tSqDf2DX9fA90LbEHEliar+WCSLDi6kvx&#10;tbIi1ojCs7j9Oifw/cSHAOUdlrAIqXKcd8xO7w8RtpyHolWwEbZEsfJE9NqmCHylSS9SARLtmCaT&#10;KLRoQnN7jiYk3Z1YQozokVmZLCGRhMemZHKEUHFcESpfPZpNkckPWmyjFU3riS0TGrGzPPGPz4jQ&#10;qVURb3zMthExy+PUomrP5aFN28jnVm2m0zEpZtM2drzNTNPzp7SZ3g+O24midOcy6LLZOWJmY4uu&#10;c9yPdLEb0KbIdL4NEvRs2Aj2Uaxz0+9WRVangx26Us5HOPWBvXu9lLP9AQJuASw/N3JRlMw0Fcfg&#10;5I89nEDtLMVV73Wauyc4C+2jxwhylGfw3yJLEv9NqwXNdscWS3pVrrpqOd1dVRSrlJJqMD8lqC6r&#10;457YsDZh+kpAHc1Rz5PaH1KRvoe24GbHFLGEDMWBzRoZGawPg5yamzpqY5CGSOHjgqjJRyMrTeqo&#10;NUpB0VZZnUOpWuhTUFBa1FFqk1aclpEeOT3cvtfUKMrPmOczyPVTGyroAQ0VdXoXkGB5nrA340qu&#10;iz1vX2VrENVUB/2mQJS1L/iye4NY6oWRL+8IFqMNkKTDjpUA4Z5quktliycyXU8mJHQH/igh8eci&#10;QxnS0AE8xJJ3KXjEPkjyAR4+D4be0IBHlAYJnnFL0grbx55LWtkf/51KdpTbNLpE7h82ZNEGuTN5&#10;9Ne0e4widgAs0YdfClipHzGaBVZ28O3YJyZyiwEscBIRuC0BrJfKO5qheW15B/XyATxEMXQheHAW&#10;8WTolmKObYR76MAWxBQPZgQ4Ah77qOnGlJXakHrdsyoy47exZ5W20B3A6pJ7CYAk1DKyK8NJup90&#10;ogBvvXDO0dXfa8s5RzYE8EtuCEDpkiZDrROHPpM0+G5FCjg9C37R9UiXfq8NG0d2Bcgl4VLrEUqU&#10;gJ66oVxBjRsBJqNnt0HIGTHCL7RVRDy11eXbKwMH+X1/VfH1I+wLbBnhfoBFRa4qKaqWA3CgiaK8&#10;8pLg0MXbawPHkQf6vqYTLgAOlniR2r6I/R1JLDeE75YV7DCKgR8JD3yh5qtVsteduGor3PBlMNt2&#10;uG91xyTHM5KDRKdb1EtgGatgOnz3C/tOogOykAc+SugByyiXntm327mgK5a/dywfIb593fpcAsue&#10;7zOq5+nREjZdUeU/KulAhacpURByO94Vy9dvSFi+IUEPow/ysm7VLoDlKNJcKg9i/O2xZX7CfXxH&#10;4lpiqO//f49QFj/4gB97EN/DGn4Jg36+wnwtHnrsfq/j3f8BAAD//wMAUEsDBBQABgAIAAAAIQAl&#10;Kt1U3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BSwMxEIXvgv8hjOBFbLKLK+12s0UKehVb&#10;KfQ23aRJ7CZZNmm7/nvHk54ew3u8+V6zmnzPLnpMLgYJxUwA06GLygUj4XP7+jgHljIGhX0MWsK3&#10;TrBqb28arFW8hg992WTDqCSkGiXYnIea89RZ7THN4qADecc4esx0joarEa9U7nteCvHMPbpAHywO&#10;em11d9qcvQRjHLqdmtv0sHuLX+v3/X57qqS8v5telsCynvJfGH7xCR1aYjrEc1CJ9RIqUVCSlITs&#10;RVFWwA4SnhaiBN42/P+A9gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDe8T4x1gkAAPdD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAlKt1U3QAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAADAMAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAOg0A&#10;AAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:54762;height:30803;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="black [3213]">
                   <v:fill o:detectmouseclick="t"/>
                   <v:path o:connecttype="none"/>
                 </v:shape>
                 <v:rect id="Rectangle 15" o:spid="_x0000_s1028" style="position:absolute;left:-12;top:-12;width:54787;height:30828;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWtSoGwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva+KfLVqNsiwIgu5hVfD6aJ5tsXmpTdT67Y0g7HGYmd8w82VrK3GjxpeONQz6CgRx&#10;5kzJuYbDfvU5AeEDssHKMWl4kIflovMxx9S4O//RbRdyESHsU9RQhFCnUvqsIIu+72ri6J1cYzFE&#10;2eTSNHiPcFvJoVKJtFhyXCiwpp+CsvPuajVgMjaX39Nou99cE5zmrVp9HZXWvW77PQMRqA3/4Xd7&#10;bTQM4XUl3gC5eAIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWtSoGwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f"/>
                 <v:shape id="Freeform 17" o:spid="_x0000_s1029" style="position:absolute;left:3282;top:2317;width:44908;height:26365;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="7072,4152" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQASkXD5xQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTd60Da6CSoWCwWhqbR4e2Sfm2D2bchuNf77bqHQ4zAz3zCrvLeNuFLna8cKppME&#10;BHHpdM1GwfHjZfwEwgdkjY1jUnAnD3k2eFhhqt2N3+laBCMihH2KCqoQ2lRKX1Zk0U9cSxy9s+ss&#10;hig7I3WHtwi3jZwlyVxarDkuVNjStqLyUnxbBevdxZqdWXw9z/bJ4W27+DxtHq1So2G/XoII1If/&#10;8F/7VSuYw++VeANk9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQASkXD5xQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,4152l3536,,7072,4152,,4152xm7064,4146r-2,5l3533,8r5,l10,4151r-3,-5l7064,4146xe" fillcolor="black" strokeweight="0">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,2636520;2245360,0;4490720,2636520;0,2636520;4485640,2632710;4484370,2635885;2243455,5080;2246630,5080;6350,2635885;4445,2632710;4485640,2632710" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
                   <o:lock v:ext="edit" verticies="t"/>
                 </v:shape>
                 <v:rect id="Rectangle 18" o:spid="_x0000_s1030" style="position:absolute;left:16795;top:26136;width:17971;height:2045;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCGwomexAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvgt8hPKE3Tdrqtt1ulFIQBO2ha6HXx+btH7p52W6irt/eCILHYWZ+w2SrwbbiSL1vHGt4nCkQ&#10;xIUzDVcafvbr6SsIH5ANto5Jw5k8rJbjUYapcSf+pmMeKhEh7FPUUIfQpVL6oiaLfuY64uiVrrcY&#10;ouwraXo8Rbht5ZNSibTYcFyosaPPmoq//GA1YDI3/1/l826/PST4Vg1qvfhVWj9Mho93EIGGcA/f&#10;2huj4QWuV+INkMsLAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIbCiZ7EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" stroked="f"/>
                 <v:rect id="Rectangle 19" o:spid="_x0000_s1031" style="position:absolute;left:16903;top:26441;width:19628;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCR3QewvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LSsQw&#10;FN0P+A/hCu6mqbOQoTYtw0Chipvp+AGX5vaByU1JYlv/3iwEl4fzLuvdGrGSD7NjBc9ZDoK4d3rm&#10;UcHnvTmeQYSIrNE4JgU/FKCuHg4lFtptfKO1i6NIIRwKVDDFuBRShn4iiyFzC3HiBuctxgT9KLXH&#10;LYVbI095/iItzpwaJlzoOlH/1X1bBfLeNdu5Mz5376fhw7y1t4GcUk+P++UVRKQ9/ov/3K1WkLam&#10;K+kGyOoXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkd0HsL0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="482657DE" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
-                          <w:t>Sorte: Fahrradträger Quick 2 Bikes</w:t>
+                          <w:t>Sorte</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">: </w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>Fahrradträger</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> Quick 2 Bikes</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 20" o:spid="_x0000_s1032" style="position:absolute;left:19113;top:22015;width:17507;height:2153;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCYEbh3wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbJq67RatRZEEQ1j34B7w+mmdbbF5qE7V+e7Ow4HGYmd8w82VrK3GnxpeONYyGCgRx&#10;5kzJuYbjYT2YgPAB2WDlmDQ8ycNy0e3MMTXuwTu670MuIoR9ihqKEOpUSp8VZNEPXU0cvbNrLIYo&#10;m1yaBh8Rbiv5oVQiLZYcFwqs6bug7LK/WQ2YfJrr73m8PfzcEpzmrVp/nZTW/V67moEI1IZ3+L+9&#10;MRqm8Hcl3gC5eAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCYEbh3wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f"/>
                 <v:rect id="Rectangle 21" o:spid="_x0000_s1033" style="position:absolute;left:11430;top:22320;width:29114;height:2591;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVFKbIxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkIvpW7qQTTNKqUg9FAoRg96G7JjNjY7G7Jbk/bXdw6Ctxnem/e+KTajb9WV+tgENvAy&#10;y0ARV8E2XBs47LfPS1AxIVtsA5OBX4qwWU8eCsxtGHhH1zLVSkI45mjApdTlWsfKkcc4Cx2xaOfQ&#10;e0yy9rW2PQ4S7ls9z7KF9tiwNDjs6N1R9V3+eAPbr2ND/Kd3T6vlEC7V/FS6z86Yx+n49goq0Zju&#10;5tv1hxV8oZdfZAC9/gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVFKbIxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="0205CDCC" w14:textId="176388D3" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00833673" w:rsidP="00833673">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
-                          <w:t>Artikel: Fahrradträger für zwei</w:t>
+                          <w:t xml:space="preserve">Artikel: </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>Fahrradträger</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> für </w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>zwei</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r w:rsidR="00B03223" w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
-                          <w:t xml:space="preserve"> Fahrräder</w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidR="00B03223" w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>Fahrräder</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 22" o:spid="_x0000_s1034" style="position:absolute;left:20472;top:17526;width:14294;height:1771;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWpD69wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCN7qrrUNNnUVKQSE2kNV6HXIjklodjZmNw//vVso9DYf33PW29HWoqfWV441LOYKBHHu&#10;TMWFhvMpe1yB8AHZYO2YNNzIw3YzeVhjatzAX9QfQyFiCPsUNZQhNKmUPi/Jop+7hjhyF9daDBG2&#10;hTQtDjHc1vJJqURarDg2lNjQe0n5z7GzGjB5NtfPy/Jw+ugSfC1Glb18K61n03H3BiLQGP7Ff+69&#10;ifMX8PtLPEBu7gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWpD69wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f"/>
                 <v:shape id="Freeform 23" o:spid="_x0000_s1035" style="position:absolute;left:20447;top:17500;width:14338;height:1816;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2258,286" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBt+1t5vgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgrc1tbCLVKOIIAh70t1Fj0MztsVmUpJR6783woK3ebzPWax616obhdh4NjCdZKCIS28b&#10;rgz8/mw/ZqCiIFtsPZOBB0VYLYeDBRbW33lPt4NUKoVwLNBALdIVWseyJodx4jvixJ19cCgJhkrb&#10;gPcU7lqdZ9mXdthwaqixo01N5eVwdQbyP87ls/l+nPQ16P2xYydyNGY86tdzUEK9vMX/7p1N83N4&#10;/ZIO0MsnAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG37W3m+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l2258,r,286l,286,,xm7,283l4,279r2251,l2251,283r,-279l2255,7,4,7,7,4r,279xe" strokecolor="white" strokeweight="0">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1433830,0;1433830,181610;0,181610;0,0;4445,179705;2540,177165;1431925,177165;1429385,179705;1429385,2540;1431925,4445;2540,4445;4445,2540;4445,179705" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                   <o:lock v:ext="edit" verticies="t"/>
                 </v:shape>
                 <v:rect id="Rectangle 24" o:spid="_x0000_s1036" style="position:absolute;left:19056;top:17830;width:13697;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCk5Ij1vgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bisIw&#10;EH0X9h/CLPhm01UQqUaRBcGVfbH6AUMzvWAyKUnW1r83woJvczjX2exGa8SdfOgcK/jKchDEldMd&#10;Nwqul8NsBSJEZI3GMSl4UIDd9mOywUK7gc90L2MjUgiHAhW0MfaFlKFqyWLIXE+cuNp5izFB30jt&#10;cUjh1sh5ni+lxY5TQ4s9fbdU3co/q0BeysOwKo3P3Wle/5qf47kmp9T0c9yvQUQa41v87z7qNH8B&#10;r1/SAXL7BAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKTkiPW+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="33B4BF09" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Warenart: Fahrradträger </w:t>
+                          <w:t>Warenart</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">: </w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>Fahrradträger</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 25" o:spid="_x0000_s1037" style="position:absolute;left:17303;top:13246;width:16948;height:2082;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDG050lwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN7WxMcWrUYRQRDcPawKXodmbIvNpDZR67/fCMLe5uN7znzZ2krcqfGlYw2DvgJBnDlT&#10;cq7heNh8TkD4gGywckwanuRhueh8zDE17sG/dN+HXMQQ9ilqKEKoUyl9VpBF33c1ceTOrrEYImxy&#10;aRp8xHBbyaFSibRYcmwosKZ1Qdllf7MaMBmb68959H3Y3RKc5q3afJ2U1r1uu5qBCNSGf/HbvTVx&#10;/hhev8QD5OIPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxtOdJcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" stroked="f"/>
                 <v:rect id="Rectangle 26" o:spid="_x0000_s1038" style="position:absolute;left:19361;top:13563;width:13836;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEQbUavgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bisIw&#10;EH0X9h/CLPhm0xUUqUaRBcGVfbH6AUMzvWAyKUnW1r83woJvczjX2exGa8SdfOgcK/jKchDEldMd&#10;Nwqul8NsBSJEZI3GMSl4UIDd9mOywUK7gc90L2MjUgiHAhW0MfaFlKFqyWLIXE+cuNp5izFB30jt&#10;cUjh1sh5ni+lxY5TQ4s9fbdU3co/q0BeysOwKo3P3Wle/5qf47kmp9T0c9yvQUQa41v87z7qNH8B&#10;r1/SAXL7BAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAERBtRq+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="38119164" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
-                          <w:t>Warengruppe: Transport</w:t>
+                          <w:t>Warengruppe</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t>: Transport</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 27" o:spid="_x0000_s1039" style="position:absolute;left:21628;top:7226;width:8299;height:4273;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBZTabJwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCHtbE3fdotUosiAIugcf4HVoxrbYTGoTtf57Iwje5uN7zmTW2kpcqfGlYw39ngJBnDlT&#10;cq5hv1t8DUH4gGywckwa7uRhNu18TDA17sYbum5DLmII+xQ1FCHUqZQ+K8ii77maOHJH11gMETa5&#10;NA3eYrit5LdSibRYcmwosKa/grLT9mI1YDIw5//jz3q3uiQ4ylu1+D0orT+77XwMIlAb3uKXe2ni&#10;/ASev8QD5PQBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWU2mycAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" stroked="f"/>
                 <v:rect id="Rectangle 28" o:spid="_x0000_s1040" style="position:absolute;left:22669;top:6959;width:6496;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDb3472vgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hFrzZdD2oVKPIguDKXqw+wNBMfzCZlCRr69sbYcHbfHy/s9mN1og7+dA5VvCV5SCIK6c7&#10;bhRcL4fZCkSIyBqNY1LwoAC77cdkg4V2A5/pXsZGpBAOBSpoY+wLKUPVksWQuZ44cbXzFmOCvpHa&#10;45DCrZHzPF9Iix2nhhZ7+m6pupV/VoG8lIdhVRqfu9O8/jU/x3NNTqnp57hfg4g0xrf4333Uaf4S&#10;Xr+kA+T2CQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANvfjva+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="150380FF" w14:textId="558607F8" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>Sortimen</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00AB51AB">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>t</w:t>
                         </w:r>
                         <w:r w:rsidR="00171338">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>s</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>-</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 29" o:spid="_x0000_s1041" style="position:absolute;left:28098;top:7531;width:426;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqQBqEwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;EMXvhX6HMIXearYeRFajiCBo8eLqBxg2s38wmSxJ6q7fvnMoeJvhvXnvN+vt5J16UEx9YAPfswIU&#10;cR1sz62B2/XwtQSVMrJFF5gMPCnBdvP+tsbShpEv9KhyqySEU4kGupyHUutUd+QxzcJALFoToscs&#10;a2y1jThKuHd6XhQL7bFnaehwoH1H9b369Qb0tTqMy8rFIvzMm7M7HS8NBWM+P6bdClSmKb/M/9dH&#10;K/gCK7/IAHrzBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKpAGoTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="42787E0B" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>-</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 30" o:spid="_x0000_s1042" style="position:absolute;left:23564;top:8286;width:4522;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFDL8fvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0Xcgcxge4aOV4U140SSiCQlGxs9wCDNf5QaWQkJXZvXxUC3c3jfWd3WKwRd/JhdKxgu8lAELdO&#10;j9wr+GpOLwWIEJE1Gsek4IcCHParpx2W2s1c0b2OvUghHEpUMMQ4lVKGdiCLYeMm4sR1zluMCfpe&#10;ao9zCrdG5ln2Ki2OnBoGnOg4UPtd36wC2dSnuaiNz9xn3l3N5Vx15JR6Xi8f7yAiLfFf/HCfdZr/&#10;Bn+/pAPk/hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFDL8fvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="238849CF" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">bereich: </w:t>
+                          <w:t>bereich</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:r w:rsidRPr="00B03223">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="en-US"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">: </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 31" o:spid="_x0000_s1043" style="position:absolute;left:23495;top:9810;width:4730;height:0;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaWtw/vgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0Hegcxge5iOV4U41gJIRBISzdxeoDBGn+INDKSaru3rxaFLh/vX59Wa8RMPoyOFeyzHARx6/TI&#10;vYKvx3VXgggRWaNxTAp+KMDp+LKpsdJu4TvNTexFCuFQoYIhxqmSMrQDWQyZm4gT1zlvMSboe6k9&#10;LincGlnk+Zu0OHJqGHCiy0Dts/m2CuSjuS5lY3zuPoru07zf7h05pV636/kAItIa/8V/7ptWUKT1&#10;6Uv6AfL4CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpa3D++AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="3E844D8F" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00B03223" w:rsidRDefault="00B03223" w:rsidP="00B03223">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00B03223">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>Zubehör</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <v:rect id="Rectangle 32" o:spid="_x0000_s1044" style="position:absolute;left:18065;top:11487;width:15475;height:31;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRs4z3wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva2oFV6pRRFFET6sePD6aZ1ttXkoTtfrrjSB4HGbmG2Y8bUwpblS7wrKCXjcCQZxa&#10;XXCm4LBf/g5BOI+ssbRMCh7kYDpp/Ywx0fbO/3Tb+UwECLsEFeTeV4mULs3JoOvaijh4J1sb9EHW&#10;mdQ13gPclDKOooE0WHBYyLGieU7pZXc1Co7buH+xK5m559KeFpu/8yM9PpXqtJvZCISnxn/Dn/Za&#10;K4h78P4SfoCcvAAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCRs4z3wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="black" strokeweight="0">
                   <v:stroke joinstyle="round"/>
                 </v:rect>
                 <v:rect id="Rectangle 33" o:spid="_x0000_s1045" style="position:absolute;left:13569;top:16560;width:24365;height:26;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhYRKAwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3gu8QjnB3mlpBpRpFvCgXXfmzcHlojm21OSlNrlaf3giCy2FmvmGm88aU4ka1Kywr6PciEMSp&#10;1QVnCo6HVXcMwnlkjaVlUvAgB/NZuzXFRNs77+i295kIEHYJKsi9rxIpXZqTQdezFXHwzrY26IOs&#10;M6lrvAe4KWUcRUNpsOCwkGNFy5zS6/7fKDht48HVrmXmnit7/t2MLo/09FTqp9MsJiA8Nf4b/rT/&#10;tII4hveX8APk7AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBhYRKAwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="black" strokeweight="0">
                   <v:stroke joinstyle="round"/>
                 </v:rect>
                 <v:rect id="Rectangle 34" o:spid="_x0000_s1046" style="position:absolute;left:10331;top:20478;width:30899;height:26;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOLbcbwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbplZQqUYRxUX0pOvB46N5ttXmpTRZrf56Iwh7HGbmG2a2aEwp7lS7wrKCQT8CQZxa&#10;XXCm4PS76U1AOI+ssbRMCp7kYDFvt2aYaPvgA92PPhMBwi5BBbn3VSKlS3My6Pq2Ig7exdYGfZB1&#10;JnWNjwA3pYyjaCQNFhwWcqxolVN6O/4ZBed9PLzZH5m518Ze1rvx9ZmeX0p1O81yCsJT4//D3/ZW&#10;K4iH8PkSfoCcvwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOLbcbwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="black" strokeweight="0">
                   <v:stroke joinstyle="round"/>
                 </v:rect>
                 <v:rect id="Rectangle 35" o:spid="_x0000_s1047" style="position:absolute;left:6661;top:24777;width:38239;height:32;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBxC9vwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMHbmloXV6pRRFFET6sePD6aZ1ttXkoTtfrrN8KCx2FmvmEms8aU4k61Kywr6PciEMSp&#10;1QVnCo6H1dcIhPPIGkvLpOBJDmbTdmuCibYP/qX73mciQNglqCD3vkqkdGlOBl3PVsTBO9vaoA+y&#10;zqSu8RHgppRxFA2lwYLDQo4VLXJKr/ubUXDaxYOrXcvMvVb2vNz+XJ7p6aVUt9PMxyA8Nf4T/m9v&#10;tIL4G95fwg+Q0z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgcQvb8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="black" strokeweight="0">
                   <v:stroke joinstyle="round"/>
                 </v:rect>
                 <w10:wrap type="tight"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20707E09" w14:textId="314DBCD7" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+    <w:p w14:paraId="20707E09" w14:textId="314DBCD7" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="169FEC39" w14:textId="2880CB47" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="169FEC39" w14:textId="2880CB47" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="10360F17" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10360F17" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="04EDAAAB" w14:textId="3FA6CDF0" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EDAAAB" w14:textId="3FA6CDF0" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2CB91646" w14:textId="6BB81C1C" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CB91646" w14:textId="6BB81C1C" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="53983F17" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53983F17" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="12B93006" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B93006" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="65740169" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65740169" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2E6711EE" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E6711EE" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4327A9CF" w14:textId="18257696" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4327A9CF" w14:textId="18257696" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="63AA3593" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63AA3593" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="13D63E44" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D63E44" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1D1F85D4" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1F85D4" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5D5DE8A9" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D5DE8A9" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="76B382A5" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B382A5" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5FA7D951" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA7D951" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4548EF7D" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4548EF7D" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1A1859F1" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1859F1" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="333F29A0" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="333F29A0" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="192CA603" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="00A831D2" w:rsidRDefault="00B03223" w:rsidP="00B03223">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="192CA603" w14:textId="77777777" w:rsidR="00B03223" w:rsidRPr="006F1B9E" w:rsidRDefault="00B03223" w:rsidP="00B03223">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="015C36FA" w14:textId="25F17AC5" w:rsidR="00135FC2" w:rsidRDefault="00135FC2" w:rsidP="00550B82">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015C36FA" w14:textId="25F17AC5" w:rsidR="00135FC2" w:rsidRPr="006F1B9E" w:rsidRDefault="00135FC2" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23FF1B46" w14:textId="5664CA85" w:rsidR="00437E62" w:rsidRPr="00E03288" w:rsidRDefault="00E5073B" w:rsidP="00050284">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:hanging="388"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufgabe (</w:t>
       </w:r>
       <w:r w:rsidR="00FB1FED">
@@ -3676,310 +3930,353 @@
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vorgeführt haben, antwortet er: „Die ist aber teuer, so oft brauche ich die doch gar nicht.“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04FDCCD2" w14:textId="4BB27ED7" w:rsidR="00D16F7F" w:rsidRDefault="00D16F7F" w:rsidP="00786721">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Formulieren Sie zwei </w:t>
       </w:r>
       <w:r w:rsidR="00B3244E">
         <w:t>mögliche Antworten</w:t>
       </w:r>
       <w:r w:rsidR="00B3244E" w:rsidRPr="00B3244E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3244E">
         <w:t>in wörtlicher Rede</w:t>
       </w:r>
       <w:r w:rsidR="00675633">
-        <w:t xml:space="preserve"> unter Verwendung unterschiedlicher Einwandbehandlungsmethoden.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="039F8C55" w14:textId="5AA833DA" w:rsidR="0011472D" w:rsidRDefault="0011472D" w:rsidP="00A14AD3">
+        <w:t xml:space="preserve"> unter Verwendung unterschiedlicher </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00675633">
+        <w:t>Einwandbehandlungsmethoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00675633">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5560AD78" w14:textId="77777777" w:rsidR="002C79B6" w:rsidRDefault="002C79B6" w:rsidP="00786721">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06785404" w14:textId="77777777" w:rsidR="002C79B6" w:rsidRDefault="002C79B6" w:rsidP="00786721">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="039F8C55" w14:textId="5AA833DA" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00A14AD3">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:firstLine="29"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B399A2F" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="009C7197" w:rsidRDefault="0011472D" w:rsidP="00597F21">
+    <w:p w14:paraId="1B399A2F" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Aufgabe 2:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDCAAA2" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="009C7197" w:rsidRDefault="0011472D" w:rsidP="00597F21">
+    <w:p w14:paraId="0BDCAAA2" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Ja-aber Methode</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8ACD1D" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="009C7197" w:rsidRDefault="0011472D" w:rsidP="00597F21">
+    <w:p w14:paraId="2B8ACD1D" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Umkehrmethode (Bumerang-Methode) – vermeintlicher Nachteil ist Vorteil</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EB9739" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="009C7197" w:rsidRDefault="0011472D" w:rsidP="00597F21">
+    <w:p w14:paraId="06EB9739" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Fragemethode (Kunde soll Einwand genauer beschreiben)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17151657" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="009C7197" w:rsidRDefault="0011472D" w:rsidP="00597F21">
+    <w:p w14:paraId="17151657" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Vergleichsmethode</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F06B6AA" w14:textId="7C0A72E7" w:rsidR="0011472D" w:rsidRPr="000401D2" w:rsidRDefault="0011472D" w:rsidP="00597F21">
+    <w:p w14:paraId="1F06B6AA" w14:textId="7C0A72E7" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1AD75832" w14:textId="4CE61ED1" w:rsidR="0011472D" w:rsidRDefault="001246F7" w:rsidP="00597F21">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AD75832" w14:textId="4CE61ED1" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="001246F7" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Z. </w:t>
       </w:r>
-      <w:r w:rsidR="00E11305">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E11305" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">B: </w:t>
       </w:r>
-      <w:r w:rsidR="00675633">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00675633" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="00E11305">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00E11305" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Ja, Herr Müller Sie haben Recht, die Dachbox ist eher im oberen Peissegment angesetzt, aber Ihnen wird durch das Duo-Liftsystem das Bedienen der</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dachbox einfacher fallen</w:t>
       </w:r>
-      <w:r w:rsidR="00675633">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00675633" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>.“</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697AD68E" w14:textId="291C9CF4" w:rsidR="00786721" w:rsidRDefault="00786721">
+    <w:p w14:paraId="697AD68E" w14:textId="51A99AA3" w:rsidR="00786721" w:rsidRDefault="00786721">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="485A35B6" w14:textId="77777777" w:rsidR="00713DC9" w:rsidRDefault="00713DC9">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EA15C34" w14:textId="77777777" w:rsidR="00713DC9" w:rsidRDefault="00713DC9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D139C5" w14:textId="77777777" w:rsidR="00713DC9" w:rsidRPr="007379B6" w:rsidRDefault="00713DC9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="C00000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7EEBCC80" w14:textId="21142B35" w:rsidR="00D16F7F" w:rsidRPr="00E03288" w:rsidRDefault="00D16F7F" w:rsidP="00D16F7F">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Aufgabe (</w:t>
       </w:r>
       <w:r w:rsidR="00B05D7F">
@@ -4005,569 +4302,617 @@
         <w:t xml:space="preserve">Herr Müller hat sich zum Kauf der Dachbox entschieden. In der Vergangenheit zeichnete er sich durch eine gute Zahlungsmoral aus. Deshalb </w:t>
       </w:r>
       <w:r w:rsidR="00B147B2">
         <w:t>übergeben wir ihm die Dachbox mit der Rechnung in Anlage 3.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493F558C" w14:textId="485D5E3D" w:rsidR="003124DE" w:rsidRDefault="003124DE" w:rsidP="00786721">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Führen Sie alle erforderlichen Buchungen durch</w:t>
       </w:r>
       <w:r w:rsidR="00BE672F">
         <w:t xml:space="preserve">, wenn Herr Müller nach </w:t>
       </w:r>
       <w:r w:rsidR="00B46323">
         <w:t>sieben</w:t>
       </w:r>
       <w:r w:rsidR="00BE672F">
         <w:t xml:space="preserve"> Tagen die Rechnung überweist. </w:t>
       </w:r>
       <w:r w:rsidR="00D73508">
-        <w:t xml:space="preserve">Die Dachbox hat die Blechle GmbH bei der Smarty GmbH (siehe Anlage </w:t>
+        <w:t xml:space="preserve">Die Dachbox hat die Blechle GmbH bei der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D73508">
+        <w:t>Smarty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D73508">
+        <w:t xml:space="preserve"> GmbH (siehe Anlage </w:t>
       </w:r>
       <w:r w:rsidR="00B147B2">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00D73508">
         <w:t xml:space="preserve">) eingekauft. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A990A0D" w14:textId="77777777" w:rsidR="0011472D" w:rsidRDefault="0011472D" w:rsidP="0011472D">
+    <w:p w14:paraId="2A990A0D" w14:textId="77777777" w:rsidR="0011472D" w:rsidRPr="006F1B9E" w:rsidRDefault="0011472D" w:rsidP="0011472D">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="569267DF" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+    <w:p w14:paraId="569267DF" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">1400 00 00 00 Forderungen </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>569,00</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">an 8300 32 10 63 Erlöse Teile </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>478,15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A7BDF0" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+    <w:p w14:paraId="49A7BDF0" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">an 1770 00 00 00 USt </w:t>
-[...6 lines deleted...]
-          <w:color w:val="FF0000"/>
+        <w:t xml:space="preserve">an 1770 00 00 00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>USt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>90,85</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432E778E" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+    <w:p w14:paraId="432E778E" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="68AD547B" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68AD547B" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">7300 32 10 63 VAK Teile </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>284,50</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">an 3300 00 00 00 Bestand Teile </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">284,50 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8EE0FA" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+    <w:p w14:paraId="5C8EE0FA" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7059BF0B" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7059BF0B" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">1200 00 00 00 Bank </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>551,93</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">an 1400 00 00 00 Forderungen </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>569,00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E02FC3C" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+    <w:p w14:paraId="3E02FC3C" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">2930 32 10 63 gewährte Skonto </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>14,34</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139371BA" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
+    <w:p w14:paraId="139371BA" w14:textId="77777777" w:rsidR="00B423CB" w:rsidRPr="006F1B9E" w:rsidRDefault="00B423CB" w:rsidP="00B423CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...16 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1770 00 00 00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>USt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
         <w:t>2,73</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EF1A40" w14:textId="77777777" w:rsidR="00BE672F" w:rsidRPr="00550B82" w:rsidRDefault="00BE672F" w:rsidP="0011472D">
+    <w:p w14:paraId="64EF1A40" w14:textId="77777777" w:rsidR="00BE672F" w:rsidRPr="006F1B9E" w:rsidRDefault="00BE672F" w:rsidP="0011472D">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44BFB1DD" w14:textId="16C9EBE5" w:rsidR="00D16F7F" w:rsidRPr="00E03288" w:rsidRDefault="00D16F7F" w:rsidP="00D16F7F">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufgabe (</w:t>
       </w:r>
@@ -4602,336 +4947,336 @@
       <w:r w:rsidR="001246F7">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B05D7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F70C0">
         <w:t xml:space="preserve">in der Sie den Sachverhalt schildern und </w:t>
       </w:r>
       <w:r w:rsidR="00A70510">
         <w:t xml:space="preserve">ihm unter Beachtung der rechtlichen Regelungen und </w:t>
       </w:r>
       <w:r w:rsidR="00BA123E">
         <w:t>wirtschaftlichen Gesichtspunkte</w:t>
       </w:r>
       <w:r w:rsidR="00A70510">
         <w:t xml:space="preserve"> eine Vorgehensweise empfeh</w:t>
       </w:r>
       <w:r>
         <w:t>len. Verwenden Sie dazu Anlage 6</w:t>
       </w:r>
       <w:r w:rsidR="004E0D03">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD9D7E5" w14:textId="77777777" w:rsidR="00824398" w:rsidRDefault="00824398" w:rsidP="00824398">
+    <w:p w14:paraId="0FD9D7E5" w14:textId="77777777" w:rsidR="00824398" w:rsidRPr="006F1B9E" w:rsidRDefault="00824398" w:rsidP="00824398">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F971F31" w14:textId="53947564" w:rsidR="00B05D7F" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
+    <w:p w14:paraId="2F971F31" w14:textId="53947564" w:rsidR="00B05D7F" w:rsidRPr="006F1B9E" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Punkteverteilung:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39614D8E" w14:textId="333C13E8" w:rsidR="00A70510" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
+    <w:p w14:paraId="39614D8E" w14:textId="333C13E8" w:rsidR="00A70510" w:rsidRPr="006F1B9E" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">1 Punkt: </w:t>
       </w:r>
-      <w:r w:rsidR="00824398">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00824398" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A70510">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00A70510" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Sachmangel: Mangel in der Beschaffenheit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EBB092" w14:textId="159EFEF1" w:rsidR="00B05D7F" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
+    <w:p w14:paraId="39EBB092" w14:textId="159EFEF1" w:rsidR="00B05D7F" w:rsidRPr="006F1B9E" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">2 Punkte: </w:t>
       </w:r>
-      <w:r w:rsidR="00824398">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00824398" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA123E">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00BA123E" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>seit dem 15.3. (</w:t>
       </w:r>
-      <w:r w:rsidR="005C7329">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="005C7329" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>24 Monate nach Übergabe der Sache) sind die gesetzlichen Gewährleistungsansprüche des Kunden verjährt. Der Kunde hat keine Rechtsansprüche mehr.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290C51A2" w14:textId="7DC9D200" w:rsidR="00A70510" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
+    <w:p w14:paraId="290C51A2" w14:textId="7DC9D200" w:rsidR="00A70510" w:rsidRPr="006F1B9E" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5354"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>2 Punkte:</w:t>
       </w:r>
-      <w:r w:rsidR="00824398">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00824398" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A70510">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00A70510" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Kulanz</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> oder Ablehnung der Rückgabe</w:t>
       </w:r>
-      <w:r w:rsidR="00824398">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00824398" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Kundenbindung!</w:t>
       </w:r>
-      <w:r w:rsidR="005C7329">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="005C7329" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCA5378" w14:textId="428A37B2" w:rsidR="00B05D7F" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
+    <w:p w14:paraId="1DCA5378" w14:textId="428A37B2" w:rsidR="00B05D7F" w:rsidRPr="006F1B9E" w:rsidRDefault="00B05D7F" w:rsidP="00597F21">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>2 Punkte:</w:t>
       </w:r>
-      <w:r w:rsidR="00824398">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00824398" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>formale Anforderungen (Anrede, Verabschiedung, Betreff,</w:t>
       </w:r>
-      <w:r w:rsidR="00824398">
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00824398" w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="006F1B9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>…)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2966802C" w14:textId="77777777" w:rsidR="00824398" w:rsidRPr="00E03288" w:rsidRDefault="00824398" w:rsidP="00824398">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Datenkranz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0AF06D" w14:textId="24B649B6" w:rsidR="0086353A" w:rsidRDefault="0086353A" w:rsidP="0086353A">
       <w:pPr>
@@ -5086,51 +5431,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="1816D83A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 3" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:.55pt;margin-top:6.6pt;width:310.75pt;height:53.25pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA531dW5wEAAAkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5ykXdoGcYqtxXYZ&#10;tmJtf4AiU4kwSdQkJXb+/Sg5dveRU7GLLJN8j3wktbrtrGEHCFGjq/lsMuUMnMRGu23Nn58+vbvm&#10;LCbhGmHQQc2PEPnt+u2bVeuXMMcdmgYCIxIXl62v+S4lv6yqKHdgRZygB0dOhcGKRL9hWzVBtMRu&#10;TTWfThdVi6HxASXESNb73snXhV8pkOmbUhESMzWn2lI5Qzk3+azWK7HcBuF3Wp7KEK+owgrtKOlI&#10;dS+SYPug/6GyWgaMqNJEoq1QKS2haCA1s+lfah53wkPRQs2JfmxT/H+08uvhITDd1PySMycsjegJ&#10;uqTANOwid6f1cUlBj57CUvcRO5ryYI9kzKI7FWz+khxGfurzcewtkTFJxouby8XV4oYzST66za/e&#10;Z5rqBe1DTJ8BLcuXmgeaXWmpOHyJqQ8dQgiX6+rzl1s6GsglGPcdFOmhjPOCLpsEdyawg6AdEFKC&#10;S0UBpS7RGaa0MSNwdg5oRtApNsOgbNgInJ4D/plxRJSs6NIIttphOEfQ/BjKVX38oL7XnOWnbtOV&#10;IV4Po9lgc6SJtbTZNY8/9yIAZyGZOywPIWd3+GGfUOnS28zSY07stG9lOqe3kRf69/8S9fKC178A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuEYlS3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasNA&#10;DITvhbzDokBvzTo2uK3rdSiFQg+lIYkfQLHlH+rVGu/Gcd++yqk9idEMo0/5brGDmmnyvWMD200E&#10;irhydc+tgfL0/vAEygfkGgfHZOCHPOyK1V2OWe2ufKD5GFolJewzNNCFMGZa+6oji37jRmLxGjdZ&#10;DCKnVtcTXqXcDjqOolRb7FkudDjSW0fV9/FiDeApfCTNXJWf/X7fICV4KL9SY+7Xy+sLqEBL+AvD&#10;DV/QoRCms7tw7dUgeitBGUkMSuw0jlNQ59v++RF0kev/DxS/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADnfV1bnAQAACQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAK4RiVLcAAAACAEAAA8AAAAAAAAAAAAAAAAAQQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#5b9bd5 [3204]" strokeweight="1pt">
+              <v:shape id="Textfeld 3" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:.55pt;margin-top:6.6pt;width:310.75pt;height:53.25pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHLfTf0QEAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02T0zAMvTPDf/D4TpMW6O52mu7A7sCF&#10;AYaFH+A6cuPBtoztNum/R3balI+eGC6Kbek96UnK+n6whh0gRI2u4fNZzRk4ia12u4Z/+/ruxS1n&#10;MQnXCoMOGn6EyO83z5+te7+CBXZoWgiMSFxc9b7hXUp+VVVRdmBFnKEHR06FwYpE17Cr2iB6Yrem&#10;WtT1suoxtD6ghBjp9XF08k3hVwpk+qRUhMRMw6m2VGwodptttVmL1S4I32l5KkP8QxVWaEdJJ6pH&#10;kQTbB/0XldUyYESVZhJthUppCUUDqZnXf6h56oSHooWaE/3Upvj/aOXHw5P/HFga3uJAA8wN6X1c&#10;RXrMegYVbP5SpYz81MLj1DYYEpP0+PLu1fJmeceZJB+dFjevM011QfsQ03tAy/Kh4YHGUrolDh9i&#10;GkPPIYS75C+ndDSQSzDuCyimW8q4KOiyJPBgAjsIGq+QElwqCih1ic4wpY2ZgPNrQDOBTrEZBmV5&#10;JmB9Dfh7xglRsqJLE9hqh+EaQfv9XK4a48/qR81Zfhq2A4lu+O15NFtsjzSxnpa24fHHXgTgLCTz&#10;gGXHc3aHb/YJlS69zSwj5sROq1Smc1r7vKu/3kvU5efc/AQAAP//AwBQSwMEFAAGAAgAAAAhAK4R&#10;iVLcAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81qw0AMhO+FvMOiQG/NOja4ret1KIVCD6Uh&#10;iR9AseUf6tUa78Zx377KqT2J0QyjT/lusYOaafK9YwPbTQSKuHJ1z62B8vT+8ATKB+QaB8dk4Ic8&#10;7IrVXY5Z7a58oPkYWiUl7DM00IUwZlr7qiOLfuNGYvEaN1kMIqdW1xNepdwOOo6iVFvsWS50ONJb&#10;R9X38WIN4Cl8JM1clZ/9ft8gJXgov1Jj7tfL6wuoQEv4C8MNX9ChEKazu3Dt1SB6K0EZSQxK7DSO&#10;U1Dn2/75EXSR6/8PFL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhy3039EBAADkAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArhGJUtwAAAAI&#10;AQAADwAAAAAAAAAAAAAAAAArBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADQFAAAA&#10;AA==&#10;" fillcolor="white [3201]" strokecolor="#5b9bd5 [3204]" strokeweight="1pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5416188E" w14:textId="3BC97EB3" w:rsidR="00824398" w:rsidRPr="009C7197" w:rsidRDefault="00824398" w:rsidP="004840A0">
                       <w:pPr>
                         <w:pStyle w:val="StandardWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="dark1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>Sortimentsb</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009C7197">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="dark1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
@@ -5213,295 +5558,114 @@
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63BD2D7A" w14:textId="77777777" w:rsidR="00A25AE2" w:rsidRDefault="00A25AE2" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B869681" w14:textId="77777777" w:rsidR="00A25AE2" w:rsidRDefault="00A25AE2" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2548D65D" w14:textId="0EB5A270" w:rsidR="00A25AE2" w:rsidRDefault="00A25AE2" w:rsidP="00550B82">
+    <w:p w14:paraId="56747A1E" w14:textId="77777777" w:rsidR="003B4DF2" w:rsidRDefault="003B4DF2" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56747A1E" w14:textId="77777777" w:rsidR="003B4DF2" w:rsidRDefault="003B4DF2" w:rsidP="00550B82">
+    <w:p w14:paraId="4D7DC363" w14:textId="77777777" w:rsidR="003B4DF2" w:rsidRDefault="003B4DF2" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D7DC363" w14:textId="77777777" w:rsidR="003B4DF2" w:rsidRDefault="003B4DF2" w:rsidP="00550B82">
+    <w:p w14:paraId="360063F0" w14:textId="77777777" w:rsidR="002C79B6" w:rsidRDefault="002C79B6" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="590FE529" w14:textId="4D012545" w:rsidR="004840A0" w:rsidRDefault="004840A0" w:rsidP="00550B82">
+    <w:p w14:paraId="590FE529" w14:textId="4C7B148E" w:rsidR="004840A0" w:rsidRDefault="00D4317E" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="38CEDEC2">
+          <v:shape id="_x0000_s1033" type="#_x0000_t75" style="position:absolute;margin-left:86.85pt;margin-top:1.3pt;width:299.8pt;height:224.35pt;z-index:-251660289" wrapcoords="0 0 21600 0 21600 21600 0 21600 0 0">
+            <v:imagedata r:id="rId8" o:title=""/>
+            <w10:wrap type="tight"/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="PowerPoint.Show.12" ShapeID="_x0000_s1033" DrawAspect="Content" ObjectID="_1829730362" r:id="rId9"/>
+        </w:object>
+      </w:r>
+      <w:r w:rsidR="004840A0">
         <w:t xml:space="preserve">Anlage </w:t>
       </w:r>
       <w:r w:rsidR="00CA5F01">
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B307788" w14:textId="05095422" w:rsidR="007B2A0C" w:rsidRDefault="007B2A0C" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59B823F5" w14:textId="3FFFB589" w:rsidR="004840A0" w:rsidRDefault="00465EC4" w:rsidP="00167158">
-[...191 lines deleted...]
-    <w:p w14:paraId="7F4C2076" w14:textId="30BCDFE6" w:rsidR="00BA123E" w:rsidRPr="00650B65" w:rsidRDefault="00BA123E" w:rsidP="00A135C9">
+    <w:p w14:paraId="59B823F5" w14:textId="5E9D1D54" w:rsidR="004840A0" w:rsidRDefault="004840A0" w:rsidP="00167158">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31FF16A4" w14:textId="3F4225D5" w:rsidR="001B6C10" w:rsidRPr="001B6C10" w:rsidRDefault="001B6C10" w:rsidP="001B6C10">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:right="-143" w:hanging="850"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B6C10">
         <w:rPr>
@@ -5549,519 +5713,490 @@
         </w:rPr>
         <w:br/>
         <w:t>lizenziert unter CC-BY-SA 3.0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001B6C10">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>www.commons.wikimedia.org/wiki/File: Mercedes-Benz_E_500_T_with_roofbox_IAA_2009.JPG</w:t>
       </w:r>
       <w:r w:rsidRPr="001B6C10">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Verwendung eines Bildausschnittes für die obenstehende Collage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22147250" w14:textId="77777777" w:rsidR="001B6C10" w:rsidRPr="001B6C10" w:rsidRDefault="001B6C10" w:rsidP="001B6C10">
+    <w:p w14:paraId="17100CD2" w14:textId="77777777" w:rsidR="00713DC9" w:rsidRDefault="00713DC9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5144B50B" w14:textId="39A20113" w:rsidR="0038596B" w:rsidRDefault="008D514A" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="58E64EB3" w14:textId="77777777" w:rsidR="001B6C10" w:rsidRPr="001B6C10" w:rsidRDefault="001B6C10" w:rsidP="00A135C9">
+      <w:r>
+        <w:t>Anlage 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DEDC2C8" w14:textId="6F3FEE9E" w:rsidR="00CA65D6" w:rsidRDefault="00D4317E" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="74365FE5" w14:textId="77777777" w:rsidR="00BA123E" w:rsidRPr="001B6C10" w:rsidRDefault="00BA123E" w:rsidP="00A135C9">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="63FE3E8F">
+          <v:shape id="_x0000_s1036" type="#_x0000_t75" style="position:absolute;margin-left:10.8pt;margin-top:5.75pt;width:451.95pt;height:707.3pt;z-index:-251651072" wrapcoords="-36 -23 -36 21600 21636 21600 21636 -23 -36 -23" stroked="t" strokecolor="black [3213]">
+            <v:imagedata r:id="rId10" o:title=""/>
+            <w10:wrap type="tight"/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1036" DrawAspect="Content" ObjectID="_1829730363" r:id="rId11">
+            <o:FieldCodes>\s</o:FieldCodes>
+          </o:OLEObject>
+        </w:object>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E08D01E" w14:textId="77FAE569" w:rsidR="00CA65D6" w:rsidRDefault="00CA65D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05DC5853" w14:textId="77777777" w:rsidR="00486896" w:rsidRDefault="00486896">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09005C1C" w14:textId="6604A7FB" w:rsidR="00CA65D6" w:rsidRDefault="0086353A" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-    <w:p w14:paraId="5144B50B" w14:textId="3ACEB5EF" w:rsidR="0038596B" w:rsidRDefault="008D514A" w:rsidP="00550B82">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Anlage 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3160FDF7" w14:textId="3F31C9E9" w:rsidR="0038596B" w:rsidRDefault="00D4317E" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6DEDC2C8" w14:textId="6F3FEE9E" w:rsidR="00CA65D6" w:rsidRDefault="00465EC4" w:rsidP="00550B82">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="7EC4A9AF">
+          <v:shape id="_x0000_s1032" type="#_x0000_t75" style="position:absolute;margin-left:16.6pt;margin-top:16pt;width:462.85pt;height:479.05pt;z-index:-251654144" wrapcoords="-33 -34 -33 21600 21633 21600 21633 -34 -33 -34" stroked="t" strokecolor="black [3213]">
+            <v:imagedata r:id="rId12" o:title=""/>
+            <w10:wrap type="tight"/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1032" DrawAspect="Content" ObjectID="_1829730364" r:id="rId13">
+            <o:FieldCodes>\s</o:FieldCodes>
+          </o:OLEObject>
+        </w:object>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053D2506" w14:textId="0C451667" w:rsidR="0057178A" w:rsidRDefault="0057178A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51791C66" w14:textId="77777777" w:rsidR="00011D99" w:rsidRDefault="00011D99" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-    <w:p w14:paraId="09005C1C" w14:textId="6604A7FB" w:rsidR="00CA65D6" w:rsidRDefault="0086353A" w:rsidP="00550B82">
+    </w:p>
+    <w:p w14:paraId="6D430DB0" w14:textId="204D704B" w:rsidR="00F75AD1" w:rsidRDefault="0086353A" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3160FDF7" w14:textId="3F31C9E9" w:rsidR="0038596B" w:rsidRDefault="00465EC4" w:rsidP="00550B82">
+        <w:t>Anlage 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40711CBD" w14:textId="35443A68" w:rsidR="00F75AD1" w:rsidRDefault="00D4317E" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="7EC4A9AF">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId15" o:title=""/>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="4158874F">
+          <v:shape id="_x0000_s1035" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:9.75pt;width:411.75pt;height:575.55pt;z-index:251664384" wrapcoords="105 0 105 21183 21356 21183 21356 0 105 0">
+            <v:imagedata r:id="rId14" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1032" DrawAspect="Content" ObjectID="_1586084644" r:id="rId16">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1829730365" r:id="rId15">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053D2506" w14:textId="0C451667" w:rsidR="0057178A" w:rsidRDefault="0057178A">
-[...12 lines deleted...]
-    <w:p w14:paraId="51791C66" w14:textId="77777777" w:rsidR="00011D99" w:rsidRDefault="00011D99" w:rsidP="00550B82">
+    <w:p w14:paraId="4A6CAA7A" w14:textId="42CB0197" w:rsidR="00CF7438" w:rsidRDefault="00CF7438" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D430DB0" w14:textId="204D704B" w:rsidR="00F75AD1" w:rsidRDefault="0086353A" w:rsidP="00550B82">
+    <w:p w14:paraId="114398C4" w14:textId="5713FFAB" w:rsidR="00F75AD1" w:rsidRDefault="00F75AD1" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15BC0302" w14:textId="77777777" w:rsidR="00F75AD1" w:rsidRDefault="00F75AD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Anlage 5</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="40711CBD" w14:textId="35443A68" w:rsidR="00F75AD1" w:rsidRDefault="00465EC4" w:rsidP="00550B82">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A83383F" w14:textId="55D9C297" w:rsidR="003C0C03" w:rsidRDefault="00F75AD1" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-    <w:p w14:paraId="4A6CAA7A" w14:textId="42CB0197" w:rsidR="00CF7438" w:rsidRDefault="00CF7438" w:rsidP="00550B82">
+        <w:lastRenderedPageBreak/>
+        <w:t>Anlage 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4711AB44" w14:textId="77777777" w:rsidR="003C0C03" w:rsidRDefault="003C0C03" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="114398C4" w14:textId="5713FFAB" w:rsidR="00F75AD1" w:rsidRDefault="00F75AD1" w:rsidP="00550B82">
+    <w:p w14:paraId="0BE43C81" w14:textId="546218B5" w:rsidR="003C0C03" w:rsidRDefault="00D4317E" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-    </w:p>
-[...42 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="525AAAD9">
           <v:shape id="_x0000_s1031" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:464.95pt;height:512.45pt;z-index:-251655168" wrapcoords="0 0 21600 0 21600 21600 0 21600 0 0">
-            <v:imagedata r:id="rId19" o:title=""/>
+            <v:imagedata r:id="rId16" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1586084646" r:id="rId20">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1829730366" r:id="rId17">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="003C0C03" w:rsidSect="00463BEE">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1F2E5E60" w14:textId="77777777" w:rsidR="009867DF" w:rsidRDefault="009867DF" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="539E27DF" w14:textId="77777777" w:rsidR="009867DF" w:rsidRDefault="009867DF" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
-    <w:family w:val="auto"/>
-    <w:notTrueType/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8074"/>
       <w:gridCol w:w="1564"/>
     </w:tblGrid>
     <w:tr w:rsidR="00824398" w:rsidRPr="00A25233" w14:paraId="23FF1B57" w14:textId="77777777" w:rsidTr="00463BEE">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8075" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="23FF1B55" w14:textId="77777777" w:rsidR="00824398" w:rsidRPr="00A25233" w:rsidRDefault="00824398" w:rsidP="00486896">
+        <w:p w14:paraId="23FF1B55" w14:textId="0FE460CC" w:rsidR="00824398" w:rsidRPr="00A25233" w:rsidRDefault="00824398" w:rsidP="00486896">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00F62375">
+          <w:r w:rsidR="00D4317E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
-            <w:t>WKA-LF04-LK01.docx</w:t>
+            <w:t>WKA-LF04-LK01-Teile Zubehör verkaufen.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1564" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="23FF1B56" w14:textId="4E7D2C45" w:rsidR="00824398" w:rsidRPr="00A25233" w:rsidRDefault="00824398" w:rsidP="00486896">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
@@ -6159,274 +6294,281 @@
             </w:rPr>
             <w:t>8</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="23FF1B58" w14:textId="77777777" w:rsidR="00824398" w:rsidRDefault="00824398" w:rsidP="00D367D0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="265C8BF0" w14:textId="77777777" w:rsidR="009867DF" w:rsidRDefault="009867DF" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5C5DC4A9" w14:textId="77777777" w:rsidR="009867DF" w:rsidRDefault="009867DF" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="23FF1B53" w14:textId="77777777" w:rsidR="00824398" w:rsidRDefault="00824398">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="391F3F28" w14:textId="77777777" w:rsidR="00BB7D81" w:rsidRPr="00E156D0" w:rsidRDefault="00BB7D81" w:rsidP="00BB7D81">
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="Beschriftung"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23FF1B5B" wp14:editId="23FF1B5C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EC6B872" wp14:editId="289EE23B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>624428</wp:posOffset>
+                <wp:posOffset>620065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>241300</wp:posOffset>
+                <wp:posOffset>245110</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6219893" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="32" name="Gruppieren 32"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6219893" cy="435600"/>
                         <a:chOff x="-196349" y="0"/>
                         <a:chExt cx="6220391" cy="436728"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <wps:wsp>
                       <wps:cNvPr id="46" name="Textfeld 2"/>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="-196349" y="67945"/>
                           <a:ext cx="4464766" cy="352425"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="23FF1B5D" w14:textId="77777777" w:rsidR="00824398" w:rsidRPr="00E20335" w:rsidRDefault="00824398" w:rsidP="00D367D0">
+                          <w:p w14:paraId="15BAC4DE" w14:textId="77777777" w:rsidR="00BB7D81" w:rsidRPr="00E20335" w:rsidRDefault="00BB7D81" w:rsidP="00BB7D81">
                             <w:pPr>
                               <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Landesinstitut für Schulentwicklung</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="48" name="Gerade Verbindung 48"/>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="-101281" y="340216"/>
+                          <a:ext cx="5577383" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="window" lastClr="FFFFFF">
+                              <a:lumMod val="65000"/>
+                            </a:sysClr>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
                     </wps:wsp>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="47" name="Grafik 47"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="5519075" y="0"/>
                           <a:ext cx="504967" cy="436728"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
-                    <wps:wsp>
-[...22 lines deleted...]
-                    </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="23FF1B5B" id="Gruppieren 32" o:spid="_x0000_s1049" style="position:absolute;margin-left:49.15pt;margin-top:19pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMUHQDqMBAAAiwoAAA4AAABkcnMvZTJvRG9jLnhtbLRW227jNhB9L9B/&#10;IPTuWJJ1sYQ4i6xz6QLbNuhu+05LlEREIlmSjpwW/ffOkJLjOFu03aIGovA6nDk8c4aX7w5DT56Y&#10;NlyKTRBdhAFhopI1F+0m+Pnz3WIdEGOpqGkvBdsEz8wE766+/eZyVCWLZSf7mmkCRoQpR7UJOmtV&#10;uVyaqmMDNRdSMQGTjdQDtdDV7bLWdATrQ7+MwzBbjlLXSsuKGQOjN34yuHL2m4ZV9semMcySfhOA&#10;b9Z9tfvu8Lu8uqRlq6nqeDW5Qb/Ci4FyAYceTd1QS8le8zemBl5paWRjLyo5LGXT8Iq5GCCaKDyL&#10;5l7LvXKxtOXYqiNMAO0ZTl9ttvrh6UETXm+CVRwQQQe4o3u9V4ozzQSBQUBoVG0JC++1+qQe9DTQ&#10;+h4GfWj0gP8hHHJw2D4fsWUHSyoYzOKoWBergFQwl6zSLJzArzq4Idy2iIpslRQBedlcdbfH7XG4&#10;KqJ5e5bHa/RsOR++RB+PLo0K2GReADP/DbBPHVXM3YNBHCbAkmwG7DME2bC+JhNabhVCRezhvYTQ&#10;IscNoz7K6tEQIbcdFS271lqOHaM1uBe5aNBvOAC3IuqmNGhkN34va7gXurfSGTrD+xS4LC+SFG3R&#10;ckY+SbIkz8BZRH6VxknsFhyho6XSxt4zORBsbAINWePOoU8fjfUoz0vQsJE9r+9437uObnfbXpMn&#10;Chl2537Txbxa1gsyboIihbNxl5C437k5cAsK0PNhE6xD/HnvEZdbUbsllvLet8HpXsC1z9h4lOxh&#10;d4CFOLiT9TNApqXPdFAmaHRS/xaQEbJ8E5hf91SzgPQfBMBeREmCsuA6SZrH0NGnM7vTGSoqMLUJ&#10;bEB8c2udlPiIruF6Gu7wevFk8hXIeHWpeFXC35TG0HrDyr+XO9hl9+i/l8zhH9kYqH7cqwUojqKW&#10;73jP7bNTT7gLdEo8PfAKKYedE4LnM8HvNW34I0lyvJt5kd8C7OHVGa+NAgbNnH69fIndV+fteq5m&#10;MmF7igyAPdO4L4Dj9fNGVvuBCesLgmY9BCmF6bgycJslG3asBlZ/qFE+oBhZyCWlufAkhzQBluMV&#10;YsI4zf49Xl+HYRG/X2zTcLtIwvx2cV0k+SIPb/MkTNbRNtr+gUSOknJvGIRP+xvFJ9dh9I3zXxTo&#10;qZR56XclxKeRSwGgOjjkJG52EYYQIfTVWM1s1WGzgUz6CQCHq4EFxwmH9Au4iDuqCe440480jYow&#10;T0+FF6FA1U7DpMiABl6036juv5QO55J3wjXBJ5+1/79WwzNkKm5M05qRX5jecVHvRUsSV0kwZYH6&#10;WzEVOK+9M1qkAdy/m4V8qnOLKIziNZAKdTUJ4yh7Lbxpmuer9VTy5judsZ8FddLcngusMLT8C809&#10;EUwvpdkqBa2qUNIaIDw0BwUsN6IFcepbeIxVVjuLr3TYPJujWsMzqpYjSCE1FgaP8o1u9PsBio6n&#10;Y5ZOqoz0cvs9007LAIZzQ03nd7gjpzKAeg1Udm+xqZy8Vm8v2cheHHdK6ao5vHjcOdPrDJ9Up323&#10;/uUNefUnAAAA//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq&#10;9mlmdqcQtbMCqqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQT&#10;GYyF82RzM7hgMOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5A&#10;DCMlAYaUxndYFQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAErJjfzgAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0Frg0AQhe+F/odlCr01q5UaY11DCG1PodCkUHKb6EQl7q64GzX/vuOp&#10;vc3jPd68L1tPuhUD9a6xRkG4CECQKWzZmErB9+H9KQHhPJoSW2tIwY0crPP7uwzT0o7mi4a9rwSX&#10;GJeigtr7LpXSFTVpdAvbkWHvbHuNnmVfybLHkct1K5+DIJYaG8MfauxoW1Nx2V+1go8Rx00Uvg27&#10;y3l7Ox5ePn92ISn1+DBtXkF4mvxfGOb5PB1y3nSyV1M60SpYJREnFUQJI81+sFwyy2m+4hhknsn/&#10;CPkvAAAA//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEu&#10;d21m7JS/axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJ&#10;BBSNRCTmICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFl&#10;OMhOEXyM9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu&#10;/sifb6jaHl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+Rxop&#10;eBbtNiUZQTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG&#10;1VfhXUzwDqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECd&#10;y3jgrKjmKia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclf&#10;dsZD8v78qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37&#10;byve6xXPVt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJa&#10;Gz8BAAD//wMAUEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAA9AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxQdAOowEAACLCgAADgAAAAAAAAAAAAAA&#10;AAA8AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAA&#10;AAAAAAD0BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQBKyY384AAA&#10;AAoBAAAPAAAAAAAAAAAAAAAAAOUHAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa&#10;7AcCAACmBQAAFAAAAAAAAAAAAAAAAADyCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYA&#10;BgB8AQAAKwsAAAAA&#10;">
+            <v:group w14:anchorId="7EC6B872" id="Gruppieren 32" o:spid="_x0000_s1049" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAutrldRYEAACtCQAADgAAAGRycy9lMm9Eb2MueG1stFZRb9s2EH4fsP9A&#10;6D2xJEuyLcQpuqTNCnRbsHZ7pylKIkKRHElHTn/97kjJsZMV2zrMQBRSJI/ffffdna7eHAZJHrl1&#10;Qqttkl2mCeGK6Uaobpv89vn9xTohzlPVUKkV3yZP3CVvrr//7mo0Nc91r2XDLQEjytWj2Sa996Ze&#10;LBzr+UDdpTZcwWKr7UA9TG23aCwdwfogF3maVotR28ZYzbhz8PY2LibXwX7bcuZ/aVvHPZHbBLD5&#10;8LThucPn4vqK1p2lphdsgkG/AcVAhYJLj6Zuqadkb8UrU4NgVjvd+kumh4VuW8F48AG8ydIX3txZ&#10;vTfBl64eO3OkCah9wdM3m2U/P95Z88ncW2BiNB1wEWboy6G1A/4HlOQQKHs6UsYPnjB4WeXZZr1Z&#10;JoTBWrEsq3TilPVAPB67yDbVstgk5Pkw698dj+fpcpPNx6tVvsaQLObLF2eQRgMicc88uP/Gw6ee&#10;Gh7odTXwcG+JaMCJKiGKDqDVz+Bky2VDcsSEl8MupIr4ww8aXMtCyJ35qNmDI0rf9FR1/K21euw5&#10;bQBeFrw5ORrtODSyG3/SDVxD914HQy/4PiWuWm2KEm3Rema+KKpiVQFYZH5Z5kUeNhypo7Wxzt9x&#10;PRAcbBMLyRDuoY8fnY8sz1vQsNNSNO+FlGFiu92NtOSRQuK8D78pMGfbpCLjNtmUcDeeUhrPB5iD&#10;8JDYUgzbZJ3iL6JHXt6pJmzxVMg4BtBSQdiRKOQmsuQPuwNsxJc73TwBZVbHBIaCA4Ne2y8JGSF5&#10;t4n7Y08tT4j8oID2TVYUmO1hUpSrHCb2dGV3ukIVA1PbxCckDm98qBDRo7cQnlYEvp6RTFhBjBHf&#10;/69KqKNRlXfc0oaT37ndCdXsVUeKkDOTyG7UlMozkzGVSCuF+XGW7JTRF1ma5WvIPlRQkeZZdS6x&#10;slytluspuUMAv64uKRTmEq2/oq4TaUTRVMsSosIweK2kwD0bDKSfUx2EQXbQTZi3weKZ4tyTO+oS&#10;+kCjRwg6dR5eHoWKMOR+gPSK+q3KSX8AP54PJebMLmbCLXV9PBGWJsGjMiHtQjOZEudcp1GcmFD4&#10;PmjCCFbD31SxYfSqUv19Z4NTfo+ajt1x+Ec2Bmof9uYCmouhXuyEFP4pNEpgEkGpx3vBMMFwclL0&#10;Vkd5WdqKB1Ks0Pt5UzwCFUWwF7XOGagqc507377A6dl9O9DgXGBwPHkGgXvRzv6CnNgqbzXbD1z5&#10;2PstB+HAh4frhXGQ4TUfdhw0ZD802FLgu8NDfTVWKB+F7bzlnvUYzxYK1a+AHcMGqpgXAuhnnOhC&#10;LEhzRzq2w7LMNumqPO1rc2ku02JTAaOxJ75qav+yMgdIEUQYAqYgtfBNENBP3y/40XE6D7uev7Ku&#10;/wQAAP//AwBQSwMEFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAABkcnMvbWVkaWEvaW1hZ2UxLndt&#10;ZuyUv2sUURDH5+3X05NIApprxEIEBZGUQiBgcVhoJZ4SCMg1phQL8UcThaCHMdHLpVBBzkILiQQU&#10;jUQk5iAkERtJaeV/cEiu269aODO3e5GwpxaWPvjcvJt97zvvzezs508fHonUo2a8hhb3B9FxZTjI&#10;ThF8jPRHnptLtikIecmp7dHV9chmu6JcOBzs2fYQZIfaH7rn1es3OjPvgOrl1X7z1TrR0faHLv7I&#10;n2+o2h5dO5gz1XWPZzEb7IMxw/XIaMbd1C3KRoiSM/m1OrHTGCK71XcQv49gSt1vl8bJPkcaKXgW&#10;7TYlGUEzNs7ie1wCWEJPQr/afp7BPmcYh2iMYIBlHHVGcYwXcdK5hfM0JnGBVVxyarjGGsYSxtVX&#10;4V1M8A6mnAqqHMc0x1DjVc3iCaeh/9tUsMR7eM/7WGQd75ynWOAs5vkCLzmPOectnnERT9hAnct4&#10;4Kyo5iomuYabyvWEy1zR8xnLGOUSzjkLOE1jDkXnIY7QmMYBTmGvM6G5uI3ehLzavN6VcTXJX3bG&#10;Q/L+/Knys175/9WwivyLarS7JM26yOOhU51+a/e8dWN2zTa7pE/3WJfkpIgyi/rWFhybl5m9+28r&#10;3usVz1beevovQ8czTr95uoL2TUF7pujYfIZbNb7eGOxopDcU+VWjpfuNVd1vtFzDvn2mZfmCWhs/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAm3jihOAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvC&#10;QBCF74X+h2UKvdVNlBpNsxGRticpVAvF25gdk2B2NmTXJP77rr20p5nhPd58L1uNphE9da62rCCe&#10;RCCIC6trLhV87d+eFiCcR9bYWCYFV3Kwyu/vMky1HfiT+p0vRQhhl6KCyvs2ldIVFRl0E9sSB+1k&#10;O4M+nF0pdYdDCDeNnEbRXBqsOXyosKVNRcV5dzEK3gcc1rP4td+eT5vrYf/88b2NSanHh3H9AsLT&#10;6P/McMMP6JAHpqO9sHaiUbBM5sGpYLYI86ZHSRKDOP5uU5B5Jv9XyH8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/&#10;EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA593LPYer2aWZ2pxC1swKqogRGVjql7Sjg0p82&#10;e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK/sB5lBMZjIXzZHMzuGAw5TOM3KO84kh8W5Y7&#10;Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8UXJvszkAMIyUBhpTGd1gVDzMAb2r+9VjzAgAA&#10;//8DAFBLAQItABQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPAEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALra5XUWBAAArQkAAA4AAAAAAAAAAAAAAAAAOwIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAAAAAAAAAAAAAAAA&#10;fQYAAGRycy9tZWRpYS9pbWFnZTEud21mUEsBAi0AFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAtggAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAMMJAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;ALQKAAAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 2" o:spid="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+d+mPwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9Ed1Y0qjRTbBCS279eYBj9pgEs2dDdmvi27uFQi+HmfmG2eajacWdetdYVrCYRyCI&#10;S6sbrhScT1+zFQjnkTW2lknBgxzk2ctki6m2Ax/ofvSVCBB2KSqove9SKV1Zk0E3tx1x8K62N+iD&#10;7CupexwC3LTyPYoSabDhsFBjR/uaytvxxyi4FsP0Yz1cvv15eYiTT2yWF/tQ6u113G1AeBr9f/iv&#10;XWgFcQK/X8IPkNkTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="23FF1B5D" w14:textId="77777777" w:rsidR="00824398" w:rsidRPr="00E20335" w:rsidRDefault="00824398" w:rsidP="00D367D0">
+                    <w:p w14:paraId="15BAC4DE" w14:textId="77777777" w:rsidR="00BB7D81" w:rsidRPr="00E20335" w:rsidRDefault="00BB7D81" w:rsidP="00BB7D81">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
+              <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1051" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 47" o:spid="_x0000_s1051" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDx3bnswwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeAVvNWmRVlajaFEQihW3vXh7bJ6bxc3Lsom6/nsjCB6HmfmGmcw6V4sztaHyrOF9oEAQ&#10;F95UXGr4/1u9jUCEiGyw9kwarhRgNu29TDAz/sI7OuexFAnCIUMNNsYmkzIUlhyGgW+Ik3fwrcOY&#10;ZFtK0+IlwV0tP5T6lA4rTgsWG/q2VBzzk9NQ5Zvf0XW5Kuxip7b5Mir82R+17r928zGISF18hh/t&#10;tdEw/IL7l/QD5PQGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8d257MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+              <v:shape id="Grafik 47" o:spid="_x0000_s1052" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXqNY9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33VhqI9FVRIh4Eru2eH1kX5PQ7NuQXTXtr3cLBY/DzHzDrDa9bcSNOl87VjCbJiCI&#10;C2dqLhV8nPPJAoQPyAYbx6Tghzxs1sPBCjPj7vxONx1KESHsM1RQhdBmUvqiIot+6lri6H25zmKI&#10;siul6fAe4baRL0nyJi3WHBcqbGlXUfGtr1ZBfdrvZ3mfp7+XxdUc9VzbT6mVGo/67RJEoD48w//t&#10;g1HwmsLfl/gD5PoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV6jWPcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
-              <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1052" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
+  <w:p w14:paraId="72DFDE21" w14:textId="3FC8CF05" w:rsidR="00D41C60" w:rsidRPr="00BB7D81" w:rsidRDefault="00D41C60" w:rsidP="00BB7D81">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C275B59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CC23D90"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7635,385 +7777,411 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1045905394">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="413018576">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="312028097">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1358509797">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="256525226">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1735002723">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1302298612">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1936744919">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1930263994">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="480969971">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1637490640">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="450441926">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1337657278">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="842553853">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1730569794">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="2002150852">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1246960255">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="87964629">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="484511927">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="964583115">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1995639248">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1910070847">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
     <w:rsid w:val="00011D99"/>
     <w:rsid w:val="000162DF"/>
     <w:rsid w:val="000401D2"/>
     <w:rsid w:val="00050284"/>
     <w:rsid w:val="00065997"/>
     <w:rsid w:val="00083036"/>
+    <w:rsid w:val="00092C12"/>
     <w:rsid w:val="000B6FCC"/>
     <w:rsid w:val="000D2807"/>
     <w:rsid w:val="000E4C21"/>
     <w:rsid w:val="000E657C"/>
     <w:rsid w:val="0011472D"/>
     <w:rsid w:val="001246F7"/>
+    <w:rsid w:val="0013500F"/>
     <w:rsid w:val="00135FC2"/>
     <w:rsid w:val="00137BE4"/>
     <w:rsid w:val="001430BD"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="001452E4"/>
     <w:rsid w:val="00145F47"/>
     <w:rsid w:val="00167158"/>
     <w:rsid w:val="00171338"/>
     <w:rsid w:val="001B6C10"/>
     <w:rsid w:val="001C5186"/>
     <w:rsid w:val="001F6F64"/>
     <w:rsid w:val="0021317E"/>
     <w:rsid w:val="00262545"/>
     <w:rsid w:val="002862C4"/>
     <w:rsid w:val="00287694"/>
     <w:rsid w:val="002C110E"/>
+    <w:rsid w:val="002C79B6"/>
     <w:rsid w:val="002F7E38"/>
     <w:rsid w:val="003124DE"/>
     <w:rsid w:val="00314EC1"/>
     <w:rsid w:val="00316CB3"/>
+    <w:rsid w:val="00351238"/>
     <w:rsid w:val="00351B57"/>
     <w:rsid w:val="00371D47"/>
     <w:rsid w:val="0038596B"/>
     <w:rsid w:val="003940DE"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="003B1347"/>
     <w:rsid w:val="003B4DF2"/>
     <w:rsid w:val="003B549E"/>
     <w:rsid w:val="003C0C03"/>
     <w:rsid w:val="003D534C"/>
     <w:rsid w:val="003F05F7"/>
     <w:rsid w:val="00410C19"/>
     <w:rsid w:val="0041722A"/>
     <w:rsid w:val="00420887"/>
     <w:rsid w:val="0043184A"/>
     <w:rsid w:val="004319E1"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="00437E62"/>
     <w:rsid w:val="00447471"/>
     <w:rsid w:val="00463BEE"/>
     <w:rsid w:val="00465EC4"/>
     <w:rsid w:val="00467774"/>
     <w:rsid w:val="00471890"/>
+    <w:rsid w:val="00481EAC"/>
     <w:rsid w:val="004840A0"/>
     <w:rsid w:val="00486896"/>
     <w:rsid w:val="00491C8C"/>
     <w:rsid w:val="004A02E4"/>
     <w:rsid w:val="004A0F8E"/>
     <w:rsid w:val="004A247A"/>
+    <w:rsid w:val="004A64C5"/>
     <w:rsid w:val="004D28C8"/>
     <w:rsid w:val="004E0D03"/>
     <w:rsid w:val="004F58B7"/>
     <w:rsid w:val="00550B82"/>
+    <w:rsid w:val="005530B9"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="0057178A"/>
     <w:rsid w:val="005953C5"/>
     <w:rsid w:val="00597F21"/>
     <w:rsid w:val="005B26D9"/>
     <w:rsid w:val="005C7329"/>
     <w:rsid w:val="0063063F"/>
     <w:rsid w:val="0065060D"/>
     <w:rsid w:val="00650B65"/>
     <w:rsid w:val="00664ACC"/>
     <w:rsid w:val="00675633"/>
+    <w:rsid w:val="00677391"/>
     <w:rsid w:val="006A63E6"/>
     <w:rsid w:val="006B6C1F"/>
+    <w:rsid w:val="006F1B9E"/>
     <w:rsid w:val="006F30F7"/>
     <w:rsid w:val="006F60DD"/>
+    <w:rsid w:val="00713DC9"/>
     <w:rsid w:val="00721392"/>
     <w:rsid w:val="0073193E"/>
+    <w:rsid w:val="007379B6"/>
     <w:rsid w:val="00740DB3"/>
     <w:rsid w:val="00740E8C"/>
     <w:rsid w:val="007428CB"/>
     <w:rsid w:val="00742D6B"/>
     <w:rsid w:val="007507EC"/>
     <w:rsid w:val="007561B3"/>
     <w:rsid w:val="0077555C"/>
     <w:rsid w:val="00786721"/>
     <w:rsid w:val="007B2A0C"/>
     <w:rsid w:val="007D130E"/>
     <w:rsid w:val="007F353E"/>
     <w:rsid w:val="00824398"/>
     <w:rsid w:val="00833673"/>
+    <w:rsid w:val="0083417F"/>
     <w:rsid w:val="008411E7"/>
     <w:rsid w:val="008608F6"/>
     <w:rsid w:val="0086353A"/>
     <w:rsid w:val="00890ADB"/>
     <w:rsid w:val="008930FE"/>
     <w:rsid w:val="00897335"/>
+    <w:rsid w:val="008B575D"/>
     <w:rsid w:val="008C7894"/>
+    <w:rsid w:val="008D019A"/>
     <w:rsid w:val="008D514A"/>
     <w:rsid w:val="008E3668"/>
     <w:rsid w:val="008E64BB"/>
     <w:rsid w:val="008F70C0"/>
     <w:rsid w:val="0090442C"/>
     <w:rsid w:val="009121C8"/>
     <w:rsid w:val="00934C2B"/>
     <w:rsid w:val="00955E81"/>
     <w:rsid w:val="0096312F"/>
     <w:rsid w:val="00984F46"/>
     <w:rsid w:val="009867DF"/>
+    <w:rsid w:val="009B3F29"/>
     <w:rsid w:val="009B4556"/>
     <w:rsid w:val="009B70A2"/>
     <w:rsid w:val="009C7197"/>
     <w:rsid w:val="009D19CB"/>
     <w:rsid w:val="009D427C"/>
     <w:rsid w:val="009D7CBB"/>
     <w:rsid w:val="009E3CCF"/>
     <w:rsid w:val="00A00642"/>
     <w:rsid w:val="00A135C9"/>
     <w:rsid w:val="00A14AD3"/>
     <w:rsid w:val="00A22D9E"/>
     <w:rsid w:val="00A25233"/>
     <w:rsid w:val="00A25AE2"/>
     <w:rsid w:val="00A56473"/>
     <w:rsid w:val="00A672D3"/>
     <w:rsid w:val="00A70510"/>
     <w:rsid w:val="00A73DEF"/>
     <w:rsid w:val="00A831D2"/>
     <w:rsid w:val="00A94F7D"/>
+    <w:rsid w:val="00AA6D2E"/>
     <w:rsid w:val="00AB4944"/>
     <w:rsid w:val="00AB51AB"/>
     <w:rsid w:val="00AC4C66"/>
     <w:rsid w:val="00AE4E6F"/>
     <w:rsid w:val="00B03223"/>
     <w:rsid w:val="00B05D7F"/>
     <w:rsid w:val="00B147B2"/>
     <w:rsid w:val="00B3244E"/>
     <w:rsid w:val="00B36DA1"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B423CB"/>
     <w:rsid w:val="00B46323"/>
     <w:rsid w:val="00B7336D"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00B84264"/>
     <w:rsid w:val="00B903AB"/>
     <w:rsid w:val="00B903C1"/>
     <w:rsid w:val="00BA123E"/>
+    <w:rsid w:val="00BA45F7"/>
+    <w:rsid w:val="00BB7D81"/>
     <w:rsid w:val="00BC0D32"/>
     <w:rsid w:val="00BE672F"/>
     <w:rsid w:val="00BF550E"/>
     <w:rsid w:val="00C5689B"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00C918C1"/>
     <w:rsid w:val="00CA5F01"/>
     <w:rsid w:val="00CA65D6"/>
     <w:rsid w:val="00CC4C2C"/>
     <w:rsid w:val="00CF7438"/>
     <w:rsid w:val="00D16F7F"/>
     <w:rsid w:val="00D367D0"/>
+    <w:rsid w:val="00D41C60"/>
+    <w:rsid w:val="00D4317E"/>
     <w:rsid w:val="00D66422"/>
     <w:rsid w:val="00D73508"/>
     <w:rsid w:val="00DC55E5"/>
     <w:rsid w:val="00DD2141"/>
     <w:rsid w:val="00DE4EE3"/>
     <w:rsid w:val="00E10EAF"/>
     <w:rsid w:val="00E11305"/>
     <w:rsid w:val="00E11B7C"/>
     <w:rsid w:val="00E125E6"/>
+    <w:rsid w:val="00E4308E"/>
     <w:rsid w:val="00E5073B"/>
     <w:rsid w:val="00E528DE"/>
     <w:rsid w:val="00E94DCF"/>
     <w:rsid w:val="00E950C9"/>
     <w:rsid w:val="00EA2831"/>
     <w:rsid w:val="00EF33AD"/>
     <w:rsid w:val="00F1127B"/>
     <w:rsid w:val="00F2596E"/>
     <w:rsid w:val="00F31E6C"/>
     <w:rsid w:val="00F37F01"/>
     <w:rsid w:val="00F4182A"/>
     <w:rsid w:val="00F62375"/>
     <w:rsid w:val="00F633ED"/>
     <w:rsid w:val="00F73A04"/>
     <w:rsid w:val="00F75AD1"/>
     <w:rsid w:val="00F82F20"/>
     <w:rsid w:val="00F830B6"/>
     <w:rsid w:val="00F91ED6"/>
     <w:rsid w:val="00FB1FED"/>
     <w:rsid w:val="00FB2802"/>
     <w:rsid w:val="00FC3C2A"/>
+    <w:rsid w:val="00FD1EB2"/>
+    <w:rsid w:val="00FD3FA0"/>
     <w:rsid w:val="00FD5530"/>
     <w:rsid w:val="00FE0292"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="23FF1B2E"/>
-  <w15:docId w15:val="{9D3D1328-FC3A-4AB9-A329-9EB341E944CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8340,50 +8508,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001B6C10"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -8820,51 +8993,51 @@
     <w:rsid w:val="001B6C10"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
     <w:name w:val="Überschrift 2 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001B6C10"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="164714252">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="898976242">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8895,51 +9068,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2016027427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument2.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint-Pr_sentation.pptx"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument1.docx"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument3.docx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word-Dokument.docx"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint_Presentation.pptx"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -9167,267 +9340,85 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Projektdokumente" ma:contentTypeID="0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396" ma:contentTypeVersion="4" ma:contentTypeDescription="Inhaltstyp von Projektdokumenten innerhalb des Arbeitsraumes der jeweiligen Webseite." ma:contentTypeScope="" ma:versionID="b6dcf3f8b4c21e9d0aa6ef44676a127a">
-[...127 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61218377-8A00-4F0D-AF0E-5A22D85135B2}">
-[...30 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD5EA84C-C050-4F62-9438-3DF637AA6DB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>580</Words>
-  <Characters>3656</Characters>
+  <Words>579</Words>
+  <Characters>3712</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>195</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4228</CharactersWithSpaces>
+  <CharactersWithSpaces>4207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>WKA-LF04-LK01-Teile Zubehör verkaufen</dc:title>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>