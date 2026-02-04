--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -1,104 +1,132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="324F7D1F" w14:textId="77777777" w:rsidR="00C36747" w:rsidRPr="002068F5" w:rsidRDefault="00C36747" w:rsidP="00C36747">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219110948"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002068F5">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A08D16F" w14:textId="77777777" w:rsidR="00A3552E" w:rsidRDefault="00A3552E"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5025" w:type="pct"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="962"/>
         <w:gridCol w:w="5772"/>
         <w:gridCol w:w="7585"/>
         <w:gridCol w:w="1205"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D3218" w:rsidRPr="004D3218" w14:paraId="241146C0" w14:textId="77777777" w:rsidTr="00C83407">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146BF" w14:textId="77777777" w:rsidR="004D3218" w:rsidRPr="006002FE" w:rsidRDefault="004D3218" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TTitel"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006002FE">
-              <w:rPr>
+            <w:r w:rsidRPr="00A3552E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="B41428"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Zielanalyse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7489E" w:rsidRPr="004D3218" w14:paraId="241146C4" w14:textId="77777777" w:rsidTr="00C83407">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="310" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146C1" w14:textId="77777777" w:rsidR="00A7489E" w:rsidRPr="004D3218" w:rsidRDefault="00A7489E" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf"/>
             </w:pPr>
             <w:r w:rsidRPr="004D3218">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -441,65 +469,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4302" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C366FE8" w14:textId="586EB97C" w:rsidR="00C22565" w:rsidRPr="00DA545A" w:rsidRDefault="00C22565" w:rsidP="00DA545A">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf2"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Die Schülerinnen und Schüler verfügen über die Kompetenz, Kundenwünsche zu bearbeiten, an Arbeitsprozessen in der Werkstatt unterstützend mitzuwirken und eine ordnungsgemäße Fahrzeugübergabe an den Kunden siche</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">zustellen. </w:t>
+              <w:t xml:space="preserve">Die Schülerinnen und Schüler verfügen über die Kompetenz, Kundenwünsche zu bearbeiten, an Arbeitsprozessen in der Werkstatt unterstützend mitzuwirken und eine ordnungsgemäße Fahrzeugübergabe an den Kunden sicherzustellen. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="388" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F700BA4" w14:textId="77777777" w:rsidR="00C22565" w:rsidRDefault="00C22565" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf2"/>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D3892" w:rsidRPr="004D3218" w14:paraId="241146D3" w14:textId="77777777" w:rsidTr="00C83407">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -697,57 +711,51 @@
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:t>Konkretisierung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A84FD43" w14:textId="77777777" w:rsidR="00EE0437" w:rsidRPr="007C7D69" w:rsidRDefault="00EE0437" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r w:rsidRPr="007C7D69">
               <w:t>Bemerkungen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AF4EFA6" w14:textId="77777777" w:rsidR="00EE0437" w:rsidRPr="007C7D69" w:rsidRDefault="00EE0437" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r w:rsidRPr="007C7D69">
-              <w:t>zu den techn</w:t>
-[...5 lines deleted...]
-              <w:t>schen</w:t>
+              <w:t>zu den technischen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="719A73E4" w14:textId="77777777" w:rsidR="00EE0437" w:rsidRPr="000970ED" w:rsidRDefault="00EE0437" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r w:rsidRPr="007C7D69">
               <w:t>Kompetenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D5CE1B2" w14:textId="5F095339" w:rsidR="00EE0437" w:rsidRPr="000970ED" w:rsidRDefault="00EE0437" w:rsidP="00EE0437">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:t>Lernsituation</w:t>
             </w:r>
           </w:p>
@@ -785,311 +793,145 @@
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r>
               <w:t>Kompetenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11EC08FE" w14:textId="77777777" w:rsidR="00EE0437" w:rsidRPr="000970ED" w:rsidRDefault="00EE0437" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf5"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Hi</w:t>
-[...11 lines deleted...]
-              <w:t>weise</w:t>
+              <w:t>Hinweise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2721C454" w14:textId="77777777" w:rsidR="00EE0437" w:rsidRPr="000970ED" w:rsidRDefault="00EE0437" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:t>Zeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w14:paraId="4C97BF0B" w14:textId="77777777" w:rsidTr="00EE0437">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="048A9BFB" w14:textId="5895AD60" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Die Schülerinnen und Sch</w:t>
-[...13 lines deleted...]
-              <w:t>ler analysieren das Anliegen</w:t>
+              <w:t>Die Schülerinnen und Schüler analysieren das Anliegen</w:t>
             </w:r>
             <w:r w:rsidR="00C90A80">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> der Kundin/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...34 lines deleted...]
-              <w:t>tung auf der Basis betrieblicher Vorgaben (</w:t>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>des Kunden, auch in einer Fremdsprache und koordinieren die weitere Bearbeitung auf der Basis betrieblicher Vorgaben (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pr</w:t>
+              <w:t>Prozessabläufe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>). Dabei unterscheiden sie Arbeitsaufgaben, die nur von fachlich ausgewiesenen Personen (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...123 lines deleted...]
-              <w:t>weise.</w:t>
+              <w:t>Elektrotechnik, Sicherheitstechnik, alternative Antriebe, Prüfdienste</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>), durchgeführt werden dürfen von Routineaufgaben ohne spezielle Befähigungsnachweise.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="548EA9B3" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="001116BE" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
@@ -1224,123 +1066,77 @@
           <w:p w14:paraId="0DA96517" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3697E24C" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS02 Aufgaben für speziell qualifiziertes Personal von Routin</w:t>
-[...31 lines deleted...]
-              <w:t>den</w:t>
+              <w:t>LS02 Aufgaben für speziell qualifiziertes Personal von Routineaufgaben unterscheiden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BD14743" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ablaufplan (Prozessb</w:t>
-[...13 lines deleted...]
-              <w:t>schreibung)</w:t>
+              <w:t>Ablaufplan (Prozessbeschreibung)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26A7C463" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D25C4F0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D00DCC9" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1629,228 +1425,136 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7488DF89" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00E23A88" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie informieren sich über das Kundenfahrzeug auf der Grundlage der Fahrzeughi</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">torie, von </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Sie informieren sich über das Kundenfahrzeug auf der Grundlage der Fahrzeughistorie, von </w:t>
             </w:r>
             <w:r w:rsidRPr="00E23A88">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Daten aus techn</w:t>
-[...63 lines deleted...]
-              <w:t>heiten und berücksichtigen ihr Zusammenwirken.</w:t>
+              <w:t>Daten aus technischen Unterlagen sowie aus Fahrzeugpapieren hinsichtlich mechanischer, hydraulischer, pneumatischer sowie elektrischer, elektronischer Systeme und Funktionseinheiten und berücksichtigen ihr Zusammenwirken.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41F4831B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C5671DB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Fahrzeughistorie</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B5AD099" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Serviceheft</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="660168F4" w14:textId="3C8391D0" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Zul</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>assungsb</w:t>
-[...13 lines deleted...]
-              <w:t>scheingung</w:t>
+              <w:t>assungsbescheingung</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teil</w:t>
             </w:r>
             <w:r w:rsidR="00C90A80">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -1901,91 +1605,59 @@
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="476A4E6B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS03 Anhand von U</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>LS03 Anhand von Unterlagen</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>n</w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">zeug informieren </w:t>
+              <w:t xml:space="preserve"> über das Fahrzeug informieren </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="544F339D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -2412,105 +2084,69 @@
           <w:p w14:paraId="3568F292" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS04 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> hinsi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...35 lines deleted...]
-              <w:t>tung und Inspektion erstellen</w:t>
+              <w:t>chtlich Wartung und Inspektion erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="162EABD9" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -2588,65 +2224,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26B4239B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67C6C095" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00806DCB" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -2824,178 +2446,162 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4-Takt-Prinzip</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55AA36BF" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C53928">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Unterscheidung</w:t>
+              <w:t xml:space="preserve">Unterscheidungsmerkmale von </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Otto und Diesel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bzgl. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E032FA6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00C53928" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motork</w:t>
             </w:r>
             <w:r w:rsidRPr="00C53928">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">enngrößen </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B47F395" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="725873C4" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leistung </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465E21D6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Drehmoment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2444DD7E" w14:textId="0FCF34A4" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Drehmoment-Lei</w:t>
+            </w:r>
+            <w:r w:rsidR="0062604D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C53928">
-[...116 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tungskurve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="00F200F2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -3091,86 +2697,68 @@
           <w:p w14:paraId="765B73F4" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS05 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf den Motor </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="2D7C590B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
@@ -3259,65 +2847,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F87CB9B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="279AE941" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -3439,67 +3013,51 @@
               </w:rPr>
               <w:t>Aufbau</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C53928">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">und </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Funktion eines Abgassystems und dessen Komp</w:t>
-[...15 lines deleted...]
-              <w:t>nenten bei Otto- und Dieselmotoren</w:t>
+              <w:t>Funktion eines Abgassystems und dessen Komponenten bei Otto- und Dieselmotoren</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08DF5DB6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C1AD792" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
@@ -3544,97 +3102,79 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS06</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf das Abgassystem </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="497F4116" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf das Abgassystem </w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="31F0B7E5" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -3722,65 +3262,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F094296" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="014C6CAE" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -3868,109 +3394,77 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="4D7071F7" w14:textId="0727E53F" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aufbau, Funktion und Wartung des Motorschmiersy</w:t>
-[...15 lines deleted...]
-              <w:t>tems</w:t>
+              <w:t>Aufbau, Funktion und Wartung des Motorschmiersystems</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DD0FC53" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="056CF611" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Motorölspezifikati</w:t>
-[...15 lines deleted...]
-              <w:t>nen</w:t>
+              <w:t>Motorölspezifikationen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40288BAB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E830060" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4095,171 +3589,137 @@
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="2DEAAFCB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>LS0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Motorschmierung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F66BED0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf die Motorschmierung </w:t>
-[...36 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="43B2F0A7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mitarbeiterhandbuch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42C70E42" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
@@ -4302,81 +3762,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Verständnisfragen stellen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76E3D9C2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E25DE3E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DCBA041" w14:textId="72849134" w:rsidR="00C26249" w:rsidRPr="00B90DF2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidR="00C90A80">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
@@ -4529,51 +3976,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="357B3E9E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00E64775" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="541E02D2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E64775">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Entsorgung von Kühlmittel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E5F20D0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="427A7BF7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
@@ -4605,167 +4051,147 @@
           </w:p>
           <w:p w14:paraId="7BD6AE7B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75F08DBB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>LF05-LS34</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="287A3240" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="72E689B4" w14:textId="7DC15922" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>LS08</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> bezogen auf die Motorkühlung</w:t>
+            </w:r>
+            <w:r w:rsidR="00C74021">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf die Motorkühlung</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C74021">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="113DB109" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="06BD5674" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -4853,66 +4279,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59E5F51A" w14:textId="3C595F1A" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65F8C275" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00B90DF2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
@@ -5007,266 +4418,186 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="601208D1" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Zulassungsbesche</w:t>
-[...15 lines deleted...]
-              <w:t>nigung Teil 1</w:t>
+              <w:t>Zulassungsbescheinigung Teil 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE92D9E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Übereinstimmung</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">bescheinigung </w:t>
+              <w:t xml:space="preserve">Übereinstimmungsbescheinigung </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4287CB42" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E8D7A0A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Reifen- und </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Felge</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">bezeichnung </w:t>
+              <w:t xml:space="preserve">Felgenbezeichnung </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="448FD462" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Profiltiefe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CD38C17" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Verschleißbilder</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AB23C0D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Reifendruckkontrol</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">system </w:t>
+              <w:t xml:space="preserve">Reifendruckkontrollsystem </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62B69590" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eifen mit Notlaufe</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">genschaften </w:t>
+              <w:t xml:space="preserve">eifen mit Notlaufeigenschaften </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="1194A329" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E441A50" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
@@ -5346,143 +4677,89 @@
           <w:p w14:paraId="1BB32302" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS09 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf Räder und Reifen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4252C01E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf R</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BA1282B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ä</w:t>
-[...55 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="708F01B0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -5570,65 +4847,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48F9FDBC" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3987F4FB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
@@ -5799,67 +5062,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD1F65">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aufbau und Funktion</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AC9958A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>einer Scheibe</w:t>
-[...15 lines deleted...]
-              <w:t>bremse</w:t>
+              <w:t>einer Scheibenbremse</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="427A97BD" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="741C07DF" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5982,107 +5229,89 @@
           <w:p w14:paraId="3F304CF1" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS10 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Bremsanlage </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B049CFB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf die Bremsanlage </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B072472" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>erstellen</w:t>
-[...19 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="1C0E0C66" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -6170,65 +5399,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D0B905E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FAE4981" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00937A18" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -6349,67 +5564,51 @@
               <w:t>Aufbau und Funktion</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FD79575" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">von </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hilfskraftlen</w:t>
-[...15 lines deleted...]
-              <w:t>systeme</w:t>
+              <w:t>Hilfskraftlenksysteme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="6C8D9998" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -6466,97 +5665,79 @@
           <w:p w14:paraId="0F4A523C" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS11 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Lenkung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31417E92" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf die Lenkung </w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="38A17869" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -6644,65 +5825,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59115C81" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A16AE56" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00B90DF2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -6921,105 +6088,69 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS12</w:t>
             </w:r>
             <w:r w:rsidR="00C74021">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch bezogen auf die Radeinstellgrößen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch bezogen auf die Radeinstellgrößen</w:t>
-[...35 lines deleted...]
-              <w:t>stellen</w:t>
+              <w:t>erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="400E000C" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -7097,96 +6228,74 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="512F3EC7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C884BAF" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> zur </w:t>
-[...7 lines deleted...]
-              <w:t>Lösung beitragen</w:t>
+              <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="33CC47ED" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -7251,67 +6360,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="71967593" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Feder- und Däm</w:t>
-[...15 lines deleted...]
-              <w:t>fersystem</w:t>
+              <w:t>Feder- und Dämpfersystem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="3429823D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -7411,115 +6504,79 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS13</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf Federung und Dämpfung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28445049" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf F</w:t>
-[...36 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="5FC8B831" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -7607,65 +6664,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CB0D4F3" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66E635C2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00FF7061" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -7856,115 +6899,79 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS14</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf den Antriebsstrang </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02D7C521" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf den Antriebsstrang </w:t>
-[...36 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="2AB22DB3" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -8052,65 +7059,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="524151DB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EEE32D9" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00937A18" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -8232,67 +7225,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2B2147F4" w14:textId="1E659965" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36D2315C" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aufgabe der selbs</w:t>
-[...15 lines deleted...]
-              <w:t>nachstellenden Kupplung</w:t>
+              <w:t>Aufgabe der selbstnachstellenden Kupplung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="38BC6878" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -8352,86 +7329,68 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS15</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Kupplung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="7DC82FD1" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
@@ -8520,65 +7479,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A3FB352" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68CF0995" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00B90DF2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
@@ -8725,98 +7670,66 @@
           </w:p>
           <w:p w14:paraId="2C957887" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="green"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D3D8ED5" w14:textId="75D3AD5F" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C59F1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Wechselgetriebe, automatisierte Schaltgetriebe, Doppelkupplungsg</w:t>
+              <w:t>Wechselgetriebe, automatisierte Schaltgetriebe, Doppelkupplungsgetriebe und Automatik</w:t>
+            </w:r>
+            <w:r w:rsidR="002C17A2">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="009C59F1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>e</w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>getriebe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="3D9D7FA2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -8877,97 +7790,79 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS16</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf das Getriebe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79D27020" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf das Getriebe </w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="19247CF4" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -9055,65 +7950,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="534F0F3F" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B08CEF6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00B90DF2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -9320,86 +8201,68 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS17</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Antriebsarten </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="26011DD8" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
@@ -9488,81 +8351,66 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43DB68A6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="534A716F" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00380EC0" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="69EE93F3" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
@@ -9659,69 +8507,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Lichtfunktionen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="3BB537A1" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Scheinwerfersy</w:t>
-[...17 lines deleted...]
-              <w:t>teme</w:t>
+              <w:t>Scheinwerfersysteme</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="3223ECF0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="274577AC" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
@@ -9781,97 +8611,79 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS18</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Beleuchtung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B638F89" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf die Beleuchtung </w:t>
-[...18 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="55862AF3" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -9959,65 +8771,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EAAB59B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1605B0F6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00380EC0" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
@@ -10112,51 +8910,60 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="52BAC927" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C59F1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zusammenwirken von Starterbatterie und Generator </w:t>
+              <w:t xml:space="preserve">Zusammenwirken von Starterbatterie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C59F1">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">und Generator </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62C3CEC2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="009C59F1" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CDFD068" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C59F1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10218,116 +9025,109 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS19</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> bezogen auf das </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Bordnetz </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf das Bordnetz </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="12EEBEB4" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Mitarbeiterhandbuch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C16B496" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
@@ -10354,97 +9154,84 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F343E78" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Verständnisfragen stellen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="224D6B52" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F1AE795" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1632FADA" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00380EC0" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -10548,99 +9335,67 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0B60">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Datenübertra</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">gung </w:t>
             </w:r>
             <w:r w:rsidRPr="009C59F1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Informationsau</w:t>
+              <w:t xml:space="preserve">Informationsaustausch zwischen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fahrzeugt</w:t>
             </w:r>
             <w:r w:rsidRPr="009C59F1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...39 lines deleted...]
-              <w:t>men</w:t>
+              <w:t>eilsystemen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D5C3A60" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B0B60">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konnektivität</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
@@ -10707,86 +9462,68 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS20</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf die Vernetzung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="1165AEA8" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
@@ -10875,65 +9612,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1401886A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19DB076D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00380EC0" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -11126,133 +9849,79 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS21</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Mitarbeiterhandbuch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:t xml:space="preserve"> bezogen auf alternative Antriebe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>buch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB04835" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bezogen auf a</w:t>
-[...54 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="1BCEC64A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -11340,65 +10009,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="718B6939" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C50965D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00380EC0" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
@@ -11493,82 +10148,66 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="0DF80571" w14:textId="64853D4B" w:rsidR="00EE0437" w:rsidRPr="00C90A80" w:rsidRDefault="00EE0437" w:rsidP="00EE0437">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90A80">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aufbau, Funktion</w:t>
+              <w:t>Aufbau, Funktionsweise und Aufg</w:t>
+            </w:r>
+            <w:r w:rsidR="002C17A2" w:rsidRPr="00C90A80">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00C90A80">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t>be der Klimatechnik</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B2060E8" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="74326624" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
@@ -11611,110 +10250,91 @@
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="4C856651" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00175038" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00175038">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS22 Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00175038">
+              <w:t>LS22 Mitarbeiterhandbuch bezogen auf die Klimatisierung von Fahrzeugen erstellen lassen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B3195A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00441FA1" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="55E06910" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mitarbeiterhandbuch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D2B5CB6" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
@@ -11773,66 +10393,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12A2D346" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...14 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B8FCFF7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00380EC0" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
@@ -12029,114 +10634,60 @@
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="22DE26C3" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00175038" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00175038">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS23 Mitarbeiterhan</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00175038">
+              <w:t>LS23 Mitarbeiterhandbuch bezogen auf pyrotechnische Sicherheitssysteme erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F81D690" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00441FA1" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...54 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="73113657" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -12226,64 +10777,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="543CDBBE" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...12 lines deleted...]
-              </w:rPr>
+              <w:t>System- und Prozesszu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>sammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DC6E41C" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zur Lösung beitragen</w:t>
             </w:r>
@@ -12353,244 +10898,139 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D8BDC58" w14:textId="4149F830" w:rsidR="00C26249" w:rsidRPr="00F444E6" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie wählen das für den Ku</w:t>
-[...13 lines deleted...]
-              <w:t>den passende Angebot der Werkstatt aus (</w:t>
+              <w:t>Sie wählen das für den Kunden passende Angebot der Werkstatt aus (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Verkehrs- und Betriebssicherheit,</w:t>
             </w:r>
             <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rückru</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002C17A2">
+              <w:t xml:space="preserve"> Rückrufaktion, Inspektion, Scha</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>f</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002C17A2">
+              <w:t>densbearbeitu</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>aktion, Inspektion, Sch</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002C17A2">
+              <w:t xml:space="preserve">ng, Reparatur, zeitwertgerechte </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>Reparatur, Sachmangelhaftungs- und Garantieauftrag, Kulanzanfrage)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Dabei zeigen sie Empathie für die Situation des Kunden und handeln interessenausgleichend (</w:t>
+            </w:r>
+            <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>densbearbeitu</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Kun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ng, Reparatur, zeitwertgerechte </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t>den</w:t>
+            </w:r>
+            <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Reparatur, Sachmangelhaftungs- und Garantieauftrag, Kulanza</w:t>
+              <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>n</w:t>
-[...97 lines deleted...]
-              <w:t>denheit, Kundenbindung</w:t>
+              <w:t>orientierung, Kundenzufriedenheit, Kundenbindung</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3990F18A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
@@ -12603,65 +11043,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="088EFF3F" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="007B6C00" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>aufbauend auf den technischen Komp</w:t>
-[...13 lines deleted...]
-              <w:t>tenzen</w:t>
+              <w:t>aufbauend auf den technischen Kompetenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70E2CBA1" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
@@ -12925,153 +11351,97 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie führen das Kunde</w:t>
-[...27 lines deleted...]
-              <w:t>tern dem Kunden den Inhalt von Verträgen (</w:t>
+              <w:t>Sie führen das Kundengespräch durch und erläutern dem Kunden den Inhalt von Verträgen (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Werkvertrag</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) und Reparaturbedingungen. […]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5302982F" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25952C33" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Die Schülerinnen und Sch</w:t>
-[...27 lines deleted...]
-              <w:t>schläge und Aufträge.</w:t>
+              <w:t>Die Schülerinnen und Schüler erstellen Kostenvoranschläge und Aufträge.</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> […] </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66CD744C" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72F3644B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="003476FB" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -13124,179 +11494,149 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="181EAF04" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="007B6C00" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>aufbauend auf den technischen Komp</w:t>
-[...13 lines deleted...]
-              <w:t>tenzen</w:t>
+              <w:t>aufbauend auf den technischen Kompetenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C2CE2A0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Kundengespräch durchführen und Ko</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00052AD7">
+              <w:t xml:space="preserve"> Kundengespräch durchführen und Kostenvoranschlag und Aufträge erstellen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FEFA7B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="002C17A2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00052AD7">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20DBF8F5" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>tenvoranschlag und Aufträge erstellen</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="10FEFA7B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="002C17A2" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31EA924A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20DBF8F5" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+          <w:p w14:paraId="0EFAFF12" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31EA924A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+          <w:p w14:paraId="4E181561" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EFAFF12" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
-[...18 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CF8FACA" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -13402,65 +11742,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2507EC95" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Regeln und Verfahren a</w:t>
-[...13 lines deleted...]
-              <w:t>wenden</w:t>
+              <w:t>Regeln und Verfahren anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C0BE612" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mitverantwortung tragen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F86277E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -13556,641 +11882,538 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64B7596E" w14:textId="6EC939A5" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sie koordinieren den innerbetrieblichen Ablauf des Kundenauftrags (</w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Termine, Dialogannahme, Teileverfüg</w:t>
             </w:r>
             <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">barkeit, Fremdleistungen, Versicherungsabwicklung) </w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>und informieren den Kunden über Reparaturerweiteru</w:t>
-            </w:r>
+              <w:t xml:space="preserve">und informieren den Kunden über Reparaturerweiterungen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[…]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="645" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EEC6D2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="640" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B4E5BC7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="776" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7823B3F0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>n</w:t>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...15 lines deleted...]
-            <w:tcW w:w="645" w:type="pct"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kompletten Serviceprozess am Beispiel eines Wartungsauftrages beschreiben</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CBAE571" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7900DF36" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LS0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unfallgeschäft betreuen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31801F8B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B46D3F7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rückrufaktionen abwickeln</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="073E749D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="020C6243" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Garantie- und Gewährleistungs- und Kulanzaufträge bearbeiten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68EEC6D2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
-[...11 lines deleted...]
-            <w:tcW w:w="640" w:type="pct"/>
+          <w:p w14:paraId="302252CC" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Prozessbeschreibungen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FCF2744" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39222D4D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F30B564" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AABB60A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ablaufplan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68736915" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E934776" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="632944DE" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Checkliste</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4143F208" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66A900A2" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C8A3DFC" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00052AD7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prozessbeschreibung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="867" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...19 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7823B3F0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5E78E568" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
-                <w:b/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>systematisch vorgehen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F05A02B" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>begründet vorgehen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75DE8635" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arbeitsorganisation gestalten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74CF915E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
-                <w:b/>
-[...426 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>selbstständig planen und durchführen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A08B590" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Realisierbarkeit erkennbarer Lösungen abschätzen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2A3D3E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -14401,50 +12624,51 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="240CD8FB" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Auf Wunsch organisieren sie die Ersatzmobilität des Kunden.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> […]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -14503,67 +12727,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Werkstattersat</w:t>
-[...15 lines deleted...]
-              <w:t>wagen und Alternativen abwickeln</w:t>
+              <w:t xml:space="preserve"> Werkstattersatzwagen und Alternativen abwickeln</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1946DD1E" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00052AD7" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052AD7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -14699,197 +12907,151 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5774D111" w14:textId="1C493658" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie bereiten die Rec</w:t>
-[...13 lines deleted...]
-              <w:t>nung inhaltlich (</w:t>
+              <w:t>Sie bereiten die Rechnung inhaltlich (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teile- und Arbeitsposition</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) und rechn</w:t>
-[...13 lines deleted...]
-              <w:t>risch (</w:t>
+              <w:t>) und rechnerisch (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nettowert, Umsat</w:t>
+              <w:t>Nettowert, Umsatzsteuer,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>z</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE1BD4">
+              <w:t xml:space="preserve">Altteilesteuer, </w:t>
+            </w:r>
+            <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>steuer,</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Brut</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Altteilesteuer, </w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Brut</w:t>
+              <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>to</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002C17A2">
+              <w:t>wert</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) vor</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:softHyphen/>
-[...3 lines deleted...]
-                <w:i/>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>wert</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3785630D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -14934,67 +13096,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rechnungen vo</w:t>
-[...15 lines deleted...]
-              <w:t>bereiten</w:t>
+              <w:t xml:space="preserve"> Rechnungen vorbereiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72BA0611" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -15006,65 +13152,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="867" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6587B9ED" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Regeln und Verfahren a</w:t>
-[...13 lines deleted...]
-              <w:t>wenden</w:t>
+              <w:t>Regeln und Verfahren anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22F4ADC3" w14:textId="6C2A2D70" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="002C17A2" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ergebnisse ermitteln und</w:t>
             </w:r>
             <w:r w:rsidR="00C26249" w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> bewerten</w:t>
             </w:r>
           </w:p>
@@ -15167,382 +13299,226 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02CD18FC" w14:textId="683F7B97" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie erläutern die Rec</w:t>
-[...13 lines deleted...]
-              <w:t>nung</w:t>
+              <w:t>Sie erläutern die Rechnung</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kundenorientiert in kaufmännischer (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Arbeitswe</w:t>
+              <w:t>Arbeitswerte, Zeiteinheiten</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) und technischer</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>r</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hinsicht (</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>te, Zeiteinheiten</w:t>
-[...20 lines deleted...]
-              <w:t>scher</w:t>
+              <w:t>Herstellervorgaben, gesetzliche Vorschriften</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>), wickeln den Zahlungsvorgang ab</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hinsicht (</w:t>
-[...95 lines deleted...]
-              <w:t>geben das Fahrzeug.</w:t>
+              <w:t>und übergeben das Fahrzeug.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11441D91" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D2F08FC" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="007B6C00" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>aufbauend auf den technischen Komp</w:t>
-[...13 lines deleted...]
-              <w:t>tenzen</w:t>
+              <w:t>aufbauend auf den technischen Kompetenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10789D11" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rechnung erlä</w:t>
-[...31 lines deleted...]
-              <w:t>gang abwickeln</w:t>
+              <w:t xml:space="preserve"> Rechnung erläutern und Zahlungsvorgang abwickeln</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E2E4FD7" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -15570,65 +13546,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sachlich argumentieren</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65CF98A5" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Regeln und Verfahren a</w:t>
-[...13 lines deleted...]
-              <w:t>wenden</w:t>
+              <w:t>Regeln und Verfahren anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="681FF211" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zielgerichtet arbeiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -15685,65 +13647,51 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45550A89" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie buchen Werkstattrec</w:t>
-[...13 lines deleted...]
-              <w:t>nungen der internen und externen Aufträge.</w:t>
+              <w:t>Sie buchen Werkstattrechnungen der internen und externen Aufträge.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A820A5A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15787,67 +13735,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Werkstattrec</w:t>
-[...15 lines deleted...]
-              <w:t>nungen buchen</w:t>
+              <w:t xml:space="preserve"> Werkstattrechnungen buchen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FF15FE5" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -15961,65 +13893,51 @@
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09B2CB9A" w14:textId="62C35E8A" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C90A80">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>In Zusammenarbeit mit der Werkstatt wirken sie an der umweltgerechten Entsorgung von Fahrzeugen und Gefah</w:t>
-[...13 lines deleted...]
-              <w:t>stoffen unter Beachtung von gesetzlichen, lieferanten- und her</w:t>
+              <w:t>In Zusammenarbeit mit der Werkstatt wirken sie an der umweltgerechten Entsorgung von Fahrzeugen und Gefahrstoffen unter Beachtung von gesetzlichen, lieferanten- und her</w:t>
             </w:r>
             <w:r w:rsidR="002C17A2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">stellerbezogenen Vorgaben mit. </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sie entwickeln Verantwortungsbewusstsein für die Sicherheit am Arbeits</w:t>
             </w:r>
             <w:r w:rsidR="00C74021">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -16059,65 +13977,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59230C30" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B6C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>aufbauend auf den technischen Komp</w:t>
-[...13 lines deleted...]
-              <w:t>tenzen</w:t>
+              <w:t>aufbauend auf den technischen Kompetenzen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30978360" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F97CFF8" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LF05-LS07</w:t>
@@ -16185,67 +14089,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Bei der umweltg</w:t>
-[...15 lines deleted...]
-              <w:t>rechten Entsorgung mitwirken</w:t>
+              <w:t xml:space="preserve"> Bei der umweltgerechten Entsorgung mitwirken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05B0DD66" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -16397,142 +14285,65 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45A7910E" w14:textId="59DAA04E" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie reflektieren ihre Erge</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">tung betrieblicher </w:t>
+              <w:t xml:space="preserve">Sie reflektieren ihre Ergebnisse hinsichtlich der Einhaltung betrieblicher </w:t>
             </w:r>
             <w:r w:rsidR="00C74021">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vorgaben. Dabei ziehen sie Kons</w:t>
-[...55 lines deleted...]
-              <w:t>denbindung.</w:t>
+              <w:t>Vorgaben. Dabei ziehen sie Konse</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1BD4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>quenzen für das eigene Vorgehen als Beitrag zur Kundenzufriedenheit und Kundenbindung.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="487491B0" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16576,83 +14387,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Kundenzufri</w:t>
-[...31 lines deleted...]
-              <w:t>bindung reflektieren</w:t>
+              <w:t xml:space="preserve"> Kundenzufriedenheit und Kundenbindung reflektieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5718FCB4" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -16845,107 +14624,51 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A7BAF2A" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE1BD4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie entwickeln und diskuti</w:t>
-[...55 lines deleted...]
-              <w:t>gungen, Umweltschutz und betrieblichem Erfolg.</w:t>
+              <w:t>Sie entwickeln und diskutieren Verbesserungsvorschläge für die Abläufe im Unternehmen im Spannungsfeld von humanen Arbeitsbedingungen, Umweltschutz und betrieblichem Erfolg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4116" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45FB8F30" w14:textId="77777777" w:rsidR="00C26249" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -16975,175 +14698,189 @@
           <w:p w14:paraId="5EB0EF5D" w14:textId="77777777" w:rsidR="00C26249" w:rsidRPr="00BE1BD4" w:rsidRDefault="00C26249" w:rsidP="00C26249">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Integrativ umsetzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2411477E" w14:textId="77777777" w:rsidR="004901A5" w:rsidRPr="00BE1BD4" w:rsidRDefault="004901A5" w:rsidP="005A6802">
       <w:pPr>
         <w:pStyle w:val="TZielnanalysetext"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004901A5" w:rsidRPr="00BE1BD4" w:rsidSect="0002710B">
+      <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="397" w:left="680" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33CCB33F" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="15D30FA6" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="318F76C7" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="One Stroke Script LET">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4D5D133E" w14:textId="77777777" w:rsidR="00A3552E" w:rsidRDefault="00A3552E">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="15201" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8505"/>
       <w:gridCol w:w="6696"/>
     </w:tblGrid>
     <w:tr w:rsidR="00395964" w14:paraId="2411478A" w14:textId="77777777" w:rsidTr="0002710B">
       <w:tc>
         <w:tcPr>
@@ -17313,80 +15050,100 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>8</w:t>
           </w:r>
           <w:r w:rsidRPr="00CF03E4">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2411478B" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="270DD6C7" w14:textId="77777777" w:rsidR="00A3552E" w:rsidRDefault="00A3552E">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4270FCB4" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7CF15176" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="33A5B999" w14:textId="77777777" w:rsidR="00395964" w:rsidRDefault="00395964"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7E3928A9" w14:textId="77777777" w:rsidR="00A3552E" w:rsidRDefault="00A3552E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="24114786" w14:textId="77777777" w:rsidR="00395964" w:rsidRPr="00DA0B18" w:rsidRDefault="00395964" w:rsidP="00DA0B18">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2411478E" wp14:editId="2411478F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>354965</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>176518</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="9836458" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="0" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Gruppieren 9"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -17483,292 +15240,302 @@
                         <a:noFill/>
                         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+        <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="93480,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhALw6vZmGBAAAkgoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5Ily5YQp0idlxXo2mDt9p2WKImIRHIkFTkd9t93R0qO7bTY1mEGovD1ePfwued4+WbfteSJ&#10;acOl2ATRRRgQJgpZclFvgl8/383WATGWipK2UrBN8MxM8Obqxx8uB5WzhWxkWzJNwIgw+aA2QWOt&#10;yudzUzSso+ZCKiZgspK6oxa6up6Xmg5gvWvnizBM54PUpdKyYMbA6I2fDK6c/apihf1YVYZZ0m4C&#10;8M26r3bfHX7nV5c0rzVVDS9GN+h3eNFRLuDQg6kbainpNX9lquOFlkZW9qKQ3VxWFS+YiwGiicKz&#10;aO617JWLpc6HWh1gAmjPcPpus8WHpwdNeLkJsoAI2sEV3eteKc40EyRDfAZV57DsXqtP6kGPA7Xv&#10;Ycj7Snf4H4Ihe4fs8wFZtrekgMFsHafJErhQwFwSL9NwhL5o4H5w2yzK0jgBJ2DBLI2Wh/nbyUSc&#10;rMNwNZlIV4s1ejefHJijnwe3BgV8Mi+Qmf8G2aeGKuZuwiAWI2QRMMpj9hkCrVhbEhhyCLlliBex&#10;+7cS4oscPYx6L4tHQ4TcNlTU7FprOTSMluBf5MJBx+EE3IrQm9ygkd3wsyzhbmhvpTN0Bvoxeukq&#10;S5Zoi+YT/EmSJqs09djFy0WycAsO2NFcaWPvmewINjaBhsRx59Cn98Z6mKclaNjIlpd3vG1dR9e7&#10;bavJE4Uku3O/8WZOlrWCDMCEJZyNu4TE/c7NjlsQgZZ3mwCuGH7ee8TlVpRuiaW89W1wuhVw7xM2&#10;HiW73+1hIQ7uZPkMkGnpkx3ECRqN1F8CMkCibwLze081C0j7TgDsWZQkqAyukyxXC+jo45nd8QwV&#10;BZjaBDYgvrm1Tk18RNdwPRV3eL14MvoKbLy6VLzI4W/MZGi9ouXfKx7ssj3671Wz+0c2OqofezUD&#10;0VHU8h1vuX12Agp3gU6JpwdeIOWwc8TwaGL4vaYVfySRY+m0yG8B9vDijNdGAYMmTp8un2P35Lxd&#10;y9VEJmyPkQGwZzL3FXC8hN7Iou+YsL4maNZCkFKYhisDt5mzbsdKYPW7EuIpoB5ZyCWlufAkhzQB&#10;luMVYsI42f5jsb4Ow2zxdrZdhttZEq5uZ9dZspqtwttVEibraBtt/0QiR0neGwbh0/ZG8dF1GH3l&#10;/Fc1eqxmXv1dFfFp5FIAqA4OOY2bXIQhRAh9NVYzWzTYrCCTfgHAfaIeJhzSL+Ai7qgmuONMP9Zp&#10;kqYZgHOqvggHyvcyTLL029L7L+XDueUdcU3wy2fu/y/YiwOdmaYlI78xveOi7EVNEldOMG2B/lsx&#10;VjqvvxNipALsf5rEfCx4syiMFiN2cbyK4/RUfNerMIyzsfZN9zrhP4nqqLstF1hmaP4N3T0STS+n&#10;aQyVkhQoaxWQHpqdAqYbUYNAtTW8yQqrncUTLTbP5qDY8Joq5QBySI2FwYOEoxtt30Hh8ZRMl6My&#10;Awf9fsfME7sYzg01jd/hpsZSgJoNdHZPsrGknCq4l21kMI47tXQlHR4+7pzxkYYvq+O+W//ylLz6&#10;CwAA//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQ&#10;tbMCqqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82Rz&#10;M7hgMOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaU&#10;xndYFQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAFhLuTPgAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok9IEGrKpqgo4VUi0SIibG2+TqPE6it0k/XvcExx3ZjT7&#10;Jl9NphUD9a6xjBDPIhDEpdUNVwhf+7eHZxDOK9aqtUwIF3KwKm5vcpVpO/InDTtfiVDCLlMItfdd&#10;JqUrazLKzWxHHLyj7Y3y4ewrqXs1hnLTynkUpdKohsOHWnW0qak87c4G4X1U4/oxfh22p+Pm8rNP&#10;Pr63MSHe303rFxCeJv8Xhit+QIciMB3smbUTLUKSLEMSYf4UFlz9NFoE5YCwTBcgi1z+X1D8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/&#10;axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTm&#10;ICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM&#10;9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6ja&#10;Hl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZ&#10;QTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzw&#10;DqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjm&#10;Kia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78&#10;qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXP&#10;Vt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvDq9mYYEAACSCgAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADu&#10;BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQBYS7kz4AAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAN8HAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACm&#10;BQAAFAAAAAAAAAAAAAAAAADsCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAA&#10;JQsAAAAA&#10;">
+            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="93480,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAORLBphUEAAC2CQAADgAAAGRycy9lMm9Eb2MueG1stFZdb9s2FH0fsP9A&#10;6N2RZMmyLcQuuqTJCnRb0HZ7pyhKIkKRHElbdn/9LknJsd0G2zrMQBR+Xt577rmHvH1z6DnaU22Y&#10;FJsovUkiRAWRNRPtJvr988NsFSFjsagxl4JuoiM10Zvtjz/cDqqkc9lJXlONwIgw5aA2UWetKuPY&#10;kI722NxIRQVMNlL32EJXt3Gt8QDWex7Pk6SIB6lrpSWhxsDofZiMtt5+01Bif2saQy3imwh8s/6r&#10;/bdy33h7i8tWY9UxMrqBv8OLHjMBh55M3WOL0U6zr0z1jGhpZGNviOxj2TSMUB8DRJMmV9E8arlT&#10;Ppa2HFp1ggmgvcLpu82SX/ePWn1STxqQGFQLWPiei+XQ6N79By/RwUN2PEFGDxYRGFyvsiJfQJIJ&#10;zOXZokhGTEkHwLtts3RdZPk6QrBgVqSL0/y7yUSWr5JkOZkolvOVS0s8ORBfuDUoIIp5wcL8Nyw+&#10;dVhRD7EpAYsnjVgNPAaqCNwDXz9DoA3lNYIhj5Bf5vBC9vCThPhSn3ejPkjybJCQdx0WLX2rtRw6&#10;imvwL/XhOMfhBLfVIW1K44xUwy+yhnPwzkpv6Ar0c/SK5TpfOFu4nODP8yJfFkXALlvM87lfcMIO&#10;l0ob+0hlj1xjE2moCH8O3n8wNsA8LXGGjeSsfmCc+45uqzuu0R5D9Tz435iZi2VcoAGYsICz3S4h&#10;3X7vZs8sVDdn/SaCFMMveO9weSdqv8RixkMbnOYC8j5hE1Cyh+oAC91gJesjQKZlqGJQHWh0Un+J&#10;0AAVvInMnzusaYT4ewGwr9M8dyXvO/liOYeOPp+pzmewIGBqE9kIhead9TIRInoL6WmYx+vFk9FX&#10;YOP2VjFSwt9YotD6ipZ/L2Wwy+6c/0EO+39ko8f6eadmoCYKW1YxzuzRKyPkwjkl9k+MOMq5zhnD&#10;04nhjxo37BmlnqXTorAF2MPIFa+NAgZNnL5cHrvuxXkVZ2oik2uPkQGwV/r1DXCCNt5LsuupsEHs&#10;NeUQpBSmY8pANkvaV7QGVr+vIR4CF42FWlKaCRuYZqymlnQuiQ2Q8iP4Hjh/mvBOv/jpQnCF6XZc&#10;leKqyItiDedcCtlUioskXxevq9i/rETvVnDEN8GvUAT/v/bNT8ygGtcU/UF1xUS9Ey3KvTK7CgAm&#10;3Ynx0ghSNiGGGkj0z5MujnfHLE3S+Yhdli2zrLjUsdUySbL1eI14lXhdwjgTTrFx+YqEnelPUKYi&#10;g0sHEacQDfAHmr0C0hjRQq3zFt4txGpv8ULWzNGcxA9eHLUcQFmwsTB4UkPnBt/1oOFBJIvFKHLg&#10;ftjvL7ILu05u77Hpwg4/Naqqkz/Qdv9sGdX5UgyDAjoGu3EvPP52hMeBP2d8yLjXx3nfr395bm3/&#10;AgAA//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m&#10;7JS/axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSN&#10;RCTmICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhO&#10;EXyM9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sif&#10;b6jaHl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbt&#10;NiUZQTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1Vfh&#10;XUzwDqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jg&#10;rKjmKia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD&#10;8v78qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve&#10;6xXPVt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYS7kz4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJPSBBqyqaoKOFVItEiImxtvk6jxOordJP173BMcd2Y0+yZfTaYVA/WusYwQzyIQ&#10;xKXVDVcIX/u3h2cQzivWqrVMCBdysCpub3KVaTvyJw07X4lQwi5TCLX3XSalK2syys1sRxy8o+2N&#10;8uHsK6l7NYZy08p5FKXSqIbDh1p1tKmpPO3OBuF9VOP6MX4dtqfj5vKzTz6+tzEh3t9N6xcQnib/&#10;F4YrfkCHIjAd7Jm1Ey1CkixDEmH+FBZc/TRaBOWAsEwXIItc/l9Q/AIAAP//AwBQSwMEFAAGAAgA&#10;AAAhAE+hrsW6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8Q&#10;Zm/TuhCRpt2I0K3UDxiSaRtsHiTx0b834EZBcDn3cs9h6vZpZnanELWzAqqiBEZWOqXtKODSnzZ7&#10;YDGhVTg7SwIWitA261V9phlTHsVJ+8gyxUYBU0r+wHmUExmMhfNkczO4YDDlM4zco7ziSHxbljse&#10;PhnQfDFZpwSETlXA+sVn83+2GwYt6ejkzZBNPxRcm+zOQAwjJQGGlMZ3WBUPMwBvav71WPMCAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAPHsIfQLAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA8AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAORLBphUEAAC2CQAADgAAAAAAAAAAAAAAAAA7AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAAAAAAAAAAAAAAB8&#10;BgAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwECLQAUAAYACAAAACEAWEu5M+AAAAAJAQAADwAAAAAA&#10;AAAAAAAAAAC1CAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAE+hrsW6AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAwgkAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA&#10;swoAAAAA&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvSH2HlSv1gmDTit/AglokEFd+HsBkTRKR9UbZLQlvjw9I3GzNeObzct25St2pCaVnA9/DBBRx&#10;5m3JuYHzaTuYgQoR2WLlmQw8KMB69dFbYmp9ywe6H2OuJIRDigaKGOtU65AV5DAMfU0s2tU3DqOs&#10;Ta5tg62Eu0r/JMlEOyxZGgqsaVNQdjv+OwPXfdsfz9vLLp6nh9HkD8vpxT+M+frsfhegInXxbX5d&#10;763gC738IgPo1RMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="24114790" w14:textId="77777777" w:rsidR="002C17A2" w:rsidRPr="00E20335" w:rsidRDefault="002C17A2" w:rsidP="005C18AF">
+                    <w:p w14:paraId="24114790" w14:textId="77777777" w:rsidR="00395964" w:rsidRPr="00E20335" w:rsidRDefault="00395964" w:rsidP="005C18AF">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Grafik 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:86466;top:-61;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkvsTPwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTQq2Et0EKUQ8FbsqXofsmASzsyG7atpf7xYKvc3jfc6qGG0nbjT41rGCdJaAIK6c&#10;ablWcNiX0wUIH5ANdo5JwTd5KPKnyQoz4+78RTcdahFD2GeooAmhz6T0VUMW/cz1xJE7u8FiiHCo&#10;pRnwHsNtJ1+T5E1abDk2NNjTR0PVRV+tgna32aTlWL7/nBZX86nn2h6lVurleVwvQQQaw7/4z701&#10;cX4Kv7/EA2T+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKS+xM/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1029" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3373" to="85991,3373" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARlWE/wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvgv8hjOBNUz2IVKOoqOxJ0K16HZqxLTaTkmRr/fdmYWFvM7z3vXmzXHemFi05X1lWMBknIIhz&#10;qysuFGTfh9EchA/IGmvLpOBNHtarfm+JqbYvPlN7CYWIIexTVFCG0KRS+rwkg35sG+KoPawzGOLq&#10;CqkdvmK4qeU0SWbSYMXxQokN7UrKn5cfE2uctsds17LB99nds3k+ue2PV6WGg26zABGoC//mP/pL&#10;R24Kv7/EAeTqAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABGVYT/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5F0E6FA5" w14:textId="77777777" w:rsidR="00A3552E" w:rsidRDefault="00A3552E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BEC65F8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3ED868C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA742720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3DBA5B10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="126C2004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="79123D38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="03E4A7F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3E6AF47C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7D72011E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="17FC6F66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DC72C29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A9C3914"/>
     <w:lvl w:ilvl="0" w:tplc="83BC2B0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17837,51 +15604,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13182678"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84F41D7A"/>
     <w:lvl w:ilvl="0" w:tplc="04070017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -17926,51 +15693,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2310520F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="90383FB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18075,51 +15842,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27842157"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="648A89D2"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -18218,51 +15985,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37C9674F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78D643FA"/>
     <w:lvl w:ilvl="0" w:tplc="5352C00E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -18330,51 +16097,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="435606E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CC6DED2"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18443,51 +16210,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44095BE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="032E5350"/>
     <w:lvl w:ilvl="0" w:tplc="59D84388">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18556,51 +16323,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449E1DE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18696,51 +16463,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D4F0F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="724A0FB6"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18809,51 +16576,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D9E5B07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED8E05E"/>
     <w:lvl w:ilvl="0" w:tplc="F41C7CC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlung"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -18924,51 +16691,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52AF3BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73748F7E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19037,51 +16804,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61553DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4B0103C"/>
     <w:lvl w:ilvl="0" w:tplc="CA804F54">
       <w:start w:val="13"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19150,51 +16917,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65ED1259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E60957E"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -19293,51 +17060,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68EB5AC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="095414B6"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -19436,51 +17203,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70D13F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C84E23A"/>
     <w:lvl w:ilvl="0" w:tplc="B8ECE910">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Spiegelstrich-Arial"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -19578,51 +17345,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="744D7FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19718,51 +17485,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79DB1591"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EE0058C"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19831,51 +17598,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EE67A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C278ED08"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19971,222 +17738,224 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1878540207">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1787843088">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="716008692">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="526798210">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="375084618">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="551387102">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="633873391">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1109815532">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1885827691">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1163426954">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1483931785">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="894119346">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="653223204">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="430205685">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1322154384">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1986622016">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="787510838">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1164783524">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="699166573">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1081608604">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1247225941">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="818958148">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1412846651">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1218663641">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1636792243">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="486484523">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1545436528">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="404030584">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1075665734">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="362904566">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="2053571663">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="2107455555">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="441463239">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="885288805">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="672420968">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1212228387">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1198083399">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7489E"/>
     <w:rsid w:val="00001E4F"/>
     <w:rsid w:val="000021FB"/>
     <w:rsid w:val="00011A85"/>
     <w:rsid w:val="0001475E"/>
     <w:rsid w:val="0002097C"/>
     <w:rsid w:val="00024525"/>
     <w:rsid w:val="0002710B"/>
     <w:rsid w:val="00050541"/>
     <w:rsid w:val="00052AD7"/>
     <w:rsid w:val="00054514"/>
     <w:rsid w:val="0005471A"/>
     <w:rsid w:val="00062A0D"/>
     <w:rsid w:val="00077B63"/>
     <w:rsid w:val="00086638"/>
     <w:rsid w:val="00091DC0"/>
     <w:rsid w:val="00092C2C"/>
     <w:rsid w:val="00095920"/>
     <w:rsid w:val="000970ED"/>
     <w:rsid w:val="000979B1"/>
     <w:rsid w:val="000A3C77"/>
     <w:rsid w:val="000A762D"/>
     <w:rsid w:val="000B1F6B"/>
     <w:rsid w:val="000B4E94"/>
+    <w:rsid w:val="000B636C"/>
     <w:rsid w:val="000C4CF3"/>
     <w:rsid w:val="000D24D0"/>
     <w:rsid w:val="000E22F9"/>
     <w:rsid w:val="000F7A1C"/>
     <w:rsid w:val="001015F4"/>
     <w:rsid w:val="00107419"/>
     <w:rsid w:val="00125800"/>
     <w:rsid w:val="0013278E"/>
     <w:rsid w:val="00133AD3"/>
     <w:rsid w:val="00136395"/>
     <w:rsid w:val="00167B24"/>
     <w:rsid w:val="00170C39"/>
     <w:rsid w:val="00175038"/>
     <w:rsid w:val="00177FF7"/>
     <w:rsid w:val="0018527C"/>
     <w:rsid w:val="00186A13"/>
     <w:rsid w:val="00194AB1"/>
     <w:rsid w:val="001A2861"/>
     <w:rsid w:val="001B3341"/>
     <w:rsid w:val="001B559C"/>
     <w:rsid w:val="001C401E"/>
     <w:rsid w:val="001C6C57"/>
     <w:rsid w:val="001D3892"/>
     <w:rsid w:val="001E2C99"/>
     <w:rsid w:val="001F3192"/>
@@ -20204,80 +17973,82 @@
     <w:rsid w:val="00265E91"/>
     <w:rsid w:val="0029293D"/>
     <w:rsid w:val="002A0D97"/>
     <w:rsid w:val="002A2ADD"/>
     <w:rsid w:val="002C17A2"/>
     <w:rsid w:val="002C3F34"/>
     <w:rsid w:val="002C4998"/>
     <w:rsid w:val="002C734D"/>
     <w:rsid w:val="002D105B"/>
     <w:rsid w:val="002D7EC7"/>
     <w:rsid w:val="002E21DA"/>
     <w:rsid w:val="00330BC7"/>
     <w:rsid w:val="00336B8E"/>
     <w:rsid w:val="003476FB"/>
     <w:rsid w:val="00371595"/>
     <w:rsid w:val="003809B8"/>
     <w:rsid w:val="00380EC0"/>
     <w:rsid w:val="00395964"/>
     <w:rsid w:val="003A44A2"/>
     <w:rsid w:val="003A71A1"/>
     <w:rsid w:val="003B1621"/>
     <w:rsid w:val="003B4599"/>
     <w:rsid w:val="003B6DB4"/>
     <w:rsid w:val="003D339D"/>
     <w:rsid w:val="003D6E5F"/>
+    <w:rsid w:val="003E5A14"/>
     <w:rsid w:val="004106EE"/>
     <w:rsid w:val="004349B1"/>
     <w:rsid w:val="00441FA1"/>
     <w:rsid w:val="0044231A"/>
     <w:rsid w:val="004451DE"/>
     <w:rsid w:val="00465471"/>
     <w:rsid w:val="00472B1B"/>
     <w:rsid w:val="004771BA"/>
     <w:rsid w:val="0048130C"/>
     <w:rsid w:val="00482DF4"/>
     <w:rsid w:val="00483B80"/>
     <w:rsid w:val="004901A5"/>
     <w:rsid w:val="00497378"/>
     <w:rsid w:val="004B2C59"/>
     <w:rsid w:val="004C0301"/>
     <w:rsid w:val="004D3218"/>
     <w:rsid w:val="004E5047"/>
     <w:rsid w:val="005054D9"/>
     <w:rsid w:val="00507409"/>
     <w:rsid w:val="00542A55"/>
     <w:rsid w:val="00563F90"/>
     <w:rsid w:val="0057046B"/>
     <w:rsid w:val="005725B1"/>
     <w:rsid w:val="005727FE"/>
     <w:rsid w:val="00575447"/>
     <w:rsid w:val="005779BB"/>
     <w:rsid w:val="005855AE"/>
     <w:rsid w:val="00585F88"/>
     <w:rsid w:val="005A5F0A"/>
     <w:rsid w:val="005A6802"/>
+    <w:rsid w:val="005B2EF2"/>
     <w:rsid w:val="005B5AFB"/>
     <w:rsid w:val="005C18AF"/>
     <w:rsid w:val="005D34A4"/>
     <w:rsid w:val="005E0140"/>
     <w:rsid w:val="005F1E8F"/>
     <w:rsid w:val="005F6FBD"/>
     <w:rsid w:val="006002FE"/>
     <w:rsid w:val="006044D2"/>
     <w:rsid w:val="00611FDE"/>
     <w:rsid w:val="0062604D"/>
     <w:rsid w:val="00631378"/>
     <w:rsid w:val="00635537"/>
     <w:rsid w:val="0064536F"/>
     <w:rsid w:val="0064550B"/>
     <w:rsid w:val="00665D73"/>
     <w:rsid w:val="00686C0C"/>
     <w:rsid w:val="006915F4"/>
     <w:rsid w:val="00694B56"/>
     <w:rsid w:val="006B0B60"/>
     <w:rsid w:val="006C01DE"/>
     <w:rsid w:val="006D185A"/>
     <w:rsid w:val="006D2D36"/>
     <w:rsid w:val="006D35BA"/>
     <w:rsid w:val="00702B35"/>
     <w:rsid w:val="00705791"/>
@@ -20323,89 +18094,92 @@
     <w:rsid w:val="00931D32"/>
     <w:rsid w:val="00937A18"/>
     <w:rsid w:val="00954A48"/>
     <w:rsid w:val="00957688"/>
     <w:rsid w:val="00957D5E"/>
     <w:rsid w:val="00964C07"/>
     <w:rsid w:val="00970E93"/>
     <w:rsid w:val="0099029F"/>
     <w:rsid w:val="0099549D"/>
     <w:rsid w:val="009A6E02"/>
     <w:rsid w:val="009A7F9D"/>
     <w:rsid w:val="009B0DFE"/>
     <w:rsid w:val="009B76B9"/>
     <w:rsid w:val="009C413A"/>
     <w:rsid w:val="009C50AC"/>
     <w:rsid w:val="009C59F1"/>
     <w:rsid w:val="009E0B91"/>
     <w:rsid w:val="009E1579"/>
     <w:rsid w:val="009E49A2"/>
     <w:rsid w:val="00A0607A"/>
     <w:rsid w:val="00A13455"/>
     <w:rsid w:val="00A20F13"/>
     <w:rsid w:val="00A22273"/>
     <w:rsid w:val="00A22E11"/>
     <w:rsid w:val="00A340F0"/>
+    <w:rsid w:val="00A3552E"/>
     <w:rsid w:val="00A57B84"/>
     <w:rsid w:val="00A7246E"/>
     <w:rsid w:val="00A7489E"/>
     <w:rsid w:val="00A871D1"/>
     <w:rsid w:val="00A8721A"/>
     <w:rsid w:val="00AA0C94"/>
     <w:rsid w:val="00AA2110"/>
     <w:rsid w:val="00AA5760"/>
     <w:rsid w:val="00AA5AEE"/>
     <w:rsid w:val="00AD019D"/>
     <w:rsid w:val="00AD5960"/>
     <w:rsid w:val="00AE1317"/>
     <w:rsid w:val="00AE29F6"/>
     <w:rsid w:val="00AF67AF"/>
     <w:rsid w:val="00B02B5B"/>
     <w:rsid w:val="00B07A74"/>
     <w:rsid w:val="00B10ECB"/>
     <w:rsid w:val="00B11580"/>
     <w:rsid w:val="00B11A69"/>
     <w:rsid w:val="00B15092"/>
     <w:rsid w:val="00B3109E"/>
     <w:rsid w:val="00B33367"/>
     <w:rsid w:val="00B4000E"/>
     <w:rsid w:val="00B44FDB"/>
     <w:rsid w:val="00B52744"/>
     <w:rsid w:val="00B555BE"/>
     <w:rsid w:val="00B90DF2"/>
     <w:rsid w:val="00B94272"/>
     <w:rsid w:val="00B96025"/>
     <w:rsid w:val="00BC136C"/>
     <w:rsid w:val="00BD60D7"/>
     <w:rsid w:val="00BD73EC"/>
     <w:rsid w:val="00BE0A2E"/>
     <w:rsid w:val="00BE1BD4"/>
     <w:rsid w:val="00BF09D4"/>
     <w:rsid w:val="00C07956"/>
+    <w:rsid w:val="00C15B67"/>
     <w:rsid w:val="00C22565"/>
     <w:rsid w:val="00C26249"/>
     <w:rsid w:val="00C35EA3"/>
+    <w:rsid w:val="00C36747"/>
     <w:rsid w:val="00C53928"/>
     <w:rsid w:val="00C565B0"/>
     <w:rsid w:val="00C607C3"/>
     <w:rsid w:val="00C729A9"/>
     <w:rsid w:val="00C73972"/>
     <w:rsid w:val="00C73D88"/>
     <w:rsid w:val="00C74021"/>
     <w:rsid w:val="00C83407"/>
     <w:rsid w:val="00C8501D"/>
     <w:rsid w:val="00C874C7"/>
     <w:rsid w:val="00C87D50"/>
     <w:rsid w:val="00C90A80"/>
     <w:rsid w:val="00CA093D"/>
     <w:rsid w:val="00CA2879"/>
     <w:rsid w:val="00CB0C15"/>
     <w:rsid w:val="00CB16F9"/>
     <w:rsid w:val="00CB4B7B"/>
     <w:rsid w:val="00CC4007"/>
     <w:rsid w:val="00CD1F65"/>
     <w:rsid w:val="00CD6DCA"/>
     <w:rsid w:val="00CD6F22"/>
     <w:rsid w:val="00CF03E4"/>
     <w:rsid w:val="00CF2F4A"/>
     <w:rsid w:val="00D0169B"/>
     <w:rsid w:val="00D1044A"/>
@@ -20467,986 +18241,450 @@
     <w:rsid w:val="00FB59BB"/>
     <w:rsid w:val="00FC38C9"/>
     <w:rsid w:val="00FD152C"/>
     <w:rsid w:val="00FE0CC5"/>
     <w:rsid w:val="00FF234F"/>
     <w:rsid w:val="00FF7061"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="241146BF"/>
+  <w15:docId w15:val="{78A0F66B-BE56-4C8B-A2C7-46AD112B984E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...912 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E81D08"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00954A48"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -22021,102 +19259,128 @@
     <w:name w:val="Fußnotentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Funotentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007C7D69"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Funotenzeichen">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007C7D69"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="194733723">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="799686473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190338748">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1656300739">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2056587097">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -22380,50 +19644,73 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Projektdokumente" ma:contentTypeID="0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396" ma:contentTypeVersion="4" ma:contentTypeDescription="Inhaltstyp von Projektdokumenten innerhalb des Arbeitsraumes der jeweiligen Webseite." ma:contentTypeScope="" ma:versionID="b6dcf3f8b4c21e9d0aa6ef44676a127a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="301d44a20dbf023ccb53e80df31da5f5">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
@@ -22493,164 +19780,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CC59521-6A1A-4BF0-95A0-A9F646A500AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A5E7EFB-9130-4422-BCFA-5B2690CA57B4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75586AE9-7EBA-4F6B-A132-74C32D641E66}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3591E4E1-EFFF-4F85-84B5-15367C67856B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F18A02C6-8C71-4869-A108-AFB5C569521C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12376</Characters>
+  <Pages>9</Pages>
+  <Words>1414</Words>
+  <Characters>12446</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>1037</Lines>
+  <Paragraphs>461</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>KTL final</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>BITBW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13756</CharactersWithSpaces>
+  <CharactersWithSpaces>13399</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>WKA-LF05-Zielanalyse</dc:title>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Zweck">
     <vt:lpwstr>Zielanalyse</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>37200</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Dateitendung">
     <vt:lpwstr>dotm</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="HR-Status">
     <vt:lpwstr>6 Druckfertig</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Dateizweck">
     <vt:lpwstr>Zielanalyse</vt:lpwstr>