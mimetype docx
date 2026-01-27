--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -11,86 +11,107 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="6A2EB368" w14:textId="77777777" w:rsidR="00384DB3" w:rsidRPr="00353454" w:rsidRDefault="00384DB3" w:rsidP="00384DB3">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216339226"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk219110948"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00353454">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2150"/>
         <w:gridCol w:w="7489"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C614E" w:rsidRPr="000C614E" w14:paraId="0FE27A3F" w14:textId="77777777" w:rsidTr="00E167E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
+          <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="0FE27A3D" w14:textId="66B89518" w:rsidR="000C614E" w:rsidRPr="000C614E" w:rsidRDefault="00074C83" w:rsidP="00074C83">
             <w:pPr>
               <w:pStyle w:val="tLernfeldKopf-Titel"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>WKA-LF10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -158,52 +179,50 @@
         <w:t>. Das Unternehmen beschäftigt 40</w:t>
       </w:r>
       <w:r w:rsidR="00AC74BF">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve">Mitarbeiterinnen und Mitarbeiter. Die </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CF7808">
         <w:t>Schneckle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> GmbH repariert Fahrzeuge aller Marken und hat einen Servicevertrag mit einem japanischen Automobilhersteller. Sie verfügt über ein großes Ersatzteile</w:t>
       </w:r>
       <w:r w:rsidR="00CF7808">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> und Zubehörlager mit einem Verkauf an andere Händler und Endkunden sowie einem Internetvertrieb.</w:t>
       </w:r>
       <w:r w:rsidR="000B2701">
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="774510D6" w14:textId="6C968839" w:rsidR="005446FC" w:rsidRPr="000B2701" w:rsidRDefault="0028133B" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028133B">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4462FB57" wp14:editId="3389D515">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3781425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionV>
@@ -321,51 +340,51 @@
                                   <w:sz w:val="40"/>
                                   <w:szCs w:val="40"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                     <w14:srgbClr w14:val="000000">
                                       <w14:alpha w14:val="57000"/>
                                     </w14:srgbClr>
                                   </w14:shadow>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> GmbH</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="none" rtlCol="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4462FB57" id="Gruppieren 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:297.75pt;margin-top:-.35pt;width:161.5pt;height:93.15pt;z-index:251657216" coordsize="20510,11829" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCFdI+7zwMAAO0JAAAOAAAAZHJzL2Uyb0RvYy54bWzMVl1vozoQfb/S/Q+I&#10;dwoGEwhquoIEqpVW91Z39/4Ax5iACtiynSbVav/7jk0+th9Rq77sPgBjbA8zZ84ZfP1pP/TOA5Oq&#10;4+PCRVeB67CR8robNwv3/2+Vl7qO0mSsSc9HtnAfmXI/3fz91/VOZCzkLe9rJh1wMqpsJxZuq7XI&#10;fF/Rlg1EXXHBRphsuByIhqHc+LUkO/A+9H4YBDN/x2UtJKdMKXi7mibdG+u/aRjV/zaNYtrpFy7E&#10;pu1d2vva3P2ba5JtJBFtRw9hkA9EMZBuhI+eXK2IJs5Wdi9cDR2VXPFGX1E++LxpOspsDpANCp5l&#10;cyv5VthcNtluI04wAbTPcPqwW/rPw510uhpqF7vOSAao0a3cCtExyUYHYZsV2+svSpv8wJry+l5V&#10;YRGXFfYqsDwcFNgrSjz3qjBKyzCplmE0+2F2o1lGJSMaGPK5PmKMZu/L4VBtgw72Lco22O95nObx&#10;CuVeMSvh6yhCYOWVh1CUrGK0wkWa/zDV9W3Mx6fNwt+JTWYTNzSx5q0UX8WdhPXmxWYamXz3jRzM&#10;Eyrl7C1tHk+0MVhQeBkGMQpiYBeFOYTScJ6EE7FoC+x7sY+25Rs7IejpwzbUUziioxlcBwzBeoHh&#10;23qBXXormXtwMrzLx0Dk/VZ4QFkBdVx3facfrfygviao8eGuo3dyGpwpFZ4ZRZru3gn/UDKlIc7R&#10;Mqm8WRBXHl6VsVfM56UXVWm4iqtyVhTxRTKZ/A9kOpoTFsTU6gun98oZ+bIl44blSkBHApJYZj5d&#10;7pvhEyDXfSeqru8N/4x9KBl0r2fqf6XqU2dZcbod2KinVilZb1Wo2k4o15EZG9YMlC8/1wjIC21a&#10;g/qF7EZ9sVBhmgfBPCy8ZRwsQfVJ6eVznHhJUCY4wClaouWkepxtFYP0Sb8S3Un2+EXwr7auX2Qf&#10;HGT/QGwLvyDpCSGDlNKSadoaswHw/gPApz2nCYv0GVyDuwLxmx3P5B7GUZrMXQd0jYMAocP/4ih8&#10;hBOEY5g3wk/SMJ1Z3Z/UCwyQSt8yPjjGAKQhGAsteYBONIV1XAIt6hyJNWFo+hH8GNWx9jB6H4Dm&#10;t/jaL+VrSwSDEIzbs1Cjo1C/QWoN62tnfpEBv7fvp2WZV3McemWJEpBqkHj5rIDmH+ESrmVUROlF&#10;qZ6SPuVvmr6j9wWHNm5FaZZcIAM0+Dd6P44gMsuRj1KAZCM3kjfUOIdiLL1f7+GtMde8foSwd3Bq&#10;WbgjHKtAy7pfcqsPKwGRbzX4sQw77zj4BDZZy54pwHpyaPl1bFedT2k3PwEAAP//AwBQSwMECgAA&#10;AAAAAAAhAGmNEJloPwAAaD8AABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlI&#10;RFIAAAFiAAAAvAgDAAABAsZkNQAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAADAFBMVEUA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACzMPSIAAAA/3RSTlMAAQIDBAUGBwgJCgsMDQ4PEBES&#10;ExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpL&#10;TE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOE&#10;hYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3uLm6u7y9&#10;vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w8fLz9PX2&#10;9/j5+vv8/f7rCNk1AAAACXBIWXMAACHVAAAh1QEEnLSdAAA65klEQVR4Xt2dB6AVxfXwZ/YVHjx6&#10;F5QqAgooqIAiRbFEo2IBjS0a/USiJhpjEgW7xhY1GE1UbGBHjSViV0QQURFFRAWUoghIR3iPV+7O&#10;zHfOmdnd2b27t7x3IeT/g3d37t7d2dmpZ2bOnGEx8GM3SiXlkiMdbs4k8IowDgvuKuOKcI05+mxh&#10;cOUk1R8PEeKea656RepjRlbT5yr8mJcQHAtVhJ8uucPEPYv7Fx7nBwrorATbmzyy6KuYY5wW58U9&#10;ShM8cKA5pswxDek9G4//ZKyMnI8w1lQKqZSQEDxgrWxMP3heX6YPeNMN2pmNjoz9Dg7o3WGfSvIc&#10;0Em0Xvt0hheWIOmKQhGKbrGXdodQ+H4/wV98sm6H24wTrhXwGMW4Cp7msZbOHQq+6N9OgYAoJhaD&#10;M3oxPkifqwlls1GsFg9bpEvvF6LW1ZceTp8YptfYvXBMTkiktpiiSrKHGWuCJ8gvG4mMhF/AIyuj&#10;FKGbQhNhL3qiY+epKRfW4EFnFwhlFTmIMpMYb5fTATmNtTKudDhmnj1jc5wOq/liUOvUezfsb8Xu&#10;37Yk5NXmr0Kekal/tjffk4imFHI4RF8MMZf+G/6wTNyuvwakX0tn9OnIj+nXBuc462xcmrhrfTjE&#10;mXFmgd7Puhbu+4dxBniRsBX+wK3TNfYB+soGVtbGy2IjkTWAP9sTcNN9kI78bikgzcV6rFZYqajg&#10;piAGHi/HD6jxKk+nr8TJ5qj9vftM7QZcDAG/iLEOt22UArwG8Az8/8CE7lL6BOAlHcEq4fdSc8ZQ&#10;ojMY/P7jCHIBAu6230Fjn+FQL3goBWWhWLFK892HQlNjvR3jUPcAWOdEMRejCz/wmOrN1GVMHSNr&#10;6dVCCMkcyU5dYa6Fq+Fixlqab1G8tJpBFRFeiYWefApBlYeugrx6CZqyf71nnDHQtSn/hWQ7L/zW&#10;a3vMhCYNTh+vv1Ha48Xz0AGQVwbOPgDPpO1LU/YCHg7BcAYP1Py8asljZ31lvoBPXb+Jz50hjsSq&#10;NCWvbB1uYosadJ6wRabwMVDD3GnO5sp/VEP4xNq0uPuvJ077atnabUJKNwW4QlR9fOMRUB3Cqynl&#10;/gtfrpdSJXgiG5EXjqOYsS66QOlPrF3Lst2Xg7+YfTYal/aZ7rq39d36Syw5+YtXvWKc3h1w4NJu&#10;csI8capxZGGlF1SAm1wE8aGwdonFD7DDzljuShR3UlAYNix4/5135n0PaZiCBsd9AZPWylveXeVY&#10;dn0vNEKJmEIQxxrZTzt21wfGTq9xHx8JUhLvcvYGfJz/yAaqtXFlZ5M5Inb7Xm2OFEMgbiFiiD7m&#10;BKcYRXlNDMWyaoA8bVwaHWh6Ct/ELqBvYTDGhB00xp5nIx/ULsW6aQfiP6QUfdVp2wnO8mIroW3Q&#10;62rGm8yFZMDv/I+slDxxocZPXYGuMHgD/GHxXadDLhW8aDp0pYEvUiL0YvuPMY4AfbnAoxf2M+hU&#10;DPij/6oaSO/DKF4H0VcLuBivJ39HQ+zDjeEEsKFIAKBWizxAMZP7Aiiw9Ad55Rm4JS1UNnfR53ys&#10;MMnF1lM71x3+PkKH5jb8II+/vImvq8KoMJcns8QcPRTlFZI9/fbJ4J6uWG8IpGqH3xbRudwRL+IL&#10;YhxNT5dWV6rRveFnLa3uljXQYY7Qh68p/nT/KcDRntkFNYhnFKUS+RP8uawtXQ/xrzOsD8YDOT6l&#10;zyCi20MjQRIQ3BkDejOFsf0gCrxwxLxuPygkUEdror9PMMcoFfCnr/1Ei0qRG2/FD+y1BT+oUBrH&#10;BMTQchnExYfmS8yF3onkwpGO0/v6hVD9owwgxdrpF/ZrGK6m8qcSy4f8so+uhTw4a7H/DP0gwFTG&#10;eaDUfOPKwlfwiL8ad3aoD01tZaPD/jh59uJVm6qlEm4KBBkhxIanz93nS/itDPzUIq2MVP0JPJWc&#10;iDbqb/CxjVVBfIEjTlyOIO0SlAAEUHukP9uqnuCkyiIZhQMdWYAGwfT6i4fRwWXV3fzqNh4SErMB&#10;4fTe3Bx/ifnFOxeHONI4MqJYk0jpxmhWPFHoYhMyv46H1+0C2psnQKmh/kYC/vXZCLwwt8AJ6B48&#10;q7+kkSmSLCCXmxoSMPdAph+Z6EGO/obfy4vXbZh8ad1EooHpFAHtX6yi6gBkUCmWzn3nnfcXbgWn&#10;Cz3ntYdG2iYTyT/SM6IlkIMv8lP2yv/zr0vCkWoPOHTQ35CPzZHeJPTSRyuVoTsYQlF/FnjIHJ1Z&#10;Sl3cpwn05QZCh123twZPdMgBexSrtzkGfjWizzb0CaHPp863mGGOQDNz1Jhg5h5aH1OZ6S8WGxQO&#10;KRof8/KXUnUS+gq3+TlOKL8yJImRYuAd+NN+Fw9YAXGv2xs4ypeCKpAfBDmOOtmAoz2UbB86atK7&#10;qtrTr9m3dAzjQAfGTwkf84ovhrokx5gjW3YKfGBvU192jB4SioI/hmOyC7vYuLwHaLxw4Riv/gn+&#10;OLpj4UfBx0uM/R5i6Cn83lSLwuzXLx+rh2c8THyL4s3YApDH+9IZ2Xvscyuw6wgNpY5mhIbWvagu&#10;w7AfKlEQS88PxmOF8p8ei1F6zEqY/keYkMDVSSipo5X8vSIUZO3xkB50YFfiI/TESlJkmPNSWr54&#10;NYmf3YBP6BOuPg16TNjnxR/hq+54xRD3wFsZFyhv2PdgDwKvngafIAumvBvNhEM6J5mjhRcdDa4j&#10;h81A1lupM3Vo42YAbMz7LoGk1C7vTGl6VyNF8SrhH4QYyFj7Gu/C1x14Uuw9piWF9AAX4L1dLGbI&#10;Rl+HlIN0eRYloDkRgDELuVetYgsgqvCGceaXZJpD/aFdLsOhUyroZ+GHDXaaHhJiJXh5OZ3AmihX&#10;OPv5LeMMgkzjH53Zs1fj700rMQyzyx6F8pbSQ8CZkVAyrwPBgeIX743EhWkvoIaIjmTnQsPx2I7j&#10;7IufPzxEmUlS8jNfj4M2rxve283vMShZS4NHi6l+AyKPzYLUgRKUeNFAqb5UqWqPVQPzwAxAqAxh&#10;r6IeU+v6c5O6RQWxgWrpyL2cnw0VNbrovCmYTfWBSO5SU5p905k1oTzNn8dPj0fNEdAP1JF2j1UR&#10;JQ/KeXdIVs0WRlKHYj1FhVj/YL2PHjnpSp9poBAJ17oCPAbJDTKtdafHsjJ8bl9yp3Us7WrW4kX4&#10;m2MyKsEjc4YkAZSUOpDhNJEHJ8pbeJ25dgt+RANMAToR/vwfQlccHj9ggVg+AyJ+gPi39it707GY&#10;U2lYKoFn5MY1Un3x0j8uPaKr/MGcDJDMOfXFVdG5iDrD2dmfgUBmwpYjIGW4qY/uParYTrQdDfQX&#10;8NHuyt1NUcgfyPOlpy6r9d9XrolMzBUMvh4aqvTpzzoTvLHzFxLwxMEFjXuvWW19xGm/R8771eH7&#10;diyxGvqiomxKNNSxRbALmBLwT8eyK5sZf6rhxNPaWU/M8Hp90VMlcyzPvGLVeja06/pneB3TYNUZ&#10;RynoDxcAQUoBIVUCkH6NCxGjpKK+k9DKQHVE1etuiwqMUK60HpNHKPFOpSi/HhVTchvOi0Mq3QOv&#10;P43UYPiMKms013MAhqtN+Llr+jJ5U6HykUgzk8KwQqMcQYQi8339rZt6ji2uQ5B5YcqbhlOOjemg&#10;qJBiVWoNHXBQeHXeQXYz93/y5EV8+9NicuevwwETv8TPNXgyz4xR0AgGUlh+ZZyOlCRZ1UfXcRTY&#10;vIatUlkjmHOHlbQb8IszJ/zj8WkzPl7wDTB3xuv/fuDa847fr2Wx7gwF6CCQM0rkrL6SBkqyDaUb&#10;7nGxSdJuzhpNWF+Lg1DClbJ26Q2Dm4KAbhfvbDisrMcd26Qucttj7xQtjEND81bj6fr1GfNFBxe7&#10;k2LDweZ7ISjbjgpQq84xXxn7zBxDtES1F85LOw04+pTfjPt/p/zlyBbegJWCfk8cqK0iwwOV9UeI&#10;m9IyVpD+12+7tRUpFSLRVjm4bEB6JF8NYb3IuAtIQqm9Kpz+HlOgqxgiKHEinMm3KmXpIRSOSJfM&#10;KoSRQuYRPR3IhE3sNlGo7GM39WYwFI2J10Ju7kRfY6qrTstqzgslyW+F6Bx0JqX/+o76GQKtpxEL&#10;g8PKH99EGjt/bqinlNkhgUCj26OJ+kuUhdE6hPszgOf7OZkUD5FbJWV8Dr0wt/Kb1685sUfaAHn5&#10;fqfd9sa327GSs9VjnEM/BrHcXXB10/T6jnwXoUpdfQAf8R0kJy1/BxlLHes5vjYOABMlY81n45UF&#10;x1LkSIdauEj2VMsYj+poaJzopN35UCEYMc/3RR1iHKwtBjihcMfhVes8wz2z4S8slSEgaf/BOCNE&#10;303iVCyT2+CjyItL1QPOkNog5vJae9gpCe4UFWPye0MIkJHwfhzTk3MFVerV2F7KR3HgKqiX6M34&#10;JfAhcRw/jlCISaQhYWMZ3qquRScUvJACHz05R6pjYi/AGSJcCPR2X7zxA/MjuH97nvkSIRRiyg66&#10;BPSGIOtXH6xaSqNvgEgZP5eahAoURD0ehw68kCfaRQ35vtg4gCLmaFkyHXtyJRAywbOiM1kD/K4l&#10;yRHeyP6C3Mud5kC/79eyRoj7raGHCIK9LzE7EFBU3TRdMQ3qVRgOJR2EbRTCJ0kHFV8homshZX/j&#10;ypUclDUQeizAJa4lgfdaM9SciRCsM6DYBDnorG9Jec/FxT/w9QV84NTH8RTwkAM1iSAtlZrKrWtX&#10;LJo/543Jt13266MHdrfEI8exR1DU3sZh6IWZ17h9sKj73K76D2KDAhVwG8vjqRC05tovgUMBGNJn&#10;JOukcFjGe0Z4Qj83bvSiT0NFMqp8yYxu+Df6AFF1M2tu3IkoyDtKmclYNYelTocD1FCql34EvRwO&#10;0uZNKEL95TDmu0Z9TeIBvkaJFhR+SshMc8yRsTFwhVSoi4SMVUVbNusuosIqyMRJn8Ryk4lgURbA&#10;KbiRfOGWOd3A6/PJTWfSuqEewcSDeIRV4Hudy57CvCLcZbWP0z32OHIdh+YiyiHrRIrC5nP3BdAq&#10;QUhRBT14O1SIzQSEy5UVqGvRBoXmiWqDF1R94FiY/oECbKM2u3frOfDoX53zuyuunXjflKlTX5g2&#10;7c3p7836OGDWrOnT33xz2rQXnph839+vv+KS63519ODeXTu0bOx4EjB0Vv30GvQTzny1pRejLFGU&#10;ohkRK6p8gqZ77m+hL42X9GZHUpujVBvT05L5FDczwx5gzmcC/TelM8W3kXIRBVwtxc8kIFtJHIa5&#10;CDVYUX3Dymk56YrVHbUIAhzti6BQAlHV4Nnvq5XApQuuFDVbvv3o8d9jdxh/bcjuHNxUkVYne4WN&#10;H1ImFS4kQgb/LS55CoZrKf0QnUWtXqDl1wMBIGEhWsaW7ADFAunDmqT8ZSMlOzZvXEbtvklsgn4N&#10;YX7wMaeT4bLp00s2CT/jWVp2plefTCVvG1zisM+DTgGdpgCcOGrUqGOAkSNHDh06bNigQYMG9u/f&#10;H5q4vCgyR8A8w67+HK/B+SpbiCEl4BIaAsZ8OzPomYqgAT6EYb0ZJklvOBnPi836ERTeyrWQ/9hS&#10;/ZPAhWYSh9V6j/njpLc+X1lF4rmsXDbrmYlXnHHEwB6tSx3MzYqZTtRJuOxTO5HQy9ojoj+cy/3H&#10;h9viTHAvD/yEhZu+8BuoOL0N2QL9QyXoYaGeXxitaQNUn/otu4H1xiLXBjXpPFxbh7MFeAS13xPg&#10;5Nawf+4BhmtN8ul1RG9zVgoSKfaJqUPp6gGsdGkpgPuitOJz8V0XgUQSGmFV4RlYmknHuf2A/OZ8&#10;vMCYrqROQ1wIqIcqkIh6QoSgicBgwrNvZ93CN+CIRSYyeh+D7KWPdrxg6P0ORnVmH/2MhUFeQXVS&#10;tH+WUS5/Jt8AM9ZO6YERV5mwQ8mxZN/wVFgMt+KIhkYHfu/QvA4hoA/59gN/Om7PcvzJEtnfVLgy&#10;N3+EpEL8tJIn0PcANwfV+weDKMX6rURF2iEPjp22Bodc9dzXFdB7l64rRHWW2MjEMmiBwQtUqrHI&#10;UORsKuE2HF8XLvSJCjnGZuGUdBh8/qSPVlRjGHUoySHk1u/nTb1uzMHdm4eWl/+34F2egF40xV7u&#10;QNTJVS9f3I0qgp3JfBz4QSBWK58/qnMTErsSACmncfueYx5dBNHu+r0rTAdRu/DgxDWPheNiGqwS&#10;qUvrHk3wevs+UIWLLinorvQXbxeeRvgMeUIhc+X9tZS1hLsjJgv2AL9F4foBltTa6RsMtsg4vFsH&#10;wFNvWp2bwu+UtT7ghHHX3z/1nc8XLfl+zYafK2uFxByKi6OxekrVClSZrq1Y8sa9F48+qKc3Asw/&#10;03WKWLKfOcPYOzhG83nhiuRys/aqqM+oc1Hp5tzzjj+oR3NLqYoXZ9e64Qv1EYIrZSqF1g4Q8ZS5&#10;sTcEOh/hKxNuzouLM2FCE4wdTXfYgYtp5tPVUyH8Y1mQMHdQ6hbjrA8NdVhUMD1wqWkJ+VjMTfeT&#10;+1plT3jUjb9n0dvOFZeGfqQl3extafTwqUptpudsiY7f5cvqXGWCLOhO6Y/KMq3CQ14vQ01gDPPw&#10;+gU5VajCINEf7q82IkLybiP4Mo66SUPVSn2qLmwoVIC5wpos0gt5PCQAy3/CB3dfYGxpHiv+I3xQ&#10;sOrmKUxwroKBV0J5w+7IJSaPjEY5Wzvz5uL6FoIA6v49HS3D4fE/XAKKpHpEck/OtCxQoUNILSZt&#10;gPK50Cs8bB4Hj12Xf6cNCBflekIhoIUSNo4KmaExwYTczlXyCtNksnYl8+A2DEzr9IhTNI7psVCX&#10;Gnzw6jo83E2LkXpAmmCr04vx9+FT+pXuwtDigG5+PKNmGlchIFlSPKC/2ISjvVYvNMR5sczDMTE0&#10;KFw1geilPjEJrX5lHIQZrVWP4Uf85F8ihSx1AIYkdvDYHgsE9DdSSMg0YR9DYbU2tdpdJAdouoRP&#10;FlEwqd06Oe7yRM5WvzCuwjCcQpxe8DDiw1FDwZyhX/A/+JkbPGsmRi1Ap9FeQ0/+3a0PPvv2h/NQ&#10;bfOLD995+fE7Lz1leLcy5oRnHz68ED72jJpMIUR4ivtlnC9pQeGOZJiMpJdTfP7gGz/aiPqbutsu&#10;3ZQeBpIVKxd9Nuftd9555905Xyxap08K7FrA0d3++Z/amFmFQRjsND6LFJgg//TNKWfyxhtwAMWI&#10;VJzt/V6FpBX1KSk3vDSmS3kxzp7oX3OA86Imv/wKbqcv8XEWSU66SAdAPYKfGSh6ngZtZGpTc8ae&#10;nXL1MThzUc9Rm5I5ENeeVBOf1SLp2eAL+BBkg4o02RO5ndJaPFLIMbE/gp9CvIJLxonDzDEMBAtL&#10;RZteQ0edOW7cmceKTkV8+fX4y+VpmdODL8HgikIq8jJ2kFAybP8smBHScL77xOWQ2b++4dRBXVuT&#10;SFDWtvfhiz6sEYLmhbmK1xF7H4LrTi1g1CJ3S0lmF224kdMc1mfVp4f7w0sDtPJFAK3XI5RnOswC&#10;lVnEpAIHlxULfz2/jWB7xS2JjBbIILtH1RIhvFAsstW8deDa0JLRgISCFD19l9/5axjNyJuUSl97&#10;WH/uTEqy+Not7TQPJunUgcahKcyIUTqRAAdff4p/lbSoD/pWoW5WP2UsLBSa0JKIvXBUTZpToy0N&#10;Q4vHbB1+nlLuFOOGEFt5tv8OiuBwDEN4F18w21/fF2Nb4drty0omGzeRkmtJd4ToF2TkgvY6w1jV&#10;rlSz6DhOB5mnzdI62A44WiPcgox6IzzIByj/DpNpBsbrxQnLa1MghHzXmZu5HKkG0NHv0STEUlpq&#10;B9epJ43DdDFOl2RFg+CsYYczZm4DqQXH1anNJrwTYtG1fRrHLBzmzSbRpKG74rhwjmDVKrCicaBC&#10;y7wJNWnaiwRmYHyJk5PRISQlqDtVK2XK/enDh8YenGY0hu0x8pInP97guvQefuHh7a6Cd0ltee1w&#10;fNswNMXbPFTV0xLIaOtmyFCiZngZ+ThL9NwfXzFR5ohQ68XH+ZmEOtIxjQjZakXuuYI9JkxDoWV7&#10;YL7l20GPMzYtZ81CTys2Q7zoH3+rfKulxHXwyITBtDS/JCq8axO7XkDtgdt8oti32plR8Z+CkFZ7&#10;qqt9A7cRogNWUt2AKwzQShBTN9EpO8QCJLrSGBkpCWXWQdVmWDwHLVX3tC7PAoF2GuPwJpsM89VF&#10;eOItCqM3LqvzGArSr2DxSCjDsXhe6A49H/jIZpxSF1We+jbnBz3zGFwW+Cm2zMAv0GtOsHp6STjE&#10;XuqQFxuNPxjidQpbUIqKnELMnWIsbVyZsEHvj6o/6AbWPIZOmYJaUKVkL7gsGE0ZSapS+AQxTlt0&#10;SsOffCJq/NRBPy4wHkGusJYn3PKrrvuN+fMD7yxZA9UxgjUwVcIUpDB2pzzcR73Cre5FJ0p/CNbd&#10;TxutjxDkW2SCinfYwis1FdQEjaPyoFuj7X4UIBTXucLaBnVyOmVT4S2lO8cTDa70MgKuUgg91ELb&#10;fjL8m4bodFRg2PVNXIXGOqU6gRQicwEuT6sFDNegUQc5x++IAi2CQZWJOgBxhHQate86Uko3wU1k&#10;xl6Kxkr6TcDvj00r1xlJH/HnHdZCYMXCNOMo1rtBcCMmln26Wo/n6hnPBX9wv0SNZdL0VspMbDP5&#10;WU4lz4d7awk0f8H5/vh+ku0vBGCKJxpEsI3RmXrXVZBgD+L2BBI7qnrwHU7iAWM8jyE5JCh7lwnx&#10;bfLyl6KHuro/djFfkLDOos/+5ohQoLhChUx8zjC2O5ZEpctsf0nyaumU0DxgDqzLMRfRi/E1gizt&#10;sieZ48u9YexqWmFqeSp+AjU1G6qbmQqpz63Ko402eFVyFrxu7yFk0hCySMLyZ2sg5hEMizuHzSWz&#10;uNq+spQMMoiF2yY035ML6eMIcZg9XZCJICr/gjHdI0ljmTkC1KLqdgBTSGBZhsyhljPWY4m3PUjq&#10;NpTH3ZQrU1UVm1Yt/erTWc/fM+GCk4b37RBMNvEie12TL3N6uND0pVl593M7wKnJNXOiUawCiqNA&#10;EOCZjP0Lg7yazDXuy+RWajS0j06exY6I5COMEhWdMxwbbspEsnKwtbgePG6k9Oz1eeoTtidEDWYN&#10;KfW6Jppgz7PUafwuDOG1mWGvTBTP9FYSJ8+OB1udTIbQgW/6Cwg/KJ5MAY9SpJsD7ROe/5x+zRMZ&#10;stRJngHhWWehi0c1l78nRy6TRy5coqhLCBSr8zHOJXResDVFKMR2bsuZriYaCOzCEyGv7jz4TT/O&#10;F+iD+rM+RgmyC9RtNwZL0CQZ+sSqdI3SGpT0hDyEeQs7xH4cayMqBvdyBwsaqeSayL0qdJePlZkg&#10;dC51aO9DW701aA6yPd40VJXQE+jdEnNXRkLaZGSqHDBfNZDA6DVGiONlZekJBiGCPm478EKq53C1&#10;G1v1OdsHQswl2piD4wx4wMN0VUJKZWGB3fhi5QaEDKpgZwxDjG/m5++vY6MnGMR6V7IeC1Upa2oy&#10;ipqlzHImdSqcMrFUN1XMorD6zIiUCEbWCZxechydH/yRwNh5XhaYr5BXMdkdrmlKCxzmMci9uFoP&#10;UGvpUB+yZKYTF2PEDicDrVYVksUmPeQ1dS+F+NeQ//8JVYQndJmFhVpAx0Pz3Tr36Dv8hDPHXXrN&#10;rRMnPzH1hRemvfnm9FkfmtWEyKxZ099989VpL0x94qGJt153ufjNCYfu16NTu+YNPG/0AkWDZM3h&#10;i7sXnsFFPxwSHE9nrpkgWC4OwDZlL1Bzi6vG6Qe2QTGn/Z8+wUlNKWpTXm1Xb8w86sedBkLIIGpJ&#10;/sCM4Y7XK/mXxGYLD8dl/ZbjPU1xAfBKxqoU7SMDoDJczmBfKYQ5nwns4PTRziLekbIF3XZezIMD&#10;CxGlY9jPzN3Ormqq7aSzP6rl3jCSesM4dgxc1EDM6hzQzFvFiFUT1FdpBOIWvCN01T9gHAewUHu4&#10;sVrgmVDPTVysM7dPGc9Ojq5YwdzRB0I8bt7mFO04BbJCqmr1/HdvHg3BwmYEMo5i0t/SanP/IuUt&#10;D2cH5tvtyA/RMt17Gqg7B1st3ugPq6FMpY05yNRskNOMGs4kqHUfLgqmIN8NywAFpkhEBM/iyXIt&#10;rn5jn8TkCofWmep6xoHuxnB/anclR0le496kks2Y1hsx2N4Fg7vj/cKarrgRhkOI+0A1rtnO1Fzj&#10;hDzlqv80Ly+nlbGmCiD0zzbmBx9zOgP3CjZ/VXXKG5C3rU2lG9GLsJFM1F2tv7xmGcaC/kBaNqoL&#10;WKGnods4/jIdgKM2GwcULGq1MzCXif30Znepg+BNA5H7OxzU0HE2atSo4/VS3pFDhw07eNCgQf3r&#10;sJZ3gDkC+gmOPer/s9fBy7pzzKMsdZQ2b/Aqfg1UZI8Ixve96jLEeHPMmXXm6HU+S9A8E44RNNRr&#10;1kzcZtS6wxx3IZPeCqTv4E8FM3tWfTx0jme72CdNNSIrfurpjNoct7O93FkE+c+8zDAcRj5FQaha&#10;jhh7ywuzF2+sIdnAXff5qw/efOFxw/vtUV6EYd38iZ6qYqw/hDho6cJlNqJ5zTwjpuGZ90x4MaCj&#10;oi1Z8fgKxfkU4zrIF0NocjGW2A/feTEOb0OWVWP1SSBsetmq6eRz2go14rWQOaAXRgAYpuKj0QXZ&#10;AWJ+EjyZ0hDbgkyim+cByNBOcQ1rDN8HONbKBpqZCDNE66X6OdLPfLnQ2TPzqHBMHm90QEoweYW/&#10;hjUVBiZDx90fGBLcWTOXHQLl661m1gAfDzXT1iqXQwKzq6Hing0v9rR+AcgUeMSTqH9TfB9lvKcz&#10;ZQo/esYvWcEeYDgfzedYIaZRgADBcI0O/AVWEINA5IQfYgpVoyY0UYmZmhqSMpp1CS3/iKL3qwO4&#10;+pSNgxeY2i0ssC20v0AC0G60IQtAg/MK8QRT03bRlgQ3UqWJw1PaF0xRrkL+R+B6zBZYU8SGoYWQ&#10;uWEboZx2K8lEfovovTmhULOGdpcCU1hZzI4G9+E2dTTor6bTd0PGJAK+yyuKGTvOXL9UBbX5AHgL&#10;v7xkM+waDN5C27EPSUORIGb2wLcElzOuEX2skRaoNV+sOdd8CRsBTGf3oB2GkKFsGjXP2ytjkHPd&#10;O87C5Dpbocey59bPNwKTRHAb1/JmKBsjMzMEuU7dKldvibOvFWSfHBSTFgSTDu/iR3F6Ml+nlPji&#10;+TvPOagdtji26FvHfuDrSmfGdOPqHSOjcrFYbQRO2VjTyT7aBJkFSLciJVPZ4yMB7qrU5o0/rf4e&#10;RJyFc16fOumOK8eeeMjeu7k5raMsV4dB1X3IHx76YNm67cJN3BMZX4zvceZD76/fXosBdqXr2bis&#10;C7gzM2qFh6fhcxzz1Tdq0wqZStl/E4yvBiPvmLOlskZQdCHmNfOEbsVZKPKltqpi69L3Hhp7gBY7&#10;inJI4/9DNO5zVw1uyZcGxRBEERRct3LLulUrln05+7Xnn3jg7jtuvG78HzwuG3/jHXfdff8jj73w&#10;5ocLli7/YdXaTduqXYEGFFKo4YYYD+OQLuR96S6fMvaAjuW2XZT/A/BfzEelHA8ppFux8NnLDkJb&#10;RqGatVBAF4YOrGnnYWf/9ekPlm4SkAS4NZ4Jgod0IWUXXDvY28fpf5ExG72xEVesHb+Peff/Ljip&#10;4ux+8O+mbtTLgzyEEHMvCqaS/gdovE3nGVfeUha0wLskRcUtrtsMOZrCC7VWars/KrzL0mAD5Q65&#10;rm0hci0Ot3EcIsOBW7LCjNaYS0oalDVs2Ki8cZNmzVq0bNm6Tdt27Xfr2HGPrl337Nlz7759Bxw4&#10;5PAjjk97Pm/U+66vtqrKb6ceGRjF9+Gs37wqE9dSbu6xi1YgB1II9fQsY60HHjPu9kemzf2hCnee&#10;1bqKKC0B5AToLGCc5idsxWoqN61ZvuiLT2a98+pLT0+aeP2fLj73lF8OG9CjQxMtKFDkowPi37hs&#10;ilLhUwfWxA3pQjW9cHx/lLgDOL9kna65hTw7zd//Lr3wJaRI0GzbuRwvvCl85DRdsBYOxeoWY81p&#10;tv/6N7ZD24vnCXB/Nc6qjblzit5vUSTove18eCUmfE1S12EnM0fvqahZASGT86MVw/04IaApbXX1&#10;dml26ZLuxo5B1uU3UTS7YZ3j/wojMHy1hTNDVU++s5T6HoCQpWJG8Y/2dEwsHLbXIppqdCut5VbT&#10;MK+LDFrMO4HpmE127Fx3XswLRgMciJ54C2SNoMaP33ORcbcCRelUkHfvgDcUcXsh7RT4D5jG+Zq0&#10;35G8poQ3bt8NosZfzBXhNcjdCa3ZBBwqajsdOo+pIeaSweCTpYm6E+EbMYLzn03bgRyvlLeZ/SGQ&#10;FwMjsBGclKJdVuKA+3R0tljuyg26Gr8Diqq1ncJOgq/GCP6vpG0iPBilxG2BjDOO4mSrdeiJ3z7y&#10;pmtS2DTyWojknfyyT2LDYNy7ChgP3vwO5MWMjdS9aRrTPtxfFeHRqyNjz0Ic78xmbxg0vSKku7kr&#10;cLz0d6WD/o5RX0sipeQRxpmGGygdILdDejVhvaCNDC1o2pFwqMk8xe1dCJxxMKZerpFRS3LpQINm&#10;XGk4QtlK7BdB5J7JWDmkW8J22YVmLdQRaavIdwF6g5hgKtH0maN0nlHK2to8glB/Mi4EpD+ca8Q4&#10;TlgfUlA6Qx3h7qgNoevFIoUzVci/lEpYHmqBOxYbZzqtXemt7wFqoNSSQyg3ff17oYEWRZFaw66H&#10;X/KhnCdHXkAnEdnU2KalsMTRZlAqSJzomilZCsN+kIXX7VqCms/+Uh6gXS2lzKk/v1IFZiXSOMuO&#10;TKgptELAMF9q3kFgHRGyNLkrUeHHyYc51MSEiNmgzufv0teGw3rbaJBNVyq/PfDyoh202O8b964H&#10;VK2eVpRUOWqcPpxRtF9q7McA0Bs03RFepcL7JBYQ/h1k4WBBwS5HB199RS8NzQVIltAKwzB8u/Ts&#10;sMGFXsFAkdu2fFQ4GkAlQcrLuyo3+KMTLYTWU8qBccrNNModqFQdKpXXUWm+g5q8+zJ3+ePgOAnk&#10;lDRo2Oeka6Z+mdKTSTJV6y1uzQtUSEF1CGDj2xNP7dkQt0W21VH4NukZqBksbzCurIDs8aZxxuG4&#10;XtsGNYWvK/yJUoWdDXFajbhnFTQliXp6Dm/Saf/R109bWonTcKS5gHEizaSc69ZuWb30i5kvTrr6&#10;/GMP6N62HKLDixo9/Rkz+2YI/wzHhu16HjH2tqdnfLliYw0aYtJzfeioDEZpuPjRuLJzbuYcOdiv&#10;jr+1LiyIVMF5hyu+xfB7uCQFccYbDLzwibnbUKcLYk+6Fcs/mHrPhDOPOqAzRR08uf4PzwPOW/zh&#10;4+o/F+GTg1Hz/v7ig6xAJRtrR9FjkjTL6YtFUKUMlGQxuG44rOfcmkB9CUr3y0Na7dxYywnODprn&#10;7TWj5MboCNjywNBZNn4jvU53LLzCZN4iIUdoF7BJyRiDetngu63ydhWB4rd2pDm968FvwnBiFbR5&#10;LMZ1LIH2cka4w4tS8pzXvsNqHpXrSM3AKB4YKD6o9rN2ssllDMTC6bPKi1v327MCvfFdD34lvKhw&#10;3+iSuVzxpCUFTvFuB1z+anX1mi9e/etp2s5bkfOeijUd7dNVHARJYb54vKq0NZscOGSTLmyuvHaX&#10;mUKOh58IOeuFnARSbhbQQjoUHTBmwu0XH0F1XVKyyCzTcpNjMiwXys0hLz6i86776W7mxC7MQW4e&#10;lR+vyGc6hm+WuLtxBmpi9rq6X6kZxpkAzqlihfa/of35pGur92SnuQh2T87OkVm3X0ylDxY5rj82&#10;HceVqH4h1+7CneEQ/ZNHHBPgMsHEZCxcJNls8xgfIzvfq1TS0r9OWD38Fyas68xsc4yj/Kbvoc3/&#10;8fYm5rvHq3nVFNUZrub9Du3IuYjZ6j5pTPokrCDe/p+oHQzJDfc63VJrZGg+szikOJgJlBU6y9+Y&#10;b1EaG2HAWifo85BS/hLNgEaQg0WWidn/EW7EwuiO1pmFN8OoAOHKR75iHBloZ4xlyPXCsnMWAR6A&#10;z/jgL/qrjYipjc8D79Ciwv3Dd8mptzBFrLRDv3MmfUHif3XVnAPsokfysb3AGCfb4JQ/r7Y4vhCH&#10;eW5NxaZvroSud032fkRM27ZeSc+8tw/UHmbX4NtAxlzjmdxIRA85EKysWbvOPfsMGDz0sCOPPPqX&#10;wNFHHnnYkAP69uzavhkZO8KLcEhI35onaA2408irpv0ksW8FvQv4/Obfv98PBB7PQ2shXykWxnQj&#10;jkVw2ttg78RcotjnxexV9w3HG4cFxGfkdaFMvGWcSE/o04nFzayL9pm/uor6jvCfihBIddSbxOEy&#10;yk0hsLNJpC/JMrcl7muJydH6nEe/3KS7qxCj2+Zed2LvlhjX5pIIbYM4ex4eFz/s95D0tPuaZBx4&#10;iNJflBtXIo6VxAanNjpnshvEaHS4xClZDu9ozOWXurK0GN6xXosCHRAheVFp2cF/fm1LVNui+8xq&#10;karG1Hnzz30bFKHNtJx5fL0XqhrIwkk3Ot7YAa/Ny2KPa03oJ3BPh7TwnqOUWXVhuEepiGk4g9ma&#10;rlgUWr9zkAzvgceOyWvsxMYRx2kHhyo3UzhdpSefU7aN3KzIa40jkT28cm1v0A6Fxo51DplKW/oI&#10;U2wsD/G0den1px2EwTg1v6qzHpw3Agxv6lvwigN6XZQC22Mk2UR4oiKsYTRU8/LrgV3+hq0ArjDX&#10;LFfSFhxwo52QQUbNvVLb9OHVcgcMVTSMyucj66hQf7XOLhxqifvoRDKuqoFrP7/AfM2JT7dmLMBQ&#10;cmS3VvqS5yCSyQFAFgoN6kH6p+ljQbwbs5xLVGCuo4B0jmqj95Np2unY9jUZ8dCiS8z3OFbhfmPY&#10;hsdN3/PiiQtm+kM57SVqIlxzufmaEzdnUh1uBU/Fjs3r+ivOQBvlRNQ6sm+EKNa24PeWLggBBqN6&#10;cNiOWq7RJTpdO1yK3bue+PBKeLbeaT5CSm48s7nDHFa2+4g7F9NVILxsJOsIjyn1L/LEoly6tH+F&#10;0y+FWw0DtyvZiI24Sn/JjZMzyHgjIQvTeAOaPCOGSm9OdbZSaPvfA95nIGMjXLHpl6zZgb++/vF3&#10;56/YZBoFHmcKDiRdz9S1lns1rKhRs3Z7dN9730FDRx5z4lkXXHr1jXfc9+jzr86Yu3DFmvVbtlWl&#10;cMKSJDq5muM24WHtme74A/xVL5vz7xvHDmlVBF6ityiu9btlMfxiIluI9U8e5fhSHG99jkxrTW4T&#10;E4Ns1ChF3WanSm1nXfLKxbTPTDwgiCktcgXbh4AEjpbPSEK3xEcUzP9o3GnUogRs2szCkuKfqMD8&#10;Yc748cr4mJk1kCbolyDz/hYPi1HGpeHbybpSU1cUFcXuKZlEr8QoxlEKo3hvyWw8JXEPWKxo7TtT&#10;Sl1mnFEeUPCjqC08NBcO6YemmfLBYW2fqYTeDqVSrVx5emA9LKCToNcMoQvjSvURO5NcOdItsS6G&#10;IGz0frMFtBpFi8pmqWDAaRLqG0A8mvoqRKm7uO62a3IA+gO5yWq8/LCF0LWEaIWapHbx+SVJfT2A&#10;i9qYHx1K1FIQQMP5Owtdk6J4hSU/hPmClDoHS09FCiW2u0CGQuVgF+0+2jgV7njl7Xm0IxiVGE4N&#10;b3zKbOhyQ8RKsfWN0SW5zNCeIeKVnC+kTS5+lA0S13HE0cMb24hwMIQ8UM/gv6dhhJ/Pp/RYiKIR&#10;Txnr77OhC6DnRvjL8CaRPteB4liv37mDqIqNY846PLEVAp2S8rOLumODlztfkN5ITFJoO5PD1cVp&#10;e05kYj/ftmoIzJloN5BYCvXAgz1Ky4fOhGKGBseWoCXv1Uq+iiGHH4PRieLNcEm1VXW7NVzIHbsA&#10;FYIaHnB9SbhfjutQ55nDWp1ixcMrU6IyvOfu2SA2wQM/s4WprBweXyQWQNYwflcqYZnp7OCqavMD&#10;jsFD1xPi1F+5jjhHVQbDJEe4HVf7GwbtIC7NUlXkyVfhbvm9rnSrMUsRuAkNl5sH62+58adYvfQS&#10;VwndQe4iZGS38uXW8ATWAWmZyEZuL46z6VZQ+Lak8ce68FhMcE+C6FhORfVZfPWXl8Vv+ZzAtNg5&#10;iq3K2K5+HeLzQ2yFIadsNanxkZ9pQByW7IvwSHGIQbLNGPnhpHx4ALifQBfw4MMPPzp5yuNPPPXk&#10;lIcf+Oc/7rr9lhuuuey3Z518zNADenZu3aIBlBtXuVmWXnJ+/B1/P70ke92xpzR7CUYo3qTUJs7a&#10;4h43p9w8TJ/Mjeq4JR97egslV6l12IKJnxdsIWlnAp2VCveWB0B0nspuMCO3ZJlD72/lsw7E+dIS&#10;z2g6LyoGZ2RH+0JwfJY1DHN0JgFkFs1VngqWYERpDhnqenzzNiX5GOpI34sW4BAikudpGxbpjaCg&#10;+RgaZrnQs3i8DefwBtGgIr0AYc/Wip205rQq0yptqKttMs5tbs+o6YRLMWgnfern5QhPG/kA9jYD&#10;029hiGx94u3wA1YsQstzXSSaZGgsVKroSwq9Bq04a8YVQBk5JxyhbjTONM43wfIxg1px/FV2t0Ms&#10;n0qJcMvmQG/SmovOhfZxWjtQE6PF7lOo5OtThk/oBHdJVwVXgUCAcL6lpQ68Jril8nHj2OG8nThb&#10;gaPAYZJnB5q481vIwNLxNzfDB997a+olK2ufJtWWvDLOJHMMoYcfGmEMR5pXFJdrOK+g2rev1Ouu&#10;K5Wk1PDwo9jBnZJ2Eq5I2KEUAhsheeoIusY1ZX7wh1d4MfsbexgaGte8Cmec9iv0KTpC0CjWaM9f&#10;xnbzNiUsgY7GGLYOu3C82kTmM0r9cAcFnpC+CkKrID/vcK6O9CoDmmCDbSFjpmc078k2ohP7u2lM&#10;eI0XkX8Oe21Kb67ESB/QM8Zhvb8pqHl1IzL8Ftw08eMXMFE/xZz9PWbllBJmR1bM9Vd7+VgGfZnD&#10;EzrnO4Tk5XBNQ3EszC7a6XQVMzdC1cB1luViLzrL2C3RbX2gosw9js2UUYjREnsd3HWhAsBlv03H&#10;wMeVrOkAdjKO+kFUnva9qsVeh7kZSw6IzL9ICSFq7K7lxJ2x9t/jRGkZFo/Q2lspJoW9I2wYx5U3&#10;kDnyyTTrcL/Xm7k23b4z9gdyjGMek82gzcRZuTVqNAjHmG+b9masQV+OSVl2MoMcrLatUdVVVpX2&#10;QXTK3/B2JgGo4MjMb13E0xT+Q3Dh9t1GPnBcMNTQKxT3hVQGDe8r5dm1z0JsmIRqg08QEMU0oYBR&#10;PIjp2aq3GTsUytp69bqUwcBFt8iUv8d/dmoUd0mWFHIBLYt/o/dSfWAexIJ5vSesGOZ+vxlrydxe&#10;7tiYOP4LSREL5IAVStDEK0bxzXp3RrQTguocSpbbIw9Q/2OEtzrg2KumvPX5jxU47umBZtG1RVBA&#10;l9adADwLai14Lj0+mK8lhKzZsPTzGS8/eNOFJwzbt0szMvsqJQ7sb/krvVCq5EOzP/WD3mZae25I&#10;fVSywZvZwTc2zsw4wdZ2ARsoeWQKp+PoBEbxB6sxMc6gFMGIqh4ibVH/BDgXSi2akKQJUHAUlZSV&#10;l7fcrdNeffc/eMQvRp1y1tjfXT7++lvuvOf+h6c8+eyLr779/vtzPv50wYJFi5auWPnT2s2bK6pq&#10;a1M6rgATMbGYS5Sqra2pqNi2+ac1K5cuXrTg00/nzHjv7Vdfee7JyQ/+666/Trj8d2PPOvWEo0YM&#10;2rdn5/bNyhs2QMUtCpzXmV9vlmRspq5s373N6Vdop9ana7dqPULHL6wPKTXVODMSOwLkohGF6dDQ&#10;UennT1AUr8HRvP20btZ0eKMfl4QSERo8ZQxi/G9yj5q25Xt0cGnLWP9Zfnq1uMaqEWo983eDJQhV&#10;xp2JuJ52KxRZHKyYXLUMKriSsw6FKEYFoxamK9kd8s4SGZ7mPjiQL/4XKZPuAMGdGtmUuxmV0E/3&#10;aubevkUxBEpEUbEHbRVoIiNujI2NRvWSveUD2MmAXvJkPwk5acqUvtUOFXA/ji6g/EGpZGXwXR0u&#10;xG5Sr+iA9jwjnprZgTqKf/O1JMPTmcGGwcU2YOvMa4/pWUrRXw1ZuRNO2ztf4ldi0sDNqNJ2Hu61&#10;rH56Tp/0OGAMPCZpln+X5331xqO+Nk4CnDU8+8OUdI2V1LuhPQoVW/wCrU/TPfYZOuqCK+945OVZ&#10;Xy5duXZzZTXq1hCqtnLz6iWzn/vrr3pDG4AmRPorVERL26jlSxz2UeFRYcb6VWLrmGyYbJdmrNxs&#10;bXGUxh++E7Vy2n6lVpVMxh2nGHedgCjmbKBSkGIjcBtCGxBioLHH7ZlDQKmBzL0Th30KxwzoRMnJ&#10;R43Yr1urUjT1EaIkwUoVCG31MwteC1HcVSlo5yCSQ2slHeiNLFPYEIZBbaV2JDEbcdSGJGMEiouR&#10;tvJEFzV9c21tZcXmTet++vGHZUsXffPl/M8++Wj2zPfeefP1l1+c+sxjkx984J5//O32G2+cMOGy&#10;yy4ad94ZZ5x00jG/OGz4sCFDBg8+cP8B+/bbZ59ePXt069a58+4dd9tt4DbpDapgm9U22sY03uYP&#10;VdigaTXjrCPffcexuaMoZr7ikVO+zx/fg17ebKUqI6ntmEGYw+ZmFGN3Par+Zteo7rPGEeJ59+/G&#10;5XMfzb3Xh6dwvtNVJKVxo4B8gq+e8RbUCNEC9U8Vs2T08nKSYkqJsrIGQEOinGjcBGlK+BsJ7zCy&#10;zlEXpWIWExqGiNX2G2M/IG66KA8uw36k1KYV/RFlGghCPoDmLtSaAi3ip/Jnwl/6RiPpfJXDNfUk&#10;LAAA80IWvkpSxlYKNESz6NJjxTM/2MK+sKoMkTh1QiKyvou6t/CtxV5Djj/vitufenXmvG9/qlJa&#10;xJPHQUpJUgeyy0Ore+nwrVLUrwyh4lesz4N0KcoqMX8Wef0dYb1CRdotnrLsMjZ2vRbHSbVnI8nc&#10;lAMNkrPaniLhzxujPZshihoUOcUlOLmuT0F8misxXnOcZr9DVnG2FK7krzP2iG4/Z2A4QaLQcW2z&#10;jxSJTayTuFqeN+558lVTo3ZKfIXQAsJDgyoAr/Ib7c7BJoJtU8WQJ/SwaOXJ8MHXLfJDw12tA4pL&#10;BIzdpLxIHxZ1XeZgKH4EQW3EYXprmJKFrAgqovTJEsj09gRXiE3xP5QlLDOpymmAJV/uiYq+H/sB&#10;/t63unGcbmS0cknzWvriVL+HB8BbWfiJUnG6sVm5bpxx+Dyh1rEJIHoXr+asbas+ekLmB9SPj4vM&#10;g5RKMIWxm7fSY9olIDeXYP2s4dfHWRj8aceMdpSISMqd6RsDZb1NdfCSqWEVdZO5F4+OwJl0xzft&#10;5SoZJ8llJy1hHFf2Yme034e9DIk6ljVBveXubWg9ub4gTEUGY7K0u0JjbSOS66HYZpvj1Viq6ilw&#10;JvJupCbDYXUvwHz7TfCxzuw8wwWqVTF2VbDFtfuX0lpzO87C524NL8TWWcbhw4Xg7mTGbgEnVqd3&#10;48IanJmOVfbgZt1fLPyrFg6NOSNv8cuSDGTyCs/WdcHhQlvc85lqC7cXCR5opWw3y8yttr7IFyGg&#10;mkh+z8z0dNM0ERqLCvQMs28lOPi86fDhJm1oUpy5y3OlLVkmwGsym+erF9z195YhULr1lBcwBYJ4&#10;e8x0txbaJt8Nv4FCXFfbrFymV4JNBE6sYC9vOf0Gfl+RvGVFz/qae4Tkq6dEnxkhg/WvCBT5T40z&#10;xKlr9Ws0S3+dveGeK407fxrItNEd1lS+DNmzF2P+ukp4xJHGmQYqdZ9g3HVgkEzQPC0YP4T7pU1w&#10;6ComU/QwjY1TcaB2+IySSua1rjHCB74FWQsBPU+n7YpbjeL7mJjeswWEuU7yDMB/VjJx26KCAdWc&#10;pYqMCm/CaDxZlKmlKVH1n+PS3mQu1BL1yEOAcGNq2RV2nEFRziyw3AOdwyTVp4ycUu/Bq9zYHZ5j&#10;6UAMgNZbJBlIitAMMlCkycwbz7ZBmD5WHG9TKpgIiYWjHqysjWy7mQ2IYIWWhXYG2DmTx/hFsRgi&#10;WbrDswcXF70VYMGDiNtfjvt6Nh+pXDQ/W1TroQ4PNHKd8kaKt6+YO+0fvzu6b9f2zRoVM9SfLzoR&#10;X/Jrc/NOYU+ILlEVTA9/BflTyRuSX815CPKA2p5XtkkA5Oo4wzfU8+Nl8Jgku6cRODtz2ooqqPhw&#10;9pAUVSiyk6jNYlhyRzAfIy03KPBuWBqpB92htjXzE+R9CHt5WF0xOYEGpFhpeYvGOcjLOwoabeS8&#10;tLx5m47d9tl/yJGjf3vlLfc98Z+Zc+Yv+WFjpfRnae5P0F6uK0Wduu7RsUP7Nq1atWjWpLxhgxK0&#10;m+QUxRk0Yuz/A4h2TK19wyp/AAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBnnXX83wAAAAkBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFbu4mSmqbZlFLUUxFsBeltm50modnZkN0m&#10;6b93POnx8T7efJOvJ9uKAXvfOFIQzyMQSKUzDVUKvg5vsxSED5qMbh2hght6WBf3d7nOjBvpE4d9&#10;qASPkM+0gjqELpPSlzVa7eeuQ+Lu7HqrA8e+kqbXI4/bVj5F0UJa3RBfqHWH2xrLy/5qFbyPetw8&#10;x6/D7nLe3o6H5ON7F6NSjw/TZgUi4BT+YPjVZ3Uo2OnkrmS8aBUkyyRhVMHsBQT3yzjlfGIwTRYg&#10;i1z+/6D4AQAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//&#10;PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9S&#10;Zr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5X&#10;dwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIV0j7vP&#10;AwAA7QkAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAGmN&#10;EJloPwAAaD8AABQAAAAAAAAAAAAAAAAANQYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAG&#10;AAgAAAAhAGeddfzfAAAACQEAAA8AAAAAAAAAAAAAAAAAz0UAAGRycy9kb3ducmV2LnhtbFBLAQIt&#10;ABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAANtGAABkcnMvX3JlbHMvZTJvRG9j&#10;LnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAM5HAAAAAA==&#10;">
+              <v:group w14:anchorId="4462FB57" id="Gruppieren 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:297.75pt;margin-top:-.35pt;width:161.5pt;height:93.15pt;z-index:251657216" coordsize="20510,11829" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCBFCGpuwIAAH4GAAAOAAAAZHJzL2Uyb0RvYy54bWyclV1v2jAUhu8n7T9Y&#10;vm/zARSIClXXrmhStaG1+wHGcRKL+EO2IeHf79gJMEontl40tWP75D3PeY+5vWtFjbbMWK7kDCfX&#10;MUZMUpVzWc7wr9enqwlG1hGZk1pJNsM7ZvHd/POn20ZnLFWVqnNmEASRNmv0DFfO6SyKLK2YIPZa&#10;aSZhsVBGEAdTU0a5IQ1EF3WUxvFN1CiTa6MosxbePnaLeB7iFwWj7kdRWOZQPcOgzYWnCc+Vf0bz&#10;W5KVhuiK014G+YAKQbiEjx5CPRJH0Mbws1CCU6OsKtw1VSJSRcEpCzlANkn8JpuFURsdcimzptQH&#10;TID2DacPh6XftwujX/TSAIlGl8AizHwubWGE/w8qURuQ7Q7IWOsQhZdpPEriEZClsJYkk3Q6Tjuo&#10;tALyZ+do9fXCyWj/4ehEjuY0g7+eAYzOGFz2CpxyG8NwH0T8UwxBzHqjr6Bcmji+4jV3u2A9KIwX&#10;JbdLTpemmwDOpUE8BzAYSSLA8QtDCr5GgYrf77d0B4hP6FnRtUVSPVREluzearAskPQMo9PtYXry&#10;tVXN9ROva18kP+7zAnu/scc7aDrrPSq6EUy6rpcMqyFFJW3FtcXIZEysGORivuUJVBj62EFC2nDp&#10;uhpbZ5ijlf9+ATp+gnavm2SHhSD6qNNnZMFs79grHQ0m4ylG4KNhHCdJ35t7oyXDcTIcwbo32niS&#10;Tm4C0YNbAKaxbsGUQH4AokEMlIhkZPtse1n7LT3bTkmQCMK8/+ESsnuMMDsD+V999lIRzUCCD3s0&#10;xmBvjFdIrWB1jqYeZr/JdyJy7RcFvRVM4N//hRh03YWGHA6mwzSA/CgnkknlLebLepTiR65dtb3u&#10;lcp3ILuBa3SGJdzz4B1XP6hw5/oSWH2/cRAnlMEf7k70MQF5GIVLDkYnt+if87Dr+LMx/w0AAP//&#10;AwBQSwMECgAAAAAAAAAhAGmNEJloPwAAaD8AABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcN&#10;ChoKAAAADUlIRFIAAAFiAAAAvAgDAAABAsZkNQAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEF&#10;AAADAFBMVEUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACzMPSIAAAA/3RSTlMAAQIDBAUGBwgJ&#10;CgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFC&#10;Q0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7&#10;fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0&#10;tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt&#10;7u/w8fLz9PX29/j5+vv8/f7rCNk1AAAACXBIWXMAACHVAAAh1QEEnLSdAAA65klEQVR4Xt2dB6AV&#10;xfXwZ/YVHjx6F5QqAgooqIAiRbFEo2IBjS0a/USiJhpjEgW7xhY1GE1UbGBHjSViV0QQURFFRAWU&#10;oghIR3iPV+7OzHfOmdnd2b27t7x3IeT/g3d37t7d2dmpZ2bOnGEx8GM3SiXlkiMdbs4k8IowDgvu&#10;KuOKcI05+mxhcOUk1R8PEeKea656RepjRlbT5yr8mJcQHAtVhJ8uucPEPYv7Fx7nBwrorATbmzyy&#10;6KuYY5wW58U9ShM8cKA5pswxDek9G4//ZKyMnI8w1lQKqZSQEDxgrWxMP3heX6YPeNMN2pmNjoz9&#10;Dg7o3WGfSvIc0Em0Xvt0hheWIOmKQhGKbrGXdodQ+H4/wV98sm6H24wTrhXwGMW4Cp7msZbOHQq+&#10;6N9OgYAoJhaDM3oxPkifqwlls1GsFg9bpEvvF6LW1ZceTp8YptfYvXBMTkiktpiiSrKHGWuCJ8gv&#10;G4mMhF/AIyujFKGbQhNhL3qiY+epKRfW4EFnFwhlFTmIMpMYb5fTATmNtTKudDhmnj1jc5wOq/li&#10;UOvUezfsb8Xu37Yk5NXmr0Kekal/tjffk4imFHI4RF8MMZf+G/6wTNyuvwakX0tn9OnIj+nXBuc4&#10;62xcmrhrfTjEmXFmgd7Puhbu+4dxBniRsBX+wK3TNfYB+soGVtbGy2IjkTWAP9sTcNN9kI78bikg&#10;zcV6rFZYqajgpiAGHi/HD6jxKk+nr8TJ5qj9vftM7QZcDAG/iLEOt22UArwG8Az8/8CE7lL6BOAl&#10;HcEq4fdSc8ZQojMY/P7jCHIBAu6230Fjn+FQL3goBWWhWLFK892HQlNjvR3jUPcAWOdEMRejCz/w&#10;mOrN1GVMHSNr6dVCCMkcyU5dYa6Fq+Fixlqab1G8tJpBFRFeiYWefApBlYeugrx6CZqyf71nnDHQ&#10;tSn/hWQ7L/zWa3vMhCYNTh+vv1Ha48Xz0AGQVwbOPgDPpO1LU/YCHg7BcAYP1Py8asljZ31lvoBP&#10;Xb+Jz50hjsSqNCWvbB1uYosadJ6wRabwMVDD3GnO5sp/VEP4xNq0uPuvJ077atnabUJKNwW4QlR9&#10;fOMRUB3Cqynl/gtfrpdSJXgiG5EXjqOYsS66QOlPrF3Lst2Xg7+YfTYal/aZ7rq39d36Syw5+YtX&#10;vWKc3h1w4NJucsI8capxZGGlF1SAm1wE8aGwdonFD7DDzljuShR3UlAYNix4/5135n0PaZiCBsd9&#10;AZPWylveXeVYdn0vNEKJmEIQxxrZTzt21wfGTq9xHx8JUhLvcvYGfJz/yAaqtXFlZ5M5Inb7Xm2O&#10;FEMgbiFiiD7mBKcYRXlNDMWyaoA8bVwaHWh6Ct/ELqBvYTDGhB00xp5nIx/ULsW6aQfiP6QUfdVp&#10;2wnO8mIroW3Q62rGm8yFZMDv/I+slDxxocZPXYGuMHgD/GHxXadDLhW8aDp0pYEvUiL0YvuPMY4A&#10;fbnAoxf2M+hUDPij/6oaSO/DKF4H0VcLuBivJ39HQ+zDjeEEsKFIAKBWizxAMZP7Aiiw9Ad55Rm4&#10;JS1UNnfR53ysMMnF1lM71x3+PkKH5jb8II+/vImvq8KoMJcns8QcPRTlFZI9/fbJ4J6uWG8IpGqH&#10;3xbRudwRL+ILYhxNT5dWV6rRveFnLa3uljXQYY7Qh68p/nT/KcDRntkFNYhnFKUS+RP8uawtXQ/x&#10;rzOsD8YDOT6lzyCi20MjQRIQ3BkDejOFsf0gCrxwxLxuPygkUEdror9PMMcoFfCnr/1Ei0qRG2/F&#10;D+y1BT+oUBrHBMTQchnExYfmS8yF3onkwpGO0/v6hVD9owwgxdrpF/ZrGK6m8qcSy4f8so+uhTw4&#10;a7H/DP0gwFTGeaDUfOPKwlfwiL8ad3aoD01tZaPD/jh59uJVm6qlEm4KBBkhxIanz93nS/itDPzU&#10;Iq2MVP0JPJWciDbqb/CxjVVBfIEjTlyOIO0SlAAEUHukP9uqnuCkyiIZhQMdWYAGwfT6i4fRwWXV&#10;3fzqNh4SErMB4fTe3Bx/ifnFOxeHONI4MqJYk0jpxmhWPFHoYhMyv46H1+0C2psnQKmh/kYC/vXZ&#10;CLwwt8AJ6B48q7+kkSmSLCCXmxoSMPdAph+Z6EGO/obfy4vXbZh8ad1EooHpFAHtX6yi6gBkUCmW&#10;zn3nnfcXbgWnCz3ntYdG2iYTyT/SM6IlkIMv8lP2yv/zr0vCkWoPOHTQ35CPzZHeJPTSRyuVoTsY&#10;QlF/FnjIHJ1ZSl3cpwn05QZCh123twZPdMgBexSrtzkGfjWizzb0CaHPp863mGGOQDNz1Jhg5h5a&#10;H1OZ6S8WGxQOKRof8/KXUnUS+gq3+TlOKL8yJImRYuAd+NN+Fw9YAXGv2xs4ypeCKpAfBDmOOtmA&#10;oz2UbB86atK7qtrTr9m3dAzjQAfGTwkf84ovhrokx5gjW3YKfGBvU192jB4SioI/hmOyC7vYuLwH&#10;aLxw4Riv/gn+OLpj4UfBx0uM/R5i6Cn83lSLwuzXLx+rh2c8THyL4s3YApDH+9IZ2Xvscyuw6wgN&#10;pY5mhIbWvaguw7AfKlEQS88PxmOF8p8ei1F6zEqY/keYkMDVSSipo5X8vSIUZO3xkB50YFfiI/TE&#10;SlJkmPNSWr54NYmf3YBP6BOuPg16TNjnxR/hq+54xRD3wFsZFyhv2PdgDwKvngafIAumvBvNhEM6&#10;J5mjhRcdDa4jh81A1lupM3Vo42YAbMz7LoGk1C7vTGl6VyNF8SrhH4QYyFj7Gu/C1x14Uuw9piWF&#10;9AAX4L1dLGbIRl+HlIN0eRYloDkRgDELuVetYgsgqvCGceaXZJpD/aFdLsOhUyroZ+GHDXaaHhJi&#10;JXh5OZ3AmihXOPv5LeMMgkzjH53Zs1fj700rMQyzyx6F8pbSQ8CZkVAyrwPBgeIX743EhWkvoIaI&#10;jmTnQsPx2I7j7IufPzxEmUlS8jNfj4M2rxve283vMShZS4NHi6l+AyKPzYLUgRKUeNFAqb5UqWqP&#10;VQPzwAxAqAxhr6IeU+v6c5O6RQWxgWrpyL2cnw0VNbrovCmYTfWBSO5SU5p905k1oTzNn8dPj0fN&#10;EdAP1JF2j1URJQ/KeXdIVs0WRlKHYj1FhVj/YL2PHjnpSp9poBAJ17oCPAbJDTKtdafHsjJ8bl9y&#10;p3Us7WrW4kX4m2MyKsEjc4YkAZSUOpDhNJEHJ8pbeJ25dgt+RANMAToR/vwfQlccHj9ggVg+AyJ+&#10;gPi39it707GYU2lYKoFn5MY1Un3x0j8uPaKr/MGcDJDMOfXFVdG5iDrD2dmfgUBmwpYjIGW4qY/u&#10;ParYTrQdDfQX8NHuyt1NUcgfyPOlpy6r9d9XrolMzBUMvh4aqvTpzzoTvLHzFxLwxMEFjXuvWW19&#10;xGm/R8771eH7diyxGvqiomxKNNSxRbALmBLwT8eyK5sZf6rhxNPaWU/M8Hp90VMlcyzPvGLVeja0&#10;6/pneB3TYNUZRynoDxcAQUoBIVUCkH6NCxGjpKK+k9DKQHVE1etuiwqMUK60HpNHKPFOpSi/HhVT&#10;chvOi0Mq3QOvP43UYPiMKms013MAhqtN+Llr+jJ5U6HykUgzk8KwQqMcQYQi8339rZt6ji2uQ5B5&#10;YcqbhlOOjemgqJBiVWoNHXBQeHXeQXYz93/y5EV8+9NicuevwwETv8TPNXgyz4xR0AgGUlh+ZZyO&#10;lCRZ1UfXcRTYvIatUlkjmHOHlbQb8IszJ/zj8WkzPl7wDTB3xuv/fuDa847fr2Wx7gwF6CCQM0rk&#10;rL6SBkqyDaUb7nGxSdJuzhpNWF+Lg1DClbJ26Q2Dm4KAbhfvbDisrMcd26Qucttj7xQtjEND81bj&#10;6fr1GfNFBxe7k2LDweZ7ISjbjgpQq84xXxn7zBxDtES1F85LOw04+pTfjPt/p/zlyBbegJWCfk8c&#10;qK0iwwOV9UeIm9IyVpD+12+7tRUpFSLRVjm4bEB6JF8NYb3IuAtIQqm9Kpz+HlOgqxgiKHEinMm3&#10;KmXpIRSOSJfMKoSRQuYRPR3IhE3sNlGo7GM39WYwFI2J10Ju7kRfY6qrTstqzgslyW+F6Bx0JqX/&#10;+o76GQKtpxELg8PKH99EGjt/bqinlNkhgUCj26OJ+kuUhdE6hPszgOf7OZkUD5FbJWV8Dr0wt/Kb&#10;1685sUfaAHn5fqfd9sa327GSs9VjnEM/BrHcXXB10/T6jnwXoUpdfQAf8R0kJy1/BxlLHes5vjYO&#10;ABMlY81n45UFx1LkSIdauEj2VMsYj+poaJzopN35UCEYMc/3RR1iHKwtBjihcMfhVes8wz2z4S8s&#10;lSEgaf/BOCNE303iVCyT2+CjyItL1QPOkNog5vJae9gpCe4UFWPye0MIkJHwfhzTk3MFVerV2F7K&#10;R3HgKqiX6M34JfAhcRw/jlCISaQhYWMZ3qquRScUvJACHz05R6pjYi/AGSJcCPR2X7zxA/MjuH97&#10;nvkSIRRiyg66BPSGIOtXH6xaSqNvgEgZP5eahAoURD0ehw68kCfaRQ35vtg4gCLmaFkyHXtyJRAy&#10;wbOiM1kD/K4lyRHeyP6C3Mud5kC/79eyRoj7raGHCIK9LzE7EFBU3TRdMQ3qVRgOJR2EbRTCJ0kH&#10;FV8homshZX/jypUclDUQeizAJa4lgfdaM9SciRCsM6DYBDnorG9Jec/FxT/w9QV84NTH8RTwkAM1&#10;iSAtlZrKrWtXLJo/543Jt13266MHdrfEI8exR1DU3sZh6IWZ17h9sKj73K76D2KDAhVwG8vjqRC0&#10;5tovgUMBGNJnJOukcFjGe0Z4Qj83bvSiT0NFMqp8yYxu+Df6AFF1M2tu3IkoyDtKmclYNYelTocD&#10;1FCql34EvRwO0uZNKEL95TDmu0Z9TeIBvkaJFhR+SshMc8yRsTFwhVSoi4SMVUVbNusuosIqyMRJ&#10;n8Ryk4lgURbAKbiRfOGWOd3A6/PJTWfSuqEewcSDeIRV4Hudy57CvCLcZbWP0z32OHIdh+YiyiHr&#10;RIrC5nP3BdAqQUhRBT14O1SIzQSEy5UVqGvRBoXmiWqDF1R94FiY/oECbKM2u3frOfDoX53zuyuu&#10;nXjflKlTX5g27c3p7836OGDWrOnT33xz2rQXnph839+vv+KS63519ODeXTu0bOx4EjB0Vv30GvQT&#10;zny1pRejLFGUohkRK6p8gqZ77m+hL42X9GZHUpujVBvT05L5FDczwx5gzmcC/TelM8W3kXIRBVwt&#10;xc8kIFtJHIa5CDVYUX3Dymk56YrVHbUIAhzti6BQAlHV4Nnvq5XApQuuFDVbvv3o8d9jdxh/bcju&#10;HNxUkVYne4WNH1ImFS4kQgb/LS55CoZrKf0QnUWtXqDl1wMBIGEhWsaW7ADFAunDmqT8ZSMlOzZv&#10;XEbtvklsgn4NYX7wMaeT4bLp00s2CT/jWVp2plefTCVvG1zisM+DTgGdpgCcOGrUqGOAkSNHDh06&#10;bNigQYMG9u/fH5q4vCgyR8A8w67+HK/B+SpbiCEl4BIaAsZ8OzPomYqgAT6EYb0ZJklvOBnPi836&#10;ERTeyrWQ/9hS/ZPAhWYSh9V6j/njpLc+X1lF4rmsXDbrmYlXnHHEwB6tSx3MzYqZTtRJuOxTO5HQ&#10;y9ojoj+cy/3Hh9viTHAvD/yEhZu+8BuoOL0N2QL9QyXoYaGeXxitaQNUn/otu4H1xiLXBjXpPFxb&#10;h7MFeAS13xPg5Nawf+4BhmtN8ul1RG9zVgoSKfaJqUPp6gGsdGkpgPuitOJz8V0XgUQSGmFV4RlY&#10;mknHuf2A/OZ8vMCYrqROQ1wIqIcqkIh6QoSgicBgwrNvZ93CN+CIRSYyeh+D7KWPdrxg6P0ORnVm&#10;H/2MhUFeQXVStH+WUS5/Jt8AM9ZO6YERV5mwQ8mxZN/wVFgMt+KIhkYHfu/QvA4hoA/59gN/Om7P&#10;cvzJEtnfVLgyN3+EpEL8tJIn0PcANwfV+weDKMX6rURF2iEPjp22Bodc9dzXFdB7l64rRHWW2MjE&#10;MmiBwQtUqrHIUORsKuE2HF8XLvSJCjnGZuGUdBh8/qSPVlRjGHUoySHk1u/nTb1uzMHdm4eWl/+3&#10;4F2egF40xV7uQNTJVS9f3I0qgp3JfBz4QSBWK58/qnMTErsSACmncfueYx5dBNHu+r0rTAdRu/Dg&#10;xDWPheNiGqwSqUvrHk3wevs+UIWLLinorvQXbxeeRvgMeUIhc+X9tZS1hLsjJgv2AL9F4foBltTa&#10;6RsMtsg4vFsHwFNvWp2bwu+UtT7ghHHX3z/1nc8XLfl+zYafK2uFxByKi6OxekrVClSZrq1Y8sa9&#10;F48+qKc3Asw/03WKWLKfOcPYOzhG83nhiuRys/aqqM+oc1Hp5tzzjj+oR3NLqYoXZ9e64Qv1EYIr&#10;ZSqF1g4Q8ZS5sTcEOh/hKxNuzouLM2FCE4wdTXfYgYtp5tPVUyH8Y1mQMHdQ6hbjrA8NdVhUMD1w&#10;qWkJ+VjMTfeT+1plT3jUjb9n0dvOFZeGfqQl3extafTwqUptpudsiY7f5cvqXGWCLOhO6Y/KMq3C&#10;Q14vQ01gDPPw+gU5VajCINEf7q82IkLybiP4Mo66SUPVSn2qLmwoVIC5wpos0gt5PCQAy3/CB3df&#10;YGxpHiv+I3xQsOrmKUxwroKBV0J5w+7IJSaPjEY5Wzvz5uL6FoIA6v49HS3D4fE/XAKKpHpEck/O&#10;tCxQoUNILSZtgPK50Cs8bB4Hj12Xf6cNCBflekIhoIUSNo4KmaExwYTczlXyCtNksnYl8+A2DEzr&#10;9IhTNI7psVCXGnzw6jo83E2LkXpAmmCr04vx9+FT+pXuwtDigG5+PKNmGlchIFlSPKC/2ISjvVYv&#10;NMR5sczDMTE0KFw1geilPjEJrX5lHIQZrVWP4Uf85F8ihSx1AIYkdvDYHgsE9DdSSMg0YR9DYbU2&#10;tdpdJAdouoRPFlEwqd06Oe7yRM5WvzCuwjCcQpxe8DDiw1FDwZyhX/A/+JkbPGsmRi1Ap9FeQ0/+&#10;3a0PPvv2h/NQbfOLD995+fE7Lz1leLcy5oRnHz68ED72jJpMIUR4ivtlnC9pQeGOZJiMpJdTfP7g&#10;Gz/aiPqbutsu3ZQeBpIVKxd9Nuftd9555905Xyxap08K7FrA0d3++Z/amFmFQRjsND6LFJgg//TN&#10;KWfyxhtwAMWIVJzt/V6FpBX1KSk3vDSmS3kxzp7oX3OA86Imv/wKbqcv8XEWSU66SAdAPYKfGSh6&#10;ngZtZGpTc8aenXL1MThzUc9Rm5I5ENeeVBOf1SLp2eAL+BBkg4o02RO5ndJaPFLIMbE/gp9CvIJL&#10;xonDzDEMBAtLRZteQ0edOW7cmceKTkV8+fX4y+VpmdODL8HgikIq8jJ2kFAybP8smBHScL77xOWQ&#10;2b++4dRBXVuTSFDWtvfhiz6sEYLmhbmK1xF7H4LrTi1g1CJ3S0lmF224kdMc1mfVp4f7w0sDtPJF&#10;AK3XI5RnOswClVnEpAIHlxULfz2/jWB7xS2JjBbIILtH1RIhvFAsstW8deDa0JLRgISCFD19l9/5&#10;axjNyJuUSl97WH/uTEqy+Not7TQPJunUgcahKcyIUTqRAAdff4p/lbSoD/pWoW5WP2UsLBSa0JKI&#10;vXBUTZpToy0NQ4vHbB1+nlLuFOOGEFt5tv8OiuBwDEN4F18w21/fF2Nb4drty0omGzeRkmtJd4To&#10;F2TkgvY6w1jVrlSz6DhOB5mnzdI62A44WiPcgox6IzzIByj/DpNpBsbrxQnLa1MghHzXmZu5HKkG&#10;0NHv0STEUlpqB9epJ43DdDFOl2RFg+CsYYczZm4DqQXH1anNJrwTYtG1fRrHLBzmzSbRpKG74rhw&#10;jmDVKrCicaBCy7wJNWnaiwRmYHyJk5PRISQlqDtVK2XK/enDh8YenGY0hu0x8pInP97guvQefuHh&#10;7a6Cd0ltee1wfNswNMXbPFTV0xLIaOtmyFCiZngZ+ThL9NwfXzFR5ohQ68XH+ZmEOtIxjQjZakXu&#10;uYI9JkxDoWV7YL7l20GPMzYtZ81CTys2Q7zoH3+rfKulxHXwyITBtDS/JCq8axO7XkDtgdt8oti3&#10;2plR8Z+CkFZ7qqt9A7cRogNWUt2AKwzQShBTN9EpO8QCJLrSGBkpCWXWQdVmWDwHLVX3tC7PAoF2&#10;GuPwJpsM89VFeOItCqM3LqvzGArSr2DxSCjDsXhe6A49H/jIZpxSF1We+jbnBz3zGFwW+Cm2zMAv&#10;0GtOsHp6STjEXuqQFxuNPxjidQpbUIqKnELMnWIsbVyZsEHvj6o/6AbWPIZOmYJaUKVkL7gsGE0Z&#10;SapS+AQxTlt0SsOffCJq/NRBPy4wHkGusJYn3PKrrvuN+fMD7yxZA9UxgjUwVcIUpDB2pzzcR73C&#10;re5FJ0p/CNbdTxutjxDkW2SCinfYwis1FdQEjaPyoFuj7X4UIBTXucLaBnVyOmVT4S2lO8cTDa70&#10;MgKuUgg91ELbfjL8m4bodFRg2PVNXIXGOqU6gRQicwEuT6sFDNegUQc5x++IAi2CQZWJOgBxhHQa&#10;te86Uko3wU1kxl6Kxkr6TcDvj00r1xlJH/HnHdZCYMXCNOMo1rtBcCMmln26Wo/n6hnPBX9wv0SN&#10;ZdL0VspMbDP5WU4lz4d7awk0f8H5/vh+ku0vBGCKJxpEsI3RmXrXVZBgD+L2BBI7qnrwHU7iAWM8&#10;jyE5JCh7lwnxbfLyl6KHuro/djFfkLDOos/+5ohQoLhChUx8zjC2O5ZEpctsf0nyaumU0DxgDqzL&#10;MRfRi/E1giztsieZ48u9YexqWmFqeSp+AjU1G6qbmQqpz63Ko402eFVyFrxu7yFk0hCySMLyZ2sg&#10;5hEMizuHzSWzuNq+spQMMoiF2yY035ML6eMIcZg9XZCJICr/gjHdI0ljmTkC1KLqdgBTSGBZhsyh&#10;ljPWY4m3PUjqNpTH3ZQrU1UVm1Yt/erTWc/fM+GCk4b37RBMNvEie12TL3N6uND0pVl593M7wKnJ&#10;NXOiUawCiqNAEOCZjP0Lg7yazDXuy+RWajS0j06exY6I5COMEhWdMxwbbspEsnKwtbgePG6k9Oz1&#10;eeoTtidEDWYNKfW6Jppgz7PUafwuDOG1mWGvTBTP9FYSJ8+OB1udTIbQgW/6Cwg/KJ5MAY9SpJsD&#10;7ROe/5x+zRMZstRJngHhWWehi0c1l78nRy6TRy5coqhLCBSr8zHOJXResDVFKMR2bsuZriYaCOzC&#10;EyGv7jz4TT/OF+iD+rM+RgmyC9RtNwZL0CQZ+sSqdI3SGpT0hDyEeQs7xH4cayMqBvdyBwsaqeSa&#10;yL0qdJePlZkgdC51aO9DW701aA6yPd40VJXQE+jdEnNXRkLaZGSqHDBfNZDA6DVGiONlZekJBiGC&#10;Pm478EKq53C1G1v1OdsHQswl2piD4wx4wMN0VUJKZWGB3fhi5QaEDKpgZwxDjG/m5++vY6MnGMR6&#10;V7IeC1Upa2oyipqlzHImdSqcMrFUN1XMorD6zIiUCEbWCZxechydH/yRwNh5XhaYr5BXMdkdrmlK&#10;CxzmMci9uFoPUGvpUB+yZKYTF2PEDicDrVYVksUmPeQ1dS+F+NeQ//8JVYQndJmFhVpAx0Pz3Tr3&#10;6Dv8hDPHXXrNrRMnPzH1hRemvfnm9FkfmtWEyKxZ099989VpL0x94qGJt153ufjNCYfu16NTu+YN&#10;PG/0AkWDZM3hi7sXnsFFPxwSHE9nrpkgWC4OwDZlL1Bzi6vG6Qe2QTGn/Z8+wUlNKWpTXm1Xb8w8&#10;6sedBkLIIGpJ/sCM4Y7XK/mXxGYLD8dl/ZbjPU1xAfBKxqoU7SMDoDJczmBfKYQ5nwns4PTRziLe&#10;kbIF3XZezIMDCxGlY9jPzN3Ormqq7aSzP6rl3jCSesM4dgxc1EDM6hzQzFvFiFUT1FdpBOIWvCN0&#10;1T9gHAewUHu4sVrgmVDPTVysM7dPGc9Ojq5YwdzRB0I8bt7mFO04BbJCqmr1/HdvHg3BwmYEMo5i&#10;0t/SanP/IuUtD2cH5tvtyA/RMt17Gqg7B1st3ugPq6FMpY05yNRskNOMGs4kqHUfLgqmIN8NywAF&#10;pkhEBM/iyXItrn5jn8TkCofWmep6xoHuxnB/anclR0le496kks2Y1hsx2N4Fg7vj/cKarrgRhkOI&#10;+0A1rtnO1FzjhDzlqv80Ly+nlbGmCiD0zzbmBx9zOgP3CjZ/VXXKG5C3rU2lG9GLsJFM1F2tv7xm&#10;GcaC/kBaNqoLWKGnods4/jIdgKM2GwcULGq1MzCXif30Znepg+BNA5H7OxzU0HE2atSo4/VS3pFD&#10;hw07eNCgQf3rsJZ3gDkC+gmOPer/s9fBy7pzzKMsdZQ2b/Aqfg1UZI8Ixve96jLEeHPMmXXm6HU+&#10;S9A8E44RNNRr1kzcZtS6wxx3IZPeCqTv4E8FM3tWfTx0jme72CdNNSIrfurpjNoct7O93FkE+c+8&#10;zDAcRj5FQahajhh7ywuzF2+sIdnAXff5qw/efOFxw/vtUV6EYd38iZ6qYqw/hDho6cJlNqJ5zTwj&#10;puGZ90x4MaCjoi1Z8fgKxfkU4zrIF0NocjGW2A/feTEOb0OWVWP1SSBsetmq6eRz2go14rWQOaAX&#10;RgAYpuKj0QXZAWJ+EjyZ0hDbgkyim+cByNBOcQ1rDN8HONbKBpqZCDNE66X6OdLPfLnQ2TPzqHBM&#10;Hm90QEoweYW/hjUVBiZDx90fGBLcWTOXHQLl661m1gAfDzXT1iqXQwKzq6Hing0v9rR+AcgUeMST&#10;qH9TfB9lvKczZQo/esYvWcEeYDgfzedYIaZRgADBcI0O/AVWEINA5IQfYgpVoyY0UYmZmhqSMpp1&#10;CS3/iKL3qwO4+pSNgxeY2i0ssC20v0AC0G60IQtAg/MK8QRT03bRlgQ3UqWJw1PaF0xRrkL+R+B6&#10;zBZYU8SGoYWQuWEboZx2K8lEfovovTmhULOGdpcCU1hZzI4G9+E2dTTor6bTd0PGJAK+yyuKGTvO&#10;XL9UBbX5AHgLv7xkM+waDN5C27EPSUORIGb2wLcElzOuEX2skRaoNV+sOdd8CRsBTGf3oB2GkKFs&#10;GjXP2ytjkHPdO87C5Dpbocey59bPNwKTRHAb1/JmKBsjMzMEuU7dKldvibOvFWSfHBSTFgSTDu/i&#10;R3F6Ml+nlPji+TvPOagdtji26FvHfuDrSmfGdOPqHSOjcrFYbQRO2VjTyT7aBJkFSLciJVPZ4yMB&#10;7qrU5o0/rf4eRJyFc16fOumOK8eeeMjeu7k5raMsV4dB1X3IHx76YNm67cJN3BMZX4zvceZD76/f&#10;XosBdqXr2bisC7gzM2qFh6fhcxzz1Tdq0wqZStl/E4yvBiPvmLOlskZQdCHmNfOEbsVZKPKltqpi&#10;69L3Hhp7gBY7inJI4/9DNO5zVw1uyZcGxRBEERRct3LLulUrln05+7Xnn3jg7jtuvG78HzwuG3/j&#10;HXfdff8jj73w5ocLli7/YdXaTduqXYEGFFKo4YYYD+OQLuR96S6fMvaAjuW2XZT/A/BfzEelHA8p&#10;pFux8NnLDkJbRqGatVBAF4YOrGnnYWf/9ekPlm4SkAS4NZ4Jgod0IWUXXDvY28fpf5ExG72xEVes&#10;Hb+Peff/Ljip4ux+8O+mbtTLgzyEEHMvCqaS/gdovE3nGVfeUha0wLskRcUtrtsMOZrCC7VWars/&#10;KrzL0mAD5Q65rm0hci0Ot3EcIsOBW7LCjNaYS0oalDVs2Ki8cZNmzVq0bNm6Tdt27Xfr2HGPrl33&#10;7Nlz7759Bxw45PAjjk97Pm/U+66vtqrKb6ceGRjF9+Gs37wqE9dSbu6xi1YgB1II9fQsY60HHjPu&#10;9kemzf2hCnee1bqKKC0B5AToLGCc5idsxWoqN61ZvuiLT2a98+pLT0+aeP2fLj73lF8OG9CjQxMt&#10;KFDkowPi37hsilLhUwfWxA3pQjW9cHx/lLgDOL9kna65hTw7zd//Lr3wJaRI0GzbuRwvvCl85DRd&#10;sBYOxeoWY81ptv/6N7ZD24vnCXB/Nc6qjblzit5vUSTove18eCUmfE1S12EnM0fvqahZASGT86MV&#10;w/04IaApbXX1dml26ZLuxo5B1uU3UTS7YZ3j/wojMHy1hTNDVU++s5T6HoCQpWJG8Y/2dEwsHLbX&#10;IppqdCut5VbTMK+LDFrMO4HpmE127Fx3XswLRgMciJ54C2SNoMaP33ORcbcCRelUkHfvgDcUcXsh&#10;7RT4D5jG+Zq035G8poQ3bt8NosZfzBXhNcjdCa3ZBBwqajsdOo+pIeaSweCTpYm6E+EbMYLzn03b&#10;gRyvlLeZ/SGQFwMjsBGclKJdVuKA+3R0tljuyg26Gr8Diqq1ncJOgq/GCP6vpG0iPBilxG2BjDOO&#10;4mSrdeiJ3z7ypmtS2DTyWojknfyyT2LDYNy7ChgP3vwO5MWMjdS9aRrTPtxfFeHRqyNjz0Ic78xm&#10;bxg0vSKku7krcLz0d6WD/o5RX0sipeQRxpmGGygdILdDejVhvaCNDC1o2pFwqMk8xe1dCJxxMKZe&#10;rpFRS3LpQINmXGk4QtlK7BdB5J7JWDmkW8J22YVmLdQRaavIdwF6g5hgKtH0maN0nlHK2to8glB/&#10;Mi4EpD+ca8Q4TlgfUlA6Qx3h7qgNoevFIoUzVci/lEpYHmqBOxYbZzqtXemt7wFqoNSSQyg3ff17&#10;oYEWRZFaw66HX/KhnCdHXkAnEdnU2KalsMTRZlAqSJzomilZCsN+kIXX7VqCms/+Uh6gXS2lzKk/&#10;v1IFZiXSOMuOTKgptELAMF9q3kFgHRGyNLkrUeHHyYc51MSEiNmgzufv0teGw3rbaJBNVyq/PfDy&#10;oh202O8b964HVK2eVpRUOWqcPpxRtF9q7McA0Bs03RFepcL7JBYQ/h1k4WBBwS5HB199RS8NzQVI&#10;ltAKwzB8u/TssMGFXsFAkdu2fFQ4GkAlQcrLuyo3+KMTLYTWU8qBccrNNModqFQdKpXXUWm+g5q8&#10;+zJ3+ePgOAnklDRo2Oeka6Z+mdKTSTJV6y1uzQtUSEF1CGDj2xNP7dkQt0W21VH4NukZqBksbzCu&#10;rIDs8aZxxuG4XtsGNYWvK/yJUoWdDXFajbhnFTQliXp6Dm/Saf/R109bWonTcKS5gHEizaSc69Zu&#10;Wb30i5kvTrr6/GMP6N62HKLDixo9/Rkz+2YI/wzHhu16HjH2tqdnfLliYw0aYtJzfeioDEZpuPjR&#10;uLJzbuYcOdivjr+1LiyIVMF5hyu+xfB7uCQFccYbDLzwibnbUKcLYk+6Fcs/mHrPhDOPOqAzRR08&#10;uf4PzwPOW/zh4+o/F+GTg1Hz/v7ig6xAJRtrR9FjkjTL6YtFUKUMlGQxuG44rOfcmkB9CUr3y0Na&#10;7dxYywnODprn7TWj5MboCNjywNBZNn4jvU53LLzCZN4iIUdoF7BJyRiDetngu63ydhWB4rd2pDm9&#10;68FvwnBiFbR5LMZ1LIH2cka4w4tS8pzXvsNqHpXrSM3AKB4YKD6o9rN2ssllDMTC6bPKi1v327MC&#10;vfFdD34lvKhw3+iSuVzxpCUFTvFuB1z+anX1mi9e/etp2s5bkfOeijUd7dNVHARJYb54vKq0NZsc&#10;OGSTLmyuvHaXmUKOh58IOeuFnARSbhbQQjoUHTBmwu0XH0F1XVKyyCzTcpNjMiwXys0hLz6i8677&#10;6W7mxC7MQW4elR+vyGc6hm+WuLtxBmpi9rq6X6kZxpkAzqlihfa/of35pGur92SnuQh2T87OkVm3&#10;X0ylDxY5rj82HceVqH4h1+7CneEQ/ZNHHBPgMsHEZCxcJNls8xgfIzvfq1TS0r9OWD38Fyas68xs&#10;c4yj/Kbvoc3/8fYm5rvHq3nVFNUZrub9Du3IuYjZ6j5pTPokrCDe/p+oHQzJDfc63VJrZGg+szik&#10;OJgJlBU6y9+Yb1EaG2HAWifo85BS/hLNgEaQg0WWidn/EW7EwuiO1pmFN8OoAOHKR75iHBloZ4xl&#10;yPXCsnMWAR6Az/jgL/qrjYipjc8D79Ciwv3Dd8mptzBFrLRDv3MmfUHif3XVnAPsokfysb3AGCfb&#10;4JQ/r7Y4vhCHeW5NxaZvroSud032fkRM27ZeSc+8tw/UHmbX4NtAxlzjmdxIRA85EKysWbvOPfsM&#10;GDz0sCOPPPqXwNFHHnnYkAP69uzavhkZO8KLcEhI35onaA2408irpv0ksW8FvQv4/Obfv98PBB7P&#10;Q2shXykWxnQjjkVw2ttg78RcotjnxexV9w3HG4cFxGfkdaFMvGWcSE/o04nFzayL9pm/uor6jvCf&#10;ihBIddSbxOEyyk0hsLNJpC/JMrcl7muJydH6nEe/3KS7qxCj2+Zed2LvlhjX5pIIbYM4ex4eFz/s&#10;95D0tPuaZBx4iNJflBtXIo6VxAanNjpnshvEaHS4xClZDu9ozOWXurK0GN6xXosCHRAheVFp2cF/&#10;fm1LVNui+8xqkarG1Hnzz30bFKHNtJx5fL0XqhrIwkk3Ot7YAa/Ny2KPa03oJ3BPh7TwnqOUWXVh&#10;uEepiGk4g9marlgUWr9zkAzvgceOyWvsxMYRx2kHhyo3UzhdpSefU7aN3KzIa40jkT28cm1v0A6F&#10;xo51DplKW/oIU2wsD/G0den1px2EwTg1v6qzHpw3Agxv6lvwigN6XZQC22Mk2UR4oiKsYTRU8/Lr&#10;gV3+hq0ArjDXLFfSFhxwo52QQUbNvVLb9OHVcgcMVTSMyucj66hQf7XOLhxqifvoRDKuqoFrP7/A&#10;fM2JT7dmLMBQcmS3VvqS5yCSyQFAFgoN6kH6p+ljQbwbs5xLVGCuo4B0jmqj95Np2unY9jUZ8dCi&#10;S8z3OFbhfmPYhsdN3/PiiQtm+kM57SVqIlxzufmaEzdnUh1uBU/Fjs3r+ivOQBvlRNQ6sm+EKNa2&#10;4PeWLggBBqN6cNiOWq7RJTpdO1yK3bue+PBKeLbeaT5CSm48s7nDHFa2+4g7F9NVILxsJOsIjyn1&#10;L/LEoly6tH+F0y+FWw0DtyvZiI24Sn/JjZMzyHgjIQvTeAOaPCOGSm9OdbZSaPvfA95nIGMjXLHp&#10;l6zZgb++/vF356/YZBoFHmcKDiRdz9S1lns1rKhRs3Z7dN9730FDRx5z4lkXXHr1jXfc9+jzr86Y&#10;u3DFmvVbtlWlcMKSJDq5muM24WHtme74A/xVL5vz7xvHDmlVBF6ityiu9btlMfxiIluI9U8e5fhS&#10;HG99jkxrTW4TE4Ns1ChF3WanSm1nXfLKxbTPTDwgiCktcgXbh4AEjpbPSEK3xEcUzP9o3GnUogRs&#10;2szCkuKfqMD8Yc748cr4mJk1kCbolyDz/hYPi1HGpeHbybpSU1cUFcXuKZlEr8QoxlEKo3hvyWw8&#10;JXEPWKxo7TtTSl1mnFEeUPCjqC08NBcO6YemmfLBYW2fqYTeDqVSrVx5emA9LKCToNcMoQvjSvUR&#10;O5NcOdItsS6GIGz0frMFtBpFi8pmqWDAaRLqG0A8mvoqRKm7uO62a3IA+gO5yWq8/LCF0LWEaIWa&#10;pHbx+SVJfT2Ai9qYHx1K1FIQQMP5Owtdk6J4hSU/hPmClDoHS09FCiW2u0CGQuVgF+0+2jgV7njl&#10;7Xm0IxiVGE4Nb3zKbOhyQ8RKsfWN0SW5zNCeIeKVnC+kTS5+lA0S13HE0cMb24hwMIQ8UM/gv6dh&#10;hJ/Pp/RYiKIRTxnr77OhC6DnRvjL8CaRPteB4liv37mDqIqNY846PLEVAp2S8rOLumODlztfkN5I&#10;TFJoO5PD1cVpe05kYj/ftmoIzJloN5BYCvXAgz1Ky4fOhGKGBseWoCXv1Uq+iiGHH4PRieLNcEm1&#10;VXW7NVzIHbsAFYIaHnB9SbhfjutQ55nDWp1ixcMrU6IyvOfu2SA2wQM/s4WprBweXyQWQNYwflcq&#10;YZnp7OCqavMDjsFD1xPi1F+5jjhHVQbDJEe4HVf7GwbtIC7NUlXkyVfhbvm9rnSrMUsRuAkNl5sH&#10;62+58adYvfQSVwndQe4iZGS38uXW8ATWAWmZyEZuL46z6VZQ+Lak8ce68FhMcE+C6FhORfVZfPWX&#10;l8Vv+ZzAtNg5iq3K2K5+HeLzQ2yFIadsNanxkZ9pQByW7IvwSHGIQbLNGPnhpHx4ALifQBfw4MMP&#10;Pzp5yuNPPPXklIcf+Oc/7rr9lhuuuey3Z518zNADenZu3aIBlBtXuVmWXnJ+/B1/P70ke92xpzR7&#10;CUYo3qTUJs7a4h43p9w8TJ/Mjeq4JR97egslV6l12IKJnxdsIWlnAp2VCveWB0B0nspuMCO3ZJlD&#10;72/lsw7E+dISz2g6LyoGZ2RH+0JwfJY1DHN0JgFkFs1VngqWYERpDhnqenzzNiX5GOpI34sW4BAi&#10;kudpGxbpjaCg+RgaZrnQs3i8DefwBtGgIr0AYc/Wip205rQq0yptqKttMs5tbs+o6YRLMWgnfern&#10;5QhPG/kA9jYD029hiGx94u3wA1YsQstzXSSaZGgsVKroSwq9Bq04a8YVQBk5JxyhbjTONM43wfIx&#10;g1px/FV2t0Msn0qJcMvmQG/SmovOhfZxWjtQE6PF7lOo5OtThk/oBHdJVwVXgUCAcL6lpQ68Jril&#10;8nHj2OG8nThbgaPAYZJnB5q481vIwNLxNzfDB997a+olK2ufJtWWvDLOJHMMoYcfGmEMR5pXFJdr&#10;OK+g2rev1OuuK5Wk1PDwo9jBnZJ2Eq5I2KEUAhsheeoIusY1ZX7wh1d4MfsbexgaGte8Cmec9iv0&#10;KTpC0CjWaM9fxnbzNiUsgY7GGLYOu3C82kTmM0r9cAcFnpC+CkKrID/vcK6O9CoDmmCDbSFjpmc0&#10;78k2ohP7u2lMeI0XkX8Oe21Kb67ESB/QM8Zhvb8pqHl1IzL8Ftw08eMXMFE/xZz9PWbllBJmR1bM&#10;9Vd7+VgGfZnDEzrnO4Tk5XBNQ3EszC7a6XQVMzdC1cB1luViLzrL2C3RbX2gosw9js2UUYjREnsd&#10;3HWhAsBlv03HwMeVrOkAdjKO+kFUnva9qsVeh7kZSw6IzL9ICSFq7K7lxJ2x9t/jRGkZFo/Q2lsp&#10;JoW9I2wYx5U3kDnyyTTrcL/Xm7k23b4z9gdyjGMek82gzcRZuTVqNAjHmG+b9masQV+OSVl2MoMc&#10;rLatUdVVVpX2QXTK3/B2JgGo4MjMb13E0xT+Q3Dh9t1GPnBcMNTQKxT3hVQGDe8r5dm1z0JsmIRq&#10;g08QEMU0oYBRPIjp2aq3GTsUytp69bqUwcBFt8iUv8d/dmoUd0mWFHIBLYt/o/dSfWAexIJ5vSes&#10;GOZ+vxlrydxe7tiYOP4LSREL5IAVStDEK0bxzXp3RrQTguocSpbbIw9Q/2OEtzrg2KumvPX5jxU4&#10;7umBZtG1RVBAl9adADwLai14Lj0+mK8lhKzZsPTzGS8/eNOFJwzbt0szMvsqJQ7sb/krvVCq5EOz&#10;P/WD3mZae25IfVSywZvZwTc2zsw4wdZ2ARsoeWQKp+PoBEbxB6sxMc6gFMGIqh4ibVH/BDgXSi2a&#10;kKQJUHAUlZSVl7fcrdNeffc/eMQvRp1y1tjfXT7++lvuvOf+h6c8+eyLr779/vtzPv50wYJFi5au&#10;WPnT2s2bK6pqa1M6rgATMbGYS5Sqra2pqNi2+ac1K5cuXrTg00/nzHjv7Vdfee7JyQ/+666/Trj8&#10;d2PPOvWEo0YM2rdn5/bNyhs2QMUtCpzXmV9vlmRspq5s373N6Vdop9ana7dqPULHL6wPKTXVODMS&#10;OwLkohGF6dDQUennT1AUr8HRvP20btZ0eKMfl4QSERo8ZQxi/G9yj5q25Xt0cGnLWP9Zfnq1uMaq&#10;EWo983eDJQhVxp2JuJ52KxRZHKyYXLUMKriSsw6FKEYFoxamK9kd8s4SGZ7mPjiQL/4XKZPuAMGd&#10;GtmUuxmV0E/3aubevkUxBEpEUbEHbRVoIiNujI2NRvWSveUD2MmAXvJkPwk5acqUvtUOFXA/ji6g&#10;/EGpZGXwXR0uxG5Sr+iA9jwjnprZgTqKf/O1JMPTmcGGwcU2YOvMa4/pWUrRXw1ZuRNO2ztf4ldi&#10;0sDNqNJ2Hu61rH56Tp/0OGAMPCZpln+X5331xqO+Nk4CnDU8+8OUdI2V1LuhPQoVW/wCrU/TPfYZ&#10;OuqCK+945OVZXy5duXZzZTXq1hCqtnLz6iWzn/vrr3pDG4AmRPorVERL26jlSxz2UeFRYcb6VWLr&#10;mGyYbJdmrNxsbXGUxh++E7Vy2n6lVpVMxh2nGHedgCjmbKBSkGIjcBtCGxBioLHH7ZlDQKmBzL0T&#10;h30KxwzoRMnJR43Yr1urUjT1EaIkwUoVCG31MwteC1HcVSlo5yCSQ2slHeiNLFPYEIZBbaV2JDEb&#10;cdSGJGMEiouRtvJEFzV9c21tZcXmTet++vGHZUsXffPl/M8++Wj2zPfeefP1l1+c+sxjkx984J5/&#10;/O32G2+cMOGyyy4ad94ZZ5x00jG/OGz4sCFDBg8+cP8B+/bbZ59ePXt069a58+4dd9tt4DbpDapg&#10;m9U22sY03uYPVdigaTXjrCPffcexuaMoZr7ikVO+zx/fg17ebKUqI6ntmEGYw+ZmFGN3Par+Zteo&#10;7rPGEeJ59+/G5XMfzb3Xh6dwvtNVJKVxo4B8gq+e8RbUCNEC9U8Vs2T08nKSYkqJsrIGQEOinGjc&#10;BGlK+BsJ7zCyzlEXpWIWExqGiNX2G2M/IG66KA8uw36k1KYV/RFlGghCPoDmLtSaAi3ip/Jnwl/6&#10;RiPpfJXDNfUkLAAA80IWvkpSxlYKNESz6NJjxTM/2MK+sKoMkTh1QiKyvou6t/CtxV5Djj/vituf&#10;enXmvG9/qlJaxJPHQUpJUgeyy0Ore+nwrVLUrwyh4lesz4N0KcoqMX8Wef0dYb1CRdotnrLsMjZ2&#10;vRbHSbVnI8nclAMNkrPaniLhzxujPZshihoUOcUlOLmuT0F8misxXnOcZr9DVnG2FK7krzP2iG4/&#10;Z2A4QaLQcW2zjxSJTayTuFqeN+558lVTo3ZKfIXQAsJDgyoAr/Ib7c7BJoJtU8WQJ/SwaOXJ8MHX&#10;LfJDw12tA4pLBIzdpLxIHxZ1XeZgKH4EQW3EYXprmJKFrAgqovTJEsj09gRXiE3xP5QlLDOpymmA&#10;JV/uiYq+H/sB/t63unGcbmS0cknzWvriVL+HB8BbWfiJUnG6sVm5bpxx+Dyh1rEJIHoXr+asbas+&#10;ekLmB9SPj4vMg5RKMIWxm7fSY9olIDeXYP2s4dfHWRj8aceMdpSISMqd6RsDZb1NdfCSqWEVdZO5&#10;F4+OwJl0xzft5SoZJ8llJy1hHFf2Yme034e9DIk6ljVBveXubWg9ub4gTEUGY7K0u0JjbSOS66HY&#10;Zpvj1Viq6ilwJvJupCbDYXUvwHz7TfCxzuw8wwWqVTF2VbDFtfuX0lpzO87C524NL8TWWcbhw4Xg&#10;7mTGbgEnVqd348IanJmOVfbgZt1fLPyrFg6NOSNv8cuSDGTyCs/WdcHhQlvc85lqC7cXCR5opWw3&#10;y8yttr7IFyGgmkh+z8z0dNM0ERqLCvQMs28lOPi86fDhJm1oUpy5y3OlLVkmwGsym+erF9z195Yh&#10;ULr1lBcwBYJ4e8x0txbaJt8Nv4FCXFfbrFymV4JNBE6sYC9vOf0Gfl+RvGVFz/qae4Tkq6dEnxkh&#10;g/WvCBT5T40zxKlr9Ws0S3+dveGeK407fxrItNEd1lS+DNmzF2P+ukp4xJHGmQYqdZ9g3HVgkEzQ&#10;PC0YP4T7pU1w6ComU/QwjY1TcaB2+IySSua1rjHCB74FWQsBPU+n7YpbjeL7mJjeswWEuU7yDMB/&#10;VjJx26KCAdWcpYqMCm/CaDxZlKmlKVH1n+PS3mQu1BL1yEOAcGNq2RV2nEFRziyw3AOdwyTVp4yc&#10;Uu/Bq9zYHZ5j6UAMgNZbJBlIitAMMlCkycwbz7ZBmD5WHG9TKpgIiYWjHqysjWy7mQ2IYIWWhXYG&#10;2DmTx/hFsRgiWbrDswcXF70VYMGDiNtfjvt6Nh+pXDQ/W1TroQ4PNHKd8kaKt6+YO+0fvzu6b9f2&#10;zRoVM9SfLzoRX/Jrc/NOYU+ILlEVTA9/BflTyRuSX815CPKA2p5XtkkA5Oo4wzfU8+Nl8Jgku6cR&#10;ODtz2ooqqPhw9pAUVSiyk6jNYlhyRzAfIy03KPBuWBqpB92htjXzE+R9CHt5WF0xOYEGpFhpeYvG&#10;OcjLOwoabeS8tLx5m47d9tl/yJGjf3vlLfc98Z+Zc+Yv+WFjpfRnae5P0F6uK0Wduu7RsUP7Nq1a&#10;tWjWpLxhgxK0m+QUxRk0Yuz/A4h2TK19wyp/AAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBnnXX8&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFbu4mSmqbZlFLUUxFsBelt&#10;m50modnZkN0m6b93POnx8T7efJOvJ9uKAXvfOFIQzyMQSKUzDVUKvg5vsxSED5qMbh2hght6WBf3&#10;d7nOjBvpE4d9qASPkM+0gjqELpPSlzVa7eeuQ+Lu7HqrA8e+kqbXI4/bVj5F0UJa3RBfqHWH2xrL&#10;y/5qFbyPetw8x6/D7nLe3o6H5ON7F6NSjw/TZgUi4BT+YPjVZ3Uo2OnkrmS8aBUkyyRhVMHsBQT3&#10;yzjlfGIwTRYgi1z+/6D4AQAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXt&#10;I8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzM&#10;olI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02n&#10;oH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2&#10;CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAIEUIam7AgAAfgYAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAA&#10;AAAAAAAhAGmNEJloPwAAaD8AABQAAAAAAAAAAAAAAAAAIQUAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;UEsBAi0AFAAGAAgAAAAhAGeddfzfAAAACQEAAA8AAAAAAAAAAAAAAAAAu0QAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAMdFAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAALpGAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Grafik 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:2538;top:4001;width:14715;height:7828;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuHbuDwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8FN0YobWpq9ii4K002vsj+5oNZt/G7CZGf70rFHocZuYbZrEabC16an3lWMF0koAg&#10;LpyuuFRw2G/HcxA+IGusHZOCC3lYLR8fFphpd+Zv6vNQighhn6ECE0KTSekLQxb9xDXE0ft1rcUQ&#10;ZVtK3eI5wm0t0yR5kRYrjgsGG/o0VBzzzioIm76fPpuf7iM/Xb9eZ90x3bwlSo2ehvU7iEBD+A//&#10;tXdaQQr3K/EGyOUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALh27g8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata r:id="rId12" o:title=""/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
@@ -527,56 +546,50 @@
       <w:r w:rsidRPr="005446FC">
         <w:t>www.schneckle.de</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3595DF" w14:textId="07A43CA0" w:rsidR="003F177F" w:rsidRDefault="003F177F" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B4C3B86" w14:textId="77777777" w:rsidR="00875E34" w:rsidRPr="000B2701" w:rsidRDefault="00875E34" w:rsidP="00875E34">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2701">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Kundenliste (Debitorenliste)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307FA0E5" w14:textId="77777777" w:rsidR="00875E34" w:rsidRDefault="00875E34" w:rsidP="00434755">
-[...4 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
       <w:tr w:rsidR="00613633" w:rsidRPr="0057597B" w14:paraId="518D4518" w14:textId="77777777" w:rsidTr="0057597B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="237D068D" w14:textId="46A92737" w:rsidR="00875E34" w:rsidRPr="0057597B" w:rsidRDefault="00875E34" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
@@ -1422,1833 +1435,1694 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B6DA405" w14:textId="18511605" w:rsidR="00014DEB" w:rsidRDefault="00014DEB" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="483A2E2E" w14:textId="5B7C5303" w:rsidR="00014DEB" w:rsidRDefault="00014DEB" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014DEB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Lieferantenliste (Kreditorenliste)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD1E377" w14:textId="77777777" w:rsidR="0057597B" w:rsidRPr="00014DEB" w:rsidRDefault="0057597B" w:rsidP="00434755">
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="943"/>
         <w:gridCol w:w="1660"/>
         <w:gridCol w:w="1557"/>
         <w:gridCol w:w="1099"/>
         <w:gridCol w:w="1387"/>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="1990"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00851186" w:rsidRPr="0057597B" w14:paraId="7ACCA4E3" w14:textId="77777777" w:rsidTr="0057597B">
-[...2 lines deleted...]
-            <w:tcW w:w="959" w:type="dxa"/>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="7ACCA4E3" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24C63008" w14:textId="2ECC569D" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
+          <w:p w14:paraId="24C63008" w14:textId="2ECC569D" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Liefer</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0057597B" w:rsidRPr="0057597B">
+              <w:t>Liefer-anten-Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622D7BC5" w14:textId="6FCFA833" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>anten-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0057597B" w:rsidRPr="0057597B">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F21EBE" w14:textId="77777777" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>N</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>r.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+              <w:t>Straße</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="622D7BC5" w14:textId="77777777" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
+          <w:p w14:paraId="34922143" w14:textId="77777777" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Name</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>PLZ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05F21EBE" w14:textId="77777777" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
+          <w:p w14:paraId="6512D0B1" w14:textId="77777777" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Straße</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:t>Ort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34922143" w14:textId="77777777" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
+          <w:p w14:paraId="1DDD0FD6" w14:textId="77777777" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PLZ</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1251" w:type="dxa"/>
+              <w:t>Kontakt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6512D0B1" w14:textId="77777777" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
+          <w:p w14:paraId="44B5500C" w14:textId="48172052" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ort</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1442" w:type="dxa"/>
+              <w:t>Telefonnummer/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>E-Mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="6680C75A" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDD0FD6" w14:textId="77777777" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...23 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="17DE9214" w14:textId="2A1478CD" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70983</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44B5500C" w14:textId="48172052" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...29 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5096B53F" w14:textId="7319136B" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Smarty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GmbH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B423A1" w14:textId="4FA020B6" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Heilbronner Allee 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C7A6FC" w14:textId="306F0795" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5E0708" w14:textId="3864F99C" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stuttgart</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4140B6EA" w14:textId="07FD5F16" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Claus Huber</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E357CC7" w14:textId="5660FF9A" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0711/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>99123-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB61642" w14:textId="213C0E40" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>huber</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>E-Mail</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>smarty-gmbh.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00851186" w:rsidRPr="0057597B" w14:paraId="6680C75A" w14:textId="77777777" w:rsidTr="0057597B">
-[...2 lines deleted...]
-            <w:tcW w:w="959" w:type="dxa"/>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="3E861DCA" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17DE9214" w14:textId="2A1478CD" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="756CBEAE" w14:textId="05009119" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5096B53F" w14:textId="6697D7AE" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="67DC0422" w14:textId="5266BD8C" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Teileboss GmbH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E976DFB" w14:textId="45D29915" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mondschein-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Smarty</w:t>
+              <w:t>gasse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> GmbH</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40B423A1" w14:textId="4FA020B6" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00F73E87" w:rsidP="0057597B">
-[...35 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+          <w:p w14:paraId="12632A07" w14:textId="03A6A04C" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>88212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59C7A6FC" w14:textId="306F0795" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00F73E87" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1251" w:type="dxa"/>
+          <w:p w14:paraId="014FFB21" w14:textId="45062688" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ravensburg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5E0708" w14:textId="3864F99C" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00F73E87" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1442" w:type="dxa"/>
+          <w:p w14:paraId="7461D762" w14:textId="18010C05" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Martha Bühler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4140B6EA" w14:textId="07FD5F16" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00F73E87" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="12D06B92" w14:textId="6A8BF6F4" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0751/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13985-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150366A9" w14:textId="3D662619" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>m.b@teileboss.de</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="7D771768" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E357CC7" w14:textId="5660FF9A" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00711D11" w:rsidP="0057597B">
+          <w:p w14:paraId="15AFDB9E" w14:textId="60BB7563" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16890083" w14:textId="0DC08F50" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Auto Fritzle GmbH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E55957" w14:textId="3829ED50" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dresdner Weg 138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A1177B" w14:textId="744247A5" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="540E77FD" w14:textId="2A60397C" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>München</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1E087D" w14:textId="488A1487" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fritz Plewa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D388C9B" w14:textId="538223BF" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>0711/</w:t>
-[...48 lines deleted...]
-              <w:t>smarty-gmbh.com</w:t>
+              <w:t>089/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0057597B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">593588-336 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183E1C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>plewa@fritzle.de</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00851186" w:rsidRPr="0057597B" w14:paraId="3E861DCA" w14:textId="77777777" w:rsidTr="0057597B">
-[...2 lines deleted...]
-            <w:tcW w:w="959" w:type="dxa"/>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="71F042A2" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="756CBEAE" w14:textId="05009119" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="3FC96EE0" w14:textId="286BF3CA" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DC0422" w14:textId="6A3A2D49" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          <w:p w14:paraId="2DAF6723" w14:textId="428427BF" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Balu Prestige GmbH &amp; Co. KG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E976DFB" w14:textId="45D29915" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00851186" w:rsidP="0057597B">
-[...44 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+          <w:p w14:paraId="3D146270" w14:textId="563850CC" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Handwerkstraße 48-52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12632A07" w14:textId="03A6A04C" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00851186" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1251" w:type="dxa"/>
+          <w:p w14:paraId="5211296B" w14:textId="623EE902" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>42651</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="014FFB21" w14:textId="45062688" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00851186" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1442" w:type="dxa"/>
+          <w:p w14:paraId="776ED9B1" w14:textId="0B7D23F4" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rommersheim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7461D762" w14:textId="18010C05" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00851186" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+          <w:p w14:paraId="72A243C0" w14:textId="0402E45C" w:rsidR="00384DB3" w:rsidRPr="0057597B" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rolf Abele</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12D06B92" w14:textId="6A8BF6F4" w:rsidR="00851186" w:rsidRPr="0057597B" w:rsidRDefault="00711D11" w:rsidP="0057597B">
+          <w:p w14:paraId="40E416DD" w14:textId="2CFCDBC8" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="00183E1C">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>0751/</w:t>
-[...25 lines deleted...]
-              <w:t>m.b@teileboss.de</w:t>
+              <w:t>02413/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183E1C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>551-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="560DFEAE" w14:textId="6137B724" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="00183E1C">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00183E1C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r.abele@balu-prestige.de</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00851186" w:rsidRPr="0057597B" w14:paraId="7D771768" w14:textId="77777777" w:rsidTr="0057597B">
-[...2 lines deleted...]
-            <w:tcW w:w="959" w:type="dxa"/>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="22ACC5B5" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15AFDB9E" w14:textId="60BB7563" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00014DEB" w:rsidP="0057597B">
-[...21 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          <w:p w14:paraId="0EADFD86" w14:textId="68D4EE2D" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16890083" w14:textId="7D3D27DE" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="003C500F" w:rsidP="0057597B">
-[...234 lines deleted...]
-          <w:p w14:paraId="2DAF6723" w14:textId="66F37F52" w:rsidR="00183E1C" w:rsidRPr="0057597B" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="43E3A9AA" w14:textId="050332BD" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Balu</w:t>
+              <w:t>ProCar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Prestige GmbH &amp; Co. KG</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t xml:space="preserve"> GmbH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D146270" w14:textId="563850CC" w:rsidR="00183E1C" w:rsidRPr="0057597B" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="0FF0AA24" w14:textId="2D4E80E7" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Handwerkstraße 48-52</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:t>Industriestraße 82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5211296B" w14:textId="623EE902" w:rsidR="00183E1C" w:rsidRPr="0057597B" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="1EBBD037" w14:textId="626D59D0" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>42651</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1251" w:type="dxa"/>
+              <w:t>68191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="776ED9B1" w14:textId="0B7D23F4" w:rsidR="00183E1C" w:rsidRPr="0057597B" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
-[...10 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w14:paraId="262F9D1B" w14:textId="316EC1F9" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Rommersheim</w:t>
-[...6 lines deleted...]
-            <w:tcW w:w="1442" w:type="dxa"/>
+              <w:t>Mannheim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72A243C0" w14:textId="0402E45C" w:rsidR="00183E1C" w:rsidRPr="0057597B" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="0BAAE775" w14:textId="3D4428A4" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Rolf Abele</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+              <w:t>Tobias Müller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E416DD" w14:textId="2CFCDBC8" w:rsidR="00183E1C" w:rsidRDefault="00711D11" w:rsidP="00183E1C">
+          <w:p w14:paraId="49611531" w14:textId="35094C56" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="00183E1C">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>02413/</w:t>
-[...25 lines deleted...]
-              <w:t>r.abele@balu-prestige.de</w:t>
+              <w:t>0621/2345-01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="367E3465" w14:textId="20933FC9" w:rsidR="00384DB3" w:rsidRPr="00183E1C" w:rsidRDefault="00384DB3" w:rsidP="00183E1C">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F177F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>t.mueller@procar.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00183E1C" w:rsidRPr="0057597B" w14:paraId="22ACC5B5" w14:textId="77777777" w:rsidTr="0057597B">
-[...2 lines deleted...]
-            <w:tcW w:w="959" w:type="dxa"/>
+      <w:tr w:rsidR="00384DB3" w:rsidRPr="0057597B" w14:paraId="28000D8C" w14:textId="77777777" w:rsidTr="00384DB3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EADFD86" w14:textId="68D4EE2D" w:rsidR="00183E1C" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="15B8435B" w14:textId="210176FE" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>70997</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+              <w:t>70998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43E3A9AA" w14:textId="43E4D084" w:rsidR="00183E1C" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
-[...10 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w14:paraId="58FCA717" w14:textId="27527705" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ProCar</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>AT-Professional GmbH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA2FD90" w14:textId="68D23D7F" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
+            <w:pPr>
+              <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> GmbH</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>Handelsstraße 23-25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF0AA24" w14:textId="2D4E80E7" w:rsidR="00183E1C" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="5AE65FD8" w14:textId="31C9208B" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Industriestraße 82</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1134" w:type="dxa"/>
+              <w:t>76829</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBBD037" w14:textId="626D59D0" w:rsidR="00183E1C" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="52F7B5E9" w14:textId="29A9EBDB" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>68191</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1251" w:type="dxa"/>
+              <w:t>Landau/Pfalz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="262F9D1B" w14:textId="316EC1F9" w:rsidR="00183E1C" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="040AA0B0" w14:textId="307F89E2" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Mannheim</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1442" w:type="dxa"/>
+              <w:t>Ulrike Maier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1990" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BAAE775" w14:textId="3D4428A4" w:rsidR="00183E1C" w:rsidRDefault="00183E1C" w:rsidP="0057597B">
+          <w:p w14:paraId="2A9EA265" w14:textId="2C03D90E" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="00183E1C">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Tobias Müller</w:t>
-[...237 lines deleted...]
-          <w:p w14:paraId="26C328C6" w14:textId="525BD326" w:rsidR="00183E1C" w:rsidRDefault="003F177F" w:rsidP="00183E1C">
+              <w:t>06341/870-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26C328C6" w14:textId="525BD326" w:rsidR="00384DB3" w:rsidRDefault="00384DB3" w:rsidP="00183E1C">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000832E4">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Maier@at-gmbh.de</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CCC0B69" w14:textId="77777777" w:rsidR="003F177F" w:rsidRDefault="003F177F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EB8ECC5" w14:textId="0ADE77C4" w:rsidR="00FA2D06" w:rsidRDefault="008C7422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Artikelliste</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1" w:name="_MON_1610272551"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:id="2" w:name="_MON_1610272551"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="49C6F533" w14:textId="3A0931FB" w:rsidR="008C7422" w:rsidRPr="008C7422" w:rsidRDefault="00936ED6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:object w:dxaOrig="9965" w:dyaOrig="15727" w14:anchorId="2477E1C5">
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:428.8pt;height:677pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:429pt;height:677.25pt" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1625318089" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829728233" r:id="rId14"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2D5AAE" w14:textId="449E79F1" w:rsidR="00162403" w:rsidRDefault="00162403">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FCD88F8" w14:textId="4C865BA9" w:rsidR="009735BD" w:rsidRPr="009735BD" w:rsidRDefault="009735BD" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009735BD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Briefpapier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0062C8E3" w14:textId="3C1260E3" w:rsidR="009735BD" w:rsidRDefault="00FB516E" w:rsidP="00434755">
+    <w:p w14:paraId="0062C8E3" w14:textId="3C1260E3" w:rsidR="009735BD" w:rsidRDefault="00105D8A" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="281BB10B">
           <v:shape id="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-.3pt;margin-top:26.7pt;width:480.65pt;height:684.7pt;z-index:-251658240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-33 -20 -33 21600 21633 21600 21633 -20 -33 -20" stroked="t" strokecolor="black [3213]">
             <v:imagedata r:id="rId15" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1625318090" r:id="rId16">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1829728234" r:id="rId16">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009735BD" w:rsidSect="00D96C5C">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="09BC4B9A" w14:textId="77777777" w:rsidR="00131EAB" w:rsidRDefault="00131EAB" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="61AE87FE" w14:textId="77777777" w:rsidR="00131EAB" w:rsidRDefault="00131EAB" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
@@ -3258,122 +3132,122 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bradley Hand ITC">
     <w:panose1 w:val="03070402050302030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8613"/>
       <w:gridCol w:w="1026"/>
     </w:tblGrid>
     <w:tr w:rsidR="00213056" w:rsidRPr="00921C3E" w14:paraId="51A6DCA0" w14:textId="77777777" w:rsidTr="00CD139E">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8613" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="10D03187" w14:textId="0580782A" w:rsidR="00961B28" w:rsidRPr="002673A9" w:rsidRDefault="00213056" w:rsidP="002673A9">
+        <w:p w14:paraId="10D03187" w14:textId="12D024B9" w:rsidR="00961B28" w:rsidRPr="002673A9" w:rsidRDefault="00213056" w:rsidP="002673A9">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00936ED6">
+          <w:r w:rsidR="007075A4">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>WKA-LF10-Unternehmensprofil.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1026" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="1E08C629" w14:textId="4E3B3862" w:rsidR="00213056" w:rsidRPr="00A16C25" w:rsidRDefault="00213056" w:rsidP="00CD139E">
@@ -3486,76 +3360,76 @@
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3810DAA9" w14:textId="77777777" w:rsidR="00921C3E" w:rsidRDefault="00921C3E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="33991D70" w14:textId="77777777" w:rsidR="00131EAB" w:rsidRDefault="00131EAB" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0A9796F8" w14:textId="77777777" w:rsidR="00131EAB" w:rsidRDefault="00131EAB" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0FE27A55" w14:textId="015F7270" w:rsidR="00E156D0" w:rsidRPr="00E156D0" w:rsidRDefault="00921C3E" w:rsidP="00E156D0">
     <w:pPr>
       <w:pStyle w:val="Beschriftung"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45B5E0D8" wp14:editId="545E0C36">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>620065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>245110</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6219893" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="0" b="3175"/>
@@ -3658,51 +3532,51 @@
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="5572190" y="0"/>
                           <a:ext cx="398736" cy="436728"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="61672,4367" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCJdMYneAQAAHwKAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vm1v2zYQ/j5g/4HQ&#10;d8eSLEu2EKVInTQr0G3B2u07LVESEYnkSDpyOuy/746U/JYW2zrMQBSSIk/PPffcHa/f7PuOPDNt&#10;uBRFEF2FAWGilBUXTRH8+undbBUQY6moaCcFK4IXZoI3N99/dz2onMWylV3FNAEjwuSDKoLWWpXP&#10;56ZsWU/NlVRMwMta6p5amOpmXmk6gPW+m8dhmM4HqSulZcmMgdU7/zK4cfbrmpX257o2zJKuCACb&#10;dU/tnlt8zm+uad5oqlpejjDoN6DoKRfw0YOpO2op2Wn+ylTPSy2NrO1VKfu5rGteMucDeBOFF948&#10;aLlTzpcmHxp1oAmoveDpm82WPz0/asKrIljEARG0hxg96J1SnGkmCCwCQ4Nqctj4oNVH9ajHhcbP&#10;0Ol9rXv8D+6QveP25cAt21tSwmIapWm2igJSwrtksUzDkfyyhQjhsVm0ThfJOiDHw2V7fzyexdly&#10;Op5m8QqRzaePzxHjAdKgQE3mSJj5b4R9bKliLg4GeRgJS9KJsE/gZM26ioxsuV1IFbH7txJci5w2&#10;jPogyydDhNy0VDTsVms5tIxWAC9y3iBu+AAeRdZNbtDIdvhRVhAXurPSGbrg+5S4NFsnS7RF84n5&#10;JEmTLAWwyPxiGSex23CgjuZKG/vAZE9wUAQassZ9hz5/MNazPG1Bw0Z2vHrHu85NdLPddJo8U8iw&#10;d+43BuZsWyfIUATrJXwbTwmJ5x3MnluoAB3vi2AV4s+jR17uReW2WMo7PwbQnYCwT9x4lux+u4eN&#10;uLiV1QtQpqXPdKhMMGil/hyQAbK8CMzvO6pZQLr3AmhfR0mCZcFNkmUWw0SfvtmevqGiBFNFYAPi&#10;hxvrSon36BbCU3PH1xHJiBXE6PH9/6qEgjumMdO0YuQ3prdcVDvRkMTlDIIDkW3EmMpeZegD6orU&#10;HVc/TJIdM3oWhVGMyYsKSsI4Ss8ltlxm2WK18BJzAfy6ujouMJdo/hV1nUjDiyZdLCEqJQav7ihw&#10;X/YK6pURDYSha6DtlFY7i2eKMy/moEtoGJUcIOjUWFg8CBVhdLse0svrN12O+gP4/rwrMWd2MRPu&#10;qGn9CfdqFDwqE9LOdZ0xcc516sWJCYXrThOKlzn8jaUdRq8q1d+3QDhld6hp30b7f2Sjp/ppp2bQ&#10;hRS1fMs7bl9cRwUmEZR4fuQlliGcnBS97CAvTWv+RJIMvZ82+SNQUXh5UeuMgqoy1bnz7XOcnn1v&#10;CxqcCgyOR88gcBd97wvk+J56J8tdz4T1lwTNQDhwQzEtVwYyPGf9loGG9PvKl2aolRAxFz5oOK5x&#10;/xGvbsNwHb+dbZbhZpaE2f3sdp1ksyy8z5IwWUWbaPMn6i5K8p1h4C/t7hQfscLqK7Rf7NLjfcb3&#10;f3eP8Mqa0gigORFOEEGaSAliNVYzW7Y4rKGc/gIMo7hOXjhqj2wi0dhS8MRFE4EUjqM1JNqx+04N&#10;ZLFeZYuxfySLV633X/YPB8mDcEPA5BLCXXEc+vE6hneo07nbdbw03vwFAAD//wMAUEsDBAoAAAAA&#10;AAAAIQDE5WqLUWgCAFFoAgAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERS&#10;AAAJlQAACngIBgAAACRF0dgAAAAEc0JJVAgICAh8CGSIAAAACXBIWXMAALiMAAC4jAHM9rsvAAAA&#10;GXRFWHRTb2Z0d2FyZQB3d3cuaW5rc2NhcGUub3Jnm+48GgAAIABJREFUeJzs3XuUnXV97/Hv79mT&#10;hAQSpBUCycyeZGYnQaMUCHqKUgGLkgSQ1iO0alvsRbuOvayzunqv7eGctqdntbWutrpa9VyqtvYY&#10;rC2FzEVDqdrWqtCLnqiBEEIyXITWAkFym/38zh9ULeWWTGbmt2c/r9cfWfyRy3v+muThs79PBAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAMCdS6QAAAAAAACImV55zclr02KpuFStTaq2MqM+q&#10;czq5ytGKFCvqyClF9bxn+z1yzkeqKj2SIx7JuX44RXq4ivRwrtMjEd2vLBnoTl26d++h+fqaAAAA&#10;gIXJqAwAAAAAYB6MdTor4miMVpFGIsdojhiNiNGIPBwRZ0XEyfOU8mCKuC9H7I8U+yPS/bmu72xF&#10;7PzmM56364Lbbz86Tx0AAABAjzIqAwAAAACYZZPDG9bWUZ8XdX1epDgvIp0XEatKdx2DozliVxWx&#10;s87581Wk/xfVos9svueL95cOAwAAAOaPURkAAAAAwAmYXHnOyXnJoQtz1BdFpItS5E054llfU7nQ&#10;5Bz7UopPR46/zSl/+rH68N9dOzV1sHQXAAAAMDeMygAAAAAAjsONGzYsX/J495W5ildEjosi4vyI&#10;GCjdNc+ORsRtOecdkdMtj5265FPX7tx5pHQUAAAAMDuMygAAAAAAnsPk0OiL6qraEjlviYiLImJR&#10;6aYe83hEfDKnvCN1649umbr7c6WDAAAAgJkzKgMAAAAA+He2RbSWt0cuiWhdG5G3RMRQ4aQFJu+K&#10;HDfUOW+7YmrP50vXAAAAAMfHqAwAAAAAICJyRBpf0/kPqc6vj4hrItJZpZv6xJdyzjdUKX1o877d&#10;O0vHAAAAAM/NqAwAAAAAaLSb2+tHBlL+gZzzGyJibemePndbSvl90T3pg5undn6ldAwAAADw9IzK&#10;AAAAAIDGuWnVqmUDA0u/JyK9JSI2le5poDoi/0WO+MBj9eEbrp2aOlg6CAAAAPgGozIAAAAAoDEm&#10;hzesrXP3zRHx/RFxZukeIiLi3oh4Z6qXvMf1MgAAAOgNRmUAAAAAQN8ba3euSpF/PCJ9e3gu2quO&#10;RMSHou7+5papuz9XOgYAAACazMMTAAAAAKAv5Yg0MTyyJerqpyLFJaV7OGZ1RGzPdbx969Tuj5eO&#10;AQAAgCYyKgMAAAAA+sr1EdVLhzuvTzl+LiI2lu5h5lLEJyKqX968744dpVsAAACgSYzKAAAAAIC+&#10;sC2itbw9+oMR8XMRaU3ZGmZVSp/LuX77Z/bd9YfXP3HJDAAAAJhDRmUAAAAAwII3PjyyNXL13yJi&#10;U+kW5tRnUlS/4HIZAAAAzC2jMgAAAABgwRofGnlJpOodEfHy0i3Mq5ui1fqpLXfv2lU6BAAAAPqR&#10;URkAAAAAsOCMrzl7Ta6nfzdFXFm6hWLqiPijupr+6Sv27n2gdAwAAAD0E6MyAAAAAGDB2LZx4+IV&#10;B4785xz5bRGxvHQPPeErKeX/8ug9d/3etRHd0jEAAADQD4zKAAAAAIAFYWyo8+qU4l0R0SndQk/6&#10;TNTdN2+ZuvtzpUMAAABgoTMqAwAAAAB62uTo6Bn10fTOiLimdAs9r45I//PI0uonr96160DpGAAA&#10;AFiojMoAAAAAgJ413h59S0T6HxFxWukWFpR7c84/unX/XX9WOgQAAAAWIqMyAAAAAKDnbF+z5syq&#10;23pXpPTa0i0sWDnneNdj+dBPXzs1dbB0DAAAACwkRmUAAAAAQE8ZG+68MeV4V0ScWrqFfpD31rm6&#10;7or9d36idAkAAAAsFEZlAAAAAEBP+NM1a553Uj3wnoi4pnQLfaebIn7z0eVLfunanTuPlI4BAACA&#10;XmdUBgAAAAAUNzHcOT/n+KOIOLt0C33tb6IaeOOWvV/aWzoEAAAAellVOgAAAAAAaK4ckcaHOj+R&#10;c3wqDMqYey+Levr2ieF1V5QOAQAAgF7mUhkAAAAAUMQTr7ts/WFEMvChgPSeA8sX/5jXYQIAAMBT&#10;GZUBAAAAAPNucmj0Rd2UPpIi1pVuocnSZ+vW9DVX3H33PaVLAAAAoJcYlQEAAAAA82qs3bkqRXwg&#10;Ik4t3QIRcV9dp9deMXXnp0uHAAAAQK+oSgcAAAAAAM0xPrzubSnixjAoo3esqqp863i7c03pEAAA&#10;AOgVLpUBAAAAAHNu2+Dg0uXVSe+PiNeVboFnkFPEr//tvt0/f31EXToGAAAASjIqAwAAAADm1OTo&#10;6Bn1kXRjpPjW0i1wDG44UB+67tqpqYOlQwAAAKAUozIAAAAAYM6Mrzl7TdTT2yPihaVb4Dj8RV4c&#10;37l19+5HS4cAAABACUZlAAAAAMCcGBvunBc5xlPEytItMAO3LeoObL7s3i/9c+kQAAAAmG9GZQAA&#10;AADArJtor78sR/1nEXFy6RY4AXd3o7rsyn137CkdAgAAAPOpKh0AAAAAAPSXsaHR78hR3xwGZSx8&#10;a6tc3zq+dsOG0iEAAAAwn1wqAwAAAABmzcRQ5+qc4kMRsaR0C8yi+3LEq7bu2/2F0iEAAAAwH1wq&#10;AwAAAABmxfjQ6HfnFB8OgzL6z6oUccv21SPrS4cAAADAfHCpDAAAAAA4YePDo98ZOW2LiIHSLTCH&#10;prpRXXzlvjv2lA4BAACAuWRUBgAAAACckLF256oU8ScRsah0C8yDe3OOi7fu331X6RAAAACYK15/&#10;CQAAAADM2MTg6OYU8eEwKKM5VqcUt04Ob1hbOgQAAADmiktlAAAAAMCMbB8auaBK1S0RsaJ0CxTw&#10;hW4cuejKffv+pXQIAAAAzDaXygAAAACA4/bRwZF1VarGw6CM5nphKy/+yLaNGxeXDgEAAIDZ1iod&#10;AAAAAAAsLDvWrl05HdXHI9Kq0i1QVIo1S450z173yFf+5C8jcukcAAAAmC1GZQAAAADAMZtcec7J&#10;3ar7sYj0wtIt0CM2Dp36TSf94SNf2VE6BAAAAGaL118CAAAAAMckR6S85PH/FRGbSrdAL8kRPz0+&#10;tO5NpTsAAABgthiVAQAAAADHZKLd+dUc8V2lO6AHpUj53ZPDoy8rHQIAAACzIZUOAAAAAAB638TQ&#10;uu/PKf/v0h3Q4/65Sq2XXH7PrrtLhwAAAMCJMCoDAAAAAJ7VZHt0Ux3pryLipNItsAD8/YH60Muv&#10;nZo6WDoEAAAAZsrrLwEAAACAZ3TTqvXPryP9SRiUwbE6b3l10rtLRwAAAMCJMCoDAAAAAJ5WjkiL&#10;FtXvjYjh0i2wwHzvxHDnh0pHAAAAwEx5/SUAAAAA8LTG252fi4j/XroDFqhDdV2/9IqpPZ8vHQIA&#10;AADHy6gMAAAAAHiKieHRS3NOO8LbDuBE7D6ytHX+1bt2HSgdAgAAAMfDAyEAAAAA4ElubrdPyzm9&#10;Pzw/hBPVWXSo+9ulIwAAAOB4eSgEAAAAADxJlRe/MyIGS3dAP0g5vn9suPPG0h0AAABwPLz+EgAA&#10;AAD4urF253Up4obSHdBn/mVgoD73VXv27CsdAgAAAMfCpTIAAAAAICIibhpcvzpFvLt0B/Sh06an&#10;q/dmH/QGAABggTAqAwAAAAAiR6SBqn5/RHxT6RboU6+eaI++uXQEAAAAHAufigIAAAAAYrw9el1E&#10;+oPSHdDnHq2m84suv++u/aVDAAAA4Nm4VAYAAAAADbdj7dqVEem3SndAA6yoB6rfLx0BAAAAz8Wo&#10;DAAAAAAa7mhdvSO89hLmSd46Ntx5Y+kKAAAAeDZefwkAAAAADTY21Hl1SjFZugOaJd9/ZOnAhqt3&#10;7TpQugQAAACejktlAAAAANBQY53OkpTi90p3QPOks5Yc7P5C6QoAAAB4JkZlAAAAANBUh/NPRsRI&#10;6QxoohzxE5Nr1p9dugMAAACejlEZAAAAADTQxPALzkop/WzpDmiwRXXd/d3SEQAAAPB0jMoAAAAA&#10;oInqo78SEaeUzoBmS5dNttddWboCAAAA/j2jMgAAAABomO2DIy/OKa4r3QFE5Mi/vi2iVboDAAAA&#10;/i2jMgAAAABomKpKvxVGLNATcsQLVgyt+77SHQAAAPBvpdIBAAAAAMD8GRvqvDqlmCzdATzJfQfq&#10;Q51rp6YOlg4BAACACJfKAAAAAKBRUsR/Ld0APMWqU6qTfrh0BAAAAHyNS2UAAAAA0BBjw6NbUk5j&#10;pTuAp/VPR5a2Rq7etetA6RAAAABwqQwAAAAAGiLl9LbSDcAzev6ig923lo4AAACACJfKAAAAAKAR&#10;Jtvrrqwj31S6A3hWXznp4JLhSx/a+VjpEAAAAJptoHQAAAAAwGy5adWqZQOLV5zRresnXWdfNN09&#10;+shpJ3352p07j5Rqg9LqyD9fugF4Tt90eNmhN0XEO0uHAAAA0GwulQEAAAALxraNGxef8tjhjRFx&#10;XpXjxTliVUQ+KyLOiEirI+KUZ/nlOSI/EJHujYh7I9K+HHlPlavbDy9L/3D1rl0H5uWLgAK2D617&#10;RZXyx0t3AMdk6sDyJaOG0AAAAJRkVAYAAAD0rLEzO6fHkrgqIi5KOc6NiBdFxKI5+KPqFLErR9ye&#10;I38mVYtu2rL3S3vn4M+BIsbbnRsj4jWlO4Bjld+0Zd9d7ytdAQAAQHMZlQEAAAA9ZbI9uqmOdFVE&#10;XBMRLyyYsici3xyRb9i8b89fp4hcsAVm7ObhdS9o5bwzPAuEheRLn963e+P1EXXpEAAAAJrJgyQA&#10;AACguLFOZ0U6HN+TUrw5R5xbuudpfD5Hfu+igfz+V+3Z80jpGDgeY0Od300pfrR0B3B8cspbt95z&#10;13jpDgAAAJrJqAwAAAAoIkekyfb6b89RvyWeeC3fktJNx+BwRPx5iuo9m/fdsaN0DDyXm1atf/7A&#10;QL0vIpaWbgGOT8oxvnn/7q2lOwAAAGgmozIAAABg3o0Nj74y5fQrEXFh6ZYZS/HxVFe/uHn/HZ8s&#10;nQLPZGx49CdTTr9RugOYke7AQD3yqj179pUOAQAAoHmq0gEAAABAc4y3Ry4ab3f+JuV0SyzkQVlE&#10;RI6Lc6o/Md5et2P70MgFpXPg38sRKUV6c+kOYMZaR7vVD5eOAAAAoJlcKgMAAADm3OSq0aF6oPrl&#10;iPy90Z8fcqsj0geq6foXL7/vrv2lYyAiYmJo/bflVH+idAcwczniy2ecfurQBbfffrR0CwAAAM3S&#10;jw9xAQAAgB6xLaI11u78TD2QdkXk66J/n0VUEfm6eiDtGmt3fub6/v06WUBy6v5A6QbgxKSIlQ89&#10;9Mh3lO4AAACgeVwqAwAAAObE9tUj66tW9X8i4mWlWwr461TnN22eumt36RCa6dbTN55yaOnh+yJi&#10;eekW4MSkHOOb9+/eWroDAACAZvGpWQAAAGDWTQx3fqhqVZ+NZg7KIiJenqv0mfF253tKh9BMB5ce&#10;en0YlEFfyClevWPt2pWlOwAAAGgWozIAAABg1ty0atWy8XZnW87x3ohYUbqnsNMi4gNjQ50/2jY4&#10;uLR0DM2SUnpj6QZg1rSOTLdeWzoCAACAZjEqAwAAAGbF9rVrhwday/4mIq4p3dJLUoo3LK9OumX7&#10;mjVnlm6hGW4aXL86cnxb6Q5g9qQULl8CAAAwr4zKAAAAgBM2Nti5uOq2bosU31K6pUddWNUDt20f&#10;GrmgdAj9r1V1Xxue+0G/uXByeMPa0hEAAAA0h4dLAAAAwAmZGBzdnKoYj4jnl27pcaurVN0yMbTe&#10;BSnmVHItEPpRqnP3u0pHAAAA0BxGZQAAAMCMTQx1rs5VujEilpZuWSBW5FR/bKzduap0CP1px9q1&#10;KyPSy0p3AHPiP5YOAAAAoDmMygAAAIAZmRjqXJ1TbIuIxaVbFpglKeLD40Od15QOof9M163XRUSr&#10;dAcwJzaNre4Mlo4AAACgGYzKAAAAgOM22V73qpzij8OgbKYWR4r/Oz7Uubx0CP2lznF16QZgzqRq&#10;IDaXjgAAAKAZjMoAAACA4zLZHt1UR/6z8MrLE7U0UnxkYrhzfukQ+sOtp288JUVcXLoDmDs5hyuX&#10;AAAAzAujMgAAAOCYfWxkpN2NtD0ilpVu6RPLco7tk6tGh0qHsPAdXnbk4nA9EPrdZTetWuV7MAAA&#10;AHPOqAwAAAA4JreevvGU6aPVn6eIlaVb+syZeSD9+eTKc04uHcLClnP96tINwJxbunjg5FeWjgAA&#10;AKD/GZUBAAAAz2lbROvQ0iMfihTfUrqlH+WIc+vFX31/jkilW1jI0mWlC4C5V0cYkAIAADDnjMoA&#10;AACA57R8qPPjEXlr6Y6+ltJrJ4fW/XDpDBamyeENayPihaU7gPmQLyldAAAAQP8zKgMAAACe1fjg&#10;2nMixa+V7miCnPLbt68eWV+6g4WnG91LSzcA82bjze32aaUjAAAA6G9GZQAAAMAz2rZx4+JUtd4X&#10;EUtKtzTEsqqq3rctolU6hIUl5fxtpRuAeVMN5MWvKB0BAABAfzMqAwAAAJ7RKY8eeluOOLd0R6Ok&#10;+Nbl7c5Plc5gwbmwdAAwf+oIQ1IAAADmlFEZAAAA8LS2D468OKX0s6U7GuqXPjo4sq50BAvDjtVn&#10;f3NE8tpUaJCUkktlAAAAzCmjMgAAAOBpVan6nYhYVLqjoZZ2q+rtpSNYGI5W0xdERCrdAcynfO62&#10;wcGlpSsAAADoX0ZlAAAAwFNMtNdfFikuKd3RcFeNtUdfXjqCBSB59SU00KIVsezFpSMAAADoX0Zl&#10;AAAAwJNsi2jlqH+rdAcRKap3ZBeoeA454mWlG4ACUj6/dAIAAAD9y6gMAAAAeJIVQ+u+LyJcP+kJ&#10;+SUTQ6PfVbqC3pZSnFu6AZh/daq/pXQDAAAA/cuoDAAAAPi66yOqnPIvlO7gG1JKv+RaGc9kx9q1&#10;KyPH6aU7gPmXIrlUBgAAwJwxKgMAAAC+7qVDo6+JiNHSHXxDjnjB5ODo5aU76E3TdfXC0g1AMS++&#10;NS4ZKB0BAABAfzIqAwAAAL4upfRjpRt4qrpKP1K6gd6U6/SC0g1AMUuPrLmvUzoCAACA/mRUBgAA&#10;AERExPjg2nMi4pWlO3iqFLH15vb6kdId9J5UxYtKNwDldLvds0s3AAAA0J+MygAAAIAnVNVbSyfw&#10;jKpWzv+pdAS9J0d4/SU0WRUulQEAADAnjMoAAACA2LZx4+KI9N2lO3gWVb5uW0SrdAa9JedwpQga&#10;rIrkiiUAAABzwqgMAAAAiOWPHbwsIk4t3cGzyHH6iuHRV5TOoHdMrjzn5BSxsnQHUE7OeV3pBgAA&#10;APqTURkAAAAQkavvLJ3Ac8uRrirdQO+olx0eLN0AFOf1lwAAAMwJozIAAABouH99peJrSndwDHJc&#10;XTqB3pG6eah0A1BaGnriFdYAAAAwu4zKAAAAoOGWt0cujIgzSndwTEYm2p2NpSPoDXWq26UbgOJa&#10;y7/aXVU6AgAAgP5jVAYAAABNl9PlpRM4djmlraUb6A0ph1EZEPV0d2XpBgAAAPqPURkAAAA0Xaou&#10;LJ3Accj5otIJ9IaUw+svgahSNioDAABg1hmVAQAAQINdH1FF5JeW7uC4bCodQM84q3QAUF6qvMIa&#10;AACA2WdUBgAAAA320nbn7IhYXrqD47J6YvgFxkREjjitdANQXl27VAYAAMDsMyoDAACABks5uVK2&#10;IE2fX7qAHpDieaUTgPJSqozKAAAAmHVGZQAAANBkKYyTFqAccV7pBnqCURkQOedvLt0AAABA/zEq&#10;AwAAgEbL7dIFzMjG0gH0BK+/BCKlOLl0AwAAAP3HqAwAAACabah0ADORzypdQFnbBgeXRsSS0h1A&#10;eTliWekGAAAA+o9RGQAAADRYjlhduoEZyPnM0gmUtaK13KsvgYiISJGWlm4AAACg/xiVAQAAQEON&#10;dTpLUsQZpTuYiWRU1nA5ZVfKgH+VXSoDAABg1hmVAQAAQEPlbvfMiEilO5iRU29ds+ak0hGUk7vT&#10;rdINQM8wKgMAAGDWGZUBAABAQ1VH49TSDczc4ymtLN1AObmujcqAr/H6SwAAAGadURkAAAA0VD0w&#10;4LnAAlbFYpfKGiwPtIzKgK/x/RwAAIBZ5x+bAAAA0FCtnD0XWMBaR4/WpRsoZ5FLZcA3TJcOAAAA&#10;oP94eAwAAAAN1a1rzwUWsOlUGZU12HSrGijdAPSMbukAAAAA+o+HxwAAANBQrez1lwtZq2oZlQEQ&#10;EdmoDAAAgFnn4TEAAAA0VE7TuXQDM1e1jhoRNNnR7uOlE4BekXw/AAAAYNYZlQEAAEBTtRY/VDqB&#10;mTtS10dKN1BOisqoDHhCStOlEwAAAOg/RmUAAADQUHlg+v6IcK1sYTr62b17HywdQTlVWmJUBjwh&#10;ZyNjAAAAZp1RGQAAADTU1t27D0fEw6U7OH45x/3XR9SlOyhnycBXjcqAf5V9LwcAAGDWGZUBAABA&#10;s91fOoDjl1JMlW6grEv37j0UEd3SHUAvSP9SugAAAID+Y1QGAAAAzfZA6QBmxKiMiIiDpQOAnvBI&#10;6QAAAAD6j1EZAAAANFjKsbd0AzOQ4t7SCfSC/E+lC4BekF0qAwAAYNYZlQEAAECTVfF3pRM4fqlO&#10;ny/dQHkppS+XbgDKy9mlMgAAAGafURkAAAA0WIr896UbOH4p6s+WbqC8OsdDpRuA8qoqPVy6AQAA&#10;gP5jVAYAAABNdujkf4yIbukMjsujn9p/1xdKR1BeinigdANQXo50f+kGAAAA+o9RGQAAADTY5V/+&#10;3Fcj4s7SHRyHHH93fURdOoPycooHSzcA5dV1d1/pBgAAAPqPURkAAAA0Xvp06QKOR7qtdAG9ocrJ&#10;qAyIJQN5f+kGAAAA+s9A6QAAAKA33Lhhw/LFR2JVms5n5CqfHnWsyKleHjlWVCkt/9rPqyMej4jD&#10;kePRlHI353iwVcWDR3PrgTz92ANX3Xff4wW/DGAGUuSxHHFd6Q6OVf5k6QJ6Qx353lQ6Aijt8F/d&#10;ffdDpSMAAADoP0ZlAADQIDkifWxwpNNNrQtylV+UcqxLEetyxLo42D05IiKnJ35ipIj0xA+R/83v&#10;kZ70HylSiqhzRCvqiIFlMd7uTEXEHTnyHVWKnTnnfziydNE/Xr1r14H5/FqBY1cvjol0JI5ExOLS&#10;LTynR/OSmCwdQW+oWtWduetNqNBwU9d7JTIRrVFEAAAgAElEQVQAAABzwIcZAQCgj922adOiBx96&#10;+KVVql6Zc1ycIm/KEc8rkJIjxZ1RxydTio/X3bh16727pwp0AM9gvN25JSJeWbqD55DyH2+55643&#10;lM6gN9x6+sZTDi09/Gh4xgfNleMvt+zffWnpDAAAAPqPS2UAANBnxlZ3BlMrXZEjX/nQQ49ckiKd&#10;kvMTt8byc/zaOZQix/pIsT5H/GBqRYy3R3dFStsj12MHli/95LU7dx4plwdEju2RjMp6Xc7pI6Ub&#10;6B2XPrTzsbF258EUsbJ0C1BGSrGvdAMAAAD9yagMAAD6wPa1a4erbusNEXFNRJz3xGGwXpc2RI4N&#10;EdVPLD9w+JGJdufGFOmGR5Yv/qiBGcy/qmr9aZ27vxERVekWntGho0tbXn3Jk6RId0ZkozJoqDri&#10;C6UbAAAA6E+9//+ZAACAp7VtcHDp8tZJb4icr4tIF0Wf/P0+RTycU3wwut13b5m6+3Ole6BJxtuj&#10;H4tIl5Xu4Bl9eMu+3deUjqC3jLfX/UFEvq50B1BGFemqy/fdeXPpDgAAAPqPS2UAALDAfHRow6rp&#10;qvsjKcdbIsfz+2RL9nU54nmR461Rtd463u58Kqd41xnPP3XbBbfffrR0G/S7lKrfzzkblfWs+rdL&#10;F9B7cq7vTKm//i4AHLtuzl8s3QAAAEB/8sQJAAAWiO2DIy+uWq2fj5xfF837gMj+nPLvxKL0nq27&#10;dz9aOgb61a1xycCh9v59Eems0i08xW1b9u1+SekIes/48MjWyNX20h1AEV/99L7dK66PqEuHAAAA&#10;0H+q0gEAAMCzmxjunD8x3PnTqqr+MXL+7mjeoCwiYijl9BvpSOwdb3d+9qZVq5aVDoJ+dGn85XTO&#10;6YOlO3iqHPk9pRvoTSmW/H3pBqCYL11vUAYAAMAcMSoDAIAedXN7/cj48OgHc47bco7vCJeGIyJO&#10;i4hfGxhYunt8qPPW2zZtWlQ6CPpNbk3/ZkQ8XrqDJ3kwFqf3l46gN22+54v3R8SDpTuA+ZcidpZu&#10;AAAAoH8ZlQEAQI/52MjIqRPtzjtaUX8xcnp9GJM9jXRWpHjXQw89/Pnxoc5rStdAP7li794H/j97&#10;9x5nh1nQ+f/7nJk0aWnLZanVNpmkyfQilYtbKBdRCLZNJmlBQKK46w1YQBGB9QL48xLEdYGFlUUX&#10;BUUpimIRENvmQou94LoWW+4BkswkmZm0tpQCbUqTNDPn+f1BWVHaksvMPHPOvN+vV//JaybnM3nN&#10;Kzmd8z3PU1P/uHUH/6rW+o51o6MHW3cwj5V8onUCMPdqzQ2tGwAAAOhfRmUAADCPbBoa/tGpqc7n&#10;a/LKJMe17pn/ytkp+fDmoeGPXnn6yrNa10C/mJ4a+J0k+1p3kCTZe3c9+N9bRzDP1bgCExagTqlG&#10;ZQAAAMwaozIAAJgHNp0+vHTT0PDlJXl/ktNa9/SgZ3QGOp/ePDT8WldiwrG75JYdXy7J21t3kNTU&#10;396wd+/+1h3MbyX5VOsGYM4dvPOkJZ9tHQEAAED/MioDAIDGNg2t+qnOQD5bkotbt/S4JUl+98u3&#10;3/nxLUPD57aOgV53aKrz5iR3tO5Y2Or27zrlYe9uXcH8N92Zur51AzDnPrFh27Z7W0cAAADQv4zK&#10;AACgkctPO+uRm4eG/7akXFqTh7Xu6Rc1eVxNbtw0tOrlNSmte6BXXXLLji+n5NWtOxayWvOax990&#10;06HWHcx/6/fsuTUlO1p3AHOnJK6+BAAAYFYZlQEAQANblp51/uBg9xNJntW6pU8tKSlv2zJ05hVX&#10;DA09vHUM9KqR8dF3Jfn71h0L1PvXTY79besIekfp5h9aNwBzp1vrP7VuAAAAoL8ZlQEAwBzbtGz4&#10;52qne32SZa1b+l9dN5Dj/nnrslXf17oEelV3uvtzSQ607lhIanLb1FTn51t30GNKrm2dAMyZ7nHd&#10;RVe3jgAAAKC/GZUBAMAcufG88xZtHjrzHaXk7UkWt+5ZQFZ1S/m/m5ef+ZzWIdCL1t+8a0dJ3tS6&#10;Y0Ep+aVLbtnx5dYZ9JYyVa9t3QDMmU9fcPMX72gdAQAAQH8zKgMAgDlw9RlnnHr77Xdel9QXt25Z&#10;oE5MrX+zZWj4DTUprWOg1/zTxOjrknykdccC8f5146PvbR1B71lzy9hkrZlo3QHMvlpdTQ0AAMDs&#10;MyoDAIBZtnnFOSsOdQeuT/Lk1i0LXKnJq7cMDb/zxvPOW9Q6BnrJxqQ7UAd+NsmXWrf0uZsXDUy/&#10;vHUEvavTyZWtG4DZV5KrWjcAAADQ/4zKAABgFl254szH1e7UP6XmrNYt/D8vuv32Oy+/bOnS41uH&#10;QC+5aHL7LbWbDUmmW7f0qTtrctEFu3ff1jqEXlaMyqD/HZyavudjrSMAAADof0ZlAAAwSzYvW/mE&#10;TrdeXZJTW7fwbdacXJZ84JoVK5a0DoFesm7v6HWl5jdbd/ShWkp54bqJ0c+3DqG3HTr09WuSHGjd&#10;Acym8g+X3HLLPa0rAAAA6H9GZQAAMAs2LR/+/pTO1iT/oXUL96+WjBzoDjixDI7Q2snR300tb27d&#10;0U9qqb+6dnznB1p30PsuueWWe2pydesOYBbV+sHWCQAAACwMRmUAADDDtgwNn1tqPpLk4a1b+E7K&#10;BSd1jv+by84997jWJdBLbpjc+eqS/HXrjn5QS/5sZHzsLa076B+lZnPrBmDW1MFF3StaRwAAALAw&#10;GJUBAMAM2rzinBU19aokj2zdwuGq606668BfXZOnD7YugV6xMeneddLin0qqE5GOQUne8/Hx0ReV&#10;pLZuoX90B6evjO8p6FefvHDXronWEQAAACwMRmUAADBDrhgaenjpTm1Kyve0buEIlfKcA0N7/7B1&#10;BvSSDdu23bvvpCXra+LaxqNR8vY1E6M/szHptk6hv6zfvXs8yf9t3QHMvOrqSwAAAOaQURkAAMyA&#10;y0877YSBLN5ak+9t3cJRe9Hm5Wf+eusI6CUbtm279+6J0R8rNX/auqWXlJI/XDs++gtOKGO2lJTL&#10;WjcAM6/W+netGwAAAFg4jMoAAGAGDA6c8LakPqF1B8eo1tdtWrbqR1pnQC/ZkEzfNTn64qS8s3VL&#10;byi/f9f46MsNyphN3XvrXyaZat0BzKCaT6/fu+uzrTMAAABYOIzKAADgGG0aGn5lSl7YuoMZ0Sml&#10;/OWW5cP/sXUI9JINyfTaiZ0vTSm/Edc5PpB7a+qLRyZ2/uKGZLp1DP1t3a2jtyf5+9YdwMwpnfrn&#10;rRsAAABYWIzKAADgGGwaWvUDJXlj6w5m1PG15r2bhodPbh0CvaQkdWR85+90a1md5NbWPfNJrZmo&#10;JU9aNzH2x61bWEBq+avWCcCMmU6O+8vWEQAAACwsRmUAAHCUtiw99xEl5X1Jjmvdwow7pxysf1aT&#10;0joEes36yZ3XpzP45CSfaN0yT9xYB6d/aN346Cdbh7CwTJeDH05ysHUHMBPqNWvHv/AvrSsAAABY&#10;WIzKAADgKNSk1IGD702ytHULs6SU52xdPvzzrTOgF43s+eKeJZ2pH6g1b0ky1bqnkXtTym8smVj6&#10;5PW7d4+3jmHhuXhi4qtJLmvdARy7Wsq7WzcAAACw8HjXPQAAHIXNy4Z/PiX/u3UHs+7u6XQee/HE&#10;jl2tQ6BXbV226vu6pbwzyZNbt8yVklzfrXnBusnRsdYtLGxXLjvzhzqlXte6Azgmdy3Zv/j01bdv&#10;u7t1CAAAAAuLk8oAAOAIbV5xzoqUvKl1B3PixIHUSzf6fyc4amsmxz63ZGLpD9VSfyXJ11v3zLKv&#10;l1J+85GnPPQCgzLmg/WTO69P8tnWHcDRK8mfGpQBAADQghdGAADgCNSkpE69O8lDWrcwV+pTn7hs&#10;+BWtK6CXrc61U+vGx95cuouHSvLGJAdaN82w/SV5Y+kuHlo7vvP1j7/ppkOtg+CbSqnvbN0AHLVu&#10;utXpyAAAADTh+ksAADgCm4ZW/VRJubR1B3Purqlu51GX7N1xc+sQ6AdbT1u1rDvY+fWkvjDJQOue&#10;YzCVlD+d6pbf9vcD89VVK1c+dGqqc3MM4qHn1OSqdROjF7XuAAAAYGFyUhkAABymTcPDJ5eUN7bu&#10;oImTB0v9/dYR0C/W3DI2OTKx8yWd1Ccm+fMkB1s3HaF9peQPp0t5zMjEzpcYlDGfXbhr15215LLW&#10;HcCR65TyjtYNAAAALFxGZQAAcJjKofxWku9u3UEjpT570/JVI60zoJ+smRi7aWRi9KcGB7unlpRX&#10;JtnduunBlORTNfWn63E5Ze346M9fPL7zC62b4HB0at6SpLbuAI7I3sXjp3+4dQQAAAALl+svAQDg&#10;MFwxdNbKgXQ/n2Rx6xaa+sQNE6NP2Jh0W4dAP7rxvPMWffm2r/1w7eRHkjwzKd/TuinJ7qRcUUr3&#10;Q2vGx64thjn0qC3Lhz9Ua36kdQdwuMorRiZ2vq11BQAAAAuXURkAAByGzUPDf51kQ+sO5oFafnZk&#10;cue7W2dAv9uYdM5fMXx+6eZZSZ6W5Lwkx83BQ08l+XiSyzu1XrFmcuxzc/CYMOu2LD3r/Nrp3tC6&#10;AzgMJbdPHbpnxSW33HJP6xQAAAAWLqMyAAD4Dq5cuvLRnU7nU3F9PN+w+5RTHnr242+66VDrEFhI&#10;Llu69PiHlOOfUNL9wVLKE5OcmeSMHNsJktM1+UJJuamU7o3dUm68e+rApzfs3bt/ZqphftkyNHxd&#10;TX6odQfw4Eopv7l2fOfrW3cAAACwsA22DgAAgPmu0+m8PgZl/Kszbv/ynT+V5F2tQ2AhuW/odf19&#10;/yVJalI2nz58ekpWlU5dUUpOqrWcWJKH1ZKTUsvgNz6uu7+TcqAm+1PLeMr0ZHc6kycs6k6s3rPn&#10;QKuvCeZcKW9KrUZlML/tm6oH/6B1BAAAADipDAAAHsTWoVXndVNubN3B/FJrJu4+efGZG7Ztu7d1&#10;CwAcro1J54nLz/xkan1M6xbg/pXkrWsnRl/VugMAAACctgAAAA+im+IFHb5NKRk6cd+BH2/dAQBH&#10;YmPSTaZf27oDeED7uvfmd1tHAAAAQGJUBgAAD2jL0lXDSQyHuF8l5Ver058B6DEj47s2peS61h3A&#10;tyulvG3draO3t+4AAACAxKgMAAAeULeUlyYZaN3BvHXupmVn/mDrCAA4YrX7660TgG9zx8DA9P9o&#10;HQEAAADf5F31AABwP65ZsWLJge7gzUke0bqF+auU/O3a8dFnt+4AgCO1eWh4a5KLWncA31BSXr12&#10;YuebWnfAXLhiaOjhnXLcik43Q7XkuG/+ei31jk5n4I7Fdy8aW337trtbNgIAAEZlAABwvzYtW/Vj&#10;pZT3te5g3pvqdqaWrd+z59bWIQBwJDYvH35yav5P/HwQmqvJbQMHT1i15rbPfL11C8y0y5KBk5ev&#10;+qFuygWl5rwkj0/yH77Dp9Uke5J8pqZ+tAwMfmRk9/bts90KAAD8W35oBAAA92Pz0KqrknJB6w7m&#10;v1LqL68dH3tL6w4AOFKblg2/t5T8ROsOoLx0ZGLnO1pXwEy6csWZj+t068uSPDvfeUT2HZXkC93k&#10;nZ3u4ves3bvtK8deCAAAfCdGZQAA8O9sOn14aRnIeJJO6xZ6wudHJkbPbR0BAEfq6jPOOPXQ9MD2&#10;JA9t3QILVSm54Z/GR5+yMem2boGZsHlo5Q+ndH4jNU+bpYc4UGv+ZLp23nDJ3h03z9JjAAAA8SIZ&#10;AAB8m9LJ8+K5MofvUVvOOOuxrSMA4EhdsHv3ban57dYdsIB1S60v22hQRh/YumzV920eGt6adK6e&#10;xUFZkiwpJb8w2OmObh5a9abLTzvthFl8LAAAWNC8UAYAAP9eKc9vnUBv6U5NP7d1AwAcjSWTS9+W&#10;5LOtO2Bhqu9ZMzF2U+sKOBaXJQObhoZf3S3lxiQXzeFDL0nKrwwOnvDpTUuHZ3PEBgAAC5ZRGQAA&#10;fIvNK85ZkdQntO6gt5RSntO6AQCOxupcO5V0X9W6AxagOxcNdF/TOgKOxdZVq77rpOXDHy3JG5Is&#10;bpQxXDr56Kah4VfXpDRqAACAvmRUBgAA32p6al3rBHrSuVeevvKs1hEAcDRGJnZ9NMnftO6ABaXm&#10;dRfs3n1b6ww4WlcuW/n47qFy4yxfdXm4Bkryhi3LV733snPPPa51DAAA9AujMgAA+Ba1ZKR1A72p&#10;MzCwtnUDABytRdODL03ypdYdsBCU5PobJkf/V+sOOFqblq96Rqd0rkuyrHXLv1HL80/cd/CKy5Yu&#10;Pb51CgAA9AOjMgAAuM9l5557XEme0bqDXlV97wDQsy64+Yt3pNZXtO6ABWD/9HT3v2xMuq1D4Ghs&#10;Xj785FLL3yY5oXXL/SnJhSd2llx2TZ4+2LoFAAB6nVEZAADc5yF33fukzNMfjNMTnu6FCwB62cjk&#10;2PtSy4dad0A/Kykb19+8a0frDjgaH1m68szUXJnkpNYtD6YkF+9fvvedrTsAAKDXGZUBAMB9Sro/&#10;2LqBnvbQe5ZNPK51BAAci8509xVJ7mrdAX2p5tOPPOXk32udAUdj66mPech06bw/ycNbtxyOUvOz&#10;m4dWvbh1BwAA9DKjMgAAuE8p5YdaN9DbSilPbt0AAMdizS1jk6Xkl1p3QB860En9z4+/6aZDrUPg&#10;aHQX3/PWlDy2dceRKW+7cunKR7euAACAXmVUBgAASWpSSnJ+6w56W0l5QusGADhWa8dH/yTJe1t3&#10;QH8pr1wzOfa51hVwNDYtHX5akhe27jgKizudzp9ck6cPtg4BAIBeZFQGAABJtqw4Z3lNHta6g95W&#10;kse3bgCAmTA42H1Zkt2tO6BPXDYysfMdrSPgaFyTpw+WTn1HktK65Sidf2Bo8gWtIwAAoBcZlQEA&#10;QJI6fehxrRvofTU56/LTTjuhdQcAHKsLd+26M7X7Y0lc1QfHoNZMTOfel7bugKN1YOjmFybl7NYd&#10;x6SU37lq5cqHts4AAIBeY1QGAABJSqfzfa0b6AsDixafeGbrCACYCSOTu/45tb6xdQf0sG5JXnzx&#10;xMRXW4fA0bjs3HOPS+prW3ccs5pTpqYHXtw6AwAAeo1RGQAAJEmtvf3Oa+aN7tT0Oa0bAGCmLJlc&#10;9rqkfqx1B/SiUsrGkcnRra074GidtO/ghiTLW3fMiFpfeeN55y1qnQEAAL3EqAwAAJKUEqdLMSNK&#10;KUZlAPSN1bl2qnSX/EiS3a1boMdctmZ85++0joBjUvPC1gkz6LQvfelr61tHAABALzEqAwCAJLVm&#10;VesG+kMtffJOfgC4z9q9277S7ZTnJLmndQv0iG1L9i9+YUlq6xA4WpuWDa9KydNad8ykUsrzWzcA&#10;AEAvMSoDAGDBu2zp0uOTPLJ1B/2h1JzWugEAZtr6PTs/VUte3LoDesCd3enuc1bfvu3u1iFwTEou&#10;SVJaZ8ywi7ee+piHtI4AAIBeYVQGAMCCd9Lgiae2bqCvGJUB0JfWjY++NynvbN0B81i31Pz0+pt3&#10;7WgdAseqlKxp3TALTpg+7p4faB0BAAC9wqgMAIAFrzs1bVTGzCn57tYJADBb6nH1F1NzbesOmI9q&#10;8ktrJ0c/3LoDjtXGpJOap7bumA2dTnli6wYAAOgVRmUAACx4g52c0rqBPlLzsNYJADBb1o2OHrz3&#10;hIFnluRTrVtgPqk1b1k3MfrW1h0wE85fNnxGkhNbd8yGbq3nt24AAIBeYVQGAMCC1605qXUDfWXR&#10;ZUuXHt86AgBmy7O2b9/XqQPrk4y3boF5odYPfnxy9FdbZ8BM6STf17phFp3dOgAAAHqFURkAAAte&#10;Ld2+fAc27Txi0aKTWzcAwGy6aHL7LbXk2Un2tW6Bxm5ccmDJT29Muq1DYKZ0Sx1q3TBbSjK00Wtj&#10;AABwWDxxBgCAlIe0LqC/HKqLnVQGQN9bNz76ydQ8L8mh1i3QyBfrvVm3+vZtd7cOgZlUUh7RumEW&#10;LX7q6ec8vHUEAAD0AqMyAAAWvE6pA60b6C+dWkvrBgCYCyOTo1tLtz4zycHWLTCnSnZ0FtWnrbt1&#10;9PbWKTDTampfj672l+6S1g0AANALjMoAAFjwarfU1g0AAL1q7d6xLSnlJ5JMtW6BOXLLdO2MrBkb&#10;+1LrEJgNpZTp1g2z6biBclzrBgAA6AVGZQAAkBiVAQAcg5HxnR9MyUvjeRX976ul5JKLJ3bsah0C&#10;s6XU/r7WeHpquq+/PgAAmClGZQAA0Ofvwmbu1XQOtG4AgLk2Mj76rtTygiTd1i0wS27pdDpPWTs+&#10;+onWITCrau5qnTCbjl809eXWDQAA0AuMygAAWPBKzb7WDfSXg0u6d7duAIAWRiZ3vrumvjJOLKP/&#10;3FqSi9bs2fHF1iEw22rJROuGWbRv9Z493gQEAACHwagMAIAFr1uqURkzqX5y+/avt44AgFbWTYz9&#10;fq31+Ul/X5/GgjLWHZh+0tqJ0W2tQ2AulNoZb90wi3a0DgAAgF5hVAYAwILX6VanSjGT7t7o2i8A&#10;Frh1k2N/nVJ+PMnB1i1wjMY6ZeDC9bt39/PIBv6NgyeUTyWZbt0xK2o+1ToBAAB6hVEZAAALXunk&#10;9tYN9I+a3Nq6AQDmg5HxnR/s1nJRkrtat8BR+sfSXXz+mvHtu1uHwFx61vbt+5Jsb90xG0qnGpUB&#10;AMBhMioDAGDBq+W4W1o30D86yb+0bgCA+WL95M7rO6WOJLmjdQsckZprBwe769bu3faV1inQRvmH&#10;1gWzoXYGr2rdAAAAvcKoDACABe+u8S98Kf16tQdzzkllAPBvrRkf+8dOGXhCks+3boHDUupf7Tt5&#10;8ZoLd+26s3UKtFJr/UDrhlkwNrJ7e1+ewAYAALPBqAwAgAVvwzcGZU6XYkbU1D2tGwBgvlkzvn33&#10;ounBH0rqx1q3wIOpNX+wb3zsJzds23Zv6xZo6e6TF19bkq+17phRJR9unQAAAL3EqAwAAL5hR+sA&#10;+kOnlJ2tGwBgPrrg5i/esWRi2TNKyR+2boH7cU9qff66ydGXb3CKMWTDtm331tT3tO6YQd3azdtb&#10;RwAAQC8xKgMAgCSlxBUYzIjudIzKAOABrM61U2vGR19Wk99KUlv3QJLU5Laku2Zkcux9rVtgPpku&#10;nT9K//xdfd26ydGx1hEAANBLjMoAACBJ7RoCMTMGy4DvJQB4ECWp6yZGf7uT8swkX23dw4L3iYGp&#10;+oSRiV3/0DoE5puLx3d+ISmbW3fMhJLO77ZuAACAXmNUBgAASTqlfK51A72vJrddNLn9ltYdANAL&#10;1kzsvKLWPCE1n27dwkJV3rmve+Cpa24Zm2xdAvNWd+q16fUrYUuuWzux4+rWGQAA0GuMygAAIEln&#10;cPrj6Z9rPWikpN7YugEAesm6ydGxujhPTOrbWrewoHwlNc8amdj5kg179+5vHQPz2cje3Z8pNZe2&#10;7jgG02W686utIwAAoBcZlQEAQJILd+26M8mu1h30tlI6n2rdAAC9Zt3o6MGRibFXJOWlSe5p3UPf&#10;++RAt/ukkcnRv2sdAr1iYFH3v9aaidYdR+lNa/fu+HjrCAAA6EVGZQAA8E2l/HPrBHre/20dAAC9&#10;amRi5zs6nc55SZz8yWzoluStSzpTT7lo766drWOgl1y4a9ed6dSXpsdO9y7JF/Z1D7y+dQcAAPQq&#10;ozIAALhP6ea61g30tOnuovqx1hEA0MvW7NnxxX0To0+qyWuS3Nu6h35Rt3e75SlrJ0ZftXrPngOt&#10;a6AXrRsf21xK+a3WHUfgjtoZXOeKWwAAOHpGZQAAcJ862LmmdQM97VPrRkfvah0BAL1uQzK9bmL0&#10;jd1u9/FJPtu6h57WLckb93UPfv/6vTtvaB0DvW7N+M7fqckHWncchunUvGBkzxf3tA4BAIBeZlQG&#10;AAD3Wbt7+44kt7buoEeVXN86AQD6yfq9uz67ZP/ip5TkrUmmW/fQcyZTupesnRh9jZOKYGaUpN7d&#10;PfCTNbmqdcuD6Cb5mZHJ0b9rHQIAAL3OqAwAAO5Tkprk6tYd9KjavbJ1AgD0m9W3b7t77cToq7rT&#10;3Ucl+fvWPfSEg0let6974OyR8V2bWsdAv9mwd+/+u7sHnjVPh2WHkvqCkYnRv2gdAgAA/cCoDAAA&#10;vlWpH2ydQO8pydeWTAxd17oDAPrV+pt37Vg7MXpBTf3pJF9u3cN8Va8e6HYfPTIxutHpZDB7Nuzd&#10;u//4iaXrSvLG1i3fYryUPGlkYuzS1iEAANAvjMoAAOBbLLlnyVVJDrTuoLfU5OrVuXaqdQcA9LOS&#10;1HUTY++Z6nYel1Lel2+cMgtJcket+fkbJsbWXLR3187WMbAQrM61U2snRl+TmpclaT3ivGaq2/mB&#10;teOjn2jcAQAAfcWoDAAAvsXq27fdnfl5jQfzWEne37oBABaKS/buuHlkfOfzS8njU+Kk0IVtf5LX&#10;dQ6esHzd5Ogfbky6rYNgoRmZHH176dbHNLoO82CS194wMXrBJXt33Nzg8QEAoK+V1gEAADDfbFq2&#10;6sfKN06/gMNx55LO1Hev3rPHCXcA0MCmoeFLSvJ7SVa1bmHOdJPyJ1Pd8tuGJDB/bFl+5nNT6+tr&#10;8r2z/FDTteQ9iwa6Gy/ctWtilh8LAAAWLKMyAAD4d65ZsWLJwe7gv9TkYa1b6AX13SMTYz/bugIA&#10;FrLLTzvthIHBE365k7zKc7h+V/6h1PJrayd3fKx1CfDtLksGTlp25k+m1JclefwM//ZfT8mlA9Pd&#10;t7rqFgAAZp9RGQAA3I8ty4bfVUte0LqD+a+kc+HaiR1Xt+4AAJKtpz7mIXXx/hfV1F9NclrrHmZS&#10;+WindH9zzfjYP7YuAQ7PlUtXPrpTBn6qlLr+GE4v25/k6pp6eae75ANr9277ykw2AgAAD8yoDAAA&#10;7sfmoZVPTTpOP+A7GVs7MXpmSWrrEADgX3347LNPOm7/9C8k+a9JHtm6h2NyUynlt9aO77yydQhw&#10;9K4844zlnanB1UnOTel+b5LhWsvxpeSkb/mwQ0kZL6m7Usq2dMu13cXdj68bHT3YKBsAABY0ozIA&#10;AHgAm4eGb0hyfusO5q9a6q+sGx97cwupI/sAACAASURBVOsOAOD+XXPKuSceWHLwxSn5xSTLW/dw&#10;2GqSj3RS3nLRxM6rDfgBAABg7hmVAQDAA9i87MyfSal/1rqDeetAZ1FdvmZs7EutQwCAB7cx6Txp&#10;6KxndNN9RUnWx89F56uvJ/Vd0xn4XxdP7NjVOgYAAAAWMj88AQCAB3DNihVLDnQHx5N8V+sW5qP6&#10;jpGJsZe2rgAAjszm5cNPTs2rkjwnyUDrHpIk4ynlTxZ1pv74gt27b2sdAwAAABiVAQDAg9qyfNUv&#10;1Vpcb8i/N9UpA2etGd++u3UIAHB0rhgaevhAFj0vtfx8Sh7bumcB2p+UP++k+841E2M3tY4BAAAA&#10;/i2jMgAAeBDXnHLuiQdOOLgrNae0bmFeef/IxOiG1hEAwLGrSdm6fNXTay0vTPLcJEtaN/Wzknyh&#10;W+t7p+vAuy/Zu+Pm1j0AAADA/TMqAwCA72DT0PArS/J7rTuYN6YGut1HXbR3187WIQDAzPrQihUP&#10;W9wdeF5JeW6SZyRZ1LqpT9ySkveV5L1rx0c/0ToGAAAA+M6MygAA4Du4ZsWKJQe6g6NJTm/dwjxQ&#10;866RydEXtc4AAGbXFUNDD+9k0SX3DcwuihPMjkitmSidXJHa/eC+iV3XbkimWzcBAAAAh8+oDAAA&#10;DsPmZcOvSsn/bN1Bc/d2ysA5a8a3724dAgDMnQ+fffZJx+2fXpuaNTW5sJQMtW6ah2pSbkzJ33VL&#10;rli/Z+enWgcBAAAAR8+oDAAADsM1efrggaG9n0jy6NYtNPWGkYnR17aOAADa2rrirHO63XpR0r0o&#10;KU9P8pDWTQ3UJJ9PzbW15NqBRfX6NWNjX2odBQAAAMwMozIAADhMm5avekap5aOtO2il/su9xw+e&#10;/azt2/e1LgEA5o8bzztv0Zdv2/f93c70E0vKE5M8Mclw665ZcE+ST6bk47XmH3Nvrlt36+jtraMA&#10;AACA2WFUBgAAR2DzsjM/mFKf3bqDuVdq+bm1kzv/qHUHADD/XX7aWY9ctKg+sSbfn+TcUus5NTkn&#10;yZLWbYejJF+rNV9MyeeS+s/dTufjJ+w5/XOrc+1U6zYAAABgbhiVAQDAEdh0+vDSMpAvJDmxdQtz&#10;qOS6G8ZHn7Ex6bZOAQB608akc/6y4TMGSvnemjwqpa7o1iwryfKSLKvJw+Y46csl2VuTyVoz3unU&#10;7bXWLwzURV+4aHL7LXPcAgAAAMwzRmUAAHCEtiwb/rVa8t9adzBnDmRg4HEju7dvbx0CAPSva045&#10;98SDiw98dxnId9VuOaWWempNeXgneXhKTu5289BS6kOTLL6/z68ptSRfS5KSdLupXy0pX62lfqWk&#10;fDUpX02pX+mkc+udU/eMb9i7d/+cfoEAAABATzEqAwCAI3RNnj54YGjvdUme0rqF2VdL/ZV142Nv&#10;bt0BAAAAAAAwV4zKAADgKNx3DeankzyidQuzp9RsXjM5ur4ktXULAAAAAADAXOm0DgAAgF607ubR&#10;vaWUF7fuYFZ9uZOBFxmUAQAAAAAAC41RGQAAHKW14zs/UJK/bt3B7CjJyy6a3H5L6w4AAAAAAIC5&#10;ZlQGAADH4K7ugZ9NcmPrDmZWTX3T2onRy1p3AAAAAAAAtGBUBgAAx2DD3r37Bwe7z63Jba1bmBml&#10;ZvPHJ8Ze27oDAAAAAACgFaMyAAA4Rhfu2jVROvnxJIdat3Cs6p7uofz0xqTbugQAAAAAAKAVozIA&#10;AJgBI3tGr62pL2rdwTEoub3WcsG6W0dvb50CAAAAAADQklEZAADMkHUTY+8pyRtbd3BU7q2pP75u&#10;cnSsdQgAAAAAAEBrRmUAADCD1k6MviY1/7t1B0ekW0tesG587O9bhwAAAAAAAMwHA60DAACg3/zF&#10;XV/ZvPOhDz+1pDy+dQvf0XSS56+bGH1f6xAAAAAAAID5wkllAAAww0pS754Y+4Ukf9O6hQdVU/OL&#10;IxOj728dAgAAAAAAMJ8YlQEAwCzYkEzvmxj98Zr6R61buF+HSin/eWRy9O2tQwAAAAAAAOab0joA&#10;AAD63aah4VeX5A2tO/h/9pdSnrd2fOeVrUMAAAAAAADmI6MyAACYA5uGhl9ZkrfEacFNleRrSed5&#10;ayd2XN26BQAAAAAAYL4yKgMAgDmyadmqHyul/GmSE1q3LFCjnU7nkjV7dnyxdQgAAAAAAMB8ZlQG&#10;AABz6MoVZz6u060fSLKydcsCc82i6cHnXXDzF+9oHQIAAAAAADDfGZUBAMAc+/DZZ5+0aP/0n5Xk&#10;ua1bFoBuTX5tZGL0TSWprWMAAAAAAAB6gVEZAAA0sDHpPGn5mb9da31tkk7rnj51V0r9mZHxsQ+1&#10;DgEAAAAAAOglRmUAANDQljPOemyd6l6akse2bukzf9ftTL1k/Z49t7YOAQAAAAAA6DVGZQAA0Ng1&#10;K1YsOdgd3FiTX04y0Lqnx301yUtGJkbf3zoEAAAAAACgVxmVAQDAPLFl+arVtZY/TrKqdUuP+sh0&#10;Oj938cSOXa1DAAAAAAAAeplRGQAAzCPX5OmDB4YmX5BSfic1p7Tu6RGTNXnZuonRy1uHAAAAAAAA&#10;9AOjMgAAmIeuPuOMUw9NDfy3lPxskk7rnnlqf0netr8z9YZn79nztdYxAAAAAAAA/cKoDAAA5rFN&#10;y4e/v9S8LsnF8fz9m6ZryXsyld9cd/Po3tYxAAAAAAAA/caLUgAA0AM2DQ0/qiSvSfITSQZa9zSy&#10;P6l/PDhY33Lhrl0TrWMAAAAAAAD6lVEZAAD0kPtOLnttkh9Jsqh1z1woyddq6nu6A93/uX737vHW&#10;PQAAAAAAAP3OqAwAAHrQVStXPnRqqvxYSudlqfUxrXtmQU3qR5Pyzn0nLf7whm3b7m0dBAAAAAAA&#10;sFAYlQEAQA/bmHSePHTmD0/X+jOl5OIkJ7duOhY1ua2U/GXpdC5du3vHp1v3AAAAAAAALERGZQAA&#10;0Cc2DQ8v7hwqF6Rbn1NLnpnkka2bDkdNbuvUXJlO+eDi8dO3rs61U62bAAAAAAAAFjKjMgAA6EOX&#10;JQMnDa18cikDq2vN05L65CQntO66z8Gkfjwpf5/avfKGyV03bUy6raMAAAAAAAD4BqMyAABYAC47&#10;99zjTtq3//yk89SU8tjU+ugkZycZnIOH35VaP1WTT9R0PnbCwKGPr96z58AcPC4AAAAAAABHwagM&#10;AAAWqG9cl5lzU3NuSllRa5aWWpfVkqEky5KcfBi/zcEkX07ypVJza0r21lImSq3jNd3dBzrdzz17&#10;z56vzeoXAgAAAAAAwIwyKgMAAB7U1lMf85BDi7923L//9c5xx02vGx29q0UTAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAADAYSqtAwCAmXXNihVLDkyV&#10;s2pn4KxSs6yUDNVkaZLTa3JSSU5KcnKSh3/Lp92b5OtJPZCU/Um+XpNbS3JbSr5UapmoZXrnwHR2&#10;Lto7tHt1rp1q8bUBAAAAAAAAMPuMygCgh31oxYqHLZ4ePD+pTyilPCHJ45IMZXb/jT+U5ItJPl1L&#10;/XQnuenQof03XHLLLffM4mMCAAAAAAAAMEeMygCgh3z47LNPWnTP1A+n5OmdlKfV5DFJOq278o2T&#10;zv45yfW11KvvPnHJP2zYtu3e1lEAAAAAAAAAHDmjMgCY564+44xTD00P/kip9Vm15BlJFrduOgz7&#10;UsvV6dQrp+u9H7x4YuKrrYMAAAAAAAAAODxGZQAwD20aHl6ce3NJkp8uydokg62bjsHBJFtqrX+V&#10;xeVv142OHmwdBAAAAAAAAMADMyoDgHlk64qzzunW7otT89NJHtG6Z8aV3J6ad6Uz+I6RPV/c0zoH&#10;AAAAAAAAgG9nVAYAjW1MOucvW/XM0imvTM3TWvfMkenU+uFu7bxp/d6dN7SOAQAAAAAAAOBfGZUB&#10;QCM3nnfeottv/9pPlJRX1+R7W/c0U3NtTf77usnRj7ROAQAAAAAAAMCoDADm3GXJwElDq16YlN9I&#10;srR1z7xRymdS6++MTIy+v3UKAAAAAAAAwEJmVAYAc2jLsrN+sJbum5Oc37pl3irZUmp+ee3E6LbW&#10;KQAAAAAAAAALkVEZAMyBzSvOWVG7U79fkotbt/SIbpL3djtTv7p+z55bW8cAAAAAAAAALCRGZQAw&#10;izYmnScOnfkLSX19kpNb9/SgO0ryqrUTo3/eOgQAAAAAAABgoTAqA4BZsvmMs88u3elLa80TW7f0&#10;vvqxgW594UV7d+1sXQIAAAAAAADQ7zqtAwCgH21ePvzCTE//s0HZTCk/2O10Pr5l+ZnPbV0CAAAA&#10;AAAA0O+cVAYAM+jKFSu+u9MdvDTJRa1b+tifdw6e8HNrbvvM11uHAAAAAAAAAPQjozIAmCFbl696&#10;SreWv0yyvHXLAnBTd2D6uet37x5vHQIAAAAAAADQb1x/CQAzYNPQ8Ku7tVwfg7K5cl5neuAzW5YN&#10;P6t1CAAAAAAAAEC/cVIZAByDa/L0wQNDN//PpL68dcsCNVWTX1k3MfrW1iEAAAAAAAAA/cKoDACO&#10;0tZTH/OQ7uL9lyV1XeuWBa/k924YH/3ljUm3dQoAAAAAAEenJuWqZWd/T+1Mreh2O8tTuid949fL&#10;CUkWf/PjOrXcWUu9o5Z6R6czcEc5OP2Vi24Z21uS2iweAPqMURkAHIXLl551+mCnuznJo1u38P98&#10;eF/3wPM37N27v3UIAAAAAAAPbuvys8/odqeemE45P7U8JqnLkwwlOe4of8uvJ+XzqfUzSbaV0vns&#10;/s69Nz57z56vzVw1ACwcRmUAcISuPOOM5Z3uwEdSc1brFv6tUrN58cDUc1bv2XOgdQsAAAAAAP9q&#10;62mrlnUHyo/WkmeU5Pwk3zUHDzud5J9KKVszXbb+094dN2504wUAHBajMgA4AlcMnbVyIN3rkixt&#10;3cIDqR+79/jB9c/avn1f6xIAAAAAgIXs8qVnnb6oU3+0pm5I8uS0f336yyXZVDv5s7V7Rq9zXSYA&#10;PLDW/2gDQM/4yLKzT5sq09eW5MzWLTy4mlx1fGfqmU4sAwAAAACYWxuTzpOWDV9SS3l5Ulcn6bRu&#10;egC7SinvHhiYvvTCXbsmWscAwHxjVAYAh2HTdw+fUo7L9UnOad3CYfu7JRNLn7s61061DgEAAAAA&#10;6HdXrVz50KlDnRem5GVJVrbuOQLdpG4u3YHfXrt3x8dbxwDAfGFUBgDfwZal5z6idg5em+TRrVs4&#10;QqW874bxnf9pY9JtnQIAAAAA0I+uWrnyoVNT5f9Lys8lObF1z7GoyRUDqRvXTIzd1LoFAFozKgOA&#10;B3HNihVLDnQHNyVZ3bqFo1NT37RuYuzVrTsAAAAAAPrJNXn64P5le/9L6eR1qTmldc8Mqkn+rlPr&#10;r6+ZHPtc6xgAaMWoDAAeQE3KlmWr/ialPKd1C8emlPzC2vHR/926AwAAAACgH2xeNrwmJW9Jcm7r&#10;lll0KMmb93UPvH7D3r37W8cAwFwzKgOAB7BpaPjVJXlD6w5mxHQp5Vlrx3de2ToEAAAAAKBXXX7a&#10;WY8cGOz+UUme27plDt2SUl4+Mr7zg61DAGAuGZUBwP3YtHzVM0otW5MMtm5hxtwxONj9jxfu2jXR&#10;OgQAAAAAoNdsHlr5w0nnz5Isa93SQE3KewYHp19x4a5dd7aOAYC5YFQGAP/OVStXDk1NdT6V5OGt&#10;W5hxN9Xj8gPrRkcPtg4BAAAAAOgF15xy7okHjj/49iQ/2bplHpjsdsvz1u/deUPrEACYbZ3WAQAw&#10;n1yWDExNlb+IQVm/Oi8H8+bWEQAAAAAAveDypWedfuD4g9fHoOyblnU69e+3DA378wCg7zmpDAC+&#10;xZZlw79WS/5b6w5mVS3dum7t3rEtrUMAAAAAAOarzUMrn5p0PpTkka1b5qm/mJq65yWX3HLLPa1D&#10;AGA2GJUBwH22LD3r/Nrp/p8kg61bmGUlt3cG6/etGRv7UusUAAAAAID5ZtPQ8CUl+cskJ7Zumeeu&#10;WbJ/8TNX377t7tYhADDTXH8JAEmuWbFiSe10L41B2cJQc0qdKu9onQEAAAAAMN9sWT78spJ8KAZl&#10;h2P1geMPbr1q5cqHtg4BgJlmVAYASQ52B1+b5JzWHcydWvMjW4fOvLh1BwAAAADAfLFp+apfrjV/&#10;kGSgdUsPecrUVOcfP7Ls7NNahwDATHL9JQAL3ualZzwmnYGb4pSyhWiyc/CE711z22e+3joEAAAA&#10;AKClTcuH/1OpeU8cTHJUavK52pm6cP2ePbe2bgGAmeAJAQALWk1KOp0/iEHZQrVsesk9v9Y6AgAA&#10;AACgpc3Lzny+QdmxKcn3DXQH//5DK1Y8rHULAMwETwoAWNC2DA3/aFJ+sHUH7ZSa/3rlGWcsb90B&#10;AAAAANDClqGzLkip747Xjo9ZTb53SXfw0o3+LAHoA/4xA2DB2jQ8vDjJ/2jdQXNLOt3Of28dAQAA&#10;AAAw1zYNDT+qpvvBJMe1bukjz3zi0PA7WkcAwLEyKgNgwSr3lpckcUIVSS0/vnVo1XmtMwAAAAAA&#10;5spVK1c+tKR+MMlJrVv60Is2Da16eesIADgWRmUALEiXn3baCUn3Na07mDfKdMrG1hEAAAAAAHOh&#10;JuXQVOddSTm7dUu/Kilv2bRi+EmtOwDgaBmVAbAgDQ6c8JKkfE/rDuaPkqx3WhkAAAAAsBBsXTb8&#10;2pI8t3VHn1tUai79xpvcgf+fvXsP0/ss6Pz/uZ+ZJD3QcmzptsnkNEkLlZOtHASFSg9J2nJYMRxW&#10;BBTP4rqCoj9dicoqorssgou4oKzCAgVFtuQExVYEpNiCogXaTE6TtLQUWmh6SjLPc//+gF1LbdMk&#10;nZn7Obxe19X/2nneuZ5cnZnn+/neX2DwGJUBMHIuX7bsmFry2tYd9B2nlQEAAAAAQ2/z0smn1ZLf&#10;bt0xEmpWj48f/6bWGQBwNIzKABg5d9Xxl5Tk0a076D8luXDj4hWPa90BAAAAADAXLs+zxlPzlrhO&#10;PI/qj2+dWHVe6woAOFJ+WABgpNSklJpXt+6gb5VOp/PzrSMAAAAAAObC3Uuv/09JzmrdMWJKL/VP&#10;P7Rs2cNahwDAkTAqA2CkbJ1Y/ewkj23dQV/7D5eddsYjW0cAAAAAAMymjyxd9ZjU6rGXbSxe1Bvb&#10;0DoCAI6EURkAI6XW7k+3bqDvHXtwvPujrSMAAAAAAGbTWK1vSrKodceoKik/9ZGJ1StadwDA4TIq&#10;A2BkbFy27JSUcnHrDgZArS9vnQAAAAAAMFs2T6x4dpILWneMuEVjtfv7rSMA4HAZlQEwMsbq2H9I&#10;sqB1BwPhsZuXrPie1hEAAAAAAA9WTUoy9rutO0hSyr/fsmT197XOAIDDYVQGwMiotbykdQMDpIy9&#10;tHUCAAAAAMCDtXnJ5HlJdRNtn6il+19aNwDA4TAqA2AkfHTxilVJvrt1B4Ok/tAGPysBAAAAAAOs&#10;JqWUOKWsr5Tv27x08mmtKwDggbhQCsBI6HY6L2jdwMA55ckTK/1iDwAAAAAMrK0Tq58dN1z3n5qf&#10;aZ0AAA/EqAyA0VDznNYJDJ5Syr9v3QAAAAAAcLRqej/ZuoH79KJNp00ubh0BAIdiVAbA0Lv01NWP&#10;Ssn3tO5gIF3UOgAAAAAA4GhsOmXypMQN131qvDNefqp1BAAcilEZAENvbEHvgiRjrTsYQDWrNy87&#10;Y1nrDAAAAACAI1UWlhcnWdi6g/tWa/2xS1y7AKCPGZUBMAqe3TqAwVXqzLmtGwAAAAAAjlz96dYF&#10;HNIpJ0yseFbrCAC4P0ZlAAy9UvPM1g0Mrl4v57RuAAAAAAA4EluWr35CkjNad3BotXae17oBAO6P&#10;URkAQ+2jS04/NcmK1h0MtGe0DgAAAAAAOBK9me5FrRs4DCU/tME1ewD6lG9QAAy1bqf31NYNDLZS&#10;MnHZ8uWPbt0BAAAAAHC4SilrWzfwwEry6CdPrHxa6w4AuC9GZQAMtZJ8d+sGBt+B7tiTWzcAAAAA&#10;AByODy1b9rAkT2ndweHppFzcugEA7otRGQBDrVfrE1o3MPiMEwEAAACAQbGoO3ZBkvHWHRyemjyj&#10;dQMA3BejMgCGWkme2LqBoXBm6wAAAAAAgMPRKeXZrRs4Ik+66qyzFrSOAIB7MyoDYGh9+PTTT0iy&#10;uHUHQ+GM1gEAAAAAAIejJk9q3cAROe6mr97qqSsA9B2jMgCG1vj+3srWDQyNyQ1+bgIAAAAA+tyG&#10;b32O+djWHRyZsU7nKa0bAODeXBwFYGh1ala0bmBoHPu0U1ee1joCAAAAAOBQvnfxipVJjmvdwZGp&#10;tXxP6wYAuDejMgCGVklveesGhkd3YTEqAwAAAAD6Wm9s7PGtGzgadVXrAgC4N6MyAIZW7XVOad3A&#10;8OhUozIAAAAAoL/1aj2zdQNHZUnrAAC4N6MyAIZXqUZlzJpe7Z3augEAAAAA4FA6yeLWDRyVU686&#10;66wFrSMA4J6MygAYZie3DmB4lJRHtm4AAAAAADiUWsujWjdwVMZu/vodnpYBQF8xKgNgiJWHty5g&#10;iJSc2DoBAAAAAOBQSqlujh1QvW53onUDANyTURkAQ6we37qAIdIzKgMAAAAA+ltNjMoGVEnvEa0b&#10;AOCejMoAGGZGZcyaUvKQ1g0AAAAAAA/gpNYBHJ1OKQtbNwDAPRmVATC8So5rncDwqMlY6wYAAAAA&#10;gAfgZusB1StZ0LoBAO7JqAyA4VVTWicwPGr8fQIAAAAA+ltJDrZu4Oh0ek4qA6C/GJUBMMx6rQMY&#10;HqVWozIAAAAAoK/VYlQ2qGrpOakMgL5iVAbAMDMqY/aU4u8TAAAAANDfag60TuDo1KS2bgCAezIq&#10;A2CYuSOLWVOSO1s3AAAAAAA8AKOyAdUpnVtaNwDAPRmVATC0avLN1g0Mj1pye+sGAAAAAIBDq0Zl&#10;A6tnVAZAXzEqA2BolWRf6waGSK13tE4AAAAAADi0ckPrAo5O7fa+3roBAO7JqAyAYXZb6wCGSbm1&#10;dQEAAAAAwKGV6dYFHJ2ZLDAqA6CvGJUBMMy+2jqAYVLd4QcAAAAA9LVae0Zlg6nelTs9/hKAvmJU&#10;BsAw29s6gOFRa/lK6wYAAAAAgEMpnbK7dQNHZdf6vXvvah0BAPdkVAbA0CrFyVLMnlK7N7ZuAAAA&#10;AAA4lE71+MsB9c+tAwDg3ozKABhavZ6Typg19Zj9x+1oHQEAAAAAcCid8e61rRs4Kte0DgCAezMq&#10;A2BojY2Nfbl1A0PjK+fcfM3trSMAAAAAAA7lvB07phM3XA+cWpxUBkDfMSoDYGg98pEnbE9ysHUH&#10;Q6DmutYJAAAAAACHpdbPtk7gCNUZJ5UB0HeMygAYWmdfffXBlOxs3cEQKNWR8QAAAADAQCidfLp1&#10;A0fk6/v27jQqA6DvGJUBMNxqvtA6gWHQ+XzrAgAAAACAw9Gr+UzrBo7I36xPuq0jAODejMoAGGq1&#10;1CtbNzD4erV7desGAAAAAIDDcXtv/+eS3N26g8NVPt66AADui1EZAEOtlHJV6wYG3swd9YCjxwEA&#10;AACAgbB+7967Uuum1h0cnt7YzJbWDQBwX4zKABhqBxaNXZ1kpnUHg6x8fv3evXe1rgAAAAAAOFyl&#10;0/nL1g0cjnrthTt37m5dAQD3xagMgKH23Guv3Zfks607GFw1vctbNwAAAAAAHIm7ysFNSQ607uDQ&#10;avLh1g0AcH+MygAYfrX+TesEBlendD7RugEAAAAA4Eg8f9eubyTZ2rqDQ6q9jL29dQQA3B+jMgCG&#10;X6lXtE5gYM3cVQ5+qnUEAAAAAMCRqx6B2dfqJy+avm5H6woAuD9GZQAMvZNOevgnSvKN1h0MonrF&#10;t+/oAwAAAAAYKHVheV9NbmrdwX2rpTilDIC+ZlQGwNA7++qrD8Yx3xyFmvyf1g0AAAAAAEdj3dTU&#10;/tT6J607uE+3HltmnCQHQF8zKgNgVGxsHcDg6WXM3xsAAAAAYHD1yp8kOdg6g+9Ua/70nF277m7d&#10;AQCHYlQGwGjoLdqY5EDrDAZJ+YeLpq/b0boCAAAAAOBorbt+am+S97fu4DvsW9gb/93WEQDwQIzK&#10;ABgJa/Zec0s8ypAjUNP7i9YNAAAAAAAPVul13tK6gXso+Z/nXv/lr7fOAIAHYlQGwMioyZ+3bmBg&#10;zORAeV/rCAAAAACAB2vN3us+m1Lf27qDJMm+BTPjv9M6AgAOh1EZACPj9hMWbU3ytdYd9L9S87F1&#10;N07d3LoDAAAAAGA21Jnyy0nubN0x6mrq25xSBsCgMCoDYGSsv+aaA6WUt7fuoP/VTu+trRsAAAAA&#10;AGbLuuun9pbEYzDb+urC7oI3to4AgMNlVAbASOn0Ov8jycHWHfS1nVfu3rGldQQAAAAAwGxadNei&#10;1ye5oXXHqCql/IxTygAYJEZlAIyU8/dce0NqvbR1B/2r1LxjQ9Jr3QEAAAAAMJvOufma20vyK607&#10;RlPduGb3tr9sXQEAR8KoDICR0+nkv7ZuoG/tS130x60jAAAAAADmwprpqb9I8p7WHSPm1lIW/njr&#10;CAA4UkZlAIycC3Zv/3RSL2vdQf+pqW9bs/eaW1p3AAAAAADMlW4OvCrJ3tYdI6Pm19fs/tJXWmcA&#10;wJEqrQMAoIVNSybPLyVbW3fQVw7Ublauu37KhykAAByVD59++gnHHzhw3N3dBccnycJa7r5jbP+d&#10;z9+16xut2wAA4J42Tax8ekn52yRjrVuGW33X2untr2hdAQBHw6gMgJG1eWLy00me1rqD/lBr3rpu&#10;z9SrWncAANCfNiSdsydWLxsrriETZQAAIABJREFUM2eUlMekltNr6hlJWZXkuCQnPsCXuCMld6Zm&#10;Z1K+lNQvp9RrO2XsS4985Anbz7766oNz/6cAAIB/tWVi8g01eW3rjiF2zTF3LXrqOTdfc3vrEAA4&#10;GkZlAIysLYtXP7l2ep+J74ckt83MdFZefMN1X2sdAgBAf9g0Obmoc6DzfUnv3Jo8I8mT8q3x2FyY&#10;SfJPJbmsl3wqC/O366ambpuj1wIAgCRJTcqWpSvfk1pe3LplCH29N9Y968KdO3e3DgGAo+UiOgAj&#10;bfPE5PuTrG/dQVsl+a0101Ova90BAEBbmyYnF+VALi61vKSUek5NHtYo5c4knyy1vK+3qP6lgRkA&#10;AHPlksWLjz2hc8zH46kes6nbSVl7wfS2j7UOAYAHw6gMgJH20cUrVnU7nX9JsrB1C63Ur9SF5QwX&#10;6gAARtPledb4XRN715bkpUkuSnJs66Z76Sb18pr8RXfmrg9efMMNd7YOAgBguHx0yemndkv3M0mW&#10;tG4ZBiXltWumt72xdQcAPFhGZQCMvC0Tk79Zk99o3UEbJXnhmumpS1p3AAAwvzZNTi4qB8rLk/qa&#10;JJOtew7TjUn+sC7MH7kpAgCA2bR58fLHpzP2d0lObN0yyDwVA4BhYlQGwMj79vHe/5JkResW5lnJ&#10;lrW7p9a2zgAAYP58ZGLi4WNZ+B+T/GySR7XuOUp3JPWdM72xN16897rrW8cAADAcNi5b9cROr25N&#10;cnLrloFU6+vX7tn+n1tnAMBsMSoDgCSbl658fmr5q9YdzKu7O53Oky7Ydd2XW4cAADD3vnUyWf5T&#10;kldncMdk93ZHannb+ILu68/bseObrWMAABh8m5effnq63cuSLG7dMkhq6hvXTW9/besOAJhNRmUA&#10;8G2bJ1a9K6kva93B/Cgpv7BmetubW3cAADD3Nk1MvqAkb8rwXhi7taT85memt71lQ9JrHQMAwGDb&#10;eNqK1aXT+VgpmWjdMhBq+YM1e7b9cklq6xQAmE1GZQDwbR9bseKhBw92vuAX5RFQ8rdX7p76gQ0u&#10;uAEADLXNy85YVnszbynJRa1b5slVqb2fWbtnxz+0DgEAYLBtXL58aac7tiXJGa1b+tjBmvqz66a3&#10;/8/WIQAwFzqtAwCgX5y3Y8c306k/FXcTDbt9Y93ej28wKAMAGGqbl6x6eXoz/zRCg7IkOTul88lN&#10;S1b+2gaf+wEA8CBcuHPn7s7+485Ocknrlj711ZQ806AMgGHmpDIAuJfNE5MbkryucQZzpCY/tG56&#10;6oOtOwAAmBsfmZh4+Fhd9M6U+vzWLS2V5BMHe52XXLz3uutbtwAAMLhqUrYuXfXrtdYNceNCkqQm&#10;23qlPPei3du+1LoFAOaSb/wAcC9XTk/9VpKtrTuYE+8wKAMAGF6blk0+dSwLPz/qg7Ikqcn3j3d6&#10;/7h56Yp1rVsAABhcJalrdm/77VLKc5Lc0rqnsVpK3ja2/7gnGZQBMAqcVAYA92HjsmWndHrjVyU5&#10;rXULs6Mk/1j2H/eMC276wh2tWwAAmH1bJiZfWpO3Jzm2dUuf6dZaX7duz/b/0joEAIDB9pGJiYeP&#10;ZdEbkvoTrVsamOqU+rILdm//dOsQAJgvRmUAcD+2LF/9hNrtfSrJ8a1beND2lrLgyWt2f+krrUMA&#10;AJh9WyYm31CT17bu6HN/cdJJD/2xs6+++mDrEAAABtuWicn1NXlLkpNbt8yT93Rz4FUXTU/f2joE&#10;AOaTURkAHMLmJatenFLfE98zB9n+pHfu2ukdn2wdAgDA7NqQdJ66dPKtteanW7cMgpp8pDtz5wsv&#10;vuGGO1u3AAAw2C49dfWjFoz1fq+WvCzJWOueOXJVqZ1fXLPnur9rHQIALbhADgAPYPPE5OuSbGjd&#10;wVHpJnnx2umpD7QOAQBgdl2+bNkx++v4e2vN81q3DJjPzsx0Lrz4huu+1joEAIDBt3H58qWd7vj/&#10;l9RXJum07pkl22vyn9ZNT13aOgQAWjIqA4DD4HE6A6km+ZG101Pvbh0CAMDsuiQZe8jE5PtL8oOt&#10;WwZRKbly0Z2Lzj3n5mtub90CAMBw2Lp05ff2Un4nNc9s3fIgXJ/krTMzd/6h030BwKgMAA5LTcrW&#10;icl31eRHWrdweErNr63ZM/U7rTsAAJhdG5LOUyYm/zzJf2jdMtBqrjhmbGbtObt23d06BQCA4bHx&#10;tBWrO2PlZ5Pyo0ke0rrnMNSabOyk8+bPTF/3NxuSXusgAOgXRmUAcJhqUjZPrPwfJeWnWrfwAGpe&#10;vXbP1H9rnQEAwOzbtGTyLaXk51p3DIn/c8z04h88J1fMtA4BAGC4bDpl8qSyMK9M8mNJVrbuuQ+3&#10;pOZDnVLfdsH09qtbxwBAPzIqA4AjYFg2AAzKAEbOpsnJRWO1PrTsrw+tnXJizdjD7+vfq53eTKdX&#10;9yVJyvgt3QXdr6+bmrptXmOBB2XTxORrS/KG1h3DpCR/fsH01MvLtx4fDwAAs27r0tOX19p7Tk3v&#10;oqQ8K8l4m5L6lSQfSOoHrpze8ekNTiUDgEMyKgOAI3RJMnbCxOSfJXlp6xa+Q62l/vK63dv/oHUI&#10;ALNr0+TkohzMY1Pr40rKiqQsS+qSJBNJliRZ9CC+/MEkX09yS5LtNXVHku2d0tkxU8uXLpy+bqeh&#10;BfSHTUtXri21fCRJp3XLsCmlvmrN7u1vbd0BAMDw+9iKFRMzB8d+oKR+Xy316Uk5fQ5f7paUfLbU&#10;fLbWfHrfiYsuX3/NNQfm8PUAYKgYlQHAUahJ2TIx+bokr2vdQpLk7lrri9ft2f7XrUMAeHA2TU6e&#10;2DlYz0rtfE9NPaskj6vJqjS7izn7kvxzTf1Cks+N1fz93+/Z/sUN7maGebVpyeTKTslVNXlY65Yh&#10;NVNq5wfW7Lnu71qHAAAwWrauXHlybyZPTy1npGZlSlbUmpWlZHEO74aSg0m9PqXsLjW7k+xKKdem&#10;2/vsmr3bp+Y4HwCGmlEZADwIWyZW/XJNfUN8T23pttSsX7tnamvrEACO3JbFZz4inf3npuaCWvK9&#10;SVanz08hKsk3asqna+19utbOZXfs3XbV+qTbuguG1SWLFx97wtixn0mtj2/dMuRu7HVmnnThrl03&#10;tg4BAIBLzjxz4XH79h2/YGbBQ7pjZeFYqf/vBpOZXj1QO+N3dLq9A7dfP/UVv5MDwNxwARwAHqTN&#10;E5M/lOTPkhzfumUETdXkueump77YOgSAw7d58fLH187Y80qyJsmTk4y1bnqQvl6Sy1LL1rKwt/GC&#10;7du/2joIhsnmiVVvT+pPtO4YEZfvm546z0U5AAAAAIzKAGAWbFy84nGdTuevk6xo3TI66mWld8wL&#10;1+y95pbWJQAc2uV51vj+iRueVdO9OCnPT7KkddMc+2KSD5RefbdHbcCDs2XpqgtrrR9p3TFKSsov&#10;rJne9ubWHQAAAAC0ZVQGALNky+IzH1E7+/8syXNatwy5Wkt+9/bdU7/hBAWA/vaxFSsmZrpjP5Ja&#10;X5ZksnVPA92kXl5K588WlYN/dc6uXXe3DoJBcvlJZz7k7mP3fzHDP0TtN3emM37m2l1f3tU6BAAA&#10;AIB2jMoAYBbVpGyZWPWqpL4xyaLWPUPolpq8fN301KWtQwC4b5smJxeVA/mhpLw8qeck6bRu6gcl&#10;+UYt+d81ece63VOfb90Dg2DLxOQbavLa1h2jqCZ/uW566gWtOwAAAABox6gMAObAxmWrntjp1T9P&#10;8rjWLUPkAwvGuq86d+fOm1qHAPBvbT115ZLeeF6TlJcleWjrnj73uZr65pNPeth7z7766oOtY6Af&#10;bZqYfGxJPp9kYeuWUVVKuWjN7m0bW3cAAAAA0IZRGQDMkcvzrPG7Jva+uiS/GaeWPRi7U/OTa/dM&#10;bW0dAsC/9dHFK1b1Op1fqslLkxzTumfATJVS33xbd/871+/de1frGOgnmycmtyY5v3XHiPvyvhMW&#10;PWH9NdccaB0CAAAAwPwzKgOAObZp6eSTSi//IyVPbd0yYGqSd97dmfml5+/a9Y3WMQB8p43LVj2x&#10;9Opvl+TC+N3ywfp6krd2c+DNF01P39o6BlrbMrH63Jrex1p3kNSan1m3Z+ptrTsAAAAAmH8++AeA&#10;eVCTsnVi8odr8oYkp7buGQCfL6W+es3u7Ze3DgHgO21cvnzp2MzYb9SSH0ky3rpnyHy91Py32+rd&#10;b3JyGaNs85LJy1PyrNYdJLVm+vYTF61yWhkAAADA6DEqA4B5dPlJZz5k/7H7f6kmv5jkIa17+tCO&#10;Usp//szube/bkPRaxwDwr7auXHly72Dnt5P6iiQLWvcMua+VlNffNr3treuTbusYmE+bJ1Y8I+n8&#10;XesO7qGWV6zds+1drTMAAAAAmF9GZQDQwMZly04Zq+O/UWteGRfmk+SrNfX1t59wzNudggDQX646&#10;66wFX/vaN3+i1mxI8qjWPaOklFzZK/mFdbumPtO6BebLliWTm2rJ2tYdfIepfdNTZxi5AgAAAIwW&#10;ozIAaGjzsjOW1e7Mq0vJjyU5tnXP/KtfKaXztv3HdP77c6+9dl/rGgC+05bFq59cO713JHlc65YR&#10;1kvKO0pv4a+u2XvNLa1jYC5tXLzicZ1O55/i86r+U8oPrt297a9aZwAAAAAwf3xIBwB9YOvKlSfX&#10;g+Vna/LKJKe27plrJflEkj961EkP/dDZV199sHUPAN9p0+TkieVA+f2k/nj83tgXSvKNpGzwSEyG&#10;2ealk3+Ump9p3cF9qZetnd5+XusKAAAAAOaPiwMA0Ecuz7PG9y/Ze2Et9ceTsibJWOumWXR7Ut/T&#10;69U/unDvjn9uHQPAfdu4ZNX3d0r90yQrW7dwnz460+v86MV7r7u+dQjMpk2Tk4vKgdyQ5BGtW7hP&#10;vc5MXXbBDdv3tA4BAAAAYH4YlQFAn7ps+fJHH+h21peUFyd5agbz+/ZdqXVz0vnggeM6H/GIS4D+&#10;demppx43Pn78m5xONhD2JfU1a6e3/0nrEJgtW5au+sFa6wdbd3BIv7p2euoNrSMAAAAAmB8uFADA&#10;APjYihUT3W55Tq+W55TkmUkWtm46hDuTbCzJB8v+4zZecNMX7mgdBMChbTxtxerOWOc9Sc5u3cLh&#10;K8n7x8Z7P3nejh3fbN0CD9bmicn/k+Ti1h3cv5J8ac301GNbdwAAAAAwP4zKAGDAfPj0009YeGf3&#10;e1PytJp8b0mekuTEdkX1K6WUK3s1n0kvn+n27vyHi2+44c52PQAcic0Tkz+c5I+THN+6haMyVcY6&#10;L1iz87p/ah0CR+uy08545MGxmRvS3zdOkKSWfPe63VOfb90BAAAAwNwzKgOAAbch6Txl+emraq97&#10;dqfm7F5yZkldlZSJJJ1ZfKk7U8pUer2pWjKVms/V8d5nLty5c/csvgYA8+Rbj7s87o+TvLR1Cw/a&#10;/pLy2jXT297cOgSOxpalq15Sa31P6w4eWE1et2566rdadwAAAAAw94zKAGBIbZqcXJQDWVk6ObnU&#10;cmpqTkrJSal1vKY8vNQ6XktOuOd/U5JeTflmSb21Jt8sJTfXkqmZmc62i/ded32rPwsAs+vSxatP&#10;G+/0PpDkaa1bmE317cdML/m5c3LFTOsSOBJblky+s5b8aOsOHlhJPrFmeuqZrTsAAAAAmHtGZQAA&#10;ACNky9LJ7661fiQp/651C7OvJh9bMN77ofN27Phm6xY4XJuWTO4uJROtOzgsBzr7j3vEBTd94Y7W&#10;IQAAAADMrdl8JBYAAAB9bMvE5Ppa8ymDsuFVkvNmZjpXb15++umtW+BwfGRi9QqDsoGysLfwzme0&#10;jgAAAABg7hmVAQAAjIAtSydfWZP3JDmmdQtzbmW63Ss2Llv1xNYh8EA66T67dQNHqFTvGQAAAMAI&#10;MCoDAAAYcpsnJn+l1vzPJOOtW5g3p4z16uWbJ1Y4UYi+VpKzWjdwpMrZrQsAAAAAmHtGZQAAAEOq&#10;JmXzklW/n+R3W7cw/2rysKTz8U0Tky9o3QL3p6Q8pnUDR8x7BgAAADACjMoAAACGUE3KliWr3phS&#10;X9O6haYWluR/b1m66gdbh8B96SWnt27giJ3yoWXLHtY6AgAAAIC5ZVQGAAAwhLYsnfwDgzK+bUGt&#10;9b2blqx8XusQuKcPLVv2sJI8unUHR+6YbmdV6wYAAAAA5pZRGQAAwJDZMjH5ptT8YusO+sqCUsoH&#10;Ny9Z+aLWIfB/LZxZ4JSyAVVK54zWDQAAAADMLaMyAACAIbJl6cpX1+QXWnfQl8ZSyrs2LZk8v3UI&#10;JMnYWFa2buDo1HjvAAAAAIadURkAAMCQ2LR08kdrLb/fuoO+tqiUfHDT0skntQ6BpPeI1gUcreK9&#10;AwAAABhyRmUAAABDYPOSyeeUmj9JUlq30PdOKDUf3XjaitWtQxhttZaHtG7gaPVOaF0AAAAAwNwy&#10;KgMAABhwmyYmH1tK/leSsdYtDIxHjY11/nrL4jOdNkQztcQwaUDVFO8dAAAAwJAzKgMAABhgW1eu&#10;PLkkH6nJw1q3MFhq8pja2f/eS4wRaaRUw6RBVWIQCAAAADDsjMoAAAAG1CVnnrmwd6B8OMny1i0M&#10;rPMfsmTy91pHMKo8QnFg1ZzYOgEAAACAuWVUBgAAMKBO3Lf/91Ly1NYdDLZS8upNS1a+sHUHo6gs&#10;aF3AUSrx3gEAAAAMOaMyAACAAbRpycrn1eQ/tu5gOJRS/mTjaStWt+5gtNTUfa0bOGq3tQ4AAAAA&#10;YG4ZlQEAAAyYrUtPX15KeVeS0rqFoXFiZ6zzvy8588yFrUMYHSUxKhtc3jsAAACAIWdUBgAAMECu&#10;OuusBb3avSTJQ1u3MHTOesi+u9/YOoLRUUrHMGlwee8AAAAAhpxRGQAAwAD56s3f/NUkZ7fuYDiV&#10;lJ/fNDF5cesORkOvevzloCrF4y8BAAAAhp1RGQAAwIDYuGzVE0vya607GGqlJH/8oWXLHtY6hOFX&#10;itOuBpVBIAAAAMDwMyoDAAAYAFedddaCTre+K8nC1i0MvVOP6Y3/fusIhl+pnd2tGzg6pRbvHQAA&#10;AMCQMyoDAAAYAF+9+Zu/mpIntO5gZLxyy+KVa1pHMNx63d6XWzdwdGqneu8AAAAAhpxRGQAAQJ/b&#10;NDH5WI+9ZL71Snn7h08//YTWHQyvtddPXZ/k9tYdHLlud+za1g0AAAAAzC2jMgAAgD5XkrfEYy+Z&#10;Z6VkYsHd3V9p3cHwKkktyVTrDo7YHRftve6G1hEAAAAAzC2jMgAAgD62ecmqFyf5gdYdjKZS85rN&#10;y08/vXUHw6uW4jGKg+faktTWEQAAAADMLaMyAACAPnXpqacel1Lf2LqDkbYw3d5/ax3B8Kq93r+0&#10;buDIlMR7BgAAADACjMoAAAD61IKx434hyeLWHYy6um7z0hXrWlcwpMbKx1sncGR6qd4zAAAAgBFg&#10;VAYAANCHLj119aNqyS+37oAkSa/zOzUprTMYPsfuWnxVkttad3D4xuv4Za0bAAAAAJh7RmUAAAB9&#10;aHysvjbJQ1t3QJKk5Alblqx6UesMhs85uWKmJp9o3cHhqteev+faG1pXAAAAADD3jMoAAAD6zNaV&#10;K09OqT/dugPuqZb6m5fnWeOtOxhKHqc4KIrHlQIAAACMCqMyAACAPtM7mNckOb51B9xTSVbtn9j7&#10;4tYdDJ/S6/5N6wYOl1EZAAAAwKgwKgMAAOgjWxaf+Yik/FTrDrgvNfmVmpTWHQyXtXt3fiGlfKF1&#10;B4dWkm8cUw5uat0BAAAAwPwwKgMAAOgnYwd+NskJrTPgfjx2y5LJi1tHMJTe3TqAB/SBc3bturt1&#10;BAAAAADzw6gMAACgT1y+bNkxtdafa90Bh1JKXt26geEz1uu8J0m3dQeHUDt/0ToBAAAAgPljVAYA&#10;ANAn7u4ueFGSk1t3wKHU5Ps3Ll71lNYdDJfz91x7Q5KPt+7gfu24YM91n2wdAQAAAMD8MSoDAADo&#10;F8UpZQyGTqf+bOsGhk9NfU/rBu5bKeW9JamtOwAAAACYP0ZlAAAAfWDz0smnJTmrdQccphduOmXy&#10;pNYRDJeTT3rYe5O6q3UH/8adZbz3h60jAAAAAJhfRmUAAAB9oCY/3roBjsDCzsLyktYRDJezr776&#10;YK3lja07uJeSt1+wfftXW2cAAAAAML+MygAAABr70LJlDys1L2rdAUeil/rK1g0MoUX50yTXt87g&#10;/7mrV2YM/QAAAABGkFEZAABAY8f0xtYnObZ1BxyJknzXlqWT3926g+Gybmpqf0n5/dYdfEuteeeF&#10;u3bd2LoDAAAAgPlnVAYAANBaLS9unQBHoyY/3LqB4VP2H/uOmtzUuoPcXcbG/2vrCAAAAADaMCoD&#10;AABo6KNLTj81Jd/fugOOSs36DT5bYJZdcNMX7ii1/kLrjpFXyn9Zu+vLu1pnAAAAANCGD34BAAAa&#10;6nW6z4/fzRhcpz1t6cqnto5g+Kzds/19KdnSumOEfXnfQxa+sXUEAAAAAO2Mtw4AAAAYZbWXF6S0&#10;roCj10t5QZJPt+5g+Ix1ez/f7XT+Ocmi1i2jpqTzqvXXXHOgdQdw/y5dvPq0Bek+Lp3O6TVZWWo9&#10;vpac8P/+hVK6pdbdtWRbJ/VL3QXl6nVTU/sbJgMAADBgXLoAAABo5EPLlj3smN74zXHDD4Nt59rp&#10;qRWtIxhOW5auen2t9ddad4ySkrx/zfTUi1p3AN9pQ9J56sTqH6jpviClnJOa1Uf4Je5OyZWp2dpN&#10;5/0XTV+3Yy46AQAAGB5GZQAAAI1sWrLyhaWU97XugAer0+k85oJd1325dQfDZ+ujH398XXTnP9Tk&#10;Ma1bRkLJzTPdzpMu3nvd9a1TgG/ZdMrkSZ2F+bmavCLJkln6sjU1V9ZO3nrs7sXvPydXzMzS1wUA&#10;AGCIdFoHAAAAjKpSsqZ1A8yGXq+e37qB4XTBTV+4o9PrPTfJba1bRkA3JesNyqA/XLZ8+aM3LZl8&#10;S1mYXTX5jczeoCxJSkqeWmrefffE3i9vXrLq5RtcKwAAAOBe/KIIAADQQE1KUozKGAo19bzWDQyv&#10;8/fu2FZr/YnWHcOuJr+1dtfUFa07YNRdddZZCzYtXfmag92x60rJzyU5bo5fcmVK/bOnTEz+/cYl&#10;K86e49cCAABggHj8JQAAQAObJiYfW5JrWnfALLntpJMe+qizr776YOsQhtfmiVVvT4zL5shHr5ye&#10;Wrsh6bUOgVG2dcnK7+qV8v4kj22UUJP6ln0nHPNL66+55kCjBgAAAPqEk8oAAAAaKKnPaN0As+jE&#10;r92070mtIxhunf3H/mKSz7XuGEJ7xurYKzYYlEFTm5asfF6vlE+l3aAs+dZJuj9/4r79H7ts+fJH&#10;N+wAAACgDxiVAQAANFGMyhgqtfSe3rqB4XbBTV+4Y0F3/PwkX2zdMkRurDXnnL/n2htah8Ao2zwx&#10;uaGU8ldJTmzdkiQ1+f6D3bHPbV68/PGtWwAAAGjHqAwAAKANAxyGS8nTWicw/M69/stfn+l1zk+y&#10;u3XLoCvJN9LrXrBuz9T21i0wyjYvXfXrSV6XpLRuuZdT0xn72KaJyZYnpwEAANCQURkAAMA827py&#10;5clJVrTugNlUa57SuoHRcPHe664f6/XOS/LV1i0D7O7ayfPX7t35hdYhMMo2LVn5a6n1t1t3HMLJ&#10;Jbn8o4tXrGodAgAAwPwzKgMAAJhnvQPlSa0bYLaVkoktSx/z71p3MBrO37tjW0qel+TW1i0DaH9N&#10;Xrp219QVrUNglG1ZuuolpZR+HpT9Xyd3O50PXX7SmQ9pHQIAAMD8MioDAACYZ7Xkia0bYC70egcf&#10;17qB0bF299Tfd9M5uybbWrcMjJKbe73yzHXTUx9snQKjbMvy1U+otb4z/ffIy/tz5t3H7n9PHZxe&#10;AAAAZoFRGQAAwDwrpT6hdQPMhZKc2bqB0XLR9HU7Fo51vy/J1a1bBsBU6dbvvXDvtitbh8Aou+qs&#10;sxbUmd7/SnJM65Yj9JytSyd/rHUEAAAA88eoDAAAYL7V8vjWCTAXSsljWjcwes7dufOmuzsz56bm&#10;itYtfeyL4+O9Z6/Zu32qdQiMuptv/uZrUjKQNxjUmv/60SWnn9q6AwAAgPlhVAYAADCPLknGkqxu&#10;3QFzoSbf1bqB0fT8Xbu+sW/P1LlJfjNJt3VPf6l/eExn5qzzduyYbl0Co+7SxatPS/KrrTsehBN7&#10;6f526wgAAADmh1EZAADAPHroqStPTbKgdQfMkZWtAxhd65Pu2umpDenk3KR+pXVPH7g9yUvXTm//&#10;j+fs2nV36xggGet0fz3JCa07Hoxa8oqtS1YakQMAAIwAozIAAIB51O2UFa0bYA6ddOmppx7XOoLR&#10;tnbX1BX1QHlCSra0bmmlJP/Y6/bOWjs99e7WLcC3XLp49Wkl5RWtO2ZB6ZXy2tYRAAAAzD2jMgAA&#10;gHlUSlneugHmUBlfdMKS1hGw7sapm4/Zvfji1Pxikn2te+bRwZL83sGZO59+4fU7rmsdA/yrsdL9&#10;ySSLWnfMkhduXLbslNYRAAAAzC2jMgAAgHlUS51o3QBzqXSrURl94ZxcMbN2z9SbSm/RsqT8SZLa&#10;umlulU215jFrpqd+5eIbbrizdQ3wrzYknVLKy1t3zKIFpY79cOsIAAAA5pZRGQAAwDwqNSe3boC5&#10;VGtd3LoB7mnN3mtuWTu97SdrzZqUDOPpXTcmeema6W0Xrdsztb11DPBvPXXJ6qcnGarRdanlRa0b&#10;AAAAmFtGZQAAAPOpGJUx3Eqn98jWDXBf1u2Z+uiVu6ceU5PnJOUfWvc8aCXX1dSX7Tth0dK101Pv&#10;LkN/EhsMrtrpPa91wxw469LFq09rHQEAAMDcGW8dAAAAMGIe1ToA5lbn4a0L4P5sSHqZnro0yaWb&#10;J1Y8IxnbkNRnN846Up+ryYbP7p7auCHptY4BDkPNOa0T5sLYWO9ZSd7TugMAAIC5YVQGAAAwv4zK&#10;GGo11aiMgbB2escnk5y7eWLFs5POy5I8P8lDGmfdnwNJNqeUP9+3e9uH1yfd1kHA4dk0OXliDuTx&#10;rTvmRK3PiFEZAADA0DK1AaQdAAAgAElEQVQqAwAAmF8ntg6AuWVUxmBZO73j40k+vmlyclEO5PyS&#10;vDTJc5MsbJzWrcnmpH4gC8tfr5uauq1xD3A0ZvLYJGOtM+ZCSee7WjcAAAAwd4zKAAAA5lFNjimt&#10;I2Au1dKvJz3BIa2bmtqf5NIkl162fPmjD850zknJs5LyzCRnzEdDrZnulFyRWq6oY2OXr9v15V3z&#10;8brAHOrV1cmQ/vRX6umtEwAAAJg7RmUAAADzqCTHtG6AuVSqzxoYfOfu3HlTkvd9+59sXLbslE53&#10;7FmllCfW5IyUPCY1K3L0n631kuxOybVJvpRe+UKn0/nbC6av3Tk7fwKgb9QsGdZNWWpOumTx4mPX&#10;7917V+sUAAAAZp8PegEAAObXsa0DYC7VUhe0boDZduGuXTfmHiOzJLnqrLMW3Pi12ybHenVVUo9L&#10;yYml5ISkc1xqPT5JanJ3SbmzpveNWsodJfXOXunsvGPmrmuNMGA0dEo5obaOmEOPWLDgxCT+fwYA&#10;ADCEjMoAAADml8ENw60WnzUwEs6++uqDSb707X8A7lOv5vgyrCeVJZk52DkhyU2tOwAAAJh9ndYB&#10;AAAAI6bbOgDmVKljrRMAoF+UUob5oLKUsXE/2wIAAAwpozIAAID5NdM6AOZW50DrAgDoF7XUfa0b&#10;5tKBg8P95wMAABhlRmUAAADzy2kODLWaelfrBgDoGzW3tU6YQ3XsuJ5RGQAAwJAyKgMAAJhfTipj&#10;qJXk7tYNANBHtrcOmEPXr5ua2t86AgAAgLlhVAYAADC/nObAsHNSGQB8W+l1r2vdMHfKta0LAAAA&#10;mDtGZQAAAPPr1tYBMKeG+zFfAHBE9uXgtiQHWnfMjd41rQsAAACYO0ZlAAAA86gYlTHsSm5unQAA&#10;/WL93r13peTvW3fMhVpzeesGAAAA5o5RGQAAwDyqRmUMu2pUBgD3VHv1E60b5kBvYW/B37WOAAAA&#10;YO4YlQEAAMyjUvP11g0wl0rJ11o3AEA/qWOdv2rdMAf+9tzrv+znWgAAgCFmVAYAADCPasme1g0w&#10;l2onX23dAAD95MJd2/4xyT+37phNteTdrRsAAACYW0ZlAAAA86iWTLdugLnUK92drRsAoN+UlGEa&#10;Yd25v8wM4+lrAAAA3INRGQAAwDzq1I5RGcPswB07d+5tHQEA/Wb/sZ23Jbm1dcesKHn783ft+kbr&#10;DAAAAOaWURkAAMA8qmPF4y8ZZnvWJ93WEQDQb5577bX7kvxx645ZsL/X6b65dQQAAABzz6gMAABg&#10;Hu07bnxnkoOtO2Au1GRH6wYA6Felt+gPUnJz644HpeSPLty5c3frDAAAAOaeURkAAMA8Wn/NNQeS&#10;bGvdAXOjfrF1AQD0qzV7r7klya+27ngQbuzWA69vHQEAAMD8MCoDAACYf9e0DoC5UEr559YNANDP&#10;rtw99Wcp+dvWHUej1vrTF01P39q6AwAAgPlhVAYAADD/nObEUCrdjlEZABzChqRXZ/LDSb7euuUI&#10;vWPdnu1/3ToCAACA+WNUBgAAMM+c5sSQ6h7s3f4vrSMAoN+tu35qbynlZUm6rVsO0+f39e7++dYR&#10;AAAAzC+jMgAAgHnWm6lXtm6AOXDtxTfccGfrCAAYBGt2b9uY5OVJauOUB/LFmZnO+ev37r2rdQgA&#10;AADzy6gMAABgnq27fmpvrZlu3QGzq3yydQEADJK101PvTvJrrTvuT022jY/31l58w3Vfa90CAADA&#10;/DMqAwAAaKBT8vetG2A21fQ+1boBAAbN2ump3y21/HT671GYn6+dme8/b8cON0IAAACMKKMyAACA&#10;BmrNZ1s3wGwa71VDSQA4Cmv2bPvjmjw/ya2tW5IkNe/c17v76Rfu2nVj6xQAAADaMSoDAABooHZy&#10;eesGmEU3nr93x7bWEQAwqNZNT106Pt57YpKWJ3/emVpesXbP1CvX7917V8MOAAAA+oBRGQAAQANr&#10;d0/9Y1K/0roDZkfZ2roAAAbdeTt2TO+bnnpmrfmZJLfM40vXmvzlWK/3xLV7tr1rHl8XAACAPmZU&#10;BgAA0EBJalI+3roDZkXtbWmdAADDYH3SXbdn6m0zM53TS/Lfk9wxxy/5qZQ8fd301AucOgoAAMA9&#10;ldYBAAAAo2rTxMofKSn/q3UHPEjdbg6cdNH09K2tQwBg2Gw6ZfKkLKivSsrLSsnELH3ZO5L6gaS+&#10;c+30jk/O0tcEAABgyBiVAQAANPLRJaef2i3dPXGKNAOt/MPa6W1Pbl0BAMNsQ9L5niWrntEpvR9M&#10;yjlJvitH8Pl+rZkuJZ+pqZdlYXn/uqmp2+YsFgAAgKFgVAYAANDQ5omVn0jK97XugKNVk19ZNz31&#10;e607AGCUXHrq6keNLeg+vtPrrK6dujo1JyR5aJKUmn015ZZa6vWl1N1jvfErz99z7Q3/P3v3HmX3&#10;WdD7//PsPUna0hvQgLbNJE0mLRjAw69FykGwgdJMUiqHW0EORT0iHAU9iqIePGjg6A9BVC6eHwJH&#10;EQUp5Qj2lCYpRVLkJrUFFEpJMrnMJA20tKU32lxm9vP7o6CWNm1uk2f27NdrrazV1TXd33f+6Mye&#10;vT/7+TZOBgAAoM8MtQ4AAAAYbJ3/k1SjMvpV7ZbuJa0jAGDQXLBz481JPvW9PwAAAHDYucUKAABA&#10;Q5O98rdJeq074OCUa1aMb9jaugIAAAAAgMPLqAwAAKChC3ZsvCE1V7fugINTP9q6AAAAAACAw8/t&#10;LwEAANr76yRnt46AA9Trdac+1DoCAAAAYFBduXjxCXv2ZHioU+YmSS/1xJKhkiQpU1O9lNu66d62&#10;t95z2/kTE7eVpDYNBvpKaR0AAAAw6NbPX3bsrqN3fzPJsa1bYH+VmrWj28dWte4AAAAAmM1qUi5f&#10;uPQxQ72cnVKfkJJFqVlUk4VJHn6Aj/bNpPP1JF8vNV/v1Xp9J/O+Orrjulunox3ob0ZlAAAAM8Ca&#10;hSN/UWp+tnUH7K9SygtGxzf9besOAAAAgNlkddJ5ysIlZ0/1sryUPCUpT0nyiGm8ZK8k/1JL1ndq&#10;+dSuozuffs6GDXdO4/WAPmFUBgAAMAOsGV7y1JLy2dYdsJ9uuvO4eQsuvO66Pa1DAAAAAPrd6qRz&#10;9oLTn1rL1AuS8vwkpzTMmUxydVI+3JnTu3jF5s03NWwBGjIqA/rWxxYtOvHoye5JSfcRve7UI0st&#10;xyZJJ+WemrKr1+nd1e3VvZnMTbfv3LzzwmSqdTMAwL7UpKwbHvlqkmWtW+Ah1fLWlds3vbZ1BgAA&#10;AEA/+/jw6YuH0vulmlyY5OTWPQ9gstRc2evkg91dx/zdihv/5butg4Ajx6gMmNGuOfPMObfcdNsZ&#10;U8myTqfz+NrLj6TUxyc5LUn3AB5qb5LtScaTOl5rxrqlc/Wuozv/6PhWAGCmWDs88tIkf926Ax7C&#10;nm7tnnbe9g07W4cAAAAA9KMrhpec2Uv5jSTPz4G959nSHUn+V2dOfZvTy2AwGJUBM8rqpHP2wpH/&#10;kFrOranPSPK0JMdM4yWnUsp1JfVzqflCevMuH91x3a3TeD0AgH1an3OGdg3vGEuysHULPIgPrJwY&#10;u6h1BAAAAEC/WbtgZEVKfjPJ8tYth+DumvreTJW3rrphbEfrGGD6GJUBzV1z5plzvn3T7StT8tIk&#10;z0jyyIY5e2ryiZRcfPTd8y5d/u3r7mrYAgAMoHXDS/9bTX1b6w7Yl1Jy5uj42JdadwAAAAD0iysW&#10;LHncVCl/XJJntW45jPak5H+XqXmvd2gHzE5GZUAz64ZHltWS/1Jr/nNJHt265wHcneTjJZ33rpjY&#10;+Pclqa2DAIDZ79Izzjhu7j1T40ke3roF7qfk0yvHx85pnQEAAADQD65cvHh4crLz1iQvyCzdZ5Tk&#10;tqSsvmNi059emEy17gEOn1n5TQuYuVYnnbMXLn1urfU3kvxY6579VZOvdUrePq9MfmD5tm27WvcA&#10;ALPbuuGRN9Tkd1p3wA/qlPrUFeObP9+6AwAAAGAmW510fmx45JdLsjrJCY1zjpTP9zrlVedv2/SV&#10;1iHA4WFUBhwRq5PO2cMjL+glry/J41r3HLSSb5eU9wxNdv/k3Bu+cUvrHABgdvrkaac9eu9Ud2uS&#10;o1u3wPeV5B9GJ8Z+onUHAAAAwEy2buFjf7jWPX+VlHNbtzQwVZLfv2Ni7I1OLYP+Z1QGTLt1wyMX&#10;1uR3k/xI65bD6NaauvroiQXvWp6rJlvHAACzz5oFS95YSnl96w74PqeUAQAAADy4tQuW/lRKfVcG&#10;53SyfSj/1CmdF60Y37C1dQlw8IzKgGmzbnhkWU3eneSprVum0ViS162cGPtI6xAAYHZZMzJyfNmb&#10;sdTMb90CST61cmLsma0jAAAAAGai9YsWHXXP1NAflpJXxQ7j+27qpLx0xcSmK1uHAAfHNzPgsLtk&#10;2bK5x96x67WllP+R5KjWPUdCKfm7Tq/7qvO2b9jZugUAmD3WDi95RVLe3bqDgTc5VcoTnj2+6frW&#10;IQAAAAAzzceHhx/ezZxLk/K01i0zUC+l/O7K8U2/1zoEOHBGZcBhtXbB4ieldN6XZFnrlgZurrX+&#10;/Krtm/+udQgAMDtcknSPHR75Skke17qFwVVT/2zVxOZfaN0BAAAAMNN84tTFS6c6nXVJFrdumeE+&#10;MH/+Cf/lrGuv3ds6BNh/RmXAYbE66Tx5eOR3kvx2kqHGOa19ZCp7XvnsiYnvtA4BAPrfmoVLVpZa&#10;1rTuYGDdXvdk6apvjX27dQgAAADATHLF8JIzp1IuL8mjW7f0h/rJPUcPPe85Gzbc2boE2D9GZcAh&#10;u/SMM46bu6v3ntT64tYtM0fd0Ot0Xnz+tk1faV0CAPS/tQtG1qfknNYdDJ5a6mtXjW9+a+sOAAAA&#10;gJlkzfCSp3ZSPl6TE1u39Jf6mansfY7DOaA/dFoHAP1t3fDIsrn3TF1tUPaDyhmdXv3s2gUjP9m6&#10;BADof71e75VJ7mndwcD5wtXjm/+4dQQAAADATLJu4cj/U1IuNyg7GOVp3cy98tIzzjiudQnw0IzK&#10;gIO2dnjxM2vyxSSPad0yQz0sJX+3dnhkdesQAKC/nX/Dlo2l1Ne37mCg7O31eq9cnfRahwAAAADM&#10;FJcvWvofUvP3SU5o3dLHzpx3z9TH1y9adFTrEODBGZUBB2XdgpHnJJ3LkzysdcsMV5L87pqFI39x&#10;zZlnzmkdAwD0r3njC96elH9q3cGAKHnn+Tu2fLV1BgAAAMBMcfkpi0/v9OoVTig7dDV5+q7e0Icv&#10;SbqtW4B9MyoDDtia4ZELasnFSea1bukXpeZnv33TbRevzzlDrVsAgP60PFdNptu5KG6DyXQr5V/q&#10;nLyudQYAAADATPHJUx7zyE63/N8kj2rdMov85HELR97SOgLYN6My4ICsGR55QUn+NonjSA9UKc/b&#10;Nbzjfat97wUADtLKrRs21FJ/p3UHs9quUutLVo2N7W4dAgAAADAT1KTs7e59f1LOaN0y69S8Zu3w&#10;0le2zgAemGEDsN/WLhhZUZK/SeI2jgfvpWcPjxiWAQAH7ejxBW9zG0ymTSm/Pzoxdl3rDAAAAICZ&#10;4oqFS/9HUs5v3TF71bevWTjyxNYVwP0ZNQD7Zc3CkSem5CMxKDtkNXnZjy0YeXvrDgCgPy3PVZOd&#10;0nlRkltbtzDblM/eOb7pTa0rAAAAAGaKdcOnn1trXd26Y5abV2ouufSMM45rHQLcl1EZ8JAuO/X0&#10;U0rNpUn8ID9MSsmr1y0ceVXrDgCgP60Y37C1lPqCJJOtW5g1bpjTnXzBhclU6xAAAACAmeCyk08/&#10;qab3vthVHAkjc+6ZfEvrCOC+fPMDHtQVj37Cw4ZK7/IkC1q3zDa15o/WLlj8pNYdAEB/Gh3fvL6k&#10;/HbrDmaFPSl54blbt97YOgQAAABgpuh2e29PcmrrjkFRUv7r2oVLntu6A/g3RmXAg+rNu/tdKfnR&#10;1h2z1LyUzkfX/NDI/NYhAEB/WjGx6Q+TXNK6gz5X899Xjo99oXUGAAAAwEyxbuHS80vJS1p3DJpa&#10;y7uuXLz4hNYdwL2MyoB9WrNw5D8nuah1xyx3apmbiy9Juq1DAID+U5I6NNR7RU02tW6hP5Xkw6Pb&#10;x/6kdQcAAADATLF+0aKjaq1vb90xiEry6L2T5XWtO4B7GZUBD+iKk5csKDXvbN0xIJ5x7MIlv9o6&#10;AgDoT8/asuX2XinPSXJL6xb6zufndSZ/piS1dQgAAADATLGrN/RbSZa07hhUJeVX1p52xhmtOwCj&#10;MuABXHPmmXN6Q52/TfLw1i2DotTyex9fuPSxrTsAgP707PFN13dSVyS5s3UL/aJuKL15Fyzftm1X&#10;6xIAAACAmeLKxYuHk7y2dceAm5upqTe3jgCMyoAHcPPNt70yqU9q3TFg5nVr7x2tIwCA/rViYvO1&#10;pZSfSjLZuoUZ7+ZOp/ufRndcd2vrEAAAAICZZHKq85tJjmndQZ6zZsHIea0jYNAZlQH3seaHRuan&#10;lv/ZumMwlXPXLhz5udYVAED/Gh3fdHlqvShJr3ULM9atvV7vGSu2bfxG6xAAAACAmeTy005bmJqf&#10;b93BvUopv9e6AQadURlwX3PrG2tyYuuMgVXzlk+edtqjW2cAAP1r5fbNF9eaV7fuYEa6s9crq87f&#10;seWrrUMAAAAAZprOVOc1Sea07uD76pPWDi/+8dYVMMiMyoB/tW54ZFlJeXnrjgH3iD1Tnf/eOgIA&#10;6G+rto+9q9bq9Fn+vd211Bedv2PTF1uHAAAAAMw06xY+9oeT8orWHdxXKZ1fa90Ag8yoDPhXNXln&#10;kqHWHYOupPzXNaeMnNq6AwDob6u2b/6dWvOLcStMkjt7tZy3anzz2tYhAAAAADNRrXtfmeSo1h3c&#10;V625YM2CkSWtO2BQGZUBSZLLFyx9epLlrTtIkswrQ3lN6wgAoP+t2j72rlrysiSTrVto5tbU3jPP&#10;377pH1qHAAAAAMxENSlJ/enWHTygbkl+tXUEDCqjMiBJ0in5zdYN/Ds1v3DZqaef0joDAOh/q8bH&#10;PlhLfiaGZQOnJLel5Nkrt2/5p9YtAAAAADPV2oVLlidlUeMM9qXkovWLFjlFDhowKgOy9rQzzkjq&#10;aOsO7uOooVJ/pXUEADA7rBof+2CpeUGS3a1bOGK2l1qftnJ87AutQwAAAABmsk4tTimb2Y7fNTV0&#10;XusIGERGZUAyNfXr8f1g5in1FZedfPIxrTMAgNlhdPvYpaXbeXKtmWjdwrT7/JypoSeu2L75a61D&#10;AAAAAGayS88447iaPL91Bw+h5IWtE2AQGZHAgLt80aIfSnJR6w4e0PHdoaNf0DoCAJg9Rrdu/Ofu&#10;VP3xJF9u3cK0+USdm5Xn3vCNW1qHAAAAAMx08+6ZWpnkYa07eHAlefaakZF5rTtg0BiVwYDrTA29&#10;JIkfwDNUSedlrRsAgNllxc7N2+vcPCUp72/dwmHVq8lvjU6Mja4aG7ujdQwAAABAP+iVjLZu4KHV&#10;5MTsritbd8CgMSqDQVfKi1sn8GDqM9YsGFnSugIAmF1WjY3tXjmx6WdKyq8k6bXu4ZDdmtK7YNXE&#10;2JtLUlvHAAAAAPSLUuvy1g3sn9Ipz2rdAIPGqAwG2JWLFw8n9azWHTyoUkpe2joCAJidRic2vb3U&#10;PC/Jza1bOGjXpdv9jyvHt6xpHQIAAADQTz5x6uKlSVnUOIP9VGue3roBBo1RGQywyanui5KU1h08&#10;uJq8oHUDADB7jW4fu3RysvPY1PKx1i0ckF6SN8yff8ITV27dsKF1DAAAAEC/mSydc1s3sP9Ksmzd&#10;qcse0boDBolRGQyymhe2TuChleRxa04ZObV1BwAwe12wc+PNK7dvel6SC0tyW+seHtKOWuqzVk6M&#10;rT7r2mv3to4BAAAA6EelU5x81V9KLbuf1DoCBolRGQyoyxct+iG3vuwfpZtzWjcAALPfyomxj9Ru&#10;9+wk17RuYR9q+dic7tRZq8Y3f6p1CgAAAEBfq/UJrRM4MKVTnta6AQaJURkMqNIb+vG49WU/WdE6&#10;AAAYDCu3btgwf/4J/7GW+tokd7bu4V99qyYvXLl90/PO3br1xtYxAAAAAP3smjPPnJNkpHUHB6hX&#10;/5/WCTBIjMpgQJWSp7RuYP/V5FnVCBAAOELOuvbavavGN791std5bEq5uHXPgKtJeX/pzVu2amLs&#10;/7SOAQAAAJgNbvr27UuTzG3dwYGpnSxp3QCDxKgMBlXNk1snsP9K8ug1pyxe2roDABgsF+zYeMPK&#10;8U0/1au9JyW5unXPAFpfSs5aObHpZ0Z3XHdr6xgAAACAWeRHWgdwEGoWrrZzgSPG/2wwgNaMjMxL&#10;cmbrDg5MZ6gsa90AAAym87dvuWb+/BN+vJT660luad0zALaW5EWjE2PPHB0f+1LrGAAAAIDZppTy&#10;mNYNHJR5Zy987KNbR8CgMCqDAdTZ1fnRJEe17uDA1J5PTAAA7Zx17bV7R8c3/9Geo7unJXldjMum&#10;Qf1mTf3lOjePHZ0Yu6QktXURAAAAwOxUf7h1AQenV/csbt0Ag8KoDAZQr9tzG8U+VDqdx7VuAAB4&#10;zoYNd66cGHtTnZtTkvrKJDtbN80CW2rqT8+ff+LCVROb37lqbGx36yAAAACA2az2cmLrBg5OqVnQ&#10;ugEGxVDrAKCBXl2UUlpXcOCcVAYAzBjfGz6959IzzvjQ3HumXpXk1UlOaZzVb7aUlHfsnfzuey/Y&#10;ufPuTLTOAQAAABgMpZNHOCO+T5Uc3zoBBoVRGQygUjrD7qTTh2o9/ZKke2Ey1ToFAOD7nrNhw51J&#10;/mB18pazh09/Rk3vFUmel6TbtmzGqjW5vKT35pUTWz7bOgYAAABgEJXk4d4t7U81mde6AQaFURkM&#10;oJp6mnPK+tJRR598+sOzc+PNrUMAAH7Q6qSXiY2fTPLJdcMjy2rJL6bmoiTHNU6bEUpyWy/14lrr&#10;n5+/fcs1rXsAAAAABllNHt66gYNTSueo1g0wKIzKYACVkoUOKutP8zqTD09iVAYAzGijE2PXJXnV&#10;mpGR/152l+el1BcneWYG73fQXlLW11Lfd+fUro9euGPHPa2DAAAAAEhS69zEMRx9ykllcIQM2gv6&#10;wL0s7/vU3nQf0boBAGB/rRobuyPJXyb5yysXLz5h72R5TlJeWJIVSea0rZs2e2ryiaR+pJe9lz17&#10;YuI7rYMAAAAAuJ/drQM4OCVxUhkcIUZlMIhq5rZO4OCUbs+oDADoS8/asuX2JH+V5K/WnDJyameo&#10;/qfa6zwjpf5Ekn5/jnN7KVnf6+UTQ+leet72DTtbBwEAAADwIGrZ5aCy/tSrdU/rBhgURmUwmIzK&#10;+lQnHafMAQB9b9UNYzuS/GmSP12ddH5s4ciPll6W15LlJXl6kuPbFj6kO5NydVI/0yn1yrnjC65e&#10;nqsmW0cBAAAAsJ+Kk8r6V3VnADhCjMpgMBmV9alequNcAYBZZXXSy/jYl5N8OckfX5J0j1m49PSh&#10;Wh/fK/nR1DyhJI9PsrBR4h2l5Pr0cl1Nri1Dnc/dsXXj1y5Mpv7tSzY3SgMAAADgYJRkV20dwUEp&#10;KUZlcIQYlcGAWZ9zhnZlR7d1BwfNpyYAgFntwmQq45uuT3J9kku+/+8/tmjRifN63WUl5bRSM1xL&#10;HU46C5K6MPcOzo49yEvenuTmpHwzqdtqyUSpZaLWurU7Va9fsXPz9kP/WwEAAAAwo9R81+0v+1Mp&#10;RmVwpBiVwWCqiadJ/aiTsqt1AwBAC8/dtu22JJ/73p/7WTMycnxvz57u3Hr00XtKPapMTQ4Ndctx&#10;D/S1Uyn3zO1O3dLduvAWt60EAAAAGDy9UseLt0v7Uk29tXUDDAqjMhgwy3PV5NqM3JHkhNYtHBSj&#10;MgCAB7BqbOyO7/3jAXxSceu0tAAAAAAw05VtrQs4OLWXm1o3wKDotA4AmrDe7lO1ThmVAQAAAAAA&#10;wCEoyZbWDRyUe67ePuaTonCEGJXBYHKf6X5VOne3TgAAAAAAAIB+1qs9w6T+9I3VSa91BAwKozIY&#10;QDW5pXUDB6fb6463bgAAAAAAAIB+1psa2ta6gYNQ6jdaJ8AgMSqDAVRKMSrrT7s/v33Dt1pHAAAA&#10;AAAAQD+7YOfGm5M4razvdL7eugAGiVEZDKBa6/WtGzgYddtqx7kCAAAAAADAIas1X2jdwIGpvd7X&#10;WjfAIDEqgwFUSvHDth+V4tMSAAAAAAAAcHh8tnUAB2Rqd3fqqtYRMEiMymAAdUpxLGgfqrVua90A&#10;AAAAAAAAs0GpU59r3cCBKF967rZtt7WugEFiVAYD6PZtGzcluad1BwemJF9u3QAAAAAAAACzwRd3&#10;bP1akttbd7C/6idbF8CgMSqDAXRhMlWSDa07ODCdms+3bgAAAAAAAIDZYHXSS61/37qD/dNJWd+6&#10;AQaNURkMrqtaB3AASr593vbN17XOAAAAAAAAgNmiJpe0bmC/3HN7757Pto6AQWNUBoOqFMeD9pOa&#10;z5ekts4AAAAAAACA2WJq6p7LktzVuoOH9NELd+y4p3UEDBqjMhhQZdfRVyXZ3bqD/VTK51onAAAA&#10;AAAAwGxywc6dd6eUj7fu4MF1Ut7fugEGkVEZDKgVN/7Ld5Nc07qD/VNTnSwHAAAAAAAAh13PLTBn&#10;tu1fmNj0960jYBAZlcFgu7J1AA+tJptWjY99uXUHAAAAAAAAzDZ3Tu1el5Jvt+5gH2r58Oqk1zoD&#10;BpFRGQyw3lTvQ0lq6w4eXCf5UOsGAAAAAAAAmI0u3LHjntT8r9YdPKBaSv3L1hEwqIzKYICdf8OW&#10;jan5YusOHpIjdwEAAAAAAGCaTGXPO5Lc1bqD+7lsdGLsutYRMKiMymDAlZT3t27gQV3niRIAAAAA&#10;AABMn2dPTHynpv556w7uo5aSN7SOgEFmVAaDrs69JMnu1hns0wdbBwAAAAAAAMBs153MHyXZ27qD&#10;f/WJ0fGxL7WOgEFmVAYDbnTHdbcm+b+tO3hAd5XevHe3jgAAAAAAAIDZbsXOzduT6sCHGaKU+ubW&#10;DTDojMqAlJI/SErE9zkAACAASURBVFJbd3Bftebd3xv9AQAAAAAAANOslLmvS3Jn646BV/Lp0fHN&#10;61tnwKAzKgMyOj72pZRc0bqD+9gzVTt/0joCAAAAAAAABsXo+PXfLKW+oXXHgNvdm+y9onUEYFQG&#10;fE8t8eRoZvnwBTs23tA6AgAAAAAAAAbJSSed+I6kbmjdMcD+5PwbtmxsHQEYlQHfs2rb2D+m5NOt&#10;O0iSTHZqfUvrCAAAAAAAABg0Z1177d6U+prWHQNq6+Tk3f+zdQRwL6My4F/V1De2biApJe9dsX3z&#10;11p3AAAAAAAAwCBaOb5lTWr9aOuOAfSbF+zceXfrCOBeRmXAv1o1vvlTKeXi1h0D7ubJuue3W0cA&#10;AAAAAADAICv1qJ9Psr11xwC5ZOXE2EdaRwD/xqgMuI9e2furJbmtdcegKiWrnz0x8Z3WHQAAAAAA&#10;ADDIRndcd2tq7/lJ9rZuGQBf7+w+5r+0jgDuy6gMuI/zt237Vkp9feuOAfXVO8bH/qx1BAAAAAAA&#10;AJCs3L7ln1LKG1t3zHJ3l+TCFTf+y3dbhwD3ZVQG3M+88QV/lpp/bt0xYHq9Wl59YTLVOgQAAAAA&#10;AAC411Hjp/xBUj/TumP2qr86OjF2XesK4P6MyoD7WZ6rJnvpvTzJntYtg6KmvvX87Zv+oXUHAAAA&#10;AAAA8G+W56rJOVNznpvkG61bZpta8r6VE5vf07oDeGBGZcADOn/7lmuS8sutOwbE1UdPLPjt1hEA&#10;AAAAAADA/Z17wzdu6dbuM5OMt26ZNUq5+OrxsZe3zgD2zagM2KeVE5veneQjrTtmudvT7b5sea6a&#10;bB0CAAAAAAAAPLDztm/YWZNVSb7TuqX/lTXzTzr+ZauTXusSYN+MyoAH1dl9zM8m+XrrjllqqpPy&#10;wpVbN2xoHQIAAAAAAAA8uFUTY18v6VyYZFfrlv5V/mnP0Z0Xn3XttXtblwAPzqgMeFArbvyX75Zu&#10;5yVJ7mrdMtvU5I0rJjZd2boDAAAAAAAA2D+jExs/WUpdleSO1i196EuTk2XVczZsuLN1CPDQSusA&#10;oD+sXTjylNRcmeRhrVtmg5K8bXRi7FdbdwAAAAAAAAAHbs3wyI+U5Iokp7Zu6Qc1+fjU5N0vumDn&#10;zrtbtwD7x0llwH5ZOT72hU7Kc5Psbt3S90q5+B8nxn6tdQYAAAAAAABwcFZNjH09naGn1WRT65aZ&#10;r777romx/2RQBv3FSWXAAVk3PHJRTf4yRqkH6xNHdSafs3zbNvdZBwAAAAAAgD532amnnzLU6X00&#10;yY+1bpmRannr6PZNv1GS2joFODBGIcABGZ0Y++vU/FL80D8IZY1BGQAAAAAAAMweF+zYeMOdx817&#10;WlLf0bplhrkrtfzsyu2bXmtQBv3JSWXAQVm7YOlPpdS/TDK3dUufuPTO4+ZdeOF11+1pHQIAAAAA&#10;AAAcfusWLj2/1vr+JI9s3dJUyaeHur2XPWvLlonWKcDBMyoDDtqaRSNnl14uS3JS65YZ7g2jE2Nv&#10;sMAHAAAAAACA2W3dqUtGaqd8MIN5O8ypWuv/e/T2BW9cnqsmW8cAh8aoDDgkH1+49LHdWtcmWdi6&#10;ZQbam5JfWDk+9uetQwAAAAAAmPnWz1927NTcqXm7unf3rpmYuH110mvdBMCBuyTpHr9wyS/UWn4/&#10;yfGte46Q62rqK1dNbP5c6xDg8DAqAw7ZlYsXD0/u7Xw4JWe3bplBbk7NS1duH7uidQgA+7ZueGRZ&#10;Sl2eWp6UkjNqzelJHn7/r6zfTC0bUsrGmt7nMlU+teqGsR1HPBgAAACYFdYsGFlSOjknvTyllCzt&#10;JWeU5NEP8KX3pJRNqXVjTb7aqZ31dxw/54sXXnfdniMeDcABW3fqskfUzp43JfXnM1v3GSXfrrX+&#10;+tUTmz+w2hgaZpXZ+U0LOOJqUq4YXvrLNfXNSea17mmrfrLuKS9Z9a2xb7cuAeC+ViedJw8v/o+1&#10;dl5USn1+Un74YB+rJNfX5JKaXLJqYuzrhzETAAAAmIXWnbpkJJ1yUU1emmTxITzU3SW5rKR8YO7E&#10;KevcXgxg5lu7cPGqpPum1PqE1i2H0WRJ3jfUnXr9uVu33tg6Bjj8jMqAw2rNopGzSy9/nWSkdUsD&#10;e2vJHz7qpBNWn3XttXtbxwDwb6549BMeVufd8/Ka3q8kZdE0XOLLNfVtR08s+Bsv5AIAAAD/3pqF&#10;S55RavmNJOfl8L83tzOlvK3Oqe9eNTZ2x2F+bAAOs7XDi3886bwhyTNatxyCyaT8RWey93srdm7e&#10;3joGmD5GZcBht37+smN3Hb3nj5L68iSd1j1HyDWl23n56NaN/9w6BIB/U5OybsHSF6fUtyQ59Qhc&#10;8ks19ZdXTWz+3BG4FgAAADCDrVk48sRS884kT53ua5Xktl7yhqMnTv1TH3gDmNlqUq5YuHRV7dX/&#10;kZKzW/ccgHtqycXdXv3jFds3f611DDD9jMqAabN2weInJZ139NmToQN1a01dffTEgnf5RR1gZlmz&#10;YGRJp+QvavL0I3zpmuQDpTfvV0Z3XHfrEb42AAAA0NhlJ598zNDQw/4gqb+YpHuEL//VXq/8/Pk7&#10;Nn3xCF8XgINw+amLH9/plIuS8pIkp7Tu2YexWuq7O1NH/YXXvGGwGJUB06omZe3wkotKyu/nyJwQ&#10;c6RMpuQ9cyaHfufcG75xS+sYAO5r3fDS/1ZT35Tk6IYZN3VSfm7FxKaPN2wAAAAAjqC1C0eeklr/&#10;JimLGmb0kvqn8+ef+OtnXXvt3oYdAOyn1Unn7OHTn5H0LqrJqiQnNU4aTy0fKbV8ZHTHxqsbtwCN&#10;GJUBR8TqpPPk4ZHnp+T3UnN6655DsCup7+lM5q3uEQ4w86xOOk9eOPKHqXlN65bv6dXk11ZNjL2t&#10;dQgAAAAwvdYuXPq81PrBJEe1brlXvXxy8p4LL9i58+7WJQDsv9VJ50mLlj6hW3vPrLXzjKQ+Pcmx&#10;03zZW5J8NjWf7pT6D+dNbP5SufeuHMAAMyoDjqhLli2be9ydu34mKb+cZFnrnv1Vktt6NR/olc6f&#10;PHti45bWPQDc3723ljjmQ0l+snXLD6o1f3r19rH/tjrptW4BAAAADr+1C0Zek5K3Zua99/bVbu2O&#10;nrd9w87WIQAcnGvOPHPOzTfe+cReZ+pHU8sTSsmyJIuTLEjSOcCH253UbyZlQ0m+Umv9Sqfb/cp5&#10;2zZuMCIDftBMe2ILDJA1p478ROnkF5M8N8mc1j0PoCblc6n588mp717i01wAM9f6nDO0a3jHR5Nc&#10;0LplX2rNH63aPvbrrTsAAACAw2vtwpGfS817M3Pfd/tynZtzVo2N3dE6BIDD55Jly+Ye992pk2ud&#10;fHipvUfUdB5e/t3PoprUTjq31UzWTi037pnqfuuCnRtvbtkM9JeZ+uQWGCBrfmhkfplbnpfUC5P8&#10;RJJu46Qv1+TDtTt18flbt443bgHgIaxOOk9euPSDqfXFrVseSkneODox9rutOwAAAIDDY+3wyAuT&#10;XJwDPynmiCrJP8zrTK5Yvm3brtYtAAD0B6MyYEa5YsmSR9U9nfNryU987/7gp033NWtyY0k+k5J1&#10;k1OddRfs2HjDdF8TgMNn3fDS36ipb27dsd9Kfd7K8c0fa50BAAAAHJrLT138+E6n849Jjmndsj9K&#10;8t7RibFXtO4AAKA/GJUBM9oVJy9ZUOd0fqxX67KSPC7J45MsSnLUQTzcVJJtSf1Gauf6JF/qdDr/&#10;uGJ8w9bDVwzAkbR2ePEzk84nMsM/DfwD7kq3e9bKrRs2tA4BAAAADs7HFi068aje0DVJlrRuOTD1&#10;lSsnNr+ndQUAADOfURnQlz55ymMeOdXZ+8O15tTaKcfVkrml1of94NfVmptKp9zY60ztLN3ut1aN&#10;je1u0QvA4bd+/rJjdx29+2tJFrZuOWAlnx4dH1tekto6BQAAADhwaxeM/O+U/FzrjoNwd6d0H+fD&#10;1gAAPBSjMgAA+tLa4aXvSOovte44aLX87Mrtm/6ydQYAAABwYNYuGjknvXwq/fs+2ydWToytaB0B&#10;AMDM1k+3CQIAgCTJFQuWPC6pv9C645CU+vuXnXzyMa0zAAAAgP1Xk5Je/jD9OyhLkvPWLhgxKgMA&#10;4EEZlQEA0Hd6pfxOkqHWHYfo5KHuMf+1dQQAAACw/9YtGLkgyVmtOw5ZyZtqfw/jAACYZkZlAAD0&#10;lctPWXx6kue37jgsSl5zybJlc1tnAAAAAPunlPxa64bD5IlXDJ/+zNYRAADMXEZlAAD0lU63vDyz&#10;53nsKcfdtev81hEAAADAQ7tiwZLH1eTprTsOm9J7VesEAABmrtnyZhwAAANgfc4ZSspPt+44nErK&#10;y1o3AAAAAA+tVzKrfoevNedfdvLpJ7XuAABgZjIqAwCgb9yzcPvTkzyqdcfhVGtGLz3jjONadwAA&#10;AAAPrtbyotYNh9mc7tDUc1tHAAAwMxmVAQDQP2pWtE6YBkfNuWfqnNYRAAAAwL5dsej0x5SS4dYd&#10;h1+Zja+1AABwGBiVAQDQN0o6y1s3TIdSck7rBgAAAGDfpqZ6s/M1ieSc1d4vBADgAXiSCABAX7jm&#10;zDPnJPU/tO6YFrU+qXUCAAAAsG+d5KzWDdPkkWcNn76odQQAADOPURkAAH3hxm9957Qkc1p3TItS&#10;HtM6AQAAANi3WjJrf3fvlslZ+3cDAODgGZUBANAXOkMZad0wbWrmX7l48QmtMwAAAIB9msWvS3Rn&#10;798NAICDZlQGAEBfKL3uo1s3TKe6J49q3QAAAADc3+p730+b37pjutRSZ/VrLgAAHByjMgAA+kIt&#10;Oa51w3TqdTuz+u8HAAAA/eon5i87Jklp3TFtejm+dQIAADOPURkAAH2iHtO6YFr1Og9rnQAAAADc&#10;357jd83q1yRKqce2bgAAYOYxKgMAoC/UZFfrhuk0lcl7WjcAAAAA99epdXfrhulUSvGaBAAA92NU&#10;BgBAX+iU3NW6YTp1hubc2boBAAAAuL+hLcPfbd0wnXq1ek0CAID7MSoDAKAv1JRbWzdMp05n8jut&#10;GwAAAID7W56rJpPZ/GG32f2aCwAAB8eoDACAvtDp9Ta2bpguJbltxebNN7XuAAAAAPZpU+uA6VJK&#10;nbWvuQAAcPCMygAA6AtT88qmJFOtO6ZDTbx4CwAAADPbWOuA6dLpzd7BHAAAB8+oDACAvrBqbGx3&#10;Ta5v3TE9yldaFwAAAAD7Vmpm6+/udz3yUSduaB0BAMDMY1QGAEDfKKmfat0wLWpvfesEAAAAYN96&#10;3czK1yRKzWfOuvbava07AACYeYzKAADoHyVXtU6YBnWydj/TOgIAAADYt0c98oRrk9zVuuNw65V8&#10;unUDAAAzk1EZAAB946gytbYkt7XuOJxK8pkLdmy8oXUHAAAAsG/3nuZV/rZ1x2HWmzPU+1DrCAAA&#10;ZiajMgAA+sbybdt2peajrTsOp5r6wdYNAAAAwEPrJLPrd/iSzzxry5aJ1hkAAMxMRmUAAPSVWnrv&#10;a91wGN1Zekf9n9YRAAAAwEObO3HK+iTjrTsOl1Lz560bAACYuYzKAADoKysntnw2yadadxwOteSd&#10;ozuuu7V1BwAAAPDQlueqyVrz5tYdh0NNNt0xMfY3rTsAAJi5jMoAAOg7JZ03tW44DL47tzP1jtYR&#10;AAAAwP6bmrr7/TW5sXXHIav5kwuTqdYZAADMXEZlAAD0ndGJjZ9M8pHWHYeilrr63K1b+/9FaAAA&#10;ABggF+zceXenlNe07jhEV1+9fezdrSMAAJjZjMoAAOhLve7Ua5Pc3brjoJRszJzyztYZAAAAwIFb&#10;Mb7pQyn5dOuOg1ST3q+tTnqtQwAAmNmMygAA6Evnb906Xmp5deuOg7C7U+tLVo2N7W4dAgAAABy4&#10;ktTO3npRkltatxyEN6+c2PLZ1hEAAMx8RmUAAPSt0e2b3leSv2rdcSBq8lsrJjZf27oDAAAAOHgr&#10;dm7eXkr56SS1dcv+K589auLU17euAACgPxiVAQDQ13pz80tJvty6Yz9dcvXE2DtaRwAAAACHbnR8&#10;0+VJfWvrjv20ozPZe8nyXDXZOgQAgP5QWgcAAMChuuzk008aGup9JsljWrfsU8m6+Sed8JNnXXvt&#10;3tYpAAAAwOFRk7Juwch7U/JzrVsexE2lV586umPzWOsQAAD6h5PKAADoexfs3Hhzp3RX1WRT65YH&#10;VHPVULf3YoMyAAAAmF1KUuc/6oRfSKkfat3ygEq+3euVnzQoAwDgQDmpDACAWeNjixadeNTU0MdS&#10;ck7rlu+rqX9218TmV1+YTLVuAQAAAKbPmuGR3yzJmzJD3n8ryfW1M7Rq5bZvbGvdAgBA/5kRT2oB&#10;AOBwWb9o0VG7e0PvqMnPN06ZTCmvGx3f9NaS1MYtAAAAwBGwbnjkopq8K8nD2pbUy+dMzfnpc2/4&#10;xi1tOwAA6FdGZQAAzErrhkcuSvKOmpx45K9etyX1opUTWz575K8NAAAAtLRmeORHSikfSq1PaHD5&#10;XTVZvXJi7C0+5AYAwKEwKgMAYNb62KJFJx7dG/qtmvxKknnTfb2S3JaU1SfNP/7/O+vaa/dO9/UA&#10;AACAmakmZd3wyAtqzVtLyfARuGQvKf+7WztvOG/7hp1H4HoAAMxyRmUAAMx6Vyw6/TG9Xu91SX4q&#10;ydA0XOKupL6rMydvXbF5803T8PgAAABAH1ozMnJ8Z3deXUt+NclJ03CJWpPLa6/83vk7Nn1xGh4f&#10;AIABZVQGAMDA+Pjw6Yu76V2U5MIkP3KID1eTfCEpH56cLH9zwc6NNx96IQAAADAbrZ+/7Nhdx+x+&#10;Ua15UUmekaR7iA85nlo+UobKB0a3bvznw9EIAAD/nlEZAAADae1pZ5xRJ6eeUUrOqckTS7IoyZwH&#10;+U92JdlUav6plqzv1u6n3E4CAAAAOFCXnXz6Sd2h3jml5pyUPCXJ6UmOfZD/pJdkPMnXUrO+dnLV&#10;yvGxr5R7P/AGAADTwqgMAACSXHPmmXNuvfE7i2qnHF/TfXiSpExNlZo7Jru9m1dt3TrhxVoAAABg&#10;OnxiwRkn1zL5w5O187BuKXOTpNbJ22vpfDdzs3nV2Nju1o0AAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAADw/7N35/F111X+x9/ne2/atFD2&#10;zZLcpMlNWyyCUjYRhSIlS6cDohaXwXXE3XHcmHH8aWecUUedGdcZl3FDUaeKgNAkpWiRAdzABSna&#10;9iZtbkKlFtla2qbN/Z7fHzCKC9Cm9+bc5fV8PPqXNPdVaWnyzft+PgAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAoIFYdAAAAAAAAAAAVKMr29sPmbk7M8uzdlCaaFaSJgf+&#10;3//mlj6UuO/2VA9YJluatiO7ddHWtdsjewEAAAAAAMqFURkAAAAAAACAhrSipWXGgZnm+Up9riVJ&#10;l9znytXqpmNNapXUvI8fcoekux/5MSSz9Z6mG5Js5ldHHDbrzpNvu21P2X8RAAAAAAAAFcCoDAAA&#10;AAAAAEDdc8kGcvnjTH6m3E6VdLJMCyRlpyhht0l3Sro9ld+UpFrTMzZUmKLXBgAAAAAA2CeMygAA&#10;AAAAAADUpevnzDl6Tyl7gcsXm+lZch0Z3fRHRsz1HU9sZfOOaddxfSYAAAAAAKgWjMoAAAAAAAAA&#10;1I1HhmQXmfy5Lp0pKYlu2kvjkr7nrqumZUvfOnfjxi3RQQAAAAAAoHExKgMAAAAAAABQ09a0tzfv&#10;LGXON9PFknVr6q60rJSSpBsl+x+f5l/rKxQejA4CAAAAAACNhVEZAAAAAAAAgJo00DLnBCXZ10v+&#10;QkmzonsqZFzStxPzj3SPDN0SHQMAAAAAABoDozIAAAAAAAAANaW/JX+WZfR3cp2n2rnecn+5pNVK&#10;9P7eTYUbomMAAAAAAEB9Y1QGAAAAAAAAoCYMtnUtcfd3SjojuiXY9xPZ+7qLG66NDgEAAAAAAPWJ&#10;URkAAAAAAACAqjbQnj9bqT4saWF0SzVx6Q6T/qm3WPhGdAsAAAAAAKgvjMoAAAAAAAAAVKWB9vnt&#10;lk58wKVl4lnmYzMNuuutfcXCndEpAAAAAACgPvAgBgAAAAAAAEBVuXrevFnTdk78s2SvldQU3VMj&#10;UkmX+269te/uwtboGAAAAAAAUNsYlQEAAAAAAACoGgOt+W6ZPimpM7qlRt0ts9f3jmz4VnQIAAAA&#10;AACoXYzKAAAAAAAAAIQbbFlwmCfjn5L0/OiW+uArM5695LzRdZujSwAAAAAAQO1hVAYAAAAAAAAg&#10;1Kq2zjNSt8vE6WTlttmUvLSnuP766BAAAAAAAFBbGJUBAAAAAAAACHHrwoVNW7fe/2HJ3iieVVaK&#10;S/5xn2bv6CsUxqNjAAAAAABAbeBBDQAAAAAAAIApt6qz86h0jy6X7Nzolobg+oGnen7fXYWx6BQA&#10;AAAAAFD9GJUBAAAAAAAAmFIDrR2nyOxqyZ4U3dJg7jUlF3EdJgAAAAAAeCJJdAAAAAAAAACAxtGf&#10;yy+VJd9hUBbiMFe6ciDXeUl0CAAAAAAAqG6cVAYAAAAAAFBm17XOmz2h0vGJ2XEuP8SkQ1x+iDw5&#10;WJbO+r9/zmW7TNopSSbdL9emNNGI3DeV0sym28bW/3q5lIb9QoAyG2zLv95dH5WUiW6B/rG3WFge&#10;HQEAAAAAAKoTozIAAAAAAID9cE3L3GMzSenZidnpci1w6XhJh5Xpw++S/MdmyY0qpTeNH5C9+fx1&#10;67aV6WMDU2a5lJyW6/wPyd4U3YLfM+my6cWWVy7SDRPRLQAAAAAAoLowKgMAAAAAANgHV7a3H9Ls&#10;Teco9XNkerak+VP48iVJP3f3le7+jSVjw7+YwtcGJmW5lJyey3/KpVdFt+DPsS9tK2545bKH//sC&#10;AAAAAAAgiVEZAAAAAADAE7p14cKmrVsfuEDySyRbpCq5us9dRTO/SvJv9BSHbzbJo5uAR1ujs7O7&#10;cmOXS1oW3YLH9c0jjzz4RSffdtue6BAAAAAAAFAdGJUBAAAAAAA8hlWzO1tLWXu5yV8uWXtwzhO5&#10;TW7/duRRB32TYQiqwXIpOa01/xmZXhndgr3y5R8WCy9bLqXRIQAAAAAAIB6jMgAAAAAAgD8y2JY/&#10;KXX9o0l9kpLonn30G0n/NTGRfGLp5vX3RMegcQ3kOj8q2ZuiO7D3XP6pvuLQa6M7AAAAAABAPEZl&#10;AAAAAAAAj7i2reu4jPs7Jb1QVXLF5X7Y5qaP72nOfOD8deu2RcegsfTn8pea9IHoDuw7M/uXnpEN&#10;74ruAAAAAAAAsRiVAQAAAACAhreyvf2YJM1+SNKLVHsnkz2Ru2V61w9HCl9YzrV2mAIDufxfSbpM&#10;PHusWWZ6Q89I4ZPRHQAAAAAAIA4PdgAAAAAAQMNao7OzO3NjbzXp3ZJmRvdUlq9z2dv7ioVroktQ&#10;v/pb8mdZotWSmqJbsF9SWbq0d2S4PzoEAACUz8r29mMyafZweXJYqtLhSuwwkx1u7oe77NDH+7km&#10;3yFp3KVdLu00126Ztsq11bLJ3cmEbb3/oOw9y9au3T1FvxwAAFBhjMoAAAAAAEBDGmiZc4KSzKck&#10;PT26ZSqZ6/PjMzNv5kpMlNuqtnlzUi/9WNLh0S0oi/syaXraeWPDG6JDAADA3lnZ3n5MxjPHuavL&#10;XS2JWZtLrfr9j+mVbjDp/lQaM2mj5BtdtjFxbVQ22TR9e9PQoq1rt1e6AQAAlAejMgAAAAAA0FBc&#10;soFc/h0m/bOkbHRPkCGZLu4dKXw/OgT1YcWCBdNmPTj+PZlOj25BWf20OZk4Y9GmTbuiQwAAwO8N&#10;tiw4zDM7T3dPnmLy+WZ2nFzzXDokuu0JuKSNku6QtFbut6fuax86eMY6TjgDAKD6MCoDAAAAAAAN&#10;Y7BlwWGy8a+4qTe6pQq45B/3afaOvkJhPDoGta2/Nf9xM70hugPlZ9Jne4qFS6I7AABoVCtaWmbM&#10;SqYtdCXPkHSmyRdK9qTorjIrSVon2U2u9OaMZf+3e2TdxugoAAAaHaMyAAAAAADQEFa1dh6fJnaF&#10;XHOjW6rMzU2l7Pnn3vWr30aHoDYNtHU+R27fiu5ARV3cWyx8JToCAIBGcV1LR1eaSc5z13mSFkma&#10;Fd0U4FeSbjJptdLp1/eMrb03OggAgEbDqAwAAAAAANS9/lz+eSZ9UdIB0S1VybTeU/X1jRaGolNQ&#10;W1a2tx+TpNlfSDoiugUVdW/GM085b3Td5ugQAADq0dXz5s2avit9ZETmiyXNiW6qMiUz3SrXKjNf&#10;NW2k9UeLdMNEdBQAAPWOURkAAAAAAKhrA635t8j0YfEc5Incl7pdsGR0w43RIagdA7mulZL3RXdg&#10;Kth3eoobm0JsTAAAIABJREFUFpvk0SUAANSDa2bPPSLblJ7vrgtMOldSc3RTDblXritdWjFjtOW7&#10;DMwAAKgMHqYCAAAAAIC61Z/LX2rS+8UzkL21w6UX9BUL10SHoPoNtHa+QGZfi+7A1DHTq3pGCv8d&#10;3QEAQK26rnXe7JKlz5P7c2R6pqRMdFMduEeyb0mlFduKwzcsk0rRQQAA1AseqAIAAAAAgLqzXEpO&#10;a81/TKbXR7fUoJLc/6p3dOjr0SGoXoMtCw7zZHyduPay0TyQJhPzl2zadHd0CAAAteLWhQubtt7z&#10;4FJ5+grJesSQrIL815K+4rIv9hULd0bXAABQ6xiVAQAAAACAujPQ2vUhmb8tuqOG7Upkf9ld3LA6&#10;OgTVaSDX9WnJL4nuQIhv9hYLz4+OAACg2g3kOs6UMhdLfpGkg6N7GtCdLl02LVP64rkbN26JjgEA&#10;oBYxKgMAAAAAAHWlv63zbeb2oeiOOrDbzS/oGxkaiA5BdRlomXOCksxPxCkbDSw9t7c4/J3oCgAA&#10;qs0anZ3d2Tr6XDN7k6QzonsgSdpl0orU9JG+kcJPo2MAAKgljMoAAAAAAEDdGGzNn++mK8TYpVy2&#10;ydNn944O/zg6BNVjoDW/RqazozsQx6U7thcLT10mlaJbAACoBv3H5luSjN7g0sslHRXdg8d0m8s/&#10;NqPY+tVFumEiOgYAgGrHqAwAAAAAANSF/rbOc8xtQNK06JZ64tKWrGdOOm903eboFsTrz+WXmvTt&#10;6A5UA391b3HoM9EVAABEWtU+d36alt4s2cWSZkb3YC+Z1nuqj2z3XV9cNja2MzoHAIBqxagMAAAA&#10;AADUvJXt7cckafbn4lSACvHrtxWHejiVqLEtl5JTc/mfm3R8dAuqgf86GT+gq3vL7Q9FlwAAMNUG&#10;2/Inufu/SnZudAv2y28lfSKbTf9j8fDwA9ExAABUmyQ6AAAAAAAAYH+skDKZNPs/YlBWQXburNau&#10;D0RXINaprZ3PZ1CG37MnpdN2XBJdAQDAVFrZ3vXU/lz+GnfdyqCsLhwu6T0TE8nQQC6/vD+fPyg6&#10;CACAasJJZQAAAAAAoKYN5rr+xuUfie5oAO7S+X3FwjXRIZh6y6XktFx+raT50S2oHi5t2Z7umsO1&#10;UQCAejfQPr/dShP/z00vkZSN7kHFbDbz9x9xxCGfPvm22/ZExwAAEI1RGQAAAAAAqFmDLXNP9SS9&#10;SVJTdEuDuDdp8uO6h4Z+Ex2CqdXf2nmBmV0Z3YHqY+Zv7BkZ+kR0BwAAlbCqs/OodE/yXslfLr7m&#10;aCRjkr93W3Hoc8ukUnQMAABRuP4SAAAAAADUpP58fnqapJ8T39yZSoelu+190RGYemb2tugGVCd3&#10;e/NynjMDAOpMfz4/vT+XvzTdY7+S/BLxNUejaZHs07Ny+Z8PtHX0RccAABCFL/YBAAAAAEBNSsb1&#10;VpOOj+5oOKZXrsp1LY7OwNTpb8+fLukZ0R2oWp2ntnb+ZXQEAADl0t/W2Wu79ROTPiDp0OgehFog&#10;T1b25/LfHGif3x4dAwDAVGNUBgAAAAAAas51rfNmu+nvozsaVSr/zxUtLTOiOzA1LLXXRDegupnZ&#10;G6MbAADYX9e1zps9kMtfZW79kp4c3YPqYdJzlU7cMdjW+dY1Ojsb3QMAwFRhVAYAAAAAAGpOyUr/&#10;KOnA6I4Glj/Qpr8lOgKVd2V7+yGSPz+6A1Vv0cCcefOiIwAAmIwVUqY/l7+0ZKUNks6P7kHVOsDd&#10;PrwzN3Znf1vnOdExAABMBUZlAAAAAACgpgy2zD1V0iuiOxqdmb1jsGXBYdEdqKwZnn2xpJnRHah6&#10;plLppdERAADsq8GWzvysXH71I1dd8jkPnpBJXeZ23UCu86NXz5s3K7oHAIBKYlQGAAAAAABqiif+&#10;PvFMoxoc5Mk4V97Vv4ujA1AzXrpCykRHAACwN5ZLyWBb51s9sdslLYruQc3JSPamaTtLP+9vyZ8V&#10;HQMAQKVYdAAAAAAAAMDeGmjLP12uW6I78DsPWjp9Ts/Y2nujQ1B+q9rmzUm9NCSeIWKvpef2Foe/&#10;E10BAMDjGWzpzCtjX3HXadEtqAsu2Webd05766Kta7dHxwAAUE68qxcAAAAAANSO1N8WnYA/cJDb&#10;rr+NjkBlpF56gRiUYZ9klkUXAADweAZynZd4YrcxKEMZmeSX7JoxfvvK1q5nRccAAFBOPBQCAAAA&#10;AAA14drc3I6M0vXierVqc9/ExI6WpZs374gOQXkN5vI/demp0R2oKfc0F1uetEg3TESHAADwaGuO&#10;XHDgePP4R930iugW1LU9kt7TUyx8wCSPjgEAYH9xUhkAAAAAAKgJWUvfJgZl1ejQbHbG86MjUF6r&#10;2ubNYVCGSThiR+tdZ0RHAADwaINz5p64c8b4TxiUYQo0SXrfYK7r2uuPnX94dAwAAPuLURkAAAAA&#10;AKh6qzs6DnbXS6I78FiMfzd1Jk1LvdENqE1m6ZLoBgAA/s9grutvvJT+0KSu6BY0Eu/bk5m4cyDX&#10;8ezoEgAA9gejMgAAAAAAUPX2lJLnSjogugOPaVF/a74zOgJlZN4XnYDaZDK+eQoACHfN7NkzB3L5&#10;y1z+EUnTo3vQkI6SksGBXH75cr4nDwCoUfwFBgAAAAAAqp65LopuwOMyyV8aHYHyWKOzs5KdFd2B&#10;mvW0a2bPPSI6AgDQuK5pmXtsNjtztaSLo1vQ8LKS3nNqa/7La9rbm6NjAADYV4zKAAAAAABAVbv+&#10;2PmHS1oU3YHHZ2Yvjm5AeezOjZ4o6cDoDtSsJNtUemZ0BACgMQ20dpySTdJbJZ0R3QL8HzO9aFea&#10;/c6qzs6jolsAANgXjMoAAAAAAEBVm0hKz5fUFN2BJ9TRn8s/OToC+y91e1Z0A2pcmvCNfADAlBto&#10;7XyBLPlfScdEtwB/xhnpHvvpqlznwugQAAD2FqMyAAAAAABQ1VLzC6MbsHdMdm50A8rA9PToBNQ4&#10;c34PAQCm1EAuv1xmX5U0PboFeByzU9n3+ls7L4gOAQBgbzAqAwAAAAAAVas/n59uEteo1Y7u6ACU&#10;BacnYH8tvHXhQk6YBABUnEvWn+v8V0nvkWTRPcBeOMDMvjHYlv/r6BAAAJ4IozIAAAAAAFC1Mnt8&#10;oaTm6A7sLT+7P5/ndIgatrqj42BJc6I7UPOat2y5b350BACgvt26cGHTYFvn5SZ7R3QLsI+y7vpM&#10;fy5/aXQIAACPh1EZAAAAAACoWi6u4asxM7VLp0dHYPJ278mcKE75QBmY2ZOjGwAA9WvNkQsO3Lr1&#10;gVVye2F0CzBJZtIHBtryn1zO9+wBAFWKv6AAAAAAAEDVcjeuvqwxSWKnRTdg8szSedENqA8JozIA&#10;QIWs7ug4eNeM3QOSFkW3APvN9bpTW/Nf5upwAEA1YlQGAAAAAACqGSeV1RiXGJLUtnx0AOoGA0UA&#10;QNld2d5+yMRE0i/5mdEtQLmY6UVbf3P/1xmWAQCqDaMyAAAAAABQla6fM+doSUdFd2Bf+VOiCzB5&#10;5klXdAPqg8s6ohsAAPXlmtlzj2hOs9+RdEZ0C1B2Zhdu3frAV9fo7Gx0CgAA/4dRGQAAAAAAqEq7&#10;PTMnugGT8uQVUiY6ApNknotOQL3w1ugCAED9GGxZcFg2m35X0knRLUAFPW9X610rGJYBAKoFozIA&#10;AAAAAFCVrOTt0Q2YlOYDju3ojI7AZPns6ALUjaPXtLc3R0cAAGrf1fPmzVJmvF8SJ+Ki/pk/Z1du&#10;7GsMywAA1YBRGQAAAAAAqE5m7dEJmJwkSThlrgYtlxLJjozuQN2wHWZHR0cAAGrbmvb25mk7S1e5&#10;67ToFmAKPW88N/a55XwvHwAQjL+IAAAAAABAVTKpI7oBk2OJHR7dgH339M7OIyRxIgLKJqOmQ6Ib&#10;AAC1a4WU2ZVmL5N0TnQLMNVcesnpufz7ojsAAI2NURkAAAAAAKhKqfSk6AZMlh8aXYB95+M6KLoB&#10;9SXdkzIqAwBM2qxc5yclPT+6A4ji0qX9rfnXRncAABoXozIAAAAAAFCVTDYjugGTk7o4qawWNWUO&#10;iE5AfTHTwdENAIDa1N/a+Q+SvTq6A4hmpk8MtnU9N7oDANCYGJUBAAAAAIAq5YzKalQicVJZDbK0&#10;xKgMZWWm5ugGAEDtGWzrepGZvTe6A6gSibt/pT/X+YzoEABA42FUBgAAAAAAqhVjhBqVcjpRTSrx&#10;Zw5l5m6Z6AYAQG0ZbMuf5O6fkWTRLUAVaZbsilVt8+ZEhwAAGgujMgAAAAAAUK0YuNSoxDUR3YB9&#10;l0ge3YD6YubZ6AYAQO3ob813umuVJE5PBf6ISUenPjGwuqODN/AAAKYMozIAAAAAAFCtpkUHYHJS&#10;13h0A/admzEqQ1m5nOfPAIC9sqa9vdlMX5d0RHQLUL1sXmki+bRzkh8AYIrwRT0AAAAAAKhW26ID&#10;MGmMympQWrI0ugH1xV27ohsAALVhZyn7OUknR3cA1c6liwZaO98Z3QEAaAyMygAAAAAAQJWye6ML&#10;MEkJo7LaVNoRXYD6YrKd0Q0AgOo32Nr1GjO9KLoDqBVm9k+DbV1LojsAAPWPURkAAAAAAKhSfl90&#10;ASbHXLujGzAJqR6MTkB9MUsYKgIAHld/W/5pbv7v0R1AjUnc/YsD7fPbo0MAAPWNURkAAAAAAKhS&#10;/tvoAkyW3R1dgEloShmVoaxKqXONMQDgMfUfkz/SXFdLmhHdAtSgI5ROXLFiwYJp0SEAgPrFqAwA&#10;AAAAAFQprr+sVe6+MboB+26mdH90A+pLNpP8JroBAFC9rMk/Jak1ugOoYScdtH33u6MjAAD1i1EZ&#10;AAAAAACoTq6x6ARMjmUzI9EN2HeLNm3aJYkTAlE2u/ds2xLdAACoTgO5zktkdmF0B1Dr3P3vV+W6&#10;Fkd3AADqE6MyAAAAAABQlUzJL6IbMCmpZ0qboiMwOS79OroBdeOhpZs374iOAABUn5XHdsyV7N+j&#10;O4A6kaTyr6xsbz8mOgQAUH8YlQEAAAAAgKo0YbvuiG7ApPy6r1AYj47A5Ji0OboBdYMTCwEAf+LW&#10;hQubkkxyuaQDoluAOnJU4tkvuGTRIQCA+sKoDAAAAAAAVKW/KBbvk5xTk2qO/zK6AJNnpqHoBtSN&#10;DdEBAIDqc8/WB/9W0snRHUDdcfUM5jpfEp0BAKgvjMoAAAAAAEAVM67ArDl2c3QBJs/dfhXdgPrg&#10;rkJ0AwCgugzm8gtc/t7oDqB+2b9zDSYAoJwYlQEAAAAAgCrmP48uwD5yfT86AfvBfV10AuoGp94B&#10;AH5nhZRx2RckTYtuAerYYUma+e/oCABA/WBUBgAAAAAAqpYpc110A/ZJaffMzC3REZi8bFPK9aUo&#10;i0zCKBgA8HsH5jpfJ/kp0R1A/bMl/a2dF0VXAADqA6MyAAAAAABQtaYnu2+StCO6A3vJdcf569Zt&#10;i87A5C0eHi66tCW6AzWvpF0HMCoDAEiSVs3ubDXZv0R3AI3CzD7Rf0z+yOgOAEDtY1QGAAAAAACq&#10;1qJNm3a5dHN0B/baTdEB2H+J6yfRDah1XujecvtD0RUAgOqQZu3fJc2K7gAayBHJNDHkBADsN0Zl&#10;AAAAAACgqiXmq6IbsHdS2YroBuy/VH5rdANqnf04ugAAUB0G27qWSHpedAfQaFx65WBb/qToDgBA&#10;bWNUBgAAAAAAqpqX0tXRDdgrdz80uoFT5epA4rolugG1zeU3RjcAAOL15/PT3f1j0R1Ag0o81Sdd&#10;sugQAEDtYlQGAAAAAACqWu/YxttN+ll0B56Ir1gmlaIrsP/2pDtvlDQe3YHalU39hugGAEAV2ONv&#10;lNQRnQE0LNPpq9q6XhidAQCoXYzKAAAAAABADbAvRhfgifg3ogtQHks3b94hiSswMSkubVk8NlyI&#10;7gAAxLp+zpyjze3d0R1Ao3P3D646+oQDojsAALWJURkAAAAAAKh61pR+TdKe6A48prEfFoe5MrGO&#10;mPSd6AbUpkRaZZJHdwAAYk2kmfdImhXdAUDHptN3vD06AgBQmxiVAQAAAACAqtc9NPQbl74d3YHH&#10;YPax5VIanYHySU1XRTegNrk5v3cAoMENzJk3z11/Hd0B4Hfe2n9M/sjoCABA7WFUBgAAAAAAaoK5&#10;LotuwJ/1kJWmfS46AuXVN1L4qeSbojtQc3Yluw64LjoCABBsIn2/pKboDAC/c2AyTe+MjgAA1B5G&#10;ZQAAAAAAoCb0jBaukdnt0R34QyZ9tmds7b3RHagAs/7oBNQY0w3dW25/KDoDABBnoLXjFJlfEN0B&#10;4A+59Jr+Y/Mt0R0AgNrCqAwAAAAAANQEk9zd3xvdgT8w4Un2o9ERqAwvaUV0A2qLu38tugEAEMyS&#10;d0my6AwAf6JZiS6NjgAA1BZGZQAAAAAAoGb8qFj4lqQ7ozvwO1f1bvrVpugIVEbvWOFGSUPRHagZ&#10;2zPjB1wRHQEAiDPQ2nGKpL+M7gDw55npkoH2+e3RHQCA2pGNDgD2xRqdnd3RUjwuyWS65D7XpKMl&#10;HebSDJlPyJNtZtqaerpeia0v7d5x+9LNm3dEdwMAAAAAymO5lA6Y/T+5M1yItyuxzDuiI1A5Jvmg&#10;dLlL745uQQ0wu5arLwGgsbkl7+aIMqCqTVO65+8kvSY6BEDlrNHZ2Z1tY09JXF2pe5eZWqXk939F&#10;ux6U+XZJdyZJ8otpm2YXFumGibhiVDM+t0PVWzlnTlumlL3IzRfJdaakA/fhp++W9GMzu8E8vbK7&#10;OHRbhTIBAHthhZSZmZvblk1Lc5Uk8yR/kssONfnBLh1ipkPcfzd6f9ClCZPuf3g4bCNu2mCerk+a&#10;bH330NBvQn8xAAAgzHIpOS2X/5mkp0S3NDS3D/eObnh7dAYqq78132mm9eLGAzyBRHZed3HD6ugO&#10;AECMwTlzT/RS+lPxvUeg2u1qypTaz924cUt0CIDyGZgzb55NlJ6bms426QxJB+zDT3/QpRvN9d1s&#10;U3rF4uHhYqU6UXv4xA5V6ZH17EWJ6xKXnqny/V4ddvfPj2dKn3zOpk33l+ljAgAew6r2ufNLpXRR&#10;YjrLpeMl5SVNL9OHf0DSHW76nqW6sXnX9JsXbV27vUwfGwAAVLnBlrmnepJ+Xwxdomxu3jl9Hp9/&#10;NYaBXP7bkpZGd6Cqre0tFo6PjgAAxOlvzV9uphdFdwB4Ym56X99I4R+iOwDsnxUtLTMOTKb/tcle&#10;pfK98TKVdIPcP9s82vpNTjADozJUleVSclpb/uVy/b2kzgq+1ANy/7hPtw/1FQoPVvB1AKChXNne&#10;fkhzqekCmT9b0jmSZk/hy09I+onLb0jSzBU9Y+t/NIWvDQAAAgy05T8p1+uiOxqS28t7Rzd8MToD&#10;U2OgNd8t02B0B6qXyd7cU9zw0egOAECMVbM7W9OsDUu/u4EAQHW7r3nn9BxvEgJqU38+Pz3Z429I&#10;3d5u0tEVfKlhyT7YXDz2c4zLGhejMlSN/rb808zt05KfMlWv6dKWxPSuH4wUPr/84dUtAGAfrTly&#10;wYE7Z+y60KSLJVskKRPd9Ii7JL9C8m/0FIdvNsmjgwAAQHldm8sdmmjaLyv8AA1/xEw/fHCk8Ixl&#10;Uim6BVNj+cNXzq7TwycPA39su6XT23rG1t4bHQIAiDGYy3/ApUujOwDsPTO9oWek8MnoDgD7ZrCt&#10;67nu/kFJHVP2oq6fJ4m/rntk6JYpe01UDUZlCLdCyhyUy7/bpXcq7F0sfr3ZtJf0jPzy1zGvDwC1&#10;Z2DOvHkqTfytZMskHRrd87jMbjf5Zx4s7fr8srGxndE5AACgfB55mPbN6I4Gcl8y4Sd2bx4ajQ7B&#10;1Opvy7/CXJ+L7kD1cfkH+4pDDAkAoEGtOXLBgeMzxkddOiS6BcDec2nDj4qF+cs5dAOoCf35/EG2&#10;xz4t9xcEJbjc/u3Iow5658m33bYnqAEBGJUh1HWt82anVvqaS8+KbpH0GyW6qHdT4YboEACoZv25&#10;/FJ7+J2Hz4humYQHJf9ixrP/et7ous3RMQAAoDwG2/JXuuuC6I5GYG6v6Bnd8IXoDky9WxcubNq6&#10;9YF1kuZEt6Cq7GzKlOacu3HjlugQAECM/lznG032segOAPvO3Z/TNzp0VXQHgMe3sqXjKUmSXCmp&#10;M7pFrh8kJV/Gmw0bRxIdgMa1sqXjKSWbuLVKBmWSdJRSre7Pdb4qOgQAqlF/W+c5A7n8d036tmpz&#10;UCZJB0n2ppKV1g205f/t+jlzuCoLAIA6MH3H9ItN+mV0R71z11cZlDWuk2+7bY9cH47uQLWxLzMo&#10;A4DGZrJXRzcAmBwze010A4DHN9DW0ZckyfdVDYMySTKdXsrajwfb8idFp2BqcFIZQvTn8k826TuS&#10;jolu+TNSl7+mrzj02egQAKgGj7wD4iOSzoluqYAdkj7k0/T+vkJhPDoGAABM3sr2rqcmqd8iaUZ0&#10;S50as3T6iT1ja++NDkGc/nx+uu32X0nWHpyC6rDTS5rbd1dhLDoEABBjINdxppT8b3QHgElzd3X1&#10;jRaGokMA/KnBtq4l7n6FpOnRLX/GffK0u3d0+MfRIagsTirDlLuupaPLTDeoOgdlkpSY7NMDrV0v&#10;iw4BgEjXzJ57xECu69NJkvxE9Tkok6SZkt6j3frFQFtHX3QMAACYvCWbNvxMbq+M7qhHJt3vUjeD&#10;MvQVCuPy5J3RHagaH2FQBgCNjs+/gRpnkr80OgLAn+pvzZ/n7t9SdQ7KJOlQWbJ6ZXvXU6NDUFmc&#10;VIYp1Z/PH2S7dYukBdEte2FcpkW9I4XvR4cAwFQbbM2f7+b/JdmTolumkEv66q5k4g3P2bTp/ugY&#10;AAAwOQO5/Gcl/XV0Rx0pmdn5PSMbVkaHoDosl5LTWvM/kenE6BaEeqCplO08965f/TY6BAAQ48r2&#10;9kOa0+xmcVIwUOvGthUL7cukUnQIgIf1t+Y7zfRjSYdGtzwRdxWnZUunnrtx45boFlQGJ5Vhyrhk&#10;2q3LVRuDMkmaLte3Vra3V+uJagBQdquOPuGAgVz+Mjdd1WCDMunhsf2Lm9PsHYOtc58ZHQMAACbn&#10;h8XCqyVdHt1RL8ztVQzK8GjLpTQxe3t0B2K5tJxBGQA0tua06SIxKAPqQctBLZ2LoyMAPOya2bNn&#10;ynSVamBQJklmyu2ZyFx168KFTdEtqAxGZZgyq1q7Xm3SX0R37KNjMp79r+gIAJgKAy1zTkin77hV&#10;0sXRLcGOdUvXDOTyy5fzuRIAADVnuZRumzX9FS5dG91S69z1bz2jG74Q3YHq013csFqMNxuWST/b&#10;Xix8PLoDABDM/WXRCQDKJLGXRScAeFhTdua/mHR8dMc+MZ1+z9YH3hWdgcrg+ktMidUdHbmJieSX&#10;kmZGt0yGu7+gb3Tof6I7AKBS+ls7LzKzz0qaFd1SZa7elUy8jOswAQCoPbcuXNi0desDV0haGt1S&#10;m/xDPcWhS+3hK8KBP3FNy9xjs0n6S/E1RMMx83N6RobWRHcAAOI8ci1XIboDQNmMZ7Pp0YuHhx+I&#10;DgEa2UBb/uly3aTaPPBgIk3slCWbNvwsOgTlVYu/GVGDJiYy/6QaHZRJkpl9eM2RCw6M7gCAcnPJ&#10;BnP5D5jZ18U3g/6c85vT7K2DLZ356BAAALBvTr7ttj0TEzteINl3oltqjZn9S29x6B0MyvB4lo6t&#10;v8uld0d3YGq56QsMygAAltgLoxsAlNX0iQm7IDoCaGTLpUSuj6l2NzzZxP0jzsFWdadWf0Oihqxq&#10;7Txe8pdEd+ynll0zxt8QHQEA5XTrwoVNg7muL7h0aXRLlev0xP63vy3/tOgQAACwb5Zu3rxjW3FD&#10;t5n+K7qlRqRyvb5nZANXFmCv9BYLH5W0KroDU2Y4s2vmG6MjAABV4fnRAQDKzZ4bXQA0slPb8i+U&#10;dHJ0x35xnbWqNf+X0RkoL0ZlqLg00TtVH4vUt109bx6n+ACoC6s7Og7euvXBAclfGt1SI44x140D&#10;rfnu6BAAALBvlkml7pHC6939vdEtVW7C3F7fO1r4z+gQ1A6TvKTkdZK2R7dgClj6xu4ttz8UnQEA&#10;iHVtW9dxcj8hugNA2Z23uqPj4OgIoBEtl5LE9Q/RHeXgpndGN6C8GJWhovqPzbfI7XnRHWVy+PQd&#10;6YujIwBgf61oaZkxMWHXSP7s6JYac6BMV/a35s+LDgEAAPvGJO8bHXq3P3yiwq7onio0nMhP7xnd&#10;8KnoENSevyiuHzbT30Z3oNLs470jw/3RFQCAeFmpXr7nA+APTd9TSv4iOgJoRKe1dfS4dFx0R5mc&#10;2t+ePz06AuXDqAwVZRldLKkpuqNc3PSK6AYA2B/9+fz0WUnztZI9M7qlRs0w01WDrXP5/w8AgBrU&#10;Vyx8M3XrljQS3VI9/PqkyZ/eXRy6LboEtatnpPDfkn0pugMVc0tz8di3REcAAKqE+4XRCQAqxPWc&#10;6ASgEbkndbVBSFI2FfWEURkqyqRl0Q3l5adc19LRFV0BAJOxQsoke/R1SedEt9S4GW7pNYNz5p4Y&#10;HQIAAPbdktENN2az6YkmXRbdEiyV9I8/LA51dw8N/SY6BrXPp/mbXNoQ3YGye8BdL1mkGyaiQwAA&#10;8VbN7mx16anRHQAqw6Tea2bPnhndATSS1R0dB5u0JLqjnFy6cMWCBdOiO1AejMpQMQPt89vr8YuL&#10;kiVLoxsAYF+5ZLNyXZ9z1wXRLXXiYC+l/QPt89ujQwAAwL5bPDz8QE+x8FK5eiRtju4J8H2lpaf1&#10;FgvLlz88LgP2W1+h8KAntkzSjugWlE1qZi/uGy0MRYcAAKpDmk36ohsAVNTMbFPz2dERQCPZM5Es&#10;ltQc3VFmhx+8bfdZ0REoD0ZlqBj3ifo8CSfR4ugEANhXq9o6Xy/5S6M76sxseelq3rkFAEDt6h0t&#10;rMp45hR3fVWSR/dMgW1yvaW52PKs3rGNt0fHoP4s2bThZ+Z6kRgr1gfX23tGNqyMzgAAVBFXd3QC&#10;gMpyt/OiG4BGkkh1+WeuZH52dAPKg1EZKsbcnxndUBGuZyznzw6AGtKf63yGu/1HdEddcj+hKTvz&#10;89ENi/CHAAAgAElEQVQZAABg8s4bXbe5b7TwYkuT0yXdEt1TKS5d4SU9uXe08B9cY4dK6hktXG3S&#10;P0d3YD+Zf61ntMDXkQCA37l14cImmZ8b3QGgshIxKgOmkkt1ualIXGdGN6A8GMagguzE6IIKmXVy&#10;bm57dAQA7I1rZs89wmRfk5SNbqlXLl000JZ/ZXQHAADYPz1j63/UWyw8w5QsdumO6J4yKUn6sknH&#10;9xULz+u7qzAWHYTG0F0sLH/kBEDUJPvOtgObX2aNcYIjAGAv/WbLA2dImhXdAaCyXDpudUdHLroD&#10;aARr2tubJc2N7qgEl+p1K9JwGJWhIlwySV3RHZWSNT8uugEAnohLls36lyS1RrfUPdcnVrZ3PTU6&#10;AwAA7L+e4vrrNU0nm+lVLm2I7pk867c0OaO3WHhJT7GwNroGjcUk3z5aeIlLV0S3YJ/dvC3duXTZ&#10;2rW7o0MAANUlydji6AYAU6O0J/Ps6AagEeyYSLpUv5udg68/dv7h0RHYf/X6GxTBBo7JHyHpwOiO&#10;ikkZaACofoOt+ddK3hfd0SCak9Qve+RdJQAAoMb1FQrjPSOF//5RsTDfpedLWqPaOLFnu7k+n3p6&#10;Sm9xw5KesfU/ig5C41omlTLjM18q6fvRLdg7Jv0yafILl42N7YxuAQBUH3edFd0AYGp4kjIiBaZA&#10;kqnvzUEps6c9ugH7j1EZKiLJ+sHRDZXk5odENwDA4xlon98u04eiOxrMU3aWMu+MjgAAAOWzXEr7&#10;ioVv9hYL51jqcyV9wF3F6K4/ZTeZ2yuad05/Us9o4ZVLRodvjS4CJKl7y+0PJeMzF+vhYSaqmEt3&#10;pLt1VvfQ0G+iWwAA1efhN1L6KdEdAKaI6+zoBKARmDJ1vTlIxaaiHjAqQ2U0ZQ6ITqgkN82KbgCA&#10;x+PpxIclzYzuaDRmdunAnHnzojsAAED59YwNFXqLhb/vHS20S+kz5fqkpOGgnD1y3SDp75XJzO8t&#10;bnhmz+iGLyzaunZ7UA/wmLq33P6QT9MFkm6JbsFjKpTSpKfv7sLW6BAAQHXamWYWSpoe3QFgqtiT&#10;Vs6Z0xZdAdS9VAdFJ1RSosyM6Absv2x0AOpTaWKiKbH63Sxa6ml0AwA8llW5rr9I5c+N7mhQ07xU&#10;+rik86JDAABAZZjkKg7fJOkmSVo5Z05bUkrOluxMmZ0q9wWSMmV+2Xsl/Uymn1uq743PzHz3/HXr&#10;tpX5NYCK6SsUHrx63ryeaTtK35Zx6kGV+UmaTCxZWtx0d3QIAKB6JUqe4TVxGzyAckkmkqdLGonu&#10;AOqZW5pKFp1RMamlTdEN2H+MylAZqR4s+yP0amL2UHQCAPw5K1paZqTyj0R3NDKTFg+0dV3YO7Lh&#10;W9EtAACg8pZs3Dgi6UuP/NCqo084YKJp5/FJ4l3uPtfMOiQdKdfRMh2hh0+TPUi/H55tk7RT0nZJ&#10;90gakduIJemIy4eTPfaL7s1Do1P+CwPK7Px167at0dmLx3Nj/+nSq6J7ILl0bWlix0VLN2/eEd0C&#10;AKhuLn9GdAOAKWZ6uqSvR2cA9czNHrI63my79EB0A/YfozJURlP6oNI6PqnMxDvCAVSlWdb8Wkmd&#10;0R0Nz/2Da3T2txfphonoFAAAMLW6t9z+kKQfPvIDwKMs0g0Ty4t6zWlt+e1y/W10T2PzL26f1fzq&#10;ZWsLu6NLAAA14fToAABTy8xOi24A6p2l2lbHB5Upkd0f3YD9V7+rH4Sauan9Hkl1/FDKNkUXAMAf&#10;W9HSMkOmS6M7IEnq3NV6119FRwAAAADVZrmU9o4U3iL3F0rihKypt0fyV/cWh16+bO3aOn52BwAo&#10;l5Vz5rRJOiq6A8DUctdJ18yePTO6A6hnqacboxsqKZuU7opuwP5jVIaKWKQbJlxaH91RKUmpVLe/&#10;NgC1a5Y1v1w84Kkelv7dcj7XAgAAAP6s3tGhr7v8PEl3R7c0kPsS2YW9xaHPRIcAAGpHtpR9SnQD&#10;gBBNSab5ydERQD2bmU03SEqjOyrknnM3btwSHYH9xzc6UUnrogMqZMdhRx+6KToCAB7t1oULm1yc&#10;UlZdbN7pbV3Pia4AAAAAqlVfcejmjGcWurQ6uqUB3JxmSk/rLm64NjoEAFBbUtNToxsAxEiUOT66&#10;AahnizZt2uXSUHRHJZh0Z3QDyoNRGSrIvxddUAku3Xzybbftie4AgEe7Z+sDLzBTLroDf8T9XS5Z&#10;dAYAAABQrc4bXbe5t1jolustksaje+pQSe7/3FxsOXvJxo0j0TEAgBrkfkJ0AoAwC6IDgHpnsjXR&#10;DZXg7jdGN6A8GJWhYjKuuvwPoKSbogMA4I+59DfRDfhTLj11VevcM6M7AAAAgGpmkveOFv4jTdNT&#10;JN0W3VM3TOs90Zm9o0P/b5FumIjOAQDUKNOJ0QkAYpicURlQYW71Ob7ypG63Ig2HURkq5rzRobWS&#10;6u4dkEkmuTq6AQAebaBlzgmSFkZ34LGkL4suAAAAAGrBkrHhXzQXW05393eJU8v2Ryr5xyb27Hha&#10;36bCD6JjAAC165rZs2fK1RndASCGmx8X3QDUu2kT2UFJ9XZL2gMzrHRLdATKg1EZKsYkl/TF6I6y&#10;Mru9Z+P6n0dnAMAfsOzF0Ql4bG563oqWlhnRHQAAAEAtWKQbJvpGh/7FpZMkfTe6pwbdYqZTeotD&#10;f7N08+Yd0TEAgNrWNP3ALkmZ6A4AUazt6nnzZkVXAPXs3Lt+9VtJg9Ed5WSmry7atGlXdAfKg1EZ&#10;KspS/4oeHpfVBXNdHt0AAI+2QsrI/EXRHXhcBx2UNC+NjgAAAABqSV+xcGdvsfBsd3+BpLHonhqw&#10;WfKX9RQLZ/aMFH4SHQMAqBMTaXt0AoBQ1rxzYm50BNAAvhwdUE6p6bLoBpQPozJUVM/YUEHuV0Z3&#10;lINJ94/PSP4rugMAHu3gXNc5kmZHd+DxufTi6AYAAACgFvWNDv1PMj5zvkt/J+ne6J4qtN3M3p2M&#10;z5zbWxz6ktXRmzsBAPFcXH0JNDq3pD26Aah324qFb0kaju4oB5Nu7NtU+EF0B8qHURkqzjzzr9EN&#10;5eDyz56/bt226A4AeLTU/aLoBuyV7tUdHQdHRwAAAAC1qHvL7Q/1FQv/6tM0R9I/mnR/dFMVeEjy&#10;j6XJRFfPyIb3dm+5/aHoIABA/XFpTnQDgFieei66Aah3y6SSZB+N7igHt7QutiH4PUZlqLiesfU/&#10;knxldMd+undiIvPB6AgA+BOm7ugE7JXppT3J2dERAAAAQC3rKxQe7C0WlqfTdIzLXyr5uuimAGMm&#10;e/PuGZkn9RaH/mbJpk13RwcBAOqXmTMqAxpdotboBKARbJs17VOSNkZ37Kebe0aGB6IjUF6MyjAl&#10;sll/naTt0R2T5fK/W7p5/T3RHQDwaIMtnXlJLdEd2Dup+aLoBgAAAKAe9BUK433Focu2zWo+wU1/&#10;Jenm6KYpcKtkr5mY2DGvp7jho5ymDwCYCibriG4AEMtdnFQGTIFla9fulvlbozv2w540TV9rkkeH&#10;oLwYlWFKLB4eLprr/dEdk3TL9uLQ56MjAOCPpYkYKdUQs4R/XwAAAEAZLVu7dnffSOHy3mLhTKWl&#10;E2X6T0m/je4qo/vk+mSa2NN6i4VTeosbPr108+Yd0VEAgMbh0rHRDQBimTipDJgqvSNDV5r0P9Ed&#10;k/RvS8aGfxEdgfJjVIYp84PRwgck64/u2Ed3N2VKFz58jzEAVBm3s6MTsA/cn3LN7LlHRGcAAAAA&#10;9ah3bOPtvSOF1x955MFPcvM+yb4k6b7orkl4QNKXE9nSbbOmH9M7WnjDkk0bfhYdBQBoPGva25sl&#10;HRTdASAcJ5UBUyhbyr5e8k3RHfvo+0ceefC7oyNQGRYdgMbSf0z+SJum21Qbq/YJN//LvpEh7v0F&#10;UJUGcvlRcf1lTXH35/SNDl0V3QEAAAA0ghVS5uC2ztNKqXrMkh7JF6o632T7K3ddnzFbVZrmq/sK&#10;hfHoIAAAVnd05CYmkpHoDgDhJnqKhWlcaQdMncG2/EnuuknSjOiWJ2Tams2kJy8eHi5Gp6AyGJVh&#10;yg22dObTxG4y6ejolseRyv3FvaNDX48OAYA/Z1Vn51HpHtsS3YF9Y9I/9RQL74nuAAAAABrRNbPn&#10;HtHU5Oe56/RHBmYnSjpgijNSSb801w8lu8lK6fXdm4dGp7gBAIAntCrXuTCV3RrdASDe7hmZg85f&#10;t25bdAfQSPrbOs8xt5WSmqNbHsd9aZqexbWX9S0bHYDG0zM2VFjV1nlh6nadpv7B3d5wud7OoAxA&#10;NUv3+Fy24bXHzeZGNwAAAACNaunm9fdI+uojP7RCyhyYy88z6SR3PdXkc2RJq+Stko7Zz5ebkDQi&#10;aUimglIVErM7StP8h32FwoP7+bEBAKg4T3VkVZ7vCWDKzdyz51BJjMqAKdQ3MvTdwVz+pS59RVJT&#10;dM+fsctdL2BQVv8YlSFE98jQLataO09Pza6V1Bbd8yh73PTyvmLh8ugQAHhclszjsOka5D4vOgEA&#10;AADAw5ZJJRULd0q6Uw8/qP+d/nx+erLLW1PZsYl8hic2y02zEvnM1O13b5JMTNvdfY/Jdprsbnn6&#10;a03Tb84bGtrKFUEAgJqW2JHRCQCqQ8mzh0riajtgivUUCysGWvO7ZFohaXp0z6PcZ56c3zu6/n+j&#10;Q1B5jMoQpnt06I7VHR3PmphIrpR0UnSPpPvM9fLeYuHq6BAAeELu8ziprCbNdcn45hIAAABQ3foK&#10;hXFJhUd+AADQgOwwHmEBkKR0T3pIdAPQqHpHC98ebJn7rNTSb5gpF90j03pzXdgzun5tdAqmBgfX&#10;ItTi4eGiT9MZLv+oQr86sZuy2fSpPaMMygDUCuPEq9p0wMCx+WOjIwAAAAAAAIDH4/KZ0Q0AqoT5&#10;odEJQCPrGVv/o1IpWSgpeMtgX2reMX1hT7HAoKyBMCpDuL5CYbyvOPTmRNYt+bqpfG2T7pfr9T8s&#10;bjhr8fAwx7YCqCWt0QGYpCa1RCcAAAAAAAAA/5+9e4+zuy7s/P/+nJlcQPBKRJFMEjNANUpbRYt1&#10;2wUFkglQq12zq+3uqt3atRer3Vrtdtuyv9q7Vqt2vW1r2211y3ZtLZCLWsHWCyrUVomSZCaXyRBB&#10;RMEACcmc8/n9AXa9oCQhM59z5jyfj0f+gMD5vibzeEzmnHmfz/cB9NNttoCGSikntW6AYXfpvu1f&#10;mpie/OFa8uNJvjTPl5/spFw6Mb3jReffuvXOeb42jRmV0TfWTu/4wP6Tl55dUl6d5ItzfLm7U/OH&#10;3c7sEyb2Tv6Py5LeHF8P4Hg7uXUAx6ibh7ZOAAAAAIDvpCRLWzcA/aHUsqh1A3Cv9Xsm/3h0tDde&#10;kt9JMqcDr5rcUlJeXRfnSWund1w5l9eif422DoCvt2Hr1kNJfvfy009/80PLCf+xdvKy1Hr28Xr8&#10;e7/w5W2zs523XLpv+3wveAGOJ+8MGlCl411dAAAAAPS3XurSktI6A+gDvdKzKYA+cuHOnXckec3m&#10;09f8bq8cfFkp5cVJVh+vx6/JDZ2St+3vHvzjDTMzB47X4zKY/AVAX7rvi9Pbkrztqsc9/syRTuff&#10;9ErOK8nTkzzsKB9uT1LfV3vlvXfOTH5kQ9I9/sUA884waVDVnlPmAAAAAOhrTioDvsZJZdCf1s1s&#10;/XKS30jyGxtXjp9bevV5SXlukvGjfKi7S3JdrfXvO8lfrt07dcPxr2VQGZXR9y6+aef2JL+Z5Dcv&#10;Szrnjo0/oZacm5rlqTklJY9O6iNqysGSclut9UspdU+n5IZ0l/7zfV9MARaMy+69ffVDWndwbEpx&#10;61IAAAAA+l1naVJbRwD9oBSbAuhz63dPXpvk2iS/uGX16kfncOe7u+l9V2pZUTr1tNTOw5Le4tTO&#10;/lp6t6Tm1k46+9Kpn1yy5/TPnJ9rZlt/DPQnfwEwUC5Lepme3Jpka+sWgFaecerZJ/Ryt7PnB1Xt&#10;nNg6AQAAAAC+k1pqr9iUAUlK6TmpDAbI2qmpLyb5wH2/jsDkXOYw4DqtAwCAo7P4lkfe07qBY9dL&#10;z/3nAQAAAOhrnRonlgBJkl7iTe4AQ8qoDAAGzH1H0BomDahSO/tbNwAAAADAd1SMyoB7dZKDrRsA&#10;aMPtLwFgMO1PckLrCI5e6cSoDAAAgIFwWdL5V6tWLevOdpb1Sj21lJFTa+2d9C3/YSndknJz6fX2&#10;3D3SnXnu7t23z38tcDzVWmYT978EkqQYlQEMKaMyABhM+5M8unUER6/Xq0ZlAAAA9JWrc97oXStu&#10;OmO01ifXWp9cOuVJtebJSVYd7qZz702vSmqtud87YNWkpqaWkqW90WwaG78zyXSSyVLKdb30rss9&#10;5br1N0/eOp8fF/AglDprUwYkSc+dUwCGllEZAAyimjvv7zVc+t9Ip97ZugEAAACuWrVqRafbWZua&#10;tQfLzLNHah5Wk6SU1Ac/JDkpyROTPLHW+kMlJVmcbBob35NSP5Ze/nZ0Ud104c6ddzzoKwFzo9bZ&#10;+x2RAkOn46QygKFlVAYAg6iTL6Tmu1tncPR6ZdG+1g0AAAAMp81j42tqLS9KqZekm+9KMt+bkRWp&#10;ZUVKXjA7Ww5tGhu/utTyN+mMvm/dns9/YV5LgO+optxpUgYkSU3XSWUAQ8qoDAAGUKm5sSbrWndw&#10;1O7+xO4bp1tHAAAAMDyuOO3MU0ZGez9ekv9Qkyem9M397BYnWVtLXZt6+A83ja3+UFLesWzZw/7m&#10;nOuvP9w6DoZdSbk97n8JJCkpRmUAQ8qoDAAGUS3b+uhFYI5UKZOXJb3WGQAAACx8W1actapXe69J&#10;ei9IcnLrngfQScoFSS649dY79mxcvvqddaT7Rxfv3n1z6zAYViX1K159BJKkdnu3tW4AoI1O6wAA&#10;4Bh0ettaJ3AMat3eOgEAAICF7arHPf7MTWPjl/dqdzKpL03/D8q+2YpSyms7vdHpTWNnvH3L6tWP&#10;bh0Ew6ikfKV1A9AfysjSW1s3ANCGURkADKBOb9SobADVEqMyAAAA5sQVp5/5uE3Lx9/SGel8Nsnz&#10;M/iv/y9K6kt7h8vWzWNn/Nzla9Ysbh0Ew6SbnlEZkCT1lFNO/FLrCADaGPQnlQAwlC7cu+0LJbm9&#10;dQdHp5OytXUDAAAAC8tlSWfj2OqfHe30bkzJTydZaOOrU2rqG0/ef8/nNy8ff07rGBgeTioDkpLc&#10;cc711x9u3QFAG0ZlADCASlJrLVe37uBojfqcAQAAcNxsXDH+veeOjV9fUt6U5KTWPXPs8bXkbzaN&#10;rb7yitPPfFzrGFjoFo90b2vdALTXS9z6EmCIGZUBwICqpWegNFDqtnV7Pv+F1hUAAAAMvsvXrFm8&#10;eWz8t0vNJ2ryPa175le5eFGnd8OmsdUvbV0CC9mzd+36YpJ7WncAbRWjMoChZlQGAANqpMaobIDU&#10;+HwBAADw4H1w1apTT95/8IM1eXWSRa17WqjJw5Py9k0rVr/7fWeddXLrHliISlJrMt26A2isFF8H&#10;AIaYURkADKiL9k5tTXJz6w6OUM01rRMAAAAYbBtXrH7W4e7IDUn5gdYtfaGWFyw+0P3HjWPjT2yd&#10;AgtRSfa2bgAaq3VX6wQA2jEqA4ABVZKa5O9bd3BEenWk++HWEQAAAAyujWPjry61bElySuuWPjNe&#10;kms3Lx9/TusQWHiqE4pgyNUYlQEMM6MyABhgtdb3tG7gSNQPXbx7t1PlAAAAOGqXJyObV4z/j5L8&#10;dpLR1j196uRa8lebxs54eesQWEhK3PYOhl1J3dm6AYB2jMoAYIDd+dClG5Pc1rqDB1A7f9E6AQAA&#10;gMFz3VOfuuiksfG/rDUva90yAEaT+gebx8bf0DoEFozi9pcw7Grt7G7dAEA7RmUAMMA2bN16qKb+&#10;n9YdfEd31yX1va0jAAAAGCwbx8eX3Hrr7X9dkh9p3TJIavKKTSvGf791BywEJfVzrRuApmZP2Hv6&#10;ntYRALRjVAYAA66kOgWrv125fnLyq60jAAAAGBwbx8eXlEPlvUm5uHXLQKp5pWEZPHiH6+HPt24A&#10;2qnJrvNzzWzrDgDaMSoDgAG3bnrnR5N4t1CfqrW+p3UDAAAAg+OypFMO5c+Sur51y0CreeWm5at/&#10;vXUGDLJLpqe/kuSm1h1AGyX5p9YNALRlVAYAA64kNTVvat3B/dr6yb1Tf9s6AgAAgMFx7tj465Ns&#10;aN2xIJTy3zaNnfHy1hkw4La2DgDaKKV8tnUDAG0ZlQHAAtA5dOLbU3Jr6w6+Wf29y5Je6woAAAAG&#10;w+blZ/znmryidcfCUl+/aezxz25dAQOrGJXB0OrVz7ROAKAtozIAWADW3vKZu5LitLL+smvZsoe/&#10;u3UEAAAAg2HT2OOfXUv13P74G006l28+ffV46xAYRCX5XOsGoI3Z0nFSGcCQMyoDgAVidKT75pLc&#10;3rqDe9Wa3zvn+usPt+4AAACg/121atWKpPPuJItatyxQj6yd8pdXnHbaia1DYNB0S7mudQPQxFcv&#10;nt6+q3UEAG0ZlQHAAnHhzp131Fr+Z+sOkiQ331kP/knrCAAAAPpfTUpnduRPkjy6dcsC95SRRSe+&#10;pXUEDJoTdz/uhiR3te4A5lv955LU1hUAtGVUBgALSF1Sfz3JvtYdQ6+Wn98wM3OgdQYAAAD9b/Py&#10;8Vek5LzWHcOg1Lx404rVz23dAYPk/Fwzm+STrTuA+VVL+YfWDQC0Z1QGAAvI+snJr5ZSXtW6Y8h9&#10;aGLvjve0jgAAAKD/bRwbf2JKfrN1x1Cp+cMrx8Ye0ToDBsy1rQOA+VXS+2jrBgDaMyoDgAVm3Z4d&#10;707K37XuGFKHa/KzrSMAAADof5cnI6Xmj5Isbd0yXMpjR+vi17WugEFSk4+3bgDmVe9g6X2sdQQA&#10;7RmVAcACNNLrvizJwdYdw6e+cf305OdaVwAAAND/Thpb/ZKUnNu6YxjVkhdvXLH6Wa07YGAcclIZ&#10;DJOafO65u3ff3roDgPZK6wAAYG5sXnHGa2utv9y6Y3jU3XVx+e71k5NfbV0C0C/ev/ys02rpPaWX&#10;+qSauqKkM5bUU5MkNYdT8sVSclOvV29KsrVXRj5z8fT2XSWpbcsBAObWllPPfkhvyV07kvLY1i1D&#10;7HOfmJ588mVJr3UIDIKNY+PbS3JG6w5g7pXkneumJ1/augOA9kZbBwAAc+PaPTt+9fvGzjg3qc9u&#10;3TIEDqTXe876yV0GZcBQu3rlyqUHeqMXdpJLa3JxN93TvvZ7JSXfsBW77y1OtSal3PsPI+ll09j4&#10;LZuTLbXWTfvrPe/bMDNzYD4/BgCA+dBbcverDMqae+L3ja3+95me+tPWITAISskHUo3KYBjU5O9b&#10;NwDQH5xUBgAL2AdXrTr1cHfkn5I8pnXLQlZKfmbdnsk/bN0B0MoHHv/4sdnZzsuS/Kckpxyvxy3J&#10;7b2aPy+jI2+Z2LVt2/F6XACAlq5aufIxnd7ojiQntW6h7t5/8tKzNmzdeqh1CfS7jWPjl5bkb1t3&#10;AHOuNzvbOfXSfdu/1DoEgPY6rQMAgLlzwa5dt5RSX5ik27ploao17zYoA4bV5tPXPHLz2PgbZmc7&#10;k0lek+M4KEuSmjy8lPxMut0bNq4Y/+OrVq1acTwfHwCghU4d/ZUYlPWJsvLk/Qdf1LoCBsHhE0au&#10;SXK4dQcw18r1BmUAfI1RGQAscOv2TF2dWt7QumNhqrs7dcnPtq4AmG81KRvHVv9E7dyzoyavSLJo&#10;ji85Wmpe3OmOfH7T8vGfv8xzWQBgQG18zPiy1Px46w6+wS9dvmbN4tYR0O+es23b/pJ8vHUHMLdq&#10;7W1u3QBA//BCPAAMgXV7d/xiLXlX644F5uZuRp69bmbrl1uHAMynq1atWrF57IwPlJR3JHnkPF/+&#10;hJS8/vvGxv/hA49//Ng8XxsA4EEri/Ofkixp3cHXKytPuvOe57eugEFQS/lA6wZgjpVsaZ0AQP8w&#10;KgOAIVCS+uhTHvaTSb2qdctCUJLbe73eRZdMb9/ZugVgPm0eO/OCTnfk00l9duOU75+d7Xx6y9gZ&#10;FzbuAAA4Ytc99amLkvxM6w6+Val5WesGGAS9bozKYGG744Tp5Z9oHQFA/zAqA4Ahcc711x/e37vn&#10;+SX5+9YtA+5g7eS5F8/s/GzrEID5tHnFGS+s6V2V5BGtW+7zyF7qlZtXnPHC1iEAAEfii7fe8Zwk&#10;p7Xu4H49c8vy1U9qHQH9bv3Mjk8mmWndAcyZLefnmtnWEQD0D6MyABgiG2ZmDox2R59Xkxtatwyo&#10;binlxyd2T17TOgRgPm1cMf6jtdb/lWRx65ZvsrjW+ucbx1b/bOsQAIAHUlJ/snUD316vU17SugH6&#10;XUlqSi5v3QHMkVL/d+sEAPqLURkADJkLbrrxthMOLHlGkve3bhkwX016a9ft2fHu1iEA82nj8vGL&#10;Ss0fp3+fP5aS8sZNy894QesQAIBvZ8tpq5cnpfUtxPkOSs2LrzjttBNbd0C/qyX/p3UDMCe+urR0&#10;N7WOAKC/9OsPBQCAOXT+rVvv3H/ykktTinceHYGa3NKrvWdPTO/8u9YtAPNp89j4mlLyV+m/E8q+&#10;WSel/unGFauf1ToEAOD+dEfKJUlK6w6+vZo8fNHIiRe27oB+N7F78hNJ9rTuAI67K87fvftg6wgA&#10;+otRGQAMqQ1btx5at2fHC1PL61q39LWS7SNl5BkX7915XesUgPm05dSzH1KTy5Oc3LrlCC0qtbxn&#10;y+rVj24dAgDwzUqpz2vdwAOrJZe0boB+d98tMN/bugM4vkp1CiEA38qoDACGWEnqxN4dr0ryS0lm&#10;W/f0n/KRkd7I+Wv3bNvVugRgvvWW3PX6JE9s3XGUHt07nD9uHQEA8PWuHBt7RFL+desOjkS9uDpR&#10;Dh5QrfX/tm4Ajqv9X60H3986AoD+Y1QGAGRievK3O6nn1mRH65Y+0a3Ja9ZN7/jBi/Zu29c6BmC+&#10;bVo5fl5SfqJ1x7EpF29cvvrftq4AAPiaTlm8Psmi1h0cifLYzaevenLrCuh3E9NTH0sy2boDOGax&#10;6zMAACAASURBVD5K8tcbZmYOtO4AoP8YlQEASZK101PXHz5h5KlJ/rx1S2P7ai/PXj89+Tslqa1j&#10;AObb1TlvNL36tgz088XyuxvHx5e0rgAASJLSy/mtGzgKI6NrWydAvytJLSnvbN0BHB+91He0bgCg&#10;Pw3wDwkAgOPtOdu27Z+Ynvz3SfnPSe5o3dPAltle5+nrZyY/3DoEoJUDK2b+bVLOat3xYJSSsRyq&#10;L23dAQCQJOmUp7VO4CjU+uzWCTAIRkdm/zTJ4dYdwIP2ufXTUx9tHQFAfzIqAwC+xcT0jrd3c2hV&#10;Ut+UpNu6Zx58tpb67InpyXWXzmy/qXUMQCs1KaXWX2ndcTyUlFddnfNGW3cAAMPt6mVrTkqta1p3&#10;cORq8j2tG2AQXLBr1y2l5KrWHcCDU0t9V+sGAPqXURkAcL8umZ7+ysT01M+Vkqcn+XjrnjnypaT+&#10;5NLp05+yfs/Uh1rHALS2afn4hYN+StnXWX5wbOa5rSMAgOF299JDT0ky0rqDI1eSUz+4atWprTtg&#10;EJRa/qh1A/CgHB4ZzZ+1jgCgfxmVAQDf0bo9k/+4f3ryB+67JebO1j3Hyd1JfVMpi86emJ56x/m5&#10;ZrZ1EEA/6JS8pHXDcfbjrQMAgOFWOr2nt27g6HW7o2e3boBB8KhlD92S5ObWHcAx27R2auqLrSMA&#10;6F9GZQDAA9qQdCemd7x93fTkeE1+KMnHWjcdo5tLyisOnTDymInpqZ9bt+fzX2gdBNAvrjjttBPv&#10;+xq/kFxwxWlnntI6AgAYXqV2ntS6gaPXq9XnDY7AOddff7gmb23dARyr3ptaFwDQ34zKAIAjVpK6&#10;fnryionpyWemZl2S9yfpte46AjMp5VcOdmafsG56xx88Z9u2/a2DAPrNos4JP5jkhNYdx9nIyKLe&#10;2tYRAMAwq8tbF3D0SmJUBkfqUN6a5EDrDOCofXpieufftY4AoL8ZlQEAx2Ri7+SWienJtd0cOiWp&#10;P5nko0lq666vqcktJfmdkjxpYnpy+cSeHa997u7dt7fuAuhXdaRc1LphLnR6eVbrBgBgqI21DuDo&#10;1ZLHtW6AQbH+5slbU/Pu1h3A0ampb2zdAED/G20dAAAMtkump7+S5B1J3rFl+eondTvlBaWWC5P6&#10;lCQj85yzL8nVKeW9WVSvWjc5ec88Xx9gcNXytD7aBh83teTc1g0AwHCqSdmcnN66g2OyrHUADJJS&#10;8oaavCRJad0CHJGZRy97+Hsy3ToDgH7nmzsAYE5sHB9/6Mih8oPdWs8rJf86ydlJFh/ny+ytNf+Q&#10;Uq+p3frhi2/auf04Pz7AULgs6Xzf2PhXkjy0dcsc6M7O3v3QS/ftu7t1CAAwXK447cxTRkd7t7bu&#10;4JjMTExPunUpHIWNY+PvL8mFrTuAI/JfJ6Ynf6t1BAD9z0llAMCcWD85+dUkV973K5cnIyctH1+Z&#10;Tj2zUztnptSz0svKlDykJg9J8oiaPKT8v+HZ7TW5q1NyV611f1JuKaVs6/V62zudsuOepSM7nrNt&#10;2/5WHx/AQnLuiiecWuvhhTgoS5KR0SUnL0+yrXUIADBcOp3Zxyad1hkcm1NaB8CgGUl5Uy/VqAz6&#10;392zs513to4AYDAYlQEA82JD0s3eyakkU0k2te4B4Ot0uo9Ot3XE3CndalQGAMy/kiWtEzhmSzeO&#10;jz/0vjfMAUdg7fSOKzeNjX8yydNbtwDf0Zsu3bf9S60jABgM3iYFAAAw7LpZ1jphLtXaddIEADD/&#10;6shI6wQehDuNAuGold5/b50AfEdfXdQdfV3rCAAGh1EZAADAsOt1F/Yp1qUs7I8PAOhLoyM9o7IB&#10;1lt8aLZ1AwyaiT07Nyb5eOsO4P6VUt58wU033ta6A4DBYVQGAAAw5Hql9Fo3zKlqVAYAzL/ZXsf3&#10;IAOss3jxAr5BPMydks6vtm4AvlVJbj9QDjulDICjYlQGAAAw5MpIDrVumEu11DtbNwAAw2ek46Sy&#10;Qda9+24nlcExWDe9/YOpuaZ1B/CNerW++bm7d9/eugOAwWJUBgAAMOzKyBdaJ8ylWssXWzcAAMOn&#10;26v7Wzdw7A484hFGZXCMaqf+eusG4Bt8uVOXvrF1BACDx6gMAABgyHXuXjLTumEuLardBT2aAwD6&#10;1Gi9tXUCx+zQ87duPdw6AgbV+j1TH0otf926A7hPza+sm9n65dYZAAweozIAAIAht/aWz9yVZF/r&#10;jjly8PaZnTtbRwAAw+euw4edljqw6r6S1NYVMMi6pfxCkntadwD57P69k29vHQHAYDIqAwAAIKnl&#10;E60T5sjWDUm3dQQAMHw2zMwcSHJX6w6ORWdBn+QL8+GS6e07U/I/WncAvVd6XQSAY2VUBgAAQErq&#10;da0b5kIp+WTrBgBgmLkF5kAqMSqD46BbD/16kttad8DwKhsnpnf+XesKAAaXURkAAABJJ5tbJ8yN&#10;clXrAgBgqO1tHcCxqAv11vAwry6Znv5KKfW3WnfAkJrt1N6rW0cAMNiMygAAAMjaPZOfzsL7oefB&#10;cvCEa1pHAADDq9byz60bOHqllunWDbBQfPWkpW9O8rnWHTBsaurvr907dUPrDgAGm1EZAAAAKUmt&#10;qe9t3XE81Zr3rr3lM3e17gAAhlfp5J9aN3D0euktyFvDQwsbtm49lNp7UZJu6xYYIjdmcfnV1hEA&#10;DD6jMgAAAJIknV7ekqTXuuN4KaX31tYNAMBw6/V6TiobPLPd2QOfbh0BC8nE3p2fKsmbW3fAkKi1&#10;l/+8fnLyntYhAAw+ozIAAACSJOtmpiaTcnXrjuOi5p/XTe/8aOsMAGC43VUPbU0y27qDI1eSGy7d&#10;t+/u1h2w0ByevfuXk+xs3QELX/3T9TOTH25dAcDCYFQGAADAvyil9xutG46TXy1JbR0BAAy3DTMz&#10;B2pyY+sOjlxN3PoS5sCl+/bdXZNXtO6ABe7LnUV5desIABYOozIAAAD+xbo9U1cnuaJ1x4NSc+3E&#10;3sm/bZ0BAJAkpeT9rRs4cjX1k60bYKFaPz15RUp9T+sOWKhqrT+1dmrqi607AFg4jMoAAAD4Br1u&#10;7xeSHGjdcYxmayc/1ToCAOBraupVrRs4YnW0jvp8wRxaevfSl9ZkR+sOWGhqybvW7536y9YdACws&#10;RmUAAAB8g4tv2rm91PLzrTuORa31t9bvmfx06w4AgK959CkP/4ckd7Tu4Ih86qK92/a1joCF7Pxb&#10;t945UuqLksy2boEFZPKEu5e8vHUEAAuPURkAAADfYu3eHW9PsqV1x1GpufaEke5vts4AAPh651x/&#10;/eFScnXrDh5YqXlf6wYYBmv3TH0syW+07oAFoltTX3T+rVvvbB0CwMJjVAYAAMC3KEk9dMLI85Ns&#10;bd1yhCYX9UYvOX/37oOtQwAAvlmtZXPrBh5Yt/auaN0Aw2LZsof9RpLrWnfAoKs1b1w/PfXR1h0A&#10;LExGZQAAANyv52zbtr8mG0pye+uWB/DV9Lo/csFNN97WOgQA4P50c8/lSQ607uA7mrp4ZudnW0fA&#10;sDjn+usP97q9H03idCU4RqXkE1mSX27dAcDCZVQGAADAt7V+evJzs6V8f5KbWrfcr5Jbe53yrydm&#10;dn2mdQoAwLdzyfT0V5L6l607+PZq8s7WDTBsLr5p5/aavDBJbd0CA2hft8z+8PrJyXtahwCwcBmV&#10;AQAA8B1dsmfH52tyUa2Zbt3yDUpu7ZVy0cW7d/xT6xQAgAfSKUZLfezg4u7o/2wdAcNo/fTkFUl+&#10;u3UHDJjDnVKff/Hu3Te3DgFgYTMqAwAA4AGtn578XA7nnNRc07rlXuVTtZdnGJQBAINi7Z6pjyXZ&#10;2rqD+1P/t1upQzufmJ78b0m2tO6AgVHKL9/3fQUAzCmjMgAAAI7I+psnb1269/QLk/xWktlGGTWp&#10;v7ds2UOfuX7v5FSjBgCAY1Pzx60T+Fa1U97eugGG2WVJr9eZfVFSv9C6BfpdTa5ct2fH61p3ADAc&#10;SusAAAAABs/m0898eu303pbke+ftojXX1pG8cv3uyWvn7ZoAAMfR1cvWnHTwxHt2pmZZ6xb+xXUT&#10;05NPax0BJJvGHv+vks7fJVncugX61NbR0d4zL9y5847WIQAMByeVAQAAcNTWzWz/5CemJ8+pJT+W&#10;5Ma5vFZJPp9aX7Bu7+T3G5QBAIPs/Fu33llr/fXWHfw/nZT/2roBuNfE9M6P1ORHk/Rat0Afmhmp&#10;IxcZlAEwn5xUBgAAwINSk7J5+fhFKfmpJOuTjB6Hh51NclVJ5y1rp7f/XUnqcXhMAIDmLl+zZvHJ&#10;+++5Mcmq1i3DriYfWD89eVHrDuAbbVyx+hdKLb/XugP6yF2l5AfX7Zn8x9YhAAwXozIAAACOm80r&#10;nvDYXu/wD5eSZyX1mUl57JH/3/ULKZ0Pl+SK2XrPpkump78yd6UAAO1sXDH+klLzR607hlyvjHSe&#10;sm7X9n9uHQJ8q01jZ7wpqT/bugP6QLeU8px1e3Zc1ToEgOFjVAYAAMCc+eCqVace7pYnpXRW1l5d&#10;0Sll8X2/dU+tub2k3J6UydRFW9fNbP1y01gAgHly3VOfuujWW+/4XJLx1i1D7K8mpief3zoCuH9X&#10;57zRgytmrkjNutYt0FQpvzKxZ8drW2cAMJyMygAAAAAAYJ5tXLH6WaWWD8br9C0cHOn1zr5oZueO&#10;1iHAt/e+s846efGB7oeSnNO6BVqoqX+wfnrqFa07ABhendYBAAAAAAAwbNbvmfpQUt7SumMY1eSX&#10;DMqg/z1n27b9o6O9C5Jc37oF5ltNfdvE9NQrW3cAMNyMygAAAAAAoIHZ2btek2SqdcdQKfnwJ6cn&#10;39Q6AzgyF+7cecfsbGddks+1boF5U+p7Pjk99dMlqa1TABhuRmUAAAAAANDApfv23V1K/Yn4ofF8&#10;ubOTkRdflvRahwBH7tJ927802+tclGRn6xaYazW5ctkpD/+Pl/m7CoA+YFQGAAAAAACNrNszdXVS&#10;3tm6YxiUUi9bu2fbrtYdwNG7dGb7Tb1ub6Imt7RugTl09cg9J/67c66//nDrEABIjMoAAAAAAKCp&#10;uri+PDXXtu5Y4P722j1Tb2gdARy7i2/aub10Rs9NMtm6BebAX+0/ecm6tbd85q7WIQDwNaV1AAAA&#10;AAAADLsPrlp16uHuyKeSLG/dsgB9cn/v4HkbZmYOtA4BHryrVq58TKcu2pJaz27dAsdDLXnXnXsm&#10;f2JD0m3dAgBfz6gMAAAAAAD6wMYV499baj6S5MTWLQvITCmLnr5uz+e/0DoEOH6uHBt7xEgWX5Xk&#10;Ga1b4MGoqX8wMT31ypLU1i0A8M3c/hIAAAAAAPrA+j2Tn07Jy1t3LCD3dEr9twZlsPBcMj39ldHR&#10;3kRSPtK6BY5dfZNBGQD9zKgMAAAAAAD6xMSeyT9KKb/YumMBOFyTH1u7Z+pjrUOAuXHhzp13zM7e&#10;tbaU/E3rFjhKvVrqqyamp37OoAyAfub2lwAAAAAA0Gc2jo2/oiRvaN0xoA6UXn3eupmpza1DgLlX&#10;k7J5bPzXkvxa6xY4AneXmheu2zv5vtYhAPBAjMoAAAAAAKAPbVo+/vMpeX3rjgFzZ+3lkvUzkx9u&#10;HQLMr83Lz3hxLfXtSRa1boH7U5NbSu1dOrF356datwDAkXD7SwAAAAAA6EMTeyd/v9b66607Bsjd&#10;nZTnGZTBcFq3d8e7OinPS3Jn6xa4H7tGOp3zDMoAGCROKgMAAAAAgD523+k7b02ypHVL/6pfSCk/&#10;MrFn8uOtS4C2rlp5xvd0evW9SVa1boH7bFnUHf3RC2668bbWIQBwNIzKAAAAAACgz1218ozvKd36&#10;vlIy1rql79RcM9vtPP/Sfdu/1DoF6A/vO+uskxcf6P5Rkue3bmGodWvyyxPTk79bkto6BgCOllEZ&#10;AAAAAAAMgPcvP+u0bun+dZKnt27pH+XNS6cf9/Pn55rZ1iVAf6lJ2TJ2xstr6u8lWdS6h+FSk1tK&#10;J/9uYvfkNa1bAOBYGZUBAAAAAMCA2HLq2Q/pLbnr9Ul5aYb7Nf7DqXnNxN7J328dAvS3LWNnXNhL&#10;fXeSU1q3MCRq/rnU+m/WzUxNtk4BgAdjmJ9wAgAAAADAQNqyYvX392r50yTjrVvmW0n+vlfzkvV7&#10;J6datwCDYctpq5f3RsqfpeS81i0saLWmvumETvc15+/efbB1DAA8WEZlAAAAAAAwgK447bQTR0dP&#10;+K2k/GyG4/X+u5P6yk9MT/3Py5Je6xhgsNSkbB5b/RNJ+f0kD2ndw4KzMyU/NrFn8uOtQwDgeBmG&#10;J5kAAAAAALBgbVrx+PWpnd9O8uTWLXNoS6fWX1i7d+qG1iHAYLtyxRlPGKn1z5M8pXULC8ZfjI72&#10;fvrCnTvvaB0CAMeTURkAAAAAACwAm8fOvKCW+vrUenbrluPoo7WTX1i/e/La1iHAwnH56aefcHLn&#10;hN9J6s/Ez0s5dvuT8qqJ6R1vbx0CAHPBN0kAAAAAALBAXL5mzeKH3nnwpbWWX0pyWuueB+GzNfV1&#10;d05P/cWGpNs6BliYNq4Y/95S844k57RuYeD8r0Uj3VddsGvXLa1DAGCuGJUBAAAAAMACc1nSOXfs&#10;zGf10vu5klycwfh5QDfJe5Pemyamd36kdQwwHK7OeaP3jN300zX1tUlOat1D35vppLxs7fSOK1uH&#10;AMBcG4QnkQAAAAAAwDG6auUZ39Pp1p9JyQuSnNi6537cnFr+vJT6J+umJ7e2jgGG05YVZ63q1e5b&#10;k6xt3UJfqkl55+ho9xcv3LnzjtYxADAfjMoAAAAAAGAIXH766Sec1Fl6QUl+KMklSR7TMOe2lPKB&#10;Ts1fLJ5+3Obzc81swxaAJPeuhjYvP+M/ptTfyGDfQpjjqCT/1Cv1v6zfM/Wh1i0AMJ+MygAAAAAA&#10;YMhclnSedvoZTxvp1PU1+b4kT0vyyDm85P4kn0rywV7tfeBTe3f+42VJbw6vB3DMLl+zZvFD9x96&#10;WU3970ke1rqHZnYlefW66cm/KkltHQMA882oDAAAAAAAyObTV4/X0nlaOvVpqeWspK5MsjJHd8vM&#10;L6WUfbXW6ZK6s6RcN1vKddft2bHtMiMyYMB88HHf9ajDI4d/NSk/lWS0dQ/z5o6S8mtfPXnxWzds&#10;3XqodQwAtGJUBgAAAAAAfFsbHzO+rC4tjxvt9UZma+chI6UsTpKa2dpJuf1w6dw9UkYOLM3Bm8/f&#10;vftg616A423jivHvLbW8NqnrW7cwpw4l9V21W167/qbJmdYxANCaURkAAAAAAADAA9g8Nr6mJq9O&#10;8sIkI617OG4OluQPyqL6+2unpr7YOgYA+oVRGQAAAAAAAMARMi5bMA4m9R2d2bxu7b6pva1jAKDf&#10;GJUBAAAAAAAAHKXNK8af0uvlv5SS5ydZ1LqHI3ZXKfmzTrf3hotmdu5oHQMA/cqoDAAAAAAAAOAY&#10;bXzM+LIszktK8tNJlrfu4f6V5PM19Y1LDyx99/m3br2zdQ8A9DujMgAAAAAAAIAH6fLTTz/hpM6S&#10;H0vKy0vypNY9/IuPleQPlkyf/t7zc81s6xgAGBRGZQAAAAAAAADH0eax8TVJ/n1NfjzJKa17htCe&#10;mrx1ZLa+e+2+qb2tYwBgEBmVAQAAAAAAAMyBjePjS8qh/FBN/kNJJpKMtG5awA4leV9J5x3XTm//&#10;0GVJr3UQAAwyozIAAAAAAACAObZp1VlnlV5vQ+3VH0nJd7fuWSB6Sa5Nzf+tvVy+/qbJmdZBALBQ&#10;GJUBAAAAAAAAzKMtp61eXkc7z6vpXZKU85KMtm4aIIdq8v6k/p9Ob+mV62a2frl1EAAsREZlAAAA&#10;AAAAAI1sWvldK0udvbjWrE3yrCQPad3Uh76S5IO1ZPPiTveqC3btuqV1EAAsdEZlAAAAAAAAAH3g&#10;8jVrFp+8/8APJGVtSmdtaj27dVMjvSTX1Vq3lE7ZtH/P5Cc3JN3WUQAwTIzKAAAAAAAAAPrQ1cvW&#10;nHTwhAPfU9N5ZpJ/VZJzk5zSumsOfDHJh0vKR0t6H3nUsod/5pzrrz/cOgoAhplRGQAAAAAAAMAA&#10;uDrnjd6zYubs9MrTa+qTUvLEJE/OQA3N6hdqyg2dZGstuaHTq5/4+N6pz1127+lkAECfMCoDAAAA&#10;AAAAGGBbVq9+dO9wfXIp5QmpZXVKVqZmZU1WJXlYg6TbkuxOsiu17C7JVDf53EhdfMO6ma1fbtAD&#10;ABwlozIAAAAAAACABerKsbFHdMrilUl9TFIeWWp5VEl9VK/mkaVTH5VaHpXUTpKklpNSsuh+Huae&#10;pN6dJCllNjW3JeXLSb2tlHpb0vly7dXbUrtfOPSQxbues23b/vn7CAEAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAIA+UVoHML9qUjY9ZvyULM6y9LKsM1JOqbV2vtP/U2oOlU69dXa2fqmc0Ll5&#10;/eTkV+erFwAAAAAAAAAAmF9GZQvQFaedecrIou7ZqVldUlallFUldVWtWZFkWZKRB3mJe2rNLaWT&#10;Xal1V03Z1Ul2pdfZVg4v3br2ls/cdRw+DAAAAAAAAAAAoAGjsgG3aeV3rUy3+4x06jmp9eykPCnJ&#10;Yxom9ZLsKiWf7fXqZzudzidGZ0euveCmG29r2AQAAAAAAAAAABwho7IBs2Xlmd/V6/YmkvIDKb1z&#10;k/LY1k1HoCZ1e9K5NjXXLBqd3XTBrl23tI4CAAAAAAAAAAC+lVFZn9s4Pr6kc7hcUFPXp2YiyarW&#10;TcdBTfKPqXVTr3auXD+z45Pl3n8HAAAAAAAAAAA0ZlTWh7acevZDukvu+pGkPL8kFyRZ2rppjt2W&#10;ZGNJ58+und7+ocvuvYUmAAAAAAAAAADQgFFZH9m86szvrrO9n0jJv0vyqNY9jUzWWv9kNKPvumjv&#10;tn2tYwAAAAAAAAAAYNgYlTV29bI1Jx044eALSsp/SvL01j19ZDbJxk7KO++Y3rFpQ9JtHQQAAAAA&#10;AAAAAMPAqKyRzWPja2ry6iTPz8K/veWDdXOSt8/Odt5y6b7tX2odAwAAAAAAAAAAC5lR2TzbtGL8&#10;GbXmv5Tkh5OMtO4ZMPuT+q50Fr1hYveNu1vHAAAAAAAAAADAQmRUNk82rRw/L728NskzW7csAL0k&#10;/7fW/NL6vZNTrWMAAAAAAAAAAGAhMSqbY5vHxtfUWv+/lPLc+PM+3g6k5K2zhzu/5baYAAAAAAAA&#10;AABwfBg5zZGrVq1a0emO/F6SfxN/znPtriSv2987+DsbZmYOtI4BAAAAAAAAAIBBZux0nG0cH1/S&#10;OVR+rqb+1yQPa90zZCZT6i9O7Jn669YhAAAAAAAAAAAwqIzKjqNNy8fXpuStSVa1bhlu9R86nZGX&#10;rt29/cbWJQAAAAAAAAAAMGiMyo6DjY8ZX1YW5w+TPL91C//iYJLf2X/ykt/csHXrodYxAAAAAAAA&#10;AAAwKIzKHqTNK864uNbeO5Py2NYt3J/yqU6n/AenlgEAAAAAAPD/s3fvcXLV9f3H358zu7mRBG9B&#10;DNnZze4kQeM9IF5QwALZXUBEf403wGql2uLtV1ur1ktar2h/tlXUeqEVENTUiorZ3SAY6qUKAioV&#10;Q5LZZHd2Ey5BJASSbHbmfH5/BFsvIWw2s/uZc+b1fDz6Rx8PHzsvHnMyc+acz/l+AQAAMDEMlU3S&#10;+gXL5+6dPfZpSedFt+ARjbn0vhsr5Y+tltLoGAAAAAAAAAAAAAAAAKCRMVQ2CQOLlz7Na+kVkpZH&#10;t2DizPSN8fHkgrO2b7onugUAAAAAAAAAAAAAAABoVAyVHaK+YulvTPqApJboFkyCaYc8fUVPZct1&#10;0SkAAABofGuWL58xd9dYySzt8DRpl3mHSUdJ9pj9/+ePkTTrIH9ip2T3Sn6vy38l2R2JtFWeDKVp&#10;urV3W3l0uv5bAAAAAAAAAAAAJoqhsgla9/inHlGbsftzZnpldAsOW9Wld/dUyh81yaNjAAAA0BjW&#10;LF8+48gH9h5Xk55rbk+X9FRJx0pqnarXNOk+Sbe67Ody3eLy7/eOlAen6vUAAAAAAAAAAAAmgqGy&#10;CfhOZ2exWk3+Q9Jx0S2oq8tnJdU/O2VoaG90CAAAAKbfep3csrdYebaU/JFcJ8t0gqTZ0V2Stsn8&#10;e+5an6pw3ZmVTVuigwAAAAAAAAAAQHNhqOwR9Bc7T5SSb0h6bHQLpoDr51VPzjhrdNO26BQAAABM&#10;ve90dh5ZHS+c4+YvNelkSXOjmyZgi5nW1VL7yk9GNv9gtZRGBwEAAAAAAAAAgHxjqOwgrhrrqwAA&#10;IABJREFU+tu6Xi6zL0qaGd2CqeRDNUt6zxzevCG6BAAAAPV304oVrTvuue9Mpcl5Mu+RNCu66TCM&#10;uuurienfuivl26JjAAAAAAAAAABAPjFU9jD6i0teL/mnJBWiWzAt7vFEZ/UOlX8cHQIAAID66Gsr&#10;dZnpdZL+RNLRwTlT4Ufm9nnbN3vNyrtufTA6BgAAAAAAAAAA5AdDZQcwUCx9xKW/ie7AtBsz18u6&#10;R8rfjA4BAADA5Lhk/cXSmbb/fP550T3T5AHJrkxrtf93xrYtm6JjAAAAAAAAAABA9jFU9ltcsv62&#10;0ifM9MboFoTZJ+ncnkr536NDAAAAMHEu2br2JS9x93dJemZ0T5B9kn05rdU+xHAZAAAAAAAAAAA4&#10;HAyV/Zb+9tLH5fq/0R0IN27Sud2V8proEAAAABzc/wyTSe+V+1OjexpETdKVaS39AMNlAAAAAAAA&#10;AABgMhgqe0hfW+mTrFCG31Izs/O7hzdfGR0CAACAA+tvK6000z+69MTolgaVSrqitVD761O3br0r&#10;OgYAAAAAAAAAAGQHQ2WSBoqlf3TprdEdaDg1Sa9gK0wAAIDGMtD+xCe4j18k6Vzxm2YifiXXe3eN&#10;lD+7av85LgAAAAAAAAAAwEE1/Q2Y/mLpHZI+HN2BhrXHzc/sHR78bnQIAABAs1sjFeYWS39l0nsl&#10;zYnuyRyzW61mF3SPbroxOgUAAAAAAAAAADS2ph4qG2jveqO7fTK6Aw1vjyd6Ye9Q+cfRIQAAAM1q&#10;YFFXyQv2BblOim7JuHG5X7Rr/qz3r7rttn3RMQAAAAAAAAAAoDE17VBZX1vXi83sa5IK0S3IhHss&#10;9ed0jw6Wo0MAAACaiUu2rrjkzS7/iKRZ0T15YdKGWmKvPGNo88+iWwAAAAAAAAAAQONpyqGyvo7S&#10;sy3VdyXNjm5BppR9n57be2d5R3QIAABAMxhYtPwxbns/L7OXRLfk1G7J/rKnsvmz0SEAAAAAAAAA&#10;AKCxNN1Q2dqOjqOTtOUmScdEtyB7XPrOA5VyzyqpFt0CAACQZ/3tpefI9e/ivH06fKulJT3/tC1b&#10;dkaHAAAAAAAAAACAxpBEB0ynvlJpZsFbviFuTGGSTDptfrH0D9EdAAAAedZf7Hq1XNeJ8/bp8qJq&#10;rfC9gUVdpegQAAAAAAAAAADQGJpqqCzZp8+564ToDmSbS2/tb1vyJ9EdAAAAebNeJ7cMFEufk+yL&#10;Yqv66eX+VE/sp/3tnb3RKQAAAAAAAAAAIF7TbH/ZX+x69UM3p4B6eMCkZ3dXyrdFhwDIp75jSosK&#10;BX981ZMjCp7O8cTmyTRf7oX9/wv7dSLbU7N0d8G1s+Z23+yRRcOn6PpqbDkATE5fqTTf9mmNpJXR&#10;LU2uam5v6h7Z/C/RIQAAAAAAAPXgkl3b2dmWVm1BLbW5Kvgcc5trpiPdPXHJTXafme2W0t3mul/W&#10;cu/O4Y2VVVItuh8A8m7N8uUz5u2uLk5q1bmuwqPd0zmSz5FpviSZJ+Nu/oC7dpqlu82S3dbioysH&#10;B++Obs+7phgqW7uo8ylJktwoaVZ0C/LDpA3j1d3HnbV9++7oFgDZ1ddW6jLZ82W+zKUl5irJtETS&#10;nEn8uX2Sb3XZZjNt9lSbvWA/+snQ5ltXS2md0wGgbr5dLD66oBnflvTc6BZIktyld/ZWyhdFhwAA&#10;AAAAAByK/sXLlimtnejuS82TJTIvSVqiyd0nHjNpi0ub3FU2s82Jpz88fWTwNpO8zukAkHvrdXLL&#10;vvaRZ6WeHCf3pTL95jO6XVJhEn9yp6TNMit7mm42JRssabm+e3jDHXUNb2K5Hypbs3z5jHm7xn4s&#10;6RnRLcgh16d6RspvjM4AkB3r2pctTr16mmSnSjpJ0lHT8LIPSv4jl11bkF97emXwFn7wAmgU6xZ2&#10;taUtdo2kY6Nb8HtMn75huPym1QwmAwAAAACABjVQLC13+fMeuuZ+iqTHTcPLPiD5j7nmDgAHd9OK&#10;Fa337Nh1kpSe6tKJkp4pafbUv7LfIdkPJL/Wa9bXu608OvWvmU+5HyrrK3ZdZLK3R3cgt9yls3sr&#10;5aujQwA0rv0r8MxcJfl52r8KT+j3r0kb5PpSoTX90mlbtlQiWwA0t/6OYzuUVq+V1BXdgofhuuSG&#10;kfKfrWawDAAAAAAANIi+o0sLNMNfbrJzJT0rukdmt7rSy1vSlitPH9m4PToHAKL1FUtPMuk8Sa+S&#10;1BacUzPXNUrsS+PjD36DnegOTa6HyvrbS8+R6/ua3DJ5wERtr2nfk8+sVH4dHQKgcdy0YkXrPXfv&#10;7E1N55l0pqSZ0U0HkMr1PZNdNjYn+drZGzfuig4C0DweGij7vqRF0S14RJffUCn/yWoGywAAAAAA&#10;QJC+Ummm7dOLtH9IoVtSa3DSgdQkXSfp8mp199cZXADQTPqOLi1IZtgrff8iGyuiex7GLsn/w02X&#10;9wwPrmeVyUeW26GyNYsWzZ5XmPUzuZZGt6ApXN5TKZ8fHQEg3nc6O4+sVpP/K+nPNT1bW9bLg5Jf&#10;Uk0LHz1rdNO26BgA+TbQ/sQnuI9/T1IpugUTxLbvAAAAAAAgwP6dQGa8RdKFmp6tLetll+T/Zjbj&#10;I93DG+6IjgGAqbKuY+mxaZq+S9LL1ZgDvw9nq8n+eWYy/tlThob2Rsc0qtwOlfUXSx+W9I7oDjQR&#10;19k9I+VvRWcAiDGwaPljlIy93fcPk82P7jkM+yR9tZCm7z99dMvm6BgA+bN+wfK5e2ePXa/GfVIJ&#10;D++dPZXyR6IjAAAAAABA/u1/KHHfOyR7jaR50T2H4UHJL/Gafax3W3k0OgYA6mVtW+dxZsn7TOqV&#10;lET3TJa7KonZx8erD36eFSb/UC6HytYVu1aksh9LaoluQfNwV2V8TuHJbB8HNJc1UmFeccmFkr9P&#10;0mOie+pozF0Xz947c/UpO257IDoGQD70lUozbUwDMp0c3YLJcdOf9g6X/zW6AwAAAAAA5NNNK1a0&#10;7tix822S3qlsP8D9+3bL/eO7fOxDq0ZH90THAMBkre3oODpJWz4q6VXK8DDZAYzI/e09I4NfiQ5p&#10;JLkbKnPJBoqlH0p6TnQLmtJHeirld0ZHAJge64pLTkvNL875Vsv3Sv7O7srg59lXHMDhGiiWPufS&#10;BdEdOCz7zLy7e3hwfXQIAAAAAADIl/72zl558klJndEtU2i7y9/ZWxm8LDoEAA7FmuXLZ8zbNfYu&#10;SX8taU50z9SxH6Rp7S/OGN3y39EljSB3Q2UDbUte4+Y8OY8o4yoUntKzdePG6BAAU+faxYsfP14r&#10;fFLSH0e3TB//fuL6i5Ujg7+ILgGQTQPFJW93+UXRHaiLXTWzE84c3rwhOgQAAAAAAGTf2sWL261W&#10;uNikM6NbptH6mtmFXF8BkAUDxaWnuqWfyvlCG7+tKvmnfYa9p7dcvj86JlKuhsq+09l55Hg12WjS&#10;46Nb0Mx8bU9lsJlOeoGm0tdWOl2my5r0u2aPu97WO1L+THQIgGzpbyutlKlP+VoKu9nd7jN0QrP/&#10;oAYAAAAAAIenr63rxWZ2iaTHRLcEeMDlF7JqGYBGtV4nt4y1b1vt7u9UU17f941u9ore4fJPo0ui&#10;5GqobKB9yQfc/W+jOwBTclp3ZdO10R0A6ufqhQvntLTM+RdJ50W3xPNr06R23hlDQ3dGlwBofNe0&#10;LVtYtdotTTqMm3eX91TK50dHAAAAAACA7Fm/YPncvbPHPi2uuUtuV5nPeF336G33RqcAwG9cs6hz&#10;SS1JvixpRXRLsKqkD95QKf/9aimNjpluuRkqW7ewqy1tsU2SZkW3AC794sZK+Wmrm/BDBcijtYs6&#10;n5LsP2laHt3SQO621F/dPTo4EB0CoHGt18kte4uj10t6XnQLpoq/vqcy+LnoCgAAAAAAkB197aVn&#10;mPuXJVsW3dIo3FUxS1/VU9nyg+gWABgols5z6VOS5kW3NJDvFrxw3ukjG7dHh0yn3CxP5y32HjFQ&#10;hgZh0pOf3b7k5dEdAA5fX3vXC5Mk+b4YKPt9R3liVw+0LXlDdAiAxrW3OPpuMVCWc/bPaxd1PiW6&#10;AgAAAAAAZMO64pIzzfUDBsp+l5mKUnJdX3vpVdEtAJqXS9ZX7LrIpcvEQNnve2HNaj8eKJaa6p5x&#10;LlYq61+8bJlqtdskFaJbgN9SXrDgyCcdd/PN49EhACanr730WnN9VlJLdEtj8090VwbfapJHlwBo&#10;HAOLlj7Lk/QHklqjWzDlbl6w4MjncN4LAAAAAAAOZqBtyRvc/GJxT/dgXNLf91TKq6NDADSX9R0d&#10;s/bWWq+U+TnRLQ3uAXe9tHekfE10yHTIx0pltfSd4uQDjad0z933nxsdAWByBopL3m6uL4iBsgmw&#10;Nw8US5fetGIFgyMAJO3/8emF9HIxUNYsVuzYsfNvoyMAAAAAAEDjGiiWPuLmnxH3dB+JSXpff1vp&#10;4tV5uZcPoOH1lUrz96Ytaxkom5C5Zrp6oFhaFR0yHTL/RdTXVuqSnMEdNCQ3f88aTo6BzOkvlt7n&#10;8ouUkxU9p8l5d+/Y+eU1y5fPiA4BEG+Pt7xHrqXRHZhW71zX1vXk6AgAAAAAANBYXLK+ttI/uPQ3&#10;0S2ZYrrwhOKSf+U+I4CpdlVHx6Nsn/okvTC6JUNmuHRFf7Hr1dEhUy3zQ2Vm9hbxZYrGtXhuscQ0&#10;L5Ah/cXS+yStju7IIpNeOm/X2L+v18ms7gY0sb5i6Unm+qvoDky7Ganp085ANgAAAAAA+C39baVP&#10;mOlt0R3Z5K+eVyxdujoH9/QBNKb1C5bPnZW2XiPpedEtGdQi2b8NtC15TXTIVMr0F9C1xxz7WMn/&#10;NLoDOBiTvT26AcDEDBSXvEUMlB2uF40VRy9hqABoXub6lCRWLWxK9vz+Ytd50RUAAAAAAKAx9BdL&#10;7zDTG6M7Mu5Vz2or/XN0BID86SuVZu6dPfZNyY+Pbskwc/PP9rd39kaHTJVMD5WNF6oXSJoT3QEc&#10;nB/fX+w8MboCwMH1tXW9zOUfj+7IA5fO728vfSC6A8D062/vOkemk6M7EMdkH16/YPnc6A4AAAAA&#10;ABBroL30Okkfiu7IAzO9sa9YYvtQAHWzRirYmH1ZbHlZD63y5Gt5nQnJ7FDZaimR/PXRHcDEJG+I&#10;LgDw8Na2LXmBmX1RGf5ebDTmeld/cQnf00ATuWnFila5PhzdgXAL98we+8voCAAAAAAAEGdgUVe3&#10;uz4tdrSoG5M+1N+25BXRHQDyYV7bko/I/JzojhyZLUu+fs2iziXRIfWW2S/ygfYlZ7j7t6M7gAna&#10;5/u0qPfO8o7oEAC/a+3ixe1JrXCLpMdEt+RQ1Tx5YffIpu9HhwCYegPtXW90t09Gd6AhPJgm1dIZ&#10;Q0N3RocAAAAAAIDp1b942TLVajdJYiXz+hsz03O7h8u3RIcAyK6+Ytf5Jrs0uiOXTJv2zSocd/bG&#10;jbuiU+olsyuyuPsF0Q3AIZiRzPTzoyMA/K6bVqxoTaqFr4iBsqnS4pZe2Xd0aUF0CICp9c1ly+a5&#10;7L3RHWgYRyRp67uiIwAAAAAAwPRas2jRbKXpGjFQNlVmuuur3+nsPDI6BEA29RVLTzLZp6M7csu1&#10;dMbe6mejM+opk0Nlazs6jpbUG90BHAp3e010A4Dfdc+One+W6dnRHTm3yGboC57h1VEBPLLWvdXX&#10;y8UAKX6LX7BuYVdbdAUAAAAAAJg+85NZH5L7U6M7cq5UrSYXR0cAyJ71HR2zEukKSUdEt+Sa2yv6&#10;i6VzozPqJZNDZYm3niepNboDOETLBxYtfVZ0BID91hWXnObSu6M7msSL1rV3/WV0BICpsWbRotkm&#10;e3t0BxrOrLQl+evoCAAAAAAAMD3627vOcekt0R1N4tyB9tLroiMAZMvetPBPLj09uqNJfGZdx9Jj&#10;oyPqIZNDZUr9VdEJwGR4UuPYBRrAVR0dj0rllymr34MZ5G4f6V+0mCfUgByam8w8l1XKcGD+p9ce&#10;c+xjoysAAAAAAMDUWtfVdZTcLhE7Vkwbd33i28WlndEdALJhXXHJmZK9PrqjicxN0/RLa6RCdMjh&#10;ytzN9L5i6UkyPS26A5gcW5WHDw4g62amhdWSjo7uaDItSlo+xTaYQL6slhKT3hbdgYY1Z7xQvSA6&#10;AgAAAAAATK1a1T4i6dHRHU1mdkHpP0VHAGh8Vy9cOCeVs23u9Fsxr62U+UG+zA2VmbQqugE4DEfP&#10;b+96QXQE0Mz62kvPMNkbozuak5+4Lkd7iAOQnt3edZJky6I70NDewEMVAAAAAADkV9+i0knm+pPo&#10;jiZ1Vn9b6UXREQAaW2vLnL+R1B7d0ZRMHx5of+ITojMOR0t0wCS8JDoAOBye2kslrY/uAJrRaikx&#10;t89Kzs3tIKn0sas6Oq4+Z2jovugWAIfP3f4iugENr31usdSrSvnq6BAAAABgKq3t6Dg6qbU8yxJf&#10;4q4lkj1G0vz/vQ5l90n2oHu6OTHbbEly68qhTbeHRgPAYbppxYrWu3fsvFjsUBHGpU+ue/xTr1t5&#10;160PRrcAaDz9i5ct81rtHdEdTWy+fPwjkl4dHTJZmRoq6+84tkNp9SnRHcBhMb1IEqskAQGe1V56&#10;hdyPj+5oZiY9fmat5d2S/iq6BcDhuaZt2cKaai+O7kDjM+kCSQyVAQAAIHf62kvPMPdXyJKVSv0p&#10;Mpn7789V/Pb/7zIzuSRPU/W1lSpmukaur+0aKV+7SqpNYz4AHLa77975OjM9ObqjmZmp6LP2/KWk&#10;90e3AGhAtdpFkmZEZzQzl85du2jJp88Y3XxDdMtkZGpqfKBtyRvc/DPRHcDhcml5b6X8y+gOoJms&#10;18kte4ujGyV1RrdAY9U06TprdNO26BAAk9fX3vVX5vax6A5kQtWstdg9vOGO6BAAAADgcK17/FOP&#10;SGfu+VOXX2Cq5yCF3+HS5bW08AmumQDIgjWLFs2el8zaIuno6BbofktnLu4eve3e6BAAjaOv2PU8&#10;k/0gugOS5Nf2VAZPi66YjCQ64FC4eU90A1APCccyMO32FEdeKQbKGsXM1iRlpTIg40zJedENyIwW&#10;T8dfER0BAAAAHI6rFy6c018svS+duXtY8n+u70CZJNkTTPb2liTdMtBWuqTvmNKi+v59AKiv+YWZ&#10;fyoGyhrFfE/G3hwdAaCxmPTO6Ab8hp3aX+w8MbpiMjIzVLZm+fIZkk6J7gDqwd1Oj24AmskaqWCy&#10;90R34H+59IaB9ic+IboDwOT0FUtPkvtTozuQIaaXRScAAAAAkzXQVjq7pWXOLyWtlvTYKX65GW56&#10;rRW0YaC96203rVjROsWvBwCHrK9UmulufxPdgd/x1qs6Oh4VHQGgMaxt6zxOsjOiO/C/zJN3RTdM&#10;RmaGyubu2nu8pHnRHUCdPP+hQUkA02BeW9cfSypFd+B3zHLf93+jIwBM2v+JDkDmHN/fcWxHdAQA&#10;AABwKK7q6HhUf9uSr7vpG5Lap/nl57rbP+zYsfOGaxZ1Lpnm1waAg7J9/mpJrKjYWI6c5a1vjI4A&#10;0BgSFTI5wJRnburpb+s8PrrjUGVmqCxR8rzoBqCOZs99cOyZ0RFA07DkL6MTcCD2+vULls+NrgBw&#10;6Mz1kugGZI6pVj0nOgIAAACYqLXHdC6dnbb8l8yjz2OfUUuSG/rbO3uDOwBAkuSSSeKaeyNyfxOL&#10;WgDoayt1yfzs6A4cQGKZW3AjM0NlLmeoDPninsk9c4GsGVi89GmSZ27qu0nM3zNnbFV0BIBDc/Wi&#10;pcfIxNaXOHSm7ugEAAAAYCL6i50nFgrJDS49MbrlIY+WJ9/qayv9eXQIAKxrW3qiZMuiO3BAR81/&#10;YN9Z0REAgiV6rTI0C9RU3F567THHPjY641Bk4kB6aOL9udEdQD0lMgYlgWngafrq6AY8PJPOj24A&#10;cGgKhXSl9p+fA4fqJFaoBAAAQKPrL3aeKCX9Lj0quuX3FMz0qYHikrdEhwBobi6uuTcyd+eaO9DE&#10;1kgFc/E53bhm7EuqmVpwIxNDZesWdXVJelx0B1BP7n5CdAOQdzetWNEq16uiO3AQrhd8u7i0MzoD&#10;wMSZ/NToBmTWzL2zxniwAgAAAA2rr9j1PClZJ6lRH4Ywl/9jf3HJ66NDADSnqxcunCPTH0d34KB6&#10;r128+PHREQBizCt2nizpmOAMHETWFtzIxFCZJ/aM6Aag/uwJnNQBU+tXO+5fKemo6A4clLWYM/gH&#10;ZInbSdEJyDATxw8AAAAaUt8xpUUm+7qkOdEtj8Akv3hdcclp0SEAmk9r6xEvljQ/ugMH1TJea3lZ&#10;dASAKAmrlDU607PXdSw9NjpjojIxVCb3p0YnAFOhVmvh2AamUCrnh1MGuPM+AVnx0MqCC6M7kGX2&#10;/OgCAAAA4PetWb58hhXs68rOw4ktqfyr/R3HdkSHAGguXMvNCt4noBmtWb58hqQXR3fgkbl7Zlb9&#10;zMZQmRmDN8glt5RjG5giLpmk06M7MCHL+44pLYqOAPDIEtVOjG5A1vnx6zs6ZkVXAAAAAL9t3v17&#10;3yP58dEdh+jRSqv/+tA1MACYcjetWNEq6YXRHZiQE67q6HhUdASA6TXvwbHnSpoX3YFH5p6de9jZ&#10;GCqTnhIdAEwFdz05ugHIq2vaupYrO0+XNr2koFOiGwA8MpNWRDcg82buriWcAwMAAKBhrO1Y8nSZ&#10;vSO6Y5JOGSh2XRAdAaA5/Oqe+46XNDe6AxNSmFVreUF0BIDpZSn32rLDT1i/YHkmvlMbfqjsoafY&#10;O6I7gCnhlpm9coGsqRknTlnicp5wAzLAZE+PbkD2JUnytOgGAAAA4DcS93+S1BLdMXn2wW8Xi4+O&#10;rgCQfzWGFTLFjWvuQLNxGf/us6N1z5y9z4+OmIiGHyrbPZ4UxfLNyCk3LY5uAPLKPOEHbqbYH0UX&#10;ADi4h7ZUYetuHDZ3ZyVqAAAANIT+ttJKuU6K7jhMjyt4619GRwDIPzOuuWeJMVwCNJV1j3/qEZI/&#10;K7oDE2eejWHthh8qS5KEoRvklklHXb1w4ZzoDiBvXDKZs7RztrSta1/Gdz7QwL69aOlClx4V3YHs&#10;M2l5dAMAAAAgSUr0zuiEujB701UdHfxeAzBl1ixfPkPy50R34JAsv3rh0sdFRwCYHj5z73MkzYju&#10;wKGwTDzc0vBDZSbjBjPyzAotczqiI4C86Vu8uCjpsdEdODSp0mdENwB4eC0t6ZLoBuSDuy2NbgAA&#10;AADWLup8Sg5WKfuNI2fVWl4ZHQEgv47YuWeZJBZJyJakpaX6tOgIANPDzbnHlj1PWyMVoiMeScMP&#10;laWJt0U3AFPKvD06AcgbqxaWRTdgEtx534AGZjUe9kB9mOmY/U84AwAAAHEKSfLa6Ia6MuXrvwdA&#10;Q7Ek4dptFjnvG9A0Uu6xZdDMOcWlDT8r0vBDZeY6KroBmEoc40D9mdmx0Q2YDOOEF2hgqVKGylAv&#10;hbn3j/HwEAAAAMKskQouvTy6o85W9C9exrUVAFOCa+4ZZQyZAE3DuMeWRQWrNvz3a+MPlZnY6xn5&#10;5sYWfUC98UMpk8y84U+cgGZmJoaAUDdJ4sXoBgAAADSveW2dz5R0dHRH3VVrZ0QnAMgpdpnIKIYB&#10;gebBPbZMSpOGf98afqjM3Rm4Qa55Io5xoN5cDf8FjD/kvG9Ao1sQHYAcceN4AgAAQBi35IXRDVPB&#10;TadENwDILa7dZhDX3IHmcPXCpY+TWKwpkzKwwlzDD5WZjIMfuWbOMQ5MAVY/yaYjv9PZeWR0BICH&#10;weqqqCN3LnIAAAAgjknPiW6YCiY9L7oBQG5xzT2DzLRodQbmAQAcntbWlM/ozPL26IJH0vBfIi5x&#10;cxm5ZnKOcaDejO+OrEr32vzoBgAPg23pUUeWMKQIAACAUMujA6bIo69pW7YwOgJALnHdNpuSZ5VK&#10;c6MjAEwtNz6jM6zh37uGHyqTNCM6AJhSppnRCUDuuOZFJ2Byai3Gewc0KBefragfTxv/xzIAAADy&#10;qa9UmilpcXTHVKkmVbY6A1BXN61Y0SppVnQHJmkP12CAvEtSY3g0o7Jw3yULQ2UM3CDfUo5xoJ7W&#10;6+QW8QM3szxlqAxoVAnn5agnHqwAAABAEK/VjpZUiO6YKonbMdENAPLlzh07GFbIsJQHuYHcS1ls&#10;I7u88Qd/szBUxkplyDXnhhpQV/d1DPEDN8MKCT9wgUblnJejvjgHBgAAQIiWapLvaw/mR0YnAMiX&#10;mS0t+f7czLmWGtfcgdyzlH/nGWXW+AOBDJUB4YxjHKijOfsKDf/li4fnVuP9AxoX5yyoo5TjCQAA&#10;ACHSnD/Q5p7v/z4A02+8mvAgd4Z5UuV7Acg7Z/vLDGv49y4LQ2VpdAAwtVKPLgDyxAottegGHIbU&#10;eP+AxsU5C+rGzTieAAAAEMJqSa6vPZi4tgKgvqxQ4HMly5J8f+8BkMw4/8uwhp+HysJQ2b7oAGCK&#10;jUUHAHmyZ452RTdg8ixx3j+gcXHOgvpx53gCAABAiDRJH4humFKu+6MTAORLoco19yxLUq65A3mX&#10;Gv/OM8sa/9ydoTIgHjfUgDr66caND4rVdDKrxg9coJFxXo564hwYAAAAIQrVfF97SHlgD0CdVWfW&#10;8j2Mm3OWesMPLAA4PImLz+ms8sYf3G78oTLj5hVyzrmhBtTT6v3LhD4Y3YHJSVpaG/7kCWherCyF&#10;uuJ4AgAAQIid2we3K8fnowX51ugGAPlyY7n8gHiQO7PGW1KuuQM5x0plGcZQWR0wcIO8SzjGgfrj&#10;5CmrWEodaGT26+gC5IdxPAEAACDIKqnm0ubojqnitVm3RzcAyJfV+x/k3h3dgclp2TOfa+5Azplz&#10;XzSzzBr+vWv8oTKze6MTgCmVcowD9Wc7owswOb5vJu8d0LD8V9EFyA8z3RPdAAAAgOZl0i+jG6bI&#10;nd2jt3G9GcBU4LptNo2fftetDAQCecc2t5nl8vuiGx5J4w+VOTevkG9m4hgH6i+3T5vm3PaVd93K&#10;1qVAo/KEISDUjTOkCAAAgEDmtj66YYpcFx0AIKeMa+5ZZFLZ2LoUyL1qOlbW/lVc85jeAAAgAElE&#10;QVQlkTGWge/Xxh8qE0+wI99cxg01oN7cNkYnYFJ434BGZtoRnYAcced4AgAAQBxPr41OmArmxlAZ&#10;gKnBNfdsMq65A83grO3bd7trNLoDk5CB79eGHyrjCXbkHVv/APVniTf8FzD+kJluj24A8PDMfTi6&#10;AflRTVu2RjcAAACgeXWPDpal3F0/qilpGYiOAJBTnrvPzKbgzjV3oFlwjy2jMnBPu+GHyuSsiIB8&#10;M45xoO7cU06csigD0/hAU0tsKDoBuTF28+imO6IjAAAA0Ozs0uiCejLXNd3DGzjPBjA1Eq65ZxLX&#10;3IEm4nxOZ1CqasO/bw0/VJYo4Ql25FrNfUt0A5A31WpLw38B4w+5c8ILNDJTOhTdgHxwqbJaSqM7&#10;AAAA0NwSK3xFOTovddOV0Q0A8qvmXHPPIi9wzR1oGgyRZo5J950xNHRndMcjafihMiXcvEKu1Y46&#10;6shKdASQN2dt33SPu/i3lS2ezPCfRkcAOIgWlaMTkA8m2xzdAAAAAKwc3rjVXV+J7qiTLQsWHPnV&#10;6AgA+XVTZdOQpHujO3BI9hX2zPnv6AgA08MLuiW6AYfGlY33rOGHytxaWakMueWubcfdfPN4dAeQ&#10;R4l0bXQDJs6kn68cHLw7ugPAw3vo3+j26A5kn5v/LLoBAAAAkKQ0sQ8oB6uVufwjXGcGMJVW7/+s&#10;/G50Bw6B6Ucr77r1wegMANPjgaHyT0y6L7oDhyQT97Ibfqhs1tDRo5Kq0R3AVEhMQ9ENQF65aX10&#10;AybOjQsSQBaY6+fRDcg+S52nZAEAANAQzhzevEHSFdEdh+n2B+bNujQ6AkATcK65ZwrvF9BUVkk1&#10;l74X3YGJS1PLxL3Rhh8qO0XXV01iexTkUir/ZXQDkFdmrddFN2DiEjd+4AJZYLo1OgHZZ2YMlQEA&#10;AKBhWDrzrTLtiO6YJJfSC1bddtu+6BAA+ZcUkkzc/MZ+5rxfQLNxMUyaITvnjB5zc3TERDT8UNlD&#10;uHmFXDLnhhowVbqHN9wh6fboDkzI+N7ZyX9GRwCYANePohOQefeurJR5sAIAAAANo3v0tnuV2tuj&#10;OybF9a89lS0/iM4A0BxWDm26XdK26A5MyIP3z2+9IToCwPSytMYwaXZ87xRdn4kdG7MxVOYMlSGn&#10;LOXYBqaUfSe6ABNhN5y9ceOu6AoAj2y8lvxQkkd3IMvsx8YxBAAAgAbTM7L5i5K+EN1xiG7xmbow&#10;OgJAs7FrowswEX49q1gCzeeG0a2/kPyO6A48Mpdn5h52NobKEvt5dAIwBbylRaxUBkwhM/9idAMe&#10;mZlfGt0AYGLO2r7pHhlb02PyzP2H0Q0AAADAgSRjc94qs0w8BGzSfTWzc3vL5bHoFgBNJuGaezYY&#10;19yBJrRaSk12WXQHHtFYks66IjpiojIxVGbjrOaEPPLh07Zs2RldAeRZ93D5lqxcDGxiu9NWrYmO&#10;ADBxloqtVXAYku9HFwAAAAAHsvKuWx+sjtsfSb4xuuURPKg0WXnm8OYN0SEAmk/3UPk/JW2J7sBB&#10;/XpWUr06OgJAjKoxVNrw3Pq6R2+7NzpjojIxVLZy++CIuyrRHUB9GTdkgWngSi+PbsBBmH+zt1y+&#10;PzoDwMR5YmujG5BZv7p/ZNN/RUcAAAAAD+es7ZvuUaHlbEnbolsexpjMz+se3XRjdAiA5mSSu3tm&#10;VldpRi7/6ilDQ3ujOwDE2P/ggf0kugMPz5VmajW5TAyVPYQBHOSKubH1DzANZiTp5ZKq0R04MKsp&#10;UydOAKR9s5LvSNoX3YHsMenaVVItugMAAAA4mJ6tGzemSfU4STdHt/yeuy1NXtAzPHhVdAiA5pa4&#10;LpPk0R04MDO2vgOanZmzWlmjMu046qhHZerB/cwMlZnEAA5yxZQyKAlMg1O3br1LsmuiO3BA22aO&#10;tl0bHQHg0Jy9ceMuuVhtCofObV10AgAAADARZwwN3dnSkv6R3L8e3SJJMrtVhcILWKEMQCPoHh0s&#10;Syyc0Jh8Y/dw+cfRFQBipWNaI2lPdAcOwP3Lx91883h0xqHIzFCZJ/pRdANQLybd96ORwV9GdwDN&#10;Ik3199EN+ENm+vApup5V5IAMskRfi25A5uzbUxhnRQUAAABkxmlbtuzsGRl8qcvfLClqGzGX7HO7&#10;anue3bN148agBgD4Q+4fiE7AgdgHjFXkgKbXe2d5h0z/Et2BPzBWTQsfjY44VJkZKrtxuPxzl+6K&#10;7gDqIZWuWy2l0R1AszhjdPMNkr4b3YHfsX2mVS+JjgAwOS1J7WtiG0McErv2nKGh+6IrAAAAgEPV&#10;Wxn8ZDVNSpIun95Xtp8k8uN7Kptfv2p0lJUmADSUnpHyOsl+Et2B/+XS5l2V8pejOwA0htSqH1Xc&#10;gxE4IP/iWaObtkVXHKrMDJWtllKTDUR3APVgpv7oBqDZuPkHoxvwv9z8H08ZGuJkFsio/VsL63vR&#10;HciSdE10AQAAADBZZ41u2tZTKZ/v0osk3TzFLzfq8jfvmjfjxJWVwal+LQCYNPf0Q9EN+G3+sVU8&#10;BArgIWcMDd0p+aXRHfgf1cRaLoqOmIzMDJVJknvKIA7ywE2tfdERQLPpHR78rqQfRndAkmlHYe8R&#10;n4nOAHC47KvRBciMPXuT2jejIwAAAIDD1VspX91dKR8vS8+Q9C1J43X7464fS/56n6FSb2Xwk6tu&#10;u21f3f42AEyBnpHBb0r67+gOSJKGj1rwqC9GRwBoLA8NMVWjOyBJdsXK4Y1boysmI1NDZamNXyMO&#10;emTfz7qHN9wRHQE0Jdf7oxMgyfXxlXfd+mB0BoDDk4zN/pKk+6M70Pjc9BW2vgQAAEBemOQ9w1v6&#10;eirls6vVZKHkr5fZVyTdeYh/ape5+l16R1pLl/WMlJ/TUxn8XG+5PDYV3QBQbya5xDX3RuCui467&#10;+eb6DToDyIWVwxu3muuy6A5onwrJh6MjJsuiAw5Vf7Hre5I9P7oDmCwz+2D38OZ3R3cAzaqvrXSF&#10;mV4Z3dGsTPrZzMqi40/R9QyJAznQV+z6jMneEN2BBmd6bs9w+UfRGQAAAMBUu3rR0mNaWtIlnvoS&#10;s+Txkj9GbkdIGpP8Xpf/Kkm1OTXbPHtk0TDXRwDkQX+x9C1JZ0V3NLH/uqFSfv5qKY0OAdB4vl0s&#10;PrqgGbdLOiq6pYn9XU+lvDo6YrKyN1TWVvoLmT4V3QFMVuL+lJUjg7+I7gCa1bWLFz9+vFbYIOnR&#10;0S1NKLU0eU736KYbo0MA1Me6YteKVHZTdAca2m09lfKToyMAAAAAAMDU+E5nZ7FaTX4p6YjoliY0&#10;nrg/k/uOAA6mr9h1vskuje5oUrf7DD09y6sRZ2r7S0nycf272AIT2XUbJ3ZArFO3br1LLlYLDGDS&#10;JQyUAfmysjJ4s6TvRnegkfnHogsAAAAAAMDUOW3LloqkD0R3NCW3f+a+I4BH0lsZvExcx4/gnuoN&#10;WR4okzI4VNZ7Z3mHpO9FdwCT4dKa6AYA0q6R8mcl3RLd0WR+le7T30ZHAKg/N/+H6AY0rJEFCx51&#10;ZXQEAAAAAACYWj5D/yjp9uiOJrPNZ/r7oyMAZEPi/hZJ49EdTeZrvaPl/4yOOFyZGyqTJHd9LboB&#10;mCSOXaABrJJqSZK8StID0S1NwuV67UOD4QBy5sbhwXXioiEO7DPH3XwzFyoAAAAAAMi53nJ5zE2v&#10;lLQ3uqVJ1Mz8vN5y+f7oEADZsHJk8BdyvSO6o4mMtNZa/jw6oh4yOVQ2PqfwJUm7ojuAQ/TD3kr5&#10;l9ERAPZbObTpdpdeE93RDNz04Z6R8reiOwBMjdVS6u6rozvQcO5OxuZ8IjoCAAAAAABMj97h8k9l&#10;emN0RzNw6W+7hwfXR3cAyJaekfLH3cXOElNvLPX0Jaduu/1X0SH1kMmhsrM3btwlZxtBZI1/ProA&#10;wO/qrZS/Jtenojvyza57YLj83ugKAFOrZ2RwjVw/j+5A4zDzj66869YHozsAAAAAAMD06RkuXyLZ&#10;pdEdOffNnkr5o9ERALJp9t6Zr5d8Y3RHvtnbzxjZclN0Rb1kcqhMklI3BnSQJb/elY4xCAk0IJ+p&#10;t0m6Obojp+5sLVRftUqqRYcAmFomuYvVyvA/ts20GkPbAAAAAAA0oWRs9oWS2LlnSvhQTfteY5JH&#10;lwDIplN23PaA0nSVpD3RLXnk0n/0VDbnagePzA6VnTG6+QaXfhHdAUyEy7+6anSUD2agAfWWy2OJ&#10;Ff5Y8juiW3JmzMxfeerWrXdFhwCYHj0jg9800w3RHYjnrg+eMjS0N7oDAAAAAABMv5V33fpgzez/&#10;SMrFtl8N5AFLCy87s1L5dXQIgGzrGd16q+R/LgZU6+2/x5Lq66Ij6i2zQ2WSZG7/L7oBmIBaqsLH&#10;oiMAPLyVwxu3FlI/SdLd0S05UTWzl3YPD66PDgEwfUzyVPpzsTphs7vxxpHyZ6MjAAAAAABAnDOH&#10;N29QWnuhSfdFt+TEXiU6q3t0043RIQDyoacyeKm7LozuyA/fWK0mLzxnaCh333uZHipbcNT8KySN&#10;RHcAB+PSN86sbNoS3QHg4E4f3bJZnp4p6YHoloxL3fQn3cOb10aHAJh+vcPln0p2SXQHwrhMb10t&#10;pdEhAAAAAAAgVs/o1ls90TmSWM388FTlelnPUPn66BAA+dI7Uv6MSX8f3ZEDI0lVp521fdM90SFT&#10;IdNDZcfdfPO4yS6O7gAOxjy9KLoBwMT0jGz5iZufLWksuiWrzPwtvcPlK6I7AMRJWtP3iO0NmtUV&#10;PcPlH0VHAAAAAACAxtAzVL5erpdJqka3ZJS7/E97Rsrfig4BkE/dlfL7XP7P0R0Zdm/i3rty+2Bu&#10;F8PK9FCZJFU19nmxqgwa13/1jGz5SXQEgInrHR78rru/XDw9dajc3d/dPTzIsDfQ5FYODt4ttzdF&#10;d2DabWtpSd8YHQEAAAAAABpLz0j5W276E0nj0S0Zk0r21t7K4GXRIQDy7YHK4NskfSG6I4N+labW&#10;u3Jk8BfRIVMp80NlZ1Yqv5b7P0V3AAeWvje6AMCh6x0Z/IY8fYFMO6JbMmLcTef1jgx+MDoEQGPo&#10;Gdn8ZUnfjO7A9HHpradt2bIzugMAAAAAADSe3uHyFUp0uiSuHUzMHrnO6als/kR0CID8WyXVeirl&#10;C1x6hySP7skClzYnVjj+jNHNN0S3TLXMD5VJUkur/4Oke6M7gN/hur6nsuW66AwAk9MzsuUnNdlJ&#10;7qpEtzS4XVLaw5aXAH5fS0v6Zkm/ju7ANHD/em+l/LXoDAAAAAAA0Lh6hsrXJ+4nStoe3dLITLov&#10;detmy0sA0623Ur5I8teILYsfyS0zCrXnrxzeuDU6ZDrkYqjstC1bdsrsH6M7gN/m5u+ObgBweM4c&#10;3ryhkBRONmlDdEuDusc8OYMBWgAHctqWLRVZeq54sinvtra0+mujIwAAAAAAQONbOTL4i5rZqZK2&#10;RLc0qO01T087Y2Tz96JDADSnnsrgpXI/T9Ke6JaGZPrPmvadeurWrXdFp0yXXAyVSVJLofZJsVoZ&#10;Gsd3eyuDP4yOAHD4Vg5v3DozqT5TcpaZ/m2mAd+nJ3WPbPp+dAqAxtUzvKVPps9Ed2DKjMvTl7Ht&#10;JQAAAAAAmKgzhzdvmLVn5tMkfSm6pcH8e0tL+qQzRrbcFB0CoLn1jAx+Ja2lTzfpZ9EtDWTcZG/t&#10;Hi6fcmal0lQ7tFh0QD31t5X+QqZPRXeg6VVNenp3pXxbdAiA+upvX/ISc7/EpUdFtwQaN9lfr6xs&#10;/oSx+hCACbh64cI5LYU5/yXT06JbUF/m+tvukfKHojsAAAAAAEA29RW7zjfZpyUdEd0SaJ/J3s41&#10;dwCNZn1Hx6y9aeEiyd4c3RJsW+r2ymZdRTJXQ2VrpML8Yukml54e3YLm5a6Le0fKb4ruADA1+oql&#10;J5n0FUlPiW6Zbi7dJdf5vSPla6JbAGTLuoVdbWmr3SzXgugW1IdJX+2ulF8e3QEAAAAAALKtr730&#10;DJO+ItfS6JYAI+bJq9gRBEAj6y92vVqyiyXNjW4J8F2z1nO7hzfcER0SJTfbX0rSKqmWyt8oprgR&#10;xbQjtX3vjc4AMHV6K+Vf3lApP93lr5Z0T3TPNBmT9He16u5OBsoATMbK7YMjD31uptEtqAffmM7Q&#10;n0VXAAAAAACA7OsdLv90weOOfLLJ3irp/uieabJH0t/tSvcuY6AMQKPrqQxe2lpr6ZD8E2qea/zD&#10;Lr2op1L+o2YeKJNytlLZb/QXS2sk/XF0B5qQ68KekfKnozMATI+BRcsf48ne90l2oaRCdM/UsL5C&#10;Wnvr6aNbNkeXAMi+gfbS69z1+egOHJZRr+k5vdvKo9EhAAAAAAAgXwban/gE9/GLJJ2rnN7HlnS5&#10;1/Qurq0AyKK1bZ3HFZLkYnedEN0yRfZKuqha3f3Rs7Zv3x0d0why+WV89cKlj2tpSTdIelx0C5qJ&#10;f7+7MngS+50DzWdt25IXJOYfk/Ss6JY62mJm71k5vPnLfK4BqKe+9tIHzfWu6A5MygNmOql7uHxL&#10;dAgAAAAAAMiv/rbSSkkXyfS06JY6ul3m7+oZHrwqOgQADsdNK1a03r1j54VmepdcC6J76sVc/TL9&#10;dXelfFt0SyPJ5VCZJA20LXmNm/9rdAeaxt60lj7tjG1bNkWHAIjTX+w80ZX8jUlnRrcchltcWn1j&#10;pbx2dfMsYQtgGq2WkmcXS1e69LLoFhySqlwv7Rkpfys6BAAAAAAANIf+YueJUvJ3kl4Y3TJ59hOX&#10;v7+nUv42D3ADyJM1y5fPmLtr78tN9l5JXdE9k1STdGXi/tGVI4O/iI5pRLkdKnPJBopd10h2anQL&#10;msLqnkr576IjADSGgeLSU6X0PS69ILpl4nyjyT54f6V85ar9J1AAMGXWSIV5xdKVklZFt2BCqjJf&#10;xZO0AAAAAABgurlk69qX9Er+noxtt/bfkt5/Q6X8H6t5gBtAjq1ZtGj2/GT2n7n8ryUdE90zQS7p&#10;W2b6e3bmOLjcDpVJUv/iZctUq90iaU50C/LLpA0zk+ozTxka2hvdAqCxfKezs1irFs5x+aslPSO6&#10;5wC2m3S5pMtZyhXAdFuzfPmMebv2XSV5b3QLDip1+Wt6K4OXRYcAAAAAAIDm1t9xbIen1ZeZ6bVy&#10;LY3uOYBBSV8y6d+55g6g2ayWkhOKnc+V7I9l9ooG3BrTJf2X5Je11lr/49Rtt/8qOigLcj1UJkl9&#10;7aXXmuuS6A7k1m6Xju+tlH8ZHQKgcblkA+2lZ3uqV5rpbEltgTn3Suo3sy8/7nHzrznu5pvHA1sA&#10;NLn1C5bP3Tt77FuSToluwQG5y9/SWxn8ZHQIAAAAAADAb6yWkuPblpyYWPpKSS+S7AlhMaYdcl/r&#10;bl9+YKR8HTuBAIB09cKFc1oKs18ks5dLOlXSEXE1vlGyryfuV7LF5aHL/VCZJPW3d10pt1dEdyCH&#10;XBf2jJQ/HZ0BIFvWdnQcnaQtz5fsVHfvNlNxCl/u15KulfzamgrXnlnZtGUKXwsADtma5ctnzN01&#10;dqVJL41uwe8Yl/v5PSODX4kOAQAAAAAAOJhr2pYtrFnteZKd+tCq+Ium8OV+Jem7XHMHgIlZLSXP&#10;KXY9w5Wc6PLnSVopaf4UvuQvJfuB5NdWq8n6s7ZvumcKXyv3mmKo7KqOjkfNSgs/lawjOAX58s2e&#10;SvnF0REAsm21lJywaPGT3ZInmtmxJj1R0jKXlkmafQh/alzyLfLklzLfKLeNqWuDzfKf9ZbLY1NT&#10;DwD1sX8rzLHLJa2KboEkacyk87sr5TXRIQAAAAAAAIdijVSY2156qqV2rCt9opkdK7Nlcl8maeYh&#10;/Kl9ksoubZBpY+K63T29fcFRj/4ZO4AAwOStX7B87tis8WekVjtWbsvM7ImSHyupQ1JyCH/qfsk2&#10;Sn67pA0y25hWa784Y9uWTVMS3qSaYqhMkgbalj7fLb1OUmt0C7LPXRWN67jeO8s7olsA5NNqKTmu&#10;WDwyqc04wpXOaSnYPDfNlxcKkmSq/bom22NJy+5aunvn0QsWPMAPWQBZN1Bc8haXf1yH9sMR9TVi&#10;heSs7q2bfh4dAgAAAAAAUC9rpMKcYnF+a7V1bjqzZU5Sq86tmY5MvJC4qp7I7hu3ZLcl1d1eq91/&#10;RKVz1ym6vhrdDQDNoq9Umpnu2zdHmvXoVq/NcS/MUbJ/RbM0TccLiT/gqXYm1rL7wcLY7nOGhu6L&#10;bm4GTTNUJkl9xa7zTXZpdAcy70Gltef2jG69NToEAAAgb/raS68y1xckzYpuaTYu/cKSlrN6hm4f&#10;im4BAAAAAAAAAACxmmoFgN7K4GWSfza6AxnndgEDZQAAAFOjd7h8RZIkzzBpQ3RLk/nC7KR6PANl&#10;AAAAAAAAAABAarKVyiRpfUfHrL1p6/ckPz66Bdnjrot7R8pviu4AAADIu75Sab6N+b/J7CXRLTm3&#10;T/I39VQGPxcdAgAAAAAAAAAAGkdTrVQmSacMDe1trRV6XNoc3YKMcbvqxpHyW6IzAAAAmkFvuXz/&#10;rpHBVeb6W0nj0T05tcUTncRAGQAAAAAAAAAA+H1Nt1LZb/QvXrZMtdqPJD06ugWNz0w33F/be8qq&#10;0dE90S0AAADNZqBYWu6uK2R6WnRLTrjkn9yVjr2D81sAAAAAAAAAAHAgTTtUJkl9baXTzbRWUkt0&#10;Cxradq/phN5t5dHoEAAAgGZ19cKFc1pa53xArjdLKkT3ZNh2d7+wd2TwG9EhAAAAAAAAAACgcTX1&#10;UJkk9bd3nSO3NWKwDAfkdxRSP+n00S1slwoAANAA1i7qfEqhkHzeXSdEt2TM/2fv3qPsPgt6/3+e&#10;PZNbaQq0TYE2mdx2mkK4SSqIXKRI2ySlh6ViFbEKB+8gHPEoHDhHq+Ltp+hBPMcfHn6iwhEMKqeW&#10;zExKMXBEKdCiXCLSTu5pgbZUeyFtkpn9/P4oIoVecpmZZ/ae12utrq7VZvb3vduuZmbvz36+UyX5&#10;7aOTh3750ptvPtQ6BgAAAAAAmNvm/agsSUZHui8uyXvixAPu78u9Xu+CSw7u/kzrEAAA/t11Gzcu&#10;uO3WO3+qpv5i3M7+WHy8dvKaLXsnrm0dAgAAAAAA9Aejsq8aG1n7w0n5oySd1i3MCf/S65TnX7L3&#10;xn9sHQIAwAO76uxzzxwanvqVkvIjcfLwA7k5qW/YtH/Xn5akto4BAAAAAAD6h1HZ1xlf2X1lrfm9&#10;GJbNayX515repZv37/5I6xYAAB7e9rPXrugN5z8n5ceSLG7dMwfsqqm/fNayR737/OuvP9o6BgAA&#10;AAAA6D9GZd9gfEX3RbXkPfFm1Hx1YKqUi1+478bPtQ4BAOD4jC9f262lvD4llydZ2LpnttWa/aWU&#10;N9/Vu+d/XXbw4D2tewAAAAAAgP5lVPYAxleuvaDWcmWSpa1bmEUlN/Q6UxddsmfPvtYpAACcuKtX&#10;rD97qkz+p6T8eJLTWvfMtJp8Nqm/5WQyAAAAAABguhiVPYixkTXPTjpXJjm9dQszryT/2KlDl1x0&#10;4PM3t24BAGB6jHa7i3IkF5Xk8iTflWS4ddM0uqUk70jyzk37J3a2jgEAAAAAAAaLUdlD2L5y/epa&#10;p7bV5PGtW5hRWxd3Jn/4gr17720dAgDAzNi+cv3qqd7kD5RSXpJkQ+ueE3QkyfbU8u7Jqa9ceenN&#10;Nx9qHQQAAAAAAAwmo7KH8f6RkUcPlYXvS813tG5h+pXkNy/eP/FfSlJbtwAAMDu2LV/zpKFO58U1&#10;ZXNSNybptG56CHellmvSqdvK1KL3bTq48/bWQQAAAAAAwOAzKjsGW5cvX7K0s+QPkvrDrVuYNkdL&#10;ys9t2n/jW1qHAADQzuhju8vKwlyclOck9ZlJnpBkqGHSXUn5eGrvoxkqH1x2xiP/7vzrrz/asAcA&#10;AAAAAJiHjMqOw9hI9weTvC3JKa1bOCl7SsmLN+2b+GTrEAAA5pYr169fuuDeyW8tvfKUlPrkpDw5&#10;yeOTLJnua9XkSyXlsyn106n1U+n1/uGug3t2XpZMTfe1AAAAAAAAjodR2XEaX37u03ul995SMtK6&#10;hRNQ86He0ORLLtm794utUwAA6B/XrF79mMmjC1am01uVUs/q1XJ6Uk8vKacnWZzUU5Is+toX1M5d&#10;KXUyyR019fak3N4p+XJSvtCrdc/U5KG9l95886FWzwcAAAAAAOChGJWdgCvXr1+68J7ebyf1x1q3&#10;cMwOl5TXXbz/xt8rSW0dAwAAAAAAAAAAc5VR2UkYHem+uNx3O8zTW7fwkD7TqfUHLj6w67OtQwAA&#10;AAAAAAAAYK7rtA7oZ1v2T/xF6dVnJPVvW7fwgGqStx9ZMvQsgzIAAAAAAAAAADg2TiqbJmMj3e9N&#10;yf9IzbLWLSRJPllKfnTTvolPtg4BAAAAAAAAAIB+4qSyabJ5/8R7h3pDT63JX7ZumeeOlFJ+dXFn&#10;8lkGZQAAAAAAAAAAcPycVDYDxpef+/Ta6f1Okme1bplHapJ31am8YctNEwdbxwAAAAAAAAAAQL8y&#10;KpshNSnjI90XJ/X/ScqqxjkDrnwkdeq1mw/s/kTrEgAAAAAAAAAA6HdGZTNsx7INpx5efPjVteQ/&#10;J3l0656BUnJDSfmla/fd+J4rkl7rHAAAAAAAAAAAGARGZbNk+2Oe/IipRYdeVZLXxbjsJNXPJ+W/&#10;fWz/xF9eYUwGAAAAAAAAAADTyqhsll1zznlnTA5P/VSt9VVJzmrd009q8tlSy5vvOm3hn122c+eR&#10;1j0AAAAAAAAAADCIjMoa2bFq1eJ7ekOXl5TXJjmvdc8c9ze11N/evG/XeElq6xgAAAAAAAAAABhk&#10;RmVzwPaRtRt7yQ8l5aVJzmjdM0fsqsn/ylT+95abJg62jgEAAAAAAAAAgPnCqGwOuXL9+qUL7526&#10;LL38YEqek2SoddMsO1SSq1LKO+/cd+P4ZclU6yAAAAAAAAAAAJhvjMrmqPePjDy6kwWXJuV7S3Jx&#10;kgWtm2bInUmurMl7szBXb5mYONw6CAAAAAAAAAAA5jOjsj4wvvLxj+vl6BiYR7wAACAASURBVOZS&#10;sznJhUke2brpJB1IylitvbEl9y6+5oJbd97dOggAAAAAAAAAALiPUVmf2ZHnDR9acdO3l/Sek1K+&#10;rSTfluTM1l0PY0+t+WhKvbb26ocuObj7M62DAAAAAAAAAACAB2ZUNgC2nbPm3M5Q5+m15qmllKcm&#10;9VuSnN6ipdbsLyX/mOQfSs0/TA1NfuySvXu/2KIFAAAAAAAAAAA4fkZlA2rb6tUrO1OlW0pndS9Z&#10;XVJXp5aVuW9s9m9/DB/nw96b5Paa3F5qbqud7Omk7Km17qmpezq9xZ/bdHDn7dP9XAAAAAAAAAAA&#10;gNljVDaPjXa7p5XJ4dOner3OcHpLSurir//7vaHhu6em6tHOVO/IVD10+6U333yoVSsAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AABtldYBAAAAAABAW1uToUevWXPOkaNDqzqltzopq0vJWUkeV2vOqsmykgwlefQDfPk9Sb0r6dyZ&#10;9O6otdzS6ZQ9NXVPTd0zdDQ3XnTzroMlqbP8tAAAADhBRmUAAAAAADCPbN2wYeGpXzn8tPTqt5aU&#10;JyflKUndkOSUGbzsoZLcUJOdpeSjveTvl+xb/pkL8qHJGbwmAAAAJ8ioDAAAAAAABtjWDRsWLr3r&#10;nuck5eKkPCvJ05Isbt2V5O4kf5/kQ51SP3zGmY/6xPnXX3+0dRQAAABGZQAAAAAAMHA+sGbNIyeP&#10;Dn1XSv2uJM9PcmrrpodTkn9N8te95C+yMFdvmZg43LoJAABgvjIqAwAAAACAAbB1w4aFp9195NLa&#10;y0tT6ubMjdPITtQdSd6b9P5k0/7df1eS2joIAABgPjEqAwAAAACAPja2ev36TPZ+JKX+UJKzWvfM&#10;gIkk/9/kZOftl958w22tYwAAAOYDozIAAAAAAOgzNSnjK7oXpeRnklyU+fF6/71J+fNOem+9eP+u&#10;61vHAAAADLL58EMmAAAAAAAMhCuSzjNGuj+Q5PVJNjTOaabUjJVOfdPF+3b9fesWAACAQWRUBgAA&#10;AAAAc1xNyvaV67671vrLSZ7QumfuqNeUUl63ad/EJ1uXAAAADBKjMgAAAAAAmMO2r1z77b3a+e9J&#10;/dbWLXNULynvnOyVN1568IabWscAAAAMAqMyAAAAAACYg0bP6S5PJ79ZSl4Sr+cfi0NJfmXZske+&#10;+fzrrz/aOgYAAKCf+SEUAAAAAADmkK0bNixcetfhNyT5+SRLWvf0oV2peeXmAxPbW4cAAAD0K6My&#10;AAAAAACYI8aWr35yOkP/K8nTW7f0uVpT37bknsU/d8GtO+9uHQMAANBvjMoAAAAAAKCxK5LOM0a6&#10;v5DkjUmGG+cMkPqFmvLjW/ZPXNW6BAAAoJ8YlQEAAAAAQEOjj+0uKwvrO5JySeuWAdUryW8t2r/8&#10;v16QD022jgEAAOgHRmUAAAAAANDI+Mi5L6il92epWda6ZR64fiqdy164/4bdrUMAAADmuk7rAAAA&#10;AAAAmI9GR9b+dE1vm0HZrNk4VHrXjq9ce0HrEAAAgLnOSWUAAAAAADCLrtu4ccGtt/7rHyblZa1b&#10;5qmjSX3V5v27/rB1CAAAwFxlVAYAAAAAALPkyvXrly68Z+ovklzUuoX6e3ft3/Xay5Kp1iUAAABz&#10;jVEZAAAAAADMgm2rVj12qDc8VpOntm7ha7betXTR5Zft3HmkdQgAAMBcYlQGAAAAAAAzbHRFd20p&#10;+WCSla1buL+S/N+h4d5/uHD37jtatwAAAMwVndYBAAAAAAAwyMZWnbeqlFwdg7I5qSbPnZzsbNux&#10;bMOprVsAAADmCieVAQAAAADADBk9p7u8DNW/Tcqqxik8nJoPTU4duuTSm28+1DoFAACgNSeVAQAA&#10;AADADBh9bHdZZyhXG5T1iZLnDQ8vuXLHqlWLW6cAAAC0NtQ6AAAAAAAABs1ot3taSa5J8uTWLRyP&#10;suZo7Tx+3R23/8WHktq6BgAAoBUnlQEAAAAAwDTaumHDws6RXJXkaa1bOH4l+Z5njHTf1roDAACg&#10;JaMyAAAAAACYRkvvPPw7NXlu6w5Oyo+Mj6z7+dYRAAAArZTWAQAAAAAAMCjGV659Va3lra07mBZT&#10;tdRLt+zbNdY6BAAAYLYZlQEAAAAAwDTYtmLdczulfjDJcOsWps1dJXnmpv0TO1uHAAAAzCa3vwQA&#10;AAAAgJN01dnnntkp9V0xKBs0S3vJe7YuX76kdQgAAMBsMioDAAAAAICTUJMyvKD3ziQrWrcw/Ury&#10;xKVl8W+17gAAAJhNRmUAAAAAAHASxld0fyY1m1p3MINKXjm6Yu33tc4AAACYLaV1AAAAAAAA9Kux&#10;1evXZ2rqk0lOad3CDCu5tR7Ohi1fnLi1dQoAAMBMc1IZAAAAAACcgK3JUKam/jQGZfNDzbKyqL6l&#10;dQYAAMBsMCoDAAAAAIATsHTlutcmeXrrDmZRLS8ZHem+uHUGAADATHP7SwAAAAAAOE5XLT/3nOFO&#10;73NJlrZuYdbdtPieReddcOvOu1uHAAAAzBQnlQEAAAAAwHEa6vTeEoOy+eqce5ccfmPrCAAAgJnk&#10;pDIAAAAAADgO20fWXdhLvbp1B01Ndmr9losP7Pps6xAAAICZ4KQyAAAAAAA4RjUpvdRfa91Bc8O9&#10;Ut7UOgIAAGCmGJUBAAAAAMAxGh9Z+0NJzm/dwZzwom0r1j23dQQAAMBMMCoDAAAAAIBjsCPPG07K&#10;L7TuYO7olPrG1g0AAAAzwagMAAAAAACOwb0rbvrBJGtadzCnXDQ2subZrSMAAACmm1EZAAAAAAA8&#10;jK0bNixMqVe07mDuKbXzhtYNAAAA082oDAAAAAAAHsbSO498T5KVrTuYe2rJptGR7hNadwAAAEwn&#10;ozIAAAAAAHhY9dWtC5izSqfmZ1tHAAAATKfSOgAAAAAAAOaybcvXPaPTqde27mBOO1yPZMWWL07c&#10;2joEAABgOgy3DgAAAGAwja06b1WpUxtrrRuTcnZST09yRpJFX/0lXy7JvlrK/iT/lDL0yc17/3lv&#10;s2AAgAfR6eQnWzcw5y3qLCw/kOQtrUMAAACmg5PKAAAAmBbXbdy44LZb7thSS9lSa91USkaO+0FK&#10;bk3NeE3+esk9i8YvuHXn3TOQCgBwzN63atWjFveGv5BkcesW5rxdm/ZPrCtJbR0CAABwsozKAAAA&#10;OCnbz167og6XV/aSl5XkMdP40Hcm9Y97U/V/XHLT7hum8XEBAI7Z+Ip1L6+l/lHrDvpD7eSZW/ZO&#10;uFUqAADQ9zqtAwAAAOhP29euPWt8pPu7veFyQ01eN82DsiQ5LSmv7gx1Pje6svtHV69Yf/Y0Pz4A&#10;wMOqpffy1g30kam8tHUCAADAdHBSGQAAAMdtbMW6l5VSf7cmj5rFy36lJr+yZP/yN1+QD03O4nUB&#10;gHnq6hXrz54qUwfiA9ocs/qFu/bvWnFZMtW6BAAA4GT4QRgAAIBjNvrY7rKxkXXbUuo7ZnlQliSP&#10;KMlv3Dty8KPjI90Ns3xtAGAemszUi+J1dI5LedzSVd3ntK4AAAA4WX4YBgAA4JiMjaz5zrIoO5O6&#10;pXHK+TW5bmyk+4ONOwCAAVdK/e7WDfSf0suLWjcAAACcLKMyAAAAHtbYSPd7k8621Cxr3fJVi5P8&#10;ydiK7mtbhwAAg2m02z0tKc9t3UH/qcmm1g0AAAAny6gMAACAhzS2ovtTSf48yaLWLd+gk5I3j450&#10;f6F1CAAwgI7kO5IsbJ1BXzpvdEV3besIAACAk2FUBgAAwIMaX9F9UUp+L0lp3fJgSvJL4yu7r2zd&#10;AQAMlpL6gtYN9K9OyoWtGwAAAE6GURkAAAAPaGzFmm+tJe9OMtS65eHUmt/bPrLuha07AIDBUVOe&#10;37qB/lVLfVbrBgAAgJNhVAYAAMA32bFsw6kpnfckWdK65Rh1eql//IE1a0ZahwAA/e99q1Y9qiQb&#10;WnfQ1769dQAAAMDJMCoDAADgm9y75PDvJlnTuuM4nTF5tPMndQ7fqhMA6A9LegvPj+8pODlrxlc+&#10;/nGtIwAAAE6UURkAAAD3M7q8+x1JXtG644SUPG/7SPcHW2cAAP2tV6ee0bqB/lfq5MbWDQAAACfK&#10;qAwAAICv2ZoMlU7emj4+maOWvPnK9euXtu4AAPpXSZ7WuoH+N1V7T2ndAAAAcKKMygAAAPiapSPd&#10;lyR5UuuOk1KzbOG9vZ9onQEA9LGSDa0T6H/GiQAAQD8zKgMAAODrvb51wLSo9ee3Ll++pHUGANB/&#10;rtu4cUFS1rTuYACU8oTWCQAAACfKqAwAAIAkyfjIuS9IBuZUjjNPK0u+v3UEANB/vnjbnd0kC1p3&#10;MBBWb02GWkcAAACcCKMyAAAAkiS92nt564bpVEv+Y+sGAKD/DCdOKWO6LHr0mjXntI4AAAA4EUZl&#10;AAAAZLTbXVRK/kPrjulVn71t9eqVrSsAgP5Sa5a3bmBwTE2Vta0bAAAAToRRGQAAAOkc6Twnyamt&#10;O6bbUG/owtYNAECfqT2jMqZNrcVJZQAAQF8yKgMAACAp9XmtE2ZCrbm4dQMA0F9KytmtGxggNWe1&#10;TgAAADgRw60DAAAAaK/W3jOS0jpjJmxsHQAA9JlOTk9tHcGgqKU+pnUDAACDa7TbXZR7sqx2eo8d&#10;6gw9pvayLJ0sq7V2UusjOqUsfMAvrLkzKbf3Sr2tU+qX0xm6/ejh3HTpzTfcNstPgTnMqAwAAIAk&#10;5VtaF8yQlTuWbTj1glt33t06BADoD7XmtNYNDI5SyxmtGwAA6G/Xbdy44Jbb7nhiSZ6W5AmpWVFK&#10;RmqtIzmSx2UoKemk1nrf54a/+qeU8uCflylJUu/75bUkU70MDydjI917SrK3JgeSsremfi41/7Rg&#10;Qe+fL9y9e/+sPGHmDKMyAACAeW602z0tRzKob3Z1Dj3iSDe35h9bhwAAfcOojOnTKY9onQAAQP+o&#10;Sbl61bnr61R9Zkp9Zk023nrrHU8syf1OHKs1maE7TyypyeOTPP7fRmcpyeRkJ2Mj3btL8skkH03N&#10;R4eHp659wZ49X5qJCOYGozIAAIB5rt7bW1k6ndYZM6Yz5ZZDAMBxObV1AAOk1lNaJwAAMLddvXzN&#10;ul5naEsv9QXjyTPT650xM3uxk3ZqTZ6b5LkpydGpoYyNdCeS+sGacs3CqeEdL7jpn7/cOpLpY1QG&#10;AAAwz3WGO2ek17piBpUsa50AAPSPmgzNzfdv6E9GZQAA3N/WZGjpyJrn1ZRLk7JlKln3tVPB+k83&#10;Kd2S/PjRocne2Ej3H5Jcld7U+zYf3PPp1nGcHKMyAACAea70OsN1gFdltdz/aHgAgIdSkqHWDQyS&#10;4r8nAAByRdJ5+vLuc8pQLqs135PkMX06InsonSQbk2xMZ+iKsZHurqT+VWp97+YDuz/ROo7jZ1QG&#10;AAAwz9XaG+rXj8Edi1LrVOsGAKCf1E4G+ZsjZpnvRQEA5rP3j5y7ZrjU/1hrfVmSc1Ln1U8ba5Py&#10;cynl58ZGuv9UUv6kUzvvuujA529uHcaxMSoDAACY5zqdelevDvBLGbVzpHUCANA/asrRAf7OiFlX&#10;BvdIYAAAHtB1GzcuuPWWO1+cklckvefXvr2z5bR6Qk39zaky9WvjK7pX107v9z+2b/f4FRngW2gM&#10;AKMyAACAea5O5ZZ0WlfMnNLpfbF1AwDQP0rNIW/5MH3KZOsCAABmxzXnnHfG0aHJn771tjt+KiXL&#10;WvfMUUO1ZHNqZ/MzRtZ+YSzlDycnO79/6c033NY6jG9mVAYAADDP9RaXW8oAn+U1NVlvat0AAPSR&#10;kkOtExggJXe2TgAAYGZtX7v2rN7R8jOTmfyJJI9KbV3UL8rjkvzi8HDvZ0ZXdn9/6mjnd43L5pYB&#10;/iw6AAAAx2LLxMSdtWZ/644ZcvSUBb1BfW4AwAyoyd2tGxggtXdH6wQAAGbG+MrHP25sZN3bekfL&#10;gSSvr8mjWjf1qdNKzRuGh3s3jY2se9voOd3lrYO4j1EZAAAAKSX/2Lphhnzqgr17720dAQD0j5Lc&#10;0rqBQVL+pXUBAADT68r165eOjnR/odajn0vqjyVZ2LppQCxM6o+VoXx+bMXaX9mxbMOprYPmO6My&#10;AAAAUmv9eOuGmVBTr2vdAAD0l5Lc2rqBAVLK7a0TAACYHls3bFg4OtJ93cJ7pvaV5JeSPLJ104A6&#10;JaX813uXHN43OtJ93Wi3u6h10HxlVAYAAEDSKaOtE2ZCqWWsdQMA0F+qk8qYTr0cbJ0AAMDJG125&#10;9vlL7zz88ZL8RpJHt+6ZJ04vyW/kSK4bX3Huc1rHzEdGZQAAAOTj+yY+VZMvte6YZocmpw5d0zoC&#10;AOgvpZR9rRsYIGXqQOsEAABO3DWrVz9mbKT756WWD6bkKa175qOSPLGW3ofHVnTfPr58w+mte+YT&#10;ozIAAAByRdJLzbtad0yz0UtvvvlQ6wgAoL/U1D2tGxgcnbLgptYNAAAcv5qU8RXrXn50auhzSS5r&#10;3UNKSl5RO4c/N7qy+9LWMfOFURkAAABJkl7p/M8kvdYd06VXy1tbNwAA/WfyaOfG1g0MjHvu2Pf5&#10;/a0jAAA4PttWr145PtK9ppb6R3Gry7nmrFLzrrEV6/5q+9q1Z7WOGXRGZQAAACRJXrj/ht0pubp1&#10;xzTZueXAjX/bOgIA6D+X3nzDbUnuaN3BQJi4LJlqHQEAwLEbH1n3ms59p5M9v3ULD6HU7+odLTeM&#10;jaz9sdYpg8yoDAAAgK/pTfV+PgNwWlmpeWNJausOAKA/leRTrRsYAKV+tnUCAADHZseyDaeOjax9&#10;R03970mWtO7hmDwyKW8bW9F9+9bly/07mwFGZQAAAHzNJQd3fya1/p/WHSel5tqLD0z8desMAKB/&#10;1ZrPtG5gEHT+qXUBAAAPb/uKtU+895TD1yflZa1bOAElr1haFn/06uVr1rVOGTRGZQAAANzP8IL6&#10;M0nuat1xgiaT3qudUgYAnIxaqpPKOHm9+onWCQAAPLTRFWu/r1fKR1NzbusWTkLJU6Y6nevGV677&#10;ntYpg8SoDAAAgPu5cPfu/Un9z607TtCbNh/Y7c07AOCk1F69tnUDfa9379Dkx1pHAADwwLZu2LBw&#10;bGTd20op70lyausepsVptda/GBtZ+5Yr7KGmhX+IAAAAfJOP7d/19qRua91xnK6/a+miX28dAQD0&#10;v08c3L0zyR2tO+hfNdn1XXv3/mvrDgAAvtlot3va0rsOX5XUH2vdwkwor376iu47R7vdRa1L+p1R&#10;GQAAAN/kiqS3+J7F359SPt265Rgd7HUmX3jZzp1HWocAAP3viqSX1I+07qB/dZIPtW4AAOCbfWDN&#10;mpFyJB9JclHrFmZOKfmBciQfvOrsc89s3dLPjMoAAAB4QBfcuvPu2qvfndQvtG55GF9JyWWX7N37&#10;xdYhAMAgKUZlnLBay47WDQAA3N+2FWvOn5ws1yZ5UusWZsWzhod7f7v97LUrWof0K6MyAAAAHtSW&#10;AxO7Si/PTXJz65YH8eVO6nds3jfx0dYhAMCA6U2Ntk6gb/Ump8oHWkcAAPDvRld0L+qUzoeT8rjW&#10;Lcyq83rD5eNjy1c/uXVIPzIqAwAA4CFtOrhrolPrxUn2tW65n5JbaycvvHj/rutbpwAAg2fTwT2f&#10;ydwd1jOX1Xzm0ptvuK11BgAA99k+su7CUvK+JKe0bqGJx6Yz9IHRld1vaR3Sb4zKAAAAeFgXH9j1&#10;2dJb9LSkfLB1S5Kk5tqh3tBTt+yduLZ1CgAwmEpSS8146w760H1vWAIAMAeMr1z3Pb3U98egbL47&#10;q9R8aHRV99tah/QTozIAAACOyaaDO2+/a+nCLaWUX00y2SijlpI/mJw69J0XHfi8k0MAgBnV69S/&#10;aN1A/5kqZWvrBgAAkvHlazfVWv8sycLWLcwJp5Ve3j+++tyntA7pF6V1AAAAAP1nfPm5T6+d3h8k&#10;edqsXbSUT/d6+elLDtz4f2ftmgDAvLZ1w4aFp911+Es1eVTrFvpEyQ2b902sb50BADDfjS9fu6l2&#10;ypUxKOOb3dGrvRdccmD3da1D5jonlQEAAHDcNh284eOb9k+cX2v9/qR+foYvt7uWvOJj+278FoMy&#10;AGA2XbZz55Fa85etO+gn5Z2tCwAA5rvtI2s31k55TwzKeGCPLKXz/vePnLumdchcZ1QGAADACSlJ&#10;3XJg159/bP+uJ9RSt5SasSRT0/TwvSQ7UutLFu9fvn7Lvok/uuK+vwYAMKtK6byndQN9o5cy9K7W&#10;EQAA89nVy9es66WMJ3lk6xbmrpI8ZihTo9ecc94ZrVvmMre/BAAAYNpcdfa5Zw4PT12SlBcmeXaS&#10;xx7Hl/9LTf6u1IzVXv56y00TB2coEwDgmNWkjK/s/nNqzm3dwtxWkw9s2T9xUesOAID56prVqx9z&#10;dKpzbVJWNU6hf1zXOXzK8y7+0qe/0jpkLhpuHQAAAMDguPTmG25L8idf/SPbVq9eWSY739LplHNS&#10;c1aSRV/7xaVMppeDvU5vXykLPrd57z/vbRINAPAQSlLHat6R5NdbtzC3dUr549YNAADz1Wi3u2jy&#10;SLYmWdW6hb5yfm/RoXfU5PtKUlvHzDVOKgMAAAAAgIdw34kHQ/vy9QN5uJ/6hbuWLl512c6dR1qX&#10;AADMR2Mj3T9NcnnrDvrWGzbvn/BBom/QaR0AAAAAAABz2Qv27PlSkne27mDuKrX8vkEZAEAbYyvX&#10;/VwMyjg5bxpfue6S1hFzjZPKAICmRrvd04aO1HW90llZan1ETV2SUqZqr365k6EvpzM0sWnf577Q&#10;uhMAAID5bdvyNU/qdDqfitfV+Wb3dhbUlRfv2nVL6xCAkzH62O6yoUV1Xa9XziwpZ9TSW5DkcE35&#10;Su2VA0NZeOOmgztvb90J8PW2j6y7sJc6lmSodQt9719qzbduOTCxq3XIXOGHXwBgVl29fM263lC5&#10;uNby3CTPSnL2MXzZnUk+k1p3lE7+5swzH/WR86+//ujMlgIAAMD9jY10x5Nc3LqDuaa8dfP+G1/d&#10;ugLgeFyRdJ65cu239dJ5fmp9fpKnJnn0w35hya2p+WhqPlyGOx/ctOeGT810K8CD+ept6j+ZY3uv&#10;CY7Fx5cte+SzvQ95H6MyAGDGXXX2uWcuWDD1w7WWlyTZOA0P+eWk/GVN70+37N/1d9PweAAAAPCw&#10;to+s3dhL+US8ts6/O9TrTK69ZO/eL7YOATgW46vPfUqmei+ryWWZnhHGP9fk3QuGe3984e7d+6fh&#10;8QCOyRVJ5xkj665O6ne2bmGwlOQ3N+2feH3rjrnAD74AwIz5wJo1I5OT5WeT8ookj5ihy/x9TX5j&#10;y/6Jq2bo8QEAAOBrnFbG/ZT8z837Jl7ZOgPg4Wxbse65nU79L6m5ODPzHvHRkry7l/zmlv0T/zQD&#10;jw9wP2Mj3dcn+fXWHQykWpMXee/RqAwAmAE7lm049d4l9/5qUn4yyYLZuWr5SHqTr9x8cM+nZ+d6&#10;AAAAzEfblq97RqdTr23dwZxwdykLzt2073NfaB0C8GC2LV/zpE6n89+TPH+WLlmTvKseyc9u+eLE&#10;rbN0TWCe+er/2z6eZHHrFgZV/UJnQZ568a5dt7QuaanTOgAAGCzbVqw5/95TDl+flFdn1gZlSVKf&#10;nc7QJ8ZXdN+wNRmavesCAAAwn1xy8MaPpdR3t+6gvVLz6wZlwFxVkzK2ovvaTqfziczeoCy571CT&#10;y8vC+qnx5Ws3zeJ1gXlitNtd1Cmdd8agjBlVHtc7Wt7auqI1ozIAYNqMr1z7qk7pfCQ15zZKWFhL&#10;fnXpyNodH1izZqRRAwAAAAOuTpafT/KV1h00tW/R0OTvtI4AeCDXnHPeGeMj696fkjcnWdSmojyu&#10;dsq20ZXdX/UhYGA6lSP5xZQ8pXUH88JloyPdF7eOaMntLwGAk7Yjzxu+d+TgHyT5kdYt/65+odfp&#10;bLlk743/2LoEAACAwTM20v21JP+ldQdtlFJeumnfjX/WugPgG42tOm9VepNjSc5r3fLvymjn8JLL&#10;Lv7Spw2ygZOybdW6p3Z69RNJhlu3MG98sfQWbdh0cOftrUNacFIZAHBSti5fvuTekYN/lTk1KEuS&#10;8rhOr354dHn3O1qXAAAAMHgW37Po15Lsa93B7KvJBwzKgLlofKS7Ib2jf585NShLkrqlt+jQ31x1&#10;9rlnti4B+ldNylCvviUGZcyux9bOvb/WOqIVozIA4ISNdruLlnYWvz/Jpa1bHsRppZPRsZE1z24d&#10;AgAAwGC54Nadd5dSX56ktm5hVt29YLg3xz5YB5CMrV6/vpbsSMrjlwf+mQAAIABJREFUWrc8iKcP&#10;Dfd2vG/Vqke1DgH60/jK7n+syXNbdzAflR/dPrJ2Y+uKFozKAIATVo7k95M8v3XHwzglpfNXoyu6&#10;a1uHAAAAMFg27du1I8l7W3cwe2rypgt3797fugPg611zznlnZGrq/alZ1rrloZTkiYvr8Lt35HlO&#10;GQKOy/jyDaen5rdadzBvdXopb7tiHm6s5t0TBgCmx/jIutdkzt3y8kHULEvJ/7nq7LNPaZ0CAADA&#10;YOksqD9dky+17mBW/N3d+yd+u3UEwNfbmgwdHZp8b5Ju65ZjUrPp8MhBwxDguNTOva9P8ujWHcxr&#10;G58xsvby1hGzzagMADhu46vPfUpN/Y3WHcejJE9csOAUL/wCAAAwrS7eteuW9PJ9SaZatzCj/qVO&#10;5fsv8+8ZmGOWrlz32iQXtO44HjV5zdjKNVtadwD9YfvZa1ck5VWtOyApb5pvB1gYlQEAx2VHnjdc&#10;p3r/O8ni1i3Hq9b85PaRdRe27gAAAGCwbDk48eGSvLV1BzOnlvz0lpsmDrbuAPh6oyPdJ6TWN7Xu&#10;OAEltfOOD6xZ88jWIcDcV4fLm5Isad0BSZYPL3jEK1tHzCajMgDguBxeefDHk2xo3XGieqn/c8eq&#10;VX03iAMAAGBu6y3M60vJx1p3MP1q6lu27Jv43607AL5eTUpJ/X+TLGzdcoLOOnq0899aRwBz27bl&#10;a55Uk3l3y0HmrlLrG963atWjWnfMFqMyAOCYbX/Mkx9Rk19s3XGSuvf0hn60dQQAAACDZcvExOHh&#10;ztSLktzUuoVpdfXH9+96besIgG909ci6S5LynNYdJ6OUvOoDa9aMtO4A5q7O0NAbkpTWHfBvavKo&#10;xb3h17TumC1GZQDAMZta/JWfTM2y1h0nq6S8brTbXdS6AwAAgMHygj17vpROfjDJZOsWpsXNvc7k&#10;D1+R9FqHAHyjXuognPK1aGqq8/rWEcDcdPXyNetS6/e27oAH8Jr5cgtnozIA4Jhct3HjglLLq1t3&#10;TJNzypH6/a0jAAAAGDyb9058KLVenqS2buHEleRfS3LRJXv3frF1C8A3Gh1Z+6wkT2/dMR1qzctG&#10;H9vt+w8yA9NvqjP0xiRDrTvgATx6crLzk60jZoNRGQBwTG655V8vSbKidcf0KT/eugAAAIDBtPnA&#10;rvckeWPrDk7Y4drJd23aP7GzdQjAAymD9drmks6i+kOtI4C55b5b49aXtu6Ah/AzW5cvX9I6YqYZ&#10;lQEAx6SkM2g/2D9zbPX69a0jAAAAGEyb9k/8RpK3t+7g+JWSV23eO/Gh1h0AD2THsg2nJvnu1h3T&#10;qfbK5a0bgLllarLzU0mGW3fAQzjrtLLkh1tHzDSjMgDgYe1YtWpxSt3cumO6lanei1o3AAAAMJhK&#10;Uu/aP/ETKfXdrVs4drXW/7pp34QxIDBnHT7lyMVJHtG6Y1qVPOX9I+euaZ0BzA1bly9fUpNXtO6A&#10;h1NLfc0VA767GugnBwBMj3t7nWclWdy6Y7rV1O9s3QAAAMDguiyZumvfrstrzZ+1buEY1PzslgO7&#10;frV1BsBDG8zXNIcy9YLWDcDcsLSz6PIkZ7bugGNw3tNXdAf69y+jMgDgYZV0ntu6YYY8c0ee5/hk&#10;AAAAZsxlydTdpy16eZIrW7fw4Eryy5sPTPxO6w6Ah1NrvqN1w8wog/oaNHDcyqtaF8CxKik/0bph&#10;JhmVAQAPqyZPbd0wQ5beM3Lw3NYRAAAADLbLdu48smzZI7/XrTDnrF/atH/iF1tHADycHcs2nJrk&#10;8a07ZsigvgYNHIfxld2nJXlS6w44ZqVeevWK9We3zpgpRmUAwMMrOa91woyp1agMAACAGXf+9dcf&#10;vWvfrsuTvL11C18zmdQf37x/4orWIQDH4tAjjnSTlNYdM6S7NRlqHQG01evl5a0b4DgNT5WpH2od&#10;MVOMygCAh1STkprVrTtmSqeTta0bAAAAmB8uS6Y275/40ZLyn5JMte6Z5+6opV68ef+uP2wdAnCs&#10;Sq92WzfMoEWPXrPmnNYRQDtbN2xYWEq+v3UHnIDLWwfMFKMyAOAh/fX69acmWdC6Y6b0Uk5v3QAA&#10;AMD8smn/jW8ppXxfkkOtW+apm1J7F27Zt+tvWocAHI+SOtCvZR7pDQ308wMe2ql3Hb44yZmtO+AE&#10;PGFs+eont46YCUZlAMBDWnD31CNbN8yoXk5rnQAAAMD8s2nfjX9ZS56dZE/rlnml5MMLhqY2bj6w&#10;+xOtUwCOWy2ntk6YSWWyDvZr0cBDKsn3tm6AE1U7nZe2bpgJRmUAwEMqC4aHWzfMpFLKwtYNAAAA&#10;zE9b9k38w5ElQ08pyZ+3bpkHejV5/aZ9Exe8YM+eL7WOATghJYtaJ8yk0ukN9GvRwIPbumHDwpJc&#10;2roDTlRJeUlNSuuO6eY3ZvrG1mTotJXdpyT123s13U4pK2vN2UkekWRJkqTmrpR8Jak3JOWGTspn&#10;OsNTf3vh7t13NI0H6GOdoaOHer2B+x7o35V6d+sEAAAA5q8Xff7zd9XkJWMj3f+fvTsPr7su8z7+&#10;uX8naUppAZG1ZKM5KUuHooKCK1SBLKU6bhV5BkcdF9xxwX2p2zjo8ziKM+OGOu5QVyhNUmBscS0I&#10;LjgF2py0yUlakSJQWtps53c/f+AuS5qck/ss79d19VKRnt87F21pTz75fn9p0gck8cVPxWbaKdmF&#10;3UP9341OAYCZcPkeq77PV/+JJ8n90Q0AYhy0e+JpLh0S3QHMQFNf06JTVWUnIjMqQ1lbvWTJnIPu&#10;G+ty0/kmneOuQ6QHfrvs/iDf4U+/j7YnSVIqVzqZFHqb238h+XeTSf96x46B4dnqB4BqMOe+uXtH&#10;DxiLzigZT503KgAAAAAAoUxy5XOX9DYe26sk8yVJj4tuqiJX1SeFV3A6GYBqkHiyx+3BPkFWHWyy&#10;sDe6AUAMt/TZqt5f3lArLFkuqapGZVx/ibLU13LC0b3N2Y8s2D32Wzd9X9LKGSyTM5I/XtJH0job&#10;7G3OruttynZU49GDAFAKy3Zu2iPp7uiOUjFLtkc3AAAAAAAgSV0j226Zm288zd3fLal6v8Jrdtxj&#10;bi/tyueexaAMQNXw9LfRCaVkmjcS3QAgiGt5dAJQBOdGBxQbozKUlZ6jsof3tWT/y31im6S3Szq0&#10;yI9IJJ0jU19fS/uvepqy5xT59QGgWuWiA0rFLe2PbgAAAAAA4I+WacNk9/DAhxP3UyWrqq9ynyUu&#10;2ZeTej++c7j/S9ExAFBMhfr0tuiGErqrc2RT1X5xM4CH1tfYlpXUEt0BFMHj1ra2HhUdUUyMylAW&#10;VklJb1P2TTZH/e56laSGkj/UfamZ1vW2tH+z2n5iA0AJbI4OKJlJ2xKdAAAAAADA3+oYHvjf3fn+&#10;J8r0Mkmcsj01vzFPzujK97+4Y2DgzugYACi2n2/bNixpX3RHiVTve9AAHpYnyTOiG4AisUxad3Z0&#10;RDExKkO4dS3HHXtac/ZnMv0/SQfPeoD7eUlad3tvU9t5s/5sAKgQLv9RdEOJbOvenuNIdQAAAABA&#10;WVopFbqGcl/YvaBhkeSvlGlndFOZGpC0sjOfO7lzeEu1vocBAFolpZL9NLqjRPj1G6hVro7oBKBY&#10;XP706IZiYlSGUGsb209LvbBR0hOCUw6W2Td6m7MfccmCWwCg7HjBr49uKAVzrY9uAAAAAADgkazc&#10;tGm8Kz/wufqkcJKZPi1pPLqpHJh0r0tv352OntSVz33LJI9uAoBSc0+r8j1NN/9hdAOA2eeSyfyp&#10;0R1A0Zg9KTqhmBiVIUxPU9sLksSvl3REdMsfmKS397W0f+OmU06pj44BgHLSvX1rv6Sh6I5iS+XX&#10;RDcAAAAAADBVZ23b9rvOodyrfVyNLr1d0o7opiCbXP7P6Rwd1Z3PXbJyZKRar4IDgL/jnlwX3VAC&#10;+ybm1v04OgLA7Os5ZlG7pMOiO4CicS3uaznh6OiMYmFUhhA9zdkVZvY1SQ3RLX/H/bydO3d9bbWU&#10;iU4BgHJhkrv7V6I7imzXAZnCldERAAAAAADsr+47cju787lL5u5rOE6yN0jaGt00C1ym62X23N35&#10;3Mnd+YGvdOdyY9FRADDblo/03yDp9uiOojK78lmbN++OzgAw+zKZ5LToBqDYUp94cnRDsTAqw6zr&#10;bcp2mPRtSXXRLQ9j5YLm7H9zFSYA/FmaJN+MbiiyNcsGB0ejIwAAAAAAmK5lOzft6cr3X7o7n1ss&#10;17Nc+o6kahta3SXTx5MkObFrKHdm11D/d1dKhegoAAh2eXRAMVnqVfXxAJg6lz0+ugEoPq+aH9eM&#10;yjCreluPb5XpG5LmRLdMwT+ta2l7U3QEAJSLc4f6bzNXb3RHkbhlkv8bHQEAAAAAQDGslApdw7mr&#10;uvO55xU0frS5vUrSTyV5dNs03S/pW5JW+hw1dg3l3twxuKW6TuUBgBmozxQ+I6k6rv41bblvOHd1&#10;dAaAKM5JZag6Jjs5uqFYOIUJs2bNwoXz6urmbZR0UnTLfph0+Znd+YGfRIcAQDnoa1r8VLf0h9Ed&#10;M+dru/ID50ZXAAAAAABQSj1N2TaZd5vsLElnSDo4uulh7DDpOjf//u7CWN/KkZHqGEsAQIn0NGU/&#10;ZabXRnfMlJv+pXso98XoDgCzb5WUnNac3SPpgOgWoKhMO7uGckdEZxQDozLMmp7mtktM9tbojmkY&#10;mJzcu3TFjh17o0MAoBz0tmQ3yHVGdMcMuCd6UvdgbmN0CAAAAAAAs2W9zqzb1zpyqrmdJU/PMNmp&#10;Lh0SmDQk6QZzW+91yfqubZs3B7YAQMXpbT2+VenkbZLmRrfMwFafoxO7c7lqu7oZwBT0NGXbzJSL&#10;7gBKIU0mj14+OHhHdMdM1UUHoDb0Hbv4ZC+klXqVZFt93bz3Snp7dAgAlIN0Mn1FkklukdQQ3TId&#10;Lv9s9+AAgzIAAAAAQE1Zpg2TGtRGSRslfUiS+hrbsqnpFDOdItkpko6TdKSK+7mDXZJyJuVS6Vaz&#10;9CYfS37efUduZxGfAQA1p2vw9sG+puwH3fTh6JbpSmQXduT6GZQBtcp0YnQCUCqZdM4/SGJUBkxF&#10;Wkg/ZhX8482li/oa2y7rHBlgKQ2g5i3fvnVLT1P2P8z05uiWabhL4/be6AgAAAAAAMrBH97vzEm6&#10;4o9/bbWUOaTpuCNT90ZZerQSb0rdDjTpEMnnSTZPf3GNpkn7XDYqacxMO1P59ozbnZNeuMMmkiHG&#10;YwBQOg2ZyY+PpnUvkZSNbpmGKzvy/ddGRwCIY9I/RDcApeKeLpZ0XXTHTFXsyAeVo6+lbZm7zo7u&#10;mKEGT+x9ki6IDgGAcnDEEQe/Y+fOXadLenJ0y34omPnKrjsGeDMbAAAAAICHsFIqaHjzDkk7olsA&#10;AA9v2eDg6NrGRc9JkmSjpHnRPfthW0HjL4mOABDLTe3m0RVAiZi3RicUQxIdgOrnbu+JbiiS83pb&#10;j2+NjgCAcnDqzTdPuOufTbo3umWq3PWJzqGB9dEdAAAAAAAAAFAsy0e2/sZdb4nu2A/jifk/nZvP&#10;3xMdAiCWuTdFNwAl42qLTigGRmUoqZ7m7ImSlkV3FEmdpxOvio4AgHLRPZwbUJp0SNoT3fJITLri&#10;xuHcW6M7AAAAAAAAAKDYuodznzbpkuiOKSjI9fyOoYGfRocAKAuMylC9zI6NTigGRmUoKZO/OLqh&#10;mEy6YLWUie4AgHLRObLlRne/QNJkdMtDMl3fkEy+eJWURqcAAAAAAAAAQClszOfeKenr0R0Px2Rv&#10;7hrOXRXdAaBc2DHRBUDJmBqjE4qBURlKxiWT7LzojuKyow9qaXtadAUAlJPu4YHvu3mHpPuiW/6O&#10;2eVer45lg4Oj0SkAAAAAAAAAUCqrpLQzn7tAbv83uuVBTJj0os58/yejQwCUh++1th4iaX50B1Ay&#10;rkNXVcEmq+I/AJSvvsZjT1IVHlmZprY8ugEAyk330MAPPFGHpDuiW/7ITJ+eO3TMBd253Fh0CwAA&#10;AAAAAACUmkneNdx/saRVkjw454/uk+t5nfncV6NDAJSPAyeTw6MbgBLLnLJw8aHRETPFqAylY5mz&#10;ohNKwUxnRDcAQDnqHsxtrKtLjzfpisgOk+5192d3DuVevUwbyvdaTgAAAAAAAAAoga587v2eapmk&#10;7bEl/qNk0v+BKy8B/K2C6ZDoBqDUrN4rfjzJqAylY3pidEKJPGbNwoXzoiMAoBydvXXrro587oXm&#10;9ipJd896gOn6VHpy9/DA92f92QAAAAAAAABQJrpHctenyeSpQV8EvFdm79m9YO5ZHTsGhgOeD6DM&#10;JZZhVIaql/HCo6MbZopRGUrpxOiAEqlL5hy4ODoCAMqVSd453P+Z+kLdYjN9WtL4LDx2m9zO7xzK&#10;LevO526dhecBAAAAAAAAQFlbPjh4R2c+d56bP8OkX83CI1OTrkgzhRO7hvo/tHLTptl4bxhABUrl&#10;jMpQ9dyTij+siFEZSmK1lJHUFt1RKhmv3o8NAIrlrO23/75zKPfqyTRZZNInJO0uwWN+Kmnl7nyu&#10;vWu4/5smeQmeAQAAAAAAAAAVq3to4Aed+dxjE9k5kq6RlBb5EWOSfTlJkiWd+dx5y7dtGyry6wOo&#10;Mm5aEN0AlJpJc6MbZqouOgDVaf5R2UMlNUR3lIqn3hzdAACVYsXIlu2S3ri6sfGd863hmWZ2vqSn&#10;S5o/zZe81d2/Y3V1X+/atnlz8UoBAABKyyVb29x8SH19ff3ERGa+JCWFdHxifmbXszZvLsUAHwAA&#10;AAD+pCPff62ka9ctbGsq1Nn5Jq2U9BhN7yCSUcl+IvNvjtrkd549OHhvcWsBVDNzq+ecAFQ7M0Zl&#10;wINK6vxgl0VnlI7poOgEAKg0K0dG9km6QtIV63Vm3b7WkVMT9yfL7Th3tcvUJOlA/WmU7Ltctsfc&#10;t8hsi9x/nWYKG5YPDt4R91EAAAA8tFVS8vjGRUsySXKCS2164JTrNpcWmamxT0oyktIJKfPHgwEy&#10;0px9BfU2ZwuSdkm6V/LtJrtd5ptdflvB626/Kb9lcFXxTxMAAAAAUIM6dgwMS7pE0iVXNzc/KuNz&#10;nuryUxOzxS4tlnSwpEMkmaQJSXsk3eGmzebqV6KfzdXkxmWDg6NxHwWAiuaeqeY5ASBJqZxRGfBg&#10;0owtsKoeFvuB0QUAUMmWacOkBrVR0sboFgAAgOlaf/iS+fvmjT4hUfJklz9JridKOvhPfxy2v/qP&#10;R5KRdOgD32yRS0+VmyRTRqlOa87u7TX90OTXKclc17Ftyy1c/Q0AAABgps7N5++RdNUfvgHArLDE&#10;E3dWZahu5sl0TgItK4zKUBquseiE0rJCdAEAAAAAYPatP3zJ/NG54ytk/oJRjXWaW4PPzrZrnlyd&#10;LutUIVVfc/bOXrMfKNVVczMT3+OEAAAAAAAAUDE8yfC1cqh2nvhEdMNMMSpDSXimcL8VMtEZJWOu&#10;3dENAAAAAIDZsVrKzG9qW2Fm549qbLmkedFNko6Q+3kynTeW1t3b09x2uRL7cvdgjpNgAQAAAABA&#10;eTOfZFOGape4GJUBD2aO2b2T0RGllGhXdAIAAAAAoLTWHbn0wELD/S812UWSFkX3PBSXDjHZhUp1&#10;YV9z9jZ3fX6ysPezK3bs2BvdBgAAAAAA8HdS2ytjVYbq5lb5J5VV/P2dKE9nb926S6ad0R0lU/CB&#10;6AQAAAAAQGmsbW09qrc5+69pw968yS5VGQ/K/pZLJ8j08bq6eQM9zdmLVjc2HhDdBAAAAAAA8JdS&#10;pXwhHKqeKRmPbpgpRmUoHVcuOqFUJpPMlugGAAAAAEBxfa+19ZDe5rZPJmldXtI7JB0a3TQDR5n0&#10;7wuSucO9zdlVPdnsQdFBAAAAAAAAkiQzRmWoeu6Fir8Bj1EZSsZdN0c3lMh9e/NbhqIjAAAAAADF&#10;sVrK9LZk/2VumrlVstdLqo9uKqJHS3qfjeuXvU3ZjugYAAAAAAAAmd8fnQCUmim5J7phphiVoWQs&#10;8R9EN5TIhpVSIToCAAAAADBz61ranrSgpf0Xcl0m2dHRPSW0SKa+3ubs19a1tR0RHQMAAAAAAGpX&#10;JtWd0Q1AqSWeYVQGPBQfsx9LSqM7is61IToBAAAAADAzN51ySn1vU9sHU7cfyn1pdM8s+j/phN3W&#10;19T+EpcsOgYAAAAAANSewoT9LroBKLV7/X5GZcBD6b4jt9Ol/4nuKLLCpCeroyMAAAAAANO3trX9&#10;MTt37vqlzN4tKRPdE+BQN//iuqbs2r7GJYdGxwAAAAAAgNpy4x2534vbwVDddq8cGdkXHTFTjMpQ&#10;UonbN6Mbiuz6FSNbtkdHAAAAAACmp68l+7Ik9Z9IWhLdEs1NXZ4Z+9naxkUnRbcAAAAAAIDasUpK&#10;JecKTFQtl4aiG4qBURlKKlNf+K6k+6I7ise/El0AAAAAANh/N51ySn1vc/bz7vq8pHnRPWXDtThJ&#10;kp/3Nbe/IToFAAAAAADUkmQkugAoFZPloxuKgVEZSursrVt3uek/ojuKZOjwww/5RnQEAAAAAGD/&#10;rD98yfydO3d9R9LLolvKVIPLP9Hb3PZRlyw6BgAAAAAA1ABLc9EJQKmYOSeVAVORqP4/JFX8XbFy&#10;XXrqzTdPRGcAAAAAAKaut/X41tEDxjZKWhHdUv7s4t6m7NfW68y66BIAAAAAAFDdTMnW6AagVFLn&#10;+ktgSjqHbvutu384umOGbt99UEO1nLgGAAAAADVh3cK2JqUT6yUtiW6pFGY6f6x55AurpUx0CwAA&#10;AAAAqF7uaX90A1BCt0YHFAOjMsyKPQfN/ZhMW6I7psk91YUrN20ajw4BAAAAAEzNtYsWNRcy9mPJ&#10;WoNTKo5LL1rQ3Hbl6sbGA6JbAAAAAABAtfKB6AKgVJLUb4tuKAZGZZgVKzdtGjf5hZIK0S37y6Sv&#10;do/kro/uAAAAAABMzdXNzY+aLGTWmKk5uqVy2fL5Nvcylyy6BAAAAAAAVJ/xA+p/LSmN7gBK4P6N&#10;IwNVcb0rozLMms6hgfUuvSu6Y7+4ft2QTL4yOgMAAAAAMDVXHnfcgjqb0yv3pdEtlc5M5/c1tX0g&#10;ugMAAAAAAFSfZ23evNslTitDNdq8qkoGk4zKMKtuzOc+JunK6I4pui/19IJlg4Oj0SEAAAAAgEe2&#10;WsrM2Tf5XXedFt1SNcze3deSfU10BgAAAAAAqEq3RAcAxeamX0c3FAujMsyqVVI6N5k8T7IfR7c8&#10;gvs9Ucfyka2/iQ4BAAAAAEzNgqa2VZKdFd1Rbdz1yZ7m7IroDgAAAAAAUGXcfxmdABSbuW+MbigW&#10;RmWYdcsGB0d93J8j6ebolocwKtf53YO5qvmJDgAAAADVrqelrUtm74zuqFIZk/6755hsY3QIAAAA&#10;AACoHkmin0Y3AMWWePX8uGZUhhDdd+R2+hw9WdK3o1v+xp2WJmd0Deeuig4BAAAAAExNT3P2RHO7&#10;QrzPUUqHWkaXr5Yy0SEAAAAAAKA63FcY2yhpPLoDKKJdPxseuDU6olh4sxVhunO5sbn5xhdK+oik&#10;NLpH0qaC2ZmdI1tujA4BAAAAAEzNep1ZZ9JXJC2IbqkBT57fnH1LdAQAAAAAAKgOK0dG9pmJKzBR&#10;Rfznq8pj/1IUjMoQapk2THblc++U0nMkDQdluMs/szsdffy5Q/23BTUAAAAAAKZhX9Pw2ySdEt1R&#10;K0z6UG9L9onRHQAAAAAAoDqk7tdHNwDFYkqujW4oJkZlKAtd+a3/MzeZXCzp/ZLGZu3BpuvNdGp3&#10;fuBVK0dG9s3acwEAAAAAM9bTlG0zs3dGd9SYOrl/qSebbYgOAQAAAAAAlc+MURmqR8ELP4huKCZG&#10;ZSgbywYHR7vyuVXKZE6WdJlKOS4zu8WkF3QO5ZZ1DuV+UbLnAAAAAABKwiVLTF+UNC+6pfbYcRpz&#10;rsEEAAAAAAAz5vXJ/0jaE90BFMGd3cNbb46OKCaLDgAeSl/LCUenmnituc6TtKgILzkuqTeRXXZO&#10;vn+tSV6E1wQAAAAABOhran+Jm38xuqOG3Zcmk8ctHxy8IzoEKLW1xx7bkplITvBEzXI70E1z/vj/&#10;Jeb3p6ltySSZ/p8NbR5aJaWBqQAAAABQkXqbs1dKemZ0BzAjZpd3DfW/MDqjmBiVoSL0tGQfa6k/&#10;R2ZPknSypEdP4buNSXaLmd/kqd1oPueqzpFNd5c4FQAAAABQYusPXzJ/9ICxbZIOi26pcV/tyude&#10;FB0BFNvVLe0nJO4dJjtb8qdIOmiK33WXTD+T7CdpoXDl8pGtvyllJwAAAABUi56m7KvM9F/RHcBM&#10;mPSiznzuq9EdxcSoDBXpmqbjFhYyhcWe6jC5DpfpIJPtM9Nd7oXfpanuPPLIR91+6s03T0S3AgAA&#10;AACKq6+5/a0uvyS6A3IpfVpXfuuPo0OAmbryuOMWzNmXni/5SyU9oUgve6ukr9YX6j5/1vbbf1+k&#10;1wQAAACAqrNuYVtTWmdDYsOCyjVeV5cecfbWrbuiQ4qJn5AAAAAAAKBirDty6YGFhr0DJh0Z3QJJ&#10;pr6uoVxXdAYwXdcuWnRwoZB5vbu/QVM7GX869kr+1YzXfeCc4c07SvQMAAAAAKhovc1tP5TsqdEd&#10;wDRd1ZXPPSs6otiS6AAAAAAAAICpKsy5/yIGZWXE1bm2tf0x0RnA/lolJb3Nba+YnEy2uvsHVLpB&#10;mSTNk+yVBSts7mlqe1dPNttQwmcBAAAAQGVyuzw6AZgul38nuqEUGJUBAAAAAICKsP7wJfPN7KLo&#10;Dvw1c399dAOwP3qasm2nNWV/ItlnJR06i4+eb2YfsnH9vLfx2KWz+FwAAAAAKHtpZvK7kgrRHcA0&#10;jKWaWBMdUQqMygAAAAAAQEUYPWD0fEmHRXfgr5nrn9YtbGuK7gCmoqc5uyIx3STT6YEZJynJ3NjT&#10;lH1VYAMAAAAAlJXlg4N3SLYhugOYhivPzefviY4oBUZlAAAAAACgQiQXRBfgQdUX6u3C6AjgkfQ1&#10;t7/BpCtdOiS6RVKDmf6rp7ntE6ulTHQMAAAAAJQDk38uugFPNQsDAAAgAElEQVTYX6bk89ENpcKo&#10;DAAAAAAAlL2rW9pPkPwp0R14cOZ6KcMYlLO+lvb3uPwTkiy65S+Z7A0HNWe/zs8fAAAAAJDuW9Dw&#10;fUl3RncA+2FoY37LD6IjSoVRGQAAAAAAKHuJpy+ObsDDOmp+S9sZ0RHAg+lraX+Pu38guuOhuPSC&#10;+c3ZK9brzLroFgAAAACItHLTpnF3fTW6A5gy96+uktLojFJhVAYAAAAAAMraA0ML++foDjw88+QF&#10;0Q3A3+praT/f3d8f3fFITHruaPNI2Q7fAAAAAGC2WF3m85I8ugOYgglP7bPREaXEqAwAAAAAAJS1&#10;saYdTzTpyOgOPBL/R05aQjlZ29r+GHf/osrsysuH8Y6e5rYXRUcAAAAAQKSubZs3S1oT3QFMweru&#10;7bmR6IhSYlQGAAAAAADKW+Id0QmYkiP2NY08PToCkKSebLYhKfh/S2qIbtkfJvtUzzHZxugOAAAA&#10;AAiV6N+jE4BHZPrP6IRSY1QGAAAAAADKmrt3RTdgasx8eXQDIEk2rnfIdHJ0xzQclNTpU9ERAAAA&#10;ABCpazC3QdKN0R3Aw7ixayj3s+iIUmNUBgAAAAAAyta6trYjJD02ugNTZU+JLgDWLWxrknRxdMd0&#10;uesfe5uyz4zuAAAAAIBIZvbR6Abgobj7R6IbZgOjMgAAAAAAULZ8MjlLkkV3YMpOvnbRooOjI1Db&#10;0jr7V0nzojtmxPShVbx3CwAAAKCGdQz1f1fSL6I7gL9nP+8eHvh+dMVs4I0JAAAAAABQttx1RnQD&#10;9ktmYiI5LToCtaunKdsm6YXRHUVw0unN2edFRwAAAABAFJPczN4b3QH8LZd/MLphtjAqAwAAAAAA&#10;5ct9aXQC9k+S2NOiG1C7EtPbJGWiO4rBK/gKTwAAAAAoho6h/h5JN0Z3AH9idktXPnd1dMZsYVQG&#10;AAAAAADKkksm0wnRHdhPqT8uOgG1ad2RSw906fzojiI6ta85uyQ6AgAAAACimOSJ7N3RHcCfFd5h&#10;kkdXzBZGZQAAAAAAoCxdt2hRk6SDozuwf9zUHt2A2uQNe5dLOjC6o5jc7cXRDQAAAAAQqSPff62k&#10;q6I7AMnXdg1t7YmumE2MygAAAAAAQFmaLOgfohswLS3rdWZddARqj0vPj24oOvPu6AQAAAAAiOau&#10;N0kai+5ATZtIksxboiNmG6MyAAAAAABQlkzG1ZeVqX609Y7G6AjUllUPvM/5jOiOEjjx2kWLmqMj&#10;AAAAACBS93BuQPLPRnegltmXOga33B5dMdsYlQEAAAAAgLKUpnZ0dAOmx9I0G92A2vLE1sWLJT0q&#10;uqMUCoXMU6IbAAAAACCapXPfL+mu6A7UINPO+kLmndEZERiVAQAAAACA8pTo0OgETI9b2hLdgNpS&#10;SAtPiG4oFXfnKmAAAAAANa9zZNPdJr0mugO1x1N/3Vnbb/99dEcERmUAAAAAAKAsmTMqq1TuWhDd&#10;gBrjqubT8ZZEBwAAAABAOejM51ab6fvRHagpa7qHB66IjojCqAwAAAAAAJQpZ1RWoUw6ILoBtcXM&#10;WqMbSsWk5ugGAAAAACgXmUz6Bkm7oztQE/a6643REZEYlQEAAAAAgLLkskdFN2B63J1RGWbbEdEB&#10;peLSwdENAAAAAFAuzt66Ne+ut0V3oPq56y3dw7mB6I5IjMoAAAAAAEBZ4rSrSmbzogtQY0xzoxNK&#10;iFEZAAAAAPyF7uHcp02q2SsJMSu+1T2c+3R0RDRGZQAAAAAAoFyNRgdgeixhEIhZlqohOqGEPDoA&#10;AAAAAMrNvmTyQnfloztQjfy3k5PJq6MrygGjMgAAAAAAUK4YlVUoc41HN6C2uGl3dEOpuOv+6AYA&#10;AAAAKDfPHhy8N2P2MklpdAuqSirzl63YseWu6JBywKgMAAAAAACUK0ZlFcqlXdENqC0m3RPdUCpm&#10;2hPdAAAAAADlqCPff62ZrYruQFX5QNfQ1p7oiHLBqAwAAAAAAJQpY1RWoVy6N7oBtcZ+F11QOr4t&#10;ugAAAAAAylXHUP+H5Pa96A5UAVPfDfncB6MzygmjMgAAAAAAUKZ8b3QBpidx46QyzLZN0QGlYrL+&#10;6AYAAAAAKFcmeX2aebmkoegWVDL/bX1SePEqrlP9K4zKAAAAAABAWXLnzcBKlSqt2qsIUZ7M7dbo&#10;hpKx6h3MAQAAAEAxnLX99t8n8udK4gsUMR175f6ss7Ztq+JT0KeHURkAAAAAAChLSeKD0Q2YHjO/&#10;K7oBtaVhtP6XksajO0rBLPlxdAMAAAAAlLuO/MDNlvpzJU1Gt6CiTFrqz+0a3vrz6JByxKgMAAAA&#10;AACUJZe2Rjdgegqa5GQlzKplOzftkfST6I4SuPOcwS2boyMAAAAAoBJ0jgz0yXRhdAcqh5le1Tky&#10;0BfdUa4YlQEAAAAAgLKUWrItugHTcse5+TzXX2LWubQuuqEErjLJoyMAAAAAoFJ0DeW+4PKPRneg&#10;Apg+3jmUuyw6o5wxKgMAAAAAAGVpXBOD0Q2YltuiA1CbCmnyNUmF6I5iMvNvRDcAAAAAQKXpzg+8&#10;TaZ/j+5AGTN9vGso9+bojHLHqAwAAAAAAJSlZw8O3ispF92B/eMurr5EiBUjW7ZLtiG6o4iG7xsa&#10;+GF0BAAAAABUos6h3Jvl+kJ0B8rSZZ1DubdER1QCRmUAAAAAAKBsmfTT6AbsH+OkMgRy+WeiG4rF&#10;zS9dWWUnrwEAAADAbDHJDz/i4Fe5dHV0C8qHmb5/+OEHv9okj26pBIzKAAAAAABA+TL9KDoB+yeR&#10;c7ISwtyYz31XqorT8u4bs8Jl0REAAAAAUMlOvfnmiQOSyedLWhPdgngmXXHYYQevPPXmmyeiWyoF&#10;ozIAAAAAAFC2JmU/iW7AftlxzvBANQx6UKFWSam7fzC6Y6ZM9uE/XAEMAAAAAJiBZYODo7vzuWdz&#10;FWat80s78rkXMijbP4zKAAAAAABA2Vo+1H+7TDujOzA1Jl3H9QGI1j08cIXk10V3zMBvGvLHfDw6&#10;AgAAAACqxUqpcMNw7hWSfS66BQFc/9mZH7iI96z2H6MyAAAAAABQtkxyc/0gugNT43L+WaEsFCx5&#10;vaTx6I5pSFO31y7ThsnoEAAAAACoJquktDPff+EfTrdmXFQbXNI7u4Zzr2VQNj2MygAAAAAAQFlL&#10;3S+PbsCUeH0m7YuOACTp3KH+28z8ndEd0/DR5cP9P4yOAAAAAIBqZJJ3Dw+818yeL2lfdA9Kaq+7&#10;P6crn/tIdEglY1QGAAAAAADK2h4fWydpT3QHHtEvz9q27XfREcAfdQwNfFzS6uiOqTLph7sXNLwv&#10;ugMAAAAAql3nUP93lKhb0t3RLSiJu5VoeffwwPejQyodozIAAAAAAFDWVo6M7JPEm0Blzsy/FN0A&#10;/CWTfO6+hn8x0w3RLY/EpNsmNf6PKzdtqsQrOwEAAACg4nQN5jZk0vR0l/43ugVF9YvEMqd2DeY2&#10;RIdUA0ZlAAAAAACg7HkFnTZUo8ZUmPuN6Ajgby3buWnPPpvslPSL6JaHMZCpSzvPzefviQ4BAAAA&#10;gFpyzsjWfs3RqZIui27BzJl0ydx842kdQ5u3RbdUC4sOAAAAAAAAeCTrW1vnjnpdXq7Do1vwINy+&#10;1zXc/5zoDOCh9DUuOdSTsaskPTm65S+ZdFvimbPOGd68I7oFAAAAAGpZT3P2IpM+Kqk+ugX77X4z&#10;XdQ5lGMcWGScVAYAAAAAAMressHBUbn+M7oDD865+hJlrnNk091zk8mzJH0ruuUvXFNXqHsqgzIA&#10;AAAAiNedz33CpMea9KvoFuwH14Y0U1jCoKw0OKkMAAAAAABUhKubmx+V0Zy8pPnRLfgzl/63K59b&#10;apJHtwCPxCXrbc6+waR/k9QQlFEw6cMb87n3r5LSoAYAAAAAwINY39o6dyytW+XSxeKgpnI2ZrK3&#10;deT7L+U9qdJhVAYAAAAAACpGb3P7pZK/LroDf8lf3JUf+HJ0BbA/ehuPXaqk7jLJHz/Lj/5lIn95&#10;R37g5ll+LgAAAABgP/S2LOqWJ5+R1BTdgr9hdkvi6Uv5s3XpsaoEAAAAAACVI8l8XNJkdAYe4K78&#10;4Ycf8o3oDmB/dY1su6Uz33+a3M6XtG0WHjlsbq+am298Am96AwAAAED56xra2rM7HT1O0vsljUX3&#10;QJJ0v+SvvGGo/7H82Xp2cFIZAAAAAACoKD1N2a+b6fzoDkgye2vXUP/HojOAmVivM+v2NQ0/18ze&#10;JOkJRX7538j1GW/QF7pzOT4JAQAAAAAVaG1r+2OS1D+r4v+ZEVP3E5Ne2ZnPbYoOqSWMygAAAAAA&#10;QEVZ07j4mLokvV3S/OiWmmbasnt+w0krN20aj04BiqWvcfETlKTPcelcSUum+TK3uqs3SfSNzqHc&#10;L4rZBwAAAACI09OcXWHSJyQtim6pFS79b6LkjZ35LddFt9QiRmUAAAAAAKDi9LW0v8fdPxDdUctc&#10;emZ3PrcmugMolbXHHtuSpMnjLLUTPLGT5H6EpEP+8O2P7nZpSPKBxJIbJwq2ccXIlu1ByQAAAACA&#10;Elt35NID04a9F0u6WNK86J4qtsuljxyQTH5y2eDgaHRMrWJUBgAAAAAAKs7qxsYDFiQNt0rWGpxS&#10;k8zV2zmc647uAAAAAAAAiLCmcfExGUvfbqaXSZob3VNFdrn7pYnP/UTnyKa7o2NqHaMyAAAAAABQ&#10;kXqbs/8k6avRHTVo3KTHdeZzm6JDAAAAAAAAIq1ZuPiwurr0tZLeKOmg6J4KdofJ/s3GDris43e3&#10;3B8dgwcwKgMAAAAAABXJJettzq4z6ezolhrzzq587iPREQAAAAAAAOXimqbjFhas8DpJL5f06Oie&#10;CrJDZp+uyxQ+dfbWrbuiY/DXGJUBAACgKq1ZuHBepm5ea2J2rORHu+swuT3a5Ie66dGSHyrZo/XA&#10;sdRzJB0oqU7Sggd5ud2SJh/4rz4q2d2S3y3Z3eb6vcvulvnd5naHmUaU2PD4+J78ih079s7ShwsA&#10;NavnqOzhNke3SDoquqUmmK6/YSj39FVSGp0CAAAAAABQblYvWTJnwe6xZ+mBk8ueGN1TptyltYmS&#10;T27Mb/nBKt5nKluMygAAAFCxVi9ZMuegvRMn+KSfKPOTTFokU6u7jpV0RHSfpN/LNSLToJs2Ja5f&#10;T5r95sChY/qXacNkdBwAVIvepmyHTL3ifY5S25NYZmnH0OZt0SEAAAAAAADlzCXra82eoVQvk/Rc&#10;PfAF7rVuj7lWp4n+o3so98voGDwy3mwFAABARejJZg/SmE6X6XSTTjJpiUvteuB0sUozJmmTZL9x&#10;pTcnaeaG+w6u/9XKTZvGo8MAoFL1Nrd/VvJXRHdUM5e/ojs/8PnoDgAAAAAAgErS17jkUE/G/0nu&#10;L5Xp5OieWTYh+TVmyTcmJu7/Pje8VBZGZQAAAChLPU3ZtsT0pFT+JLPkSXJfIikT3VVCY2b6lbvd&#10;KPmNaabwo+Xbtg1FRwFApVh35NID04a9N0haEt1SlUz/1TWUe010BgAAAAAAQCVbe8yixUkmeY5k&#10;z5H8VFXnbmdSpp+Y9K2JieSKFTu23BUdhOmpxh+cAAAAqEBrGhcfU5cUlkt2lqQzVB7XV0a7Q9KP&#10;JL8u43VXnzO8eUd0EACUs2uajls4qcLPzNQc3VJNzNV733BuxUqpEN0CAAAAAABQLa5dtKi5MJHp&#10;dvNlks5UZX9e5E7Jek3esy+ZvObZg4P3Rgdh5hiVAQAAIExv47FLlWSeLalD0hNU3SeRzdSkZBsl&#10;78mk6bfPGdnaHx0EAOWopyX7WHNdL2lBdEuV2JrU+xM7BgbujA4BAAAAAACoVi7ZuubsiTJf5qmW&#10;yewMSY+O7noYQyZtdNeNUvqjG4a33rxKSqOjUFyMygAAADBrXLK+5kVPluz5kj1bUlN0UwXbJvka&#10;yb/Vld/64+gYACgnPY3ZMyzROkkN0S0VbpsX9LTu7bmR6BAAAAAAAIBa09t6fKsKk0tdfpKZnSz5&#10;Usmymt0v0J+UfECuTZJulezn9XWFG87atu13s9iAIIzKAAAAUHI9Tdm2xPQil1ZKOj66p+qY3SL3&#10;yyfT5CsrRrZsj84BgHLQ19T+Eje/TFIS3VKh7kyS5IyOwS23R4cAAAAAAADgAWsWLpyXqZ93nFyN&#10;5mryRMeYq0muJjcdY9Jhf/hbD9bDvy92v6Rxd+02053m2ummu2S6S6473X2beXrb7oPn3b5y06bx&#10;0n9kKEeMygAAAFASfY1LDlUyfoHLL5B0SnRPDblZ8s8lYwd+veN3t9wfHQMAkXpasv/HXF+SVB/d&#10;UmF+b5nkGZ3btvw6OgQAAAAAAADTt+7IpQdONNw754//+8Ak2bdscHA0sgmVg1EZAAAAiqqvJfs4&#10;SS+T64UuHRLdU8PuMulrk2afO3eo/7boGACI0tfStszdrpS0ILqlMvjmxOq6OoY2b4suAQAAAAAA&#10;ABCHURkAAABmbH1r69zRNPMiyS6U9NjoHvydm11+6QH5pm8s04bJ6BgAmG29TYseL0t69Ofj//Hg&#10;fmJpwzM7RzbdHR0CAAAAAAAAIBajMgAAAEzbmoWLD6urS1/r0oUmHRndg0e0zaXPphr/3Ln5/D3R&#10;MQAwm9a2tj8mSf27ko6NbilLpr7xuZmVz9q8eXd0CgAAAAAAAIB4jMoAAACw39a2th6VeN3Fcr1c&#10;XCdWie6W9KmCxj/JuAxALbnyuOMWzNlX+KKk50W3lJGCS+/qyuc+apJHxwAAAAAAAAAoD4zKAAAA&#10;MGU9Tdk2M71P0nmS6qN7MGP3S/6FjNddcs7w5h3RMQAwG1yydc3tr3f5x1Tj/y5z6XeW6LyuwdyG&#10;6BYAAAAAAAAA5YVRGQAAAB4RY7KqNybZlydT+8CKkS3bo2MAYDb0NbZ1emJfknRUdEuQ9QUlLzs3&#10;v2VrdAgAAAAAAACA8sOoDAAAAA9p/eFL5o8eMPZOSRdJOiC6ByW3W9K/zk0mP7FscHA0OgYASm3N&#10;woXz6uvmvdelN0uqi+6ZFaadcr2mK5/7VnQKAAAAAAAAgPLFqAwAAAB/Z73OrBtr3v4al79X0qHR&#10;PZh1OyR//+78wBdWSoXoGAAotZ7W7Onm9lm5L41uKSGX9O2MZy7iymMAAAAAAAAAj4RRGQAAAP5K&#10;X9Pip7qln5D0uOgWRLMfp1544/LhrTdFlwBAqa3XmXWjTSOvk+ntko6I7iku+7EnfnH3YG5jdAkA&#10;AAAAAACAysCoDAAAAJKkvpYTjpZP/LtLL4huQVlJJX2xoPG3npvP3xMdAwCltu7IpQemc/a+UuZv&#10;kezo6J4Z+o3M39c1NPC96BAAAAAAAAAAlYVRGQAAQI276ZRT6nfu3PUuSRdLmhfdg7J1j+Rv78wP&#10;fN4euEINAKra+tbWufvSzMtNdrGkpuie/bTezT/WNTTQx6/ZAAAAAAAAAKaDURkAAEAN62nNnm4F&#10;fUamk6NbUBlM+qElySs7BrfcHt0CALNhtZSZ39J2TuL2zy49S9Lc6KaHsMtc3yko/TTXFgMAAAAA&#10;AACYKUZlAAAANegPp6+832RvklQX3YOKc7/J3tWR77+UE3AA1JLvtbYeckCh/jw3v0DS6ZKS4KRx&#10;l66R+9f2+NhVK0dG9gX3AAAAAAAAAKgSjMoAAABqzLqWtielbl+VtCi6BRXOtdHcL+gcGchFpwDA&#10;bFt35NIDvWH0ia7CCknPlKx1Fh6bSvqlpKsT+Zo5+aZfL9OGyVl4LgAAAAAAAIAaw6gMAACgRqyW&#10;Mguas++R9C5xOhmKZ7fkb+nKD3wuOgQAorhkPccsak+SzCkuP8USnSrXUkmPmuFLb5f8V5LdlMhu&#10;mkwmblo+OHhHMZoBAAAAAAAA4OEwKgMAAKgBPU3ZNpO+JtPp0S2oTi59Z06h7pVnbb/999EtAFAu&#10;erLZg3w0bbEkaZW8VbJ5ZlZv7vP/8u9z6V6X3OT3uNug1WWG5vrY0LLBwdGYcgAAAAAAAAC1jlEZ&#10;AABAletpaeuyB667fHR0C6qdD6buz18+vPWm6BIAAAAAAAAAAABMH6MyAACAKrVeZ9aNNg//P8le&#10;J37fh9kz6dK7u/O5S6JDAAAAAAAAAAAAMD18chEAAKAKXXfssUdOpJkr5DojugU1yuzyuXvnvHzZ&#10;zk17olMAAAAAAAAAAACwfxiVAQAAVJm1je2nJYl/W1JjdAtqnW822XM787lN0SUAAAAAAAAAAACY&#10;uiQ6AAAAAMXT05x9XpL4D8SgDGXBjnPpRz2NWU7MAwAAAAAAAAAAqCCMygAAAKrAKinpa87+m0mr&#10;Jc2L7gH+wqMs0XV9Te0XRocAAAAAAAAAAABgarj+EgAAoMKtbmw8YEEy98uSnh/dAjw8v7QzP3CR&#10;SR5dAgAAAAAAAAAAgIfGqAwAAKCCrWtrOyIdtytlOj26BZiib81NJl+0bHBwNDoEAAAAAAAAAAAA&#10;D45RGQAAQIW6dtGi5snJZJ2k46NbgP1hrt6Jwt7nrdixY290CwAAAAAAAAAAAP4eozIAAIAKtLZx&#10;0UlJklwj6ajoFmCabp6cTDpX7NhyV3QIAAAAAAAAAAAA/hqjMgAAgAqztrH9tCTxXkmPim4BZujW&#10;jGfOPmd4847oEAAAAAAAAAAAAPxZEh0AAACAqetpaXt6kvh1YlCG6nBiwQo/vrp58aLoEAAAAAAA&#10;AAAAAPwZJ5UBAABUiL6WtmXudpWk+dEtQJFtTSxzVsfQ5m3RIQAAAAAAAAAAAGBUBgAAUBH6Gts6&#10;PbErJc2JbgFKZHtBydPOzW/ZGh0CAAAAAAAAAABQ6xiVAQAAlLm1Te1PS8x7Jc2LbgFKyV15y9Sd&#10;0TV4+2B0CwAAAAAAAAAAQC1jVAYAAFDGepsWPV6WXCfpoOgWYJbkzOqf1jl022+jQwAAAAAAAAAA&#10;AGpVEh0AAACAB9fXkn2cWXKNGJShtmRTn7jmumOOf3R0CAAAAAAAAAAAQK1iVAYAAFCGeluPb3XX&#10;GpcOiW4BZptJ/zCRmVyz7silB0a3AAAAAAAAAAAA1CJGZQAAAGVmXVvbEUon/0fSwugWINAT04a9&#10;31mvM+uiQwAAAAAAAAAAAGoNozIAAIAysr61dW46kXxH0qLoFqAMdIw2jXwmOgIAAAAAAAAAAKDW&#10;MCoDAAAoE6ukZDSt+4rkT4luAcqG6V96W9ovjs4AAAAAAAAAAACoJYzKAAAAysRpzdkPSXp+dAdQ&#10;dtwv6W1qf2F0BgAAAAAAAAAAQK2w6AAAAABIvU3tL5T518Xvz4CHssdNT+seyv0yOgQAAAAAAAAA&#10;AKDa8UlLAACAYL1Nix4vS34oaW50C1DmRpJ6P6VjYODO6BAAAAAAAAAAAIBqxvWXAAAAgXqOyh7u&#10;Sr4tBmXAVDSmE3b5ep1ZFx0CAAAAAAAAAABQzRiVAQAABFmvM+tsji43U3N0C1BBlo02j3wwOgIA&#10;AAAAAAAAAKCaMSoDAAAIMto8/K+Snh7dAVSgt/U0Z58XHQEAAAAAAAAAAFCtLDoAAACgFvW2LOqW&#10;J1eL348B03VPQcmp5+a3bI0OAQAAAAAAAAAAqDacVAYAADDL+lpOOFqefFkMyoCZeFRG6bdWL1ky&#10;JzoEAAAAAAAAAACg2jAqAwAAmEUuWeoTX5Z0WHQLUAUeN3/P2PuiIwAAAAAAAAAAAKoNp2MAAADM&#10;ot7m9tdL/snoDqCKpEr0jK7B3IboEAAAAAAAAAAAgGrBqAwAAGCW9DYeu1RJ5kZJDdEtQJUZKWh8&#10;6bn5/D3RIQAAAAAAAAAAANWA6y8BAABmwXqdWack8wUxKANK4f+zd+dxkpgFnf+/T1XPkRuBGEym&#10;uyczNRlwBJUEwiGaaJI5Ek4lqAvKy1sUEUFZcXcJ6ioIgoiy6E9XxAONQcAk3T0QnUURUIm6gQjJ&#10;9Fw9k8hNyDVXdz2/PwIsTCbJHN3zVHe/339Puj79R+pVXfWt51nRrUtf1zoCAAAAAABgoTAqAwA4&#10;AfaP3PZzSS5o3QELVskPj42u3tg6AwAAAAAAYCFw/SUAwBy7bnTNY7q1/lucUgZzbffyvcu+8eLP&#10;3Hx36xAAAAAAAID5zEllAABzqCZlqNa3xqAMToThfSfvf3XrCAAAAAAAgPnOSWUAAHNofGTNjyf1&#10;ra07YBGZKSVP3LBr8l9bhwAAAAAAAMxXTioDAJgjN5x77llJ/bXWHbDIdGvN71zlbx0AAAAAAIBj&#10;5oMWAIA5Mj3d/bUkD2/dAYvQky8cWf0jrSMAAAAAAADmK9dfAgDMgYkV5z2xdvofjtdb0MoXlswM&#10;rbnktk98rnUIAAAAAADAfOOkMgCAWVaTUkv/TTEog5a+7uDQ9CtbRwAAAAAAAMxHPugEAJhl48Nr&#10;vi+l/nnrDiAHuv3+N122Z/vW1iEAAAAAAADziZPKAABm0eazHndKSv2N1h1AkmTpTOm+tnUEAAAA&#10;AADAfGNUBgAwi/rL974oyYrWHcCXlPqszaOrn9I6AwAAAAAAYD4xKgMAmCVbzlx3alJ/vnUH8DVK&#10;v+Y1rSMAAAAAAADmE6MyAIBZsnf5vpek5szWHcChytM2j6y5tHUFAAAAAADAfGFUBgAwC961cuXD&#10;OqW8vHUHcHj91KtaNwAAAAAAAMwXRmUAALPgpLrkxTV5WOsO4AE9ZWJ09cWtIwAAAAAAAOYDozIA&#10;gOP0nrVrT6u1vqR1B/Dg+rX8YusGAAAAAACA+cCoDADgOC29d+ZHkzyidQfw4Epy6djK3pNadwAA&#10;AAAAAAw6ozIAgONw9bp1S1Pyc607gCNT+nFaGQAAAAAAwEMwKgMAOA6n3r3/uUnOad0BHLGnj5+7&#10;dm3rCAAAAAAAgEFmVAYAcBxKdUoZzDMlM/2fah0BAAAAAAAwyErrAACA+Wp8Ze+i9LOldQdw1O7e&#10;15kefvbOnXe0DgEAAAAAABhETioDADhWM/XFrROAY3Lqsv7QC1tHAAAAAAAADCqjMgCAYzAx+phv&#10;SCnPaN0BHJuSvPgqfw8BAAAAAAAclg9RAACOQa0Hf52/83wAACAASURBVDDJUOsO4JiteuLo6ota&#10;RwAAAAAAAAwiozIAgKN01X2voX6sdQdwfEotP9S6AQAAAAAAYBAZlQEAHKULR1ZdnOTc1h3AcXvO&#10;u1aufFjrCAAAAAAAgEFjVAYAcLRK+eHWCcCsOGlZv/vc1hEAAAAAAACDxqgMAOAovG/VqjNSy7Na&#10;dwCzo5Py/NYNAAAAAAAAg8aoDADgKMxMd56R5KTWHcDsqMnTNo+udZ0tAAAAAADAVzEqAwA4CjXl&#10;e1s3ALOqzNSZK1tHAAAAAAAADBKjMgCAIzSxYt3Dk3pp6w5gdpWU727dAAAAAAAAMEiMygAAjlQ5&#10;8MwkS1pnALOtXnD9ueeOtq4AAAAAAAAYFEZlAABHrD63dQEwJ0qZ6T67dQQAAAAAAMCgMCoDADgC&#10;Y73e6bXku1p3AHOjlDyrdQMAAAAAAMCgMCoDADgC5WD9riRLW3cAc6Tm28Ye1TuzdQYAAAAAAMAg&#10;MCoDADgCpZaNrRuAOdXNslzWOgIAAAAAAGAQGJUBAByBmhiVwQJXarm0dQMAAAAAAMAgMCoDAHgI&#10;YyO9b0yyonUHMNfqpTUprSsAAAAAAABaMyoDAHgIpWZ96wbghDh7830jUgAAAAAAgEXNqAwA4KGU&#10;cknrBODEqCnf1boBAAAAAACgNaMyAIAHcVXSSeqTW3cAJ0o1KgMAAAAAABY9ozIAgAfxpJHeY5J8&#10;XesO4IR5ak1K6wgAAAAAAICWjMoAAB5MiVPKYHF5xPtWrOq1jgAAAAAAAGhpqHUAAMBA6+fJziyC&#10;xaXf6TwpydbWHQAAACx8Vyfdk0fOGx3qz5zX72Q4KackWZYkJeWO1NzZKf1b9500dOszb7nlrsa5&#10;AAAsIkZlAAAPopY8pXUDcGLVmguT/EnrDgAAABaeq5LOk0ZXf0et5bKkPjUpFyT9k2qnHOZ7jTUp&#10;ST8lS/fOZHy0d2tq3VJS/m7/Sd1xIzMAAOaSczcAAB7Au1aufNjy/tDn4spwWGTKv2yc2vrE1hUA&#10;AAAsHGPn9FZkKD9Zal6QZHgWfuTe1DpeS3nbP09NXn9V0p+FnwkAAF9hVAYA8ACuH17z7Z1S39+6&#10;AzjhDtSlOX3T5OT+1iEAAADMb9eNrnlMt9ZfTPK9SZbM0cN8opa87u5dk398ZTIzR48BAMAi49QN&#10;AIAH0O30H9e6AWhiaZ0uj2kdAQAAwPz1vlWrRsZHeld3a/1Ykhdk7gZlSfLoUvOHp432/mNsdPXG&#10;OXwcAAAWEaMyAIAHUGu+qXUD0EapdV3rBgAAAOan8eHeM6anO/+a5Lk5kZ/F1ZxXarl+fGT1W689&#10;++yTT9jjAgCwIBmVAQA8oGJUBotUqTEqAwAA4KhsyUVDEyO9N6bk3Uke0SijJOXHh4ZOvnHi3PO+&#10;uVEDAAALgFEZAMBh1KQkTiqDRcyoDAAAgCP2nrVrT9s3smdzTX42972v1Nqj60z/g67DBADgWBmV&#10;AQAcxg2rVg0nOaN1B9CMURkAAABHZMuZ605dtnfmuiTf2brlECeXWt41Nrz6Wa1DAACYf4zKAAAO&#10;Y3o6a1o3AE2tvHrFipNaRwAAADDYtqxcuXzfyfuvq8m3t255AMtKKVdPjK65vHUIAADzi1EZAMBh&#10;lNI5t3UD0FT35O5JK1tHAAAAMLhqUvbVJX+Umu9o3fIQltRa/+L64VUXtA4BAGD+MCoDADiM2q+j&#10;rRuAtoZm+p4HAAAAeEATI71XpNbvbd1xhE7tlM67bjjn0Y9oHQIAwPxgVAYAcDilGJPAIlc7Hc8D&#10;AAAAHNb1K9ZcmOSXW3ccpRUHu9NvaR0BAMD8YFQGAHBYdWXrAqA1JxYCAABwf1tWrlze6dQ/TbKk&#10;dcsxuHJ8ePV8OV0NAICGjMoAAA6jVieVwWJXazwPAAAAcD97Z7qvTNJr3XHMSnnjWK93eusMAAAG&#10;m1EZAMAhrko6peTs1h1AW6XU4dYNAAAADJbrV658VCnl5a07jtOjOgfLS1pHAAAw2IzKAAAO8aQV&#10;6x6WZKh1B9BYKWe1TgAAAGCwlJmhlyc5qXXH8aq1vvQ9a9ee1roDAIDBZVQGAHCITvY+onUDMABq&#10;PBcAAADwFWO93uml5Edbd8ySr1uyd/qFrSMAABhcRmUAAIc4mO7DWzcAA+FhV/mbCQAAgC87UJ+X&#10;5PTWGbOlpCyUgRwAAHPAByQAAIfodGecTgQkSfeCkZEzWkcAAAAwGDopz2/dMMsee/2KVY9tHQEA&#10;wGAyKgMAOESpHaMyIEnSqUudXAgAAEBuOOfRj6jJt7XumG3dbvdZrRsAABhMRmUAAPdTjEiAJElJ&#10;3/MBAAAAOTg08x1ZgJ+r1Vovbt0AAMBgWnAvfgEAjldNPbl1AzAYSqec2roBAACA9kqtT2vdMEcu&#10;vHrduqWtIwAAGDxGZQAA9+eNNOA+M1nWOgEAAID2avLNrRvmyMmn37V/TesIAAAGj1EZAMAhajEq&#10;A+5TS/F8AAAAQJKc1zpgrvRrNSoDAOB+jMoAAA5R+kYkwH2MTAEAABjr9ZYlObt1x1wpKee2bgAA&#10;YPAYlQEAHKr0jUiA+xTXXwIAACx2M/d2TktSWnfMlZr6da0bAAAYPEZlAACHqHEyEXCfjpMLAQAA&#10;Fr3OsoOntG6YS51STmvdAADA4DEqAwA4RCel27oBGAy1U/3NBAAAsMh1D3aWtG6YS/2aodYNAAAM&#10;Hh+QAAAcol+zv3UDMBhKzYHWDQAAALQ1tKR/V+uGuVRKFvTvBwDAsTEqAwA4ROkYkQBfYWQKAACw&#10;yM3ce9rdrRvmUqlZ0L8fAADHxqgMAOBQTiYCvqRfq+cDAACARW79p266J8mdrTvmSr/UPa0bAAAY&#10;PEZlAACHKDEqA+5TOkZlAAAAJEk+0TpgznTKra0TAAAYPEZlAACHcDIR8BXV9ZcAAAAkSW5pHTBH&#10;amd6mVEZAAD3Y1QGAHCojhEJcJ+asq91AwAAAIOgfqB1wVyoyc0b9tz8+dYdAAAMHqMyAIBDlJQv&#10;tG4ABkO/dLyxDgAAQLr9uqV1w1woNe9v3QAAwGAyKgMAOETt18+1bgAGw/LOtFEZAAAAuWzP9q1J&#10;drTumAPvbR0AAMBgMioDADhEjZOJgCRJfdjDH+75AAAAgC97e+uAWfbZM7/+jPHWEQAADCajMgCA&#10;Q3SLk8qAJMldF9x448HWEQAAAAyIbvcdSWrrjNlSU6/xdy8AAA/EqAwA4BAznWmjMiBJdUoZAAAA&#10;X7Fxxy23JPmb1h2zZLqf7utaRwAAMLiMygAADlGGhr7QugEYBMXAFAAAgK9RSn45C+O0sr+8YurW&#10;7a0jAAAYXEZlAACH2DQ5uT+JE4qAPa0DAAAAGCwbdk3+a1LHWnccpwPpdn+ldQQAAIPNqAwA4PB2&#10;tA4A2qqpO1s3AAAAMHiGhuqLktzTuuM4/OaXrvIEAIAHZFQGAHA4te5qnQC0VWrxPAAAAMD9XLp9&#10;+1Qp5bWtO47R7ro0r2kdAQDA4DMqAwA4nI4xCSx2pVOmWjcAAAAwmO7ctfXXSvL3rTuO0kypnf+y&#10;aXLyztYhAAAMPqMyAIDDqWVn6wSgrVL7O1s3AAAAMJiuTGYO9jvfn+TTrVuOWClXbdh96z+0zgAA&#10;YH4wKgMAOIzi+ktgSXa3TgAAAGBwPX3Prbf1+/1Lkny+dctDKclvbdy19VdbdwAAMH8MtQ4AOFY1&#10;KePn9M5Jyep0szo1ZyZJSZaX5KSv/LtS7i7p35FavthP7ujUzh0HZ/Lxp99+62fb1QODrtaZHSnd&#10;1hlAO59fv23b/Pm2OQAAAE1cvmf7R8dW9J5TOhlLcnLrnsOpyTvvmpp8eesOAADml9I6AOBIbD7r&#10;cafMLLn3gk7JU2vJE0tyXk3OTbL8OH7sZ1Nyc63140n+o9b6oXt2b/+3K5OZWcoG5rGPnH/+ks98&#10;5ot3J1naugVooOT9G3dNXtQ6AwAAgPlh88jq8/uljH/5y8+Doqa+9e6pbT/tfW8AAI6WURkwkLbk&#10;oqG9w3u+s5RyRVKfkuSbcwJOVyzJHTV5f1L+rlP7f3fZ7m03l6TO9eMCg2lspPfRknxT6w6ggZK3&#10;bNw1+VOtMwAAAJg/rl+x6rGdTuf6JMOtW3Lf+9qv3TA1+UrvcQMAcCyMyoCBsfmsx50ys+ye707K&#10;c0vynRmMo8JvT+o1pdv93xt23Pp/W8cAJ9b46Jp3pNbvbd0BNFDzUxt3T76ldQYAAADzy3vWrj1t&#10;6d7+65P6Yw0z9pRSf2DDrm1bGjYAADDPGZUBzV03ct6qTmZ+pqS8IMnDW/c8gFqSf0gtbysHTrp6&#10;/aduuqd1EDD3xoZX/1Ip5VdbdwAnXr+W77h899a/b90BAADA/DQxuub7a62vS3L2CXzYmuRPO0vq&#10;y9dv2/bpE/i4AAAsQEZlQBM1KeMjvStK6s8k5bsyv56P7krqH/U7M79++c6dn2wdA8ydseHVzyql&#10;vKt1B3Di1QP5+k2fnPxM6w4AAADmr/esXXvakr3T/62k/HTm+maOmg93OvVl63dt++CcPg4AAIvG&#10;fBpxAAvE+OiqTamdVyV5YuuW4/TFWvK72Z/f8qEzLEzXjZy3qpv+ttYdwIlVa6Y27Z4cbd0BAADA&#10;wnDt2ec9sjvUf1GSF5XkrFn80TM1GU8/r9+0Z/L9s/hzAQDAqAw4ca4/Z9V5nW73jUnd1Lpllt2T&#10;Ul5Tl9TXbZqc3N86BphdYyO9T87ym33AoCv1HRt3bfv+1hkAAAAsLFty0dD+0dvWp9YX1OSSJI84&#10;hh8zneTfU8rV0zPlz5++59bbZjkTAACSGJUBJ8DYo3pnlqX5zST/JUmndc8cuq2mvnLT1La3tw4B&#10;Zs/4SO/dSZ7ZugM4kcpLNk5t/e3WFQAAACxcNSnXj655dLefC0upj661nJdSh0tySk2Wfemf3ZGa&#10;O1PKraX0b621/vvyvSf908WfufnupvEAACwKQ60DgIVtfHTNc2qtb8niOOXnnJLyx2MjvWd0p+tL&#10;19++bXfrIOD41eRDxagMFpXSLx9u3QAAAMDCVpKaXVs/nuTjrVsAAOBwFvKJQUBD71q58mHjI72r&#10;U+s7F9u1cSX57v5QuWViZM1LWrcAx6/W8qHWDcAJtfeRZ532b60jAAAAAAAAWnL9JTDrNo+ufkq/&#10;5s+SsrJxyiC4Zl9n+kefvXPnHa1DgGOz+azHndJfdu8dccIrLBYf2jg1+ZTWEQAAAAAAAC05qQyY&#10;VROjq3+6X8vfGpR9xfcs7w/94/UrVj22dQhwbNZ/6qZ7kny0dQdwwry/dQAAAAAAAEBrRmXArLg6&#10;6Y4P936n1vLmJMtb9wyYb+x0Ov80Nrz6Wa1DgGNTU9/XugE4QTrZ3DoBAAAAAACgNaMy4LiN9Xqn&#10;nzayeiIlP9W6ZYCdVEr56/Hh3ktbhwDHoBiZwCJx912nLPtg6wgAAAAAAIDWjMqA4zJ2Tm9FOZAP&#10;JOWS1i3zQEnJGyZGeq9pHQIcnbtPXf6BJHe37gDmVqn5hytvvvlA6w4AAAAAAIDWjMqAY/be4bVn&#10;l262JHls65b5pCavGB9e87qalNYtwJG58uabD9Tk/7TuAOZWTVx1CwAAAAAAEKMy4BjdcO65Z82U&#10;mfcn6bVumZdKffnEcO/NrTOAI9cp1RWYsMB1Uo3KAAAAAAAAYlQGHIP3rF172sGZoWtjUHZ8Sn5q&#10;bHT1y1tnAEemdoaMTWABqzVTl+3ednPrDgAAAAAAgEFgVAYclbFeb9nSvTPvTuoTWrcsBKWW3xgf&#10;XvPC1h3AQ9u445ZbavKx1h3AnPmrktTWEQAAAAAAAIPAqAw4Kp39eUuS72zdsYCUlPrW8ZW9i1qH&#10;AEfkr1oHAHOjdPLO1g0AAAAAAACDwqgMOGJjo70fqiU/1LpjAVqWft65+ezVw61DgAdXut2/bN0A&#10;zIndG3ZNfrh1BAAAAAAAwKAwKgOOyMRo7/Gl5i2tOxawh/eHOu/8yPnnL2kdAjwwV2DCQlXf5epL&#10;AAAAAACA/8eoDHhI71u16oxa85dJlrVuWdjqEz792S9e1boCeHAlrsiDhaaUvLt1AwAAAAAAwCAp&#10;rQOAwTc+0nt7khe07lgkZkrtXLxh963/0DoEOLyJkd46p5XBgrLnrqnJlVcmM61DAAAAAACO1uaz&#10;HnfKzNJ7n5qSby3JY0tJr9acmuSkL/+bkuyvJbtqrTs7JZO1lBvrUP510+TknQ3TgQFnVAY8qPHR&#10;VZtSO9e37lhkds/kwDdfMTX1hdYhwOFNjPY+XGsubN0BHL9a669s2r3tf7TuAAAAAAA4UhOjj/mG&#10;5MD311qeneSJSZYcw4/pJ/lQTa7JTK7ZdNvkntmtBOY7118CD2jzWY87pfY7/6t1xyI0PFSW/s/W&#10;EcAD69f6h60bgFlRu52hP2odAQAAAABwJMZHe08eH+n9Ta0Hd9daXp/kqTm2QVly317kqSV5Y+lm&#10;x/hI7+qxlb0nzV4tMN85qQx4QOMjvV9L8outOxapmfRnHr9xz46bWocA97flzHWn7jtp/+1JTmvd&#10;AhyHkvdv3DV5UesMAAAAAIAHM3Hued9cZ/q/keSyE/Bw7+3U+rL1u7d97AQ8FjDAnFQGHNZ1o2se&#10;k+RlrTsWsW463d9qHQEc3sWfufnuWnJN6w7gONXqlDIAAAAAYGC9Z+3a0yZGem+sM/2P5MQMypLk&#10;sn4p/z423HvztWefffIJekxgABmVAYfVqfU3kixt3bHIXTw20nt66wjg8Gq/vK11A3Bc7jlw0tBf&#10;t44AAAAAADicieHznrZ078zNNfnZJEMn+OG7peSnh4ZOunnz6OqnnODHBgaEURlwP5tHVp9fkstb&#10;d5CUktdvyUUn+kUicAQ27d76Dym5tXUHcGxq6p8885Zb7mrdAQAAAABwqInR1T9dS/+GJMNtS8rK&#10;fi1/Oz7Se27bDqAFozLgfvopr0pSWneQpOa8vaN7ntc6A7i/ktTSL29s3QEck/5Qv76hdQQAAAAA&#10;wKEmRtf8aq3lzRmcW6WWJ/mLiZE1L2kdApxYRmXA19g8svr8JK5cHCAl5ReqkR8MpDvr3j9O8tnW&#10;HcDRquOX7dm+tXUFAAAAAMBXGx/tvaHW+kutOw6jU1N/a2J09ctahwAnjlEZ8DX6Ka9o3cAhan3c&#10;xMiq72ydAdzflXv27E2tb23dARydTjpvat0AAAAAAPDVxkZ6P5ual7bueDC1lteNj/Z+uHUHcGIY&#10;lQFfce2K885J8pzWHRxOx3GyMKA6S/PmJPtadwBHqJSb1k9tfV/rDAAAAACAL9s8suaKkvxm644j&#10;UFLz1vGVvYtahwBzz6gM+Ipup//8JN3WHRzWFdefs+q81hHA/a3ftu3TSf6qdQdwZEo//6t1AwAA&#10;AADAl20eXXtuTf2TzJ/9xlD6eef4ykevbB0CzK358qQEzLGalCSOKh1cpdMpL2gdARxe6XZ+M0lt&#10;3QE8pNuWdQ++rXUEAAAAAECSXJ10+3X6j2vysNYtR+nh6c/8busIYG4ZlQFJkvGVvQtLsqZ1Bw+i&#10;U65snQAc3oYdt/7fJNe07gAeXKnlVy/eudN1tQAAAADAQDh1ZPWLkvK01h3Hpm6aGOn5/BIWMKMy&#10;4D79+oOtE3gINeddv3LNt7TOAA6vJK9O0m/dATyQuvORX3/6H7auAAAAAABIknetXPmwUsp/b91x&#10;PGrqa69et25p6w5gbhiVAV+6+rI8u3UHD63M9J/TugE4vA1TkzfHaWUwsGotv3HBjTcebN0BAAAA&#10;AJAky+rQz6fmzNYdx6esPO2ufS9sXQHMDaMyIGMrVn1TSc5q3cFDKyWOkIUBVp1WBoNq192nL3NK&#10;GQAAAAAwEDaf9bhTSs1PtO6YJb/4kfPPX9I6Aph9RmVAut1yWesGjlRZ+75Vq0ZaVwCHt2lq8j9q&#10;8q7WHcDXKiWvu/Lmmw+07gAAAAAASJK6/N4XJnl4647ZUVZ+9tNf3NS6Aph9RmVA0i/f1TqBIzd9&#10;sPvU1g3AA+uX8t+TTLfuAL6s3vLIR57x+60rAAAAAAC+rNa8sHXDbOqX/EjrBmD2GZXBIjfW6y2r&#10;Jd/euoOjUY3KYIBdsWvrx1Py2607gC8p9ecuuPHGg60zAAAAAACS5Eu3Ep3fumM2lWT9+1atOqN1&#10;BzC7jMpgkSv7+49LckrrDo5CyZNbJwAPbl+Z/pWUfKZ1B5D3bty1fax1BAAAAADAlx2cLs9MUlp3&#10;zLIlMwc7F7WOAGaXURksciXdb2rdwFH7Fkt/GGzP3rnzjtrPq1p3wCI3k/7Mz7eOAAAAAAD4aqV0&#10;ntK6YS70k0taNwCzy6gMFrla+o9p3cBR60zPdL6xdQTw4L7+68/4g5J8vHUHLGJ/vnHPjptaRwAA&#10;AAAAfLXarwtyVFZKubB1AzC7jMpg0eusa13A0avJqtYNwIO74MYbD6Zff651ByxGJbmjlCWvaN0B&#10;AAAAAPDV3rN27WmlZKR1x9yoj64L71pPWNSMymDR6zvxaj7q15WtE4CHtmHPtomSvL11Byw6tfzc&#10;hl0f/8/WGQAAAAAAX235vdOjrRvm0Gnj5/TOaR0BzB6jMljEtqxcuTwpC3QJv7B1SlnILzhhQRma&#10;Gfq5JJ9u3QGLR71h/e6tb2tdAQAAAABwqNrpLOzP+IZyZusEYPYMtQ4A2tl7cOiRpWtcOh/VFNdf&#10;wjxxyW2f+NzE6JqX1lr/rHULLAL7uv36opLU1iEAADDbtpy57tR7T733Ed1+9xH9fh5ZUh6R0j8t&#10;SUo6D+un3v+qoVJnOv3O52rq52qpn+uXzueXT3c/fcltn/jcCf8FAABIv98/tZSFe0Nkp3Ye0boB&#10;mD1GZbCI1dL/umJTNk9VR8fCPLJh19Y/Hx/pfW+Sp7dugQWtlP952Z7tW1tnAADAsahJmVj56NFa&#10;Dz4mybqScm6tGUmysiTD+7L/jM5MNzXJfZ9D1iTlS/9tzWE/mqwltdz3nYuSkm6tOdidzvhI74tJ&#10;tiXZXlO3l1Ju7c+Ujy1dOvOJS7dv/+Lc/7YAAItTp5SlC/kbsf30T2rdAMweozJYzEr36xzkMT/V&#10;mpNbNwBHp9a8tJR8V+L/X5gLNflYltTXte4AAIAjdd3Ieau66T8lNU9KyYUTyWPSnz6lfNU8bA7P&#10;sDgjyeOTPL7kvrN+O52a6elOxkd6e5JyUyn5cK0zHzxw0pJ/fuYtt9w1dykAAItHP7WUuXyV11rN&#10;/tYJwOwxKoNFrKT/8Dl9a4o5U0qWt24Ajs6m3ZPbxkd7P5OaP2jdAgvQ3iTP2zQ56Q0LAAAG1g3n&#10;nnvWwZnOhqRsSvLtSf9RSQbx7bkVSV1RazYlnSzdOzMzMdL7aL/mb0vyvrvqvr+/cs+eva0jAQDm&#10;o1LLHQP4+m/2GJXBgmJUBotYSedhTiqbt5a1DgCO3sZdk384MdK7tCbPa90CC0rNL23aPfkfrTMA&#10;AOBQY6O9b+3UPKsmlx+cyeMziBOyh9atybeUkm9J8rLTyvJ94yOrP1DSue5gv1zz9D233tY6EABg&#10;vqilfm4hn1RWlnQ/2boBmD1GZbCIlaSYlM1bTiqDeWpvZ/onls0MPbmUjLRugQXi7/5p9+SbWkcA&#10;AECS1KSMj6x+Smp5dil5TmrOXYDvvy1PyiU19ZKhTn3D+MiaD9b0r+6Updds2PXx/2wdBwAwyJYM&#10;1d3T0wt2VFan99+1u3UEMHsW7LMV8NDGh9d8X0r989YdHJO6cWqy0zoCODYTw+c9rZb+liTd1i0w&#10;z31+ut95nJMRAABobWLF6l465Udq6g8k5Rta9zRSk3wwqW/v7D/lz9Z/6qZ7WgcBAAyampSJkd4X&#10;kpzRumX21f/cOLXt7NYVwOwxSIDFrONO63ns3tYBwLHbsPvWf0iJk5XgONXUlxqUAQDQylVJZ2K4&#10;98yJ4d5Y7ZRP1OQVi3hQltz3JfanJuX3+svu3T423Hv92HBvdesoAIBBUu7blX20dcfcKP/cugCY&#10;XUZlsKjN7GtdwDH7fOsA4PjcdeqyX0zNh1t3wDz2B5umtr29dQQAAIvPDec8+hHjI72rLhzp3VZL&#10;3l1LNsZJ1If6+lLyslIyOT7S+8DYSO/p1c0pAABfUv+2dcFcKCkfbN0AzC6jMljMqpPK5q1SvtA6&#10;ATg+V95884ElQzPPSnJ76xaYf8oHzjzzjBe1rgAAYHG54dxzzxob7r3+YHd6W5JXJXlU66Z54qkl&#10;+ZuJkd6/jA2vft5VPpcAABa5fi1/17phLtQ6s6V1AzC7/PEGi1gn5Y7WDRyralQGC8AlO3Z8KiXf&#10;k+RA6xaYP+p/9jsHn3vBjTcebF0CAMDiMHZOb8X4yJrfOzjTnSolL0tyRuumeer8UspfXDjS2z4x&#10;suYlW1auXN46CACghbO+/vQPpeQzrTtmV925Yff2j7SuAGaXURksYt2ZJTtbN3BsSmJUBgvExl2T&#10;H8p933AHHtpMreWFl+/c+cnWIQAALHwTK9Y9fHx4zetKN7ck9ceSLG3dtECM1tTf2tcfunlipPcC&#10;12ICAIvNBTfeeDC1vqN1xyz7q5LU1hHA7DIqg0Xskts+8bkkd7bu4OjVfm5r3QDMng1Tk68tJe9u&#10;3QGDrtb6qk27J9/bugMAgIXtPWvXnjYx0ntN7eyfSqkvT3Jy66YFalVN3r55pHfz2Ojqja1jAABO&#10;pFrK21o3zKKZWsvvtY4AZp9RGSx2NTtaJ3BM/qN1ADB7SlL7S/KDKeWm1i0wwP504+5tv9Y6AgCA&#10;hW18ePX3Lt07fVNNXpHklNY9i0FNHlNquX5ipPcXm89ePdy6BwDgRNi0a/LfUjLRumM2lOSaTbsn&#10;t7XuAGafURkscqVjVDYvdY3KYKHZNDl5Z91fL0ky2boFBk1N3nfmmWf8kOPTAQCYK5uHV3/T+Ejv&#10;AynlHUlZ2ThnMSo1eV5/qNwyPtK7aqzXW9Y6CABgrvX75ddbN8yCfkl9XesIYG4YlcEiV2NUNh8t&#10;KTMfb90AzL5Nn5z8zEwpz0jy+dYtMEA+mqX5bbLLzAAAIABJREFUngtuvPFg6xAAABaeLWeuO3V8&#10;ZPWb+qX8a5Kntu4hJyV5VQ7ko+Mjq76rdQwAwFy6fPfWv6/Jda07jk/5k/VT225sXQHMDaMyWOxq&#10;PtQ6gaP22Ut27PhU6whgblyxa+vHS+08K8m+1i0wAD6ZztAzNk1O3tk6BACAhef6lWu+Zd9J+z+c&#10;lJ9JsqR1D/9PSdYknfeOjax+7dXr1i1t3QMAMFdqd+ank9zTuuMY3dWtnVe2jgDmjlEZLHKd6frh&#10;1g0ctY+2DgDm1obdt/5DTf3xuOqPxW1fTf2ejTs/sbN1CAAAC8vV69YtnRjpvabTr/+SZF3rHh5Q&#10;p6T8wul37f/3idHe41vHAADMhct37NhVU3+xdccxqeXHL9t9y+2tM4C5Y1QGi9z627ftTrKrdQdH&#10;rtTc0LoBmHubpra9vZb8SAzLWJz2Jf0rNk1t+8fWIQAALCzXn3vu6Gl37buhJq9IMtS6h4dWk8fU&#10;mn8cG1n94pqU1j0AALNt09S2Nyf5s9YdR6f+9sbdW9/RugKYW0ZlQGqND2znk9oxKoNFYtOuyf9d&#10;Ul7augNOsP2pedbGqe1/2zoEAICFZXx0zXM6M92bkvK01i0cteUl5bcnRlZfe93IyNe1jgEAmG0z&#10;OfDiJJOtO47QR5Z3Zl7ROgKYe0ZlQDqd+qHWDRyxLy7bc/a/to4ATpwNU1vfVJNXte6AE2Q6pX7f&#10;xt2Tm1uHAACwcFyddCdGeq9JrdckOb11D8ejXN7N0n++fsWqx7YuAQCYTVdMTX1hut+5KMmOxikP&#10;ofzL0FD/kot37tzXugSYe0ZlQMrBvCeuV5sfav3bi/N/pltnACfWpqnJX07y6607YI71S/JDG3dt&#10;e1frEAAAFo4tZ6479fTR3jVfuu7S1YkLQ6/T6XxgfLj3jNYhAACz6el7br1tppTLk/qfrVsOpyQf&#10;7yzpX3Hp9u1fbN0CnBhGZUDW375td5J/ad3BQ6sprr6ERWrD1OQv1dS3tu6AOVJr6s9umJr8k9Yh&#10;AAAsHOMrH71y30n7P1xrntW6hVl3ekrePT7Su6p1CADAbLpi19aPd8rQU5N6S+uWQ/zjUHfm4vXb&#10;tn26dQhw4hiVAUmSmryjdQMPaX+/HPiL1hFAGyWpm6a2/WRN/mvrFphl06WU52+a2vbm1iEAACwc&#10;4yOrvi396X9Jsq51C3OmJHnV+MjqP7p63bqlrWMAAGbL+l237Fgys+SpSd7buuU+9ffuOm3Zd16y&#10;Y8enWpcAJ5bjvoEkybUrzjtnqNOfirHpILtm49Tkc1tHAO2NjfReUZLXtO6AWbCvJldumpq8tnUI&#10;AAALx9jo6o2llquTnNq6hROljE1P3/Pcp99++72tSwAAZktNysRw7ydT8rokJzdI+FxSX7Zxatsf&#10;N3hsYAAYjwBJ7rujOykfbN3BA6vJ21s3AINh09Tka0stP5mk37oFjsPdpdRNBmUAAMymsdHeD5Va&#10;ro1B2SJTNw0Nnfz315593iNblwAAzJaS1I27J9/S7858Y7nvc8IT9ZlALTX/e3q682iDMljcjMqA&#10;r6il/lHrBh7QZ+8+bdnm1hHA4Niwe+tba8kPJJlu3QLH4M5SO5s27Nq2pXUIAAALx/hw76Wl5g+S&#10;dFu30MT5S4b6fz92Tm9F6xAAgNl0+Y4duzZMTf5g+jPfWmrG5/Chpkvyl/3af+KG3ZM//PTbb/3s&#10;HD4WMA+4/hL4irFeb1k5UHck5Rtat3CIkjdu3DX5c60zgMEzNrz6eaWUtyVZ3roFjkRNPlX75ZmX&#10;79n6T61bAABYOCZG1rykpr4x3vOm5NZuv3vxZbtvub11CgDAXBgb6X1jSX1hkufP0ue6u2rqX9Zu&#10;/y2X79ixaxZ+HrBA+AMb+BoTI2t+oaa+tnUHX2NvvzO96vKdOz/ZOgQYTOMrzn1cOt3rkgy3boGH&#10;8JFu7T7ThzsAAMym8dE1P59af6N1BwNlspQl375h18f/s3UIAMBcuTrpnr5i9aXplItq8oQkFyQ5&#10;/Qj+0y+U5KNJPlRr/50bdm//SEnq3NYC85FRGfA1xnq908uBTCU5o3ULX1Lylo27Jn+qdQYw2N47&#10;vPbsmTLzN0nOb90Ch1NK3l32nfz89Z+66Z7WLQAALBwTw2t+opb6lnivm0PU5GNLZ4YuuuS2T3yu&#10;dQsAwIlwVdJ5wjmreqVbzkzKw0vqw5Msq8m+1NzZ6eSL5WAm19++bXfrVmB+8Ic2cD9jw73Xl5KX&#10;te4gSXKgM117XtwBR2LzWY87pb/s3j9L8szWLXCIV2+Ymny1b7sBADCbxkZ631OSv0jSbd3CwPpQ&#10;Z//Jl/pyCwAAwNHrtA4ABs9M7bwxyd2tO0iS8g6DMuBIrf/UTfcsn1rxPUl5c+sW+JKDpdQXb5ya&#10;vMqgDACA2bR5ZM2lJfnzGJTx4J7cX3bvtVevW7e0dQgAAMB8Y1QG3M/T99x6W5Jfa91B9pd+/1db&#10;RwDzy8X5P9Mbp7b+TE2eUZI7WvewqG2vJRdu2LXtd1qHAACwsIyvOPdx/dRrkixp3cK8cPHpd+7/&#10;X60jAAAA5hujMuCwzjzzjNcn+UTrjsWslPI/N+zZNtm6A5ifNk1NXpt+fUJKual1C4tQLe+qS/Ot&#10;m3ZN/lvrFAAAFpaxc3or0umOJTm9dQvzRy35obHh1b/UugMAAGA+MSoDDuuCG288WNJ5ceuORewT&#10;d5669LWtI4D5bcOebZPLy8ELk/xB6xYWjZma/NcNu7d+96bJyTtbxwAAsLB85Pzzl5RueUeSc1q3&#10;MP+UUn5588iaK1p3AAAAzBeldQAw2MZH1lyf1E2tOxad0r98467tY60zgIVjbGT1i0vKa5Oc1LqF&#10;hakmn+qU8sMbdm29vnULAAAL08RI7/dr8qOtO5jX7i7JkzZMTd7cOgQAAGDQOakMeFBDQzM/meQL&#10;rTsWlVreZVAGzLZNU9venM7QN6bk/a1bWIjK7y8Z6q81KAMAYK6Mjaz+UYMyZsGpteSv37dq1Rmt&#10;QwAAAAadk8qAhzQ2unpjqeX6eM44AerOmRx8/BVTU4Z8wJyoSdk8suZnauprkyxr3cO899ma/OSm&#10;qclrWocAALBwXb9yzbd0+vWDcfIys6XUd2zcte37W2cAAAAMMieVAQ9p065t47Xmd1t3LAIHSr/7&#10;PIMyYC6VpG6Y2vqmkpyf5F9b9zCv/c2S7sw3GZQBADCX3rN27Wmdfn1nDMqYTbV83/jI6h9rnQEA&#10;ADDIjMqAI7MsL0/N/22dsZCVUl+5Yc+t/9y6A1gcNkxN3ry8M/3U1PqrSQ607mFe+UJSfmLD1OSz&#10;Ltmx41OtYwAAWNiW7Jt5U5JVrTtYiMobxs9du7Z1BQAAwKBylR1wxK5fseqxnU7nH5Oc1rploSk1&#10;4x/ePXnFVUm/dQuw+Fw3ct6qbun/bmo2tG5hoPWT+jv7OjOvevbOnXe0jgEAYOEbH179vSnlHa07&#10;WNBuPPPMM558wY03HmwdAgAAMGiMyoCjMjbcu6yUXJdkSeuWhaIkHx+aGXraJbd94nOtW4DFbWyk&#10;9/SSvCXJitYtDJaafCypP7Fpats/tm4BAGBxGHtU78yyLDen5szWLSx4r9w4NfnrrSMAAAAGjesv&#10;gaOyaffke0vy/DhRa5bUW8qSepFBGTAINk1NXjs93fnWkvx/SWZa9zAQ7kly1Umd6ScYlAEAcCJ1&#10;lubNBmWcIFdNjPTWtY4AAAAYNE4qA47J+HDvRSn53dYd81mtmerO1G9bf/u23a1bAA51/bnnjnZm&#10;ur+S+4bEXjMuPvtL8lvpL/uNDXtu/nzrGAAAFpfx4d4zUvKe1h0sHqXkn+7cNfnUK33BCgAA4Ct8&#10;QAgcs/HR3htS89LWHfNRSe6Y6ZSLL9+59d9btwA8mPHhVU9Ip/O61HxH6xZOiJrkT4eG+v/t0u3b&#10;p1rHAACw+Gw5c92pe5fvv7mUjLRuYXEppb54w65tv9O6AwAAYFAYlQHHZWyk9z9K8urWHfPM5/r9&#10;cvnle7b+U+sQgCNRkzIxvPp56ZRXp+a81j3MmQ/Wfl65ac/k+1uHAACweE2MrvnVWusvte5g8SnJ&#10;Hf0DOW/TJyc/07oFAABgEBiVAcdtbGT1D5SUP0wy1Lpl8NVbOmVo4/pdt+xoXQJwtGpSxkd6V5Tk&#10;qiSPb93D7KjJdd1Sf339rm0fbN0CAMDi9t4Vq9bMdDofS7K0dQuL1h9snJr80dYRAAAAg8CoDJgV&#10;48O9Z6TkL5Msb90ywD5Y+suevmHPzZ9vHQJwPL5qXPbqJN/auodjU5PrkvqaTVPb/rF1CwAAJMn4&#10;8Jq/TqnPbt3BotbvpD5x/dS2G1uHAAAAtGZUBsyaidHVF9da/jzJo1q3DJ7yt3Vpfc6myck7W5cA&#10;zJYtuWho78ju7y8pL4mTy+aLWpMbSs1vbtw9ubl1DAAAfNnmkTWX9lPf27oDkmzZODX5na0jAAAA&#10;WjMqA2bVtWef98gl3f7ba8nG1i0D4kBJ+YX1U1t/uyS1dQzAXBkb7X1rqeUnkvr8JCe37uF+Ppvk&#10;d7u1+/uX7b7l9tYxAABwqInR3odrzYWtOyBJOimXrZ/a+r7WHQAAAC0ZlQGzriZl88ian6mpr08y&#10;1LqnmZJb+/3+f7l89/aPtE4BOFEmRh/zDbUe/LEkP5bk7NY95BOl5Hf2L+++/Zm33HJX6xgAADic&#10;ieHeM2vJu1t3wFe5ccPU5BN8SRQAAFjMjMqAOTM+3Ftfk98vJSOtWxr4s6Gh/k9dun37F1uHALRw&#10;VdK5cGTVU5LuC5L6fUlOa920WNTkU53kbUn+ZMPU5M2tewAA4MFclXQuHOn9e5LHtm6Br1HzzI27&#10;J/+mdQYAAEArRmXAnNpy5rpT9y7ff1UpeUkWx6llu0spL92wa+s7W4cADIqrV6w46bTO8itq8gMl&#10;2Zik27ppAdqb5JqSztvvnLp1y5XJTOsgAAA4EhOja7671npN6w44jI/+09Tkt1yV9FuHAAAAtGBU&#10;BpwQ712xas1Mp7wlKZe0bpkjd5eU//bIM09/ywU33niwdQzAoJpYsbrX75TvLslzkjwhXo8ej+ma&#10;bOnU8tcz3YPvvnznzk+2DgIAgKM1PtL7lyQXtO6Awyr9yzfu2j7WOgMAAKAFH+IBJ8xVSedJw2t+&#10;sF/qL5ZkTeueWTKT5C9qzas27Z7c1joGYD654ZxHP+JA9+DlSXluSS5LsrR10zxwZ5L31OSv7u7v&#10;u+HKPXv2tg4CAIBjNb6yd1H62dK6Ax5Qyfs37pq8qHUGAABAC0ZlwAlXkzI+0rui1LwyJU9q3XOM&#10;9if19/rd/hsu37FjV+sYgPnu2rPPe+RQd+aS2imXlZrLkpzTumlw1FuSzns7yXuz/6Qt6z910z2t&#10;iwAAYDaM///s3Xuc3XVh5//358zkwtUL4gWSSUgmBEWtCvVSrYWKkAyoVVu6Xtu1u7rVtq6uvfza&#10;bZfdtuu6tW61VXd7s1r7a4u2ygKZBLV4q5dWar2kcpkJZBKogigQDLnMOZ/fH9CfVoFMwsz5nDnz&#10;fD4e8FAeyZzXcHg8kpzv+/v5jo1/MMnzWnfA/aq9J2/etePvW2cAAAD0m1EZ0ExNyrY1GyZqra9P&#10;claSTuOkufhmSt410u3973N377iudQzAsNq2ev1jeynnppRnJfVpSR7SuqmPbkzyqZr6oTrSu8J4&#10;GQCAYbRl9fj6UnJtFsfnQSxtf7p5ZurlrSMAAAD6zagMGAiTa09bW3uzLy/JTyRZ17rnu9Qkn07J&#10;H88e3Pvnz7nppr2tgwCWmitWbzxptnTPKMkZSX16Up6e5KjWXfPg1pp8uiRXlXQ+OTI6+/fP3rHj&#10;9tZRAACw0LasHn9zKflPrTtgDvZ3ltWx86anb24dAgAA0E9GZcBAqUmZXDX+zNIpL07qOWk3MOul&#10;5u+SXNzp1vefd9P0rkYdANyLK9euXbk3y07rdHunJTk9pZyW5DFJNiRZ1rbuXu1NcnWSr5Saf6qd&#10;cnU6ne0nPvTYHWdeddXB1nEAANBPV65du3Jfb/TGJA9t3QJzUZNfmpiZelPrDgAAgH4yKgMG2uTa&#10;09amzj6r9vLDpeSHkzxygV6qJrmmlFyZlI+Mzo589Jwbr751gV4LgAXyuTPOWHbLrd86uXR7q1N6&#10;a3u1jpWS1aWWsZQ8qiYn5O6/jp7Hl92T1FuTzi1J/WpSbqilN5NedpVOmRnpjez81K5rvnpR0pvH&#10;1wQAgEVr65oNL661/lnrDpizkms37Zw6rdz9GSIAAMCSYFQGLCpbTh5fVUZ7j0/tPL7UbKjJupSs&#10;z9wHArfW5J9LcmNqdtdSv9CpI//YW9H7wsTU1B0LnA/AgLh41aqjjsrRDx3NwRPKSOeE1JGRJOnV&#10;7rGllO856awm+zrp3JUk3VoPjJR6a7cze+sjTjjhVieNAQDA4ZlcPX5lSs5q3QGHo1fLD52/67qP&#10;t+4AAADoF6MyYGhcuXbtyv31qIfM1u5R3/nPR8vIXbP1W/uO6XTuOvuGG/a16gMAAABY6i4bO3Xd&#10;SHrXJem0boHDUUveNbFz6hWtOwAAAPrFqAwAAAAAgL7YumbDr9Za/1vrDjgCd+7p7Xv4hbt339U6&#10;BAAAoB/cDQYAAAAAQF/UWn+sdQMcoWOPG1mxqXUEAABAvxiVAQAAAACw4C5bs+HRSR7XugOOWC0v&#10;bJ0AAADQL6OtAwAAAOCB2vLI8RM7y/IDKWVjrfXUlKxOckySlff8kDuS3JmS60qvXNcrvS/dedzK&#10;v79w+/YD7aoBYGnpOKWMxe+5V65du/LsG27Y1zoEAABgoRmVAQAAsChdvnbDEzrdvKSWuqkkp9ek&#10;JHf//T7VpJaakpLj9uzfOzm2/lOl5JLe/vKXE1+duqVv8QCwBJWUC5LaOgMeiOPuqiNnJ5lsHQIA&#10;ALDQ7u+jdgAAABgoF69addSxZeVPlpLXJDl9Hr/0bE22dtJ566aZaz88j18XAEiybf36h/cOlq/G&#10;Z9IseuV3N89c93OtKwAAABaak8oAAAAYeFvGx1eUA3ldSl6fmhMX4CVGS3JBTe+CrWPj/1hSfvW8&#10;mesuW4DXAYAlqXewnBuDMoZC79zWBQAAAP3QaR0AAAAA92fL6vFzcyBfSvLGBRqU/Ss1eUIv9dLJ&#10;sfWXbVk9vn6hXw8AlojzWgfA/Cgbt63ZeErrCgAAgIVmVAYAAMBA2vaIxx8zOTb+nlKyrSQb+l9Q&#10;zi8lX946tuG1/X9tABg29VmtC2C+dNM9u3UDAADAQjMqAwAAYOBcsXrjSb0Vez+e5GWNU1bW1N/Z&#10;Ojb+7otPP3154xYAWJSuWLVuQ1Ie1boD5kun5odaNwAAACw0ozIAAAAGyrbV6x/bLbOfS/Kk1i3/&#10;oiYvP/7O/R+/9KRTH9a6BQAWm26n/EDrBphPveRprRsAAAAWmlEZAAAAA2PrqvXjvVK2DeJpJrXm&#10;KaOjva1bxsePb90CAIuMAQ5DpSTjbjYAAACGnVEZAAAAA2Hbmo2n1E75aJKTWrfcjzM6B3PFtkc8&#10;/pjWIQCwaNTy1NYJMM/KyLLu97eOAAAAWEhGZQAAADR38apVR/Vq95IkJ7duOZRa85S6Yu87WncA&#10;wGKwZXx8RUpOb90B863U8uTWDQAAAAvJqAwAAIDmjuuseEeSx7XumKuavHxybP0rW3cAwMA7mMck&#10;GW2dAfOtLqLfuwIAABwJozIAAACa2rp6/HlJ+cnWHYevvGXL6vH1rSsAYKDVanjDUCqpj23dAAAA&#10;sJCMygAAAGjmQ+vWPaiW/O/WHUfomFLqYm0HgL4otWNUxpAq67eMj69oXQEAALBQjMoAAABo5mC3&#10;8wtJHtm648iVcyZXjz+3dQUADKzSe3TrBFggo3Vf79TWEQAAAAvFqAwAAIAmtq559KNKzetbdzxQ&#10;peR/XOTP1wBwr0rKutYNsFA6I2W8dQMAAMBC8aE3AAAATdR68OeSrGzd8UDV5NFPWbP+ea07AGDQ&#10;1KTUZE3rDlgopXbGWjcAAAAsFKMyAAAA+m7L+PiKJK9s3TFvavnZ1gkAMGiuWL/+xCRHt+6AhdKr&#10;dXXrBgAAgIViVAYAAEDflQN5bpKHtu6YR2dtW7PxlNYRADBIZg9Upzgx1EqJURkAADC0jMoAAADo&#10;v1pe1DphnpVeej/aOgIABsloGXlk6wZYYKtaBwAAACwUozIAAAD66uLTT1+eUs9r3TH/6vmtCwBg&#10;kPRqHta6ARZWPaF1AQAAwEIxKgMAAKCvjrtz/xlJjm7dMe9qnnrxqlVHtc4AgEFROj2DG4ZceUjr&#10;AgAAgIViVAYAAEBf1dSnt25YICuO7ax4UusIABgUtRajMobdg1sHAAAALBSjMgAAAPqq1JzeumGh&#10;lAzv9wYAh6sUgxuG3vJtj3j8Ma0jAAAAFoJRGQAAAH1WNrQuWDC1M7zfGwAcptrL8tYNsNC6Ze/w&#10;PdYdAAAgRmUAAAD031jrgAXTyarWCQAwMIpRGcOvs2LZaOsGAACAhWBUBgAAQL8N7yOCau+41gkA&#10;MEBWtA6AhTYysn9Z6wYAAICFYFQGAABAvw3vI4JKObZ1AgAMiuKkMpaA/bOjTioDAACGklEZAAAA&#10;/VZbByyYWmZbJwDAoKi92mvdAAtteW92pHUDAADAQnAHDQAAAP12e5KjWkcsiJo7WicAC++SjRuP&#10;G917cGOndE4ryYZay9EpOT6ld1xqOTqpxyRJTdlXkr1JuS2lfquk7K2p13dSv1K7K6/etHv7N1p/&#10;L7CgOtk/xFNySJLUXtnXugEAAGAhGJUBAADQZ/X2pDyydcVCqJ16W+sGYH5tGR8/vnOw/GDt5ayU&#10;3hOSclru6q5KufsBADVJyj2rmVru+VnlO/5+z4+qSb1nXdNLSTr7M7lm/JZS85VezRdT8rGRZfXj&#10;501P39ynbw0WXu0cGOYDSiFJDmTkrtYNAAAAC8GoDAAAgD7rTCd1Y+uKhVBqrmvdADwwV+as0f2r&#10;dp1TS+dZKfWsHMgTa+rI3QuxcqiffnhqTqzJiaXkmUl+pnew1Mmx8X9KzUdLp1x5R/euLRfu3m2s&#10;wGK2v3UALLRjDy5zUhkAADCUjMoAAADor1KvSc1E64yFUEq5tnUDcPhqUraNnfqsmt7L92X3c5Py&#10;oEanK5Ukp6fk9Frra47rrNy3ZWz8wyV5z4knPuiDZ1511cEWUXDkevvmfYwJg+aWE43KAACAoWRU&#10;BgAAQF/V5MvDenm50+1+sXUDMHcfWrfuQd3ZkVdtTf2JpPeY1j33YmVJLkhywc033z6zZc34e0d7&#10;I28/d9c1N7UOg7kopfP1Wj3+kqF259n56GzrCAAAgIXQaR0AAADA0rJspPfh1g0LZOe5u3d4/CUs&#10;AltOHl81Obb+rbOznRtr6puSDOKg7F8pJWOl5pe7pbtrcmz84svWbHh06yY4lNqrt7ZugAV2S+sA&#10;AACAhWJUBgAAQF89e8eOmSTXt+5YAJ9oHQDcv38Zk5WRXJOUn0tyTOumI9BJ8mMjtX5xcmz8PcZl&#10;DLIaozKGnlEZAAAwtIzKAAAA6Lua+r7WDfOuZvi+JxgS2x7x+GPuGZPtuGdMdnTrpnkwmuRlI7Vu&#10;nxwbf8+lJ536sNZB8N06ZcSojCFXvt66AAAAYKEYlQEAANB3pdf7s9YN8+zrJz78QZOtI4DvNblm&#10;3URvxd4v3jMmW9a6ZwGUJC8bHe1ds3Vsw2sv8nkfA6R0srt1AyykUutXWzcAAAAsFB8yAQAA0Heb&#10;d1//xdR8oXXHvCm5+MyrrjrYOgP4ti2PHD9xcmz8vamdy5Osa93TBw+tqb/zlLH127asHl/fOgaS&#10;ZHkO3JCktu6AhVI7ZRgf6Q4AAJDEqAwAAIBGSsl/b90wT2ZTRn+rdQTwbVvWrN9cVmR7kpe0bum/&#10;ck4p+dLk2PpXti6Bs2+4YV+Sr7XugIVSkh2tGwAAABaKURkAAABN3DEz9VdJplt3zIO/2HzD1Te0&#10;jgCSz51xxrLJsfVvLbVcnpoTW/c0dFRS/s/k2Ph7rjzx9GNbx7DE1dzQOgEWSq9UozIAAGBoGZUB&#10;AADQxIVJt/Tqz7TueID2zvY6v9Q6Akg+fMopj7jlltu2JOXnkpTWPQPiZftW7v/k5SevO7V1CEtX&#10;dZITQ2xkxKgMAAAYXkZlAAAANLNp9/TWUjPZuuNIleTNz9l97Y2tO2Cpm1x1yuMPdjufT8o5rVsG&#10;Tsn3dUY6V21ZPX5u6xSWqJIvtk6ABXLzedPTN7eOAAAAWChGZQAAADTVHe3+dElua91x2Gq+cMdx&#10;K36zdQYsdZNj656RzshHk/Ko1i0D7NhScumW1et/vHUIS08pvS+1boCFUfy3DQAADDWjMgAAAJo6&#10;//rrd/Zq/betOw7T7aXWH71w+/YDrUNgKdu6ZsP5SWdbkoe0blkElpdS/mzL6vGfbh3C0tI5aHjD&#10;kCrVKXwAAMBQMyoDAACguYld0x+sNb/XumOOainl1Zt2T0+1DoGlbHLNhhfUWv86ydGtWxaRkVLy&#10;9snV469vHcLSce5N07uT3N66AxbA9tYBAAAAC8moDAAAgIGwedfUzyXl3a07DqHWmtds2nnd/9s6&#10;BJayrWs2vDC1XpxkeeuWRaik5LcNy+iXktSa/F3rDphvNfmH1g0AAAALyagMAACAgVCSWpfXVyW5&#10;tHXLfai11F+Y2DX1ztYhsJRNrh0/q9b63iQjrVsWtZI3b1kz/orWGSwNJfnb1g0wz27/u51TX2gd&#10;AQAAsJCMygAAABgYE1NT+1fOrHpBkj9s3fJdDpSSV07snH5z6xBYyi5fve7M9HJJkpWtW4ZAKTW/&#10;v3XNhhe2DmH4dVI+1boB5tlnLkp6rSMAAAAWklEZAAAAA+XsfHR288zUv0/N65McbN2TZGfpdX5w&#10;086pQRu6wZJy6apTT+6UzqVJjm/dMkRGaq3v2bJm/ImtQxhu+47qfCZJt3UHzJdSitP3AACAoWdU&#10;BgAAwEDavGvqf9VOnpnUG9pVlC2lt+LpQMomAAAgAElEQVRJm3Zf+3ftGoCLTz99+Win99dJHtm6&#10;ZQgdXWou+fDJp53QOoTh9bxrrtmT5B9bd8B8qbXr9D0AAGDoGZUBAAAwsCZumPrMiSc++NSa/FKS&#10;fX186e0lnWdvnrnu/E27t3+jj68L3Ivj7tz/xiRPbt0xxFYfHDn47pqU1iEMsVonWyfAPNmz57ij&#10;PtE6AgAAYKEZlQEAADDQzrzqqoMTM1Nv6nQ6TyzJe7Kwj8Tck+SXV3Zmz9w0c+2HF/B1gDmaXLP+&#10;+al5XeuO4VfO37p63L9nFk6p21onwDy58sLt2w+0jgAAAFho7j4EAABgUfnQunVjs7Odn641Ly4l&#10;Y/PwJWtJPtEreXeW5f0TU1N3zMPXBObBFas3ntQt3S8keVjrliVify152sTOqc+3DmH4XJmzRveP&#10;7b6lJg9u3QIPRK159cSuqXe27gAAAFhoRmUAAAAsShclne9fveEZnVI3p+aslJyZZHSOP31Xkk+n&#10;5jPd0rnkgplrdyxcKXCkJldv+OuU+vzWHUvMl1bOrHrS2fnobOsQhs/k6vV/lVJe0LoDHohaMz6x&#10;a2q6dQcAAMBCMyoDAABgKFy8atVRxy87+tTa7Z1aS11Tajm2JCuTpCa9UnJjL3XHaG/0C+fuuuam&#10;1r3A/ds2tuGCXuqlrTuWpvLazTPXva11BcNny+r1P15K+YvWHfAAfH7zzNSTWkcAAAD0g1EZAAAA&#10;AAPl4lWrjjqus/JLSda3blmi7hipI482wGW+XXrSSUePjh59c5JjWrfAEfrlzTNTb2wdAQAA0A+d&#10;1gEAAAAA8J2O76z8pRiUtXT8bLq/1TqC4fOcm27aW5OtrTvgCNVuOn/ZOgIAAKBfjMoAAAAAGBiX&#10;r137yJr8fOuOpa6UvGjb2PozWncwfEotf9W6AY5ESb5wwcy1O1p3AAAA9ItRGQAAAAADo1NHfyHJ&#10;Ua07SOml/JfWEQyflSMHP5Dkm6074PCVP2ldAAAA0E9GZQAAAAAMhG3r1z88Na9q3cH/7zlOK2O+&#10;nX3DDftS8uetO+Aw7R/tjry3dQQAAEA/GZUBAAAAMBC6s+W1SY5u3cG39VJ+sXUDw6ckf9S6AQ7T&#10;JefcePWtrSMAAAD6yagMAAAAgOY+sHbtg0vNz7Tu4Hu8cOvY+OmtIxgum3ZO/UNJ/rF1B8xVrYaQ&#10;AADA0mNUBgAAAEBzR9WRlyY5vnUH36NTUzySlHnXq/n91g0wRzvu3DX1kdYRAAAA/WZUBgAAAEBz&#10;tZZXtG7gvtSXbBkfX9G6giGzIn+c1H9unQGHUkrecmHSbd0BAADQb0ZlAAAAADQ1ueqUxyd5YusO&#10;7tNDy8FyfusIhsvE1NT+pLytdQccwq0HD+59V+sIAACAFozKAAAAAGiqlpGXt27gEGr1HjHv6vK8&#10;I8ntrTvgfvzBc266aW/rCAAAgBaMygAAAABo5sqcNZqSl7bu4JAmtjxy/MTWEQyXiampO0riFCgG&#10;1b7azdtbRwAAALRiVAYAAABAM/tX3/S0kjyidQeHtKyzrFzQOoLhc7DXeXOSA6074HuUvGPixqnd&#10;rTMAAABaMSoDAAAAoJleus9u3cDc1E7Obd3A8HnO7mtvTMqft+6A73LXSG/kt1tHAAAAtGRUBgAA&#10;AEAzpZRntW5gjmr94ZqU1hkMn9le+ZUk32rdAd9Wf+/cXdfc1LoCAACgJaMyAAAAAJrYMj5+fJIn&#10;t+5gzh6+ZdW6x7aOYPjcfVpZ3ta6A+5xR2dZ3tw6AgAAoDWjMgAAAACaKAd7z0gy2rqDuSudjpPl&#10;WBAr71rx35M4GYr2av7redPTN7fOAAAAaM2oDAAAAIA2aucZrRM4bN4zFsTZt2y/s5b8ausOlriS&#10;a/ccv+L3WmcAAAAMAqMyAAAAAFp5TOsADk9JHt26geF1586pd9fky607WLpKza9euH37gdYdAAAA&#10;g8CoDAAAAIBG6mmtCzhs41fmLI8sZUFcmHRLzRtad7BUlY+cNzP1vtYVAAAAg8KoDAAAAIC++9wZ&#10;ZyxLyrrWHRy25XtPnvG+sWA275raVkve1bqDJedbvZHZnypJbR0CAAAwKIzKAAAAAOi7W75x57ok&#10;y1p3cPjKSGdj6waG27KR3uuS7GrdwZLym+dff/3O1hEAAACDxKgMAAAAgL6r3e6prRs4Mp1SvXcs&#10;qGfv2HF7rfXnWnewZFxdl+ctrSMAAAAGjVEZAAAAAH1XUh/VuoEj0+sV7x0LbmLX9AeT8u7WHQy9&#10;A7XkxRNTU/tbhwAAAAwaozIAAAAA+q6UHNe6gSPTKTm+dQNLw+ho97VJdrfuYKhdNLFz6vOtIwAA&#10;AAaRURkAAAAAfVdrMSpbpGrx3tEf9zwG82eT1NYtDJ9S8tmVM6t+q3UHAADAoDIqAwAAAKD/nFS2&#10;eNWe946+mdg1/cGU/E7rDobOHZ1u72Vn56OzrUMAAAAGlVEZAAAAAH1XqlHZYlXipDL667M7p96Q&#10;5IrWHQyN2kl5ybm7d1zXOgQAAGCQGZUBAAAA0Hc1Obp1A0emJse0bmBpuSjpdZbVlyXZ3bqFofA/&#10;zpu57rLWEQAAAIPOqAwAAACA/qvZ1zqBI+a9o+/Om56+uVfLS5J4XCEPQP3EyplVv9a6AgAAYDEw&#10;KgMAAACg70rJntYNHJlSc0frBpam83dd9/FS6utad7BIlVxbeit/5Ox81DARAABgDozKAAAAAOi7&#10;Xq1GZYtUNQikofN2Tr89NX/UuoPFpSS31Zrnb9q9/RutWwAAABYLozIAAAAA+q50OoZJi1U1KqOd&#10;ktTP7pp6ZZKLW7ewaOxP7Tx3Ymbqn1qHAAAALCZGZQAAAAD0XekZJi1aHY+/pK2Lkt6e3r6fTMon&#10;W7cw8Gpq+Q+bdl37idYhAAAAi41RGQAAAAB91yv1660bODKlF+8dzV24e/ddB47qTCT5h9YtDKxa&#10;avmpzbuu+5PWIQAAAIuRURkAAAAAfTdS69WtGzgytVO8dwyE511zzZ56IJtScm3rFgZPSXndpl3X&#10;vat1BwAAwGJlVAYAAABA33VXlOuSdFt3cPhKrde0boB/MfHVqVtqLxNJvaF1C4Oj1vz2ppnr3tq6&#10;AwAAYDEzKgMAAACg7yampvYn2dm6g8PW7S3PVOsI+E4Tu6aml430nppSvti6hfZq8ksTu6be0LoD&#10;AABgsTMqAwAAAKCJUuPEq8XnhnsGgTBQzrn++q916/6zUvOZ1i00U2upPz8xM/Wm1iEAAADDwKgM&#10;AAAAgCZ6pV7buoHDU2q8ZwysC2ZmvtktByYMy5akmpo3TOycfnPrEAAAgGFhVAYAAABAE53S+UTr&#10;Bg5PLfGeMdAumJn55sp9K56dlI+0bqFvDiR5+eZdU29pHQIAADBMjMoAAAAAaKO7/MokvdYZzF3p&#10;dQx1GHhn37L9zj0z151XEo9BHHYlt9ROfmjzzNR7W6cAAAAMm9I6AAAAAICla3Js/KokT2rdwZx8&#10;c8/M1IkXJt3WITBXk2PrX5mU302yvHUL86vWzIyknn/erukvt24BAAAYRk4qAwAAAKCdWv6mdQJz&#10;9nGDMhabzTPTv19LnlprZlq3MI9q+UBW5HEGZQAAAAvHqAwAAACAZkrteZziIlFTvVcsShM7pz7f&#10;6Sx7amo+07qFB6xbk1/atOu6F05MTd3ROgYAAGCYGZUBAAAA0MzB3l0fT2IYMPjqSBm9rHUEHKlN&#10;O7/yz3vqvh9OzduT1NY9HJFvlJoXTsxMval4DwEAABZcaR0AAAAAwNK2dWz892vy71t3cD9qPrp5&#10;19TZrTNgPmxZs/6HSy3vTrKqdQtzU5PLRpbVnzpvevrm1i0AAABLhZPKAAAAAGirdv60dQL3r3bi&#10;PWJoTOyc/pt9ndnHpdQ/b93CIe1N6qs2z0w916AMAACgv5xUBgAAAEBTNSlbx8ankqxr3cK92luX&#10;51ETU1MeU8pQqUnZtmb9a2ot/zPJUa17+NdK8o+9kldM7Jz6fOsWAACApchJZQAAAAA0VZJakve2&#10;7uA+lPJ/DcoYRiWpm3ZO/95sr7MhcRrfALkzqa/6zMzUGQZlAAAA7TipDAAAAIDmtq3ZeEqvdq9J&#10;sqx1C/9aLfVZEzun/6Z1Byy0ravHn1dL/Z2krG2csoTVT3Q6I68874Zrr25dAgAAsNQZlQEAAAAw&#10;ECbHxv8gyb9r3cF3KPnY5p1TZ7XOgH753BlnLPv6LXe8uqb+RpJjW/csIV8q6bx+08y1H24dAgAA&#10;wN08/hIAAACAgdBN541JZlt38B1q79dbJ0A/nXnVVQc3zVz31tKrT0zyviS91k3DrCS3lVLfUJfn&#10;+w3KAAAABouTygAAAAAYGFvHxt9dk5e37iBJyic3z1z3g60roKVtq9c/tlfKryV5YdykPZ/2lFLe&#10;lu7yt2zavf0brWMAAAD4XkZlAAAAAAyMLWPjjynJl2K80VxNnjsxM3Vp6w4YBJNrT1ubXvf/Seor&#10;koy27lnEvlmTNx1114q3n33L9jtbxwAAAHDfjMoAAAAAGCiTa8bfnppXt+5Y2sqWzTPXnd+6AgbN&#10;1rHx02vqG5Lyb5KsbN2ziNyc5B31QN4x8dWpW1rHAAAAcGhGZQAAAAAMlC3j48eXA/XqpDyqdcsS&#10;ta/06uM27Z6eah0Cg+qSjRuPW37X7Itqys+W5LGtewbYp2vyxjtnprZcmHRbxwAAADB3RmUAAAAA&#10;DJzJsfU/kZQ/ad2xFNVaf31i1/Svte6AxeCipPPksfHzS/KaJM+OR/cmybdK8le1k3dtumHqYyWp&#10;rYMAAAA4fEZlAAAAAAycmpStq8f/JiVntW5ZYnbs6e177IW7d9/VOgQWm8tPOWXNSHf0x2vqv0ny&#10;xNY9fdZLyqdS6p/UZXnfxNTUHa2DAAAAeGCMygAAAAAYSFtPOfX7arf3d0mWt25ZMmqet3nX1P9t&#10;nQGL3baT1q+uo50X1NQfS/L01j0L5GBNtiX1fZ3eyss27d7+jdZBAAAAzB+jMgAAAAAG1tbVG/5D&#10;LfWdrTuWglrz2xO7pt7QugOGzeSqUx5fRzrnlto5O6k/mOS41k0PwDeSfKSmfqjbG9nynN3X3tg6&#10;CAAAgIVhVAYAS8SlJ536sGXLemPpZXUtd5/0UEoeVGvtfPtHlW92Um6rvXJ7t87eNlKO+ro7jQEA&#10;aG1ybPxPk7y0dceQ+9uVM6vOOjsfnW0dAsPsypw1etfa3WeWXs6uydkleVqSY1t33aeSW1LzmSSf&#10;Su19ZM+uHf9wYdJtnQXAcLs4GXnQ+vUnHJztnDBSuyeU2jnhXz7TrkntpHNb7v4/+2dLbtx73LLd&#10;F27ffqBpNAAMIaMyABgyV6zeeFKv03taTf2B1HJaUtcmWZPkmCP7ivWfa8qXU/PFTsr2UnpfvH1m&#10;+h99iAwAQL9ceeLpx+47av/fJzmtdcuQ+nrt5okTN07tbh0CS81FSecpp2zcUGdnn9Ap5Yk1eWKS&#10;JyR5eIOcnUmurjVfLqV+qdetnz7/xh3XNugAYInYuur0h9bR/Y8v3XJaL/X0Usqjk95jkvKow/xS&#10;NalfTTq7U7O7lPqlWnqfXTa7/LPn3Hj1rQsSDwBLgFEZACxyl6469eSR0ntu6dQfTC0/kLsHZAvt&#10;m0k+kpKtdTbbXHwCAGChbRtbf0Yv5ZNJVrZuGTI1pb5w887pD7QOAb7t0lWnnjzamT2llJGxXnon&#10;pWZVUlaV5KQkY0mOTtJJ8qA5fLnZmtxakluTemtqbimlzCTlhlp6M52amX1HjV77vGuu2bOg3xQA&#10;S96Va9eu3N9b/oykd05Nnp27h9SdQ/28B6Im15Xks6XkY2W0/t/zpqdvXsjXA4BhYlQGAIvQtjUb&#10;T+lm9oWllhckeWra/5q+vZTylwe75Y+fs/vaGxu3AAAwpLaNbbigl/qBJKOtW4ZFrXn1xK6pd7bu&#10;AB6YD61b96D9s7Pfc1F+xeho79k7dtzeogkAkuTSk046enT06Bfk7sfZPzPJUQ1zekn5VC29Szrd&#10;fHDT7umphi0AMPBaX4AGAOboyrVrV+6roy9JzX9IcmbrnvvQrclkqfmDlbtWbTk7H51tHQQAwHDZ&#10;smb8JaXmPVngEw2Wglrrr0/smv611h0AAAyfyTXjTys1/7YmF2ZuJ2u2cFVSf7cuL38xMTW1v3UM&#10;AAwaozIAGHBbTh5fVUby6iT/PsnDWvcchptq8raR/Uf/3nlf++K3WscAADA8tq5Z/zO1lt9t3bG4&#10;1bdtnpl+besKAACGx8XJyLFj619SUn4xyWNa9xyGm0spf9Dpdd5x7q5rbmodAwCDwqgMAAbUtjUb&#10;T+n2ur9RSn4sybLWPUes5Jaa+j+7B+96x3Nuumlv6xwAAIbD5Jrxt6Tmda07FqlLVs6s+lEnCwMA&#10;MB8uTkaOHxt/cS35z6k5tXXPA3AwqX/Wmc2vnXfT9K7WMQDQmlEZAAyYLePjx3cO5Jdr8h+TrGjd&#10;M19q8rVS86a6Iu9wlDgAAPNh69iG19bUt8SjMOeslLzzjp1TP3th0m3dAgDA4laTsm3NhhfV1P+y&#10;yMdk321fTX3b/k73jc+/4YbbWscAQCtGZQAwILaMj6/IgfzHkvxikoe07llA16fmpzfvmtrWOgQA&#10;gMVvcmz8pUn+KMny1i0DrpaU122aue6trUMAAFj8Lluz4dEjqe9MzQ+1bllA30jNb+45fsXvXbh9&#10;+4HWMQDQb0ZlADAAJk/ZuDHd7nuSPLl1S5/UJH/UzYFfuGBm5putYwAAWNy2rFn/w6WWDyQ5vnXL&#10;gDpYU//dxMz0e1qHAACwuF2yceNxy++a/Y2kvDrJaOuefijJV0rqy86bmb6qdQsA9JNRGQA0dPfx&#10;4OtfU2t5U5KjW/c08NWa/OzEzNT7W4cAALC4Ta5e9/0p5eKkrG2cMmi+UUp5+aad113eOgQAgMVt&#10;cu34WenlD5Osb93SwL5S6n/+zM7p/3VR0msdAwD9YFQGAI1sXbV+vHbKe5I8rXXLAPjTPb19r7pw&#10;9+67WocAALB4XbJx43HL9nb/dyl5ceuWAXFFZ1l92XnT0ze3DgEAYPGqSdm6ZsMbUusbk4y07mmq&#10;5GMpoz+5+Yarb2idAgALzagMABq4fPWGZ3ZK/eskJ7RuGRQl+fjoSPfCc66//mutWwAAWNy2jK1/&#10;eUl5Z5bmacBJ0k3yG3tmpn79wrv/NwAAHJEPrF374JW9kfcm5fzWLQPkzlLz0k27pi5pHQIAC8mo&#10;DAD6bOua8dfUmt9JMtq6ZQB9Pen9m80zOz7SOgQAgMXt8tXrziyl866SPLZ1S5/tqqW+amLn9GTr&#10;EAAAFrdtq9c/tlfKB5KMt24ZQDXJf9s8M3VR6xAAWChGZQDQJzUpk6vX/9dSyn+OX4Pvz/6avHRi&#10;Zur9rUMAAFjcLko6Tx5b/9KS8pYM/ynB+5K8aU9v35s8Vh4AgAdqcmzdM0o6l9bkwa1bBlv9Pyee&#10;+OCfPfOqqw62LgGA+eaCNgD0wefOOGPZLV+/7d2p5UWtWxaJbk19xcTM9HtahwAAsPh9+JRTHnGw&#10;O/JbSV6aYfw8rGRr7eVnJnZNTbdOAQBg8ZtcPX5eSv46S/dx8ofrypV3rXju2bdsv7N1CADMp+H7&#10;EA0ABsyVOWt039ju9yd5XuuWRaaWUn9+087p324dAgDAcNg2tuHZvdT/kuTprVvmQ02+XGr9zU27&#10;pv+y3P34HQAAeEAmx9b/RFL+KMlI65ZFpeYzB44eOfd511yzp3UKAMwXozIAWEA1KdtWj/9hLXlF&#10;65ZFqtZSf2Fi5/SbW4cAADA8Ll+74QmdXn19khdnUV4sqx9O6n/dPLPjk61LAAAYHgZlD1T5yJ7e&#10;Xc/xOHoAhoVRGQAskJqUrWPr/zgpP9m6ZbGryesmZqZ+p3UHAADD5fLV687slM7PJ3lukpWtew6h&#10;m+TDteYtE7umrmgdAwDAcNmyZvwlpeZP4/rxA1Q+2dl/1KbzvvbFb7UuAYAHym8KAGCBbF2z4Tdq&#10;rb/SumNIdDspP3LezHWXtQ4BAGD4XLxq1VHHdVZeUJOXl2RTktHWTfeoST6V1Pd0c/B9F8zMfLN1&#10;EAAAw+eemy0+luTo1i1D4pLPzky94KKk1zoEAB4IozIAWACTa8Z/KjV/2LpjyOyrqedMzEz/besQ&#10;AACG12Vjp67r1O6LSinPSvLUJEf1OWE2NZ9LyZXpdf9i8+7rv9jn1wcAYAnZumr9eO2UTyd5WOuW&#10;4VJ/a/PM9C+0rgCAB8KoDADm2eVrNzyh06t/G3d1zbuafG2kjDztvJ3XXN+6BQCA4bdlfHxF3V+e&#10;Uko9qyRnJXlCkofM88vcmeRLST5WevVjK/av/OTZt2y/c55fAwAAvsclGzcet3xf75Op9fGtW4ZQ&#10;LTXP37Rr6pLWIQBwpIzKAGAeffjk0044OHLwc0lZ2zhlmH1+z3Ernnrh9u0HWocAALD0fPiUUx5x&#10;sI48Or2ysaSeVlM3JOXoJMen5LjUHJ3kmLt/dN2XlL1JbivJt2rJ3pJc36v1KyPpXN0Z7V7z7B07&#10;Zhp+OwAALGFbxsbfX5IXtu4YYrf3ur0nn3/jjmtbhwDAkTAqA4B5cvHppy8/bs/+K5P8QOuWYVdr&#10;fnti19QbWncAAAAAACxGk6vHX52St7fuGHol146O9J787B07bm+dAgCHq9M6AACGxXF79r8+BmV9&#10;UUr+4+TYume07gAAAAAAWGwuP3ndqSn5n607loSaU7vdzhtbZwDAkXBSGQDMg8vWbHj0SK2fT7Ki&#10;dcsScmM3Bx53wczMN1uHAAAAAAAsBleuXbvyrt7o35fksa1blpBaSz1nYuf037QOAYDD4aQyAJgH&#10;nVrfGoOyfjt5NMvf1DoCAAAAAGCx2Ncd+RWDsr4rpZa3XXz66ctbhwDA4TAqA4AHaMua8VeU5Nmt&#10;O5aimvy7ratOfXLrDgAAAACAQXf3Yy/LL7buWKJOP27P/l9uHQEAh8OoDAAegK2rTn9oSf5H644l&#10;rKTT+63WEQAAAAAAg64z0vn1JMtadyxhv3jFqnUbWkcAwFwZlQHAA9Ar+385NSe27ljKavLMydUb&#10;XtS6AwAAAABgUF2+esMzk1zYumOJW9ntdP576wgAmKvSOgAAFqsrVm88qVu600lWtm4hu2dn9258&#10;zk037W0dAgAAAAAwSC5KOk8ZG/9ckie2biG1jHSeuOn6a7/QOgQADsVJZQBwhLrpvS4GZYNi1cjo&#10;UT/VOgIAAAAAYNA8Zc3658WgbFCU2u39SusIAJgLozIAOAJbTh5flVJ/pnUH31ZS/tOVOWu0dQcA&#10;AAAAwECp5Q2tE/hXfnRy9brvbx0BAIdiVAYAR6CMxillg2fNvjU3Prd1BAAAAADAoNi6ZvxJSX6g&#10;dQf/Sknp/ELrCAA4FKMyADhMl5500tGp8ajFQVTr/9M6AQAAAABgUPR6+U+tG7hXz9920vrVrSMA&#10;4P4YlQHAYVq27JgfSfKg1h3cqzO3jK1/eusIAAAAAIDWtpw8vqqU/FjrDu7VSG+0vLR1BADcH6My&#10;ADhMtdaXt27gvpWUn2zdAAAAAADQXKf+RJJlrTO4T641ADDQjMoA4DBcNnbquiTntu7gvpXkRy8+&#10;/fTlrTsAAAAAAFoqpfx46wbu12mXr97wzNYRAHBfjMoA4DB0avdFSUrrDu5bTR78oD0Hfqh1BwAA&#10;AABAK1tXrR9P8rjWHdy/Tqkva90AAPfFqAwADkMpnee1buDQerW6Aw8AAAAAWLpKubB1AnPy3OpG&#10;dgAGlFEZAMzRlkeOn5jUM1p3MAclP/K5M85Y1joDAAAAAKCFWvLC1g3MycO3rN3wfa0jAODeGJUB&#10;wByV5Tkrfu1cLE649eu3fX/rCAAAAACAfrt01aknJ3li6w7mptTeOa0bAODeuDAOAHNUaja1bmDu&#10;euk8vXUDAAAAAEC/jZTuM+KRiotGqTmvdQMA3BujMgCYo17ibqFFpNb6lNYNAAAAAAD9Vjrlya0b&#10;OBzl6VeuXbuydQUAfDejMgCYgytWbzyplIy17uCwPKN1AAAAAABA39U8rXUCh+WovbPLvq91BAB8&#10;N6MyAJiD2XQf27qBw1OSR2xbs/GU1h0AAAAAAP2yZXx8RZInte7g8IyM1Me1bgCA72ZUBgBzUfKY&#10;1gkcvl7tntm6AQAAAACgX8r+3uOTrGjdweGpcQ0CgMFjVAYAc9CpcZfQIlRqNrRuAAAAAADol9rp&#10;nNq6gSNQnVQGwOAxKgOAOaglHn+5CNVS1rRuAAAAAADol1KzunUDh6+mGJUBMHCMygBgLkpOaZ3A&#10;kahGZQAAAADA0lGzqnUCh68kj9j2iMcf07oDAL6TURkAHMJFSSc1D23dwREwBgQAAAAAlpKSsdYJ&#10;HJnOMXee0LoBAL6TURkAHMKZY2MPSjLSuoMjUDNWk9I6AwAAAACgH0o8/nKxOtjtGJUBMFCMygDg&#10;EEZ7y/xBbvFa+b5Vq1a2jgAAAAAA6Iea+ojWDRyZUnuemALAQDEqA4BD6MbdQYvZQ5YvX966AQAA&#10;AACgP4rPQxep4loEAAPGqAwADqGU+qDWDRy5g3s7PkQBAAAAAJaK0dYBHJleXIsAYLAYlQHAIZTS&#10;67Zu4Mh1R43KAAAAAIAlY1nrAI5MKaXXugEAvpNRGQAcQqmjB1o3cOSWjzjuHQAAAABYMozKFqlS&#10;41oEAAPFqAwADqFbqz/ILWLdXtfvdwAAAACApcLjLxepWuvB1g0A8J1cZAWAQygjRmWLWa8c+Ebr&#10;BgAAAACAPrmjdQBHqNNxLQKAgWJUBgCH0HHk9GLW/dzMzO2tIwAAAAAA+uTrrQM4Mk4qA2DQGJUB&#10;wCEcnO18rXUDR6jkGxclvdYZAAAAAAB9cnPrAI5Mp+daBACDxagMAA7hOTdd+/Uk32rdwRGoubV1&#10;AgAAAABAHzmpbJEaXXZwZ+sGAPhORmUAMCd1d+sCjohRGQAAAACwZJSaW1o3cET2Pev6650yB8BA&#10;MSoDgDkp7hBalMpU6wIAAAAAgLGeoTUAACAASURBVH6pJbtaN3D4arKrJLV1BwB8J6MyAJibmdYB&#10;HL5Sel9q3QAAAAAA0DelfqF1AoevpLqxHYCBY1QGAHNQS72mdQNHoJvtrRMAAAAAAPqldONG28Wo&#10;FtcgABg4RmUAMAcjyadaN3AERpa7Kw8AAAAAWDLO2z09neSO1h0cntrJp1s3AMB3MyoDgDlYXrr/&#10;kORA6w4Oy9c37fzKP7eOAAAAAADol5LUJF9u3cFh6uUzrRMA4LsZlQHAHJx9ww37EseGLzJXtQ4A&#10;AAAAAOi7ms+3TuCw3Lp519SO1hEA8N2MygBgzopHYC4iJWWydQMAAAAAQL+Vjs9GF5OafPqeE+YA&#10;YKAYlQHAHJXUT7ZuYO56qR9q3QAAAAAA0G8r9i7/WJL9rTuYm5L8besGALg3RmUAMEcHZ/delmRv&#10;6w7mZMfEzNQ/tY4AAAAAAOi3s2/ZfmeSj7XuYG5Kr76/dQMA3BujMgCYo+fcdNPeUnJF6w4OraZ6&#10;nwAAAACApatma+sE5qCUL27aPT3VOgMA7o1RGQAchtorl7Ru4NBKLZOtGwAAAAAAWul2ilHZIlBq&#10;/WDrBgC4L0ZlAHAY9o0c/GCSA607uG+1ZmbPrqnLW3cAAAAAALRywc7rvpLk0607uH+l1ve1bgCA&#10;+2JUBgCH4fk33HBbUj7cuoP70cl7L0y6rTMAAAAAAFqqqe9q3cB9K8lXztv1/7F373Ge1wW9x9+f&#10;38xeAMFLArrszl5mFjxiKKGSVgam7O4gmmVYntTIrifrZHk5WuZqXjI9VnZR86h564KaKTK7ixRY&#10;aamg5YmjLDPLzuyCIorIAnub+X3OH5KhAu6yM/P5zfyez794PHgw8+LB78Fjv9/f+/v5TvxH6w4A&#10;uDtGZQBwuGp9Y+sE7tbMwMH65tYRAAAAAACt3drd/56S3Ny6g7tWU/6odQMA3BOjMgA4TBt3jV+S&#10;5AutO7gLJR/dcP3ErtYZAAAAAACtnb97995u6l+37uAufXV6+rZ3t44AgHtiVAYAh6kktaQ4Dasn&#10;1T9vXQAAAAAA0CtqrW9r3cBdKHnneddff3vrDAC4J0ZlAHAvLNu79G1Jvt66g2/xqU2TEx9sHQEA&#10;AAAA0CvO3bXjiiQfbt3Bt5geHOh69SUAPc+oDADuhbNvvOrWlLy9dQf/pdS8unUDAAAAAECv6aS+&#10;Iklt3cE3/e0Td+yYah0BAN+NURkA3Ev7yvQrkny1dQdJav51467xD7XOAAAAAADoNRumJq5M8r7W&#10;HSRJ9qUz+KLWEQBwKIzKAOBeeurOnTfX5JWtO0iSbG4dAAAAAADQq7oz3ZcmmW7d0e9q6hs37fzC&#10;ztYdAHAojMoA4EgszZuSXNs6o6+VfGzTrvFtrTMAAAAAAHrVudft2F6Sv2zd0edu6nSXv7Z1BAAc&#10;KqMyADgCo+Pj+2vywtYdfezWlMGfaR0BAAAAANDzusueV5MbWmf0q5q6eePuq25q3QEAh8qoDACO&#10;0Kap8Q8k9dLWHX3q1Y4KBwAAAAD47jbuvuqmkjy/dUef+swJx9/vza0jAOBwGJUBwBEqSS1l6bOS&#10;fLV1S38pn94zNf77rSsAAAAAABaKTVPj70nyodYdfebWWnP+I6+88mDrEAA4HEZlADALNk5+/ou1&#10;5H+27ugj0510f/n8ZKZ1CAAAAADAQjJQB/5HSW5u3dEvaupLRneNT7TuAIDDZVQGALNkdHL8vUne&#10;27qjP5Tf3DA1cWXrCgAAAACAheacXVdfn+TXWnf0hZKPfWpq4k9bZwDAvWFUBgCzaMnM4P9Msrt1&#10;xyL3/o1T1/xx6wgAAAAAgIVq49T4u5PiPuvc+lonAxdsTrqtQwDg3jAqA4BZ9ITrvvDVmVLOcXT4&#10;nPnsnu6+Z5Wktg4BAAAAAFjI9kxd87wk21p3LFL7a+p5GyavvrZ1CADcW0ZlADDLnjR5zedrJ09N&#10;cqB1y2JSkptLt55//u7de1u3AAAAAAAsdOcnM6W77BlJDJ9mV621Pnt0auLjrUMA4EgYlQHAHNi0&#10;c/zy1DyvdcciMt1NnrVx98R46xAAAAAAgMVi4+6rbirdzk8mua11y2JRa94wumvib1p3AMCRMioD&#10;gDmyadf4n6XkDa07FoFukgtGp8Yvah0CAAAAALDYbNy9/VO15sfi7Ruz4UOf2jX+wtYRADAbjMoA&#10;YA5tnBx/fk39o9YdC1itNc/dNDX+ntYhAAAAAACL1eiu8UtKKc9IMt26ZQG7qC7N0zd/40FpAFjw&#10;SusAAOgHY0MjLyrJ77XuWGCmU+szN+2a+OvWIQAAAAAA/WBs9fCmUssHkhzVumVhqX+xZ2ri585P&#10;ZlqXAMBscVIZAMyD0anx15aa32rdsYAcTHKBQRkAAAAAwPwZnZzYktJ9WpK9rVsWipK8y6AMgMXI&#10;qAwA5snGXeOvLim/Hkdffzdf76Sc65WXAAAAAADzb9PkjrHayeNTcmPrll5XSt70r1PjFxiUAbAY&#10;ef0lAMyzLavXjaZ23pPk/q1betBkp9Ynbdg18R+tQwAAAAAA+tnYqpHhUvKRJA9p3dKDDtSaXx/d&#10;Nf6m1iEAMFecVAYA82zT5I6xOpPTSsknW7f0kpp8oC7NaQZlAAAAAADtje4an1jemT49qW9s3dJj&#10;ru12ypkGZQAsdk4qA4BGtp142jHd5be9NbX8VOuWxqaTvGrP1PjvOiIcAAAAAKD3bBka/oWk/EGS&#10;o1u3NFXysSWdmac/4dprb2idAgBzzagMABobGxo5ryR/lmRl65YGruzU+jNOJwMAAAAA6G0Xr127&#10;emBm4F01eVzrlgZuqqnP2zQ18e6S1NYxADAfvP4SABobnRq/aHq6c3qSd7dumUcHSimvWt6Z/kGD&#10;MgAAAACA3nfutddOPvD4+z6hlPI7Sfa27plHl3TKwCNHpybeZVAGQD9xUhkA9JAtq0Y2pORPkoy0&#10;bpk75Z9L6i9tnBq/qnUJAAAAAACHb9vqU9Z268wfJnly65a5UpMbOskLNk6N99MD4QDwTUZlANBj&#10;NiedM4dGfjzJa5IMN86ZTZ8p6bxo49T2S1uHAAAAAABw5LasWveolM7vJXl865ZZ9KWkvmzPscv/&#10;4vyrrjrQOgYAWjEqA4AedeHKlUcdO3DUc1Pri5J8T+uee6skn6+pr90zNfGe85OZ1j0AAAAAAMye&#10;mpStq0bOK528pNac2brnCNyW5I0zOfC6J01Nfa11DAC0ZlQGAD3uQ6eccuzS22eemZJfSfLQ1j2H&#10;qiT/WEv5o09OXvN3m5Nu6x4AAAAAAObW2Orhx6eW55VkNEmndc8hmqzJm2amO2877/rtX2kdAwC9&#10;wqgMABaImpQtq4fPLt3Oc1Pqk5MMtG76DiU3ppsLO6lv3rBr4j9a5wAAAAAAMP+2rT5lba0zv1iT&#10;ZyZZ0brnLtSk/n2p5U9u2TX+EW/ZAIDvZFQGAAvQRStOfuCSgXpeLfVHkzwxyVHtauoXk85FJeV9&#10;t0xtv8zFNwAAAAAASXJhMnDfofWP76b7jJqyqSQnNsw5WJPLS83f1W4+PHrd+O6GLQDQ84zKAGCB&#10;u2jFiqMHlxyzsdbu40rKo5M8InM7MrstKf+a1H/udsuWT+++5tObvd4SAAAAAIB7sDnpPGZo+PRu&#10;yjlJ+cGS+tia3G8Of+XBJP9eSj5du+Wf9g0c3PLUnTtvnsPfBwCLilEZACwyV5xxxpIvf+XrDyu1&#10;PqrWcnKnk+FuzUhJhnN4Y7MDKdlZupmonXy+1vrvnYGBf1927Yqrzs7l03PVDwAAAADA4rc56Txy&#10;9fpTBrp5RCn14TV5aL5xH3tdkuWH8aP2J7m2JuNJnSi1bO/WcmVZXv9tdHx8/1y0A0A/MCoDgD5y&#10;yapTVhwodXmndO+bkmWdbuc+d/773U731nqwe1OZ6Xzt1i+N3+RVlgAAAAAAzKealL8/6SEPmC4H&#10;758MPCCdHPctf790b+vUeuBgBr7Wmeke+NR149dv9jYNAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAABa60joAAADoLZcdf+p9bl+6d8XgQDl2JlneycBRqd1j&#10;asnSJKlJ7aRzc7q5pQzmlgPT2fPgE4/98iOvvPJg63YAAAB6z+ak86g1a05YMt05tnbKcTUD969l&#10;5tjUMpgkKWWm1HJLyczXpmfqnizp3vLpnTu/vDnpNg0HAIA+ZlQGAAB9aNvw8AkzB8ojSikPSamn&#10;pNaTk7I2yYOTHH2vfmjJjan5cpLdteaalLq91LK9OzD97+fu3Pml2ewHAACgt3xwzZr7HVUHTq+1&#10;c3KtdX0pWZ9S1qTWE5Icn2TgMH/kTJIbU8qXa61TJXVHSWdHSSY6gzOfe+KOHVOz/i8BAAB8k1EZ&#10;AAAscheeeurS++zZ96jUnFVK57FJfUSSFfOccV2SK0rNp2only2fXPnps3P59Dw3AAAAMAtqUsZW&#10;rnvYQGfg8bV0z6y1PLIkI5nf751uSspna6mfHKjl8uw/6hMbbvjcbfP4+wEAYFEzKgMAgEVo68rh&#10;kXQ659bU0SQ/mHt7+tjc2VOTj5WaLdO186Hzdm+/rnUQAAAAd2/sQSPHl6V1tKRsqsnZSU5o3fRt&#10;Diblk6XWLTMDZezcndf8W+sgAABYyIzKAABgkbh4zfpHdLr1/JT8eGpObt1zGGop+VRq+duZgem/&#10;OffaaydbBwEAAJBctPLkkwY63Z8uyVOSnJmk07rpMFyX1A90u52/PHf3NZ9sHQMAAAuNURkAACxg&#10;d9zgf06Sny7J+tY9s6Am9Z+TvGdfZ+bCp+7ceXPrIAAAgH4yNjKyrOyvT00pP5PkCUkGGicdsZpc&#10;U5L3dgdm/sKDTAAAcGiMygAAYIGpSdm2cnhD7ZRfSnJuksHWTXPk1pS8K52BN2669uqrW8cAAAAs&#10;ZhevXbu6MzPwSyl5TmqOb90zR7o1+fvU+rajdq36wNm5fLp1EAAA9CqjMgAAWCDGRkaW5WD+e6n5&#10;jSSntu6ZRzUl20rq72+cnLisdQwAAMBicvGa9Y/odOtLkvxYFsGpZIfh2lrzuqMGpt9x9s6d+1rH&#10;AABArzEqAwCAHnfhqacuPe7Wfb9Qa16SlAe37mns46n53U27xre1DgEAAFjItq4ePrumvDA1G9Lf&#10;3xd9KTWvm565/c3nXX/97a1jAACgV/TzRQIAAPS0zUnnzKHhZ37jL8uali096BOdUl+wYXLiE61D&#10;AAAAFpKta09+eJ2p/zupP9K6pcd8qSavPaoz/WYnlwEAgFEZAAD0pK1DJz+h1u7rU/Lw1i09rZYP&#10;ZrDz4k3XXn116xQAAIBedvGaNQ/qdAd/N8kF6a/XXB6uHSn1+ZsmJz7YOgQAAFoyKgMAgB6ydeXw&#10;SO3kD5NybuuWBeRAkv89PX37K72qBAAA4FtdmAzcZ2j4f5SU301y39Y9C0f5+5mSX33S5DWfb10C&#10;AAAtGJUBAEAPuCxnDe4fuu43aurmJEe17lmgJmvyq6NT4xe1DgEAAOgFF69cf2anU9+U5PTWLQvU&#10;/lLKqx74wON+75FXXnmwdQwAAMwnozIAAGhsy8q1p6Uz8Bdxk39W1JJ3HFw+8D+fcvXVe1q3AAAA&#10;tDA2MrIsB+orSspvxqsuZ8P/7aResGFq4srWIQAAMF+MygAAoJGalK2rRn49Ja9Osrx1zyJzbU19&#10;5ujUxMdbhwAAAMynratHvq/WvCvJqa1bFpmDSX7nk1Pjv7856baOAQCAuWZUBgAADWwbHj5h5mB5&#10;T0me2LplEZsuNS/bsGv8NSWprWMAAADm2tZV63+plvqHSZa1blm0Sj5Wp/PTo9eN726dAgAAc8mo&#10;DAAA5tmWNSNnpebC1BzfuqUvlHxsoDvwjHN2XX196xQAAIC58NF16+47Pd15Z5KntG7pE7fUWp89&#10;umvi71qHAADAXOm0DgAAgH6ydWjkmelmi0HZPKr54Zky84ltq4Yf1joFAABgtm1bMbxqZrpzeQzK&#10;5tNxpZT3jw2NvKg6wAEAgEXKH3QBAGAebE46Zw4N/0FSfq11Sx+7LTXP2LRr/MOtQwAAAGbDljUj&#10;Z6Wb9yf5ntYt/aomH5iZvv1Z511//e2tWwAAYDYZlQEAwBy7bM2a5fvqknek1p9s3UKma8kvjk6O&#10;v711CAAAwJEYGxp5WknenWR565Z+V5J/HJwZ/LEnXPeFr7ZuAQCA2WJUBgAAc+hDp5xy7LK9Mx+p&#10;yeNat/BNtZb6wtHJide3DgEAALg3xoaGf76kvCnJQOsWvukL093OE87bvf261iEAADAbOq0DAABg&#10;sfrgmjX3W3r7zCUGZT2nlFpeN7Z65FWtQwAAAA7X1qH1Lywpb4lBWa95yGCne/lH160bah0CAACz&#10;wUllAAAwB7auPPUBtbP/kiRntG7hntTXbZqaeGHrCgAAgEOxZWjkfyV5TesO7knd2SmDj98wefW1&#10;rUsAAOBIGJUBAMAs27ry1AfUgQOXpdbTWrfw3ZXkDzdOjT+vdQcAAMA92TI08uIkr27dwSHZ3SkD&#10;jzMsAwBgIfP6SwAAmEXbTjztmNo58CGDsoWjJr9+x9P+AAAAPWnr6pGfS/Kq1h0cspXdzGy9dO3a&#10;E1uHAADAveWkMgAAmCWX5azBfUO7P5JkQ+sWDltN6gWbpibe2ToEAADgzsZWD28qtXw4yWDrFg5T&#10;KZ+rS+oPjY6P39I6BQAADpeTygAAYJbsG7ru/8SgbKEqSXnbltXDT20dAgAA8J+2rB55TKnlAzEo&#10;W5hqPa0czIcvPPXUpa1TAADgcBmVAQDALNiyauR5SX126w6OyEBqeefWoZFTW4cAAABcvGbNg1Lz&#10;viRHtW7hCNT88LF7Dry+dQYAABwur78EAIAjtG1o/RO7qVuSDLRu4cjV5Jr9nelHP3XnzptbtwAA&#10;AP3pwlNPXXrsnv3/kOQHWrcwS0p+btPk+NtaZwAAwKFyUhkAAByBbatPWdtN/ZsYlC0aJVm/vLvk&#10;/ZflLK+XAQAAmjh2z/7/E4OyxaXmTVtWjzymdQYAABwqozIAALiXrjjjjCXdOvPuJPdv3cJsqz+y&#10;b2j3C1pXAAAA/Wfr6vXPSPLM1h3MuiWpeddH1627b+sQAAA4FEZlAABwL91449dfHk+OL2Yvv3jV&#10;uke2jgAAAPrH2KqR4Vrrm1p3MGdGZqY7b2kdAQAAh8KoDAAA7oWLV61/XJIXtu5gTi3pdDrv3Xbi&#10;ace0DgEAABa/K844Y0kp5a+SHNe6hblTk6dvHRpxEh0AAD3PqAwAAA7TpSc95Hs6pf5lkoHWLcyx&#10;mpNnlt32+tYZAADA4nfjl2/+naQ+qnUHc68mb7r4pHUnt+4AAIB7YlQGAACH6eDAzKuTnNS6g/lR&#10;Un5h2+rhx7buAAAAFq+xoZGHppQXtO5g3hzTGej8cesIAAC4J0ZlAABwGLasHnlMUn+udQfzqtOt&#10;5a1jIyPLWocAAACLz+akU5K3JnHN0V/O2bJq+CdbRwAAwN0xKgMAgEN0xRlnLEnNW+PP0f3ooTmQ&#10;F7WOAAAAFp8zh9b/fBKnI/ejUv74ohUnP7B1BgAA3BVfhgEAwCG68cZbfjnJqa07aKMkL7ho5cle&#10;ewoAAMyaD51yyrFJ3dy6g2YeuGSw+1utIwAA4K4YlQEAwCG4aMXJDyypL2/dQVP3WdLp/u/WEQAA&#10;wOKx5PaZlyV5UOsO2qnJc8eGRh7augMAAL6dURkAAByCwSXdF9fkfq07aKsm528bGj6jdQcAALDw&#10;bVsxvKqU/ErrDpobTPKK1hEAAPDtjMoAAOC72Lb6lLWpeW7rDnpC6ZbyytYRAADAwlcHy0uTLG/d&#10;QXsl+fFtq4cf27oDAADuzKgMAAC+i9qd+e0kS1t30CNqNm4ZWvcjrTMAAICF6yOr1/+3mvxs6w56&#10;R7eW323dAAAAd2ZUBgAA9+Cj69YN1ZKfbt1Br+n8VusCAABg4RqoeVGSgdYd9JTHj60Z+f7WEQAA&#10;8J+MygAA4B5Mz3ReFKeU8Z3O3rry5Ee3jgAAABaebSuGVyX1Ga076D2lW17augEAAP6TURkAANyN&#10;bcPDJ6TmOa076E21031J6wYAAGDh6Q52XpBkSesOelEd3br25Ie3rgAAgMSoDAAA7tbMdJ6VZFnr&#10;DnrWeR8ZOnld6wgAAGDhGBsZOS6pF7TuoHd1Z2Z+qXUDAAAkRmUAAHCXLstZg+mWX23dQU/rDMTN&#10;fgAA4NB1DtZnJblP6w56V0l59qUnPeR7WncAAIBRGQAA3IX9q6/bUEqGWnfQ22rKs6444wyvrQEA&#10;AA5JreVnWzfQ8446MDD9zNYRAABgVAYAAHeh1vrs1g30vpKc+JWv3PLk1h0AAEDvu3jVukcmOb11&#10;B72vJM9q3QAAAEZlAADwbS5acfIDkzyldQcLgwEiAABwKEo6rh04VKePrR4xQAQAoCmjMgAA+DaD&#10;g/XHkyxt3cGCcc4H16y5X+sIAACgd12YDJSSp7XuYOEo3fKM1g0AAPQ3ozIAAPg2JdWNWw7HsuXd&#10;gfNbRwAAAL3ruJXDT0zyoNYdLCClPr0mpXUGAAD9y6gMAADu5NKTHvI9NXls6w4Wmo7XpQIAAHer&#10;dvKjrRtYcFZtW3vyaa0jAADoX0ZlAABwJwcGp5+SZLB1BwtN/ZEPnXLKsa0rAACA3nPHaVNPbt3B&#10;wlNnuk9t3QAAQP8yKgMAgDsp3fKk1g0sSMuW7J05q3UEAADQe8bWrH94Uh7cuoMFaVPrAAAA+pdR&#10;GQAA3OHCZKCUenbrDhaqOtq6AAAA6D0DM64VuNfO+MjQ0P1bRwAA0J+MygAA4A7HrFz/yJrcr3UH&#10;C1NJDBIBAIDvUD28xL03MFiWPb51BAAA/cmoDAAA7tDpVDdqOQLllEtWnbKidQUAANA7Ljz11KVJ&#10;eWzrDhay+iOtCwAA6E9GZQAA8F8e0zqAha3b6foMAQAA33Tc1w8+IsnRrTtYuGo3RokAADRhVAYA&#10;AHeoyaNbN7Cw1W6+v3UDAADQQzrVgyccmZKHbTvxtGNaZwAA0H+MygAAIMnYSSMrS3Ji6w4WuJLT&#10;WycAAAC9o6b7iNYNLHgDM0fd/r2tIwAA6D9GZQAAkKTTyRmtG1gM6uk1Ka0rAACAHlE639c6gYWv&#10;zMTnCACAeWdUBgAASWrJQ1s3sCg84NJ161a1jgAAANq74owzlqTW/9a6g0XBPQsAAOadURkAACRJ&#10;yimtC1gcutMDPksAAEC++tU9w0mWtO5gESjlIa0TAADoP0ZlAACQJLUaAjErZmodad0AAAC0N9Pt&#10;rm/dwGJRjcoAAJh3RmUAAJCklqxt3cCiMdw6AAAAaK/UeOCE2bJibGRkWesIAAD6i1EZAAB978JT&#10;T11akhNad7A4lJLVrRsAAID2SslQ6wYWjTJwcGBF6wgAAPqLURkAAH3v/nv3PihJad3BovHg1gEA&#10;AEB7tZQHtW5g8Zip00ZlAADMK6MyAAD63oEDA0ZAzKYTWwcAAAA9oFuNypg1ndLxeQIAYF4ZlQEA&#10;0PfKQPcBrRtYVIzKAACApOSE1gksHt3q3gUAAPPLqAwAgL7XqeXY1g0sKvfZ7FoLAABIjmsdwOLR&#10;KT5PAADML190AADQ92qJURmzqfzw8ace3ToCAABoqyT3ad3A4lE9EAcAwDwzKgMAoO/VWg2AmFUz&#10;97n9mNYNAABAWzVxXcCsqdVIEQCA+WVUBgBA3+uk48/FzKqZ/Z2lrRsAAIB2alKSLGndweJROimt&#10;GwAA6C++PAMAoO91U92YBQAAYNaUpLZuAAAAOBJGZQAA9L1SPe0LAADArDMsYza5dwEAwLwyKgMA&#10;oO+VTj3YuoHFZaYUXx4BAADd1gEsHqXmQOsGAAD6i1EZAAB9r3Y7t7ZuYHHZv2TaZwoAALitdQCL&#10;SCk+TwAAzCujMgAA+l4t1QCI2VQP7ty5p3UEAADQnGtNZk3tuncBAMD8MioDAKDvlRoDIGbT7ecn&#10;M60jAACA1qprTWZN6bh3AQDA/DIqAwCg79VOvty6gUXlptYBAABAD6jla60TWDy6NTe0bgAAoL8Y&#10;lQEA0Pdqmf5i6wYWkZrrWicAAADt1eLagNkzkHp96wYAAPqLURkAAH3vtp07b4zXFTJr3OgHAACS&#10;kuLagFlT6qAH4gAAmFdGZQAA9L3zvzEoc3OWWVJ8lgAAgCTVtQGz5cCSXQ/+cusIAAD6i1EZAAB8&#10;w/bWASwOtWS8dQMAANATXBswW3acncunW0cAANBfjMoAACBJTTUqY3aUenXrBAAAoAd0Z1wbMCuq&#10;gSIAAA0YlQEAQJKO06WYJZ2ZXNO6AQAAaG+6u388SW3dwcLXMSoDAKABozIAAEiSOvDvrRNYFPYu&#10;271qZ+sIAACgvfOuv/72pE627mDhq7W4ZwEAwLwzKgMAgCTT2XdlPEHOkfvs2bl8unUEAADQK8qn&#10;WxewCNTpz7ROAACg/xiVAQBAkidNTX0tybWtO1joypWtCwAAgN5RUq5o3cCCt2/57tX/r3UEAAD9&#10;x6gMAAD+i5v9HJkaT48Dx2pYMAAAIABJREFUAADfVDPjwROOTM2/OREbAIAWjMoAAOAOteby1g0s&#10;bDX1n1o3AAAAvePAUUs+leRg6w4WrlrqP7ZuAACgPxmVAQDAHTolbtRyJCZHd41PtI4AAAB6x1Ou&#10;vnpPUj7ZuoOFq9TyD60bAADoT0ZlAABwh3+dGv98kq+07mDBMkoEAAC+U+1e3jqBBetgXZZ/aR0B&#10;AEB/MioDAIA7bE66Sba17mCB8vQ4AABwF2otl7ZuYIGq+fjo+PgtrTMAAOhPRmUAAHAnJflw6wYW&#10;pOkl3YGLWkcAAAC959bd4/8cp2Jz77hHAQBAM0ZlAABwJ92l2ZrkQOsOFpiSjz/hui98tXUGAADQ&#10;e85PZpJsbd3BwtMZ6Gxp3QAAQP8yKgMAgDu547USl7fuYGEpqU4pAwAA7l6pf9s6gQXn/27Yuf0L&#10;rSMAAOhfRmUAAPAd6l+2LmBB6c50uu9vHQEAAPSuzr5jLklya+sOFo6auM4EAKApozIAAPg2nf3H&#10;vD/Jba07WCjKZedee+1k6woAAKB3bbjhc7fVkve17mDBqN103tM6AgCA/mZUBgAA32bDDZ+7LaV4&#10;nSGHpNS8t3UDAADQ+0rtunbgUF35pKntO1pHAADQ34zKAADgLpR0/7x1AwvCbfuP7nglCQAA8F19&#10;cmrHZbVmqnUHva+UvKV1AwAAGJUBAMBd2Dg5cVlN/qN1B72t1rzjKVdfvad1BwAA0Ps2J91OKX/a&#10;uoOed9MtM/ucagcAQHNGZQAAcPfe1jqAnlY7JW9uHQEAACwcB6fL25Psbd1BLyvvPX/3bp8RAACa&#10;MyoDAIC7MbD/6Lcm+WrrDnrWJRunxq9qHQEAACwc512//StJfVfrDnrWwc5093WtIwAAIDEqAwCA&#10;u7Xhhs/dVlOdVsZdq/mD1gkAAMDCM1M6f5Sk27qDHlTKBzZcP7GrdQYAACRGZQAAcI9mugNvTHKg&#10;dQc951827Rrf1joCAABYeJ40ec3na81ft+6g59Sa+vutIwAA4D8ZlQEAwD04b/f265L65tYd9JZa&#10;6m+3bgAAABa030ky3TqCHlLrB0cnxz/bOgMAAP5TaR0AAAC9buxBI8eXpZlIcmzrFnpAycc2TY6f&#10;1ToD+C+X5azBvat3f2+S00vNqiQrS81J3ZJVnWRlTe53N//o11NyQ2q+kuQrpeYrtWQ8NZ+pB/OZ&#10;0S+N3zh//xYAQL8ZWz3y9lJzQesOekK3JKdtnBq/qnUIAAD8J6MyAAA4BGOrR15Val7SuoP2SqmP&#10;3zg5cVnrDuhn24aHT+geyOPTKY9OzaOTfF+So+bgV+1K8pla66cHSraeMzXxmZLUOfg9AEAfunjt&#10;2tWdmYHtSZa2bqGxUv560+Q1P9U6AwAA7syoDAAADsFHhobuP1CWXp2a41u30NQlm6bGN7SOgH60&#10;Ze0pp2Rm5qeS/ESShzbKuCnJ3yf10lKWXrRx8vNfbNQBACwSW1eP/Fmt+eXWHTR1IAMDp2269uqr&#10;W4cAAMCdGZUBAMAh2rpq/QW11Le37qCZfbXmYaO7xidah0C/GBsZOa5zsD6rdst/T8mZ6a37GAeS&#10;/F1J563/OrX9HzYn3dZBAMDCMzYyclw5UL+QlAe3bqGZ12yaGncyOgAAPaeXbsYCAEBPq0nZtnrk&#10;X2rNma1baGLzpqnxl7eOgH6wbfXwY7u1/HqSJydZ1rrnu6tfLCnvKmXgLRsmr762dQ0AsLBsWbX+&#10;Z1LqO1p30MR1y/cue8jZN151a+sQAAD4dkZlAABwGC5euf7MTqd+PMlA6xbmU925p7v/oefv3r23&#10;dQksZmOrRs4pyYtTclbrlnvpYFLe0ZnuvnLD9RO7WscAAAvD5qRz5tD6f03qo1q3ML9qyU+PTo6/&#10;t3UHAADcFaMyAAA4TFtWj7whNc9r3cH8qcmTR6fGL2rdAYvV2NDwD5RaXp+S72/dMksOJvnrWvNy&#10;r8wFAA7F1pUnP7p2uv+SpNO6hflSxjZNXXNu6woAALg7Lk4AAOAw1SV5cUk+37qD+VLfYlAGc+Oi&#10;lSeftHXVyNtKyj8uokFZkixJ8sxS8n/HhoZfe9GKFUe3DgIAetvG3ds/VZJXtu5g3nytlMGfax0B&#10;AAD3xKgMAAAO0+j4+P5uN7+cpNu6hTk3vnzv8ue3joDFpiZl6+qRXxnsdK+uJT+bxXt/4qiS8sLB&#10;waM/d/Gq9Y9rHQMA9LZbjl32qiRXtu5g7tWS52+c/PwXW3cAAMA98fpLAAC4l7YMjWxO8rLGGcyd&#10;A7Xk+0cnxz/bOgQWk4tPWndyp9N55yI7mexQva90l/3Sxt1X3dQ6BADoTR8ZOnndQLqfTXJc6xbm&#10;RknetXFq/NmtOwAA4LtZrE8CAwDAnFs+tfKVST7RuoO5UVJealAGs2vL6pHndAY6n+7TQVmS/ETt&#10;7L9iy+qRx7QOAQB605Omtu9I6gtadzBnrh0Y7P5a6wgAADgUTioDAIAjsG31KWu7debTSb6ndQuz&#10;6pI9U+Oj5yczrUNgMbhoxYqjBwePfkeS81u39IgDNfW5o1MTb20dAgD0pi2r1/9Vav3J1h3Mqr2d&#10;1B/aMDXhFacAACwITioDAIAjsGHy6mtr6lOSHGjdwqy56sBRA08zKIPZsW31KWsHBo/+ZAzK7mxp&#10;SfnzsVUj771oxYqjW8cAAL1neTl4QZJ/ad3BrKkp5acNygAAWEiMygAA4AiNTk18PKX8dusOZsWe&#10;kjz9KVdfvad1CCwGY2tGvr9bZz5Rkoe1bulFpeQZg4NHX3LxmjUPat0CAPSWs3fu3Fdncn5Sv9i6&#10;hdlQ/3jT5DV/27oCAAAOh1EZAADMgk2T17wuKX/cuoMjMlNrnrZxavyq1iGwGIytGn566eayJAZT&#10;9+wHOt3Bf/rounVDrUMAgN4yet347m6nM5rkttYtHIFa//aTUxPPa50BAACHy6gMAABmyfHHH/eb&#10;SS5p3cG9U1JeMrpr3H8/mAVbVo38j1LKXyVZ3rplgRiZnu58cmxo5KGtQwCA3nLuzmv+LbX+XJKZ&#10;1i3cK59dvm/5szcn3dYhAABwuErrAAAAWEzGRkaOKwdyeZLTW7dw6Eryio1T4y9r3QGLwZah4Wcn&#10;5W1JBlq3LEC7BrrdHzln945rWocAAL1l66r1F9RS3xbf6ywgdedAHfyBc3ZdfX3rEgAAuDecVAYA&#10;ALNodHz8lsHB7tlJPtW6hUP2coMymB1jq0d+Nilvj0HZvbVqptO5/OKT1p3cOgQA6C0bd13zjqRe&#10;ECdeLRQ76kz5IYMyAAAWMk+0AADAHPjounX3nZ7uXJLk0a1buEev2TQ1/pLWEbAYjK0afnop5S/j&#10;AbbZMF66y87cuPuqm1qHAAC9Zcvqkeek5q3x/U4PqzsHB+sPP3HHjqnWJQAAcCTc6AUAgDnwxB07&#10;vj493Tk3yZWtW7gbJW/YODX+W60zYDG4eNX6x5VS3hX3GWbLSO3sv2hsZGRZ6xAAoLdsmhx/W01+&#10;I0lt3cJd2tXpDGwyKAMAYDFwsxcAAObIeddv/0pn/9E/nNRLW7fwLbql1F/dNDn+m8UXMXDEtq0Y&#10;XlVKvTDJ0tYti8xjOwfy560jAIDeMzo1/oe11h9Lsq91C3dSyue6nelHb9i5/QutUwAAYDYYlQEA&#10;wBzacMPnbuvsP+ZHk1zSuoUkyUwp+cWNkxN/0joEFoPL1qxZ3h0s7y/Jia1bFqOaPGvL0Ppfa90B&#10;APSe0V0Tf9dJ+Ykke1u3kCS5ojPYfeK5O3d+qXUIAADMFqMyAACYYxtu+Nxty6dWnpuSP2vd0uf2&#10;ppTzN06O/5/WIbBY7J8Z/NMkj27dsbjV11+8at0jW1cAAL1nw9Q1H0m65yS5qXVLn3vf9PTtP7xh&#10;YuLLrUMAAGA2ldYBAADQT7auHn5ureUPkgy2bukzE91Oedq5O6/5t9YhsFiMDY08rSTva93RJ3Ys&#10;37vs4WffeNWtrUMAgN6zbfUpa7t15v1Jvq91S5+ptdZXbto18bKS1NYxAAAw25xUBgAA82jj5MSf&#10;dGv3MUkmW7f0i5L8zfK9yx5hUAaz59K1a08syZtad/SRdXuX739N6wgAoDdtmLz62uVTK88syWtb&#10;t/SRm2qp547umvgdgzIAABYrJ5UBAEADl6w6ZcVM6f5NUn+wdcsiNpPktzdOjb/WTX6YXVuGRv4u&#10;yVNad/SZWks9d3RyYkvrEACgd21dtf6CWuqfJjmqdctiVZP/qDPdHz/3uh3bW7cAAMBcMioDAIBG&#10;rjjjjCVf+cotL6u1vihehznbxjulPnvD5MQnWofAYjO2avhHSykfbN3Rn+rOPd39Dz1/9+69rUuA&#10;3nNZzho8uOqLJxwodXmSDHaX3Lxx91U3te4C5t/Y0MhDS8pfJPVRrVsWmVpK3lz2Hf2CDTd87rbW&#10;MQAAMNeMygAAoLFtq4Yf1i3lnUm+r3XLItAtyeuWdaY3n71z577WMbDYXLRixdGDg0dvT3JS65Z+&#10;VZOXjU6Nv6J1B9DWtlXDD5tJ+aFOyek1+b6arCzJCfnO+717kkwl+X81uTKlfjpLysdHx8f3z381&#10;MJ9qUrYODf98Ut6Q5JjWPQteyfYkP7NpcvxfWqcAAMB8MSoDAIAecNmaNcv3dQdfluQ3kyxp3bMw&#10;1S/Wkud4NRzMnbHVw88vtbyudUefu7XbmV5/7s6dX2odAsyvbauGH1ZLeU79xuuH1x7Bj7olydZa&#10;61/dumviovO/8cpwYJG6eOW67+10Ou9McnrrlgWqW1P/fMlg/V9P3LHj661jAABgPhmVAQBADxlb&#10;NTKckjeV5ImtWxaQvUl+f3r69t8/7/rrb28dA4vV1pWnPqB29o8nuX/rlr5X8mebJsd/pXUGMD/G&#10;hkbOKzW/kZKzZv+n152l5E8OHtz7Jn+OgsXrG6eWjTyt1ry+lAy17llAPlUGOr+w8drt/946BAAA&#10;WjAqAwCAHrM56Xz/6pGfrTUvT7KidU+P+/BAt/v8c3bvuKZ1CCx2W4ZGXpPkf7XuIEkyPVPKaU+a&#10;vObzrUOAuXPxqvWP65T6e0keMw+/7vqkvnz51Kq3n53Lp+fh9wENfGRo6P6DWfo7NfmVOCH7ntyU&#10;mlcdf8J9//iRV155sHUMAAC0YlQGAAA96qIVK44eGDjqeaWUFyY5rnVPj7mipPPijVPbL20dAv1g&#10;2/DwCd2DZUeSY1q38A0ledfGqfFnt+4AZt8d/8/9kyQ/Md+/uyb/UWr3Zzft2vHp+f7dwPzZtubk&#10;h3Rn6qtT6o/G90R3trckb9zbmf69p+7ceXPrGAAAaM3FAgAA9LiLVpz8wCVL6q/XWp+b5L6te9qq&#10;/5RaXrVp1/i21iXQT7YMjbwsyebWHXyLg9Pdztrzdm+/rnUIMHu2rBk5K938VZIHNcw4kJoXb9o1&#10;/oaGDcA82Lr25Id3Z7ovLcmPpb+/L7q9JH/eqQOvO2fX1de3jgEAgF7RzxcJAACwoHxwzZr7La9L&#10;npvUX0vN8a175lFN8tFuLa86d9c1/9g6BvrNFWecseTGG2+eTMqDW7fwrUryio1T4y9r3QHMjrGh&#10;kReV5FVJBlq33OHCPd19P3P+7t17W4cAc+vileu+t9PpvDTfGJf1yv+D5lxJbk7ylrKkvmHDxMSX&#10;W/cAAECvMSoDAIAF5sJk4D5DI6Ml9deS8oTWPXOm5MbU/Nl0t/NWJ/FAO2NDI08ryftad3AXSm5c&#10;XqaHzt65c1/rFODIjK0afkUp5aWtO+7Ctj3dfU81LIP+cOnatSdOzwz+ZE39+SSntu6ZQ59I8od7&#10;jl32ofOvuupA6xgAAOhVRmUAALCAbVs9/NhuLRck+fEk92/dM0uuKCVvKfuO/qsNN3zuttYx0O+2&#10;DI38Q5KzW3dw12rqs0enJt7VugO497asGv7dlPLbrTvuXvn76enbnnze9dff3roEmB8XJgP3HVq/&#10;qfuNcdnGJEtbNx2pktxcaz5Qa949unv8Y617AABgITAqAwCARWBsZGRZZ3825v+3d+9Bdtb1Hce/&#10;v+fsJpAgKJVbLhvIhVYRUYO2pVOQFsjuJojOVFqcUTvW60ynrdWpdewf1tqOzjjTdgqtVVHrtGNh&#10;Rh2EkERpRcaiIvESDZfkbDZ7wi1EiAgBs5fn1z9otw0hye5mz/7O7r5eM/vf2fO8z+wfO/PM5/ye&#10;FNfkiL6IOLl00yTkiPhOTvnLdW58eUNrx67SQcCzNi5deW7VqO4L9w86V47b+/Y0jf5gltq8YtX7&#10;ck6fKN0xAV87obVs/aVx+2jpEGBm3dLT86JGXnhVinx1TnFZRHSXbpqoFPGznNLmXNc3xMK0qb/Z&#10;PFi6CQAAZhM3hQEAYI65e+3a7n379l8cqVofOfdHpF8u3XSYFPtyjjtSjv8czdVNHm8JnWnTijV/&#10;ETn/VekOjqquq9Gl63fvfqR0CDA5W3rWbKgj3xQRVemWiUgRf9fbar63dAdQzuZl550aafiqnPJv&#10;x7Mn2S4p3fQcOUdsTzltjkbeeMLuZd8yhgUAgKkzKgMAgDlu49lnn9mouy6uc/xmSnFRRLw0Ik6Y&#10;wYQ6IgYj4vsp5TtSHbdfsWdge3r2hDKgg23qWf3diHhN6Q6OLqV4R+9Q8zOlO4CJu+2cc84YGWv8&#10;JCJeXLplUlK9vm9o162lM4DO8LVlK9eMVum1KdIlEfGKiDg3ZvYkswMRsS1SfCfV8c2uuutblz14&#10;32MzeH0AAJjTjMoAAGCeuTGisXjpylWNrsb5OeIlketVEbEqIq2KqX/TPEfE3hTxSI78YKQ0FDlt&#10;y1X+0YkHFv7k0n3bn5q+TwDMhM0rXnJWziMPxCw5QWd+yxv7WgMbSlcAE5Mj0qae1VtSxOWlWyYt&#10;xb6qK79s3cDAo6VTgM5z99q13Y/ue2JNijgvnv1ZGSl6IsfyiFgaEQun+NY/TSkG6joGqhTNnPO9&#10;VaPxw2/v3rHjw89+iQkAAGgDozIAAGDcN+K1XQdX7D0tj/3itKrqOqOO/MLnvqaK9EyO9IuxOj/Z&#10;VdWjY2Np7+lnnrL3wq1bR0o0A+2xecXqt+ccny7dwYQczAvi9P5m8+elQ4Bj29yz+uoccUPpjqlL&#10;n+pr7XxX6QpgdskRacuKl5xZx8iZqa67Uuo6JafRBZGrxeMvSvWBlLuG66p+Ko/Uj6exav9TjzQf&#10;vzpirGA6AADMW0ZlAAAAwGE2r1j9lZzj9aU7mJgc8br+VvPm0h3A0d26evXCNBz3R8SK0i3Hoa4i&#10;v2Zda2Br6RAAAACgfTzCAgAAADhEjkg5xyWlO5i4lPNrSjcAx5YOxh/E7B6URURUdVQfKR0BAAAA&#10;tJdRGQAAAHCITctXr4yIF5XuYBJSMiqDDndjRCNS/FnpjumR+zctO+flpSsAAACA9jEqAwAAAA6R&#10;UryqdAOTdmGOSKUjgCM7efnqDTH7Tykbl6vqPaUbAAAAgPYxKgMAAACe65WlA5i0Uzf2nHtO6Qjg&#10;yHKkt5ZumE4p0jU3nnfegtIdAAAAQHsYlQEAAACHSDleUbqByauidsIcdKiblyxZFCn3lu6YZqe8&#10;4OcHLy0dAQAAALSHURkAAABwiJzigtINTF5KyUll0KG6qxMvjogTS3dMu5TWl04AAAAA2sOoDAAA&#10;ABh399q13RFxVukOpiDXy0onAM8vV+ni0g1tkeKS0gkAAABAexiVAQAAAOMef/Sp0yIile5g8nKk&#10;paUbgCPJry5d0BY5v/TGZcvm3glsAAAAgFEZAAAA8H9Gq7EzSjcwNVUKJ5VBx0ovL13QJl2L04Lz&#10;SkcAAAAA08+oDAAAAPh/8pmlC5ianMNJZdCBvnH22SdExGmlO9qlqho9pRsAAACA6WdUBgAAAIxL&#10;OU4v3cCUnVw6ADjccF54VszlxwrXxsgAAAAwFxmVAQAAAONSSieVbmDK3OeBDjSa6lNKN7RTqtIv&#10;lW4AAAAApp+bjQAAAMC4uo66dANT5j4PAAAAADAt3GwEAAAAxqWUjMpmr7n7eD2gY9V17f8GAAAA&#10;zEFGZQAAAMC4HMYBs5j7PNCBqmj8rHRDO6VIT5duAAAAAKafm40AAADAOCeVzWr+dtCBctfowxGR&#10;S3e0TYoHSicAAAAA08+oDAAAABiXcx4p3cCU/bR0AHC4/mbzYEQ8VrqjbYzKAAAAYE4yKgMAAADG&#10;NaJ6uHQDU5UeKV0AHEn6UemCNqm7GvU9pSMAAACA6WdUBgAAAIwbceLMrJUj7y3dABxBjh+UTmiH&#10;FHH/5bt2PVG6AwAAAJh+RmUAAADAuKo7P1i6galJOYzKoFNV9Z2lE9qhTvGd0g0AAABAexiVAQAA&#10;AOP6m82fR8STpTuYvFwZlUGnqn6x+GsRcbB0x7Sr81dLJwAAAADtYVQGAAAAHCKFR2DOUgOlA4Dn&#10;t27vtgM54o7SHdPsmcbw4q+XjgAAAADaw6gMAAAAOESO+HHpBiavqqqtpRuAo8j5+tIJ0yqlm9bt&#10;3XagdAYAAADQHkZlAAAAwCFyyt8r3cCkHXzxqS+4p3QEcGRPnXzCV3LMncfU5lxfW7oBAAAAaB+j&#10;MgAAAOBQY8mobPb5yYVbt46UjgCO7Ort24dTxN+V7pgmd/e3Bv6rdAQAAADQPkZlAAAAwCFOPLhw&#10;a0SMle5gUn5QOgA4turgon+IiEdLdxyvXMf7SzcAAAAA7WVUBgAAABzi0n3bn4qInaU7mIx0d+kC&#10;4NjW7d12IEf+aOmO47Sl/4HmN0tHAAAAAO1lVAYAAAA8j3RH6QImrm6Mbi7dAEzMXa2B6yLSt0p3&#10;TNGTUXW9u3QEAAAA0H5GZQAAAMBhcs5fKt3AxKSIH64fHBwq3QFMzIcj6hz5XRFxoHTLZOXIH+rb&#10;fd/u0h0AAABA+xmVAQAAAIc5/fRTvhER+0t3cGw551tKNwCT099q3pNTvKt0xyTd1NcauLZ0BAAA&#10;ADAzjMoAAACAw1y4detIzrGpdAfHlhtpY+kGYPL6h5r/liI+Xrpjgn48fGLjzSkilw4BAAAAZoZR&#10;GQAAAHAE+aulCzimR5/a3fxe6Qhgata1mh+MyJ8v3XF0eXfdGLvyqvvvf7J0CQAAADBzjMoAAACA&#10;5zWyqOvWiDAi6GA58uevjhgr3QFMTYrIva2Bt0WKvy3dcgT3dDfqX1s/ODhUOgQAAACYWUZlAAAA&#10;wPO66v77n0wR15fu4IjGurvydaUjgOOTInLvUPN9EfGx0i3PcXcjNy6/bHBwb+kQAAAAYOYZlQEA&#10;AABHVOe4NiLq0h08n7z58l27WqUrgOOXInJfq/nByOlNEfF0B/TcMDr69CVX7Ln/odItAAAAQBlG&#10;ZQAAAMAR9e9pDkTExtIdHK6K6pOlG4Dp1bdn5xfHUrowUnyzUMJjEfHm3lbz96586KHi4zYAAACg&#10;HKMyAAAA4KhSnf+xdAOHyjlaC1pLN5fuAKbfhqGd9/YONS/Nkd8aEQ/O0GVHItKnuhtj5/W1mv86&#10;Q9cEAAAAOlgqHQAAAAB0thyRtvSs/n6OeEXpFv5Hirf3DTWvL50BtNfNS5Ys6m4s+pOc8h9GpLPa&#10;cImDKeKGqq4/esUDu3a24f0BAACAWcqoDAAAADimW5evviKl2FK6g4iIuO+E1rLzL43bR0uHADPj&#10;7rVru/fte+L1KcWbco4rImLRcb1hStsi53/Pw/GZ/kea+6anEgAAAJhLjMoAAACACdnUs2ZjRO4v&#10;3THfpRyv793TvKl0B1DGzUuWLFrQtfi36hyXRMoXR8SvRMTJR/2lFDsix105x525a+zW9YODQzMS&#10;CwAAAMxaRmUAAADAhGxctvL8qqp+EBGN0i3z2J19reZvlI4AOsvNS859caO7Xl7V1UmRYmFd1yM5&#10;6sdTrvY3RhftX7d324HSjQAAAMDsYlQGAAAATNimntVfiIg3l+6Yp3Kd02vX79l5R+kQAAAAAGBu&#10;q0oHAAAAALNHSt0fiIjHSnfMRynFJw3KAAAAAICZYFQGAAAATFjv0L0PR463le6Yh5ojI0+/v3QE&#10;AAAAADA/GJUBAAAAk9K3p/nViPz50h3zSI4q3nHlQw89XToEAAAAAJgfjMoAAACASRuLkT+NiAdL&#10;d8wLOT7bt7t5e+kMAAAAAGD+MCoDAAAAJm1Dq7U/RfX7ETFWumVOy/GjanjRH5fOAAAAAADmF6My&#10;AAAAYEp6WztuSykMntrnwVR1963bu+1A6RAAAAAAYH4xKgMAAACmrHeoeV1K8U+lO+agg5Hijb1D&#10;9z5cOgQAAAAAmH+MygAAAIDjsnBo2R9FpP8o3TGX5Mjv7Btqfrt0BwAAAAAwPxmVAQAAAMfl0rh9&#10;NA/nayJisHTLXJBT/E1/a+ALpTsAAAAAgPnLqAwAAAA4bv2PNPfV1ehFEXFP6ZbZLEX6QP9Q80Ol&#10;OwAAAACA+S2VDgAAAADmjtvOOeeMkbHG1yPi/NIts02O+PP+VvPjpTsAAAAAAJxUBgAAAEybywYH&#10;96bUvS5F3Fu6ZZb5mEEZAAAAANApnFQGAAAATLstq1adXo+kzRHxytItHW4sRXpfb2vn35cOAQAA&#10;AAD4X04qAwAAAKbduoGBR/OC+PXIcX3plg72aI58iUEZAAAAANBpnFQGAAAAtNWmnlXvjEjXRkR3&#10;6ZYOsn0sqtdtaO3YVToEAAAAAOC5jMoAAACAtrt1+eorUoovRsSppVtKyxG31DH8lg2t1v7SLQAA&#10;AAAAz8eoDAAAAJgRW5asWl53pU9HxLrSLYU8kXJ6b++enZ8rHQIAAAAAcDRGZQAAAMCM2tSz+o2R&#10;4rrIcVrplhmT01e6u0bfc9ng4N7SKQAAAAAAx2JUBgAAAMy4m5edu7SrGvvniLS+dEubPZBS+sC6&#10;oZ1fTBG5dAwAAAAAwEQYlQEAAADFbF6xZn3O+SMR8arSLdPsmZzzJxrDiz++bu+2A6VjAAAAAAAm&#10;w6gMAAAAKCpHpM0r1rwh5/yXKeJlpXuO03CK+Jexxthfrx8cHCodAwAAAAAwFUZlAAAAQEf4cET1&#10;q8vX/G6keG9EfnU1o7/cAAAG6klEQVTpnkk6kCI+PVJXn7jygR0Plo4BAAAAADgeRmUAAABAx9nS&#10;s2ptHendEXFNRCwu3XMU90VKnx0dSZ+78qEdPy0dAwAAAAAwHYzKAAAAgI719ZUrTxkZTW+pIv1O&#10;jrgoIrpKN6WIn+UcX6qq/Nl1QwN3lu4BAAAAAJhuRmUAAADArHDzkiWLurtOuijH2JUR6Q0RsXyG&#10;Lj0cke/IkW6rIm7pbTW3z9B1AQAAAACKMCoDAAAAZp0PR1SvXrbyvNSoXp5yviAiXZAjLkgRZxz3&#10;m6fYFznflVL13Vznu8bS8F0bWq39x18NAAAAADA7GJUBAAAAc8aWVatOz6NpWZ1jaYq0JCKflXOc&#10;lFJ6QUR+YUSkFFHnSE9EygdyxDNV5IfrnIZSPTbUtSANXb5r1xOlPwcAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAMAf9N5+hPXKaoP/oAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQCb&#10;eOKE4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq91U2UGk2zEZG2JylU&#10;C8XbmB2TYHY2ZNck/vuuvbSnmeE93nwvW42mET11rrasIJ5EIIgLq2suFXzt354WIJxH1thYJgVX&#10;crDK7+8yTLUd+JP6nS9FCGGXooLK+zaV0hUVGXQT2xIH7WQ7gz6cXSl1h0MIN42cRtFcGqw5fKiw&#10;pU1FxXl3MQreBxzWs/i1355Pm+th//zxvY1JqceHcf0CwtPo/8xwww/okAemo72wdqJRsEzmwalg&#10;tgjzpkdJEoM4/m5TkHkm/1fIfwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABk&#10;cnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJ&#10;SS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHU&#10;UV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PD&#10;PDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;sYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCJdMYneAQAAHwKAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;AAoAAAAAAAAAIQDE5WqLUWgCAFFoAgAUAAAAAAAAAAAAAAAAAN4GAABkcnMvbWVkaWEvaW1hZ2Ux&#10;LnBuZ1BLAQItABQABgAIAAAAIQCbeOKE4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGFvAgBkcnMvZG93&#10;bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABucAIAZHJz&#10;L19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABhcQIAAAA=&#10;">
+            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="61672,4367" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCHW0bgCwQAAJ4JAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vm1v2zYQ/j5g/4HQ&#10;98SWLEu2EKfokiYr0G1B2+07TVESEYrkSDpy+ut3R0p+SVps6zADUUiRPD733HN3unqz7yV54tYJ&#10;rTZJejlPCFdM10K1m+T3z3cXq4Q4T1VNpVZ8kzxzl7y5/vGHq8FUPNOdljW3BIwoVw1mk3Tem2o2&#10;c6zjPXWX2nAFi422PfUwte2stnQA672cZfN5MRu0rY3VjDsHb2/jYnId7DcNZ/63pnHcE7lJAJsP&#10;TxueW3zOrq9o1VpqOsFGGPQ7UPRUKLj0YOqWekp2Vrwy1QtmtdONv2S6n+mmEYwHH8CbdP7Cm3ur&#10;dyb40lZDaw40AbUvePpus+zXp3trPpkHC0wMpgUuwgx92Te2x/+AkuwDZc8HyvjeEwYvi7QoylWa&#10;EAZr+WJZzEdOWQfE47GLdF0s8nVCjodZ9+54vMzK5XS8KLMVhmQ2XT47gzQYEIk78uD+Gw+fOmp4&#10;oNdVwMODJaIGJ4qEKNqDVj+Dkw2XNckQE14Ou5Aq4vc/aXAtDSF35oNmj44ofdNR1fK31uqh47QG&#10;eGnw5uRotOPQyHb4RddwDd15HQy94PuUuKJc50u0RauJ+Twv8rIAsMj8YpnlWdhwoI5Wxjp/z3VP&#10;cLBJLCRDuIc+fXA+sjxtQcNOS1HfCSnDxLbbG2nJE4XEuQu/MTBn26QiwyZZL+FuPKU0ng8we+Eh&#10;saXoN8lqjr+IHnl5p+qwxVMh4xhASwVhR6KQm8iS32/3sBFfbnX9DJRZHRMYCg4MOm2/JGSA5N0k&#10;7s8dtTwh8r0C2tdpnmO2h0m+LDOY2NOV7ekKVQxMbRKfkDi88aFCRI/eQngaEfg6Ihmxghgjvv9f&#10;lVBHoyrvuaU1J39wuxWq3qmW5CFnRpHdqDGVJyZjKpFGCvPzJNkxoy/SeZph8qKC8nmWFucSWy7L&#10;crFaRImFAH5bXVIozCVafUNdJ9KIoikWS4gKw+A1kgL3rDeQfk61EAbZQjdh3gaLZ4pzz+6gS+gD&#10;tR4g6NR5eHkQKsKQux7SK+q3WI76A/jxfCgxZ3YxE26p6+KJsDQKHpUJaReayZg45zqN4sSEwvdB&#10;E0awCv7Gig2jV5Xq7zsbnPI71HTsjv0/stFT+7gzF9BcDPViK6Twz6FRApMISj09CIYJhpOTolce&#10;5GVpIx5JXqL306Z4BCqKYC9qnTNQVaY6d759htOz+7agwanA4Hj0DAL3op19hZzYKm812/Vc+dj7&#10;LQfhwIeH64RxkOEV77ccNGTf16HwQrS95Z51GMAGKtNHAItxOlkIKI/AEHOsQFMLOvQ/yIYsXYNm&#10;j41sqsWL9apcjKU4X7zqYv+yFAdIEUQYAqagrfARENCPHyz4lXE6D7uOn1XXfwEAAP//AwBQSwME&#10;CgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAA&#10;DUlIRFIAAAmVAAAKeAgGAAAAJEXR2AAAAARzQklUCAgICHwIZIgAAAAJcEhZcwAAuIwAALiMAcz2&#10;uy8AAAAZdEVYdFNvZnR3YXJlAHd3dy5pbmtzY2FwZS5vcmeb7jwaAAAgAElEQVR4nOzde5SddX3v&#10;8e/v2ZOEBBKkFQLJzJ5kZidBoxQIeopSAYuSBJDWI7RqW+xFu469rLO6eq/t4Zy2p2e1ta62ulr1&#10;XKq29hisLYXMRUOp2taq0IueqIEQQjJchNYCQXKb/fzOH1Qt5ZZMZua3Zz+v1x9Z/JHLe/6a5OGz&#10;v08EAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwJ1LpAAAAAAAAIiZXnnNyWvTYqm4VK1Nq&#10;rYyoz6pzOrnK0YoUK+rIKUX1vGf7PXLOR6oqPZIjHsm5fjhFeriK9HCu0yMR3a8sGehOXbp376H5&#10;+poAAACAhcmoDAAAAABgHox1OiviaIxWkUYix2iOGI2I0Yg8HBFnRcTJ85TyYIq4L0fsjxT7I9L9&#10;ua7vbEXs/OYznrfrgttvPzpPHQAAAECPMioDAAAAAJhlk8Mb1tZRnxd1fV6kOC8inRcRq0p3HYOj&#10;OWJXFbGzzvnzVaT/F9Wiz2y+54v3lw4DAAAA5o9RGQAAAADACZhcec7JecmhC3PUF0Wki1LkTTni&#10;WV9TudDkHPtSik9Hjr/NKX/6sfrw3107NXWwdBcAAAAwN4zKAAAAAACOw40bNixf8nj3lbmKV0SO&#10;iyLi/IgYKN01z45GxG055x2R0y2PnbrkU9fu3HmkdBQAAAAwO4zKAAAAAACew+TQ6IvqqtoSOW+J&#10;iIsiYlHpph7zeER8Mqe8I3Xrj26ZuvtzpYMAAACAmTMqAwAAAAD4d7ZFtJa3Ry6JaF0bkbdExFDh&#10;pAUm74ocN9Q5b7tias/nS9cAAAAAx8eoDAAAAAAgInJEGl/T+Q+pzq+PiGsi0lmlm/rEl3LON1Qp&#10;fWjzvt07S8cAAAAAz82oDAAAAABotJvb60cGUv6BnPMbImJt6Z4+d1tK+X3RPemDm6d2fqV0DAAA&#10;APD0jMoAAAAAgMa5adWqZQMDS78nIr0lIjaV7mmgOiL/RY74wGP14RuunZo6WDoIAAAA+AajMgAA&#10;AACgMSaHN6ytc/fNEfH9EXFm6R4iIuLeiHhnqpe8x/UyAAAA6A1GZQAAAABA3xtrd65KkX88In17&#10;eC7aq45ExIei7v7mlqm7P1c6BgAAAJrMwxMAAAAAoC/liDQxPLIl6uqnIsUlpXs4ZnVEbM91vH3r&#10;1O6Pl44BAACAJjIqAwAAAAD6yvUR1UuHO69POX4uIjaW7mHmUsQnIqpf3rzvjh2lWwAAAKBJjMoA&#10;AAAAgL6wLaK1vD36gxHxcxFpTdkaZlVKn8u5fvtn9t31h9c/cckMAAAAmENGZQAAAADAgjc+PLI1&#10;cvXfImJT6Rbm1GdSVL/gchkAAADMLaMyAAAAAGDBGh8aeUmk6h0R8fLSLcyrm6LV+qktd+/aVToE&#10;AAAA+pFRGQAAAACw4IyvOXtNrqd/N0VcWbqFYuqI+KO6mv7pK/bufaB0DAAAAPQTozIAAAAAYMHY&#10;tnHj4hUHjvznHPltEbG8dA894Ssp5f/y6D13/d61Ed3SMQAAANAPjMoAAAAAgAVhbKjz6pTiXRHR&#10;Kd1CT/pM1N03b5m6+3OlQwAAAGChMyoDAAAAAHra5OjoGfXR9M6IuKZ0Cz2vjkj/88jS6iev3rXr&#10;QOkYAAAAWKiMygAAAACAnjXeHn1LRPofEXFa6RYWlHtzzj+6df9df1Y6BAAAABYiozIAAAAAoOds&#10;X7PmzKrbelek9NrSLSxYOed412P50E9fOzV1sHQMAAAALCRGZQAAAABATxkb7rwx5XhXRJxauoV+&#10;kPfWubruiv13fqJ0CQAAACwURmUAAAAAQE/40zVrnndSPfCeiLimdAt9p5sifvPR5Ut+6dqdO4+U&#10;jgEAAIBeZ1QGAAAAABQ3Mdw5P+f4o4g4u3QLfe1vohp445a9X9pbOgQAAAB6WVU6AAAAAABorhyR&#10;xoc6P5FzfCoMyph7L4t6+vaJ4XVXlA4BAACAXuZSGQAAAABQxBOvu2z9YUQy8KGA9J4Dyxf/mNdh&#10;AgAAwFMZlQEAAAAA825yaPRF3ZQ+kiLWlW6hydJn69b0NVfcffc9pUsAAACglxiVAQAAAADzaqzd&#10;uSpFfCAiTi3dAhFxX12n114xdeenS4cAAABAr6hKBwAAAAAAzTE+vO5tKeLGMCijd6yqqnzreLtz&#10;TekQAAAA6BUulQEAAAAAc27b4ODS5dVJ74+I15VugWeQU8Sv/+2+3T9/fURdOgYAAABKMioDAAAA&#10;AObU5OjoGfWRdGOk+NbSLXAMbjhQH7ru2qmpg6VDAAAAoBSjMgAAAABgzoyvOXtN1NPbI+KFpVvg&#10;OPxFXhzfuXX37kdLhwAAAEAJRmUAAAAAwJwYG+6cFznGU8TK0i0wA7ct6g5svuzeL/1z6RAAAACY&#10;b0ZlAAAAAMCsm2ivvyxH/WcRcXLpFjgBd3ejuuzKfXfsKR0CAAAA86kqHQAAAAAA9JexodHvyFHf&#10;HAZlLHxrq1zfOr52w4bSIQAAADCfXCoDAAAAAGbNxFDn6pziQxGxpHQLzKL7csSrtu7b/YXSIQAA&#10;ADAfXCoDAAAAAGbF+NDod+cUHw6DMvrPqhRxy/bVI+tLhwAAAMB8cKkMAAAAADhh48Oj3xk5bYuI&#10;gdItMIemulFdfOW+O/aUDgEAAIC5ZFQGAAAAAJyQsXbnqhTxJxGxqHQLzIN7c46Lt+7ffVfpEAAA&#10;AJgrXn8JAAAAAMzYxODo5hTx4TAoozlWpxS3Tg5vWFs6BAAAAOaKS2UAAAAAwIxsHxq5oErVLRGx&#10;onQLFPCFbhy56Mp9+/6ldAgAAADMNpfKAAAAAIDj9tHBkXVVqsbDoIzmemErL/7Ito0bF5cOAQAA&#10;gNnWKh0AAAAAACwsO9auXTkd1ccj0qrSLVBUijVLjnTPXvfIV/7kLyNy6RwAAACYLUZlAAAAAMAx&#10;m1x5zsndqvuxiPTC0i3QIzYOnfpNJ/3hI1/ZUToEAAAAZovXXwIAAAAAxyRHpLzk8f8VEZtKt0Av&#10;yRE/PT607k2lOwAAAGC2GJUBAAAAAMdkot351RzxXaU7oAelSPndk8OjLysdAgAAALMhlQ4AAAAA&#10;AHrfxNC6788p/+/SHdDj/rlKrZdcfs+uu0uHAAAAwIkwKgMAAAAAntVke3RTHemvIuKk0i2wAPz9&#10;gfrQy6+dmjpYOgQAAABmyusvAQAAAIBndNOq9c+vI/1JGJTBsTpveXXSu0tHAAAAwIkwKgMAAAAA&#10;nlaOSIsW1e+NiOHSLbDAfO/EcOeHSkcAAADATHn9JQAAAADwtMbbnZ+LiP9eugMWqEN1Xb/0iqk9&#10;ny8dAgAAAMfLqAwAAAAAeIqJ4dFLc047wtsO4ETsPrK0df7Vu3YdKB0CAAAAx8MDIQAAAADgSW5u&#10;t0/LOb0/PD+EE9VZdKj726UjAAAA4Hh5KAQAAAAAPEmVF78zIgZLd0A/SDm+f2y488bSHQAAAHA8&#10;vP4SAAAAAPi6sXbndSnihtId0Gf+ZWCgPvdVe/bsKx0CAAAAx8KlMgAAAAAgIiJuGly/OkW8u3QH&#10;9KHTpqer92Yf9AYAAGCBMCoDAAAAACJHpIGqfn9EfFPpFuhTr55oj765dAQAAAAcC5+KAgAAAABi&#10;vD16XUT6g9Id0Ocerabziy6/7679pUMAAADg2bhUBgAAAAANt2Pt2pUR6bdKd0ADrKgHqt8vHQEA&#10;AADPxagMAAAAABruaF29I7z2EuZJ3jo23Hlj6QoAAAB4Nl5/CQAAAAANNjbUeXVKMVm6A5ol339k&#10;6cCGq3ftOlC6BAAAAJ6OS2UAAAAA0FBjnc6SlOL3SndA86Szlhzs/kLpCgAAAHgmRmUAAAAA0FSH&#10;809GxEjpDGiiHPETk2vWn126AwAAAJ6OURkAAAAANNDE8AvOSin9bOkOaLBFdd393dIRAAAA8HSM&#10;ygAAAACgieqjvxIRp5TOgGZLl022111ZugIAAAD+PaMyAAAAAGiY7YMjL84privdAUTkyL++LaJV&#10;ugMAAAD+LaMyAAAAAGiYqkq/FUYs0BNyxAtWDK37vtIdAAAA8G+l0gEAAAAAwPwZG+q8OqWYLN0B&#10;PMl9B+pDnWunpg6WDgEAAIAIl8oAAAAAoFFSxH8t3QA8xapTqpN+uHQEAAAAfI1LZQAAAADQEGPD&#10;o1tSTmOlO4Cn9U9HlrZGrt6160DpEAAAAHCpDAAAAAAaIuX0ttINwDN6/qKD3beWjgAAAIAIl8oA&#10;AAAAoBEm2+uurCPfVLoDeFZfOengkuFLH9r5WOkQAAAAmm2gdAAAAADAbLlp1aplA4tXnNGt6ydd&#10;Z1803T36yGknffnanTuPlGqD0urIP1+6AXhO33R42aE3RcQ7S4cAAADQbC6VAQAAAAvGto0bF5/y&#10;2OGNEXFelePFOWJVRD4rIs6ISKsj4pRn+eU5Ij8Qke6NiHsj0r4ceU+Vq9sPL0v/cPWuXQfm5YuA&#10;ArYPrXtFlfLHS3cAx2TqwPIlo4bQAAAAlGRUBgAAAPSssTM7p8eSuCoiLko5zo2IF0XEojn4o+oU&#10;sStH3J4jfyZVi27asvdLe+fgz4EixtudGyPiNaU7gGOV37Rl313vK10BAABAcxmVAQAAAD1lsj26&#10;qY50VURcExEvLJiyJyLfHJFv2Lxvz1+niFywBWbs5uF1L2jlvDM8C4SF5Euf3rd74/URdekQAAAA&#10;msmDJAAAAKC4sU5nRToc35NSvDlHnFu652l8Pkd+76KB/P5X7dnzSOkYOB5jQ53fTSl+tHQHcHxy&#10;ylu33nPXeOkOAAAAmsmoDAAAACgiR6TJ9vpvz1G/JZ54Ld+S0k3H4HBE/HmK6j2b992xo3QMPJeb&#10;Vq1//sBAvS8ilpZuAY5PyjG+ef/uraU7AAAAaCajMgAAAGDejQ2PvjLl9CsRcWHplhlL8fFUV7+4&#10;ef8dnyydAs9kbHj0J1NOv1G6A5iR7sBAPfKqPXv2lQ4BAACgearSAQAAAEBzjLdHLhpvd/4m5XRL&#10;LORBWUREjotzqj8x3l63Y/vQyAWlc+DfyxEpRXpz6Q5gxlpHu9UPl44AAACgmVwqAwAAAObc5KrR&#10;oXqg+uWI/L3Rnx9yqyPSB6rp+hcvv++u/aVjICJiYmj9t+VUf6J0BzBzOeLLZ5x+6tAFt99+tHQL&#10;AAAAzdKPD3EBAACAHrEtojXW7vxMPZB2ReTron+fRVQR+bp6IO0aa3d+5vr+/TpZQHLq/kDpBuDE&#10;pIiVDz30yHeU7gAAAKB5XCoDAAAA5sT21SPrq1b1fyLiZaVbCvjrVOc3bZ66a3fpEJrp1tM3nnJo&#10;6eH7ImJ56RbgxKQc45v3795augMAAIBm8alZAAAAYNZNDHd+qGpVn41mDsoiIl6eq/SZ8Xbne0qH&#10;0EwHlx56fRiUQV/IKV69Y+3alaU7AAAAaBajMgAAAGDW3LRq1bLxdmdbzvHeiFhRuqew0yLiA2ND&#10;nT/aNji4tHQMzZJSemPpBmDWtI5Mt15bOgIAAIBmMSoDAAAAZsX2tWuHB1rL/iYirind0ktSijcs&#10;r066ZfuaNWeWbqEZbhpcvzpyfFvpDmD2pBQuXwIAADCvjMoAAACAEzY22Lm46rZuixTfUrqlR11Y&#10;1QO3bR8auaB0CP2vVXVfG577Qb+5cHJ4w9rSEQAAADSHh0sAAADACZkYHN2cqhiPiOeXbulxq6tU&#10;3TIxtN4FKeZUci0Q+lGqc/e7SkcAAADQHEZlAAAAwIxNDHWuzlW6MSKWlm5ZIFbkVH9srN25qnQI&#10;/WnH2rUrI9LLSncAc+I/lg4AAACgOYzKAAAAgBmZGOpcnVNsi4jFpVsWmCUp4sPjQ53XlA6h/0zX&#10;rddFRKt0BzAnNo2t7gyWjgAAAKAZjMoAAACA4zbZXveqnOKPw6BsphZHiv87PtS5vHQI/aXOcXXp&#10;BmDOpGogNpeOAAAAoBmMygAAAIDjMtke3VRH/rPwyssTtTRSfGRiuHN+6RD6w62nbzwlRVxcugOY&#10;OzmHK5cAAADMC6MyAAAA4Jh9bGSk3Y20PSKWlW7pE8tyju2Tq0aHSoew8B1eduTicD0Q+t1lN61a&#10;5XswAAAAc86oDAAAADgmt56+8ZTpo9Wfp4iVpVv6zJl5IP355MpzTi4dwsKWc/3q0g3AnFu6eODk&#10;V5aOAAAAoP8ZlQEAAADPaVtE69DSIx+KFN9SuqUf5Yhz68VffX+OSKVbWMjSZaULgLlXRxiQAgAA&#10;MOeMygAAAIDntHyo8+MReWvpjr6W0msnh9b9cOkMFqbJ4Q1rI+KFpTuA+ZAvKV0AAABA/zMqAwAA&#10;AJ7V+ODacyLFr5XuaIKc8tu3rx5ZX7qDhacb3UtLNwDzZuPN7fZppSMAAADob0ZlAAAAwDPatnHj&#10;4lS13hcRS0q3NMSyqqrety2iVTqEhSXl/G2lG4B5Uw3kxa8oHQEAAEB/MyoDAAAAntEpjx56W444&#10;t3RHo6T41uXtzk+VzmDBubB0ADB/6ghDUgAAAOaUURkAAADwtLYPjrw4pfSzpTsa6pc+OjiyrnQE&#10;C8OO1Wd/c0Ty2lRokJSSS2UAAADMKaMyAAAA4GlVqfqdiFhUuqOhlnar6u2lI1gYjlbTF0REKt0B&#10;zKd87rbBwaWlKwAAAOhfRmUAAADAU0y0118WKS4p3dFwV421R19eOoIFIHn1JTTQohWx7MWlIwAA&#10;AOhfRmUAAADAk2yLaOWof6t0BxEpqndkF6h4DjniZaUbgAJSPr90AgAAAP3LqAwAAAB4khVD674v&#10;Ilw/6Qn5JRNDo99VuoLellKcW7oBmH91qr+ldAMAAAD9y6gMAAAA+LrrI6qc8i+U7uAbUkq/5FoZ&#10;z2TH2rUrI8fppTuA+ZciuVQGAADAnDEqAwAAAL7upUOjr4mI0dIdfEOOeMHk4OjlpTvoTdN19cLS&#10;DUAxL741LhkoHQEAAEB/MioDAAAAvi6l9GOlG3iquko/UrqB3pTr9ILSDUAxS4+sua9TOgIAAID+&#10;ZFQGAAAARETE+ODacyLilaU7eKoUsfXm9vqR0h30nlTFi0o3AOV0u92zSzcAAADQn4zKAAAAgCdU&#10;1VtLJ/CMqlbO/6l0BL0nR3j9JTRZFS6VAQAAMCeMygAAAIDYtnHj4oj03aU7eBZVvm5bRKt0Br0l&#10;53ClCBqsiuSKJQAAAHPCqAwAAACI5Y8dvCwiTi3dwbPIcfqK4dFXlM6gd0yuPOfkFLGydAdQTs55&#10;XekGAAAA+pNRGQAAABCRq+8sncBzy5GuKt1A76iXHR4s3QAU5/WXAAAAzAmjMgAAAGi4f32l4mtK&#10;d3AMclxdOoHekbp5qHQDUFoaeuIV1gAAADC7jMoAAACg4Za3Ry6MiDNKd3BMRibanY2lI+gNdarb&#10;pRuA4lrLv9pdVToCAACA/mNUBgAAAE2X0+WlEzh2OaWtpRvoDSmHURkQ9XR3ZekGAAAA+o9RGQAA&#10;ADRdqi4sncBxyPmi0gn0hpTD6y+BqFI2KgMAAGDWGZUBAABAg10fUUXkl5bu4LhsKh1AzzirdABQ&#10;Xqq8whoAAIDZZ1QGAAAADfbSdufsiFheuoPjsnpi+AXGRESOOK10A1BeXbtUBgAAwOwzKgMAAIAG&#10;Szm5UrYgTZ9fuoAekOJ5pROA8lKqjMoAAACYdUZlAAAA0GQpjJMWoBxxXukGeoJRGRA5528u3QAA&#10;AED/MSoDAACARsvt0gXMyMbSAfQEr78EIqU4uXQDAAAA/ceoDAAAAJptqHQAM5HPKl1AWdsGB5dG&#10;xJLSHUB5OWJZ6QYAAAD6j1EZAAAANFiOWF26gRnI+czSCZS1orXcqy+BiIhIkZaWbgAAAKD/GJUB&#10;AABAQ411OktSxBmlO5iJZFTWcDllV8qAf5VdKgMAAGDWGZUBAABAQ+Vu98yISKU7mJFTb12z5qTS&#10;EZSTu9Ot0g1AzzAqAwAAYNYZlQEAAEBDVUfj1NINzNzjKa0s3UA5ua6NyoCv8fpLAAAAZp1RGQAA&#10;ADRUPTDgucACVsVil8oaLA+0jMqAr/H9HAAAgFnnH5sAAADQUK2cPRdYwFpHj9alGyhnkUtlwDdM&#10;lw4AAACg/3h4DAAAAA3VrWvPBRaw6VQZlTXYdKsaKN0A9Ixu6QAAAAD6j4fHAAAA0FCt7PWXC1mr&#10;ahmVARAR2agMAACAWefhMQAAADRUTtO5dAMzV7WOGhE02dHu46UTgF6RfD8AAABg1hmVAQAAQFO1&#10;Fj9UOoGZO1LXR0o3UE6KyqgMeEJK06UTAAAA6D9GZQAAANBQeWD6/ohwrWxhOvrZvXsfLB1BOVVa&#10;YlQGPCFnI2MAAABmnVEZAAAANNTW3bsPR8TDpTs4fjnH/ddH1KU7KGfJwFeNyoB/lX0vBwAAYNYZ&#10;lQEAAECz3V86gOOXUkyVbqCsS/fuPRQR3dIdQC9I/1K6AAAAgP5jVAYAAADN9kDpAGbEqIyIiIOl&#10;A4Ce8EjpAAAAAPqPURkAAAA0WMqxt3QDM5Di3tIJ9IL8T6ULgF6QXSoDAABg1hmVAQAAQJNV8Xel&#10;Ezh+qU6fL91AeSmlL5duAMrL2aUyAAAAZp9RGQAAADRYivz3pRs4finqz5ZuoLw6x0OlG4Dyqio9&#10;XLoBAACA/mNUBgAAAE126OR/jIhu6QyOy6Of2n/XF0pHUF6KeKB0A1BejnR/6QYAAAD6j1EZAAAA&#10;NNjlX/7cVyPiztIdHIccf3d9RF06g/JyigdLNwDl1XV3X+kGAAAA+o9RGQAAADRe+nTpAo5Huq10&#10;Ab2hysmoDIglA3l/6QYAAAD6z0DpAAAAoDfcuGHD8sVHYlWazmfkKp8edazIqV4eOVZUKS3/2s+r&#10;Ix6PiMOR49GUcjfneLBVxYNHc+uBPP3YA1fdd9/jBb8MYAZS5LEccV3pDo5V/mTpAnpDHfneVDoC&#10;KO3wX91990OlIwAAAOg/RmUAANAgOSJ9bHCk002tC3KVX5RyrEsR63LEujjYPTkiIqcnfmKkiPTE&#10;D5H/ze+RnvQfKVKKqHNEK+qIgWUx3u5MRcQdOfIdVYqdOed/OLJ00T9evWvXgfn8WoFjVy+OiXQk&#10;jkTE4tItPKdH85KYLB1Bb6ha1Z25602o0HBT13slMhGtUUQAACAASURBVAAAAHPAhxkBAKCP3bZp&#10;06IHH3r4pVWqXplzXJwib8oRzyuQkiPFnVHHJ1OKj9fduHXrvbunCnQAz2C83bklIl5ZuoPnkPIf&#10;b7nnrjeUzqA33Hr6xlMOLT38aHjGB82V4y+37N99aekMAAAA+o9LZQAA0GfGVncGUytdkSNf+dBD&#10;j1ySIp2S8xO3xvJz/No5lCLH+kixPkf8YGpFjLdHd0VK2yPXYweWL/3ktTt3HimXB0SO7ZGMynpd&#10;zukjpRvoHZc+tPOxsXbnwRSxsnQLUEZKsa90AwAAAP3JqAwAAPrA9rVrh6tu6w0RcU1EnPfEYbBe&#10;lzZEjg0R1U8sP3D4kYl258YU6YZHli/+qIEZzL+qav1pnbu/ERFV6Rae0aGjS1tefcmTpEh3RmSj&#10;MmioOuILpRsAAADoT73//5kAAICntW1wcOny1klviJyvi0gXRZ/8/T5FPJxTfDC63Xdvmbr7c6V7&#10;oEnG26Mfi0iXle7gGX14y77d15SOoLeMt9f9QUS+rnQHUEYV6arL9915c+kOAAAA+o9LZQAAsMB8&#10;dGjDqumq+yMpx1six/P7ZEv2dTnieZHjrVG13jre7nwqp3jXGc8/ddsFt99+tHQb9LuUqt/PORuV&#10;9az6t0sX0Htyru9Mqb/+LgAcu27OXyzdAAAAQH/yxAkAABaI7YMjL65arZ+PnF8XzfuAyP6c8u/E&#10;ovSerbt3P1o6BvrVrXHJwKH2/n0R6azSLTzFbVv27X5J6Qh6z/jwyNbI1fbSHUARX/30vt0rro+o&#10;S4cAAADQf6rSAQAAwLObGO6cPzHc+dOqqv4xcv7uaN6gLCJiKOX0G+lI7B1vd372plWrlpUOgn50&#10;afzldM7pg6U7eKoc+T2lG+hNKZb8fekGoJgvXW9QBgAAwBwxKgMAgB51c3v9yPjw6Adzjttyju8I&#10;l4YjIk6LiF8bGFi6e3yo89bbNm1aVDoI+k1uTf9mRDxeuoMneTAWp/eXjqA3bb7ni/dHxIOlO4D5&#10;lyJ2lm4AAACgfxmVAQBAj/nYyMipE+3OO1pRfzFyen0Ykz2NdFakeNdDDz38+fGhzmtK10A/uWLv&#10;3gf+P3v3HmeHWdD5//ucmTRpactlqdU2maTJ9CKVi1soF1EItk0maUFAorjrDVhAEYH1AvjzEsR1&#10;gYWVRRcFRSmKYhEQ2+ZCi73guhZb7gGSzCSZmbS2lAJtSpM0M+f5/UFZUdqSy8w8c868369X/8lr&#10;Juczec0rOZ3zPc9TU/+4dQf/qtb6jnWjowdbdzCPlXyidQIw92rNDa0bAAAA6F9GZQAAMI9sGhr+&#10;0ampzudr8sokx7Xumf/K2Sn58Oah4Y9eefrKs1rXQL+Ynhr4nST7WneQJNl7dz3431tHMM/VuAIT&#10;FqBOqUZlAAAAzBqjMgAAmAc2nT68dNPQ8OUleX+S01r39KBndAY6n948NPxaV2LCsbvklh1fLsnb&#10;W3eQ1NTf3rB37/7WHcxvJflU6wZgzh2886Qln20dAQAAQP8yKgMAgMY2Da36qc5APluSi1u39Lgl&#10;SX73y7ff+fEtQ8Pnto6BXndoqvPmJHe07ljY6vbvOuVh725dwfw33Zm6vnUDMOc+sWHbtntbRwAA&#10;ANC/jMoAAKCRy08765Gbh4b/tqRcWpOHte7pFzV5XE1u3DS06uU1Ka17oFddcsuOL6fk1a07FrJa&#10;85rH33TTodYdzH/r9+y5NSU7WncAc6ckrr4EAABgVhmVAQBAA1uWnnX+4GD3E0me1bqlTy0pKW/b&#10;MnTmFVcMDT28dQz0qpHx0Xcl+fvWHQvU+9dNjv1t6wh6R+nmH1o3AHOnW+s/tW4AAACgvxmVAQDA&#10;HNu0bPjnaqd7fZJlrVv6X103kOP+eeuyVd/XugR6VXe6+3NJDrTuWEhqctvUVOfnW3fQY0qubZ0A&#10;zJnucd1FV7eOAAAAoL8ZlQEAwBy58bzzFm0eOvMdpeTtSRa37llAVnVL+b+bl5/5nNYh0IvW37xr&#10;R0ne1LpjQSn5pUtu2fHl1hn0ljJVr23dAMyZT19w8xfvaB0BAABAfzMqAwCAOXD1GWecevvtd16X&#10;1Be3blmgTkytf7NlaPgNNSmtY6DX/NPE6OuSfKR1xwLx/nXjo+9tHUHvWXPL2GStmWjdAcy+Wl1N&#10;DQAAwOwzKgMAgFm2ecU5Kw51B65P8uTWLQtcqcmrtwwNv/PG885b1DoGesnGpDtQB342yZdat/S5&#10;mxcNTL+8dQS9q9PJla0bgNlXkqtaNwAAAND/jMoAAGAWXbnizMfV7tQ/peas1i38Py+6/fY7L79s&#10;6dLjW4dAL7locvsttZsNSaZbt/SpO2ty0QW7d9/WOoReVozKoP8dnJq+52OtIwAAAOh/RmUAADBL&#10;Ni9b+YROt15dklNbt/Bt1pxclnzgmhUrlrQOgV6ybu/odaXmN1t39KFaSnnhuonRz7cOobcdOvT1&#10;a5IcaN0BzKbyD5fccss9rSsAAADof0ZlAAAwCzYtH/7+lM7WJP+hdQv3r5aMHOgOOLEMjtDaydHf&#10;TS1vbt3RT2qpv7p2fOcHWnfQ+y655ZZ7anJ16w5gFtX6wdYJAAAALAxGZQAAMMO2DA2fW2o+kuTh&#10;rVv4TsoFJ3WO/5vLzj33uNYl0EtumNz56pL8deuOflBL/mxkfOwtrTvoH6Vmc+sGYNbUwUXdK1pH&#10;AAAAsDAYlQEAwAzavOKcFTX1qiSPbN3C4arrTrrrwF9dk6cPti6BXrEx6d510uKfSqoTkY5BSd7z&#10;8fHRF5Wktm6hf3QHp6+M7ynoV5+8cNeuidYRAAAALAxGZQAAMEOuGBp6eOlObUrK97Ru4QiV8pwD&#10;Q3v/sHUG9JIN27bdu++kJetr4trGo1Hy9jUToz+zMem2TqG/rN+9ezzJ/23dAcy86upLAAAA5pBR&#10;GQAAzIDLTzvthIEs3lqT723dwlF70eblZ/566wjoJRu2bbv37onRHys1f9q6pZeUkj9cOz76C04o&#10;Y7aUlMtaNwAzr9b6d60bAAAAWDiMygAAYAYMDpzwtqQ+oXUHx6jW121atupHWmdAL9mQTN81Ofri&#10;pLyzdUtvKL9/1/joyw3KmE3de+tfJplq3QHMoJpPr9+767OtMwAAAFg4jMoAAOAYbRoafmVKXti6&#10;gxnRKaX85Zblw/+xdQj0kg3J9NqJnS9NKb8R1zk+kHtr6otHJnb+4oZkunUM/W3draO3J/n71h3A&#10;zCmd+uetGwAAAFhYjMoAAOAYbBpa9QMleWPrDmbU8bXmvZuGh09uHQK9pCR1ZHzn73RrWZ3k1tY9&#10;80mtmaglT1o3MfbHrVtYQGr5q9YJwIyZTo77y9YRAAAALCxGZQAAcJS2LD33ESXlfUmOa93CjDun&#10;HKx/VpPSOgR6zfrJndenM/jkJJ9o3TJP3FgHp39o3fjoJ1uHsLBMl4MfTnKwdQcwE+o1a8e/8C+t&#10;KwAAAFhYjMoAAOAo1KTUgYPvTbK0dQuzpJTnbF0+/POtM6AXjez54p4lnakfqDVvSTLVuqeRe1PK&#10;byyZWPrk9bt3j7eOYeG5eGLiq0kua90BHLtayrtbNwAAALDweNc9AAAchc3Lhn8+Jf+7dQez7u7p&#10;dB578cSOXa1DoFdtXbbq+7qlvDPJk1u3zJWSXN+tecG6ydGx1i0sbFcuO/OHOqVe17oDOCZ3Ldm/&#10;+PTVt2+7u3UIAAAAC4uTygAA4AhtXnHOipS8qXUHc+LEgdRLN/p/JzhqaybHPrdkYukP1VJ/JcnX&#10;W/fMsq+XUn7zkac89AKDMuaD9ZM7r0/y2dYdwNEryZ8alAEAANCCF0YAAOAI1KSkTr07yUNatzBX&#10;6lOfuGz4Fa0roJetzrVT68bH3ly6i4dK8sYkB1o3zbD9JXlj6S4eWju+8/WPv+mmQ62D4JtKqe9s&#10;3QActW661enIAAAANOH6SwAAOAKbhlb9VEm5tHUHc+6uqW7nUZfs3XFz6xDoB1tPW7WsO9j59aS+&#10;MMlA655jMJWUP53qlt/29wPz1VUrVz50aqpzcwzioefU5Kp1E6MXte4AAABgYXJSGQAAHKZNw8Mn&#10;l5Q3tu6giZMHS/391hHQL9bcMjY5MrHzJZ3UJyb58yQHWzcdoX2l5A+nS3nMyMTOlxiUMZ9duGvX&#10;nbXkstYdwJHrlPKO1g0AAAAsXEZlAABwmMqh/FaS727dQSOlPnvT8lUjrTOgn6yZGLtpZGL0pwYH&#10;u6eWlFcm2d266cGU5FM19afrcTll7fjoz188vvMLrZvgcHRq3pKktu4AjsjexeOnf7h1BAAAAAuX&#10;6y8BAOAwXDF01sqBdD+fZHHrFpr6xA0To0/YmHRbh0A/uvG88xZ9+bav/XDt5EeSPDMp39O6Kcnu&#10;pFxRSvdDa8bHri2GOfSoLcuHP1RrfqR1B3C4yitGJna+rXUFAAAAC5dRGQAAHIbNQ8N/nWRD6w7m&#10;gVp+dmRy57tbZ0C/25h0zl8xfH7p5llJnpbkvCTHzcFDTyX5eJLLO7VesWZy7HNz8Jgw67YsPev8&#10;2une0LoDOAwlt08dumfFJbfcck/rFAAAABYuozIAAPgOrly68tGdTudTcX0837D7lFMeevbjb7rp&#10;UOsQWEguW7r0+IeU459Q0v3BUsoTk5yZ5Iwc2wmS0zX5Qkm5qZTujd1Sbrx76sCnN+zdu39mqmF+&#10;2TI0fF1Nfqh1B/DgSim/uXZ85+tbdwAAALCwDbYOAACA+a7T6bw+BmX8qzNu//KdP5XkXa1DYCG5&#10;b+h1/X3/JUlqUjafPnx6SlaVTl1RSk6qtZxYkofVkpNSy+A3Pq67v5NyoCb7U8t4yvRkdzqTJyzq&#10;Tqzes+dAq68J5lwpb0qtRmUwv+2bqgf/oHUEAAAAOKkMAAAexNahVed1U25s3cH8Umsm7j558Zkb&#10;tm27t3ULAByujUnnicvP/GRqfUzrFuD+leStaydGX9W6AwAAAJy2AAAAD6Kb4gUdvk0pGTpx34Ef&#10;b90BAEdiY9JNpl/bugN4QPu69+Z3W0cAAABAYlQGAAAPaMvSVcNJDIe4XyXlV6vTnwHoMSPjuzal&#10;5LrWHcC3K6W8bd2to7e37gAAAIDEqAwAAB5Qt5SXJhlo3cG8de6mZWf+YOsIADhitfvrrROAb3PH&#10;wMD0/2gdAQAAAN/kXfUAAHA/rlmxYsmB7uDNSR7RuoX5q5T87drx0We37gCAI7V5aHhrkotadwDf&#10;UFJevXZi55tad8BcuGJo6OGdctyKTjdDteS4b/56LfWOTmfgjsV3Lxpbffu2u1s2AgAARmUAAHC/&#10;Ni1b9WOllPe17mDem+p2ppat37Pn1tYhAHAkNi8ffnJq/k/8fBCaq8ltAwdPWLXmts98vXULzLTL&#10;koGTl6/6oW7KBaXmvCSPT/IfvsOn1SR7knympn60DAx+ZGT39u2z3QoAAPxbfmgEAAD3Y/PQqquS&#10;ckHrDua/Uuovrx0fe0vrDgA4UpuWDb+3lPxE6w6gvHRkYuc7WlfATLpyxZmP63Try5I8O995RPYd&#10;leQL3eSdne7i96zdu+0rx14IAAB8J0ZlAADw72w6fXhpGch4kk7rFnrC50cmRs9tHQEAR+rqM844&#10;9dD0wPYkD23dAgtVKbnhn8ZHn7Ix6bZugZmweWjlD6d0fiM1T5ulhzhQa/5kunbecMneHTfP0mMA&#10;AADxIhkAAHyb0snz4rkyh+9RW84467GtIwDgSF2we/dtqfnt1h2wgHVLrS/baFBGH9i6bNX3bR4a&#10;3pp0rp7FQVmSLCklvzDY6Y5uHlr1pstPO+2EWXwsAABY0LxQBgAA/14pz2+dQG/pTk0/t3UDAByN&#10;JZNL35bks607YGGq71kzMXZT6wo4FpclA5uGhl/dLeXGJBfN4UMvScqvDA6e8OlNS4dnc8QGAAAL&#10;llEZAAB8i80rzlmR1Ce07qC3lFKe07oBAI7G6lw7lXRf1boDFqA7Fw10X9M6Ao7F1lWrvuuk5cMf&#10;LckbkixulDFcOvnopqHhV9ekNGoAAIC+ZFQGAADfanpqXesEetK5V56+8qzWEQBwNEYmdn00yd+0&#10;7oAFpeZ1F+zefVvrDDhaVy5b+fjuoXLjLF91ebgGSvKGLctXvfeyc889rnUMAAD0C6MyAAD4FrVk&#10;pHUDvakzMLC2dQMAHK1F04MvTfKl1h2wEJTk+hsmR/9X6w44WpuWr3pGp3SuS7Ksdcu/UcvzT9x3&#10;8IrLli49vnUKAAD0A6MyAAC4z2XnnntcSZ7RuoNeVX3vANCzLrj5i3ek1le07oAFYP/0dPe/bEy6&#10;rUPgaGxePvzkUsvfJjmhdcv9KcmFJ3aWXHZNnj7YugUAAHqdURkAANznIXfd+6TM0x+M0xOe7oUL&#10;AHrZyOTY+1LLh1p3QD8rKRvX37xrR+sOOBofWbryzNRcmeSk1i0PpiQX71++952tOwAAoNcZlQEA&#10;wH1Kuj/YuoGe9tB7lk08rnUEAByLznT3FUnuat0Bfanm04885eTfa50BR2PrqY95yHTpvD/Jw1u3&#10;HI5S87Obh1a9uHUHAAD0MqMyAAC4Tynlh1o30NtKKU9u3QAAx2LNLWOTpeSXWndAHzrQSf3Pj7/p&#10;pkOtQ+BodBff89aUPLZ1x5Epb7ty6cpHt64AAIBeZVQGAABJalJKcn7rDnpbSXlC6wYAOFZrx0f/&#10;JMl7W3dAfymvXDM59rnWFXA0Ni0dflqSF7buOAqLO53On1yTpw+2DgEAgF5kVAYAAEm2rDhneU0e&#10;1rqD3laSx7duAICZMDjYfVmS3a07oE9cNjKx8x2tI+BoXJOnD5ZOfUeS0rrlKJ1/YGjyBa0jAACg&#10;FxmVAQBAkjp96HGtG+h9NTnr8tNOO6F1BwAcqwt37boztftjSVzVB8eg1kxM596Xtu6Ao3Vg6OYX&#10;JuXs1h3HpJTfuWrlyoe2zgAAgF5jVAYAAElKp/N9rRvoCwOLFp94ZusIAJgJI5O7/jm1vrF1B/Sw&#10;bklefPHExFdbh8DRuOzcc49L6mtbdxyzmlOmpgde3DoDAAB6jVEZAAAkSa29/c5r5o3u1PQ5rRsA&#10;YKYsmVz2uqR+rHUH9KJSysaRydGtrTvgaJ207+CGJMtbd8yIWl9543nnLWqdAQAAvcSoDAAAkpQS&#10;p0sxI0opRmUA9I3VuXaqdJf8SJLdrVugx1y2Znzn77SOgGNS88LWCTPotC996WvrW0cAAEAvMSoD&#10;AIAktWZV6wb6Qy198k5+ALjP2r3bvtLtlOckuad1C/SIbUv2L35hSWrrEDham5YNr0rJ01p3zKRS&#10;yvNbNwAAQC8xKgMAYMG7bOnS45M8snUH/aHUnNa6AQBm2vo9Oz9VS17cugN6wJ3d6e5zVt++7e7W&#10;IXBMSi5JUlpnzLCLt576mIe0jgAAgF5hVAYAwIJ30uCJp7ZuoK8YlQHQl9aNj743Ke9s3QHzWLfU&#10;/PT6m3ftaB0Cx6qUrGndMAtOmD7unh9oHQEAAL3CqAwAgAWvOzVtVMbMKfnu1gkAMFvqcfUXU3Nt&#10;6w6Yj2ryS2snRz/cugOO1cakk5qntu6YDZ1OeWLrBgAA6BVGZQAALHiDnZzSuoE+UvOw1gkAMFvW&#10;jY4evPeEgWeW5FOtW2A+qTVvWTcx+tbWHTATzl82fEaSE1t3zIZuree3bgAAgF5hVAYAwILXrTmp&#10;dQN9ZdFlS5ce3zoCAGbLs7Zv39epA+uTjLdugXmh1g9+fHL0V1tnwEzpJN/XumEWnd06AAAAeoVR&#10;GQAAC14t3b58BzbtPGLRopNbNwDAbLpocvstteTZSfa1boHGblxyYMlPb0y6rUNgpnRLHWrdMFtK&#10;MrTRa2MAAHBYPHEGAICUh7QuoL8cqoudVAZA31s3PvrJ1DwvyaHWLdDIF+u9Wbf69m13tw6BmVRS&#10;HtG6YRYtfurp5zy8dQQAAPQCozIAABa8TqkDrRvoL51aS+sGAJgLI5OjW0u3PjPJwdYtMKdKdnQW&#10;1aetu3X09tYpMNNqal+PrvaX7pLWDQAA0AuMygAAWPBqt9TWDQAAvWrt3rEtKeUnkky1boE5cst0&#10;7YysGRv7UusQmA2llOnWDbPpuIFyXOsGAADoBUZlAACQGJUBAByDkfGdH0zJS+N5Ff3vq6Xkkosn&#10;duxqHQKzpdT+vtZ4emq6r78+AACYKUZlAADQ5+/CZu7VdA60bgCAuTYyPvqu1PKCJN3WLTBLbul0&#10;Ok9ZOz76idYhMKtq7mqdMJuOXzT15dYNAADQC4zKAABY8ErNvtYN9JeDS7p3t24AgBZGJne+u6a+&#10;Mk4so//cWpKL1uzZ8cXWITDbaslE64ZZtG/1nj3eBAQAAIfBqAwAgAWvW6pRGTOpfnL79q+3jgCA&#10;VtZNjP1+rfX5SX9fn8aCMtYdmH7S2onRba1DYC6U2hlv3TCLdrQOAACAXmFUBgDAgtfpVqdKMZPu&#10;3ujaLwAWuHWTY3+dUn48ycHWLXCMxjpl4ML1u3f388gG/o2DJ5RPJZlu3TEraj7VOgEAAHqFURkA&#10;AAte6eT21g30j5rc2roBAOaDkfGdH+zWclGSu1q3wFH6x9JdfP6a8e27W4fAXHrW9u37kmxv3TEb&#10;SqcalQEAwGEyKgMAYMGr5bhbWjfQPzrJv7RuAID5Yv3kzus7pY4kuaN1CxyRmmsHB7vr1u7d9pXW&#10;KdBG+YfWBbOhdgavat0AAAC9wqgMAIAF767xL3wp/Xq1B3POSWUA8G+tGR/7x04ZeEKSz7dugcNS&#10;6l/tO3nxmgt37bqzdQq0Umv9QOuGWTA2snt7X57ABgAAs8GoDACABW/DNwZlTpdiRtTUPa0bAGC+&#10;WTO+ffei6cEfSurHWrfAg6k1f7BvfOwnN2zbdm/rFmjp7pMXX1uSr7XumFElH26dAAAAvcSoDAAA&#10;vmFH6wD6Q6eUna0bAGA+uuDmL96xZGLZM0rJH7ZugftxT2p9/rrJ0ZdvcIoxZMO2bffW1Pe07phB&#10;3drN21tHAABALzEqAwCAJKXEFRjMiO50jMoA4AGszrVTa8ZHX1aT30pSW/dAktTktqS7ZmRy7H2t&#10;W2A+mS6dP0r//F193brJ0bHWEQAA0EuMygAAIEntGgIxMwbLgO8lAHgQJanrJkZ/u5PyzCRfbd3D&#10;gveJgan6hJGJXf/QOgTmm4vHd34hKZtbd8yEks7vtm4AAIBeY1QGAABJOqV8rnUDva8mt100uf2W&#10;1h0A0AvWTOy8otY8ITWfbt3CQlXeua974KlrbhmbbF0C81Z36rXp9SthS65bO7Hj6tYZAADQa4zK&#10;AAAgSWdw+uPpn2s9aKSk3ti6AQB6ybrJ0bG6OE9M6ttat7CgfCU1zxqZ2PmSDXv37m8dA/PZyN7d&#10;nyk1l7buOAbTZbrzq60jAACgFxmVAQBAkgt37bozya7WHfS2Ujqfat0AAL1m3ejowZGJsVck5aVJ&#10;7mndQ9/75EC3+6SRydG/ax0CvWJgUfe/1pqJ1h1H6U1r9+74eOsIAADoRUZlAADwTaX8c+sEet7/&#10;bR0AAL1qZGLnOzqdznlJnPzJbOiW5K1LOlNPuWjvrp2tY6CXXLhr153p1Jemx073LskX9nUPvL51&#10;BwAA9CqjMgAAuE/p5rrWDfS06e6i+rHWEQDQy9bs2fHFfROjT6rJa5Lc27qHflG3d7vlKWsnRl+1&#10;es+eA61roBetGx/bXEr5rdYdR+CO2hlc54pbAAA4ekZlAABwnzrYuaZ1Az3tU+tGR+9qHQEAvW5D&#10;Mr1uYvSN3W738Uk+27qHntYtyRv3dQ9+//q9O29oHQO9bs34zt+pyQdadxyG6dS8YGTPF/e0DgEA&#10;gF5mVAYAAPdZu3v7jiS3tu6gR5Vc3zoBAPrJ+r27Prtk/+KnlOStSaZb99BzJlO6l6ydGH2Nk4pg&#10;ZpSk3t098JM1uap1y4PoJvmZkcnRv2sdAgAAvc6oDAAA7lOSmuTq1h30qNq9snUCAPSb1bdvu3vt&#10;xOirutPdRyX5+9Y99ISDSV63r3vg7JHxXZtax0C/2bB37/67uweeNU+HZYeS+oKRidG/aB0CAAD9&#10;wKgMAAC+VakfbJ1A7ynJ15ZMDF3XugMA+tX6m3ftWDsxekFN/ekkX27dw3xVrx7odh89MjG60elk&#10;MHs27N27//iJpetK8sbWLd9ivJQ8aWRi7NLWIQAA0C+MygAA4FssuWfJVUkOtO6gt9Tk6tW5dqp1&#10;BwD0s5LUdRNj75nqdh6XUt6Xb5wyC0lyR635+RsmxtZctHfXztYxsBCszrVTaydGX5OalyVpPeK8&#10;Zqrb+YG146OfaNwBAAB9xagMAAC+xerbt92d+XmNB/NYSd7fugEAFopL9u64eWR85/NLyeNT4qTQ&#10;hW1/ktd1Dp6wfN3k6B9uTLqtg2ChGZkcfXvp1sc0ug7zYJLX3jAxesEle3fc3ODxAQCgr5XWAQAA&#10;MN9sWrbqx8o3Tr+Aw3Hnks7Ud6/es8cJdwDQwKah4UtK8ntJVrVuYc50k/InU93y24YkMH9sWX7m&#10;c1Pr62vyvbP8UNO15D2LBrobL9y1a2KWHwsAABYsozIAAPh3rlmxYsnB7uC/1ORhrVvoBfXdIxNj&#10;P9u6AgAWsstPO+2EgcETfrmTvMpzuH5X/qHU8mtrJ3d8rHUJ8O0uSwZOWnbmT6bUlyV5/Az/9l9P&#10;yaUD0923uuoWAABmn1EZAADcjy3Lht9VS17QuoP5r6Rz4dqJHVe37gAAkq2nPuYhdfH+F9XUX01y&#10;WuseZlL5aKd0f3PN+Ng/ti4BDs+VS1c+ulMGfqqUuv4YTi/bn+Tqmnp5p7vkA2v3bvvKTDYCAAAP&#10;zKgMAADux+ahlU9NOk4/4DsZWzsxemZJausQAOBfffjss086bv/0LyT5r0ke2bqHY3JTKeW31o7v&#10;vLJ1CHD0rjzjjOWdqcHVSc5N6X5vkuFay/Gl5KRv+bBDSRkvqbtSyrZ0y7Xdxd2PrxsdPdgoGwAA&#10;FjSjMgAAeACbh4ZvSHJ+6w7mr1rqr6wbH3tzC6kj+wAAIABJREFU6w4A4P5dc8q5Jx5YcvDFKfnF&#10;JMtb93DYapKPdFLectHEzqsN+AEAAGDuGZUBAMAD2LzszJ9JqX/WuoN560BnUV2+ZmzsS61DAIAH&#10;tzHpPGnorGd0031FSdbHz0Xnq68n9V3TGfhfF0/s2NU6BgAAABYyPzwBAIAHcM2KFUsOdAfHk3xX&#10;6xbmo/qOkYmxl7auAACOzOblw09OzauSPCfJQOsekiTjKeVPFnWm/viC3btvax0DAAAAGJUBAMCD&#10;2rJ81S/VWlxvyL831SkDZ60Z3767dQgAcHSuGBp6+EAWPS+1/HxKHtu6ZwHan5Q/76T7zjUTYze1&#10;jgEAAAD+LaMyAAB4ENeccu6JB044uCs1p7RuYV55/8jE6IbWEQDAsatJ2bp81dNrLS9M8twkS1o3&#10;9bOSfKFb63un68C7L9m74+bWPQAAAMD9MyoDAIDvYNPQ8CtL8nutO5g3pga63UddtHfXztYhAMDM&#10;+tCKFQ9b3B14Xkl5bpJnJFnUuqlP3JKS95XkvWvHRz/ROgYAAAD4zozKAADgO7hmxYolB7qDo0lO&#10;b93CPFDzrpHJ0Re1zgAAZtcVQ0MP72TRJfcNzC6KE8yOSK2ZKJ1ckdr94L6JXdduSKZbNwEAAACH&#10;z6gMAAAOw+Zlw69Kyf9s3UFz93bKwDlrxrfvbh0CAMydD5999knH7Z9em5o1NbmwlAy1bpqHalJu&#10;TMnfdUuuWL9n56daBwEAAABHz6gMAAAOwzV5+uCBob2fSPLo1i009YaRidHXto4AANrauuKsc7rd&#10;elHSvSgpT0/ykNZNDdQkn0/NtbXk2oFF9fo1Y2Nfah0FAAAAzAyjMgAAOEyblq96Rqnlo607aKX+&#10;y73HD579rO3b97UuAQDmjxvPO2/Rl2/b9/3dzvQTS8oTkzwxyXDrrllwT5JPpuTjteYfc2+uW3fr&#10;6O2towAAAIDZYVQGAABHYPOyMz+YUp/duoO5V2r5ubWTO/+odQcAMP9dftpZj1y0qD6xJt+f5NxS&#10;6zk1OSfJktZth6MkX6s1X0zJ55L6z91O5+Mn7Dn9c6tz7VTrNgAAAGBuGJUBAMAR2HT68NIykC8k&#10;ObF1C3Oo5LobxkefsTHptk4BAHrTxqRz/rLhMwZK+d6aPCqlrujWLCvJ8pIsq8nD5jjpyyXZW5PJ&#10;WjPe6dTttdYvDNRFX7hocvstc9wCAAAAzDNGZQAAcIS2LBv+tVry31p3MGcOZGDgcSO7t29vHQIA&#10;9K9rTjn3xIOLD3x3Gch31W45pZZ6ak15eCd5eEpO7nbz0FLqQ5Msvr/Prym1JF9LkpJ0u6lfLSlf&#10;raV+paR8NSlfTalf6aRz651T94xv2Lt3/5x+gQAAAEBPMSoDAIAjdE2ePnhgaO91SZ7SuoXZV0v9&#10;lXXjY29u3QEAAAAAADBXjMoAAOAo3HcN5qeTPKJ1C7On1GxeMzm6viS1dQsAAAAAAMBc6bQOAACA&#10;XrTu5tG9pZQXt+5gVn25k4EXGZQBAAAAAAALjVEZAAAcpbXjOz9Qkr9u3cHsKMnLLprcfkvrDgAA&#10;AAAAgLlmVAYAAMfgru6Bn01yY+sOZlZNfdPaidHLWncAAAAAAAC0YFQGAADHYMPevfsHB7vPrclt&#10;rVuYGaVm88cnxl7bugMAAAAAAKAVozIAADhGF+7aNVE6+fEkh1q3cKzqnu6h/PTGpNu6BAAAAAAA&#10;oBWjMgAAmAEje0avrakvat3BMSi5vdZywbpbR29vnQIAAAAAANCSURkAAMyQdRNj7ynJG1t3cFTu&#10;rak/vm5ydKx1CAAAAAAAQGtGZQAAMIPWToy+JjX/u3UHR6RbS16wbnzs71uHAAAAAAAAzAcDrQMA&#10;AKDf/MVdX9m886EPP7WkPL51C9/RdJLnr5sYfV/rEAAAAAAAgPnCSWUAADDDSlLvnhj7hSR/07qF&#10;B1VT84sjE6Pvbx0CAAAAAAAwnxiVAQDALNiQTO+bGP3xmvpHrVu4X4dKKf95ZHL07a1DAAAAAAAA&#10;5pvSOgAAAPrdpqHhV5fkDa07+H/2l1Ket3Z855WtQwAAAAAAAOYjozIAAJgDm4aGX1mSt8RpwU2V&#10;5GtJ53lrJ3Zc3boFAAAAAABgvjIqAwCAObJp2aofK6X8aZITWrcsUKOdTueSNXt2fLF1CAAAAAAA&#10;wHxmVAYAAHPoyhVnPq7TrR9IsrJ1ywJzzaLpweddcPMX72gdAgAAAAAAMN8ZlQEAwBz78Nlnn7Ro&#10;//SfleS5rVsWgG5Nfm1kYvRNJamtYwAAAAAAAHqBURkAADSwMek8afmZv11rfW2STuuePnVXSv2Z&#10;kfGxD7UOAQAAAAAA6CVGZQAA0NCWM856bJ3qXpqSx7Zu6TN/1+1MvWT9nj23tg4BAAAAAADoNUZl&#10;AADQ2DUrViw52B3cWJNfTjLQuqfHfTXJS0YmRt/fOgQAAAAAAKBXGZUBAMA8sWX5qtW1lj9Osqp1&#10;S4/6yHQ6P3fxxI5drUMAAAAAAAB6mVEZAADMI9fk6YMHhiZfkFJ+JzWntO7pEZM1edm6idHLW4cA&#10;AAAAAAD0A6MyAACYh64+44xTD00N/LeU/GySTuueeWp/Sd62vzP1hmfv2fO11jEAAAAAAAD9wqgM&#10;AADmsU3Lh7+/1LwuycXx/P2bpmvJezKV31x38+je1jEAAAAAAAD9xotSAADQAzYNDT+qJK9J8hNJ&#10;Blr3NLI/qX88OFjfcuGuXROtYwAAAAAAAPqVURkAAPSQ+04ue22SH0myqHXPXCjJ12rqe7oD3f+5&#10;fvfu8dY9AAAAAAAA/c6oDAAAetBVK1c+dGqq/FhK52Wp9TGte2ZBTepHk/LOfSct/vCGbdvubR0E&#10;AAAAAACwUBiVAQBAD9uYdJ48dOYPT9f6M6Xk4iQnt246FjW5rZT8Zel0Ll27e8enW/cAAAAAAAAs&#10;REZlAADQJzYNDy/uHCoXpFufU0uemeSRrZsOR01u69RcmU754OLx07euzrVTrZsAAAAAAAAWMqMy&#10;AADoQ5clAycNrXxyKQOra83TkvrkJCe07rrPwaR+PCl/n9q98obJXTdtTLqtowAAAAAAAPgGozIA&#10;AFgALjv33ONO2rf//KTz1JTy2NT66CRnJxmcg4fflVo/VZNP1HQ+dsLAoY+v3rPnwBw8LgAAAAAA&#10;AEfBqAwAABaob1yXmXNTc25KWVFrlpZal9WSoSTLkpx8GL/NwSRfTvKlUnNrSvbWUiZKreM13d0H&#10;Ot3PPXvPnq/N6hcCAAAAAADAjDIqAwAAHtTWUx/zkEOLv3bcv//1znHHTa8bHb2rRRMAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAMBhKq0DAICZdc2K&#10;FUsOTJWzamfgrFKzrJQM1WRpktNrclJJTkpycpKHf8un3Zvk60k9kJT9Sb5ek1tLcltKvlRqmahl&#10;eufAdHYu2ju0e3WunWrxtQEAAAAAAAAw+4zKAKCHfWjFioctnh48P6lPKKU8Icnjkgxldv+NP5Tk&#10;i0k+XUv9dCe56dCh/Tdccsst98ziYwIAAAAAAAAwR4zKAKCHfPjss09adM/UD6fk6Z2Up9XkMUk6&#10;rbvyjZPO/jnJ9bXUq+8+cck/bNi27d7WUQAAAAAAAAAcOaMyAJjnrj7jjFMPTQ/+SKn1WbXkGUkW&#10;t246DPtSy9Xp1Cun670fvHhi4qutgwAAAAAAAAA4PEZlADAPbRoeXpx7c0mSny7J2iSDrZuOwcEk&#10;W2qtf5XF5W/XjY4ebB0EAAAAAAAAwAMzKgOAeWTrirPO6dbui1Pz00ke0bpnxpXcnpp3pTP4jpE9&#10;X9zTOgcAAAAAAACAb2dUBgCNbUw65y9b9czSKa9MzdNa98yR6dT64W7tvGn93p03tI4BAAAAAAAA&#10;4F8ZlQFAIzeed96i22//2k+UlFfX5Htb9zRTc21N/vu6ydGPtE4BAAAAAAAAwKgMAObcZcnASUOr&#10;XpiU30iytHXPvFHKZ1Lr74xMjL6/dQoAAAAAAADAQmZUBgBzaMuys36wlu6bk5zfumXeKtlSan55&#10;7cTottYpAAAAAAAAAAuRURkAzIHNK85ZUbtTv1+Si1u39Ihukvd2O1O/un7PnltbxwAAAAAAAAAs&#10;JEZlADCLNiadJw6d+QtJfX2Sk1v39KA7SvKqtROjf946BAAAAAAAAGChMCoDgFmy+Yyzzy7d6Utr&#10;zRNbt/S++rGBbn3hRXt37WxdAgAAAAAAANDvOq0DAKAfbV4+/MJMT/+zQdlMKT/Y7XQ+vmX5mc9t&#10;XQIAAAAAAADQ75xUBgAz6MoVK7670x28NMlFrVv62J93Dp7wc2tu+8zXW4cAAAAAAAAA9COjMgCY&#10;IVuXr3pKt5a/TLK8dcsCcFN3YPq563fvHm8dAgAAAAAAANBvXH8JADNg09Dwq7u1XB+DsrlyXmd6&#10;4DNblg0/q3UIAAAAAAAAQL9xUhkAHINr8vTBA0M3/8+kvrx1ywI1VZNfWTcx+tbWIQAAAAAAAAD9&#10;wqgMAI7S1lMf85Du4v2XJXVd65YFr+T3bhgf/eWNSbd1CgAAAAAAR6cm5aplZ39P7Uyt6HY7y1O6&#10;J33j18sJSRZ/8+M6tdxZS72jlnpHpzNwRzk4/ZWLbhnbW5LaLB4A+oxRGQAchcuXnnX6YKe7Ocmj&#10;W7fw/3x4X/fA8zfs3bu/dQgAAAAAAA9u6/Kzz+h2p56YTjk/tTwmqcuTDCU57ih/y68n5fOp9TNJ&#10;tpXS+ez+zr03PnvPnq/NXDUALBxGZQBwhK4844zlne7AR1JzVusW/q1Ss3nxwNRzVu/Zc6B1CwAA&#10;AAAA/2rraauWdQfKj9aSZ5Tk/CTfNQcPO53kn0opWzNdtv7T3h03bnTjBQAcFqMyADgCVwydtXIg&#10;3euSLG3dwgOpH7v3+MH1z9q+fV/rEgAAAACAhezypWedvqhTf7Smbkjy5LR/ffrLJdlUO/mztXtG&#10;r3NdJgA8sNb/aANAz/jIsrNPmyrT15bkzNYtPLiaXHV8Z+qZTiwDAAAAAJhbG5POk5YNX1JLeXlS&#10;VyfptG56ALtKKe8eGJi+9MJduyZaxwDAfGNUBgCHYdN3D59Sjsv1Sc5p3cJh+7slE0ufuzrXTrUO&#10;AQAAAADod1etXPnQqUOdF6bkZUlWtu45At2kbi7dgd9eu3fHx1vHAMB8YVQGAN/BlqXnPqJ2Dl6b&#10;5NGtWzhCpbzvhvGd/2lj0m2dAgAAAADQj65aufKhU1Pl/0vKzyU5sXXPsajJFQOpG9dMjN3UugUA&#10;WjMqA4AHcc2KFUsOdAc3JVnduoWjU1PftG5i7NWtOwAAAAAA+sk1efrg/mV7/0vp5HWpOaV1zwyq&#10;Sf6uU+uvr5kc+1zrGABoxagMAB5ATcqWZav+JqU8p3ULx6aU/MLa8dH/3boDAAAAAKAfbF42vCYl&#10;b0lybuuWWXQoyZv3dQ+8fsPevftbxwDAXDMqA4AHsGlo+NUleUPrDmbEdCnlWWvHd17ZOgQAAAAA&#10;oFddftpZjxwY7P5RSZ7bumUO3ZJSXj4yvvODrUMAYC4ZlQHA/di0fNUzSi1bkwy2bmHG3DE42P2P&#10;F+7aNdE6BAAAAACg12weWvnDSefPkixr3dJATcp7BgenX3Hhrl13to4BgLlgVAYA/85VK1cOTU11&#10;PpXk4a1bmHE31ePyA+tGRw+2DgEAAAAA6AXXnHLuiQeOP/j2JD/ZumUemOx2y/PW7915Q+sQAJht&#10;ndYBADCfXJYMTE2Vv4hBWb86Lwfz5tYRAAAAAAC94PKlZ51+4PiD18eg7JuWdTr177cMDfvzAKDv&#10;OakMAL7FlmXDv1ZL/lvrDmZVLd26bu3esS2tQwAAAAAA5qvNQyufmnQ+lOSRrVvmqb+YmrrnJZfc&#10;css9rUMAYDYYlQHAfbYsPev82un+nySDrVuYZSW3dwbr960ZG/tS6xQAAAAAgPlm09DwJSX5yyQn&#10;tm6Z565Zsn/xM1ffvu3u1iEAMNNcfwkASa5ZsWJJ7XQvjUHZwlBzSp0q72idAQAAAAAw32xZPvyy&#10;knwoBmWHY/WB4w9uvWrlyoe2DgGAmWZUBgBJDnYHX5vknNYdzJ1a8yNbh868uHUHAAAAAMB8sWn5&#10;ql+uNX+QZKB1Sw95ytRU5x8/suzs01qHAMBMcv0lAAve5qVnPCadgZvilLKFaLJz8ITvXXPbZ77e&#10;OgQAAAAAoKVNy4f/U6l5TxxMclRq8rnambpw/Z49t7ZuAYCZ4AkBAAtaTUo6nT+IQdlCtWx6yT2/&#10;1joCAAAAAKClzcvOfL5B2bEpyfcNdAf//kMrVjysdQsAzARPCgBY0LYMDf9oUn6wdQftlJr/euUZ&#10;Zyxv3QEAAAAA0MKWobMuSKnvjteOj1lNvndJd/DSjf4sAegD/jEDYMHaNDy8OMn/aN1Bc0s63c5/&#10;bx0BAAAAADDXNg0NP6qm+8Ekx7Vu6SPPfOLQ8DtaRwDAsTIqA2DBKveWlyRxQhVJLT++dWjVea0z&#10;AAAAAADmylUrVz60pH4wyUmtW/rQizYNrXp56wgAOBZGZQAsSJefdtoJSfc1rTuYN8p0ysbWEQAA&#10;AAAAc6Em5dBU511JObt1S78qKW/ZtGL4Sa07AOBoGZUBsCANDpzwkqR8T+sO5o+SrHdaGQAAAACw&#10;EGxdNvzakjy3dUefW1RqLv3Gm9yB/5+9ew/T+yzo/P+5n5kkPdBybOm2yeQ0SQuVk60cBIVKD0na&#10;clgxHFYEFM/iuoKiP12JyiqiuyyCi7igrMICBUW25ATFVgSk2IKiBdpMTpO0tBRaaHpKMs9z//6A&#10;XUtt0ySdmfs5vF7X1f/aed65nlydmef7+d5fYPAYlQEwci5ftuyYWvLa1h30HaeVAQAAAABDb/PS&#10;yafVkt9u3TESalaPjx//ptYZAHA0jMoAGDl31fGXlOTRrTvoPyW5cOPiFY9r3QEAAAAAMBcuz7PG&#10;U/OWuE48j+qPb51YdV7rCgA4Un5YAGCk1KSUmle37qBvlU6n8/OtIwAAAAAA5sLdS6//T0nOat0x&#10;Ykov9U8/tGzZw1qHAMCRMCoDYKRsnVj97CSPbd1BX/sPl512xiNbRwAAAAAAzKaPLF31mNTqsZdt&#10;LF7UG9vQOgIAjoRRGQAjpdbuT7duoO8de3C8+6OtIwAAAAAAZtNYrW9Ksqh1x6gqKT/1kYnVK1p3&#10;AMDhMioDYGRsXLbslJRycesOBkCtL2+dAAAAAAAwWzZPrHh2kgtad4y4RWO1+/utIwDgcBmVATAy&#10;xurYf0iyoHUHA+Gxm5es+J7WEQAAAAAAD1ZNSjL2u607SFLKv9+yZPX3tc4AgMNhVAbAyKi1vKR1&#10;AwOkjL20dQIAAAAAwIO1ecnkeUl1E22fqKX7X1o3AMDhMCoDYCR8dPGKVUm+u3UHg6T+0AY/KwEA&#10;AAAAA6wmpZQ4payvlO/bvHTyaa0rAOCBuFAKwEjodjovaN3AwDnlyRMr/WIPAAAAAAysrROrnx03&#10;XPefmp9pnQAAD8SoDIDRUPOc1gkMnlLKv2/dAAAAAABwtGp6P9m6gfv0ok2nTS5uHQEAh2JUBsDQ&#10;u/TU1Y9Kyfe07mAgXdQ6AAAAAADgaGw6ZfKkxA3XfWq8M15+qnUEAByKURkAQ29sQe+CJGOtOxhA&#10;Nas3LztjWesMAAAAAIAjVRaWFydZ2LqD+1Zr/bFLXLsAoI8ZlQEwCp7dOoDBVerMua0bAAAAAACO&#10;XP3p1gUc0iknTKx4VusIALg/RmUADL1S88zWDQyuXi/ntG4AAAAAADgSW5avfkKSM1p3cGi1dp7X&#10;ugEA7o9RGQBD7aNLTj81yYrWHQy0Z7QOAAAAAAA4Er2Z7kWtGzgMJT+0wTV7APqUb1AADLVup/fU&#10;1g0MtlIycdny5Y9u3QEAAAAAcLhKKWtbN/DASvLoJ0+sfFrrDgC4L0ZlAAy1knx36wYG34Hu2JNb&#10;NwAAAAAAHI4PLVv2sCRPad3B4emkXNy6AQDui1EZAEOtV+sTWjcw+IwTAQAAAIBBsag7dkGS8dYd&#10;HJ6aPKN1AwDcF6MyAIZaSZ7YuoGhcGbrAAAAAACAw9Ep5dmtGzgiT7rqrLMWtI4AgHszKgNgaH34&#10;9NNPSLK4dQdD4YzWAQAAAAAAh6MmT2rdwBE57qav3uqpKwD0HaMyAIbW+P7eytYNDI3JDX5uAgAA&#10;AAD63IZvfY752NYdHJmxTucprRsA4N5cHAVgaHVqVrRuYGgc+7RTV57WOgIAAAAA4FC+d/GKlUmO&#10;a93Bkam1fE/rBgC4N6MyAIZWSW956waGR3dhMSoDAAAAAPpab2zs8a0bOBp1VesCALg3ozIAhlbt&#10;dU5p3cDw6FSjMgAAAACgv/VqPbN1A0dlSesAALg3ozIAhlepRmXMml7tndq6AQAAAADgUDrJ4tYN&#10;HJVTrzrrrAWtIwDgnozKABhmJ7cOYHiUlEe2bgAAAAAAOJRay6NaN3BUxm7++h2elgFAXzEqA2CI&#10;lYe3LmCIlJzYOgEAAAAA4FBKqW6OHVC9bneidQMA3JNRGQBDrB7fuoAh0jMqAwAAAAD6W02MygZU&#10;Se8RrRsA4J6MygAYZkZlzJpS8pDWDQAAAAAAD+Ck1gEcnU4pC1s3AMA9GZUBMLxKjmudwPCoyVjr&#10;BgAAAACAB+Bm6wHVK1nQugEA7smoDIDhVVNaJzA8avx9AgAAAAD6W0kOtm7g6HR6TioDoL8YlQEw&#10;zHqtAxgepVajMgAAAACgr9ViVDaoauk5qQyAvmJUBsAwMypj9pTi7xMAAAAA0N9qDrRO4OjUpLZu&#10;AIB7MioDYJi5I4tZU5I7WzcAAAAAADwAo7IB1SmdW1o3AMA9GZUBMLRq8s3WDQyPWnJ76wYAAAAA&#10;gEOrRmUDq2dUBkBfMSoDYGiVZF/rBoZIrXe0TgAAAAAAOLRyQ+sCjk7t9r7eugEA7smoDIBhdlvr&#10;AIZJubV1AQAAAADAoZXp1gUcnZksMCoDoK8YlQEwzL7aOoBhUt3hBwAAAAD0tVp7RmWDqd6VOz3+&#10;EoC+YlQGwDDb2zqA4VFr+UrrBgAAAACAQymdsrt1A0dl1/q9e+9qHQEA92RUBsDQKsXJUsyeUrs3&#10;tm4AAAAAADiUTvX4ywH1z60DAODejMoAGFq9npPKmDX1mP3H7WgdAQAAAABwKJ3x7rWtGzgq17QO&#10;AIB7MyoDYGiNjY19uXUDQ+Mr59x8ze2tIwAAAAAADuW8HTumEzdcD5xanFQGQN8xKgNgaD3ykSds&#10;T3KwdQdDoOa61gkAAAAAAIel1s+2TuAI1RknlQHQd4zKABhaZ1999cGU7GzdwRAo1ZHxAAAAAMBA&#10;KJ18unUDR+Tr+/buNCoDoO8YlQEw3Gq+0DqBYdD5fOsCAAAAAIDD0av5TOsGjsjfrE+6rSMA4N6M&#10;ygAYarXUK1s3MPh6tXt16wYAAAAAgMNxe2//55Lc3bqDw1U+3roAAO6LURkAQ62UclXrBgbezB31&#10;gKPHAQAAAICBsH7v3rtS66bWHRye3tjMltYNAHBfjMoAGGoHFo1dnWSmdQeDrHx+/d69d7WuAAAA&#10;AAA4XKXT+cvWDRyOeu2FO3fubl0BAPfFqAyAofbca6/dl+SzrTsYXDW9y1s3AAAAAAAcibvKwU1J&#10;DrTu4NBq8uHWDQBwf4zKABh+tf5N6wQGV6d0PtG6AQAAAADgSDx/165vJNnauoNDqr2Mvb11BADc&#10;H6MyAIZfqVe0TmBgzdxVDn6qdQQAAAAAwJGrHoHZ1+onL5q+bkfrCgC4P0ZlAAy9k056+CdK8o3W&#10;HQyiesW37+gDAAAAABgodWF5X01uat3BfaulOKUMgL5mVAbA0Dv76qsPxjHfHIWa/J/WDQAAAAAA&#10;R2Pd1NT+1PonrTu4T7ceW2acJAdAXzMqA2BUbGwdwODpZczfGwAAAABgcPXKnyQ52DqD71Rr/vSc&#10;Xbvubt0BAIdiVAbAaOgt2pjkQOsMBkn5h4umr9vRugIAAAAA4Gitu35qb5L3t+7gO+xb2Bv/3dYR&#10;APBAjMoAGAlr9l5zSzzKkCNQ0/uL1g0AAAAAAA9W6XXe0rqBeyj5n+de/+Wvt84AgAdiVAbAyKjJ&#10;n7duYGDM5EB5X+sIAAAAAIAHa83e6z6bUt/buoMkyb4FM+O/0zoCAA6HURkAI+P2ExZtTfK11h30&#10;v1LzsXU3Tt3cugMAAAAAYDbUmfLLSe5s3THqaurbnFIGwKAwKgNgZKy/5poDpZS3t+6g/9VO762t&#10;GwAAAAAAZsu666f2lsRjMNv66sLugje2jgCAw2VUBsBI6fQ6/yPJwdYd9LWdV+7esaV1BAAAAADA&#10;bFp016LXJ7mhdceoKqX8jFPKABgkRmUAjJTz91x7Q2q9tHUH/avUvGND0mvdAQAAAAAwm865+Zrb&#10;S/IrrTtGU924Zve2v2xdAQBHwqgMgJHT6eS/tm6gb+1LXfTHrSMAAAAAAObCmumpv0jyntYdI+bW&#10;Uhb+eOsIADhSRmUAjJwLdm//dFIva91B/6mpb1uz95pbWncAAAAAAMyVbg68Ksne1h0jo+bX1+z+&#10;0ldaZwDAkSqtAwCghU1LJs8vJVtbd9BXDtRuVq67fsqHKQAAHJUPn376CccfOHDc3d0FxyfJwlru&#10;vmNs/53P37XrG63bAADgnjZNrHx6SfnbJGOtW4Zbfdfa6e2vaF0BAEfDqAyAkbV5YvLTSZ7WuoP+&#10;UGveum7P1KtadwAA0J82JJ2zJ1YvGyuuIRNlAAAgAElEQVQzZ5SUx6SW02vqGUlZleS4JCc+wJe4&#10;IyV3pmZnUr6U1C+n1Gs7ZexLj3zkCdvPvvrqg3P/pwAAgH+1ZWLyDTV5beuOIXbNMXcteuo5N19z&#10;e+sQADgaRmUAjKwti1c/uXZ6n4nvhyS3zcx0Vl58w3Vfax0CAEB/2DQ5uahzoPN9Se/cmjwjyZPy&#10;rfHYXJhJ8k8luayXfCoL87frpqZum6PXAgCAJElNypalK9+TWl7cumUIfb031j3rwp07d7cOAYCj&#10;5SI6ACNt88Tk+5Osb91BWyX5rTXTU69r3QEAQFubJicX5UAuLrW8pJR6Tk0e1ijlziSfLLW8r7eo&#10;/qWBGQAAc+WSxYuPPaFzzMfjqR6zqdtJWXvB9LaPtQ4BgAfDqAyAkfbRxStWdTudf0mysHULrdSv&#10;1IXlDBfqAABG0+V51vhdE3vXluSlSS5KcmzrpnvpJvXymvxFd+auD158ww13tg4CAGC4fHTJ6ad2&#10;S/czSZa0bhkGJeW1a6a3vbF1BwA8WEZlAIy8LROTv1mT32jdQRsleeGa6alLWncAADC/Nk1OLioH&#10;ysuT+pokk617DtONSf6wLswfuSkCAIDZtHnx8senM/Z3SU5s3TLIPBUDgGFiVAbAyPv28d7/kmRF&#10;6xbmWcmWtbun1rbOAABg/nxkYuLhY1n4H5P8bJJHte45Snck9Z0zvbE3Xrz3uutbxwAAMBw2Llv1&#10;xE6vbk1ycuuWgVTr69fu2f6fW2cAwGwxKgOAJJuXrnx+avmr1h3Mq7s7nc6TLth13ZdbhwAAMPe+&#10;dTJZ/lOSV2dwx2T3dkdqedv4gu7rz9ux45utYwAAGHybl59+errdy5Isbt0ySGrqG9dNb39t6w4A&#10;mE1GZQDwbZsnVr0rqS9r3cH8KCm/sGZ625tbdwAAMPc2TUy+oCRvyvBeGLu1pPzmZ6a3vWVD0msd&#10;AwDAYNt42orVpdP5WCmZaN0yEGr5gzV7tv1ySWrrFACYTUZlAPBtH1ux4qEHD3a+4BflEVDyt1fu&#10;nvqBDS64AQAMtc3LzlhWezNvKclFrVvmyVWpvZ9Zu2fHP7QOAQBgsG1cvnxppzu2JckZrVv62MGa&#10;+rPrprf/z9YhADAXOq0DAKBfnLdjxzfTqT8VdxMNu31j3d6PbzAoAwAYapuXrHp5ejP/NEKDsiQ5&#10;O6XzyU1LVv7aBp/7AQDwIFy4c+fuzv7jzk5ySeuWPvXVlDzToAyAYeakMgC4l80TkxuSvK5xBnOk&#10;Jj+0bnrqg607AACYGx+ZmHj4WF30zpT6/NYtLZXkEwd7nZdcvPe661u3AAAwuGpSti5d9eu11g1x&#10;40KSpCbbeqU896Ld277UugUA5pJv/ABwL1dOT/1Wkq2tO5gT7zAoAwAYXpuWTT51LAs/P+qDsiSp&#10;yfePd3r/uHnpinWtWwAAGFwlqWt2b/vtUspzktzSuqexWkreNrb/uCcZlAEwCpxUBgD3YeOyZad0&#10;euNXJTmtdQuzoyT/WPYf94wLbvrCHa1bAACYfVsmJl9ak7cnObZ1S5/p1lpft27P9v/SOgQAgMH2&#10;kYmJh49l0RuS+hOtWxqY6pT6sgt2b/906xAAmC9GZQBwP7YsX/2E2u19KsnxrVt40PaWsuDJa3Z/&#10;6SutQwAAmH1bJibfUJPXtu7oc39x0kkP/bGzr776YOsQAAAG25aJyfU1eUuSk1u3zJP3dHPgVRdN&#10;T9/aOgQA5pNRGQAcwuYlq16cUt8T3zMH2f6kd+7a6R2fbB0CAMDs2pB0nrp08q215qdbtwyCmnyk&#10;O3PnCy++4YY7W7cAADDYLj119aMWjPV+r5a8LMlY6545clWpnV9cs+e6v2sdAgAtuEAOAA9g88Tk&#10;65JsaN3BUekmefHa6akPtA4BAGB2Xb5s2TH76/h7a83zWrcMmM/OzHQuvPiG677WOgQAgMG3cfny&#10;pZ3u+P+X1Fcm6bTumSXba/Kf1k1PXdo6BABaMioDgMPgcToDqSb5kbXTU+9uHQIAwOy6JBl7yMTk&#10;+0vyg61bBlEpuXLRnYvOPefma25v3QIAwHDYunTl9/ZSfic1z2zd8iBcn+StMzN3/qHTfQHAqAwA&#10;DktNytaJyXfV5Edat3B4Ss2vrdkz9TutOwAAmF0bks5TJib/PMl/aN0y0GquOGZsZu05u3bd3ToF&#10;AIDhsfG0Fas7Y+Vnk/KjSR7Suucw1Jps7KTz5s9MX/c3G5Je6yAA6BdGZQBwmGpSNk+s/B8l5ada&#10;t/AAal69ds/Uf2udAQDA7Nu0ZPItpeTnWncMif9zzPTiHzwnV8y0DgEAYLhsOmXypLIwr0zyY0lW&#10;tu65D7ek5kOdUt92wfT2q1vHAEA/MioDgCNgWDYADMoARs6myclFY7U+tOyvD62dcmLN2MPv69+r&#10;nd5Mp1f3JUnK+C3dBd2vr5uaum1eY4EHZdPE5GtL8obWHcOkJH9+wfTUy8u3Hh8PAACzbuvS05fX&#10;2ntOTe+ipDwryXibkvqVJB9I6geunN7x6Q1OJQOAQzIqA4AjdEkydsLE5J8leWnrFr5DraX+8rrd&#10;2/+gdQgAs2vT5OSiHMxjU+vjSsqKpCxL6pIkE0mWJFn0IL78wSRfT3JLku01dUeS7Z3S2TFTy5cu&#10;nL5up6EF9IdNS1euLbV8JEmndcuwKaW+as3u7W9t3QEAwPD72IoVEzMHx36gpH5fLfXpSTl9Dl/u&#10;lpR8ttR8ttZ8et+Jiy5ff801B+bw9QBgqBiVAcBRqEnZMjH5uiSva91CkuTuWuuL1+3Z/tetQwB4&#10;cDZNTp7YOVjPSu18T009qySPq8mqNLuLOfuS/HNN/UKSz43V/P3f79n+xQ3uZoZ5tWnJ5MpOyVU1&#10;eVjrliE1U2rnB9bsue7vWocAADBatq5ceXJvJk9PLWekZmVKVtSalaVkcQ7vhpKDSb0+pewuNbuT&#10;7Eop16bb++yavdun5jgfAIaaURkAPAhbJlb9ck19Q3xPbem21Kxfu2dqa+sQAI7clsVnPiKd/eem&#10;5oJa8r1JVqfPTyEqyTdqyqdr7X261s5ld+zddtX6pNu6C4bVJYsXH3vC2LGfSa2Pb90y5G7sdWae&#10;dOGuXTe2DgEAgEvOPHPhcfv2Hb9gZsFDumNl4Vip/+8Gk5lePVA743d0ur0Dt18/9RW/kwPA3HAB&#10;HAAepM0Tkz+U5M+SHN+6ZQRN1eS566anvtg6BIDDt3nx8sfXztjzSrImyZOTjLVuepC+XpLLUsvW&#10;srC38YLt27/aOgiGyeaJVW9P6k+07hgRl++bnjrPRTkAAAAAjMoAYBZsXLzicZ1O56+TrGjdMjrq&#10;ZaV3zAvX7L3mltYlABza5XnW+P6JG55V0704Kc9PsqR10xz7YpIPlF59t0dtwIOzZemqC2utH2nd&#10;MUpKyi+smd725tYdAAAAALRlVAYAs2TL4jMfUTv7/yzJc1q3DLlaS3739t1Tv+EEBYD+9rEVKyZm&#10;umM/klpflmSydU8D3aReXkrnzxaVg391zq5dd7cOgkFy+UlnPuTuY/d/McM/RO03d6YzfubaXV/e&#10;1ToEAAAAgHaMygBgFtWkbJlY9aqkvjHJotY9Q+iWmrx83fTUpa1DALhvmyYnF5UD+aGkvDyp5yTp&#10;tG7qByX5Ri353zV5x7rdU59v3QODYMvE5Btq8trWHaOoJn+5bnrqBa07AAAAAGjHqAwA5sDGZaue&#10;2OnVP0/yuNYtQ+QDC8a6rzp3586bWocA8G9tPXXlkt54XpOUlyV5aOuePve5mvrmk0962HvPvvrq&#10;g61joB9tmph8bEk+n2Rh65ZRVUq5aM3ubRtbdwAAAADQhlEZAMyRy/Os8bsm9r66JL8Zp5Y9GLtT&#10;85Nr90xtbR0CwL/10cUrVvU6nV+qyUuTHNO6Z8BMlVLffFt3/zvX7917V+sY6CebJya3Jjm/dceI&#10;+/K+ExY9Yf011xxoHQIAAADA/DMqA4A5tmnp5JNKL/8jJU9t3TJgapJ33t2Z+aXn79r1jdYxAHyn&#10;jctWPbH06m+X5ML43fLB+nqSt3Zz4M0XTU/f2joGWtsysfrcmt7HWneQ1JqfWbdn6m2tOwAAAACY&#10;fz74B4B5UJOydWLyh2vyhiSntu4ZAJ8vpb56ze7tl7cOAeA7bVy+fOnYzNhv1JIfSTLeumfIfL3U&#10;/Lfb6t1vcnIZo2zzksnLU/Ks1h0ktWb69hMXrXJaGQAAAMDoMSoDgHl0+UlnPmT/sft/qSa/mOQh&#10;rXv60I5Syn/+zO5t79uQ9FrHAPCvtq5ceXLvYOe3k/qKJAta9wy5r5WU1982ve2t65Nu6xiYT5sn&#10;Vjwj6fxd6w7uoZZXrN2z7V2tMwAAAACYX0ZlANDAxmXLThmr479Ra14ZF+aT5Ks19fW3n3DM252C&#10;ANBfrjrrrAVf+9o3f6LWbEjyqNY9o6SUXNkr+YV1u6Y+07oF5suWJZObasna1h18h6l901NnGLkC&#10;AAAAjBajMgBoaPOyM5bV7syrS8mPJTm2dc/8q18ppfO2/cd0/vtzr712X+saAL7TlsWrn1w7vXck&#10;eVzrlhHWS8o7Sm/hr67Ze80trWNgLm1cvOJxnU7nn+Lzqv5Tyg+u3b3tr1pnAAAAADB/fEgHAH1g&#10;68qVJ9eD5Wdr8sokp7bumWsl+USSP3rUSQ/90NlXX32wdQ8A32nT5OSJ5UD5/aT+ePze2BdK8o2k&#10;bPBITIbZ5qWTf5San2ndwX2pl62d3n5e6woAAAAA5o+LAwDQRy7Ps8b3L9l7YS31x5OyJslY66ZZ&#10;dHtS39Pr1T+6cO+Of24dA8B927hk1fd3Sv3TJCtbt3CfPjrT6/zoxXuvu751CMymTZOTi8qB3JDk&#10;Ea1buE+9zkxddsEN2/e0DgEAAABgfhiVAUCfumz58kcf6HbWl5QXJ3lqBvP79l2pdXPS+eCB4zof&#10;8YhLgP516amnHjc+fvybnE42EPYl9TVrp7f/SesQmC1blq76wVrrB1t3cEi/unZ66g2tIwAAAACY&#10;Hy4UAMAA+NiKFRPdbnlOr5bnlOSZSRa2bjqEO5NsLMkHy/7jNl5w0xfuaB0EwKFtPG3F6s5Y5z1J&#10;zm7dwuEryfvHxns/ed6OHd9s3QIP1uaJyf+T5OLWHdy/knxpzfTUY1t3AAAAADA/jMoAYMB8+PTT&#10;T1h4Z/d7U/K0mnxvSZ6S5MR2RfUrpZQrezWfSS+f6fbu/IeLb7jhznY9AByJzROTP5zkj5Mc37qF&#10;ozJVxjovWLPzun9qHQJH67LTznjkwbGZG9LfN06QpJZ897rdU59v3QEAAADA3DMqA4ABtyHpPGX5&#10;6atqr3t2p+bsXnJmSV2VlIkknVl8qTtTylR6valaMpWaz9Xx3mcu3Llz9yy+BgDz5FuPuzzuj5O8&#10;tHULD9r+kvLaNdPb3tw6BI7GlqWrXlJrfU/rDh5YTV63bnrqt1p3AAAAADD3jMoAYEhtmpxclANZ&#10;WTo5udRyampOSslJqXW8pjy81DpeS064539Tkl5N+WZJvbUm3ywlN9eSqZmZzraL9153fas/CwCz&#10;69LFq08b7/Q+kORprVuYTfXtx0wv+blzcsVM6xI4EluWTL6zlvxo6w4eWEk+sWZ66pmtOwAAAACY&#10;e0ZlAAAAI2TL0snvrrV+JCn/rnULs68mH1sw3vuh83bs+GbrFjhcm5ZM7i4lE607OCwHOvuPe8QF&#10;N33hjtYhAAAAAMyt2XwkFgAAAH1sy8Tk+lrzKYOy4VWS82ZmOldvXn766a1b4HB8ZGL1CoOygbKw&#10;t/DOZ7SOAAAAAGDuGZUBAACMgC1LJ19Zk/ckOaZ1C3NuZbrdKzYuW/XE1iHwQDrpPrt1A0eoVO8Z&#10;AAAAwAgwKgMAABhymycmf6XW/M8k461bmDenjPXq5ZsnVjhRiL5WkrNaN3CkytmtCwAAAACYe0Zl&#10;AAAAQ6omZfOSVb+f5HdbtzD/avKwpPPxTROTL2jdAvenpDymdQNHzHsGAAAAMAKMygAAAIZQTcqW&#10;JavemFJf07qFphaW5H9vWbrqB1uHwH3pJae3buCInfKhZcse1joCAAAAgLllVAYAADCEtiyd/AOD&#10;Mr5tQa31vZuWrHxe6xC4pw8tW/awkjy6dQdH7phuZ1XrBgAAAADmllEZAADAkNkyMfmm1Pxi6w76&#10;yoJSygc3L1n5otYh8H8tnFnglLIBVUrnjNYNAAAAAMwtozIAAIAhsmXpylfX5Bdad9CXxlLKuzYt&#10;mTy/dQgkydhYVrZu4OjUeO8AAAAAhp1RGQAAwJDYtHTyR2stv9+6g762qJR8cNPSySe1DoGk94jW&#10;BRyt4r0DAAAAGHJGZQAAAENg85LJ55SaP0lSWrfQ904oNR/deNqK1a1DGG21loe0buBo9U5oXQAA&#10;AADA3DIqAwAAGHCbJiYfW0r+V5Kx1i0MjEeNjXX+esviM502RDO1xDBpQNUU7x0AAADAkDMqAwAA&#10;GGBbV648uSQfqcnDWrcwWGrymNrZ/95LjBFppFTDpEFVYhAIAAAAMOyMygAAAAbUJWeeubB3oHw4&#10;yfLWLQys8x+yZPL3WkcwqjxCcWDVnNg6AQAAAIC5ZVQGAAAwoE7ct//3UvLU1h0MtlLy6k1LVr6w&#10;dQejqCxoXcBRKvHeAQAAAAw5ozIAAIABtGnJyufV5D+27mA4lFL+ZONpK1a37mC01NR9rRs4are1&#10;DgAAAABgbhmVAQAADJitS09fXkp5V5LSuoWhcWJnrPO/LznzzIWtQxgdJTEqG1zeOwAAAIAhZ1QG&#10;AAAwQK4666wFvdq9JMlDW7cwdM56yL6739g6gtFRSscwaXB57wAAAACGnFEZAADAAPnqzd/81SRn&#10;t+5gOJWUn980MXlx6w5GQ696/OWgKsXjLwEAAACGnVEZAADAgNi4bNUTS/JrrTsYaqUkf/yhZcse&#10;1jqE4VeK064GlUEgAAAAwPAzKgMAABgAV5111oJOt74rycLWLQy9U4/pjf9+6wiGX6md3a0bODql&#10;Fu8dAAAAwJAzKgMAABgAX735m7+akie07mBkvHLL4pVrWkcw3Hrd3pdbN3B0aqd67wAAAACGnFEZ&#10;AABAn9s0MflYj71kvvVKefuHTz/9hNYdDK+1109dn+T21h0cuW537NrWDQAAAADMLaMyAACAPleS&#10;t8RjL5lnpWRiwd3dX2ndwfAqSS3JVOsOjtgdF+297obWEQAAAADMLaMyAACAPrZ5yaoXJ/mB1h2M&#10;plLzms3LTz+9dQfDq5biMYqD59qS1NYRAAAAAMwtozIAAIA+demppx6XUt/YuoORtjDd3n9rHcHw&#10;qr3ev7Ru4MiUxHsGAAAAMAKMygAAAPrUgrHjfiHJ4tYdjLq6bvPSFetaVzCkxsrHWydwZHqp3jMA&#10;AACAEWBUBgAA0IcuPXX1o2rJL7fugCRJr/M7NSmtMxg+x+5afFWS21p3cPjG6/hlrRsAAAAAmHtG&#10;ZQAAAH1ofKy+NslDW3dAkqTkCVuWrHpR6wyGzzm5YqYmn2jdweGq156/59obWlcAAAAAMPeMygAA&#10;APrM1pUrT06pP926A+6plvqbl+dZ4607GEoepzgoiseVAgAAAIwKozIAAIA+0zuY1yQ5vnUH3FNJ&#10;Vu2f2Pvi1h0Mn9Lr/k3rBg6XURkAAADAqDAqAwAA6CNbFp/5iKT8VOsOuC81+ZWalNYdDJe1e3d+&#10;IaV8oXUHh1aSbxxTDm5q3QEAAADA/DAqAwAA6CdjB342yQmtM+B+PHbLksmLW0cwlN7dOoAH9IFz&#10;du26u3UEAAAAAPPDqAwAAKBPXL5s2TG11p9r3QGHUkpe3bqB4TPW67wnSbd1B4dQO3/ROgEAAACA&#10;+WNUBgAA0Cfu7i54UZKTW3fAodTk+zcuXvWU1h0Ml/P3XHtDko+37uB+7bhgz3WfbB0BAAAAwPwx&#10;KgMAAOgXxSllDIZOp/5s6waGT019T+sG7lsp5b0lqa07AAAAAJg/RmUAAAB9YPPSyaclOat1Bxym&#10;F246ZfKk1hEMl5NPeth7k7qrdQf/xp1lvPeHrSMAAAAAmF9GZQAAAH2gJj/eugGOwMLOwvKS1hEM&#10;l7OvvvpgreWNrTu4l5K3X7B9+1dbZwAAAAAwv4zKAAAAGvvQsmUPKzUvat0BR6KX+srWDQyhRfnT&#10;JNe3zuD/uatXZgz9AAAAAEaQURkAAEBjx/TG1ic5tnUHHImSfNeWpZPf3bqD4bJuamp/Sfn91h18&#10;S61554W7dt3YugMAAACA+WdUBgAA0FotL26dAEejJj/cuoHhU/Yf+46a3NS6g9xdxsb/a+sIAAAA&#10;ANowKgMAAGjoo0tOPzUl39+6A45KzfoNPltgll1w0xfuKLX+QuuOkVfKf1m768u7WmcAAAAA0IYP&#10;fgEAABrqdbrPj9/NGFynPW3pyqe2jmD4rN2z/X0p2dK6Y4R9ed9DFr6xdQQAAAAA7Yy3DgAAABhl&#10;tZcXpLSugKPXS3lBkk+37mD4jHV7P9/tdP45yaLWLaOmpPOq9ddcc6B1B3D/Ll28+rQF6T4unc7p&#10;NVlZaj2+lpzw//6FUrql1t21ZFsn9UvdBeXqdVNT+xsmAwAAMGBcugAAAGjkQ8uWPeyY3vjNccMP&#10;g23n2umpFa0jGE5blq56fa3111p3jJKSvH/N9NSLWncA32lD0nnqxOofqOm+IKWck5rVR/gl7k7J&#10;lanZ2k3n/RdNX7djLjoBAAAYHkZlAAAAjWxasvKFpZT3te6AB6vT6Tzmgl3Xfbl1B8Nn66Mff3xd&#10;dOc/1OQxrVtGQsnNM93Oky7ee931rVOAb9l0yuRJnYX5uZq8IsmSWfqyNTVX1k7eeuzuxe8/J1fM&#10;zNLXBQAAYIh0WgcAAACMqlKypnUDzIZer57fuoHhdMFNX7ij0+s9N8ltrVtGQDcl6w3KoD9ctnz5&#10;ozctmXxLWZhdNfmNzN6gLElKSp5aat5998TeL29esurlG1wrAAAA4F78oggAANBATUpSjMoYCjX1&#10;vNYNDK/z9+7YVmv9idYdw64mv7V219QVrTtg1F111lkLNi1d+ZqD3bHrSsnPJTlujl9yZUr9s6dM&#10;TP79xiUrzp7j1wIAAGCAePwlAABAA5smJh9bkmtad8Asue2kkx76qLOvvvpg6xCG1+aJVW9PjMvm&#10;yEevnJ5auyHptQ6BUbZ1ycrv6pXy/iSPbZRQk/qWfScc80vrr7nmQKMGAAAA+oSTygAAABooqc9o&#10;3QCz6MSv3bTvSa0jGG6d/cf+YpLPte4YQnvG6tgrNhiUQVOblqx8Xq+UT6XdoCz51km6P3/ivv0f&#10;u2z58kc37AAAAKAPGJUBAAA0UYzKGCq19J7euoHhdsFNX7hjQXf8/CRfbN0yRG6sNeecv+faG1qH&#10;wCjbPDG5oZTyV0lObN2SJDX5/oPdsc9tXrz88a1bAAAAaMeoDAAAoA0DHIZLydNaJzD8zr3+y1+f&#10;6XXOT7K7dcugK8k30utesG7P1PbWLTDKNi9d9etJXpektG65l1PTGfvYponJlienAQAA0JBRGQAA&#10;wDzbunLlyUlWtO6A2VRrntK6gdFw8d7rrh/r9c5L8tXWLQPs7trJ89fu3fmF1iEwyjYtWflrqfW3&#10;W3ccwsklufyji1esah0CAADA/DMqAwAAmGe9A+VJrRtgtpWSiS1LH/PvWncwGs7fu2NbSp6X5NbW&#10;LQNof01eunbX1BWtQ2CUbVm66iWllH4elP1fJ3c7nQ9dftKZD2kdAgAAwPwyKgMAAJhnteSJrRtg&#10;LvR6Bx/XuoHRsXb31N930zm7JttatwyMkpt7vfLMddNTH2ydAqNsy/LVT6i1vjP998jL+3Pm3cfu&#10;f08dnF4AAABmgVEZAADAPCulPqF1A8yFkpzZuoHRctH0dTsWjnW/L8nVrVsGwFTp1u+9cO+2K1uH&#10;wCi76qyzFtSZ3v9KckzrliP0nK1LJ3+sdQQAAADzx6gMAABgvtXy+NYJMBdKyWNaNzB6zt2586a7&#10;OzPnpuaK1i197Ivj471nr9m7fap1CIy6m2/+5mtSMpA3GNSa//rRJaef2roDAACA+WFUBgAAMI8u&#10;ScaSrG7dAXOhJt/VuoHR9Pxdu76xb8/UuUl+M0m3dU9/qX94TGfmrPN27JhuXQKj7tLFq09L8qut&#10;Ox6EE3vp/nbrCAAAAOaHURkAAMA8euipK09NsqB1B8yRla0DGF3rk+7a6akN6eTcpH6ldU8fuD3J&#10;S9dOb/+P5+zadXfrGCAZ63R/PckJrTsejFryiq1LVhqRAwAAjACjMgAAgHnU7ZQVrRtgDp106amn&#10;Htc6gtG2dtfUFfVAeUJKtrRuaaUk/9jr9s5aOz317tYtwLdcunj1aSXlFa07ZkHplfLa1hEAAADM&#10;PaMyAACAeVRKWd66AeZQGV90wpLWEbDuxqmbj9m9+OLU/GKSfa175tHBkvzewZk7n37h9Tuuax0D&#10;/Kux0v3JJItad8ySF25ctuyU1hEAAADMLaMyAACAeVRLnWjdAHOpdKtRGX3hnFwxs3bP1JtKb9Gy&#10;pPxJktq6aW6VTbXmMWump37l4htuuLN1DfCvNiSdUsrLW3fMogWljv1w6wgAAADmllEZAADAPCo1&#10;J7dugLlUa13cugHuac3ea25ZO73tJ2vNmpQM4+ldNyZ56ZrpbRet2zO1vXUM8G89dcnqpycZqtF1&#10;qeVFrRsAAACYW0ZlAAAA86kYlTHcSqf3yNYNcF/W7Zn66JW7px5Tk+ck5R9a9zxoJdfV1JftO2HR&#10;0rXTU+8uQ38SGwyu2uk9r3XDHDjr0sWrT2sdAQAAwNwZbx0AAAAwYh7VOgDmVufhrQvg/mxIepme&#10;ujTJpZsnVjwjGduQ1Gc3zjpSn6vJhs/untq4Iem1jgEOQ805rRPmwthY71lJ3tO6AwAAgLlhVAYA&#10;ADC/jMoYajXVqIyBsHZ6xyeTnLt5YsWzk87Lkjw/yUMaZ92fA0k2p5Q/37d724fXJ93WQcDh2TQ5&#10;eWIO5PGtO+ZErc+IURkAAMDQMrUBpB0AACAASURBVCoDAACYXye2DoC5ZVTGYFk7vePjST6+aXJy&#10;UQ7k/JK8NMlzkyxsnNatyeakfiALy1+vm5q6rXEPcDRm8tgkY60z5kJJ57taNwAAADB3jMoAAADm&#10;UU2OKa0jYC7V0q8nPcEhrZua2p/k0iSXXrZ8+aMPznTOScmzkvLMJGfMR0Otme6UXJFarqhjY5ev&#10;2/XlXfPxusAc6tXVyZD+9Ffq6a0TAAAAmDtGZQAAAPOoJMe0boC5VKrPGhh85+7ceVOS9337n2xc&#10;tuyUTnfsWaWUJ9bkjJQ8JjUrcvSfrfWS7E7JtUm+lF75QqfT+dsLpq/dOTt/AqBv1CwZ1k1Zak66&#10;ZPHiY9fv3XtX6xQAAABmnw96AQAA5texrQNgLtVSF7RugNl24a5dN+YeI7Mkueqssxbc+LXbJsd6&#10;dVVSj0vJiaXkhKRzXGo9PklqcndJubOm941ayh0l9c5e6ey8Y+aua40wYDR0Sjmhto6YQ49YsODE&#10;JP5/BgAAMISMygAAAOaXwQ3DrRafNTASzr766oNJvvTtfwDuU6/m+DKsJ5UlmTnYOSHJTa07AAAA&#10;mH2d1gEAAAAjpts6AOZUqWOtEwCgX5RShvmgspSxcT/bAgAADCmjMgAAgPk10zoA5lbnQOsCAOgX&#10;tdR9rRvm0oGDw/3nAwAAGGVGZQAAAPPLaQ4MtZp6V+sGAOgbNbe1TphDdey4nlEZAADAkDIqAwAA&#10;mF9OKmOoleTu1g0A0Ee2tw6YQ9evm5ra3zoCAACAuWFUBgAAML+c5sCwc1IZAHxb6XWva90wd8q1&#10;rQsAAACYO0ZlAAAA8+vW1gEwp4b7MV8AcET25eC2JAdad8yN3jWtCwAAAJg7RmUAAADzqBiVMexK&#10;bm6dAAD9Yv3evXel5O9bd8yFWnN56wYAAADmjlEZAADAPKpGZQy7alQGAPdUe/UTrRvmQG9hb8Hf&#10;tY4AAABg7hiVAQAAzKNS8/XWDTCXSsnXWjcAQD+pY52/at0wB/723Ou/7OdaAACAIWZUBgAAMI9q&#10;yZ7WDTCXaidfbd0AAP3kwl3b/jHJP7fumE215N2tGwAAAJhbRmUAAADzqJZMt26AudQr3Z2tGwCg&#10;35SUYRph3bm/zAzj6WsAAADcg1EZAADAPOrUjlEZw+zAHTt37m0dAQD9Zv+xnbclubV1x6woefvz&#10;d+36RusMAAAA5pZRGQAAwDyqY8XjLxlme9Yn3dYRANBvnnvttfuS/HHrjlmwv9fpvrl1BAAAAHPP&#10;qAwAAGAe7TtufGeSg607YC7UZEfrBgDoV6W36A9ScnPrjgel5I8u3Llzd+sMAAAA5p5RGQAAwDxa&#10;f801B5Jsa90Bc6N+sXUBAPSrNXuvuSXJr7bueBBu7NYDr28dAQAAwPwwKgMAAJh/17QOgLlQSvnn&#10;1g0A0M+u3D31Zyn529YdR6PW+tMXTU/f2roDAACA+WFUBgAAMP+c5sRQKt2OURkAHMKGpFdn8sNJ&#10;vt665Qi9Y92e7X/dOgIAAID5Y1QGAAAwz5zmxJDqHuzd/i+tIwCg3627fmpvKeVlSbqtWw7T5/f1&#10;7v751hEAAADML6MyAACAedabqVe2boA5cO3FN9xwZ+sIABgEa3Zv25jk5Ulq45QH8sWZmc756/fu&#10;vat1CAAAAPPLqAwAAGCerbt+am+tmW7dAbOrfLJ1AQAMkrXTU+9O8mutO+5PTbaNj/fWXnzDdV9r&#10;3QIAAMD8MyoDAABooFPy960bYDbV9D7VugEABs3a6anfLbX8dPrvUZifr52Z7z9vxw43QgAAAIwo&#10;ozIAAIAGas1nWzfAbBrvVUNJADgKa/Zs++OaPD/Jra1bkiQ179zXu/vpF+7adWPrFAAAANoxKgMA&#10;AGigdnJ56waYRTeev3fHttYRADCo1k1PXTo+3ntikpYnf96ZWl6xds/UK9fv3XtXww4AAAD6gFEZ&#10;AABAA2t3T/1jUr/SugNmR9naugAABt15O3ZM75ueemat+Zkkt8zjS9ea/OVYr/fEtXu2vWseXxcA&#10;AIA+ZlQGAADQQElqUj7eugNmRe1taZ0AAMNgfdJdt2fqbTMzndNL8t+T3DHHL/mplDx93fTUC5w6&#10;CgAAwD2V1gEAAACjatPEyh8pKf+rdQc8SN1uDpx00fT0ra1DAGDYbDpl8qQsqK9KystKycQsfdk7&#10;kvqBpL5z7fSOT87S1wQAAGDIGJUBAAA08tElp5/aLd09cYo0A638w9rpbU9uXQEAw2xD0vmeJaue&#10;0Sm9H0zKOUm+K0fw+X6tmS4ln6mpl2Vhef+6qanb5iwWAACAoWBUBgAA0NDmiZWfSMr3te6Ao1WT&#10;X1k3PfV7rTsAYJRceurqR40t6D6+0+usrp26OjUnJHlokpSafTXlllrq9aXU3WO98SvP33PtDf8/&#10;e/ceZfdZ0Pv/8+w9SdrSG9CAts0kTSYtGMDDr0XKQbCB0kxSKodbQQ5FPSIcBT2Koh48aODoD0FU&#10;Lp4fAkcRBSnlCPaUJilFUuQmtQUUSkkyucwkDbS0pTfaXGb28/ujoJY2bW6TZ/bs12utrNXVNd3f&#10;d/7ozJ69P/v5Nk4GAACgzwy1DgAAABhsnf+TVKMy+lXtlu4lrSMAYNBcsHPjzUk+9b0/AAAAcNi5&#10;xQoAAEBDk73yt0l6rTvg4JRrVoxv2Nq6AgAAAACAw8uoDAAAoKELdmy8ITVXt+6Ag1M/2roAAAAA&#10;AIDDz+0vAQAA2vvrJGe3joAD1Ot1pz7UOgIAAABgUF25ePEJe/ZkeKhT5iZJL/XEkqGSJClTU72U&#10;27rp3ra33nPb+RMTt5WkNg0G+kppHQAAADDo1s9fduyuo3d/M8mxrVtgf5WataPbx1a17gAAAACY&#10;zWpSLl+49DFDvZydUp+QkkWpWVSThUkefoCP9s2k8/UkXy81X+/Ven0n8746uuO6W6ejHehvRmUA&#10;AAAzwJqFI39Ran62dQfsr1LKC0bHN/1t6w4AAACA2WR10nnKwiVnT/WyvJQ8JSlPSfKIabxkryT/&#10;UkvWd2r51K6jO59+zoYNd07j9YA+YVQGAAAwA6wZXvLUkvLZ1h2wn26687h5Cy687ro9rUMAAAAA&#10;+t3qpHP2gtOfWsvUC5Ly/CSnNMyZTHJ1Uj7cmdO7eMXmzTc1bAEaMioD+tbHFi068ejJ7klJ9xG9&#10;7tQjSy3HJkkn5Z6asqvX6d3V7dW9mcxNt+/cvPPCZKp1MwDAvtSkrBse+WqSZa1b4CHV8taV2ze9&#10;tnUGAAAAQD/7+PDpi4fS+6WaXJjk5NY9D2Cy1FzZ6+SD3V3H/N2KG//lu62DgCPHqAyY0a4588w5&#10;t9x02xlTybJOp/P42suPpNTHJzktSfcAHmpvku1JxpM6XmvGuqVz9a6jO//o+FYAYKZYOzzy0iR/&#10;3boDHsKebu2edt72DTtbhwAAAAD0oyuGl5zZS/mNJM/Pgb3n2dIdSf5XZ059m9PLYDAYlQEzyuqk&#10;c/bCkf+QWs6tqc9I8rQkx0zjJadSynUl9XOp+UJ68y4f3XHdrdN4PQCAfVqfc4Z2De8YS7KwdQs8&#10;iA+snBi7qHUEAAAAQL9Zu2BkRUp+M8ny1i2H4O6a+t5MlbeuumFsR+sYYPoYlQHNXXPmmXO+fdPt&#10;K1Py0iTPSPLIhjl7avKJlFx89N3zLl3+7evuatgCAAygdcNL/1tNfVvrDtiXUnLm6PjYl1p3AAAA&#10;APSLKxYsedxUKX9ckme1bjmM9qTkf5epea93aAfMTkZlQDPrhkeW1ZL/Umv+c0ke3brnAdyd5OMl&#10;nfeumNj49yWprYMAgNnv0jPOOG7uPVPjSR7eugXup+TTK8fHzmmdAQAAANAPrly8eHhysvPWJC/I&#10;LN1nlOS2pKy+Y2LTn16YTLXuAQ6fWflNC5i5ViedsxcufW6t9TeS/Fjrnv1Vk691St4+r0x+YPm2&#10;bbta9wAAs9u64ZE31OR3WnfAD+qU+tQV45s/37oDAAAAYCZbnXR+bHjkl0uyOskJjXOOlM/3OuVV&#10;52/b9JXWIcDhYVQGHBGrk87ZwyMv6CWvL8njWvcctJJvl5T3DE12/+TcG75xS+scAGB2+uRppz16&#10;71R3a5KjW7fA95XkH0Ynxn6idQcAAADATLZu4WN/uNY9f5WUc1u3NDBVkt+/Y2LsjU4tg/5nVAZM&#10;u3XDIxfW5HeT/EjrlsPo1pq6+uiJBe9anqsmW8cAALPPmgVL3lhKeX3rDvg+p5QBAAAAPLi1C5b+&#10;VEp9VwbndLJ9KP/UKZ0XrRjfsLV1CXDwjMqAabNueGRZTd6d5KmtW6bRWJLXrZwY+0jrEABgdlkz&#10;MnJ82Zux1Mxv3QJJPrVyYuyZrSMAAAAAZqL1ixYddc/U0B+WklfFDuP7buqkvHTFxKYrW4cAB8c3&#10;M+Cwu2TZsrnH3rHrtaWU/5HkqNY9R0Ip+btOr/uq87Zv2Nm6BQCYPdYOL3lFUt7duoOBNzlVyhOe&#10;Pb7p+tYhAAAAADPNx4eHH97NnEuT8rTWLTNQL6X87srxTb/XOgQ4cEZlwGG1dsHiJ6V03pdkWeuW&#10;Bm6utf78qu2b/651CAAwO1ySdI8dHvlKSR7XuoXBVVP/bNXE5l9o3QEAAAAw03zi1MVLpzqddUkW&#10;t26Z4T4wf/4J/+Wsa6/d2zoE2H9GZcBhsTrpPHl45HeS/HaSocY5rX1kKnte+eyJie+0DgEA+t+a&#10;hUtWllrWtO5gYN1e92Tpqm+Nfbt1CAAAAMBMcsXwkjOnUi4vyaNbt/SH+sk9Rw897zkbNtzZugTY&#10;P0ZlwCG79Iwzjpu7q/ee1Pri1i0zR93Q63RefP62TV9pXQIA9L+1C0bWp+Sc1h0Mnlrqa1eNb35r&#10;6w4AAACAmWTN8JKndlI+XpMTW7f0l/qZqex9jsM5oD90WgcA/W3d8MiyufdMXW1Q9oPKGZ1e/eza&#10;BSM/2boEAOh/vV7vlUnuad3BwPnC1eOb/7h1BAAAAMBMsm7hyP9TUi43KDsY5WndzL3y0jPOOK51&#10;CfDQjMqAg7Z2ePEza/LFJI9p3TJDPSwlf7d2eGR16xAAoL+df8OWjaXU17fuYKDs7fV6r1yd9FqH&#10;AAAAAMwUly9a+h9S8/dJTmjd0sfOnHfP1MfXL1p0VOsQ4MEZlQEHZd2CkeckncuTPKx1ywxXkvzu&#10;moUjf3HNmWfOaR0DAPSveeML3p6Uf2rdwYAoeef5O7Z8tXUGAAAAwExx+SmLT+/06hVOKDt0NXn6&#10;rt7Qhy9Juq1bgH0zKgMO2JrhkQtqycVJ5rVu6Rel5me/fdNtF6/POUOtWwCA/rQ8V02m27koboPJ&#10;dCvlX+qcvK51BgAAAMBM8clTHvPITrf83ySPat0yi/zkcQtH3tI6Atg3ozLggKwZHnlBSf42ieNI&#10;D1Qpz9s1vON9q33vBQAO0sqtGzbUUn+ndQez2q5S60tWjY3tbh0CAAAAMBPUpOzt7n1/Us5o3TLr&#10;1Lxm7fDSV7bOAB6YYQOw39YuGFlRkr9J4jaOB++lZw+PGJYBAAft6PEFb3MbTKZNKb8/OjF2XesM&#10;AAAAgJniioVL/0dSzm/dMXvVt69ZOPLE1hXA/Rk1APtlzcKRJ6bkIzEoO2Q1edmPLRh5e+sOAKA/&#10;Lc9Vk53SeVGSW1u3MNuUz945vulNrSsAAAAAZop1w6efW2td3bpjlptXai659IwzjmsdAtyXURnw&#10;kC479fRTSs2lSfwgP0xKyavXLRx5VesOAKA/rRjfsLWU+oIkk61bmDVumNOdfMGFyVTrEAAAAICZ&#10;4LKTTz+ppve+2FUcCSNz7pl8S+sI4L588wMe1BWPfsLDhkrv8iQLWrfMNrXmj9YuWPyk1h0AQH8a&#10;Hd+8vqT8dusOZoU9KXnhuVu33tg6BAAAAGCm6HZ7b09yauuOQVFS/uvahUue27oD+DdGZcCD6s27&#10;+10p+dHWHbPUvJTOR9f80Mj81iEAQH9aMbHpD5Nc0rqDPlfz31eOj32hdQYAAADATLFu4dLzS8lL&#10;WncMmlrLu65cvPiE1h3AvYzKgH1as3DkPye5qHXHLHdqmZuLL0m6rUMAgP5Tkjo01HtFTTa1bqE/&#10;leTDo9vH/qR1BwAAAMBMsX7RoqNqrW9v3TGISvLovZPlda07gHsZlQEP6IqTlywoNe9s3TEgnnHs&#10;wiW/2joCAOhPz9qy5fZeKc9JckvrFvrO5+d1Jn+mJLV1CAAAAMBMsas39FtJlrTuGFQl5VfWnnbG&#10;Ga07AKMy4AFcc+aZc3pDnb9N8vDWLYOi1PJ7H1+49LGtOwCA/vTs8U3Xd1JXJLmzdQv9om4ovXkX&#10;LN+2bVfrEgAAAICZ4srFi4eTvLZ1x4Cbm6mpN7eOAIzKgAdw8823vTKpT2rdMWDmdWvvHa0jAID+&#10;tWJi87WllJ9KMtm6hRnv5k6n+59Gd1x3a+sQAAAAgJlkcqrzm0mOad1BnrNmwch5rSNg0BmVAfex&#10;5odG5qeW/9m6YzCVc9cuHPm51hUAQP8aHd90eWq9KEmvdQsz1q29Xu8ZK7Zt/EbrEAAAAICZ5PLT&#10;TluYmp9v3cG9Sim/17oBBp1RGXBfc+sba3Ji64yBVfOWT5522qNbZwAA/Wvl9s0X15pXt+5gRrqz&#10;1yurzt+x5autQwAAAABmms5U5zVJ5rTu4Pvqk9YOL/7x1hUwyIzKgH+1bnhkWUl5eeuOAfeIPVOd&#10;/946AgDob6u2j72r1ur0Wf693bXUF52/Y9MXW4cAAAAAzDTrFj72h5PyitYd3FcpnV9r3QCDzKgM&#10;+Fc1eWeSodYdg66k/Nc1p4yc2roDAOhvq7Zv/p1a84txK0ySO3u1nLdqfPPa1iEAAAAAM1Gte1+Z&#10;5KjWHdxXrblgzYKRJa07YFAZlQFJkssXLH16kuWtO0iSzCtDeU3rCACg/63aPvauWvKyJJOtW2jm&#10;1tTeM8/fvukfWocAAAAAzEQ1KUn96dYdPKBuSX61dQQMKqMyIEnSKfnN1g38OzW/cNmpp5/SOgMA&#10;6H+rxsc+WEt+JoZlA6ckt6Xk2Su3b/mn1i0AAAAAM9XahUuWJ2VR4wz2peSi9YsWOUUOGjAqA7L2&#10;tDPOSOpo6w7u46ihUn+ldQQAMDusGh/7YKl5QZLdrVs4YraXWp+2cnzsC61DAAAAAGayTi1OKZvZ&#10;jt81NXRe6wgYREZlQDI19evx/WDmKfUVl5188jGtMwCA2WF0+9ilpdt5cq2ZaN3CtPv8nKmhJ67Y&#10;vvlrrUMAAAAAZrJLzzjjuJo8v3UHD6Hkha0TYBAZkcCAu3zRoh9KclHrDh7Q8d2ho1/QOgIAmD1G&#10;t2785+5U/fEkX27dwrT5RJ2blefe8I1bWocAAAAAzHTz7plameRhrTt4cCV59pqRkXmtO2DQGJXB&#10;gOtMDb0kiR/AM1RJ52WtGwCA2WXFzs3b69w8JSnvb93CYdWryW+NToyNrhobu6N1DAAAAEA/6JWM&#10;tm7godXkxOyuK1t3wKAxKoNBV8qLWyfwYOoz1iwYWdK6AgCYXVaNje1eObHpZ0rKryTpte7hkN2a&#10;0rtg1cTYm0tSW8cAAAAA9ItS6/LWDeyf0inPat0Ag8aoDAbYlYsXDyf1rNYdPKhSSl7aOgIAmJ1G&#10;Jza9vdQ8L8nNrVs4aNel2/2PK8e3rGkdAgAAANBPPnHq4qVJWdQ4g/1Ua57eugEGjVEZDLDJqe6L&#10;kpTWHTy4mrygdQMAMHuNbh+7dHKy89jU8rHWLRyQXpI3zJ9/whNXbt2woXUMAAAAQL+ZLJ1zWzew&#10;/0qybN2pyx7RugMGiVEZDLKaF7ZO4KGV5HFrThk5tXUHADB7XbBz480rt296XpILS3Jb6x4e0o5a&#10;6rNWToytPuvaa/e2jgEAAADoR6VTnHzVX0otu5/UOgIGiVEZDKjLFy36Ibe+7B+lm3NaNwAAs9/K&#10;ibGP1G737CTXtG5hH2r52Jzu1Fmrxjd/qnUKAAAAQF+r9QmtEzgwpVOe1roBBolRGQyo0hv68bj1&#10;ZT9Z0ToAABgMK7du2DB//gn/sZb62iR3tu7hX32rJi9cuX3T887duvXG1jEAAAAA/eyaM8+ck2Sk&#10;dQcHqFf/n9YJMEiMymBAlZKntG5g/9XkWdUIEAA4Qs669tq9q8Y3v3Wy13lsSrm4dc+Aq0l5f+nN&#10;W7ZqYuz/tI4BAAAAmA1u+vbtS5PMbd3BgamdLGndAIPEqAwGVc2TWyew/0ry6DWnLF7augMAGCwX&#10;7Nh4w8rxTT/Vq70nJbm6dc8AWl9Kzlo5selnRndcd2vrGAAAAIBZ5EdaB3AQahautnOBI8b/bDCA&#10;1oyMzEtyZusODkxnqCxr3QAADKbzt2+5Zv78E368lPrrSW5p3TMAtpbkRaMTY88cHR/7UusYAAAA&#10;gNmmlPKY1g0clHlnL3zso1tHwKAwKoMB1NnV+dEkR7Xu4MDUnk9MAADtnHXttXtHxzf/0Z6ju6cl&#10;eV2My6ZB/WZN/eU6N48dnRi7pCS1dREAAADA7FR/uHUBB6dX9yxu3QCDwqgMBlCv23MbxT5UOp3H&#10;tW4AAHjOhg13rpwYe1Odm1OS+sokO1s3zQJbaupPz59/4sJVE5vfuWpsbHfrIAAAAIDZrPZyYusG&#10;Dk6pWdC6AQbFUOsAoIFeXZRSWldw4JxUBgDMGN8bPr3n0jPO+NDce6ZeleTVSU5pnNVvtpSUd+yd&#10;/O57L9i58+5MtM4BAAAAGAylk0c4I75PlRzfOgEGhVEZDKBSOsPupNOHaj39kqR7YTLVOgUA4Pue&#10;s2HDnUn+YHXylrOHT39GTe8VSZ6XpNu2bMaqNbm8pPfmlRNbPts6BgAAAGAQleTh3i3tTzWZ17oB&#10;BoVRGQygmnqac8r60lFHn3z6w7Nz482tQwAAftDqpJeJjZ9M8sl1wyPLaskvpuaiJMc1TpsRSnJb&#10;L/XiWuufn799yzWtewAAAAAGWU0e3rqBg1NK56jWDTAojMpgAJWShQ4q60/zOpMPT2JUBgDMaKMT&#10;Y9cledWakZH/XnaX56XUFyd5Zgbvd9BeUtbXUt9359Suj164Y8c9rYMAAAAASFLr3MQxHH3KSWVw&#10;hAzaC/rAvSzv+9TedB/RugEAYH+tGhu7I8lfJvnLKxcvPmHvZHlOUl5YkhVJ5rStmzZ7avKJpH6k&#10;l72XPXti4jutgwAAAAC4n92tAzg4JXFSGRwhRmUwiGrmtk7g4JRuz6gMAOhLz9qy5fYkf5Xkr9ac&#10;MnJqZ6j+p9rrPCOl/kSSfn+Oc3spWd/r5RND6V563vYNO1sHAQAAAPAgatnloLL+1Kt1T+sGGBRG&#10;ZTCYjMr6VCcdp8wBAH1v1Q1jO5L8aZI/XZ10fmzhyI+WXpbXkuUleXqS49sWPqQ7k3J1Uj/TKfXK&#10;ueMLrl6eqyZbRwEAAACwn4qTyvpXdWcAOEKMymAwGZX1qV6q41wBgFllddLL+NiXk3w5yR9fknSP&#10;Wbj09KFaH98r+dHUPKEkj0+ysFHiHaXk+vRyXU2uLUOdz92xdePXLkym/u1LNjdKAwAAAOBglGRX&#10;bR3BQSkpRmVwhBiVwYBZn3OGdmVHt3UHB82nJgCAWe3CZCrjm65Pcn2SS77/7z+2aNGJ83rdZSXl&#10;tFIzXEsdTjoLkrow9w7Ojj3IS96e5OakfDOp22rJRKllota6tTtVr1+xc/P2Q/9bAQAAADCj1HzX&#10;7S/7UylGZXCkGJXBYKqJp0n9qJOyq3UDAEALz9227bYkn/ven/tZMzJyfG/Pnu7cevTRe0o9qkxN&#10;Dg11y3EP9LVTKffM7U7d0t268Ba3rQQAAAAYPL1Sx4u3S/tSTb21dQMMCqMyGDDLc9Xk2ozckeSE&#10;1i0cFKMyAIAHsGps7I7v/eMBfFJx67S0AAAAADDTlW2tCzg4tZebWjfAoOi0DgCasN7uU7VOGZUB&#10;AAAAAADAISjJltYNHJR7rt4+5pOicIQYlcFgcp/pflU6d7dOAAAAAAAAgH7Wqz3DpP70jdVJr3UE&#10;DAqjMhhANbmldQMHp9vrjrduAAAAAAAAgH7Wmxra1rqBg1DqN1onwCAxKoMBVEoxKutPuz+/fcO3&#10;WkcAAAAAAABAP7tg58abkzitrO90vt66AAaJURkMoFrr9a0bOBh122rHuQIAAAAAAMAhqzVfaN3A&#10;gam93tdaN8AgMSqDAVRK8cO2H5Xi0xIAAAAAAABweHy2dQAHZGp3d+qq1hEwSIzKYAB1SnEsaB+q&#10;tW5r3QAAAAAAAACzQalTn2vdwIEoX3rutm23ta6AQWJUBgPo9m0bNyW5p3UHB6YkX27dAAAAAAAA&#10;ALPBF3ds/VqS21t3sL/qJ1sXwKAxKoMBdGEyVZINrTs4MJ2az7duAAAAAAAAgNlgddJLrX/fuoP9&#10;00lZ37oBBo1RGQyuq1oHcABKvn3e9s3Xtc4AAAAAAACA2aIml7RuYL/cc3vvns+2joBBY1QGg6oU&#10;x4P2k5rPl6S2zgAAAAAAAIDZYmrqnsuS3NW6g4f00Qt37LindQQMGqMyGFBl19FXJdnduoP9VMrn&#10;WicAAAAAAADAbHLBzp13p5SPt+7gwXVS3t+6AQaRURkMqBU3/st3k1zTuoP9U1OdLAcAAAAAAACH&#10;Xc8tMGe27V+Y2PT3rSNgEBmVwWC7snUAD60mm1aNj325dQcAAAAAAADMNndO7V6Xkm+37mAfavnw&#10;6qTXOgMGkVEZDLDeVO9DSWrrDh5cJ/lQ6wYAAAAAAACYjS7cseOe1Pyv1h08oFpK/cvWETCojMpg&#10;gJ1/w5aNqfli6w4ekiN3AQAAAAAAYJpMZc87ktzVuoP7uWx0Yuy61hEwqIzKYMCVlPe3buBBXeeJ&#10;EgAAAAAAAEyfZ09MfKem/nnrDu6jlpI3tI6AQWZUBoOuzr0kye7WGezTB1sHAAAAAAAAwGzXncwf&#10;JdnbuoN/9YnR8bEvtY6AQWZUBgNudMd1tyb5v607eEB3ld68d7eOAAAAAAAAgNluxc7N25PqwIcZ&#10;opT65tYNMOiMyoCUkj9ISsT3OQAAIABJREFUUlt3cF+15t3fG/0BAAAAAAAA06yUua9LcmfrjoFX&#10;8unR8c3rW2fAoDMqAzI6PvallFzRuoP72DNVO3/SOgIAAAAAAAAGxej49d8spb6hdceA292b7L2i&#10;dQRgVAZ8Ty3x5Ghm+fAFOzbe0DoCAAAAAAAABslJJ534jqRuaN0xwP7k/Bu2bGwdARiVAd+zatvY&#10;P6bk0607SJJMdmp9S+sIAAAAAAAAGDRnXXvt3pT6mtYdA2rr5OTd/7N1BHAvozLgX9XUN7ZuICkl&#10;712xffPXWncAAAAAAADAIFo5vmVNav1o644B9JsX7Nx5d+sI4F5GZcC/WjW++VMp5eLWHQPu5sm6&#10;57dbRwAAAAAAAMAgK/Won0+yvXXHALlk5cTYR1pHAP/GqAy4j17Z+6slua11x6AqJaufPTHxndYd&#10;AAAAAAAAMMhGd1x3a2rv+Un2tm4ZAF/v7D7mv7SOAO7LqAy4j/O3bftWSn19644B9dU7xsf+rHUE&#10;AAAAAAAAkKzcvuWfUsobW3fMcneX5MIVN/7Ld1uHAPdlVAbcz7zxBX+Wmn9u3TFger1aXn1hMtU6&#10;BAAAAAAAALjXUeOn/EFSP9O6Y/aqvzo6MXZd6wrg/ozKgPtZnqsme+m9PMme1i2Doqa+9fztm/6h&#10;dQcAAAAAAADwb5bnqsk5U3Oem+QbrVtmm1ryvpUTm9/TugN4YEZlwAM6f/uWa5Lyy607BsTVR08s&#10;+O3WEQAAAAAAAMD9nXvDN27p1u4zk4y3bpk1Srn46vGxl7fOAPbNqAzYp5UTm96d5COtO2a529Pt&#10;vmx5rppsHQIAAAAAAAA8sPO2b9hZk1VJvtO6pf+VNfNPOv5lq5Ne6xJg34zKgAfV2X3Mzyb5euuO&#10;WWqqk/LClVs3bGgdAgAAAAAAADy4VRNjXy/pXJhkV+uW/lX+ac/RnRefde21e1uXAA/OqAx4UCtu&#10;/Jfvlm7nJUnuat0y29TkjSsmNl3ZugMAAAAAAADYP6MTGz9ZSl2V5I7WLX3oS5OTZdVzNmy4s3UI&#10;8NBK6wCgP6xdOPKU1FyZ5GGtW2aDkrxtdGLsV1t3AAAAAAAAAAduzfDIj5TkiiSntm7pBzX5+NTk&#10;3S+6YOfOu1u3APvHSWXAflk5PvaFTspzk+xu3dL3Srn4HyfGfq11BgAAAAAAAHBwVk2MfT2doafV&#10;ZFPrlpmvvvuuibH/ZFAG/cVJZcABWTc8clFN/jJGqQfrE0d1Jp+zfNs291kHAAAAAACAPnfZqaef&#10;MtTpfTTJj7VumZFqeevo9k2/UZLaOgU4MEYhwAEZnRj769T8UvzQPwhljUEZAAAAAAAAzB4X7Nh4&#10;w53HzXtaUt/RumWGuSu1/OzK7Ztea1AG/clJZcBBWbtg6U+l1L9MMrd1S5+49M7j5l144XXX7Wkd&#10;AgAAAAAAABx+6xYuPb/W+v4kj2zd0lTJp4e6vZc9a8uWidYpwMEzKgMO2ppFI2eXXi5LclLrlhnu&#10;DaMTY2+wwAcAAAAAAIDZbd2pS0Zqp3wwg3k7zKla6/979PYFb1yeqyZbxwCHxqgMOCQfX7j0sd1a&#10;1yZZ2LplBtqbkl9YOT72561DAAAAAACY+dbPX3bs1Nypebu6d/eumZi4fXXSa90EwIG7JOkev3DJ&#10;L9Rafj/J8a17jpDrauorV01s/lzrEODwMCoDDtmVixcPT+7tfDglZ7dumUFuTs1LV24fu6J1CAD7&#10;tm54ZFlKXZ5anpSSM2rN6Ukefv+vrN9MLRtSysaa3ucyVT616oaxHUc8GAAAAJgV1iwYWVI6OSe9&#10;PKWULO0lZ5Tk0Q/wpfeklE2pdWNNvtqpnfV3HD/nixded92eIx4NwAFbd+qyR9TOnjcl9eczW/cZ&#10;Jd+utf761RObP7DaGBpmldn5TQs44mpSrhhe+ss19c1J5rXuaat+su4pL1n1rbFvty4B4L5WJ50n&#10;Dy/+j7V2XlRKfX5SfvhgH6sk19fkkppcsmpi7OuHMRMAAACYhdadumQknXJRTV6aZPEhPNTdJbms&#10;pHxg7sQp69xeDGDmW7tw8aqk+6bU+oTWLYfRZEneN9Sdev25W7fe2DoGOPyMyoDDas2ikbNLL3+d&#10;ZKR1SwN7a8kfPuqkE1afde21e1vHAPBvrnj0Ex5W593z8preryRl0TRc4ss19W1HTyz4Gy/kAgAA&#10;AP/emoVLnlFq+Y0k5+Xwvze3M6W8rc6p7141NnbHYX5sAA6ztcOLfzzpvCHJM1q3HILJpPxFZ7L3&#10;eyt2bt7eOgaYPkZlwGG3fv6yY3cdveePkvryJJ3WPUfINaXbefno1o3/3DoEgH9Tk7JuwdIXp9S3&#10;JDn1CFzySzX1l1dNbP7cEbgWAAAAMIOtWTjyxFLzziRPne5rleS2XvKGoydO/VMfeAOY2WpSrli4&#10;dFXt1f+RkrNb9xyAe2rJxd1e/eMV2zd/rXUMMP2MyoBps3bB4iclnXf02ZOhA3VrTV199MSCd/lF&#10;HWBmWbNgZEmn5C9q8vQjfOma5AOlN+9XRndcd+sRvjYAAADQ2GUnn3zM0NDD/iCpv5ike4Qv/9Ve&#10;r/z8+Ts2ffEIXxeAg3D5qYsf3+mUi5LykiSntO7Zh7Fa6rs7U0f9hde8YbAYlQHTqiZl7fCSi0rK&#10;7+fInBBzpEym5D1zJod+59wbvnFL6xgA7mvd8NL/VlPflOTohhk3dVJ+bsXEpo83bAAAAACOoLUL&#10;R56SWv8mKYsaZvSS+qfz55/462dde+3ehh0A7KfVSefs4dOfkfQuqsmqJCc1ThpPLR8ptXxkdMfG&#10;qxu3AI0YlQFHxOqk8+Thkeen5PdSc3rrnkOwK6nv6Uzmre4RDjDzrE46T1448oepeU3rlu/p1eTX&#10;Vk2Mva11CAAAADC91i5c+rzU+sEkR7VuuVe9fHLyngsv2Lnz7tYlAOy/1UnnSYuWPqFbe8+stfOM&#10;pD49ybHTfNlbknw2NZ/ulPoP501s/lK5964cwAAzKgOOqEuWLZt73J27fiYpv5xkWeue/VWS23o1&#10;H+iVzp88e2LjltY9ANzfvbeWOOZDSX6ydcsPqjV/evX2sf+2Oum1bgEAAAAOv7ULRl6Tkrdm5r33&#10;9tVu7Y6et33DztYhAByca848c87NN975xF5n6kdTyxNKybIki5MsSNI5wIfbndRvJmVDSb5Sa/1K&#10;p9v9ynnbNm4wIgN+0Ex7YgsMkDWnjvxE6eQXkzw3yZzWPQ+gJuVzqfnzyanvXuLTXAAz1/qcM7Rr&#10;eMdHk1zQumVfas0frdo+9uutOwAAAIDDa+3CkZ9LzXszc993+3Kdm3NWjY3d0ToEgMPnkmXL5h73&#10;3amTa518eKm9R9R0Hl7+3c+imtROOrfVTNZOLTfumep+64KdG29u2Qz0l5n65BYYIGt+aGR+mVue&#10;l9QLk/xEkm7jpC/X5MO1O3Xx+Vu3jjduAeAhrE46T1649IOp9cWtWx5KSd44OjH2u607AAAAgMNj&#10;7fDIC5NcnAM/KeaIKsk/zOtMrli+bduu1i0AAPQHozJgRrliyZJH1T2d82vJT3zv/uCnTfc1a3Jj&#10;ST6TknWTU511F+zYeMN0XxOAw2fd8NLfqKlvbt2x30p93srxzR9rnQEAAAAcmstPXfz4Tqfzj0mO&#10;ad2yP0ry3tGJsVe07gAAoD8YlQEz2hUnL1lQ53R+rFfrspI8LsnjkyxKctRBPNxUkm1J/UZq5/ok&#10;X+p0Ov+4YnzD1sNXDMCRtHZ48TOTzicywz8N/APuSrd71sqtGza0DgEAAAAOzscWLTrxqN7QNUmW&#10;tG45MPWVKyc2v6d1BQAAM59RGdCXPnnKYx451dn7w7Xm1Nopx9WSuaXWh/3g19Wam0qn3NjrTO0s&#10;3e63Vo2N7W7RC8Dht37+smN3Hb37a0kWtm45YCWfHh0fW16S2joFAAAAOHBrF4z875T8XOuOg3B3&#10;p3Qf58PWAAA8FKMyAAD60trhpe9I6i+17jhotfzsyu2b/rJ1BgAAAHBg1i4aOSe9fCr9+z7bJ1ZO&#10;jK1oHQEAwMzWT7cJAgCAJMkVC5Y8Lqm/0LrjkJT6+5edfPIxrTMAAACA/VeTkl7+MP07KEuS89Yu&#10;GDEqAwDgQRmVAQDQd3ql/E6SodYdh+jkoe4x/7V1BAAAALD/1i0YuSDJWa07DlnJm2p/D+MAAJhm&#10;RmUAAPSVy09ZfHqS57fuOCxKXnPJsmVzW2cAAAAA+6eU/FrrhsPkiVcMn/7M1hEAAMxcRmUAAPSV&#10;Tre8PLPneewpx9216/zWEQAAAMBDu2LBksfV5OmtOw6b0ntV6wQAAGau2fJmHAAAA2B9zhlKyk+3&#10;7jicSsrLWjcAAAAAD61XMqt+h68151928uknte4AAGBmMioDAKBv3LNw+9OTPKp1x+FUa0YvPeOM&#10;41p3AAAAAA+u1vKi1g2H2Zzu0NRzW0cAADAzGZUBANA/ala0TpgGR825Z+qc1hEAAADAvl2x6PTH&#10;lJLh1h2HX5mNr7UAAHAYGJUBANA3SjrLWzdMh1JyTusGAAAAYN+mpnqz8zWJ5JzV3i8EAOABeJII&#10;AEBfuObMM+ck9T+07pgWtT6pdQIAAACwb53krNYN0+SRZw2fvqh1BAAAM49RGQAAfeHGb33ntCRz&#10;WndMi1Ie0zoBAAAA2LdaMmt/d++WyVn7dwMA4OAZlQEA0Bc6Qxlp3TBtauZfuXjxCa0zAAAAgH2a&#10;xa9LdGfv3w0AgINmVAYAQF8ove6jWzdMp7onj2rdAAAAANzf6nvfT5vfumO61FJn9WsuAAAcHKMy&#10;AAD6Qi05rnXDdOp1O7P67wcAAAD96ifmLzsmSWndMW16Ob51AgAAM49RGQAAfaIe07pgWvU6D2ud&#10;AAAAANzfnuN3zerXJEqpx7ZuAABg5jEqAwCgL9RkV+uG6TSVyXtaNwAAAAD316l1d+uG6VRK8ZoE&#10;AAD3Y1QGAEBf6JTc1bphOnWG5tzZugEAAAC4v6Etw99t3TCderV6TQIAgPsxKgMAoC/UlFtbN0yn&#10;TmfyO60bAAAAgPtbnqsmk9n8YbfZ/ZoLAAAHx6gMAIC+0On1NrZumC4luW3F5s03te4AAAAA9mlT&#10;64DpUkqdta+5AABw8IzKAADoC1PzyqYkU607pkNNvHgLAAAAM9tY64Dp0unN3sEcAAAHz6gMAIC+&#10;sGpsbHdNrm/dMT3KV1oXAAAAAPtWambr7+53PfJRJ25oHQEAwMxjVAYAQN8oqZ9q3TAtam996wQA&#10;AABg33rdzMrXJErNZ8669tq9rTsAAJh5jMoAAOgfJVe1TpgGdbJ2P9M6AgAAANi3Rz3yhGuT3NW6&#10;43DrlXy6dQMAADOTURkAAH3jqDK1tiS3te44nErymQt2bLyhdQcAAACwb/ee5lX+tnXHYdabM9T7&#10;UOsIAABmJqMyAAD6xvJt23al5qOtOw6nmvrB1g0AAADAQ+sks+t3+JLPPGvLlonWGQAAzExGZQAA&#10;9JVaeu9r3XAY3Vl6R/2f1hEAAADAQ5s7ccr6JOOtOw6XUvPnrRsAAJi5jMoAAOgrKye2fDbJp1p3&#10;HA615J2jO667tXUHAAAA8NCW56rJWvPm1h2HQ0023TEx9jetOwAAmLmMygAA6DslnTe1bjgMvju3&#10;M/WO1hEAAADA/puauvv9Nbmxdcchq/mTC5Op1hkAAMxcRmUAAPSd0YmNn0zykdYdh6KWuvrcrVv7&#10;/0VoAAAAGCAX7Nx5d6eU17TuOERXX7197N2tIwAAmNmMygAA6Eu97tRrk9zduuOglGzMnPLO1hkA&#10;AADAgVsxvulDKfl0646DVJPer61Oeq1DAACY2YzKAADoS+dv3Tpeanl1646DsLtT60tWjY3tbh0C&#10;AAAAHLiS1M7eelGSW1q3HIQ3r5zY8tnWEQAAzHxGZQAA9K3R7ZveV5K/at1xIGryWysmNl/bugMA&#10;AAA4eCt2bt5eSvnpJLV1y/4rnz1q4tTXt64AAKA/GJUBANDXenPzS0m+3LpjP11y9cTYO1pHAAAA&#10;AIdudHzT5Ul9a+uO/bSjM9l7yfJcNdk6BACA/lBaBwAAwKG67OTTTxoa6n0myWNat+xTybr5J53w&#10;k2dde+3e1ikAAADA4VGTsm7ByHtT8nOtWx7ETaVXnzq6Y/NY6xAAAPqHk8oAAOh7F+zceHOndFfV&#10;ZFPrlgdUc9VQt/digzIAAACYXUpS5z/qhF9IqR9q3fKASr7d65WfNCgDAOBAOakMAIBZ42OLFp14&#10;1NTQx1JyTuuW76upf3bXxOZXX5hMtW4BAAAAps+a4ZHfLMmbMkPefyvJ9bUztGrltm9sa90CAED/&#10;mRFPagEA4HBZv2jRUbt7Q++oyc83TplMKa8bHd/01pLUxi0AAADAEbBueOSimrwrycPaltTL50zN&#10;+elzb/jGLW07AADoV0ZlAADMSuuGRy5K8o6anHjkr163JfWilRNbPnvkrw0AAAC0tGZ45EdKKR9K&#10;rU9ocPldNVm9cmLsLT7kBgDAoTAqAwBg1vrYokUnHt0b+q2a/EqSedN9vZLclpTVJ80//v8769pr&#10;90739QAAAICZqSZl3fDIC2rNW0vJ8BG4ZC8p/7tbO284b/uGnUfgegAAzHJGZQAAzHpXLDr9Mb1e&#10;73VJfirJ0DRc4q6kvqszJ29dsXnzTdPw+AAAAEAfWjMycnxnd15dS341yUnTcIlak8trr/ze+Ts2&#10;fXEaHh8AgAFlVAYAwMD4+PDpi7vpXZTkwiQ/cogPV5N8ISkfnpwsf3PBzo03H3ohAAAAMButn7/s&#10;2F3H7H5RrXlRSZ6RpHuIDzmeWj5ShsoHRrdu/OfD0QgAAP+eURkAAANp7WlnnFEnp55RSs6pyRNL&#10;sijJnAf5T3Yl2VRq/qmWrO/W7qfcTgIAAAA4UJedfPpJ3aHeOaXmnJQ8JcnpSY59kP+kl2Q8yddS&#10;s752ctXK8bGvlHs/8AYAANPCqAwAAJJcc+aZc2698TuLaqccX9N9eJKkTE2Vmjsmu72bV23dOuHF&#10;WgAAAGA6fGLBGSfXMvnDk7XzsG4pc5Ok1snba+l8N3OzedXY2O7WjQAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAPD/s3fn8XXXVf7H3+d7&#10;b9q0UPbNktykyU1bLIJSNhGFIiVLpwOiFpfBdcTdcdyYcfxpZ5xRR50Z1xmXcUNRp4qA0CSlaJEB&#10;3MAFKdr2Jm1uQqUW2Vraps39nt8fMIoL0Kb35tzl9Xw8+pc091VpafLN+34+AAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACggVh0AAAAAAAAAABUoyvb2w+ZuTszy7N2UJpo&#10;VpImB/7f/+aWPpS47/ZUD1gmW5q2I7t10da12yN7AQAAAAAAyoVRGQAAAAAAAICGtKKlZcaBmeb5&#10;Sn2uJUmX3OfK1eqmY01qldS8jx9yh6S7H/kxJLP1nqYbkmzmV0ccNuvOk2+7bU/ZfxEAAAAAAAAV&#10;wKgMAAAAAAAAQN1zyQZy+eNMfqbcTpV0skwLJGWnKGG3SXdKuj2V35SkWtMzNlSYotcGAAAAAADY&#10;J4zKAAAAAAAAANSl6+fMOXpPKXuByxeb6VlyHRnd9EdGzPUdT2xl845p13F9JgAAAAAAqBaMygAA&#10;AAAAAADUjUeGZBeZ/LkunSkpiW7aS+OSvueuq6ZlS986d+PGLdFBAAAAAACgcTEqAwAAAAAAAFDT&#10;1rS3N+8sZc4308WSdWvqrrSslJKkGyX7H5/mX+srFB6MDgIAAAAAAI2FURkAAAAAAACAmjTQMucE&#10;JdnXS/5CSbOieypkXNK3E/OPdI8M3RIdAwAAAAAAGgOjMgAAAAAAAAA1pb8lf5Zl9Hdynafaud5y&#10;f7mk1Ur0/t5NhRuiYwAAAAAAQH1jVAYAAAAAAACgJgy2dS1x93dKOiO6Jdj3E9n7uosbro0OAQAA&#10;AAAA9YlRGQAAAAAAAICqNtCeP1upPixpYXRLNXHpDpP+qbdY+EZ0CwAAAAAAqC+MygAAAAAAAABU&#10;pYH2+e2WTnzApWXiWeZjMw266619xcKd0SkAAAAAAKA+8CAGAAAAAAAAQFW5et68WdN2TvyzZK+V&#10;1BTdUyNSSZf7br217+7C1ugYAAAAAABQ2xiVAQAAAAAAAKgaA635bpk+KakzuqVG3S2z1/eObPhW&#10;dAgAAAAAAKhdjMoAAAAAAAAAhBtsWXCYJ+OfkvT86Jb64Csznr3kvNF1m6NLAAAAAABA7WFUBgAA&#10;AAAAACDUqrbOM1K3y8TpZOW22ZS8tKe4/vroEAAAAAAAUFsYlQEAAAAAAAAIcevChU1bt97/Ycne&#10;KJ5VVopL/nGfZu/oKxTGo2MAAAAAAEBt4EENAAAAAAAAgCm3qrPzqHSPLpfs3OiWhuD6gad6ft9d&#10;hbHoFAAAAAAAUP0YlQEAAAAAAACYUgOtHafI7GrJnhTd0mDuNSUXcR0mAAAAAAB4Ikl0AAAAAAAA&#10;AIDG0Z/LL5Ul32FQFuIwV7pyINd5SXQIAAAAAACobpxUBgAAAAAAUGbXtc6bPaHS8YnZcS4/xKRD&#10;XH6IPDlYls76v3/OZbtM2ilJJt0v16Y00YjcN5XSzKbbxtb/ermUhv1CgDIbbMu/3l0flZSJboH+&#10;sbdYWB4dAQAAAAAAqhOjMgAAAAAAgP1wTcvcYzNJ6dmJ2elyLXDpeEmHlenD75L8x2bJjSqlN40f&#10;kL35/HXrtpXpYwNTZrmUnJbr/A/J3hTdgt8z6bLpxZZXLtINE9EtAAAAAACgujAqAwAAAAAA2AdX&#10;trcf0uxN5yj1c2R6tqT5U/jyJUk/d/eV7v6NJWPDv5jC1wYmZbmUnJ7Lf8qlV0W34M+xL20rbnjl&#10;sof/+wIAAAAAACCJURkAAAAAAMATunXhwqatWx+4QPJLJFukKrm6z11FM79K8m/0FIdvNsmjm4BH&#10;W6Ozs7tyY5dLWhbdgsf1zSOPPPhFJ992257oEAAAAAAAUB0YlQEAAAAAADyGVbM7W0tZe7nJXy5Z&#10;e3DOE7lNbv925FEHfZNhCKrBcik5rTX/GZleGd2CvfLlHxYLL1supdEhAAAAAAAgHqMyAAAAAACA&#10;PzLYlj8pdf2jSX2SkuieffQbSf81MZF8Yunm9fdEx6BxDeQ6PyrZm6I7sPdc/qm+4tBrozsAAAAA&#10;AEA8RmUAAAAAAACPuLat67iM+zslvVBVcsXlftjmpo/vac584Px167ZFx6Cx9Ofyl5r0gegO7Dsz&#10;+5eekQ3viu4AAAAAAACxGJUBAAAAAICGt7K9/ZgkzX5I0otUeyeTPZG7ZXrXD0cKX1jOtXaYAgO5&#10;/F9Jukw8e6xZZnpDz0jhk9EdAAAAAAAgDg92AAAAAABAw1qjs7M7c2NvNendkmZG91SWr3PZ2/uK&#10;hWuiS1C/+lvyZ1mi1ZKaoluwX1JZurR3ZLg/OgQAAJTPyvb2YzJp9nB5cliq0uFK7DCTHW7uh7vs&#10;0Mf7uSbfIWncpV0u7TTXbpm2yrXVssndyYRtvf+g7D3L1q7dPUW/HAAAUGGMygAAAAAAQEMaaJlz&#10;gpLMpyQ9PbplKpnr8+MzM2/mSkyU26q2eXNSL/1Y0uHRLSiL+zJpetp5Y8MbokMAAMDeWdnefkzG&#10;M8e5q8tdLYlZm0ut+v2P6ZVuMOn+VBozaaPkG122MXFtVDbZNH1709CirWu3V7oBAACUB6MyAAAA&#10;AADQUFyygVz+HSb9s6RsdE+QIZku7h0pfD86BPVhxYIF02Y9OP49mU6PbkFZ/bQ5mThj0aZNu6JD&#10;AADA7w22LDjMMztPd0+eYvL5ZnacXPNcOiS67Qm4pI2S7pC0Vu63p+5rHzp4xjpOOAMAoPowKgMA&#10;AAAAAA1jsGXBYbLxr7ipN7qlCrjkH/dp9o6+QmE8Oga1rb81/3EzvSG6A+Vn0md7ioVLojsAAGhU&#10;K1paZsxKpi10Jc+QdKbJF0r2pOiuMitJWifZTa705oxl/7d7ZN3G6CgAABodozIAAAAAANAQVrV2&#10;Hp8mdoVcc6NbqszNTaXs+efe9avfRoegNg20dT5Hbt+K7kBFXdxbLHwlOgIAgEZxXUtHV5pJznPX&#10;eZIWSZoV3RTgV5JuMmm10unX94ytvTc6CACARsOoDAAAAAAA1L3+XP55Jn1R0gHRLVXJtN5T9fWN&#10;FoaiU1BbVra3H5Ok2V9IOiK6BRV1b8YzTzlvdN3m6BAAAOrR1fPmzZq+K31kROaLJc2JbqoyJTPd&#10;KtcqM181baT1R4t0w0R0FAAA9Y5RGQAAAAAAqGsDrfm3yPRh8RzkidyXul2wZHTDjdEhqB0Dua6V&#10;kvdFd2Aq2Hd6ihubQmxMAAAgAElEQVQWm+TRJQAA1INrZs89ItuUnu+uC0w6V1JzdFMNuVeuK11a&#10;MWO05bsMzAAAqAwepgIAAAAAgLrVn8tfatL7xTOQvbXDpRf0FQvXRIeg+g20dr5AZl+L7sDUMdOr&#10;ekYK/x3dAQBArbqudd7skqXPk/tzZHqmpEx0Ux24R7JvSaUV24rDNyyTStFBAADUCx6oAgAAAACA&#10;urNcSk5rzX9MptdHt9Sgktz/qnd06OvRIahegy0LDvNkfJ249rLRPJAmE/OXbNp0d3QIAAC14taF&#10;C5u23vPgUnn6Csl6xJCsgvzXkr7isi/2FQt3RtcAAFDrGJUBAAAAAIC6M9Da9SGZvy26o4btSmR/&#10;2V3csDo6BNVpINf1ackvie5AiG/2FgvPj44AAKDaDeQ6zpQyF0t+kaSDo3sa0J0uXTYtU/riuRs3&#10;bomOAQCgFjEqAwAAAAAAdaW/rfNt5vah6I46sNvNL+gbGRqIDkF1GWiZc4KSzE/EKRsNLD23tzj8&#10;negKAACqzRqdnd3ZOvpcM3uTpDOieyBJ2mXSitT0kb6Rwk+jYwAAqCWMygAAAAAAQN0YbM2f76Yr&#10;xNilXLbJ02f3jg7/ODoE1WOgNb9GprOjOxDHpTu2FwtPXSaVolsAAKgG/cfmW5KM3uDSyyUdFd2D&#10;x3Sbyz82o9j61UW6YSI6BgCAaseoDAAAAAAA1IX+ts5zzG1A0rTolnri0pasZ046b3Td5ugWxOvP&#10;5Zea9O3oDlQDf3Vvcegz0RUAAERa1T53fpqW3izZxZJmRvdgL5nWe6qPbPddX1w2NrYzOgcAgGrF&#10;qAwAAAAAANS8le3txyRp9ufiVIAK8eu3FYd6OJWosS2XklNz+Z+bdHx0C6qB/zoZP6Cre8vtD0WX&#10;AAAw1Qbb8ie5+79Kdm50C/bLbyV9IptN/2Px8PAD0TEAAFSbJDoAAAAAAABgf6yQMpk0+z9iUFZB&#10;du6s1q4PRFcg1qmtnc9nUIbfsyel03ZcEl0BAMBUWtne9dT+XP4ad93KoKwuHC7pPRMTydBALr+8&#10;P58/KDoIAIBqwkllAAAAAACgpg3muv7G5R+J7mgA7tL5fcXCNdEhmHrLpeS0XH6tpPnRLageLm3Z&#10;nu6aw7VRAIB6N9A+v91KE//PTS+RlI3uQcVsNvP3H3HEIZ8++bbb9kTHAAAQjVEZAAAAAACoWYMt&#10;c0/1JL1JUlN0S4O4N2ny47qHhn4THYKp1d/aeYGZXRndgepj5m/sGRn6RHQHAACVsKqz86h0T/Je&#10;yV8uvuZoJGOSv3dbcehzy6RSdAwAAFG4/hIAAAAAANSk/nx+epqknxPf3JlKh6W77X3REZh6Zva2&#10;6AZUJ3d783KeMwMA6kx/Pj+9P5e/NN1jv5L8EvE1R6NpkezTs3L5nw+0dfRFxwAAEIUv9gEAAAAA&#10;QE1KxvVWk46P7mg4pleuynUtjs7A1Olvz58u6RnRHahanae2dv5ldAQAAOXS39bZa7v1E5M+IOnQ&#10;6B6EWiBPVvbn8t8caJ/fHh0DAMBUY1QGAAAAAABqznWt82a76e+jOxpVKv/PFS0tM6I7MDUstddE&#10;N6C6mdkboxsAANhf17XOmz2Qy19lbv2Snhzdg+ph0nOVTtwx2Nb51jU6OxvdAwDAVGFUBgAAAAAA&#10;ak7JSv8o6cDojgaWP9CmvyU6ApV3ZXv7IZI/P7oDVW/RwJx586IjAACYjBVSpj+Xv7RkpQ2Szo/u&#10;QdU6wN0+vDM3dmd/W+c50TEAAEwFRmUAAAAAAKCmDLbMPVXSK6I7Gp2ZvWOwZcFh0R2orBmefbGk&#10;mdEdqHqmUuml0REAAOyrwZbO/KxcfvUjV13yOQ+ekEld5nbdQK7zo1fPmzcrugcAgEpiVAYAAAAA&#10;AGqKJ/4+8UyjGhzkyThX3tW/i6MDUDNeukLKREcAALA3lkvJYFvnWz2x2yUtiu5BzclI9qZpO0s/&#10;72/JnxUdAwBApVh0AAAAAAAAwN4aaMs/Xa5bojvwOw9aOn1Oz9jae6NDUH6r2ubNSb00JJ4hYq+l&#10;5/YWh78TXQEAwOMZbOnMK2Nfcddp0S2oCy7ZZ5t3Tnvroq1rt0fHAABQTryrFwAAAAAA1I7U3xad&#10;gD9wkNuuv42OQGWkXnqBGJRhn2SWRRcAAPB4BnKdl3hitzEoQxmZ5JfsmjF++8rWrmdFxwAAUE48&#10;FAIAAAAAADXh2tzcjozS9eJ6tWpz38TEjpalmzfviA5BeQ3m8j916anRHagp9zQXW560SDdMRIcA&#10;APBoa45ccOB48/hH3fSK6BbUtT2S3tNTLHzAJI+OAQBgf3FSGQAAAAAAqAlZS98mBmXV6NBsdsbz&#10;oyNQXqva5s1hUIZJOGJH611nREcAAPBog3PmnrhzxvhPGJRhCjRJet9gruva64+df3h0DAAA+4tR&#10;GQAAAAAAqHqrOzoOdtdLojvwWIx/N3UmTUu90Q2oTWbpkugGAAD+z2Cu62+8lP7QpK7oFjQS79uT&#10;mbhzINfx7OgSAAD2B6MyAAAAAABQ9faUkudKOiC6A49pUX9rvjM6AmVk3hedgNpkMr55CgAId83s&#10;2TMHcvnLXP4RSdOje9CQjpKSwYFcfvlyvicPAKhR/AUGAAAAAACqnrkuim7A4zLJXxodgfJYo7Oz&#10;kp0V3YGa9bRrZs89IjoCANC4rmmZe2w2O3O1pIujW9DwspLec2pr/str2tubo2MAANhXjMoAAAAA&#10;AEBVu/7Y+YdLWhTdgcdnZi+ObkB57M6NnijpwOgO1Kwk21R6ZnQEAKAxDbR2nJJN0lslnRHdAvwf&#10;M71oV5r9zqrOzqOiWwAA2BeMygAAAAAAQFWbSErPl9QU3YEn1NGfyz85OgL7L3V7VnQDalya8I18&#10;AMCUG2jtfIEs+V9Jx0S3AH/GGeke++mqXOfC6BAAAPYWozIAAAAAAFDVUvMLoxuwd0x2bnQDysD0&#10;9OgE1Dhzfg8BAKbUQC6/XGZflTQ9ugV4HLNT2ff6WzsviA4BAGBvMCoDAAAAAABVqz+fn24S16jV&#10;ju7oAJQFpydgfy28deFCTpgEAFScS9af6/xXSe+RZNE9wF44wMy+MdiW/+voEAAAngijMgAAAAAA&#10;ULUye3yhpOboDuwtP7s/n+d0iBq2uqPjYElzojtQ85q3bLlvfnQEAKC+3bpwYdNgW+flJntHdAuw&#10;j7Lu+kx/Ln9pdAgAAI+HURkAAAAAAKhaLq7hqzEztUunR0dg8nbvyZwoTvlAGZjZk6MbAAD1a82R&#10;Cw7cuvWBVXJ7YXQLMElm0gcG2vKfXM737AEAVYq/oAAAAAAAQNVyN66+rDFJYqdFN2DyzNJ50Q2o&#10;DwmjMgBAhazu6Dh414zdA5IWRbcA+831ulNb81/m6nAAQDViVAYAAAAAAKoZJ5XVGJcYktS2fHQA&#10;6gYDRQBA2V3Z3n7IxETSL/mZ0S1AuZjpRVt/c//XGZYBAKoNozIAAAAAAFCVrp8z52hJR0V3YF/5&#10;U6ILMHnmSVd0A+qDyzqiGwAA9eWa2XOPaE6z35F0RnQLUHZmF27d+sBX1+jsbHQKAAD/h1EZAAAA&#10;AACoSrs9Mye6AZPy5BVSJjoCk2Sei05AvfDW6AIAQP0YbFlwWDabflfSSdEtQAU9b1frXSsYlgEA&#10;qgWjMgAAAAAAUJWs5O3RDZiU5gOO7eiMjsBk+ezoAtSNo9e0tzdHRwAAat/V8+bNUma8XxIn4qL+&#10;mT9nV27sawzLAADVgFEZAAAAAACoTmbt0QmYnCRJOGWuBi2XEsmOjO5A3bAdZkdHRwAAatua9vbm&#10;aTtLV7nrtOgWYAo9bzw39rnlfC8fABCMv4gAAAAAAEBVMqkjugGTY4kdHt2Afff0zs4jJHEiAsom&#10;o6ZDohsAALVrhZTZlWYvk3ROdAsw1Vx6yem5/PuiOwAAjY1RGQAAAAAAqEqp9KToBkyWHxpdgH3n&#10;4zoougH1Jd2TMioDAEzarFznJyU9P7oDiOLSpf2t+ddGdwAAGhejMgAAAAAAUJVMNiO6AZOTujip&#10;rBY1ZQ6ITkB9MdPB0Q0AgNrU39r5D5K9OroDiGamTwy2dT03ugMA0JgYlQEAAAAAgCrljMpqVCJx&#10;UlkNsrTEqAxlZabm6AYAQO0ZbOt6kZm9N7oDqBKJu3+lP9f5jOgQAEDjYVQGAAAAAACqFWOEGpVy&#10;OlFNKvFnDmXmbpnoBgBAbRlsy5/k7p+RZNEtQBVpluyKVW3z5kSHAAAaC6MyAAAAAABQrRi41KjE&#10;NRHdgH2XSB7dgPpi5tnoBgBA7ehvzXe6a5UkTk8F/ohJR6c+MbC6o4M38AAApgyjMgAAAAAAUK2m&#10;RQdgclLXeHQD9p2bMSpDWbmc588AgL2ypr292Uxfl3REdAtQvWxeaSL5tHOSHwBgivBFPQAAAAAA&#10;qFbbogMwaYzKalBasjS6AfXFXbuiGwAAtWFnKfs5SSdHdwDVzqWLBlo73xndAQBoDIzKAAAAAABA&#10;lbJ7owswSQmjstpU2hFdgPpisp3RDQCA6jfY2vUaM70ougOoFWb2T4NtXUuiOwAA9Y9RGQAAAAAA&#10;qFJ+X3QBJsdcu6MbMAmpHoxOQH0xSxgqAgAeV39b/mlu/u/RHUCNSdz9iwPt89ujQwAA9Y1RGQAA&#10;AAAAqFL+2+gCTJbdHV2ASWhKGZWhrEqpc40xAOAx9R+TP9JcV0uaEd0C1KAjlE5csWLBgmnRIQCA&#10;+sWoDAAAAAAAVCmuv6xV7r4xugH7bqZ0f3QD6ks2k/wmugEAUL2syT8lqTW6A6hhJx20ffe7oyMA&#10;APWLURkAAAAAAKhOrrHoBEyOZTMj0Q3Yd4s2bdoliRMCUTa792zbEt0AAKhOA7nOS2R2YXQHUOvc&#10;/e9X5boWR3cAAOoTozIAAAAAAFCVTMkvohswKalnSpuiIzA5Lv06ugF146GlmzfviI4AAFSflcd2&#10;zJXs36M7gDqRpPKvrGxvPyY6BABQfxiVAQAAAACAqjRhu+6IbsCk/LqvUBiPjsDkmLQ5ugF1gxML&#10;AQB/4taFC5uSTHK5pAOiW4A6clTi2S+4ZNEhAID6wqgMAAAAAABUpb8oFu+TnFOTao7/MroAk2em&#10;oegG1I0N0QEAgOpzz9YH/1bSydEdQN1x9QzmOl8SnQEAqC+MygAAAAAAQBUzrsCsOXZzdAEmz91+&#10;Fd2A+uCuQnQDAKC6DObyC1z+3ugOoH7Zv3MNJgCgnBiVAQAAAACAKuY/jy7APnJ9PzoB+8F9XXQC&#10;6gan3gEAfmeFlHHZFyRNi24B6thhSZr57+gIAED9YFQGAAAAAACqlilzXXQD9klp98zMLdERmLxs&#10;U8r1pSiLTMIoGADwewfmOl8n+SnRHUD9syX9rZ0XRVcAAOoDozIAAAAAAFC1pie7b5K0I7oDe8l1&#10;x/nr1m2LzsDkLR4eLrq0JboDNa+kXQcwKgMASJJWze5sNdm/RHcAjcLMPtF/TP7I6A4AQO1jVAYA&#10;AAAAAKrWok2bdrl0c3QH9tpN0QHYf4nrJ9ENqHVe6N5y+0PRFQCA6pBm7d8lzYruABrIEck0MeQE&#10;AOw3RmUAAAAAAKCqJearohuwd1LZiugG7L9Ufmt0A2qd/Ti6AABQHQbbupZIel50B9BoXHrlYFv+&#10;pOgOAEBtY1QGAAAAAACqmpfS1dEN2Ct3PzS6gVPl6kDiuiW6AbXN5TdGNwAA4vXn89Pd/WPRHUCD&#10;SjzVJ12y6BAAQO1iVAYAAAAAAKpa79jG2036WXQHnoivWCaVoiuw//akO2+UNB7dgdqVTf2G6AYA&#10;QBXY42+U1BGdATQs0+mr2rpeGJ0BAKhdjMoAAAAAAEANsC9GF+CJ+DeiC1AeSzdv3iGJKzAxKS5t&#10;WTw2XIjuAADEun7OnKPN7d3RHUCjc/cPrjr6hAOiOwAAtYlRGQAAAAAAqHrWlH5N0p7oDjymsR8W&#10;h7kysY6Y9J3oBtSmRFplkkd3AABiTaSZ90iaFd0BQMem03e8PToCAFCbGJUBAAAAAICq1z009BuX&#10;vh3dgcdg9rHlUhqdgfJJTVdFN6A2uTm/dwCgwQ3MmTfPXX8d3QHgd97af0z+yOgIAEDtYVQGAAAA&#10;AABqgrkui27An/WQlaZ9LjoC5dU3Uvip5JuiO1BzdiW7DrguOgIAEGwifb+kpugMAL9zYDJN74yO&#10;AADUHkZlAAAAAACgJvSMFq6R2e3RHfhDJn22Z2ztvdEdqACz/ugE1BjTDd1bbn8oOgMAEGegteMU&#10;mV8Q3QHgD7n0mv5j8y3RHQCA2sKoDAAAAAAA1AST3N3fG92BPzDhSfaj0RGoDC9pRXQDaou7fy26&#10;AQAQzJJ3SbLoDAB/olmJLo2OAADUFkZlAAAAAACgZvyoWPiWpDujO/A7V/Vu+tWm6AhURu9Y4UZJ&#10;Q9EdqBnbM+MHXBEdAQCIM9DacYqkv4zuAPDnmemSgfb57dEdAIDakY0OAPbFGp2d3dFSPC7JZLrk&#10;PtekoyUd5tIMmU/Ik21m2pp6ul6JrS/t3nH70s2bd0R3AwAAAADKY7mUDpj9P7kzXIi3K7HMO6Ij&#10;UDkm+aB0uUvvjm5BDTC7lqsvAaCxuSXv5ogyoKpNU7rn7yS9JjoEQOWs0dnZnW1jT0lcXal7l5la&#10;peT3f0W7HpT5dkl3Jknyi2mbZhcW6YaJuGJUMz63Q9VbOWdOW6aUvcjNF8l1pqQD9+Gn75b0YzO7&#10;wTy9srs4dFuFMgEAe2GFlJmZm9uWTUtzlSTzJH+Syw41+cEuHWKmQ9x/N3p/0KUJk+5/eDhsI27a&#10;YJ6uT5psfffQ0G9CfzEAACDMcik5LZf/maSnRLc0NLcP945ueHt0BiqrvzXfaab14sYDPIFEdl53&#10;ccPq6A4AQIzBOXNP9FL6U/G9R6Da7WrKlNrP3bhxS3QIgPIZmDNvnk2UnpuazjbpDEkH7MNPf9Cl&#10;G8313WxTesXi4eFipTpRe/jEDlXpkfXsRYnrEpeeqfL9Xh1298+PZ0qffM6mTfeX6WMCAB7Dqva5&#10;80uldFFiOsul4yXlJU0v04d/QNIdbvqepbqxedf0mxdtXbu9TB8bAABUucGWuad6kn5fDF2ibG7e&#10;OX0en381hoFc/tuSlkZ3oKqt7S0Wjo+OAADE6W/NX26mF0V3AHhibnpf30jhH6I7AOyfFS0tMw5M&#10;pv+1yV6l8r3xMpV0g9w/2zza+k1OMAOjMlSV5VJyWlv+5XL9vaTOCr7UA3L/uE+3D/UVCg9W8HUA&#10;oKFc2d5+SHOp6QKZP1vSOZJmT+HLT0j6ictvSNLMFT1j6380ha8NAAACDLTlPynX66I7GpLby3tH&#10;N3wxOgNTY6A13y3TYHQHqpfJ3txT3PDR6A4AQIxVsztb06wNS7+7gQBAdbuveef0HG8SAmpTfz4/&#10;Pdnjb0jd3m7S0RV8qWHJPthcPPZzjMsaF6MyVI3+tvzTzO3Tkp8yVa/p0pbE9K4fjBQ+v/zh1S0A&#10;YB+tOXLBgTtn7LrQpIslWyQpE930iLskv0Lyb/QUh282yaODAABAeV2byx2aaNovK/wADX/ETD98&#10;cKTwjGVSKboFU2P5w1fOrtPDJw8Df2y7pdPbesbW3hsdAgCIMZjLf8ClS6M7AOw9M72hZ6TwyegO&#10;APtmsK3rue7+QUkdU/airp8nib+ue2Tolil7TVQNRmUIt0LKHJTLv9uldyrsXSx+vdm0l/SM/PLX&#10;Ma8PALVnYM68eSpN/K1kyyQdGt3zuMxuN/lnHizt+vyysbGd0TkAAKB8HnmY9s3ojgZyXzLhJ3Zv&#10;HhqNDsHU6m/Lv8Jcn4vuQPVx+Qf7ikMMCQCgQa05csGB4zPGR106JLoFwN5zacOPioX5yzl0A6gJ&#10;/fn8QbbHPi33FwQluNz+7cijDnrnybfdtieoAQEYlSHUda3zZqdW+ppLz4pukfQbJbqod1PhhugQ&#10;AKhm/bn8Unv4nYfPiG6ZhAcl/2LGs/963ui6zdExAACgPAbb8le664LojkZgbq/oGd3whegOTL1b&#10;Fy5s2rr1gXWS5kS3oKrsbMqU5py7ceOW6BAAQIz+XOcbTfax6A4A+87dn9M3OnRVdAeAx7eypeMp&#10;SZJcKakzukWuHyQlX8abDRtHEh2AxrWypeMpJZu4tUoGZZJ0lFKt7s91vio6BACqUX9b5zkDufx3&#10;Tfq2anNQJkkHSfamkpXWDbTl/+36OXO4KgsAgDowfcf0i036ZXRHvXPXVxmUNa6Tb7ttj1wfju5A&#10;tbEvMygDgMZmsldHNwCYHDN7TXQDgMc30NbRlyTJ91UNgzJJMp1eytqPB9vyJ0WnYGpwUhlC9Ofy&#10;TzbpO5KOiW75M1KXv6avOPTZ6BAAqAaPvAPiI5LOiW6pgB2SPuTT9P6+QmE8OgYAAEzeyvaupyap&#10;3yJpRnRLnRqzdPqJPWNr740OQZz+fH667fZfSdYenILqsNNLmtt3V2EsOgQAEGMg13GmlPxvdAeA&#10;SXN3dfWNFoaiQwD8qcG2riXufoWk6dEtf8Z98rS7d3T4x9EhqCxOKsOUu66lo8tMN6g6B2WSlJjs&#10;0wOtXS+LDgGASNfMnnvEQK7r00mS/ET1OSiTpJmS3qPd+sVAW0dfdAwAAJi8JZs2/Exur4zuqEcm&#10;3e9SN4My9BUK4/LkndEdqBofYVAGAI2Oz7+BGmeSvzQ6AsCf6m/Nn+fu31J1Dsok6VBZsnple9dT&#10;o0NQWZxUhinVn88fZLt1i6QF0S17YVymRb0jhe9HhwDAVBtszZ/v5v8l2ZOiW6aQS/rqrmTiDc/Z&#10;tOn+6BgAADA5A7n8ZyX9dXRHHSmZ2fk9IxtWRoegOiyXktNa8z+R6cToFoR6oKmU7Tz3rl/9NjoE&#10;ABDjyvb2Q5rT7GZxUjBQ68a2FQvty6RSdAiAh/W35jvN9GNJh0a3PBF3FadlS6eeu3HjlugWVAYn&#10;lWHKuGTarctVG4MySZou17dWtrdX64lqAFB2q44+4YCBXP4yN13VYIMy6eGx/Yub0+wdg61znxkd&#10;AwAAJueHxcKrJV0e3VEvzO1VDMrwaMulNDF7e3QHYrm0nEEZADS25rTpIjEoA+pBy0EtnYujIwA8&#10;7JrZs2fKdJVqYFAmSWbK7ZnIXHXrwoVN0S2oDEZlmDKrWrtebdJfRHfso2Mynv2v6AgAmAoDLXNO&#10;SKfvuFXSxdEtwY51S9cM5PLLl/O5EgAANWe5lG6bNf0VLl0b3VLr3PVvPaMbvhDdgerTXdywWow3&#10;G5ZJP9teLHw8ugMAEMz9ZdEJAMoksZdFJwB4WFN25r+YdHx0xz4xnX7P1gfeFZ2ByuD6S0yJ1R0d&#10;uYmJ5JeSZka3TIa7v6BvdOh/ojsAoFL6WzsvMrPPSpoV3VJlrt6VTLyM6zABAKg9ty5c2LR16wNX&#10;SFoa3VKb/EM9xaFL7eErwoE/cU3L3GOzSfpL8TVEwzHzc3pGhtZEdwAA4jxyLVchugNA2Yxns+nR&#10;i4eHH4gOARrZQFv+6XLdpNo88GAiTeyUJZs2/Cw6BOVVi78ZUYMmJjL/pBodlEmSmX14zZELDozu&#10;AIByc8kGc/kPmNnXxTeD/pzzm9PsrYMtnfnoEAAAsG9Ovu22PRMTO14g2XeiW2qNmf1Lb3HoHQzK&#10;8HiWjq2/y6V3R3dgarnpCwzKAACW2AujGwCU1fSJCbsgOgJoZMulRK6PqXY3PNnE/SPOwVZ1p1Z/&#10;Q6KGrGrtPF7yl0R37KeWXTPG3xAdAQDldOvChU2Dua4vuHRpdEuV6/TE/re/Lf+06BAAALBvlm7e&#10;vGNbcUO3mf4ruqVGpHK9vmdkA1cWYK/0FgsflbQqugNTZjiza+YboyMAAFXh+dEBAMrNnhtdADSy&#10;U9vyL5R0cnTHfnGdtao1/5fRGSgvRmWouDTRO1Ufi9S3XT1vHqf4AKgLqzs6Dt669cEByV8a3VIj&#10;jjHXjQOt+e7oEAAAsG+WSaXukcLr3f290S1VbsLcXt87WvjP6BDUDpO8pOR1krZHt2AKWPrG7i23&#10;PxSdAQCIdW1b13FyPyG6A0DZnbe6o+Pg6AigES2XksT1D9Ed5eCmd0Y3oLwYlaGi+o/Nt8jtedEd&#10;ZXL49B3pi6MjAGB/rWhpmTExYddI/uzolhpzoExX9rfmz4sOAQAA+8Yk7xsderc/fKLCruieKjSc&#10;yE/vGd3wqegQ1J6/KK4fNtPfRneg0uzjvSPD/dEVAIB4WalevucD4A9N31NK/iI6AmhEp7V19Lh0&#10;XHRHmZza354/PToC5cOoDBVlGV0sqSm6o1zc9IroBgDYH/35/PRZSfO1kj0zuqVGzTDTVYOtc/n/&#10;DwCAGtRXLHwzdeuWNBLdUj38+qTJn95dHLotugS1q2ek8N+SfSm6AxVzS3Px2LdERwAAqoT7hdEJ&#10;ACrE9ZzoBKARuSd1tUFIUjYV9YRRGSrKpGXRDeXlp1zX0tEVXQEAk7FCyiR79HVJ50S31LgZbuk1&#10;g3PmnhgdAgAA9t2S0Q03ZrPpiSZdFt0SLJX0jz8sDnV3Dw39JjoGtc+n+Ztc2hDdgbJ7wF0vWaQb&#10;JqJDAADxVs3ubHXpqdEdACrDpN5rZs+eGd0BNJLVHR0Hm7QkuqOcXLpwxYIF06I7UB6MylAxA+3z&#10;2+vxi4uSJUujGwBgX7lks3Jdn3PXBdEtdeJgL6X9A+3z26NDAADAvls8PPxAT7HwUrl6JG2O7gnw&#10;faWlp/UWC8uXPzwuA/ZbX6HwoCe2TNKO6BaUTWpmL+4bLQxFhwAAqkOaTfqiGwBU1MxsU/PZ0RFA&#10;I9kzkSyW1BzdUWaHH7xt91nRESgPRmWoGPeJ+jwJJ9Hi6AQA2Fer2jpfL/lLozvqzGx56WreuQUA&#10;QO3qHS2synjmFHd9VZJH90yBbXK9pbnY8qzesY23R8eg/izZtOFn5nqRGCvWB9fbe0Y2rIzOAABU&#10;EVd3dAKAynK386IbgEaSSHX5Z65kfnZ0A8qDURkqxtyfGd1QEa5nLOfPDoAa0p/rfIa7/Ud0R11y&#10;P6EpO/Pz0Q2L8IcAACAASURBVBkAAGDyzhtdt7lvtPBiS5PTJd0S3VMpLl3hJT25d7TwH1xjh0rq&#10;GS1cbdI/R3dgP5l/rWe0wNeRAIDfuXXhwiaZnxvdAaCyEjEqA6aSS3W5qUhcZ0Y3oDwYxqCC7MTo&#10;ggqZdXJubnt0BADsjWtmzz3CZF+TlI1uqVcuXTTQln9ldAcAANg/PWPrf9RbLDzDlCx26Y7onjIp&#10;SfqyScf3FQvP67urMBYdhMbQXSwsf+QEQNQk+862A5tfZo1xgiMAYC/9ZssDZ0iaFd0BoLJcOm51&#10;R0cuugNoBGva25slzY3uqASX6nUr0nAYlaEiXDJJXdEdlZI1Py66AQCeiEuWzfqXJLVGt9Q91ydW&#10;tnc9NToDAADsv57i+us1TSeb6VUubYjumTzrtzQ5o7dYeElPsbA2ugaNxSTfPlp4iUtXRLdgn928&#10;Ld25dNnatbujQwAA1SXJ2OLoBgBTo7Qn8+zoBqAR7JhIulS/m52Drz92/uHREdh/9fobFMEGjskf&#10;IenA6I6KSRloAKh+g63510reF93RIJqT1C975F0lAACgxvUVCuM9I4X//lGxMN+l50tao9o4sWe7&#10;uT6fenpKb3HDkp6x9T+KDkLjWiaVMuMzXyrp+9Et2Dsm/TJp8guXjY3tjG4BAFQfd50V3QBganiS&#10;MiIFpkCSqe/NQSmzpz26AfuPURkqIsn6wdENleTmh0Q3AMDjGWif3y7Th6I7GsxTdpYy74yOAAAA&#10;5bNcSvuKhW/2FgvnWOpzJX3AXcXorj9lN5nbK5p3Tn9Sz2jhlUtGh2+NLgIkqXvL7Q8l4zMX6+Fh&#10;JqqYS3eku3VW99DQb6JbAADV5+E3Uvop0R0Apojr7OgEoBGYMnW9OUjFpqIeMCpDZTRlDohOqCQ3&#10;zYpuAIDH4+nEhyXNjO5oNGZ26cCcefOiOwAAQPn1jA0VeouFv+8dLbRL6TPl+qSk4aCcPXLdIOnv&#10;lcnM7y1ueGbP6IYvLNq6dntQD/CYurfc/pBP0wWSboluwWMqlNKkp+/uwtboEABAddqZZhZKmh7d&#10;AWCq2JNWzpnTFl0B1L1UB0UnVFKizIzoBuy/bHQA6lNpYqIpsfrdLFrqaXQDADyWVbmuv0jlz43u&#10;aFDTvFT6uKTzokMAAEBlmOQqDt8k6SZJWjlnTltSSs6W7EyZnSr3BZIyZX7ZeyX9TKafW6rvjc/M&#10;fPf8deu2lfk1gIrpKxQevHrevJ5pO0rflnHqQZX5SZpMLFla3HR3dAgAoHolSp7hNXEbPIBySSaS&#10;p0saie4A6plbmkoWnVExqaVN0Q3Yf4zKUBmpHiz7I/RqYvZQdAIA/DkrWlpmpPKPRHc0MpMWD7R1&#10;Xdg7suFb0S0AAKDylmzcOCLpS4/80KqjTzhgomnn8UniXe4+18w6JB0p19EyHaGHT5M9SL8fnm2T&#10;tFPSdkn3SBqR24gl6YjLh5M99ovuzUOjU/4LA8rs/HXrtq3R2YvHc2P/6dKronsguXRtaWLHRUs3&#10;b94R3QIAqG4uf0Z0A4ApZnq6pK9HZwD1zM0esjrebLv0QHQD9h+jMlRGU/qg0jo+qczEO8IBVKVZ&#10;1vxaSZ3RHQ3P/YNrdPa3F+mGiegUAAAwtbq33P6QpB8+8gPAoyzSDRPLi3rNaW357XL9bXRPY/Mv&#10;bp/V/Oplawu7o0sAADXh9OgAAFPLzE6LbgDqnaXaVscHlSmR3R/dgP1Xv6sfhJq5qf0eSXX8UMo2&#10;RRcAwB9b0dIyQ6ZLozsgSerc1XrXX0VHAAAAANVmuZT2jhTeIvcXSuKErKm3R/JX9xaHXr5s7do6&#10;fnYHACiXlXPmtEk6KroDwNRy10nXzJ49M7oDqGeppxujGyopm5Tuim7A/mNUhopYpBsmXFof3VEp&#10;SalUt782ALVrljW/XDzgqR6W/t1yPtcCAAAA/qze0aGvu/w8SXdHtzSQ+xLZhb3Foc9EhwAAake2&#10;lH1KdAOAEE1JpvnJ0RFAPZuZTTdISqM7KuSeczdu3BIdgf3HNzpRSeuiAypkx2FHH7opOgIAHu3W&#10;hQubXJxSVl1s3ultXc+JrgAAAACqVV9x6OaMZxa6tDq6pQHcnGZKT+subrg2OgQAUFtS01OjGwDE&#10;SJQ5ProBqGeLNm3a5dJQdEclmHRndAPKg1EZKsi/F11QCS7dfPJtt+2J7gCAR7tn6wMvMFMuugN/&#10;xP1dLll0BgAAAFCtzhtdt7m3WOiW6y2SxqN76lBJ7v/cXGw5e8nGjSPRMQCAGuR+QnQCgDALogOA&#10;emeyNdENleDuN0Y3oDwYlaFiMq66/A+gpJuiAwDgj7n0N9EN+FMuPXVV69wzozsAAACAamaS944W&#10;/iNN01Mk3RbdUzdM6z3Rmb2jQ/9vkW6YiM4BANQo04nRCQBimJxRGVBhbvU5vvKkbrciDYdRGSrm&#10;vNGhtZLq7h2QSSa5OroBAB5toGXOCZIWRnfgsaQviy4AAAAAasGSseFfNBdbTnf3d4lTy/ZHKvnH&#10;JvbseFrfpsIPomMAALXrmtmzZ8rVGd0BIIabHxfdANS7aRPZQUn1dkvaAzOsdEt0BMqDURkqxiSX&#10;9MXojrIyu71n4/qfR2cAwB+w7MXRCXhsbnreipaWGdEdAAAAQC1YpBsm+kaH/sWlkyR9N7qnBt1i&#10;plN6i0N/s3Tz5h3RMQCA2tY0/cAuSZnoDgBRrO3qefNmRVcA9ezcu371W0mD0R3lZKavLtq0aVd0&#10;B8qDURkqylL/ih4el9UFc10e3QAAj7ZCysj8RdEdeFwHHZQ0L42OAAAAAGpJX7FwZ2+x8Gx3f4Gk&#10;seieGrBZ8pf1FAtn9owUfhIdAwCoExNpe3QCgFDWvHNibnQE0AC+HB1QTqnpsugGlA+jMlRUz9hQ&#10;Qe5XRneUg0n3j89I/iu6AwAe7eBc1zmSZkd34PG59OLoBgAAAKAW9Y0O/U8yPnO+S38n6d7oniq0&#10;3czenYzPnNtbHPqS1dGbOwEA8VxcfQk0OrekPboBqHfbioVvSRqO7igHk27s21T4QXQHyodRGSrO&#10;PPOv0Q3l4PLPnr9u3bboDgB4tNT9ougG7JXu1R0dB0dHAAAAALWoe8vtD/UVC//q0zRH0j+adH90&#10;UxV4SPKPpclEV8/Ihvd2b7n9oeggAED9cWlOdAOAWJ56LroBqHfLpJJkH43uKAe3tC62Ifg9RmWo&#10;uJ6x9T+SfGV0x366d2Ii88HoCAD4E6bu6ATslemlPcnZ0REAAABALesrFB7sLRaWp9N0jMtfKvm6&#10;6KYAYyZ78+4ZmSf1Fof+ZsmmTXdHBwEA6peZMyoDGl2i1ugEoBFsmzXtU5I2Rnfsp5t7RoYHoiNQ&#10;XozKMCWyWX+dpO3RHZPl8r9bunn9PdEdAPBogy2deUkt0R3YO6n5ougGAAAAoB70FQrjfcWhy7bN&#10;aj7BTX8l6ebopilwq2SvmZjYMa+nuOGjnKYPAJgKJuuIbgAQy12cVAZMgWVr1+6W+VujO/bDnjRN&#10;X2uSR4egvBiVYUosHh4umuv90R2TdMv24tDnoyMA4I+liRgp1RCzhH9fAAAAQBktW7t2d99I4fLe&#10;YuFMpaUTZfpPSb+N7iqj++T6ZJrY03qLhVN6ixs+vXTz5h3RUQCAxuHSsdENAGKZOKkMmCq9I0NX&#10;mvQ/0R2T9G9LxoZ/ER2B8mNUhinzg9HCByTrj+7YR3c3ZUoXPnyPMQBUGbezoxOwD9yfcs3suUdE&#10;ZwAAAAD1qHds4+29I4XXH3nkwU9y8z7JviTpvuiuSXhA0pcT2dJts6Yf0ztaeMOSTRt+Fh0FAGg8&#10;a9rbmyUdFN0BIBwnlQFTKFvKvl7yTdEd++j7Rx558LujI1AZFh2AxtJ/TP5Im6bbVBur9gk3/8u+&#10;kSHu/QVQlQZy+VFx/WVNcffn9I0OXRXdAQAAADSCFVLm4LbO00qpesySHskXqjrfZPsrd12fMVtV&#10;muar+wqF8eggAABWd3TkJiaSkegOAOEmeoqFaVxpB0ydwbb8Se66SdKM6JYnZNqazaQnLx4eLkan&#10;oDIYlWHKDbZ05tPEbjLp6OiWx5HK/cW9o0Nfjw4BgD9nVWfnUeke2xLdgX1j0j/1FAvvie4AAAAA&#10;GtE1s+ce0dTk57nr9EcGZidKOmCKM1JJvzTXDyW7yUrp9d2bh0anuAEAgCe0Kte5MJXdGt0BIN7u&#10;GZmDzl+3blt0B9BI+ts6zzG3lZKao1sex31pmp7FtZf1LRsdgMbTMzZUWNXWeWHqdp2m/sHd3nC5&#10;3s6gDEA1S/f4XLbhtcfN5kY3AAAAAI1q6eb190j66iM/tELKHJjLzzPpJHc91eRzZEmr5K2SjtnP&#10;l5uQNCJpSKaCUhUSsztK0/yHfYXCg/v5sQEAqDhPdWRVnu8JYMrN3LPnUEmMyoAp1Dcy9N3BXP6l&#10;Ln1FUlN0z5+xy10vYFBW/xiVIUT3yNAtq1o7T0/NrpXUFt3zKHvc9PK+YuHy6BAAeFyWzOOw6Rrk&#10;Pi86AQAAAMDDlkklFQt3SrpTDz+o/53+fH56sstbU9mxiXyGJzbLTbMS+czU7XdvkkxM2919j8l2&#10;muxuefprTdNvzhsa2soVQQCAmpbYkdEJAKpDybOHSuJqO2CK9RQLKwZa87tkWiFpenTPo9xnnpzf&#10;O7r+f6NDUHmMyhCme3TojtUdHc+amEiulHRSdI+k+8z18t5i4eroEAB4Qu7zOKmsJs11yfjmEgAA&#10;AFDd+gqFcUmFR34AANCA7DAeYQGQpHRPekh0A9CoekcL3x5smfus1NJvmCkX3SPTenNd2DO6fm10&#10;CqYGB9ci1OLh4aJP0xku/6hCvzqxm7LZ9Kk9owzKANQK48Sr2nTAwLH5Y6MjAAAAAAAAgMfj8pnR&#10;DQCqhPmh0QlAI+sZW/+jUilZKCl4y2Bfat4xfWFPscCgrIEwKkO4vkJhvK849OZE1i35uql8bZPu&#10;l+v1PyxuOGvx8DDHtgKoJa3RAZikJrVEJwAAAAAAAAD/n717j7O7Luz8//6cmVxA8EpEkUwSM0A1&#10;SltFi3XbBQWSCVCrXbOr7e6q3dq1F6vdWu1227K/2rtWq3a9bWvbbXXLdm0tkItawdYLKtRWiZJk&#10;JpfJEEFEwQAJyZzz+f0Bdr2gJCEzn3PmPJ+PR/6AwPm+JvN4TOaceZ/P9wH00222gIZKKSe1boBh&#10;d+m+7V+amJ784Vry40m+NM+Xn+ykXDoxveNF59+69c55vjaNGZXRN9ZO7/jA/pOXnl1SXp3ki3N8&#10;ubtT84fdzuwTJvZO/o/Lkt4cXw/geDu5dQDHqJuHtk4AAAAAgO+kJEtbNwD9odSyqHUDcK/1eyb/&#10;eHS0N16S30kypwOvmtxSUl5dF+dJa6d3XDmX16J/jbYOgK+3YevWQ0l+9/LTT3/zQ8sJ/7F28rLU&#10;evbxevx7v/DlbbOznbdcum/7fC94AY4n7wwaUKXjXV0AAAAA9Lde6tKS0joD6AO90rMpgD5y4c6d&#10;dyR5zebT1/xurxx8WSnlxUlWH6/Hr8kNnZK37e8e/OMNMzMHjtfjMpj8BUBfuu+L09uSvO2qxz3+&#10;zJFO59/0Ss4rydOTPOwoH25PUt9Xe+W9d85MfmRD0j3+xQDzzjBpUNWeU+YAAAAA6GtOKgO+xkll&#10;0J/WzWz9cpLfSPIbG1eOn1t69XlJeW6S8aN8qLtLcl2t9e87yV+u3Tt1w/GvZVAZldH3Lr5p5/Yk&#10;v5nkNy9LOueOjT+hlpybmuWpOSUlj07qI2rKwZJyW631Syl1T6fkhnSX/vN9X0wBFozL7r199UNa&#10;d3BsSnHrUgAAAAD6XWdpUltHAP2gFJsC6HPrd09em+TaJL+4ZfXqR+dw57u76X1XallROvW01M7D&#10;kt7i1M7+Wnq3pObWTjr70qmfXLLn9M+cn2tmW38M9Cd/ATBQLkt6mZ7cmmRr6xaAVp5x6tkn9HK3&#10;s+cHVe2c2DoBAAAAAL6TWmqv2JQBSUrpOakMBsjaqakvJvnAfb+OwORc5jDgOq0DAICjs/iWR97T&#10;uoFj10vP/ecBAAAA6GudGieWAEmSXuJN7gBDyqgMAAbMfUfQGiYNqFI7+1s3AAAAAMB3VIzKgHt1&#10;koOtGwBow+0vAWAw7U9yQusIjl7pxKgMAACAgXBZ0vlXq1Yt6852lvVKPbWUkVNr7Z30Lf9hKd2S&#10;cnPp9fbcPdKdee7u3bfPfy1wPNVaZhP3vwSSpBiVAQwpozIAGEz7kzy6dQRHr9erRmUAAAD0latz&#10;3uhdK246Y7TWJ9dan1w65Um15slJVh3upnPvTa9Kaq253ztg1aSmppaSpb3RbBobvzPJdJLJUsp1&#10;vfSuyz3luvU3T946nx8X8CCUOmtTBiRJz51TAIaWURkADKKaO+/vNVz630in3tm6AQAAAK5atWpF&#10;p9tZm5q1B8vMs0dqHlaTpJTUBz8kOSnJE5M8sdb6QyUlWZxsGhvfk1I/ll7+dnRR3XThzp13POgr&#10;AXOj1tn7HZECQ6fjpDKAoWVUBgCDqJMvpOa7W2dw9Hpl0b7WDQAAAAynzWPja2otL0qpl6Sb70oy&#10;35uRFallRUpeMDtbDm0aG7+61PI36Yy+b92ez39hXkuA76im3GlSBiRJTddJZQBDyqgMAAZQqbmx&#10;Jutad3DU7v7E7hunW0cAAAAwPK447cxTRkZ7P16S/1CTJ6b0zf3sFidZW0tdm3r4DzeNrf5QUt6x&#10;bNnD/uac668/3DoOhl1JuT3ufwkkKSlGZQBDyqgMAAZRLdv66EVgjlQpk5clvdYZAAAALHxbVpy1&#10;qld7r0l6L0hycuueB9BJygVJLrj11jv2bFy++p11pPtHF+/efXPrMBhWJfUrXn0EkqR2e7e1bgCg&#10;jU7rAADgGHR621oncAxq3d46AQAAgIXtqsc9/sxNY+OX92p3MqkvTf8Pyr7ZilLKazu90elNY2e8&#10;fcvq1Y9uHQTDqKR8pXUD0B/KyNJbWzcA0IZRGQAMoE5v1KhsANUSozIAAADmxBWnn/m4TcvH39IZ&#10;6Xw2yfMz+K//L0rqS3uHy9bNY2f83OVr1ixuHQTDpJueURmQJPWUU078UusIANoY9CeVADCULty7&#10;7Qslub11B0enk7K1dQMAAAALy2VJZ+PY6p8d7fRuTMlPJ1lo46tTauobT95/z+c3Lx9/TusYGB5O&#10;KgOSktxxzvXXH27dAUAbRmUAMIBKUmstV7fu4GiN+pwBAABw3GxcMf69546NX19S3pTkpNY9c+zx&#10;teRvNo2tvvKK0898XOsYWOgWj3Rva90AtNdL3PoSYIgZlQHAgKqlZ6A0UOq2dXs+/4XWFQAAAAy+&#10;y9esWbx5bPy3S80navI9rXvmV7l4Uad3w6ax1S9tXQIL2bN37fpikntadwBtFaMygKFmVAYAA2qk&#10;xqhsgNT4fAEAAPDgfXDVqlNP3n/wgzV5dZJFrXtaqMnDk/L2TStWv/t9Z511cuseWIhKUmsy3boD&#10;aKwUXwcAhphRGQAMqIv2Tm1NcnPrDo5QzTWtEwAAABhsG1esftbh7sgNSfmB1i19oZYXLD7Q/ceN&#10;Y+NPbJ0CC1FJ9rZuABqrdVfrBADaMSoDgAFVkprk71t3cER6daT74dYRAAAADK6NY+OvLrVsSXJK&#10;65Y+M16SazcvH39O6xBYeKoTimDI1RiVAQwzozIAGGC11ve0buBI1A9dvHu3U+UAAAA4apcnI5tX&#10;jP+Pkvx2ktHWPX3q5FryV5vGznh56xBYSErc9g6GXUnd2boBgHaMygBggN350KUbk9zWuoMHUDt/&#10;0ToBAACAwXPdU5+66KSx8b+sNS9r3TIARpP6B5vHxt/QOgQWjOL2lzDsau3sbt0AQDtGZQAwwDZs&#10;3Xqopv6f1h18R3fXJfW9rSMAAAAYLBvHx5fceuvtf12SH2ndMkhq8opNK8Z/v3UHLAQl9XOtG4Cm&#10;Zk/Ye/qe1hEAtGNUBgADrqQ6Bau/Xbl+cvKrrSMAAAAYHBvHx5eUQ+W9Sbm4dctAqnmlYRk8eIfr&#10;4c+3bgDaqcmu83PNbOsOANoxKgOAAbdueudHk3i3UJ+qtb6ndQMAAACD47KkUw7lz5K6vnXLQKt5&#10;5ablq3+9dQYMskump7+S5KbWHUAbJfmn1g0AtGVUBgADriQ1NW9q3cH92vrJvVN/2zoCAACAwXHu&#10;2Pjrk2xo3bEglPLfNo2d8fLWGTDgtrYOANoopXy2dQMAbRmVAcAC0Dl04ttTcmvrDr5Z/b3Lkl7r&#10;CgAAAAbD5uVn/OeavKJ1x8JSX79p7PHPbl0BA6sYlcHQ6tXPtE4AoC2jMgBYANbe8pm7kuK0sv6y&#10;a9myh7+7dQQAAACDYdPY459dS/Xc/vgbTTqXbz599XjrEBhEJflc6wagjdnScVIZwJAzKgOABWJ0&#10;pPvmktzeuoN71ZrfO+f66w+37gAAAKD/XbVq1Yqk8+4ki1q3LFCPrJ3yl1ecdtqJrUNg0HRLua51&#10;A9DEVy+e3r6rdQQAbRmVAcACceHOnXfUWv5n6w6SJDffWQ/+SesIAAAA+l9NSmd25E+SPLp1ywL3&#10;lJFFJ76ldQQMmhN3P+6GJHe17gDmW/3nktTWFQC0ZVQGAAtIXVJ/Pcm+1h1Dr5af3zAzc6B1BgAA&#10;AP1v8/LxV6TkvNYdw6DUvHjTitXPbd0Bg+T8XDOb5JOtO4D5VUv5h9YNALRnVAYAC8j6ycmvllJe&#10;1bpjyH1oYu+O97SOAAAAoP9tHBt/Ykp+s3XHUKn5wyvHxh7ROgMGzLWtA4D5VdL7aOsGANozKgOA&#10;BWbdnh3vTsrfte4YUodr8rOtIwAAAOh/lycjpeaPkixt3TJcymNH6+LXta6AQVKTj7duAOZV72Dp&#10;fax1BADtGZUBwAI00uu+LMnB1h3Dp75x/fTk51pXAAAA0P9OGlv9kpSc27pjGNWSF29csfpZrTtg&#10;YBxyUhkMk5p87rm7d9/eugOA9krrAABgbmxeccZra62/3LpjeNTddXH57vWTk19tXQLQL96//KzT&#10;auk9pZf6pJq6oqQzltRTkyQ1h1PyxVJyU69Xb0qytVdGPnPx9PZdJaltywEA5taWU89+SG/JXTuS&#10;8tjWLUPsc5+YnnzyZUmvdQgMgo1j49tLckbrDmDuleSd66YnX9q6A4D2RlsHAABz49o9O371+8bO&#10;ODepz27dMgQOpNd7zvrJXQZlwFC7euXKpQd6oxd2kktrcnE33dO+9nslJd+wFbvvLU61JqXc+w8j&#10;6WXT2Pgtm5MttdZN++s979swM3NgPj8GAID50Fty96sMypp74veNrf73mZ7609YhMAhKyQdSjcpg&#10;GNTk71s3ANAfnFQGAAvYB1etOvVwd+SfkjymdctCVkp+Zt2eyT9s3QHQygce//ix2dnOy5L8pySn&#10;HK/HLcntvZo/L6Mjb5nYtW3b8XpcAICWrlq58jGd3uiOJCe1bqHu3n/y0rM2bN16qHUJ9LuNY+OX&#10;luRvW3cAc643O9s59dJ927/UOgSA9jqtAwCAuXPBrl23lFJfmKTbumWhqjXvNigDhtXm09c8cvPY&#10;+BtmZzuTSV6T4zgoS5KaPLyU/Ey63Rs2rhj/46tWrVpxPB8fAKCFTh39lRiU9Ymy8uT9B1/UugIG&#10;weETRq5Jcrh1BzDXyvUGZQB8jVEZACxw6/ZMXZ1a3tC6Y2Gquzt1yc+2rgCYbzUpG8dW/0Tt3LOj&#10;Jq9IsmiOLzlaal7c6Y58ftPy8Z+/zHNZAGBAbXzM+LLU/HjrDr7BL12+Zs3i1hHQ756zbdv+kny8&#10;dQcwt2rtbW7dAED/8EI8AAyBdXt3/GIteVfrjgXm5m5Gnr1uZuuXW4cAzKerVq1asXnsjA+UlHck&#10;eeQ8X/6ElLz++8bG/+EDj3/82DxfGwDgQSuL85+SLGndwdcrK0+6857nt66AQVBL+UDrBmCOlWxp&#10;nQBA/zAqA4AhUJL66FMe9pNJvap1y0JQktt7vd5Fl0xv39m6BWA+bR4784JOd+TTSX1245Tvn53t&#10;fHrL2BkXNu4AADhi1z31qYuS/EzrDr5VqXlZ6wYYBL1ujMpgYbvjhOnln2gdAUD/MCoDgCFxzvXX&#10;H97fu+f5Jfn71i0D7mDt5LkXz+z8bOsQgPm0ecUZL6zpXZXkEa1b7vPIXuqVm1ec8cLWIQAAR+KL&#10;t97xnCSnte7gfj1zy/LVT2odAf1u/cyOTyaZad0BzJkt5+ea2dYRAPQPozIAGCIbZmYOjHZHn1eT&#10;G1q3DKhuKeXHJ3ZPXtM6BGA+bVwx/qO11v+VZHHrlm+yuNb65xvHVv9s6xAAgAdSUn+ydQPfXq9T&#10;XtK6AfpdSWpKLm/dAcyRUv936wQA+otRGQAMmQtuuvG2Ew4seUaS97duGTBfTXpr1+3Z8e7WIQDz&#10;aePy8YtKzR+nf58/lpLyxk3Lz3hB6xAAgG9ny2mrlyel9S3E+Q5KzYuvOO20E1t3QL+rJf+ndQMw&#10;J766tHQ3tY4AoL/06w8FAIA5dP6tW+/cf/KSS1OKdx4dgZrc0qu9Z09M7/y71i0A82nz2PiaUvJX&#10;6b8Tyr5ZJ6X+6cYVq5/VOgQA4P50R8olSUrrDr69mjx80ciJF7bugH43sXvyE0n2tO4Ajrsrzt+9&#10;+2DrCAD6i1EZAAypDVu3Hlq3Z8cLU8vrWrf0tZLtI2XkGRfv3Xld6xSA+bTl1LMfUpPLk5zcuuUI&#10;LSq1vGfL6tWPbh0CAPDNSqnPa93AA6sll7RugH533y0w39u6Azi+SnUKIQDfyqgMAIZYSerE3h2v&#10;SvJLSWZb9/Sf8pGR3sj5a/ds29W6BGC+9Zbc9fokT2zdcZQe3TucP24dAQDw9a4cG3tEUv516w6O&#10;RL24OlEOHlCt9f+2bgCOq/1frQff3zoCgP5jVAYAZGJ68rc7qefWZEfrlj7Rrclr1k3v+MGL9m7b&#10;1zoGYL5tWjl+XlJ+onXHsSkXb1y++t+2rgAA+JpOWbw+yaLWHRyJ8tjNp696cusK6HcT01MfSzLZ&#10;ugM4ZrHrMwAAIABJREFUPkry1xtmZg607gCg/xiVAQBJkrXTU9cfPmHkqUn+vHVLY/tqL89ePz35&#10;OyWprWMA5tvVOW80vfq2DPTzxfK7G8fHl7SuAABIktLL+a0bOAojo2tbJ0C/K0ktKe9s3QEcH73U&#10;d7RuAKA/DfAPCQCA4+0527btn5ie/PdJ+c9J7mjd08CW2V7n6etnJj/cOgSglQMrZv5tUs5q3fFg&#10;lJKxHKovbd0BAJAk6ZSntU7gKNT67NYJMAhGR2b/NMnh1h3Ag/a59dNTH20dAUB/MioDAL7FxPSO&#10;t3dzaFVS35Sk27pnHny2lvrsienJdZfObL+pdQxAKzUppdZfad1xPJSUV12d80ZbdwAAw+3qZWtO&#10;Sq1rWndw5GryPa0bYBBcsGvXLaXkqtYdwINTS31X6wYA+pdRGQBwvy6Znv7KxPTUz5WSpyf5eOue&#10;OfKlpP7k0unTn7J+z9SHWscAtLZp+fiFg35K2ddZfnBs5rmtIwCA4Xb30kNPSTLSuoMjV5JTP7hq&#10;1amtO2AQlFr+qHUD8KAcHhnNn7WOAKB/GZUBAN/Ruj2T/7h/evIH7rsl5s7WPcfJ3Ul9UymLzp6Y&#10;nnrH+blmtnUQQD/olLykdcNx9uOtAwCA4VY6vae3buDodbujZ7dugEHwqGUP3ZLk5tYdwDHbtHZq&#10;6outIwDoX0ZlAMAD2pB0J6Z3vH3d9OR4TX4oycdaNx2jm0vKKw6dMPKYiempn1u35/NfaB0E0C+u&#10;OO20E+/7Gr+QXHDFaWee0joCABhepXae1LqBo9er1ecNjsA5119/uCZvbd0BHKvem1oXANDfjMoA&#10;gCNWkrp+evKKienJZ6ZmXZL3J+m17joCMynlVw52Zp+wbnrHHzxn27b9rYMA+s2izgk/mOSE1h3H&#10;2cjIot7a1hEAwDCry1sXcPRKYlQGR+pQ3prkQOsM4Kh9emJ659+1jgCgvxmVAQDHZGLv5JaJ6cm1&#10;3Rw6Jak/meSjSWrrrq+pyS0l+Z2SPGlienL5xJ4dr33u7t23t+4C6Fd1pFzUumEudHp5VusGAGCo&#10;jbUO4OjVkse1boBBsf7myVtT8+7WHcDRqalvbN0AQP8bbR0AAAy2S6anv5LkHUnesWX56id1O+UF&#10;pZYLk/qUJCPznLMvydUp5b1ZVK9aNzl5zzxfH2Bw1fK0PtoGHze15NzWDQDAcKpJ2Zyc3rqDY7Ks&#10;dQAMklLyhpq8JElp3QIckZlHL3v4ezLdOgOAfuebOwBgTmwcH3/oyKHyg91azysl/zrJ2UkWH+fL&#10;7K01/5BSr6nd+uGLb9q5/Tg/PsBQuCzpfN/Y+FeSPLR1yxzozs7e/dBL9+27u3UIADBcrjjtzFNG&#10;R3u3tu7gmMxMTE+6dSkchY1j4+8vyYWtO4Aj8l8npid/q3UEAP3PSWUAwJxYPzn51SRX3vcrlycj&#10;Jy0fX5lOPbNTO2em1LPSy8qUPKQmD0nyiJo8pPy/4dntNbmrU3JXrXV/Um4ppWzr9XrbO52y456l&#10;Izues23b/lYfH8BCcu6KJ5xa6+GFOChLkpHRJScvT7KtdQgAMFw6ndnHJp3WGRybU1oHwKAZSXlT&#10;L9WoDPrf3bOznXe2jgBgMBiVAQDzYkPSzd7JqSRTSTa17gHg63S6j063dcTcKd1qVAYAzL+SJa0T&#10;OGZLN46PP/S+N8wBR2Dt9I4rN42NfzLJ01u3AN/Rmy7dt/1LrSMAGAzeJgUAADDsulnWOmEu1dp1&#10;0gQAMP/qyEjrBB6EO40C4aiV3n9vnQB8R19d1B19XesIAAaHURkAAMCw63UX9inWpSzsjw8A6Euj&#10;Iz2jsgHWW3xotnUDDJqJPTs3Jvl46w7g/pVS3nzBTTfe1roDgMFhVAYAADDkeqX0WjfMqWpUBgDM&#10;v9lex/cgA6yzePECvkE8zJ2Szq+2bgC+VUluP1AOO6UMgKNiVAYAADDkykgOtW6YS7XUO1s3AADD&#10;Z6TjpLJB1r37bieVwTFYN739g6m5pnUH8I16tb75ubt33966A4DBYlQGAAAw7MrIF1onzKVayxdb&#10;NwAAw6fbq/tbN3DsDjziEUZlcIxqp/566wbgG3y5U5e+sXUEAIPHqAwAAGDIde5eMtO6YS4tqt0F&#10;PZoDAPrUaL21dQLH7NDzt2493DoCBtX6PVMfSi1/3boDuE/Nr6yb2frl1hkADB6jMgAAgCG39pbP&#10;3JVkX+uOOXLw9pmdO1tHAADD567Dh52WOrDqvpLU1hUwyLql/EKSe1p3APns/r2Tb28dAcBgMioD&#10;AAAgqeUTrRPmyNYNSbd1BAAwfDbMzBxIclfrDo5FZ0Gf5Avz4ZLp7TtT8j9adwC9V3pdBIBjZVQG&#10;AABASup1rRvmQin5ZOsGAGCYuQXmQCoxKoPjoFsP/XqS21p3wPAqGyemd/5d6woABpdRGQAAAEkn&#10;m1snzI1yVesCAGCo7W0dwLGoC/XW8DCvLpme/kop9bdad8CQmu3U3qtbRwAw2IzKAAAAyNo9k5/O&#10;wvuh58Fy8IRrWkcAAMOr1vLPrRs4eqWW6dYNsFB89aSlb07yudYdMGxq6u+v3Tt1Q+sOAAabURkA&#10;AAApSa2p723dcTzVmveuveUzd7XuAACGV+nkn1o3cPR66S3IW8NDCxu2bj2U2ntRkm7rFhgiN2Zx&#10;+dXWEQAMPqMyAAAAkiSdXt6SpNe643gppffW1g0AwHDr9XpOKhs8s93ZA59uHQELycTenZ8qyZtb&#10;d8CQqLWX/7x+cvKe1iEADD6jMgAAAJIk62amJpNydeuO46Lmn9dN7/xo6wwAYLjdVQ9tTTLbuoMj&#10;V5IbLt237+7WHbDQHJ69+5eT7GzdAQtf/dP1M5Mfbl0BwMJgVAYAAMC/KKX3G60bjpNfLUltHQEA&#10;DLcNMzMHanJj6w6OXE3c+hLmwKX79t1dk1e07oAF7sudRXl16wgAFg6jMgAAAP7Fuj1TVye5onXH&#10;g1Jz7cTeyb9tnQEAkCSl5P2tGzhyNfWTrRtgoVo/PXlFSn1P6w5YqGqtP7V2auqLrTsAWDiMygAA&#10;APgGvW7vF5IcaN1xjGZrJz/VOgIA4Gtq6lWtGzhidbSO+nzBHFp699KX1mRH6w5YaGrJu9bvnfrL&#10;1h0ALCxGZQAAAHyDi2/aub3U8vOtO45FrfW31u+Z/HTrDgCAr3n0KQ//hyR3tO7giHzqor3b9rWO&#10;gIXs/Fu33jlS6ouSzLZugQVk8oS7l7y8dQQAC49RGQAAAN9i7d4db0+ypXXHUam59oSR7m+2zgAA&#10;+HrnXH/94VJydesOHlipeV/rBhgGa/dMfSzJb7TugAWiW1NfdP6tW+9sHQLAwmNUBgAAwLcoST10&#10;wsjzk2xt3XKEJhf1Ri85f/fug61DAAC+Wa1lc+sGHli39q5o3QDDYtmyh/1Gkutad8CgqzVvXD89&#10;9dHWHQAsTEZlAAAA3K/nbNu2vyYbSnJ765YH8NX0uj9ywU033tY6BADg/nRzz+VJDrTu4Duaunhm&#10;52dbR8CwOOf66w/3ur0fTeJ0JThGpeQTWZJfbt0BwMJlVAYAAMC3tX568nOzpXx/kptat9yvklt7&#10;nfKvJ2Z2faZ1CgDAt3PJ9PRXkvqXrTv49mryztYNMGwuvmnn9pq8MElt3QIDaF+3zP7w+snJe1qH&#10;ALBwGZUBAADwHV2yZ8fna3JRrZlu3fINSm7tlXLRxbt3/FPrFACAB9IpRkt97ODi7uj/bB0Bw2j9&#10;9OQVSX67dQcMmMOdUp9/8e7dN7cOAWBhMyoDAADgAa2fnvxcDuec1FzTuuVe5VO1l2cYlAEAg2Lt&#10;nqmPJdnauoP7U/+3W6lDO5+YnvxvSba07oCBUcov3/d9BQDMKaMyAAAAjsj6mydvXbr39AuT/FaS&#10;2UYZNam/t2zZQ5+5fu/kVKMGAIBjU/PHrRP4VrVT3t66AYbZZUmv15l9UVK/0LoF+l1Nrly3Z8fr&#10;WncAMBxK6wAAAAAGz+bTz3x67fTeluR75+2iNdfWkbxy/e7Ja+ftmgAAx9HVy9acdPDEe3amZlnr&#10;Fv7FdRPTk09rHQEkm8Ye/6+Szt8lWdy6BfrU1tHR3jMv3LnzjtYhAAwHJ5UBAABw1NbNbP/kJ6Yn&#10;z6klP5bkxrm8Vkk+n1pfsG7v5PcblAEAg+z8W7feWWv99dYd/D+dlP/augG418T0zo/U5EeT9Fq3&#10;QB+aGakjFxmUATCfnFQGAADAg1KTsnn5+EUp+akk65OMHoeHnU1yVUnnLWunt/9dSepxeEwAgOYu&#10;X7Nm8cn777kxyarWLcOuJh9YPz15UesO4BttXLH6F0otv9e6A/rIXaXkB9ftmfzH1iEADBejMgAA&#10;AI6bzSue8Nhe7/APl5JnJfWZSXnskf/f9QspnQ+X5IrZes+mS6anvzJ3pQAA7WxcMf6SUvNHrTuG&#10;XK+MdJ6ybtf2f24dAnyrTWNnvCmpP9u6A/pAt5TynHV7dlzVOgSA4WNUBgAAwJz54KpVpx7uliel&#10;dFbWXl3RKWXxfb91T625vaTcnpTJ1EVb181s/XLTWACAeXLdU5+66NZb7/hckvHWLUPsryamJ5/f&#10;OgK4f1fnvNGDK2auSM261i3QVCm/MrFnx2tbZwAwnIzKAAAAAABgnm1csfpZpZYPxuv0LRwc6fXO&#10;vmhm547WIcC3976zzjp58YHuh5Kc07oFWqipf7B+euoVrTsAGF6d1gEAAAAAADBs1u+Z+lBS3tK6&#10;YxjV5JcMyqD/PWfbtv2jo70LklzfugXmW01928T01CtbdwAw3IzKAAAAAACggdnZu16TZKp1x1Ap&#10;+fAnpyff1DoDODIX7tx5x+xsZ12Sz7VugXlT6ns+OT310yWprVMAGG5GZQAAAAAA0MCl+/bdXUr9&#10;ifih8Xy5s5ORF1+W9FqHAEfu0n3bvzTb61yUZGfrFphrNbly2SkP/4+X+bsKgD5gVAYAAAAAAI2s&#10;2zN1dVLe2bpjGJRSL1u7Z9uu1h3A0bt0ZvtNvW5voia3tG6BOXT1yD0n/rtzrr/+cOsQAEiMygAA&#10;AAAAoKm6uL48Nde27ljg/vbaPVNvaB0BHLuLb9q5vXRGz00y2boF5sBf7T95ybq1t3zmrtYhAPA1&#10;pXUAAAAAAAAMuw+uWnXq4e7Ip5Isb92yAH1yf+/geRtmZg60DgEevKtWrnxMpy7aklrPbt0Cx0Mt&#10;ededeyZ/YkPSbd0CAF/PqAwAAAAAAPrAxhXj31tqPpLkxNYtC8hMKYuevm7P57/QOgQ4fq4cG3vE&#10;SBZfleQZrVvgwaipfzAxPfXKktTWLQDwzdz+EgAAAAAA+sD6PZOfTsnLW3csIPd0Sv23BmWw8Fwy&#10;Pf2V0dHeRFI+0roFjl19k0EZAP3MqAwAAAAAAPrExJ7JP0opv9i6YwE4XJMfW7tn6mOtQ4C5ceHO&#10;nXfMzt61tpT8TesWOEq9WuqrJqanfs6gDIB+5vaXAAAAAADQZzaOjb+iJG9o3TGgDpRefd66manN&#10;rUOAuVeTsnls/NeS/FrrFjgCd5eaF67bO/m+1iEA8ECMygAAAAAAoA9tWj7+8yl5feuOAXNn7eWS&#10;9TOTH24dAsyvzcvPeHEt9e1JFrVugftTk1tK7V06sXfnp1q3AMCRcPtLAAAAAADoQxN7J3+/1vrr&#10;rTsGyN2dlOcZlMFwWrd3x7s6Kc9LcmfrFrgfu0Y6nfMMygAYJE4qAwAAAACAPnbf6TtvTbKkdUv/&#10;ql9IKT8ysWfy461LgLauWnnG93R69b1JVrVugftsWdQd/dELbrrxttYhAHA0jMoAAAAAAKDPXbXy&#10;jO8p3fq+UjLWuqXv1Fwz2+08/9J927/UOgXoD+8766yTFx/o/lGS57duYah1a/LLE9OTv1uS2joG&#10;AI6WURkAAAAAAAyA9y8/67Ru6f51kqe3bukf5c1Lpx/38+fnmtnWJUB/qUnZMnbGy2vq7yVZ1LqH&#10;4VKTW0on/25i9+Q1rVsA4FgZlQEAAAAAwIDYcurZD+ktuev1SXlphvs1/sOpec3E3snfbx0C9Lct&#10;Y2dc2Et9d5JTWrcwJGr+udT6b9bNTE22TgGAB2OYn3ACAAAAAMBA2rJi9ff3avnTJOOtW+ZbSf6+&#10;V/OS9Xsnp1q3AINhy2mrl/dGyp+l5LzWLSxotaa+6YRO9zXn7959sHUMADxYRmUAAAAAADCArjjt&#10;tBNHR0/4raT8bIbj9f67k/rKT0xP/c/Lkl7rGGCw1KRsHlv9E0n5/SQPad3DgrMzJT82sWfy461D&#10;AOB4GYYnmQAAAAAAsGBtWvH49amd307y5NYtc2hLp9ZfWLt36obWIcBgu3LFGU8YqfXPkzyldQsL&#10;xl+MjvZ++sKdO+9oHQIAx5NRGQAAAAAALACbx868oJb6+tR6duuW4+ijtZNfWL978trWIcDCcfnp&#10;p59wcueE30nqz8TPSzl2+5PyqonpHW9vHQIAc8E3SQAAAAAAsEBcvmbN4ofeefCltZZfSnJa654H&#10;4bM19XV3Tk/9xYak2zoGWJg2rhj/3lLzjiTntG5h4PyvRSPdV12wa9ctrUMAYK4YlQEAAAAAwAJz&#10;WdI5d+zMZ/XS+7mSXJzB+HlAN8l7k96bJqZ3fqR1DDAcrs55o/eM3fTTNfW1SU5q3UPfm+mkvGzt&#10;9I4rW4cAwFwbhCeRAAAAAADAMbpq5Rnf0+nWn0nJC5Kc2LrnftycWv68lPon66Ynt7aOAYbTlhVn&#10;rerV7luTrG3dQl+qSXnn6Gj3Fy/cufOO1jEAMB+MygAAAAAAYAhcfvrpJ5zUWXpBSX4oySVJHtMw&#10;57aU8oFOzV8snn7c5vNzzWzDFoAk966GNi8/4z+m1N/IYN9CmOOoJP/UK/W/rN8z9aHWLQAwn4zK&#10;AAAAAABgyFyWdJ52+hlPG+nU9TX5viRPS/LIObzk/iSfSvLBXu194FN7d/7jZUlvDq8HcMwuX7Nm&#10;8UP3H3pZTf3vSR7WuodmdiV59brpyb8qSW0dAwDzzagMAAAAAADI5tNXj9fSeVo69Wmp5aykrkyy&#10;Mkd3y8wvpZR9tdbpkrqzpFw3W8p11+3Zse0yIzJgwHzwcd/1qMMjh381KT+VZLR1D/PmjpLya189&#10;efFbN2zdeqh1DAC0YlQGAAAAAAB8WxsfM76sLi2PG+31RmZr5yEjpSxOkprZ2km5/XDp3D1SRg4s&#10;zcGbz9+9+2DrXoDjbeOK8e8ttbw2qetbtzCnDiX1XbVbXrv+psmZ1jEA0JpRGQAAAAAAAMAD2Dw2&#10;vqYmr07ywiQjrXs4bg6W5A/Kovr7a6emvtg6BgD6hVEZAAAAAAAAwBEyLlswDib1HZ3ZvG7tvqm9&#10;rWMAoN8YlQEAAAAAAAAcpc0rxp/S6+W/lJLnJ1nUuocjdlcp+bNOt/eGi2Z27mgdAwD9yqgMAAAA&#10;AAAA4BhtfMz4sizOS0ry00mWt+7h/pXk8zX1jUsPLH33+bduvbN1DwD0O6MyAAAAAAAAgAfp8tNP&#10;P+GkzpIfS8rLS/Kk1j38i4+V5A+WTJ/+3vNzzWzrGAAYFEZlAAAAAAAAAMfR5rHxNUn+fU1+PMkp&#10;rXuG0J6avHVktr577b6pva1jAGAQGZUBAAAAAAAAzIGN4+NLyqH8UE3+Q0kmkoy0blrADiV5X0nn&#10;HddOb//QZUmvdRAADDKjMgAAAAAAAIA5tmnVWWeVXm9D7dUfScl3t+5ZIHpJrk3N/629XL7+psmZ&#10;1kEAsFAYlQEAAAAAAADMoy2nrV5eRzvPq+ldkpTzkoy2bhogh2ry/qT+n05v6ZXrZrZ+uXUQACxE&#10;RmUAAAAAAAAAjWxa+V0rS529uNasTfKsJA9p3dSHvpLkg7Vk8+JO96oLdu26pXUQACx0RmUAAAAA&#10;AAAAfeDyNWsWn7z/wA8kZW1KZ21qPbt1UyO9JNfVWreUTtm0f8/kJzck3dZRADBMjMoAAAAAAAAA&#10;+tDVy9acdPCEA99T03lmkn9VknOTnNK6aw58McmHS8pHS3ofedSyh3/mnOuvP9w6CgCGmVEZAAAA&#10;AAAAwAC4OueN3rNi5uz0ytNr6pNS8sQkT85ADc3qF2rKDZ1kay25odOrn/j43qnPXXbv6WQAQJ8w&#10;KgMAAAAAAAAYYFtWr35073B9cinlCalldUpWpmZlTVYleViDpNuS7E6yK7XsLslUN/ncSF18w7qZ&#10;rV9u0AMAHCWjMgAAAAAAAIAF6sqxsUd0yuKVSX1MUh5ZanlUSX1Ur+aRpVMflVoeldROkqSWk1Ky&#10;6H4e5p6k3p0kKWU2Nbcl5ctJva2UelvS+XLt1dtSu1849JDFu56zbdv++fsIAQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAgD5RWgcwv2pSNj1m/JQszrL0sqwzUk6ptXa+0/9Tag6VTr11drZ+&#10;qZzQuXn95ORX56sXAAAAAAAAAACYX0ZlC9AVp515ysii7tmpWV1SVqWUVSV1Va1ZkWRZkpEHeYl7&#10;as0tpZNdqXVXTdnVSXal19lWDi/duvaWz9x1HD4MAAAAAAAAAACgAaOyAbdp5XetTLf7jHTqOan1&#10;7KQ8KcljGib1kuwqJZ/t9epnO53OJ0ZnR6694KYbb2vYBAAAAAAAAAAAHCGjsgGzZeWZ39Xr9iaS&#10;8gMpvXOT8tjWTUegJnV70rk2NdcsGp3ddMGuXbe0jgIAAAAAAAAAAL6VUVmf2zg+vqRzuFxQU9en&#10;ZiLJqtZNx0FN8o+pdVOvdq5cP7Pjk+XefwcAAAAAAAAAADRmVNaHtpx69kO6S+76kaQ8vyQXJFna&#10;ummO3ZZkY0nnz66d3v6hy+69hSYAAAAAAAAAANCAUVkf2bzqzO+us72fSMm/S/Ko1j2NTNZa/2Q0&#10;o++6aO+2fa1jAAAAAAAAAABg2BiVNXb1sjUnHTjh4AtKyn9K8vTWPX1kNsnGTso775jesWlD0m0d&#10;BAAAAAAAAAAAw8CorJHNY+NravLqJM/Pwr+95YN1c5K3z8523nLpvu1fah0DAAAAAAAAAAALmVHZ&#10;PNu0YvwZtea/lOSHk4y07hkw+5P6rnQWvWFi9427W8cAAAAAAAAAAMBCZFQ2TzatHD8vvbw2yTNb&#10;tywAvST/t9b80vq9k1OtYwAAAAAAAAAAYCExKptjm8fG19Ra/7+U8tz48z7eDqTkrbOHO7/ltpgA&#10;AAAAAAAAAHB8GDnNkatWrVrR6Y78XpJ/E3/Oc+2uJK/b3zv4OxtmZg60jgEAAAAAAAAAgEFm7HSc&#10;bRwfX9I5VH6upv7XJA9r3TNkJlPqL07smfrr1iEAAAAAAAAAADCojMqOo03Lx9em5K1JVrVuGW71&#10;HzqdkZeu3b39xtYlAAAAAAAAAAAwaIzKjoONjxlfVhbnD5M8v3UL/+Jgkt/Zf/KS39ywdeuh1jEA&#10;AAAAAAAAADAojMoepM0rzri41t47k/LY1i3cn/KpTqf8B6eWAQAAAAAA8P+zd+9xctX1/cffnzO7&#10;uZEEb0EM2dnN7iRB4z0gXlDAAtldQER/jTfAaqXa4u1XW6vWS1qvaH+2VdR6oRUQ1NSKitndIBjq&#10;pQoCKhVDktlkd3YTLkEkBJJsduZ8fn8EWy8hbDaz+5lz5vV8PPpHHw8fOy8eczJz5pzP+X4BAAAw&#10;MQyVTdL6Bcvn7p099mlJ50W34BGNufS+Gyvlj62W0ugYAAAAAAAAAAAAAAAAoJExVDYJA4uXPs1r&#10;6RWSlke3YOLM9I3x8eSCs7Zvuie6BQAAAAAAAAAAAAAAAGhUDJUdor5i6W9M+oCklugWTIJphzx9&#10;RU9ly3XRKQAAAGh8a5YvnzF311jJLO3wNGmXeYdJR0n2mP3/54+RNOsgf2KnZPdKfq/LfyXZHYm0&#10;VZ4MpWm6tXdbeXS6/lsAAAAAAAAAAAAmiqGyCVr3+KceUZux+3NmemV0Cw5b1aV391TKHzXJo2MA&#10;AADQGNYsXz7jyAf2HleTnmtuT5f0VEnHSmqdqtc06T5Jt7rs53Ld4vLv946UB6fq9QAAAAAAAAAA&#10;ACaCobIJ+E5nZ7FaTf5D0nHRLairy2cl1T87ZWhob3QIAAAApt96ndyyt1h5tpT8kVwny3SCpNnR&#10;XZK2yfx77lqfqnDdmZVNW6KDAAAAAAAAAABAc2Go7BH0FztPlJJvSHpsdAumgOvnVU/OOGt007bo&#10;FAAAAEy973R2HlkdL5zj5i816WRJc6ObJmCLmdbVUvvKT0Y2/2C1lEYHAQAAAAAAAACAfGOo7CCu&#10;GuurAAAgAElEQVT627peLrMvSpoZ3YKp5EM1S3rPHN68IboEAAAA9XfTihWtO+6570ylyXky75E0&#10;K7rpMIy666uJ6d+6K+XbomMAAAAAAAAAAEA+MVT2MPqLS14v+ackFaJbMC3u8URn9Q6VfxwdAgAA&#10;gProayt1mel1kv5E0tHBOVPhR+b2eds3e83Ku259MDoGAAAAAAAAAADkB0NlBzBQLH3Epb+J7sC0&#10;GzPXy7pHyt+MDgEAAMDkuGT9xdKZtv98/nnRPdPkAcmuTGu1/3fGti2bomMAAAAAAAAAAED2MVT2&#10;W1yy/rbSJ8z0xugWhNkn6dyeSvnfo0MAAAAwcS7ZuvYlL3H3d0l6ZnRPkH2SfTmt1T7EcBkAAAAA&#10;AAAAADgcDJX9lv720sfl+r/RHQg3btK53ZXymugQAAAAHNz/DJNJ75X7U6N7GkRN0pVpLf0Aw2UA&#10;AAAAAAAAAGAyGCp7SF9b6ZOsUIbfUjOz87uHN18ZHQIAAIAD628rrTTTP7r0xOiWBpVKuqK1UPvr&#10;U7duvSs6BgAAAAAAAAAAZAdDZZIGiqV/dOmt0R1oODVJr2ArTAAAgMYy0P7EJ7iPXyTpXPGbZiJ+&#10;Jdd7d42UP7tq/zkuAAAAAAAAAADAQTX9DZj+Yukdkj4c3YGGtcfNz+wdHvxudAgAAECzWyMV5hZL&#10;f2XSeyXNie7JHLNbrWYXdI9uujE6BQAAAAAAAAAANLamHiobaO96o7t9MroDDW+PJ3ph71D5x9Eh&#10;AAAAzWpgUVfJC/YFuU6Kbsm4cblftGv+rPevuu22fdExAAAAAAAAAACgMTXtUFlfW9eLzexrkgrR&#10;LciEeyz153SPDpajQwAAAJqJS7auuOTNLv+IpFnRPXlh0oZaYq88Y2jzz6JbAAAAAAAAAABA42nK&#10;obK+jtKzLdV3Jc2ObkGmlH2fntt7Z3lHdAgAAEAzGFi0/DFuez8vs5dEt+TUbsn+sqey+bPRIQAA&#10;AAAAAAAAoLE03VDZ2o6Oo5O05SZJx0S3IHtc+s4DlXLPKqkW3QIAAJBn/e2l58j17+K8fTp8q6Ul&#10;Pf+0LVt2RocAAAAAAAAAAIDGkEQHTKe+UmlmwVu+IW5MYZJMOm1+sfQP0R0AAAB51l/serVc14nz&#10;9unyomqt8L2BRV2l6BAAAAAAAAAAANAYmmqoLNmnz7nrhOgOZJtLb+1vW/In0R0AAAB5s14ntwwU&#10;S5+T7Itiq/rp5f5UT+yn/e2dvdEpAAAAAAAAAAAgXtNsf9lf7Hr1QzengHp4wKRnd1fKt0WHAMin&#10;vmNKiwoFf3zVkyMKns7xxObJNF/uhf3/C/t1IttTs3R3wbWz5nbf7JFFw6fo+mpsOQBMTl+pNN/2&#10;aY2kldEtTa5qbm/qHtn8L9EhAAAAAAAA9eCSXdvZ2ZZWbUEttbkq+Bxzm2umI909cclNdp+Z7ZbS&#10;3ea6X9Zy787hjZVVUi26HwDybs3y5TPm7a4uTmrVua7Co93TOZLPkWm+JJkn427+gLt2mqW7zZLd&#10;1uKjKwcH745uz7umGCpbu6jzKUmS3ChpVnQL8sOkDePV3cedtX377ugWANnV11bqMtnzZb7MpSXm&#10;Ksm0RNKcSfy5fZJvddlmM232VJu9YD/6ydDmW1dLaZ3TAaBuvl0sPrqgGd+W9NzoFkiS3KV39lbK&#10;F0WHAAAAAAAAHIr+xcuWKa2d6O5LzZMlMi9JWqLJ3SceM2mLS5vcVTazzYmnPzx9ZPA2k7zO6QCQ&#10;e+t1csu+9pFnpZ4cJ/elMv3mM7pdUmESf3KnpM0yK3uabjYlGyxpub57eMMddQ1vYrkfKluzfPmM&#10;ebvGfizpGdEtyCHXp3pGym+MzgCQHevaly1OvXqaZKdKOknSUdPwsg9K/iOXXVuQX3t6ZfAWfvAC&#10;aBTrFna1pS12jaRjo1vwe0yfvmG4/KbVDCYDAAAAAIAGNVAsLXf58x665n6KpMdNw8s+IPmPueYO&#10;AAd304oVrffs2HWSlJ7q0omSnilp9tS/st8h2Q8kv9Zr1te7rTw69a+ZT7kfKusrdl1ksrdHdyC3&#10;3KWzeyvlq6NDADSu/SvwzFwl+XnavwpP6PevSRvk+lKhNf3SaVu2VCJbADS3/o5jO5RWr5XUFd2C&#10;h+G65IaR8p+tZrAMAAAAAAA0iL6jSws0w19usnMlPSu6R2a3utLLW9KWK08f2bg9OgcAovUVS08y&#10;6TxJr5LUFpxTM9c1SuxL4+MPfoOd6A5NrofK+ttLz5Hr+5rcMnnARG2vad+Tz6xUfh0dAqBx3LRi&#10;Res9d+/sTU3nmXSmpJnRTQeQyvU9k102Nif52tkbN+6KDgLQPB4aKPu+pEXRLXhEl99QKf/JagbL&#10;AAAAAABAkL5Saabt04u0f0ihW1JrcNKB1CRdJ+nyanX31xlcANBM+o4uLUhm2Ct9/yIbK6J7HsYu&#10;yf/DTZf3DA+uZ5XJR5bbobI1ixbNnleY9TO5lka3oClc3lMpnx8dASDedzo7j6xWk/8r6c81PVtb&#10;1suDkl9STQsfPWt007boGAD5NtD+xCe4j39PUim6BRPEtu8AAAAAACDA/p1AZrxF0oWanq0t62WX&#10;5P9mNuMj3cMb7oiOAYCpsq5j6bFpmr5L0svVmAO/D2eryf55ZjL+2VOGhvZGxzSq3A6V9RdLH5b0&#10;jugONBHX2T0j5W9FZwCIMbBo+WOUjL3d9w+TzY/uOQz7JH21kKbvP310y+boGAD5s37B8rl7Z49d&#10;r8Z9UgkP7509lfJHoiMAAAAAAED+7X8ocd87JHuNpHnRPYfhQckv8Zp9rHdbeTQ6BgDqZW1b53Fm&#10;yftM6pWURPdMlrsqidnHx6sPfp4VJv9QLofK1hW7VqSyH0tqiW5B83BXZXxO4clsHwc0lzVSYV5x&#10;yYWSv0/SY6J76mjMXRfP3jtz9Sk7bnsgOgZAPvSVSjNtTAMynRzdgslx05/2Dpf/NboDAAAAAADk&#10;000rVrTu2LHzbZLeqWw/wP37dsv947t87EOrRkf3RMcAwGSt7eg4OklbPirpVcrwMNkBjMj97T0j&#10;g1+JDmkkuRsqc8kGiqUfSnpOdAua0kd6KuV3RkcAmB7riktOS80vzvlWy/dK/s7uyuDn2VccwOEa&#10;KJY+59IF0R04LPvMvLt7eHB9dAgAAAAAAMiX/vbOXnnySUmd0S1TaLvL39lbGbwsOgQADsWa5ctn&#10;zNs19i5Jfy1pTnTP1LEfpGntL84Y3fLf0SWNIHdDZQNtS17j5jw5jyjjKhSe0rN148boEABT59rF&#10;ix8/Xit8UtIfR7dMH/9+4vqLlSODv4guAZBNA8Ulb3f5RdEdqItdNbMTzhzevCE6BAAAAAAAZN/a&#10;xYvbrVa42KQzo1um0fqa2YVcXwGQBQPFpae6pZ/K+UIbv60q+ad9hr2nt1y+PzomUq6Gyr7T2Xnk&#10;eDXZaNLjo1vQzHxtT2WwmU56gabS11Y6XabLmvS7Zo+73tY7Uv5MdAiAbOlvK62UqU/5Wgq72d3u&#10;M3RCs/+gBgAAAAAAh6evrevFZnaJpMdEtwR4wOUXsmoZgEa1Xie3jLVvW+3u71RTXt/3jW72it7h&#10;8k+jS6LkaqhsoH3JB9z9b6M7AFNyWndl07XRHQDq5+qFC+e0tMz5F0nnRbfE82vTpHbeGUNDd0aX&#10;AGh817QtW1i12i1NOoybd5f3VMrnR0cAAAAAAIDsWb9g+dy9s8c+La65S25Xmc94XffobfdGpwDA&#10;b1yzqHNJLUm+LGlFdEuwqqQP3lAp//1qKY2OmW65GSpbt7CrLW2xTZJmRbcALv3ixkr5aaub8EMF&#10;yKO1izqfkuw/aVoe3dJA7rbUX909OjgQHQKgca3XyS17i6PXS3pedAumir++pzL4uegKAAAAAACQ&#10;HX3tpWeY+5clWxbd0ijcVTFLX9VT2fKD6BYAGCiWznPpU5LmRbc0kO8WvHDe6SMbt0eHTKfcLE/n&#10;LfYeMVCGBmHSk5/dvuTl0R0ADl9fe9cLkyT5vhgo+31HeWJXD7QteUN0CIDGtbc4+m4xUJZz9s9r&#10;F3U+JboCAAAAAABkw7rikjPN9QMGyn6XmYpScl1fe+lV0S0AmpdL1lfsusily8RA2e97Yc1qPx4o&#10;lprqnnEuVirrX7xsmWq12yQVoluA31JesODIJx13883j0SEAJqevvfRac31WUkt0S2PzT3RXBt9q&#10;kkeXAGgcA4uWPsuT9AeSWqNbMOVuXrDgyOdw3gsAAAAAAA5moG3JG9z8YnFP92Bc0t/3VMqro0MA&#10;NJf1HR2z9tZar5T5OdEtDe4Bd720d6R8TXTIdMjHSmW19J3i5AONp3TP3fefGx0BYHIGikvebq4v&#10;iIGyCbA3DxRLl960YgWDIwAk7f/x6YX0cjFQ1ixW7Nix82+jIwAAAAAAQOMaKJY+4uafEfd0H4lJ&#10;el9/W+ni1Xm5lw+g4fWVSvP3pi1rGSibkLlmunqgWFoVHTIdMv9F1NdW6pKcwR00JDd/zxpOjoHM&#10;6S+W3ufyi5STFT2nyXl379j55TXLl8+IDgEQb4+3vEeupdEdmFbvXNfW9eToCAAAAAAA0Fhcsr62&#10;0j+49DfRLZliuvCE4pJ/5T4jgKl2VUfHo2yf+iS9MLolQ2a4dEV/sevV0SFTLfNDZWb2FvFlisa1&#10;eG6xxDQvkCH9xdL7JK2O7sgik146b9fYv6/XyazuBjSxvmLpSeb6q+gOTLsZqenTzkA2AAAAAAD4&#10;Lf1tpU+Y6W3RHdnkr55XLF26Ogf39AE0pvULls+dlbZeI+l50S0Z1CLZvw20LXlNdMhUyvQX0LXH&#10;HPtYyf80ugM4GJO9PboBwMQMFJe8RQyUHa4XjRVHL2GoAGhe5vqUJFYtbEr2/P5i13nRFQAAAAAA&#10;oDH0F0vvMNMbozsy7lXPaiv9c3QEgPzpK5Vm7p099k3Jj49uyTBz88/2t3f2RodMlUwPlY0XqhdI&#10;mhPdARycH99f7DwxugLAwfW1db3M5R+P7sgDl87vby99ILoDwPTrb+86R6aTozsQx2QfXr9g+dzo&#10;DgAAAAAAEGugvfQ6SR+K7sgDM72xr1hi+1AAdbNGKtiYfVlseVkPrfLka3mdCcnsUNlqKZH89dEd&#10;wMQkb4guAPDw1rYteYGZfVEZ/l5sNOZ6V39xCd/TQBO5acWKVrk+HN2BcAv3zB77y+gIAAAAAAAQ&#10;Z2BRV7e7Pi12tKgbkz7U37bkFdEdAPJhXtuSj8j8nOiOHJktS75+zaLOJdEh9ZbZL/KB9iVnuPu3&#10;ozuACdrn+7So987yjugQAL9r7eLF7UmtcIukx0S35FDVPHlh98im70eHAJh6A+1db3S3T0Z3oCE8&#10;mCbV0hlDQ3dGhwAAAAAAgOnVv3jZMtVqN0liJfP6GzPTc7uHy7dEhwDIrr5i1/kmuzS6I5dMm/bN&#10;Khx39saNu6JT6iWzK7K4+wXRDcAhmJHM9POjIwD8rptWrGhNqoWviIGyqdLill7Zd3RpQXQIgKn1&#10;zWXL5rnsvdEdaBhHJGnru6IjAAAAAADA9FqzaNFspekaMVA2VWa666vf6ew8MjoEQDb1FUtPMtmn&#10;oztyy7V0xt7qZ6Mz6imTQ2VrOzqOltQb3QEcCnd7TXQDgN91z46d75bp2dEdObfIZugLnuHVUQE8&#10;sta91dfLxQApfotfsG5hV1t0BQAAAAAAmD7zk1kfkvtToztyrlStJhdHRwDInvUdHbMS6QpJR0S3&#10;5JrbK/qLpXOjM+olk0NlibeeJ6k1ugM4RMsHFi19VnQEgP3WFZec5tK7ozuaxIvWtXf9ZXQEgKmx&#10;ZtGi2SZ7e3QHGs6stCX56+gIAAAAAAAwPfrbu85x6S3RHU3i3IH20uuiIwBky9608E8uPT26o0l8&#10;Zl3H0mOjI+ohk0NlSv1V0QnAZHhS49gFGsBVHR2PSuWXKavfgxnkbh/pX7SYJ9SAHJqbzDyXVcpw&#10;YP6n1x5z7GOjKwAAAAAAwNRa19V1lNwuETtWTBt3feLbxaWd0R0AsmFdccmZkr0+uqOJzE3T9Etr&#10;pEJ0yOHK3M30vmLpSTI9LboDmBxblYcPDiDrZqaF1ZKOju5oMi1KWj7FNphAvqyWEpPeFt2BhjVn&#10;vFC9IDoCAAAAAABMrVrVPiLp0dEdTWZ2Qek/RUcAaHxXL1w4J5Wzbe70WzGvrZT5Qb7MDZWZtCq6&#10;ATgMR89v73pBdATQzPraS88w2RujO5qTn7guR3uIA5Ce3d51kmTLojvQ0N7AQxUAAAAAAORX36LS&#10;Seb6k+iOJnVWf1vpRdERABpba8ucv5HUHt3RlEwfHmh/4hOiMw5HS3TAJLwkOgA4HJ7aSyWtj+4A&#10;mtFqKTG3z0rOze0gqfSxqzo6rj5naOi+6BYAh8/d/iK6AQ2vfW6x1KtK+eroEAAAAGAqre3oODqp&#10;tTzLEl/iriWSPUbS/P+9DmX3Sfage7o5MdtsSXLryqFNt4dGA8BhumnFita7d+y8WOxQEcalT657&#10;/FOvW3nXrQ9GtwBoPP2Lly3zWu0d0R1NbL58/COSXh0dMlmZGirr7zi2Q2n1KdEdwGExvUgSqyQB&#10;AZ7VXnqF3I+P7mhmJj1+Zq3l3ZL+KroFwOG5pm3ZwppqL47uQOMz6QJJDJUBAAAgd/raS88w91fI&#10;kpVK/Skymfvvz1X89v/vMjO5JE9T9bWVKma6Rq6v7RopX7tKqk1jPgActrvv3vk6Mz05uqOZmano&#10;s/b8paT3R7cAaEC12kWSZkRnNDOXzl27aMmnzxjdfEN0y2Rkamp8oG3JG9z8M9EdwOFyaXlvpfzL&#10;6A6gmazXyS17i6MbJXVGt0Bj1TTpOmt007boEACT19fe9Vfm9rHoDmRC1ay12D284Y7oEAAAAOBw&#10;rXv8U49IZ+75U5dfYKrnIIXf4dLltbTwCa6ZAMiCNYsWzZ6XzNoi6ejoFuh+S2cu7h697d7oEACN&#10;o6/Y9TyT/SC6A5Lk1/ZUBk+LrpiMJDrgULh5T3QDUA8JxzIw7fYUR14pBsoaxczWJGWlMiDjTMl5&#10;0Q3IjBZPx18RHQEAAAAcjqsXLpzTXyy9L525e1jyf67vQJkk2RNM9vaWJN0y0Fa6pO+Y0qL6/n0A&#10;qK/5hZl/KgbKGsV8T8beHB0BoLGY9M7oBvyGndpf7DwxumIyMjNUtmb58hmSTonuAOrB3U6PbgCa&#10;yRqpYLL3RHfgf7n0hoH2Jz4hugPA5PQVS0+S+1OjO5AhppdFJwAAAACTNdBWOrulZc4vJa2W9Ngp&#10;frkZbnqtFbRhoL3rbTetWNE6xa8HAIesr1Sa6W5/E92B3/HWqzo6HhUdAaAxrG3rPE6yM6I78L/M&#10;k3dFN0xGZobK5u7ae7ykedEdQJ08/6FBSQDTYF5b1x9LKkV34HfMct/3f6MjAEza/4kOQOYc399x&#10;bEd0BAAAAHAoruroeFR/25Kvu+kbktqn+eXnuts/7Nix84ZrFnUumebXBoCDsn3+akmsqNhYjpzl&#10;rW+MjgDQGBIVMjnAlGdu6ulv6zw+uuNQZWaoLFHyvOgGoI5mz31w7JnREUDTsOQvoxNwIPb69QuW&#10;z42uAHDozPWS6AZkjqlWPSc6AgAAAJiotcd0Lp2dtvyXzKPPY59RS5Ib+ts7e4M7AECS5JJJ4pp7&#10;I3J/E4taAOhrK3XJ/OzoDhxAYplbcCMzQ2UuZ6gM+eKeyT1zgawZWLz0aZJnbuq7SczfM2dsVXQE&#10;gENz9aKlx8jE1pc4dKbu6AQAAABgIvqLnScWCskNLj0xuuUhj5Yn3+prK/15dAgArGtbeqJky6I7&#10;cEBHzX9g31nREQCCJXqtMjQL1FTcXnrtMcc+NjrjUGTiQHpo4v250R1APSUyBiWBaeBp+uroBjw8&#10;k86PbgBwaAqFdKX2n58Dh+okVqgEAABAo+svdp4oJf0uPSq65fcUzPSpgeKSt0SHAGhuLq65NzJ3&#10;55o70MTWSAVz8TnduGbsS6qZWnAjE0Nl6xZ1dUl6XHQHUE/ufkJ0A5B3N61Y0SrXq6I7cBCuF3y7&#10;uLQzOgPAxJn81OgGZNbMvbPGeLACAAAADauv2PU8KVknqVEfhjCX/2N/ccnro0MANKerFy6cI9Mf&#10;R3fgoHqvXbz48dERAGLMK3aeLOmY4AwcRNYW3MjEUJkn9ozoBqD+7Amc1AFT61c77l8p6ajoDhyU&#10;tZgz+AdkidtJ0QnIMBPHDwAAABpS3zGlRSb7uqQ50S2PwCS/eF1xyWnRIQCaT2vrES+WND+6AwfV&#10;Ml5reVl0BIAoCauUNTrTs9d1LD02OmOiMjFUJvenRicAU6FWa+HYBqZQKueHUwa48z4BWfHQyoIL&#10;ozuQZfb86AIAAADg961ZvnyGFezrys7DiS2p/Kv9Hcd2RIcAaC5cy80K3iegGa1ZvnyGpBdHd+CR&#10;uXtmVv3MxlCZGYM3yCW3lGMbmCIumaTTozswIcv7jiktio4A8MgS1U6MbkDW+fHrOzpmRVcAAAAA&#10;v23e/XvfI/nx0R2H6NFKq//60DUwAJhyN61Y0SrphdEdmJATruroeFR0BIDpNe/BsedKmhfdgUfm&#10;np172NkYKpOeEh0ATAV3PTm6Acira9q6lis7T5c2vaSgU6IbADwyk1ZENyDzZu6uJZwDAwAAoGGs&#10;7VjydJm9I7pjkk4ZKHZdEB0BoDn86p77jpc0N7oDE1KYVWt5QXQEgOllKffassNPWL9geSa+Uxt+&#10;qOyhp9g7ojuAKeGWmb1ygaypGSdOWeJynnADMsBkT49uQPYlSfK06AYAAADgNxL3f5LUEt0xefbB&#10;bxeLj46uAJB/NYYVMsWNa+5As3EZ/+6zo3XPnL3Pj46YiIYfKts9nhTF8s3IKTctjm4A8so84Qdu&#10;ptgfRRcAOLiHtlRh624cNndnJWoAAAA0hP620kq5ToruOEyPK3jrX0ZHAMg/M665Z4kxXAI0lXWP&#10;f+oRkj8rugMTZ56NYe2GHypLkoShG+SWSUddvXDhnOgOIG9cMpmztHO2tK1rX8Z3PtDAvr1o6UKX&#10;HhXdgewzaXl0AwAAACBJSvTO6IS6MHvTVR0d/F4DMGXWLF8+Q/LnRHfgkCy/euHSx0VHAJgePnPv&#10;cyTNiO7AobBMPNzS8ENlJuMGM/LMCi1zOqIjgLzpW7y4KOmx0R04NKnSZ0Q3AHh4LS3pkugG5IO7&#10;LY1uAAAAANYu6nxKDlYp+40jZ9VaXhkdASC/jti5Z5kkFknIlqSlpfq06AgA08PNuceWPU9bIxWi&#10;Ix5Jww+VpYm3RTcAU8q8PToByBurFpZFN2AS3HnfgAZmNR72QH2Y6Zj9TzgDAAAAcQpJ8trohroy&#10;5eu/B0BDsSTh2m0WOe8b0DRS7rFl0Mw5xaUNPyvS8ENl5joqugGYShzjQP2Z2bHRDZgM44QXaGCp&#10;UobKUC+FufeP8fAQAAAAwqyRCi69PLqjzlb0L17GtRUAU4Jr7hllDJkATcO4x5ZFBas2/Pdr4w+V&#10;mdjrGfnmxhZ9QL3xQymTzLzhT5yAZmYmhoBQN0nixegGAAAANK95bZ3PlHR0dEfdVWtnRCcAyCl2&#10;mcgohgGB5sE9tkxKk4Z/3xp+qMzdGbhBrnkijnGg3lwN/wWMP+S8b0CjWxAdgBxx43gCAABAGLfk&#10;hdENU8FNp0Q3AMgtrt1mENfcgeZw9cKlj5NYrCmTMrDCXMMPlZmMgx+5Zs4xDkwBVj/JpiO/09l5&#10;ZHQEgIfB6qqoI3cucgAAACCOSc+JbpgKJj0vugFAbnHNPYPMtGh1BuYBABye1taUz+jM8vbogkfS&#10;8F8iLnFzGblmco5xoN6M746sSvfa/OgGAA+DbelRR5YwpAgAAIBQy6MDpsijr2lbtjA6AkAucd02&#10;m5JnlUpzoyMATC03PqMzrOHfu4YfKpM0IzoAmFKmmdEJQO645kUnYHJqLcZ7BzQoF5+tqB9PG//H&#10;MgAAAPKpr1SaKWlxdMdUqSZVtjoDUFc3rVjRKmlWdAcmaQ/XYIC8S1JjeDSjsnDfJQtDZQzcIN9S&#10;jnGgntbr5BbxAzezPGWoDGhUCeflqCcerAAAAEAQr9WOllSI7pgqidsx0Q0A8uXOHTsYVsiwlAe5&#10;gdxLWWwju7zxB3+zMFTGSmXINeeGGlBX93UM8QM3wwoJP3CBRuWcl6O+OAcGAABAiJZqku9rD+ZH&#10;RicAyJeZLS35/tzMuZYa19yB3LOUf+cZZdb4A4EMlQHhjGMcqKM5+woN/+WLh+dW4/0DGhfnLKij&#10;lOMJAAAAIdKcP9Dmnu//PgDTb7ya8CB3hnlS5XsByDtn+8sMa/j3LgtDZWl0ADC1Uo8uAPLECi21&#10;6AYchtR4/4DGxTkL6sbNOJ4AAAAQwmpJrq89mLi2AqC+rFDgcyXLknx/7wGQzDj/y7CGn4fKwlDZ&#10;vugAYIqNRQcAebJnjnZFN2DyLHHeP6Bxcc6C+nHneAIAAECINEkfiG6YUq77oxMA5EuhyjX3LEtS&#10;rrkDeZca/84zyxr/3J2hMiAeN9SAOvrpxo0PitV0MqvGD1ygkXFejnriHBgAAAAhCtV8X3tIeWAP&#10;QJ1VZ9byPYybc5Z6ww8sADg8iYvP6azyxh/cbvyhMuPmFXLOuaEG1NPq/cuEPhjdgclJWlob/uQJ&#10;aF6sLIW64ngCAABAiJ3bB7crx+ejBfnW6AYA+XJjufyAeJA7s8ZbUq65AznHSmUZxlBZHTBwg7xL&#10;OMaB+uPkKatYSh1oZPbr6ALkh3E8AQAAIMgqqebS5uiOqeK1WbdHNwDIl9X7H+TeHd2ByWnZM59r&#10;7kDOmXNfNLPMGv69a/yhMrN7oxOAKZVyjAP1ZzujCzA5vm8m7x3QsPxX0QXIDzPdE90AAACA5mXS&#10;L6Mbpsid3aO3cb0ZwFTgum02jZ9+160MBAJ5xza3meXy+6IbHknjD5U5N6+Qb2biGAfqL7dPm+bc&#10;9pV33crWpUCj8oQhINSNM6QIAACAQOa2PrphilwXHQAgp4xr7llkUtnYuhTIvWo6Vtb+VVzzmN4A&#10;ACAASURBVCWRMZaB79fGHyoTT7Aj31zGDTWg3tw2RidgUnjfgEZm2hGdgBxx53gCAABAHE+vjU6Y&#10;CubGUBmAqcE192wyrrkDzeCs7dt3u2s0ugOTkIHv14YfKuMJduQdW/8A9WeJN/wXMP6QmW6PbgDw&#10;8Mx9OLoB+VFNW7ZGNwAAAKB5dY8OlqXcXT+qKWkZiI4AkFOeu8/MpuDONXegWXCPLaMycE+74YfK&#10;5KyIgHwzjnGg7txTTpyyKAPT+EBTS2woOgG5MXbz6KY7oiMAAADQ7OzS6IJ6Mtc13cMbOM8GMDUS&#10;rrlnEtfcgSbifE5nUKpqw79vDT9UlijhCXbkWs19S3QDkDfVakvDfwHjD7lzwgs0MlM6FN2AfHCp&#10;slpKozsAAADQ3BIrfEU5Oi9105XRDQDyq+Zcc88iL3DNHWgaDJFmjkn3nTE0dGd0xyNp+KEyJdy8&#10;Qq7VjjrqyEp0BJA3Z23fdI+7+LeVLZ7M8J9GRwA4iBaVoxOQDybbHN0AAAAArBzeuNVdX4nuqJMt&#10;CxYc+dXoCAD5dVNl05Cke6M7cEj2FfbM+e/oCADTwwu6JboBh8aVjfes4YfK3FpZqQy55a5tx918&#10;83h0B5BHiXRtdAMmzqSfrxwcvDu6A8DDe+jf6PboDmSfm/8sugEAAACQpDSxDygHq5W5/CNcZwYw&#10;lVbv/6z8bnQHDoHpRyvvuvXB6AwA0+OBofJPTLovugOHJBP3sht+qGzW0NGjkqrRHcBUSExD0Q1A&#10;XrlpfXQDJs6NCxJAFpjr59ENyD5LnadkAQAA0BDOHN68QdIV0R2H6fYH5s26NDoCQBNwrrlnCu8X&#10;0FRWSTWXvhfdgYlLU8vEvdGGHyo7RddXTWJ7FORSKv9ldAOQV2at10U3YOISN37gAllgujU6Adln&#10;ZgyVAQAAoGFYOvOtMu2I7pgkl9ILVt12277oEAD5lxSSTNz8xn7mvF9As3ExTJohO+eMHnNzdMRE&#10;NPxQ2UO4eYVcMueGGjBVuoc33CHp9ugOTMj43tnJf0ZHAJgA14+iE5B5966slHmwAgAAAA2je/S2&#10;e5Xa26M7JsX1rz2VLT+IzgDQHFYObbpd0rboDkzIg/fPb70hOgLA9LK0xjBpdnzvFF2fiR0bszFU&#10;5gyVIacs5dgGppR9J7oAE2E3nL1x467oCgCPbLyW/FCSR3cgy+zHxjEEAACABtMzsvmLkr4Q3XGI&#10;bvGZujA6AkCzsWujCzARfj2rWALN54bRrb+Q/I7oDjwyl2fmHnY2hsoS+3l0AjAFvKVFrFQGTCEz&#10;/2J0Ax6ZmV8a3QBgYs7avukeGVvTY/LM/YfRDQAAAMCBJGNz3iqzTDwEbNJ9NbNze8vlsegWAE0m&#10;4Zp7NhjX3IEmtFpKTXZZdAce0ViSzroiOmKiMjFUZuOs5oQ88uHTtmzZGV0B5Fn3cPmWrFwMbGK7&#10;01atiY4AMHGWiq1VcBiS70cXAAAAAAey8q5bH6yO2x9JvjG65RE8qDRZeebw5g3RIQCaT/dQ+T8l&#10;bYnuwEH9elZSvTo6AkCMqjFU2vDc+rpHb7s3OmOiMjFUtnL74Ii7KtEdQH0ZN2SBaeBKL49uwEGY&#10;f7O3XL4/OgPAxHlia6MbkFm/un9k039FRwAAAAAP56ztm+5RoeVsSduiWx7GmMzP6x7ddGN0CIDm&#10;ZJK7e2ZWV2lGLv/qKUNDe6M7AMTY/+CB/SS6Aw/PlWZqNblMDJU9hAEc5Iq5sfUPMA1mJOnlkqrR&#10;HTgwqylTJ04ApH2zku9I2hfdgewx6dpVUi26AwAAADiYnq0bN6ZJ9ThJN0e3/J67LU1e0DM8eFV0&#10;CIDmlrguk+TRHTgwM7a+A5qdmbNaWaMy7TjqqEdl6sH9zAyVmcQADnLFlDIoCUyDU7duvUuya6I7&#10;cEDbZo62XRsdAeDQnL1x4y65WG0Kh85tXXQCAAAAMBFnDA3d2dKS/pHcvx7dIkkyu1WFwgtYoQxA&#10;I+geHSxLLJzQmHxj93D5x9EVAGKlY1ojaU90Bw7A/cvH3XzzeHTGocjMUJkn+lF0A1AvJt33o5HB&#10;X0Z3AM0iTfX30Q34Q2b68Cm6nlXkgAyyRF+LbkDm7NtTGGdFBQAAAGTGaVu27OwZGXypy98sKWob&#10;MZfsc7tqe57ds3XjxqAGAPhD7h+ITsCB2AeMVeSAptd7Z3mHTP8S3YE/MFZNCx+NjjhUmRkqu3G4&#10;/HOX7oruAOohla5bLaXRHUCzOGN08w2Svhvdgd+xfaZVL4mOADA5LUnta2IbQxwSu/acoaH7oisA&#10;AACAQ9VbGfxkNU1Kki6f3le2nyTy43sqm1+/anSUlSYANJSekfI6yX4S3YH/5dLmXZXyl6M7ADSG&#10;1KofVdyDETgg/+JZo5u2RVccqswMla2WUpMNRHcA9WCm/ugGoNm4+QejG/C/3PwfTxka4mQWyKj9&#10;Wwvre9EdyJJ0TXQBAAAAMFlnjW7a1lMpn+/SiyTdPMUvN+ryN++aN+PElZXBqX4tAJg09/RD0Q34&#10;bf6xVTwECuAhZwwN3Sn5pdEd+B/VxFouio6YjMwMlUmSe8ogDvLATa190RFAs+kdHvyupB9Gd0CS&#10;aUdh7xGfic4AcLjsq9EFyIw9e5PaN6MjAAAAgMPVWylf3V0pHy9Lz5D0LUnjdfvjrh9L/nqfoVJv&#10;ZfCTq267bV/d/jYATIGekcFvSvrv6A5IkoaPWvCoL0ZHAGgsDw0xVaM7IEl2xcrhjVujKyYjU0Nl&#10;qY1fIw56ZN/Puoc33BEdATQl1/ujEyDJ9fGVd936YHQGgMOTjM3+kqT7ozvQ+Nz0Fba+BAAAQF6Y&#10;5D3DW/p6KuWzq9VkoeSvl9lXJN15iH9ql7n6XXpHWkuX9YyUn9NTGfxcb7k8NhXdAFBvJrnENfdG&#10;4K6Ljrv55voNOgPIhZXDG7ea67LoDmifCsmHoyMmy6IDDlV/set7kj0/ugOYLDP7YPfw5ndHdwDN&#10;qq+tdIWZXhnd0axM+tnMyqLjT9H1DIkDOdBX7PqMyd4Q3YEGZ3puz3D5R9EZAAAAwFS7etHSY1pa&#10;0iWe+hKz5PGSP0ZuR0gak/xel/8qSbU5Nds8e2TRMNdHAORBf7H0LUlnRXc0sf+6oVJ+/mopjQ4B&#10;0Hi+XSw+uqAZt0s6Krqlif1dT6W8OjpisrI3VNZW+guZPhXdAUxW4v6UlSODv4juAJrVtYsXP368&#10;Vtgg6dHRLU0otTR5TvfophujQwDUx7pi14pUdlN0BxrabT2V8pOjIwAAAAAAwNT4TmdnsVpNfinp&#10;iOiWJjSeuD+T+44ADqav2HW+yS6N7mhSt/sMPT3LqxFnavtLSfJx/bvYAhPZdRsndkCsU7duvUsu&#10;VgsMYNIlDJQB+bKyMnizpO9Gd6CR+ceiCwAAAAAAwNQ5bcuWiqQPRHc0Jbd/5r4jgEfSWxm8TFzH&#10;j+Ce6g1ZHiiTMjhU1ntneYek70V3AJPh0proBgDSrpHyZyXdEt3RZH6V7tPfRkcAqD83/4foBjSs&#10;kQULHnVldAQAAAAAAJhaPkP/KOn26I4ms81n+vujIwBkQ+L+Fknj0R1N5mu9o+X/jI44XJkbKpMk&#10;d30tugGYJI5doAGskmpJkrxK0gPRLU3C5XrtQ4PhAHLmxuHBdeKiIQ7sM8fdfDMXKgAAAAAAyLne&#10;cnnMTa+UtDe6pUnUzPy83nL5/ugQANmwcmTwF3K9I7qjiYy01lr+PDqiHjI5VDY+p/AlSbuiO4BD&#10;9MPeSvmX0REA9ls5tOl2l14T3dEM3PThnpHyt6I7AEyN1VLq7qujO9Bw7k7G5nwiOgIAAAAAAEyP&#10;3uHyT2V6Y3RHM3Dpb7uHB9dHdwDIlp6R8sfdxc4SU28s9fQlp267/VfRIfWQyaGyszdu3CVnG0Fk&#10;jX8+ugDA7+qtlL8m16eiO/LNrntguPze6AoAU6tnZHCNXD+P7kDjMPOPrrzr1gejOwAAAAAAwPTp&#10;GS5fItml0R05982eSvmj0REAsmn23pmvl3xjdEe+2dvPGNlyU3RFvWRyqEySUjcGdJAlv96VjjEI&#10;CTQgn6m3Sbo5uiOn7mwtVF+1SqpFhwCYWia5i9XK8D+2zbQaQ9sAAAAAADShZGz2hZLYuWdK+FBN&#10;+15jkkeXAMimU3bc9oDSdJWkPdEteeTSf/RUNudqB4/MDpWdMbr5Bpd+Ed0BTITLv7pqdJQPZqAB&#10;9ZbLY4kV/ljyO6JbcmbMzF956tatd0WHAJgePSOD3zTTDdEdiOeuD54yNLQ3ugMAAAAAAEy/lXfd&#10;+mDN7P9IysW2Xw3kAUsLLzuzUvl1dAiAbOsZ3Xqr5H8uBlTr7b/HkurroiPqLbNDZZJkbv8vugGY&#10;gFqqwseiIwA8vJXDG7cWUj9J0t3RLTlRNbOXdg8Pro8OATB9TPJU+nOxOmGzu/HGkfJnoyMAAAAA&#10;AECcM4c3b1Bae6FJ90W35MReJTqre3TTjdEhAPKhpzJ4qbsujO7ID99YrSYvPGdoKHffe5keKltw&#10;1PwrJI1EdwAH49I3zqxs2hLdAeDgTh/dslmeninpgeiWjEvd9Cfdw5vXRocAmH69w+WfSnZJdAfC&#10;uExvXS2l0SEAAAAAACBWz+jWWz3ROZJYzfzwVOV6Wc9Q+froEAD50jtS/oxJfx/dkQMjSVWnnbV9&#10;0z3RIVMh00Nlx91887jJLo7uAA7GPL0ougHAxPSMbPmJm58taSy6JavM/C29w+UrojsAxEla0/eI&#10;7Q2a1RU9w+UfRUcAAAAAAIDG0DNUvl6ul0mqRrdklLv8T3tGyt+KDgGQT92V8vtc/s/RHRl2b+Le&#10;u3L7YG4Xw8r0UJkkVTX2ebGqDBrXf/WMbPlJdASAiesdHvyuu79cPD11qNzd3909PMiwN9DkVg4O&#10;3i23N0V3YNpta2lJ3xgdAQAAAAAAGkvPSPlbbvoTSePRLRmTSvbW3srgZdEhAPLtgcrg2yR9Iboj&#10;g36Vpta7cmTwF9EhUynzQ2VnViq/lvs/RXcAB5a+N7oAwKHrHRn8hjx9gUw7olsyYtxN5/WODH4w&#10;OgRAY+gZ2fxlSd+M7sD0cemtp23ZsjO6AwAAAAAANJ7e4fIVSnS6JK4dTMweuc7pqWz+RHQIgPxb&#10;JdV6KuULXHqHJI/uyQKXNidWOP6M0c03RLdMtcwPlUlSS6v/g6R7ozuA3+G6vqey5broDACT0zOy&#10;5Sc12UnuqkS3NLhdUtrDlpcAfl9LS/pmSb+O7sA0cP96b6X8tegMAAAAAADQuHqGytcn7idK2h7d&#10;0shMui9162bLSwDTrbdSvkjy14gtix/JLTMKteevHN64NTpkOuRiqOy0LVt2yuwfozuA3+bm745u&#10;AHB4zhzevKGQFE42aUN0S4O6xzw5gwFaAAdy2pYtFVl6rniyKe+2trT6a6MjAAAAAABA41s5MviL&#10;mtmpkrZEtzSo7TVPTztjZPP3okMANKeeyuClcj9P0p7oloZk+s+a9p166tatd0WnTJdcDJVJUkuh&#10;9kmxWhkax3d7K4M/jI4AcPhWDm/cOjOpPlNylpn+baYB36cndY9s+n50CoDG1TO8pU+mz0R3YMqM&#10;y9OXse0lAAAAAACYqDOHN2+YtWfm0yR9Kbqlwfx7S0v6pDNGttwUHQKgufWMDH4lraVPN+ln0S0N&#10;ZNxkb+0eLp9yZqXSVDu0WHRAPfW3lf5Cpk9Fd6DpVU16enelfFt0CID66m9f8hJzv8SlR0W3BBo3&#10;2V+vrGz+hLH6EIAJuHrhwjkthTn/JdPToltQX+b62+6R8oeiOwAAAAAAQDb1FbvON9mnJR0R3RJo&#10;n8nezjV3AI1mfUfHrL1p4SLJ3hzdEmxb6vbKZl1FMldDZWukwvxi6SaXnh7dgublrot7R8pviu4A&#10;MDX6iqUnmfQVSU+JbpluLt0l1/m9I+VrolsAZMu6hV1taavdLNeC6BbUh0lf7a6UXx7dAQAAAAAA&#10;sq2vvfQMk74i19LolgAj5smr2BEEQCPrL3a9WrKLJc2NbgnwXbPWc7uHN9wRHRIlN9tfStIqqZbK&#10;3yimuBHFtCO1fe+NzgAwdXor5V/eUCk/3eWvlnRPdM80GZP0d7Xq7k4GygBMxsrtgyMPfW6m0S2o&#10;B9+YztCfRVcAAAAAAIDs6x0u/3TB4458ssneKun+6J5pskfS3+1K9y5joAxAo+upDF7aWmvpkPwT&#10;ap5r/MMuvainUv6jZh4ok3K2Utlv9BdLayT9cXQHmpDrwp6R8qejMwBMj4FFyx/jyd73SXahpEJ0&#10;z9SwvkJae+vpo1s2R5cAyL6B9tLr3PX56A4cllGv6Tm928qj0SEAAAAAACBfBtqf+AT38Ysknauc&#10;3seWdLnX9C6urQDIorVtnccVkuRid50Q3TJF9kq6qFrd/dGztm/fHR3TCHL5ZXz1wqWPa2lJN0h6&#10;XHQLmol/v7syeBL7nQPNZ23bkhck5h+T9KzoljraYmbvWTm8+ct8rgGop7720gfN9a7oDkzKA2Y6&#10;qXu4fEt0CAAAAAAAyK/+ttJKSRfJ9LToljq6Xebv6hkevCo6BAAOx00rVrTevWPnhWZ6l1wLonvq&#10;xVz9Mv11d6V8W3RLI8nlUJkkDbQteY2b/2t0B5rG3rSWPu2MbVs2RYcAiNNf7DzRlfyNSWdGtxyG&#10;W1xafWOlvHZ18yxhC2AarZaSZxdLV7r0sugWHJKqXC/tGSl/KzoEAAAAAAA0h/5i54lS8neSXhjd&#10;Mnn2E5e/v6dS/jYPcAPIkzXLl8+Yu2vvy032Xkld0T2TVJN0ZeL+0ZUjg7+IjmlEuR0qc8kGil3X&#10;SHZqdAuawuqeSvnvoiMANIaB4tJTpfQ9Lr0gumXifKPJPnh/pXzlqv0nUAAwZdZIhXnF0pWSVkW3&#10;YEKqMl/Fk7QAAAAAAGC6uWTr2pf0Sv6ejG239t+S3n9Dpfwfq3mAG0COrVm0aPb8ZPafufyvJR0T&#10;3TNBLulbZvp7duY4uNwOlUlS/+Jly1Sr3SJpTnQL8sukDTOT6jNPGRraG90CoLF8p7OzWKsWznH5&#10;qyU9I7rnALabdLmky1nKFcB0W7N8+Yx5u/ZdJXlvdAsOKnX5a3org5dFhwAAAAAAgObW33Fsh6fV&#10;l5nptXItje45gEFJXzLp37nmDqDZrJaSE4qdz5Xsj2X2igbcGtMl/Zfkl7XWWv/j1G23/yo6KAty&#10;PVQmSX3tpdea65LoDuTWbpeO762UfxkdAqBxuWQD7aVne6pXmulsSW2BOfdK6jezLz/ucfOvOe7m&#10;m8cDWwA0ufULls/dO3vsW5JOiW7BAbnL39JbGfxkdAgAAAAAAMBvrJaS49uWnJhY+kpJL5LsCWEx&#10;ph1yX+tuX35gpHwdO4EAgHT1woVzWgqzXySzl0s6VdIRcTW+UbKvJ+5XssXlocv9UJkk9bd3XSm3&#10;V0R3IIdcF/aMlD8dnQEgW9Z2dBydpC3Pl+xUd+82U3EKX+7Xkq6V/NqaCteeWdm0ZQpfCwAO2Zrl&#10;y2fM3TV2pUkvjW7B7xiX+/k9I4NfiQ4BAAAAAAA4mGvali2sWe15kp360Kr4i6bw5X4l6btccweA&#10;iVktJc8pdj3DlZzo8udJWilp/hS+5C8l+4Hk11aryfqztm+6ZwpfK/eaYqjsqo6OR81KCz+VrCM4&#10;BfnyzZ5K+cXREQCybbWUnLBo8ZPdkiea2bEmPVHSMpeWSZp9CH9qXPIt8uSXMt8ot42pa4PN8p/1&#10;lstjU1MPAPWxfyvMscslrYpugSRpzKTzuyvlNdEhAAAAAAAAh2KNVJjbXnqqpXasK32imR0rs2Vy&#10;XyZp5iH8qX2Syi5tkGlj4rrdPb19wVGP/hk7gADA5K1fsHzu2KzxZ6RWO1Zuy8zsiZIfK6lDUnII&#10;f+p+yTZKfrukDTLbmFZrvzhj25ZNUxLepJpiqEySBtqWPt8tvU5Sa3QLss9dFY3ruN47yzuiWwDk&#10;02opOa5YPDKpzTjClc5pKdg8N82XFwqSZKr9uibbY0nL7lq6e+fRCxY8wA9ZAFk3UFzyFpd/XIf2&#10;wxH1NWKF5KzurZt+Hh0CAAAAAABQL2ukwpxicX5rtXVuOrNlTlKrzq2Zjky8kLiqnsjuG7dktyXV&#10;3V6r3X9EpXPXKbq+Gt0NAM2ir1Same7bN0ea9ehWr81xL8xRsn9FszRNxwuJP+CpdibWsvvBwtju&#10;c4aG7otubgZNM1QmSX3FrvNNdml0BzLvQaW15/aMbr01OgQAACBv+tpLrzLXFyTNim5pNi79wpKW&#10;s3qGbh+KbgEAAAAAAAAAALGaagWA3srgZZJ/NroDGed2AQNlAAAAU6N3uHxFkiTPMGlDdEuT+cLs&#10;pHo8A2UAAAAAAAAAAEBqspXKJGl9R8esvWnr9yQ/ProF2eOui3tHym+K7gAAAMi7vlJpvo35v8ns&#10;JdEtObdP8jf1VAY/Fx0CAAAAAAAAAAAaR1OtVCZJpwwN7W2tFXpc2hzdgoxxu+rGkfJbojMAAACa&#10;QW+5fP+ukcFV5vpbSePRPTm1xROdxEAZAAAAAAAAAAD4fU23Utlv9C9etky12o8kPTq6BY3PTDfc&#10;X9t7yqrR0T3RLQAAAM1moFha7q4rZHpadEtOuOSf3JWOvYPzWwAAAAAAAAAAcCBNO1QmSX1tpdPN&#10;tFZSS3QLGtp2r+mE3m3l0egQAACAZnX1woVzWlrnfECuN0sqRPdk2HZ3v7B3ZPAb0SEAAAAAAAAA&#10;AKBxNfVQmST1t3edI7c1YrAMB+R3FFI/6fTRLWyXCgAA0ADWLup8SqGQfN5dJ0S3ZMz/Z+/eo+w+&#10;C3r/f549k1tpCrRNgTaZ3HaaQrhJKohcpEjbJKWHpWIVsQoH7yAc8SgcOEer4u2n6EE8xx8efqLC&#10;EQwqp5bMTEoxcEQp0KJcItJO7mmBtlR7IW2Smf38/igihV5ymZln9p7Xa62urtVm9ve9265mZu/P&#10;fr5TJfnto5OHfvnSm28+1DoGAAAAAACY2+b9qCxJRke6Ly7Je+LEA+7vy71e74JLDu7+TOsQAAD+&#10;3XUbNy647dY7f6qm/mLczv5YfLx28poteyeubR0CAAAAAAD0B6OyrxobWfvDSfmjJJ3WLcwJ/9Lr&#10;lOdfsvfGf2wdAgDAA7vq7HPPHBqe+pWS8iNx8vADuTmpb9i0f9eflqS2jgEAAAAAAPqHUdnXGV/Z&#10;fWWt+b0Yls1rJfnXmt6lm/fv/kjrFgAAHt72s9eu6A3nPyflx5Isbt0zB+yqqb981rJHvfv8668/&#10;2joGAAAAAADoP0Zl32B8RfdFteQ98WbUfHVgqpSLX7jvxs+1DgEA4PiML1/braW8PiWXJ1nYume2&#10;1Zr9pZQ339W7539ddvDgPa17AAAAAACA/mVU9gDGV669oNZyZZKlrVuYRSU39DpTF12yZ8++1ikA&#10;AJy4q1esP3uqTP6npPx4ktNa98y0mnw2qb/lZDIAAAAAAGC6GJU9iLGRNc9OOlcmOb11CzOvJP/Y&#10;qUOXXHTg8ze3bgEAYHqMdruLciQXleTyJN+VZLh10zS6pSTvSPLOTfsndraOAQAAAAAABotR2UPY&#10;vnL96lqnttXk8a1bmFFbF3cmf/iCvXvvbR0CAMDM2L5y/eqp3uQPlFJekmRD654TdCTJ9tTy7smp&#10;r1x56c03H2odBAAAAAAADCajsofx/pGRRw+Vhe9LzXe0bmH6leQ3L94/8V9KUlu3AAAwO7YtX/Ok&#10;oU7nxTVlc1I3Jum0bnoId6WWa9Kp28rUovdtOrjz9tZBAAAAAADA4DMqOwZbly9fsrSz5A+S+sOt&#10;W5g2R0vKz23af+NbWocAANDO6GO7y8rCXJyU5yT1mUmekGSoYdJdSfl4au+jGSofXHbGI//u/Ouv&#10;P9qwBwAAAAAAmIeMyo7D2Ej3B5O8LckprVs4KXtKyYs37Zv4ZOsQAADmlivXr1+64N7Jby298pSU&#10;+uSkPDnJ45Msme5r1eRLJeWzKfXTqfVT6fX+4a6De3ZelkxN97UAAAAAAACOh1HZcRpffu7Te6X3&#10;3lIy0rqFE1Dzod7Q5Esu2bv3i61TAADoH9esXv2YyaMLVqbTW5VSz+rVcnpSTy8ppydZnNRTkiz6&#10;2hfUzl0pdTLJHTX19qTc3in5clK+0Kt1z9Tkob2X3nzzoVbPBwAAAAAA4KEYlZ2AK9evX7rwnt5v&#10;J/XHWrdwzA6XlNddvP/G3ytJbR0DAAAAAAAAAABzlVHZSRgd6b643Hc7zNNbt/CQPtOp9QcuPrDr&#10;s61DAAAAAAAAAABgruu0DuhnW/ZP/EXp1Wck9W9bt/CAapK3H1ky9CyDMgAAAAAAAAAAODZOKpsm&#10;YyPd703J/0jNstYtJEk+WUp+dNO+iU+2DgEAAAAAAAAAgH7ipLJpsnn/xHuHekNPrclftm6Z546U&#10;Un51cWfyWQZlAAAAAAAAAABw/JxUNgPGl5/79Nrp/U6SZ7VumUdqknfVqbxhy00TB1vHAAAAAAAA&#10;AABAvzIqmyE1KeMj3Rcn9f9JyqrGOQOufCR16rWbD+z+ROsSAAAAAAAAAADod0ZlM2zHsg2nHl58&#10;+NW15D8neXTrnoFSckNJ+aVr9934niuSXuscAAAAAAAAAAAYBEZls2T7Y578iKlFh15VktfFuOwk&#10;1c8n5b99bP/EX15hTAYAAAAAAAAAANPKqGyWXXPOeWdMDk/9VK31VUnOat3TT2ry2VLLm+86beGf&#10;XbZz55HWPQAAAAAAAAAAMIiMyhrZsWrV4nt6Q5eXlNcmOa91zxz3N7XU3968b9d4SWrrGAAAAAAA&#10;AAAAGGRGZXPA9pG1G3vJDyXlpUnOaN0zR+yqyf/KVP73lpsmDraOAQAAAAAAAACA+cKobA65cv36&#10;pQvvnbosvfxgSp6TZKh10yw7VJKrUso779x34/hlyVTrIAAAAAAAAAAAmG+Myuao94+MPLqTBZcm&#10;5XtLcnGSBa2bZsidSa6syXuzMFdvmZg43DoIAAAAAAAAAADmM6OyPjC+8vGP6+XoGJhHvAAAIABJ&#10;REFU5lKzOcmFSR7ZuukkHUjKWK29sSX3Lr7mglt33t06CAAAAAAAAAAAuI9RWZ/ZkecNH1px07eX&#10;9J6TUr6tJN+W5MzWXQ9jT635aEq9tvbqhy45uPszrYMAAAAAAAAAAIAHZlQ2ALads+bczlDn6bXm&#10;qaWUpyb1W5Kc3qKl1uwvJf+Y5B9KzT9MDU1+7JK9e7/YogUAAAAAAAAAADh+RmUDatvq1Ss7U6Vb&#10;Smd1L1ldUlenlpW5b2z2b38MH+fD3pvk9prcXmpuq53s6aTsqbXuqal7Or3Fn9t0cOft0/1cAAAA&#10;AAAAAACA2WNUNo+Ndrunlcnh06d6vc5wektK6uKv//u9oeG7p6bq0c5U78hUPXT7pTfffKhVKwAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAG2V1gEAAAAAAEBbW5OhR69Zc86Ro0OrOqW3OimrS8lZSR5Xa86qybKSDCV59AN8+T1J&#10;vSvp3Jn07qi13NLplD01dU9N3TN0NDdedPOugyWps/y0AAAAOEFGZQAAAAAAMI9s3bBh4alfOfy0&#10;9Oq3lpQnJ+UpSd2Q5JQZvOyhktxQk52l5KO95O+X7Fv+mQvyockZvCYAAAAnyKgMAAAAAAAG2NYN&#10;GxYuveue5yTl4qQ8K8nTkixu3ZXk7iR/n+RDnVI/fMaZj/rE+ddff7R1FAAAAEZlAAAAAAAwcD6w&#10;Zs0jJ48OfVdK/a4kz09yauumh1OSf03y173kL7IwV2+ZmDjcugkAAGC+MioDAAAAAIABsHXDhoWn&#10;3X3k0trLS1Pq5syN08hO1B1J3pv0/mTT/t1/V5LaOggAAGA+MSoDAAAAAIA+NrZ6/fpM9n4kpf5Q&#10;krNa98yAiST/3+Rk5+2X3nzDba1jAAAA5gOjMgAAAAAA6DM1KeMruhel5GeSXJT58Xr/vUn58056&#10;b714/67rW8cAAAAMsvnwQyYAAAAAAAyEK5LOM0a6P5Dk9Uk2NM5pptSMlU5908X7dv196xYAAIBB&#10;ZFQGAAAAAABzXE3K9pXrvrvW+stJntC6Z+6o15RSXrdp38QnW5cAAAAMEqMyAAAAAACYw7avXPvt&#10;vdr570n91tYtc1QvKe+c7JU3XnrwhptaxwAAAAwCozIAAAAAAJiDRs/pLk8nv1lKXhKv5x+LQ0l+&#10;ZdmyR775/OuvP9o6BgAAoJ/5IRQAAAAAAOaQrRs2LFx61+E3JPn5JEta9/ShXal55eYDE9tbhwAA&#10;APQrozIAAAAAAJgjxpavfnI6Q/8rydNbt/S5WlPftuSexT93wa07724dAwAA0G+MygAAAAAAoLEr&#10;ks4zRrq/kOSNSYYb5wyQ+oWa8uNb9k9c1boEAACgnxiVAQAAAABAQ6OP7S4rC+s7knJJ65YB1SvJ&#10;by3av/y/XpAPTbaOAQAA6AdGZQAAAAAA0Mj4yLkvqKX3Z6lZ1rplHrh+Kp3LXrj/ht2tQwAAAOa6&#10;TusAAAAAAACYj0ZH1v50TW+bQdms2ThUeteOr1x7QesQAACAuc5JZQAAAAAAMIuu27hxwa23/usf&#10;JuVlrVvmqaNJfdXm/bv+sHUIAADAXGVUBgAAAAAAs+TK9euXLrxn6i+SXNS6hfp7d+3f9drLkqnW&#10;JQAAAHONURkAAAAAAMyCbatWPXaoNzxWk6e2buFrtt61dNHll+3ceaR1CAAAwFxiVAYAAAAAADNs&#10;dEV3bSn5YJKVrVu4v5L836Hh3n+4cPfuO1q3AAAAzBWd1gEAAAAAADDIxladt6qUXB2DsjmpJs+d&#10;nOxs27Fsw6mtWwAAAOYKJ5UBAAAAAMAMGT2nu7wM1b9NyqrGKTycmg9NTh265NKbbz7UOgUAAKA1&#10;J5UBAAAAAMAMGH1sd1lnKFcblPWJkucNDy+5cseqVYtbpwAAALQ21DoAAAAAAAAGzWi3e1pJrkny&#10;5NYtHI+y5mjtPH7dHbf/xYeS2roGAACgFSeVAQAAAADANNq6YcPCzpFcleRprVs4fiX5nmeMdN/W&#10;ugMAAKAlozIAAAAAAJhGS+88/Ds1eW7rDk7Kj4yPrPv51hEAAACtlNYBAAAAAAAwKMZXrn1VreWt&#10;rTuYFlO11Eu37Ns11joEAABgthmVAQAAAADANNi2Yt1zO6V+MMlw6xamzV0leeam/RM7W4cAAADM&#10;Jre/BAAAAACAk3TV2eee2Sn1XTEoGzRLe8l7ti5fvqR1CAAAwGwyKgMAAAAAgJNQkzK8oPfOJCta&#10;tzD9SvLEpWXxb7XuAAAAmE1GZQAAAAAAcBLGV3R/JjWbWncwg0peObpi7fe1zgAAAJgtpXUAAAAA&#10;AAD0q7HV69dnauqTSU5p3cIMK7m1Hs6GLV+cuLV1CgAAwExzUhkAAAAAAJyArclQpqb+NAZl80PN&#10;srKovqV1BgAAwGwwKgMAAAAAgBOwdOW61yZ5eusOZlEtLxkd6b64dQYAAMBMc/tLAAAAAAA4Tlct&#10;P/ec4U7vc0mWtm5h1t20+J5F511w6867W4cAAADMFCeVAQAAAADAcRrq9N4Sg7L56px7lxx+Y+sI&#10;AACAmeSkMgAAAAAAOA7bR9Zd2Eu9unUHTU12av2Wiw/s+mzrEAAAgJngpDIAAAAAADhGNSm91F9r&#10;3UFzw71S3tQ6AgAAYKYYlQEAAAAAwDEaH1n7Q0nOb93BnPCibSvWPbd1BAAAwEwwKgMAAAAAgGOw&#10;I88bTsovtO5g7uiU+sbWDQAAADPBqAwAAAAAAI7BvStu+sEka1p3MKdcNDay5tmtIwAAAKabURkA&#10;AAAAADyMrRs2LEypV7TuYO4ptfOG1g0AAADTzagMAAAAAAAextI7j3xPkpWtO5h7asmm0ZHuE1p3&#10;AAAATCejMgAAAAAAeFj11a0LmLNKp+ZnW0cAAABMp9I6AAAAAAAA5rJty9c9o9Op17buYE47XI9k&#10;xZYvTtzaOgQAAGA6DLcOAAAAYDCNrTpvValTG2utG5NydlJPT3JGkkVf/SVfLsm+Wsr+JP+UMvTJ&#10;zXv/eW+zYACAB9Hp5CdbNzDnLeosLD+Q5C2tQwAAAKaDk8oAAACYFtdt3Ljgtlvu2FJL2VJr3VRK&#10;Ro77QUpuTc14Tf56yT2Lxi+4defdM5AKAHDM3rdq1aMW94a/kGRx6xbmvF2b9k+sK0ltHQIAAHCy&#10;jMoAAAA4KdvPXruiDpdX9pKXleQx0/jQdyb1j3tT9X9cctPuG6bxcQEAjtn4inUvr6X+UesO+kPt&#10;5Jlb9k64VSoAAND3Oq0DAAAA6E/b1649a3yk+7u94XJDTV43zYOyJDktKa/uDHU+N7qy+0dXr1h/&#10;9jQ/PgDAw6ql9/LWDfSRqby0dQIAAMB0cFIZAAAAx21sxbqXlVJ/tyaPmsXLfqUmv7Jk//I3X5AP&#10;Tc7idQGAeerqFevPnipTB+ID2hyz+oW79u9acVky1boEAADgZPhBGAAAgGM2+tjusrGRddtS6jtm&#10;eVCWJI8oyW/cO3Lwo+Mj3Q2zfG0AYB6azNSL4nV0jkt53NJV3ee0rgAAADhZfhgGAADgmIyNrPnO&#10;sig7k7qlccr5NblubKT7g407AIABV0r97tYN9J/Sy4taNwAAAJwsozIAAAAe1thI93uTzrbULGvd&#10;8lWLk/zJ2Irua1uHAACDabTbPS0pz23dQf+pyabWDQAAACfLqAwAAICHNLai+1NJ/jzJotYt36CT&#10;kjePjnR/oXUIADCAjuQ7kixsnUFfOm90RXdt6wgAAICTYVQGAADAgxpf0X1RSn4vSWnd8mBK8kvj&#10;K7uvbN0BAAyWkvqC1g30r07Kha0bAAAAToZRGQAAAA9obMWab60l704y1Lrl4dSa39s+su6FrTsA&#10;gMFRU57fuoH+VUt9VusGAACAk2FUBgAAwDfZsWzDqSmd9yRZ0rrlGHV6qX/8gTVrRlqHAAD9732r&#10;Vj2qJBtad9DXvr11AAAAwMkwKgMAAOCb3Lvk8O8mWdO64zidMXm08yd1Dt+qEwDoD0t6C8+P7yk4&#10;OWvGVz7+ca0jAAAATpRRGQAAAPczurz7HUle0brjhJQ8b/tI9wdbZwAA/a1Xp57RuoH+V+rkxtYN&#10;AAAAJ8qoDAAAgK/ZmgyVTt6aPj6Zo5a8+cr165e27gAA+ldJnta6gf43VXtPad0AAABwoozKAAAA&#10;+JqlI92XJHlS646TUrNs4b29n2idAQD0sZINrRPof8aJAABAPzMqAwAA4Ou9vnXAtKj157cuX76k&#10;dQYA0H+u27hxQVLWtO5gAJTyhNYJAAAAJ8qoDAAAgCTJ+Mi5L0gG5lSOM08rS76/dQQA0H++eNud&#10;3SQLWncwEFZvTYZaRwAAAJwIozIAAACSJL3ae3nrhulUS/5j6wYAoP8MJ04pY7osevSaNee0jgAA&#10;ADgRRmUAAABktNtdVEr+Q+uO6VWfvW316pWtKwCA/lJrlrduYHBMTZW1rRsAAABOhFEZAAAA6Rzp&#10;PCfJqa07pttQb+jC1g0AQJ+pPaMypk2txUllAABAXzIqAwAAICn1ea0TZkKtubh1AwDQX0rK2a0b&#10;GCA1Z7VOAAAAOBHDrQMAAABor9beM5LSOmMmbGwdAAD0mU5OT20dwaCopT6mdQMAAINrtNtdlHuy&#10;rHZ6jx3qDD2m9rIsnSyrtXZS6yM6pSx8wC+suTMpt/dKva1T6pfTGbr96OHcdOnNN9w2y0+BOcyo&#10;DAAAgCTlW1oXzJCVO5ZtOPWCW3fe3ToEAOgPtea01g0MjlLLGa0bAADob9dt3LjgltvueGJJnpbk&#10;CalZUUpGaq0jOZLHZSgp6aTWet/nhr/6p5Ty4J+XKUlS7/vltSRTvQwPJ2Mj3XtKsrcmB5Kyt6Z+&#10;LjX/tGBB758v3L17/6w8YeYMozIAAIB5brTbPS1HMqhvdnUOPeJIN7fmH1uHAAB9w6iM6dMpj2id&#10;AABA/6hJuXrVuevrVH1mSn1mTTbeeusdTyzJ/U4cqzWZoTtPLKnJ45M8/t9GZynJ5GQnYyPdu0vy&#10;ySQfTc1Hh4enrn3Bnj1fmokI5gajMgAAgHmu3ttbWTqd1hkzpjPllkMAwHE5tXUAA6TWU1onAAAw&#10;t129fM26XmdoSy/1BePJM9PrnTEze7GTdmpNnpvkuSnJ0amhjI10J5L6wZpyzcKp4R0vuOmfv9w6&#10;kuljVAYAADDPdYY7Z6TXumIGlSxrnQAA9I+aDM3N92/oT0ZlAADc39ZkaOnImufVlEuTsmUqWfe1&#10;U8H6Tzcp3ZL8+NGhyd7YSPcfklyV3tT7Nh/c8+nWcZwcozIAAIB5rvQ6w3WAV2W13P9oeACAh1KS&#10;odYNDJLivycAAHJF0nn68u5zylAuqzXfk+QxfToieyidJBuTbExn6Iqxke6upP5Van3v5gO7P9E6&#10;juNnVAYAADDP1dob6tePwR2LUutU6wYAoJ/UTgb5myNmme9FAQDms/ePnLtmuNT/WGt9WZJzUufV&#10;Txtrk/JzKeXnxka6/1RS/qRTO++66MDnb24dxrExKgMAAJjnOp16V68O8EsZtXOkdQIA0D9qytEB&#10;/s6IWVcG90hgAAAe0HUbNy649ZY7X5ySVyS959e+vbPltHpCTf3NqTL1a+MrulfXTu/3P7Zv9/gV&#10;GeBbaAwAozIAAIB5rk7llnRaV8yc0ul9sXUDANA/Ss0hb/kwfcpk6wIAAGbHNeecd8bRocmfvvW2&#10;O34qJcta98xRQ7Vkc2pn8zNG1n5hLOUPJyc7v3/pzTfc1jqMb2ZUBgAAMM/1FpdbygCf5TU1WW9q&#10;3QAA9JGSQ60TGCAld7ZOAABgZm1fu/as3tHyM5OZ/Ikkj0ptXdQvyuOS/OLwcO9nRld2f3/qaOd3&#10;jcvmlgH+LDoAAADHYsvExJ21Zn/rjhly9JQFvUF9bgDADKjJ3a0bGCC1d0frBAAAZsb4ysc/bmxk&#10;3dt6R8uBJK+vyaNaN/Wp00rNG4aHezeNjax72+g53eWtg7iPURkAAAApJf/YumGGfOqCvXvvbR0B&#10;APSPktzSuoFBUv6ldQEAANPryvXrl46OdH+h1qOfS+qPJVnYumlALEzqj5WhfH5sxdpf2bFsw6mt&#10;g+Y7ozIAAABSa/1464aZUFOva90AAPSXktzauoEBUsrtrRMAAJgeWzdsWDg60n3dwnum9pXkl5I8&#10;snXTgDolpfzXe5cc3jc60n3daLe7qHXQfGVUBgAAQNIpo60TZkKpZax1AwDQX6qTyphOvRxsnQAA&#10;wMkbXbn2+UvvPPzxkvxGkke37pknTi/Jb+RIrhtfce5zWsfMR0ZlAAAA5OP7Jj5Vky+17phmhyan&#10;Dl3TOgIA6C+llH2tGxggZepA6wQAAE7cNatXP2ZspPvnpZYPpuQprXvmo5I8sZbeh8dWdN8+vnzD&#10;6a175hOjMgAAAHJF0kvNu1p3TLPRS2+++VDrCACgv9TUPa0bGBydsuCm1g0AABy/mpTxFetefnRq&#10;6HNJLmvdQ0pKXlE7hz83urL70tYx84VRGQAAAEmSXun8zyS91h3TpVfLW1s3AAD9Z/Jo58bWDQyM&#10;e+7Y9/n9rSMAADg+21avXjk+0r2mlvpHcavLueasUvOusRXr/mr72rVntY4ZdEZlAAAAJEleuP+G&#10;3Sm5unXHNNm55cCNf9s6AgDoP5fefMNtSe5o3cFAmLgsmWodAQDAsRsfWfeazn2nkz2/dQsPodTv&#10;6h0tN4yNrP2x1imDzKgMAACAr+lN9X4+A3BaWal5Y0lq6w4AoD+V5FOtGxgApX62dQIAAMdmx7IN&#10;p46NrH1HTf3vSZa07uGYPDIpbxtb0X371uXL/TubAUZlAAAAfM0lB3d/JrX+n9YdJ6Xm2osPTPx1&#10;6wwAoH/Vms+0bmAQdP6pdQEAAA9v+4q1T7z3lMPXJ+VlrVs4ASWvWFoWf/Tq5WvWtU4ZNEZlAAAA&#10;3M/wgvozSe5q3XGCJpPeq51SBgCcjFqqk8o4eb36idYJAAA8tNEVa7+vV8pHU3Nu6xZOQslTpjqd&#10;68ZXrvue1imDxKgMAACA+7lw9+79Sf3PrTtO0Js2H9jtzTsA4KTUXr22dQN9r3fv0OTHWkcAAPDA&#10;tm7YsHBsZN3bSinvSXJq6x6mxWm11r8YG1n7livsoaaFf4gAAAB8k4/t3/X2pG5r3XGcrr9r6aJf&#10;bx0BAPS/TxzcvTPJHa076F812fVde/f+a+sOAAC+2Wi3e9rSuw5fldQfa93CTCivfvqK7jtHu91F&#10;rUv6nVEZAAAA3+SKpLf4nsXfn1I+3brlGB3sdSZfeNnOnUdahwAA/e+KpJfUj7TuoH91kg+1bgAA&#10;4Jt9YM2akXIkH0lyUesWZk4p+YFyJB+86uxzz2zd0s+MygAAAHhAF9y68+7aq9+d1C+0bnkYX0nJ&#10;ZZfs3fvF1iEAwCApRmWcsFrLjtYNAADc37YVa86fnCzXJnlS6xZmxbOGh3t/u/3stStah/QrozIA&#10;AAAe1JYDE7tKL89NcnPrlgfx5U7qd2zeN/HR1iEAwIDpTY22TqBv9SanygdaRwAA8O9GV3Qv6pTO&#10;h5PyuNYtzKrzesPl42PLVz+5dUg/MioDAADgIW06uGuiU+vFSfa1brmfkltrJy+8eP+u61unAACD&#10;Z9PBPZ/J3B3WM5fVfObSm2+4rXUGAAD32T6y7sJS8r4kp7RuoYnHpjP0gdGV3W9pHdJvjMoAAAB4&#10;WBcf2PXZ0lv0tKR8sHVLkqTm2qHe0FO37J24tnUKADCYSlJLzXjrDvrQfW9YAgAwB4yvXPc9vdT3&#10;x6Bsvjur1HxodFX321qH9BOjMgAAAI7JpoM7b79r6cItpZRfTTLZKKOWkj+YnDr0nRcd+LyTQwCA&#10;GdXr1L9o3UD/mSpla+sGAACS8eVrN9Va/yzJwtYtzAmnlV7eP7763Ke0DukXpXUAAAAA/Wd8+blP&#10;r53eHyR52qxdtJRP93r56UsO3Ph/Z+2aAMC8tnXDhoWn3XX4SzV5VOsW+kTJDZv3TaxvnQEAMN+N&#10;L1+7qXbKlTEo45vd0au9F1xyYPd1rUPmOieVAQAAcNw2Hbzh45v2T5xfa/3+pH5+hi+3u5a84mP7&#10;bvwWgzIAYDZdtnPnkVrzl6076Cflna0LAADmu+0jazfWTnlPDMp4YI8spfP+94+cu6Z1yFxnVAYA&#10;AMAJKUndcmDXn39s/64n1FK3lJqxJFPT9PC9JDtS60sW71++fsu+iT+64r6/BgAwq0rpvKd1A32j&#10;lzL0rtYRAADz2dXL16zrpYwneWTrFuaukjxmKFOj15xz3hmtW+Yyt78EAABg2lx19rlnDg9PXZKU&#10;FyZ5dpLHHseX/0tN/q7UjNVe/nrLTRMHZygTAOCY1aSMr+z+c2rObd3C3FaTD2zZP3FR6w4AgPnq&#10;mtWrH3N0qnNtUlY1TqF/XNc5fMrzLv7Sp7/SOmQuGm4dAAAAwOC49OYbbkvyJ1/9I9tWr15ZJjvf&#10;0umUc1JzVpJFX/vFpUyml4O9Tm9fKQs+t3nvP+9tEg0A8BBKUsdq3pHk11u3MLd1Svnj1g0AAPPV&#10;aLe7aPJItiZZ1bqFvnJ+b9Ghd9Tk+0pSW8fMNU4qAwAAAACAh3DfiQdD+/L1A3m4n/qFu5YuXnXZ&#10;zp1HWpcAAMxHYyPdP01yeesO+tYbNu+f8EGib9BpHQAAAAAAAHPZC/bs+VKSd7buYO4qtfy+QRkA&#10;QBtjK9f9XAzKODlvGl+57pLWEXONk8oAgKZGu93Tho7Udb3SWVlqfURNXZJSpmqvfrmToS+nMzSx&#10;ad/nvtC6EwAAgPlt2/I1T+p0Op+K19X5Zvd2FtSVF+/adUvrEICTMfrY7rKhRXVdr1fOLCln1NJb&#10;kORwTflK7ZUDQ1l446aDO29v3Qnw9baPrLuwlzqWZKh1C33vX2rNt245MLGrdchc4YdfAGBWXb18&#10;zbreULm41vLcJM9KcvYxfNmdST6TWneUTv7mzDMf9ZHzr7/+6MyWAgAAwP2NjXTHk1zcuoO5prx1&#10;8/4bX926AuB4XJF0nrly7bf10nl+an1+kqcmefTDfmHJran5aGo+XIY7H9y054ZPzXQrwIP56m3q&#10;P5lje68JjsXHly175LO9D3kfozIAYMZddfa5Zy5YMPXDtZaXJNk4DQ/55aT8ZU3vT7fs3/V30/B4&#10;AAAA8LC2j6zd2Ev5RLy2zr871OtMrr1k794vtg4BOBbjq899SqZ6L6vJZZmeEcY/1+TdC4Z7f3zh&#10;7t37p+HxAI7JFUnnGSPrrk7qd7ZuYbCU5Dc37Z94feuOucAPvgDAjPnAmjUjk5PlZ5PyiiSPmKHL&#10;/H1NfmPL/omrZujxAQAA4GucVsb9lPzPzfsmXtk6A+DhbFux7rmdTv0vqbk4M/Me8dGSvLuX/OaW&#10;/RP/NAOPD3A/YyPd1yf59dYdDKRakxd579GoDACYATuWbTj13iX3/mpSfjLJgtm5avlIepOv3Hxw&#10;z6dn53oAAADMR9uWr3tGp1Ovbd3BnHB3KQvO3bTvc19oHQLwYLYtX/OkTqfz35M8f5YuWZO8qx7J&#10;z2754sSts3RNYJ756v/bPp5kcesWBlX9QmdBnnrxrl23tC5pqdM6AAAYLNtWrDn/3lMOX5+UV2fW&#10;BmVJUp+dztAnxld037A1GZq96wIAADCfXHLwxo+l1He37qC9UvPrBmXAXFWTMrai+9pOp/OJzN6g&#10;LLnvUJPLy8L6qfHlazfN4nWBeWK0213UKZ13xqCMGVUe1zta3tq6ojWjMgBg2oyvXPuqTul8JDXn&#10;NkpYWEt+denI2h0fWLNmpFEDAAAAA65Olp9P8pXWHTS1b9HQ5O+0jgB4INecc94Z4yPr3p+SNydZ&#10;1KaiPK52yrbRld1f9SFgYDqVI/nFlDyldQfzwmWjI90Xt45oye0vAYCTtiPPG7535OAfJPmR1i3/&#10;rn6h1+lsuWTvjf/YugQAAIDBMzbS/bUk/6V1B22UUl66ad+Nf9a6A+Abja06b1V6k2NJzmvd8u/K&#10;aOfwkssu/tKnDbKBk7Jt1bqndnr1E0mGW7cwb3yx9BZt2HRw5+2tQ1pwUhkAcFK2Ll++5N6Rg3+V&#10;OTUoS5LyuE6vfnh0efc7WpcAAAAweBbfs+jXkuxr3cHsq8kHDMqAuWh8pLshvaN/nzk1KEuSuqW3&#10;6NDfXHX2uWe2LgH6V03KUK++JQZlzK7H1s69v9Y6ohWjMgDghI12u4uWdha/P8mlrVsexGmlk9Gx&#10;kTXPbh0CAADAYLng1p13l1JfnqS2bmFW3b1guDfHPlgHkIytXr++luxIyuOXB/6ZAAAgAElEQVRa&#10;tzyIpw8N93a8b9WqR7UOAfrT+Mruf6zJc1t3MB+VH90+snZj64oWjMoAgBNWjuT3kzy/dcfDOCWl&#10;81ejK7prW4cAAAAwWDbt27UjyXtbdzB7avKmC3fv3t+6A+DrXXPOeWdkaur9qVnWuuWhlOSJi+vw&#10;u3fkeU4ZAo7L+PINp6fmt1p3MG91eilvu2Iebqzm3RMGAKbH+Mi612TO3fLyQdQsS8n/uerss09p&#10;nQIAAMBg6SyoP12TL7XuYFb83d37J367dQTA19uaDB0dmnxvkm7rlmNSs+nwyEHDEOC41M69r0/y&#10;6NYdzGsbnzGy9vLWEbPNqAwAOG7jq899Sk39jdYdx6MkT1yw4BQv/AIAADCtLt6165b08n1Jplq3&#10;MKP+pU7l+y/z7xmYY5auXPfaJBe07jgeNXnN2Mo1W1p3AP1h+9lrVyTlVa07IClvmm8HWBiVAQDH&#10;ZUeeN1ynev87yeLWLcer1vzk9pF1F7buAAAAYLBsOTjx4ZK8tXUHM6eW/PSWmyYOtu4A+HqjI90n&#10;pNY3te44ASW1844PrFnzyNYhwNxXh8ubkixp3QFJlg8veMQrW0fMJqMyAOC4HF558MeTbGjdcaJ6&#10;qf9zx6pVfTeIAwAAYG7rLczrS8nHWncw/WrqW7bsm/jfrTsAvl5NSkn9f5MsbN1ygs46erTz31pH&#10;AHPbtuVrnlSTeXfLQeauUusb3rdq1aNad8wWozIA4Jhtf8yTH1GTX2zdcZK69/SGfrR1BAAAAINl&#10;y8TE4eHO1IuS3NS6hWl19cf373pt6wiAb3T1yLpLkvKc1h0no5S86gNr1oy07gDmrs7Q0BuSlNYd&#10;8G9q8qjFveHXtO6YLUZlAMAxm1r8lZ9MzbLWHSerpLxutNtd1LoDAACAwfKCPXu+lE5+MMlk6xam&#10;xc29zuQPX5H0WocAfKNe6iCc8rVoaqrz+tYRwNx09fI161Lr97bugAfwmvlyC2ejMgDgmFy3ceOC&#10;UsurW3dMk3PKkfr9rSMAAAAYPJv3TnwotV6epLZu4cSV5F9LctEle/d+sXULwDcaHVn7rCRPb90x&#10;HWrNy0Yf2+37DzID02+qM/TGJEOtO+ABPHpysvOTrSNmg1EZAHBMbrnlXy9JsqJ1x/QpP966AAAA&#10;gMG0+cCu9yR5Y+sOTtjh2sl3bdo/sbN1CMADKYP12uaSzqL6Q60jgLnlvlvj1pe27oCH8DNbly9f&#10;0jpiphmVAQDHpKQzaD/YP3Ns9fr1rSMAAAAYTJv2T/xGkre37uD4lZJXbd478aHWHQAPZMeyDacm&#10;+e7WHdOp9srlrRuAuWVqsvNTSYZbd8BDOOu0suSHW0fMNKMyAOBh7Vi1anFK3dy6Y7qVqd6LWjcA&#10;AAAwmEpS79o/8RMp9d2tWzh2tdb/umnfhDEgMGcdPuXIxUke0bpjWpU85f0j565pnQHMDVuXL19S&#10;k1e07oCHU0t9zRUDvrsa6CcHAEyPe3udZyVZ3LpjutXU72zdAAAAwOC6LJm6a9+uy2vNn7Vu4RjU&#10;/OyWA7t+tXUGwEMbzNc0hzL1gtYNwNywtLPo8iRntu6AY3De01d0B/r3L6MyAOBhlXSe27phhjxz&#10;R57n+GQAAABmzGXJ1N2nLXp5kitbt/DgSvLLmw9M/E7rDoCHU2u+o3XDzCiD+ho0cNzKq1oXwLEq&#10;KT/RumEmGZUBAA+rJk9t3TBDlt4zcvDc1hEAAAAMtst27jyybNkjv9etMOesX9q0f+IXW0cAPJwd&#10;yzacmuTxrTtmyKC+Bg0ch/GV3acleVLrDjhmpV569Yr1Z7fOmClGZQDAwys5r3XCjKnVqAwAAIAZ&#10;d/711x+9a9+uy5O8vXULXzOZ1B/fvH/iitYhAMfi0COOdJOU1h0zpLs1GWodAbTV6+XlrRvgOA1P&#10;lakfah0xU4zKAICHVJOSmtWtO2ZKp5O1rRsAAACYHy5Lpjbvn/jRkvKfkky17pnn7qilXrx5/64/&#10;bB0CcKxKr3ZbN8ygRY9es+ac1hFAO1s3bFhYSr6/dQecgMtbB8wUozIA4CH99fr1pyZZ0LpjpvRS&#10;Tm/dAAAAwPyyaf+NbymlfF+SQ61b5qmbUnsXbtm3629ahwAcj5I60K9lHukNDfTzAx7aqXcdvjjJ&#10;ma074AQ8YWz56ie3jpgJRmUAwENacPfUI1s3zKheTmudAAAAwPyzad+Nf1lLnp1kT+uWeaXkwwuG&#10;pjZuPrD7E61TAI5bLae2TphJZbIO9mvRwEMqyfe2boATVTudl7ZumAlGZQDAQyoLhodbN8ykUsrC&#10;1g0AAADMT1v2TfzDkSVDTynJn7dumQd6NXn9pn0TF7xgz54vtY4BOCEli1onzKTS6Q30a9HAg9u6&#10;YcPCklzaugNOVEl5SU1K647p5jdm+sbWZOi0ld2nJPXbezXdTikra83ZSR6RZEmSpOaulHwlqTck&#10;5YZOymc6w1N/e+Hu3Xc0jQfoY52ho4d6vYH7HujflXp36wQAAADmrxd9/vN31eQlYyPd/5+9Ow+v&#10;uy7zPv65fydpSmkBkbVkozkpS4eigoIrVIEspTpuFXkGRx0X3HHBfanbOOjzOIoz44Y67lBXKE1S&#10;YGxxLQguOAXanLTJSVqRIlBa2mzndz9/4C5LmpyT+yzv13X1UpGe3zsXbWlPPvl+f2nSByTxxU/F&#10;Ztop2YXdQ/3fjU4BgJlw+R6rvs9X/4knyf3RDQBiHLR74mkuHRLdAcxAU1/TolNVZSciMypDWVu9&#10;ZMmcg+4b63LT+Sad465DpAd+u+z+IN/hT7+PtidJUipXOpkUepvbfyH5d5NJ/3rHjoHh2eoHgGow&#10;5765e0cPGIvOKBlPnTcqAAAAAAChTHLlc5f0Nh7bqyTzJUmPi26qIlfVJ4VXcDoZgGqQeLLH7cE+&#10;QVYdbLKwN7oBQAy39Nmq3l/eUCssWS6pqkZlXH+JstTXcsLRvc3ZjyzYPfZbN31f0soZLJMzkj9e&#10;0kfSOhvsbc6u623KdlTj0YMAUArLdm7aI+nu6I5SMUu2RzcAAAAAACBJXSPbbpmbbzzN3d8tqXq/&#10;wmt23GNuL+3K557FoAxA1fD0t9EJpWSaNxLdACCIa3l0AlAE50YHFBujMpSVnqOyh/e1ZP/LfWKb&#10;pLdLOrTIj0gknSNTX19L+696mrLnFPn1AaBa5aIDSsUt7Y9uAAAAAADgj5Zpw2T38MCHE/dTJauq&#10;r3KfJS7Zl5N6P75zuP9L0TEAUEyF+vS26IYSuqtzZFPVfnEzgIfW19iWldQS3QEUwePWtrYeFR1R&#10;TIzKUBZWSUlvU/ZNNkf97nqVpIaSP9R9qZnW9ba0f7PafmIDQAlsjg4omUnbEp0AAAAAAMDf6hge&#10;+N/d+f4nyvQySZyyPTW/MU/O6Mr3v7hjYODO6BgAKLafb9s2LGlfdEeJVO970AAelifJM6IbgCKx&#10;TFp3dnREMTEqQ7h1Lccde1pz9mcy/T9JB896gPt5SVp3e29T23mz/mwAqBAu/1F0Q4ls696e40h1&#10;AAAAAEBZWikVuoZyX9i9oGGR5K+UaWd0U5kakLSyM587uXN4S7W+hwEAWiWlkv00uqNE+PUbqFWu&#10;jugEoFhc/vTohmJiVIZQaxvbT0u9sFHSE4JTDpbZN3qbsx9xyYJbAKDseMGvj24oBXOtj24AAAAA&#10;AOCRrNy0abwrP/C5+qRwkpk+LWk8uqkcmHSvS2/fnY6e1JXPfcskj24CgFJzT6vyPU03/2F0A4DZ&#10;55LJ/KnRHUDRmD0pOqGYGJUhTE9T2wuSxK+XdER0yx+YpLf3tbR/46ZTTqmPjgGActK9fWu/pKHo&#10;jmJL5ddENwAAAAAAMFVnbdv2u86h3Kt9XI0uvV3SjuimIJtc/s/pHB3Vnc9dsnJkpFqvggOAv+Oe&#10;XBfdUAL7JubW/Tg6AsDs6zlmUbukw6I7gKJxLe5rOeHo6IxiYVSGED3N2RVm9jVJDdEtf8f9vJ07&#10;d31ttZSJTgGAcmGSu/tXojuKbNcBmcKV0REAAAAAAOyv7jtyO7vzuUvm7ms4TrI3SNoa3TQLXKbr&#10;Zfbc3fncyd35ga9053Jj0VEAMNuWj/TfIOn26I6iMrvyWZs3747OADD7MpnktOgGoNhSn3hydEOx&#10;MCrDrOttynaY9G1JddEtD2Plgubsf3MVJgD8WZok34xuKLI1ywYHR6MjAAAAAACYrmU7N+3pyvdf&#10;ujufWyzXs1z6jqRqG1rdJdPHkyQ5sWsod2bXUP93V0qF6CgACHZ5dEAxWepV9fEAmDqXPT66ASg+&#10;r5of14zKMKt6W49vlekbkuZEt0zBP61raXtTdAQAlItzh/pvM1dvdEeRuGWS/xsdAQAAAABAMayU&#10;Cl3Duau687nnFTR+tLm9StJPJXl02zTdL+lbklb6HDV2DeXe3DG4pbpO5QGAGajPFD4jqTqu/jVt&#10;uW84d3V0BoAozkllqDomOzm6oVg4hQmzZs3ChfPq6uZtlHRSdMt+mHT5md35gZ9EhwBAOehrWvxU&#10;t/SH0R0z52u78gPnRlcAAAAAAFBKPU3ZNpl3m+wsSWdIOji66WHsMOk6N//+7sJY38qRkeoYSwBA&#10;ifQ0ZT9lptdGd8yUm/6leyj3xegOALNvlZSc1pzdI+mA6BagqEw7u4ZyR0RnFAOjMsyanua2S0z2&#10;1uiOaRiYnNy7dMWOHXujQwCgHPS2ZDfIdUZ0xwy4J3pS92BuY3QIAAAAAACzZb3OrNvXOnKquZ0l&#10;T88w2akuHRKYNCTpBnNb73XJ+q5tmzcHtgBAxeltPb5V6eRtkuZGt8zAVp+jE7tzuWq7uhnAFPQ0&#10;ZdvMlIvuAEohTSaPXj44eEd0x0zVRQegNvQdu/hkL6SVepVkW33dvPdKent0CACUg3QyfUWSSW6R&#10;1BDdMh0u/2z34ACDMgAAAABATVmmDZMa1EZJGyV9SJL6GtuyqekUM50i2SmSjpN0pIr7uYNdknIm&#10;5VLpVrP0Jh9Lft59R25nEZ8BADWna/D2wb6m7Afd9OHolulKZBd25PoZlAG1ynRidAJQKpl0zj9I&#10;YlQGTEVaSD9mFfzjzaWL+hrbLuscGWApDaDmLd++dUtPU/Y/zPTm6JZpuEvj9t7oCAAAAAAAysEf&#10;3u/MSbrij39ttZQ5pOm4I1P3Rll6tBJvSt0ONOkQyedJNk9/cY2mSftcNippzEw7U/n2jNudk164&#10;wyaSIcZjAFA6DZnJj4+mdS+RlI1umYYrO/L910ZHAIhj0j9ENwCl4p4ulnRddMdMVezIB5Wjr6Vt&#10;mbvOju6YoQZP7H2SLogOAYBycMQRB79j585dp0t6cnTLfiiY+cquOwZ4MxsAAAAAgIewUipoePMO&#10;STuiWwAAD2/Z4ODo2sZFz0mSZKOkedE9+2FbQeMviY4AEMtN7ebRFUCJmLdGJxRDEh2A6udu74lu&#10;KJLzeluPb42OAIBycOrNN0+4659Nuje6Zarc9YnOoYH10R0AAAAAAAAAUCzLR7b+xl1vie7YD+OJ&#10;+T+dm8/fEx0CIJa5N0U3ACXjaotOKAZGZSipnubsiZKWRXcUSZ2nE6+KjgCActE9nBtQmnRI2hPd&#10;8khMuuLG4dxbozsAAAAAAAAAoNi6h3OfNumS6I4pKMj1/I6hgZ9GhwAoC4zKUL3Mjo1OKAZGZSgp&#10;k784uqGYTLpgtZSJ7gCActE5suVGd79A0mR0y0MyXd+QTL54lZRGpwAAAAAAAABAKWzM594p6evR&#10;HQ/HZG/uGs5dFd0BoFzYMdEFQMmYGqMTioFRGUrGJZPsvOiO4rKjD2ppe1p0BQCUk+7hge+7eYek&#10;+6Jb/o7Z5V6vjmWDg6PRKQAAAAAAAABQKquktDOfu0Bu/ze65UFMmPSiznz/J6NDAJSH77W2HiJp&#10;fnQHUDKuQ1dVwSar4j8AlK++xmNPUhUeWZmmtjy6AQDKTffQwA88UYekO6Jb/shMn547dMwF3bnc&#10;WHQLAAAAAAAAAJSaSd413H+xpFWSPDjnj+6T63md+dxXo0MAlI8DJ5PDoxuAEsucsnDxodERM8Wo&#10;DKVjmbOiE0rBTGdENwBAOeoezG2sq0uPN+mKyA6T7nX3Z3cO5V69TBvK91pOAAAAAAAAACiBrnzu&#10;/Z5qmaTtsSX+o2TS/4ErLwH8rYLpkOgGoNSs3it+PMmoDKVjemJ0Qok8Zs3ChfOiIwCgHJ29deuu&#10;jnzuheb2Kkl3z3qA6fpUenL38MD3Z/3ZAAAAAAAAAFAmukdy16fJ5KlBXwS8V2bv2b1g7lkdOwaG&#10;A54PoMwllmFUhqqX8cKjoxtmilEZSunE6IASqUvmHLg4OgIAypVJ3jnc/5n6Qt1iM31a0vgsPHab&#10;3M7vHMot687nbp2F5wEAAAAAAABAWVs+OHhHZz53nps/w6RfzcIjU5OuSDOFE7uG+j+0ctOm2Xhv&#10;GEAFSuWMylD13JOKP6yIURlKYrWUkdQW3VEqGa/ejw0AiuWs7bf/vnMo9+rJNFlk0ick7S7BY34q&#10;aeXufK69a7j/myZ5CZ4BAAAAAAAAABWre2jgB5353GMT2TmSrpGUFvkRY5J9OUmSJZ353HnLt20b&#10;KvLrA6gybloQ3QCUmklzoxtmqi46ANVp/lHZQyU1RHeUiqfeHN0AAJVixciW7ZLeuLqx8Z3zreGZ&#10;Zna+pKdLmj/Nl7zV3b9jdXVf79q2eXPxSgEAAErLJVvb3HxIfX19/cREZr4kJYV0fGJ+ZtezNm8u&#10;xQAfAAAAAP6kI99/raRr1y1sayrU2fkmrZT0GE3vIJJRyX4i82+O2uR3nj04eG9xawFUM3Or55wA&#10;VDszRmXAg0rq/GCXRWeUjumg6AQAqDQrR0b2SbpC0hXrdWbdvtaRUxP3J8vtOHe1y9Qk6UD9aZTs&#10;u1y2x9y3yGyL3H+dZgoblg8O3hH3UQAAADy0VVLy+MZFSzJJcoJLbXrglOs2lxaZqbFPSjKS0gkp&#10;88eDATLSnH0F9TZnC5J2SbpX8u0mu13mm11+W8Hrbr8pv2VwVfFPEwAAAABQgzp2DAxLukTSJVc3&#10;Nz8q43Oe6vJTE7PFLi2WdLCkQySZpAlJeyTd4abN5upXop/N1eTGZYODo3EfBYCK5p6p5jkBIEmp&#10;nFEZ8GDSjC2wqh4W+4HRBQBQyZZpw6QGtVHSxugWAACA6Vp/+JL5++aNPiFR8mSXP0muJ0o6+E9/&#10;HLa/+o9HkpF06APfbJFLT5WbJFNGqU5rzu7tNf3Q5NcpyVzXsW3LLVz9DQAAAGCmzs3n75F01R++&#10;AcCssMQTd1ZlqG7myXROAi0rjMpQGq6x6ITSskJ0AQAAAABg9q0/fMn80bnjK2T+glGNdZpbg8/O&#10;tmueXJ0u61QhVV9z9s5esx8o1VVzMxPf44QAAAAAAABQMTzJ8LVyqHae+ER0w0wxKkNJeKZwvxUy&#10;0RklY67d0Q0AAAAAgNmxWsrMb2pbYWbnj2psuaR50U2SjpD7eTKdN5bW3dvT3Ha5Evty92COk2AB&#10;AAAAAEB5M59kU4Zql7gYlQEPZo7ZvZPREaWUaFd0AgAAAACgtNYdufTAQsP9LzXZRZIWRfc8FJcO&#10;MdmFSnVhX3P2Nnd9frKw97MrduzYG90GAAAAAADwd1LbK2NVhurmVvknlVX8/Z0oT2dv3bpLpp3R&#10;HSVT8IHoBAAAAABAaaxtbT2qtzn7r2nD3rzJLlUZD8r+lksnyPTxurp5Az3N2YtWNzYeEN0EAAAA&#10;AADwl1KlfCEcqp4pGY9umClGZSgdVy46oVQmk8yW6AYAAAAAQHF9r7X1kN7mtk8maV1e0jskHRrd&#10;NANHmfTvC5K5w73N2VU92exB0UEAAAAAAACSJDNGZah67oWKvwGPURlKxl03RzeUyH1781uGoiMA&#10;AAAAAMWxWsr0tmT/ZW6auVWy10uqj24qokdLep+N65e9TdmO6BgAAAAAAACZ3x+dAJSaKbknumGm&#10;GJWhZCzxH0Q3lMiGlVIhOgIAAAAAMHPrWtqetKCl/RdyXSbZ0dE9JbRIpr7e5uzX1rW1HREdAwAA&#10;AAAAalcm1Z3RDUCpJZ5hVAY8FB+zH0tKozuKzrUhOgEAAAAAMDM3nXJKfW9T2wdTtx/KfWl0zyz6&#10;P+mE3dbX1P4Slyw6BgAAAAAA1J7ChP0uugEotXv9fkZlwEPpviO306X/ie4ossKkJ6ujIwAAAAAA&#10;07e2tf0xO3fu+qXM3i0pE90T4FA3/+K6puzavsYlh0bHAAAAAACA2nLjHbnfi9vBUN12rxwZ2Rcd&#10;MVOMylBSids3oxuK7PoVI1u2R0cAAAAAAKanryX7siT1n0haEt0SzU1dnhn72drGRSdFtwAAAAAA&#10;gNqxSkol5wpMVC2XhqIbioFRGUoqU1/4rqT7ojuKx78SXQAAAAAA2H83nXJKfW9z9vPu+rykedE9&#10;ZcO1OEmSn/c1t78hOgUAAAAAANSSZCS6ACgVk+WjG4qBURlK6uytW3e56T+iO4pk6PDDD/lGdAQA&#10;AAAAYP+sP3zJ/J07d31H0suiW8pUg8s/0dvc9lGXLDoGAAAAAADUAEtz0QlAqZg5J5UBU5Go/j8k&#10;VfxdsXJdeurNN09EZwAAAAAApq639fjW0QPGNkpaEd1S/uzi3qbs19brzLroEgAAAAAAUN1Mydbo&#10;BqBUUuf6S2BKOodu+627fzi6Y4Zu331QQ7WcuAYAAAAANWHdwrYmpRPrJS2JbqkUZjp/rHnkC6ul&#10;THQLAAAAAACoXu5pf3QDUEK3RgcUA6MyzIo9B839mExbojumyT3VhSs3bRqPDgEAAAAATM21ixY1&#10;FzL2Y8lag1MqjksvWtDcduXqxsYDolsAAAAAAEC18oHoAqBUktRvi24oBkZlmBUrN20aN/mFkgrR&#10;LfvLpK92j+Suj+4AAAAAAEzN1c3Nj5osZNaYqTm6pXLZ8vk29zKXLLoEAAAAAABUn/ED6n8tKY3u&#10;AErg/o0jA1VxvSujMsyazqGB9S69K7pjv7h+3ZBMvjI6AwAAAAAwNVced9yCOpvTK/el0S2Vzkzn&#10;9zW1fSC6AwAAAAAAVJ9nbd682yVOK0M12ryqSgaTjMowq27M5z4m6crojim6L/X0gmWDg6PRIQAA&#10;AACAR7ZayszZN/ldd50W3VI1zN7d15J9TXQGAAAAAACoSrdEBwDF5qZfRzcUC6MyzKpVUjo3mTxP&#10;sh9HtzyC+z1Rx/KRrb+JDgEAAAAATM2CprZVkp0V3VFt3PXJnubsiugOAAAAAABQZdx/GZ0AFJu5&#10;b4xuKBZGZZh1ywYHR33cnyPp5uiWhzAq1/ndg7mq+YkOAAAAANWup6WtS2bvjO6oUhmT/rvnmGxj&#10;dAgAAAAAAKgeSaKfRjcAxZZ49fy4ZlSGEN135Hb6HD1Z0rejW/7GnZYmZ3QN566KDgEAAAAATE1P&#10;c/ZEc7tCvM9RSodaRpevljLRIQAAAAAAoDrcVxjbKGk8ugMool0/Gx64NTqiWHizFWG6c7mxufnG&#10;F0r6iKQ0ukfSpoLZmZ0jW26MDgEAAAAATM16nVln0lckLYhuqQFPnt+cfUt0BAAAAAAAqA4rR0b2&#10;mYkrMFFF/OerymP/UhSMyhBqmTZMduVz75TScyQNB2W4yz+zOx19/LlD/bcFNQAAAAAApmFf0/Db&#10;JJ0S3VErTPpQb0v2idEdAAAAAACgOqTu10c3AMViSq6NbigmRmUoC135rf8zN5lcLOn9ksZm7cGm&#10;6810and+4FUrR0b2zdpzAQAAAAAz1tOUbTOzd0Z31Jg6uX+pJ5ttiA4BAAAAAACVz4xRGapHwQs/&#10;iG4oJkZlKBvLBgdHu/K5VcpkTpZ0mUo5LjO7xaQXdA7llnUO5X5RsucAAAAAAErCJUtMX5Q0L7ql&#10;9thxGnOuwQQAAAAAADPm9cn/SNoT3QEUwZ3dw1tvjo4oJosOAB5KX8sJR6eaeK25zpO0qAgvOS6p&#10;N5Fddk6+f61JXoTXBAAAAAAE6Gtqf4mbfzG6o4bdlyaTxy0fHLwjOgQotbXHHtuSmUhO8ETNcjvQ&#10;TXP++P8l5venqW3JJJn+nw1tHlolpYGpAAAAAFCRepuzV0p6ZnQHMCNml3cN9b8wOqOYGJWhIvS0&#10;ZB9rqT9HZk+SdLKkR0/hu41JdouZ3+Sp3Wg+56rOkU13lzgVAAAAAFBi6w9fMn/0gLFtkg6Lbqlx&#10;X+3K514UHQEU29Ut7Sck7h0mO1vyp0g6aIrfdZdMP5PsJ2mhcOXyka2/KWUnAAAAAFSLnqbsq8z0&#10;X9EdwEyY9KLOfO6r0R3FxKgMFemapuMWFjKFxZ7qMLkOl+kgk+0z013uhd+lqe488shH3X7qzTdP&#10;RLcCAAAAAIqrr7n9rS6/JLoDcil9Wld+64+jQ4CZuvK44xbM2ZeeL/lLJT2hSC97q6Sv1hfqPn/W&#10;9tt/X6TXBAAAAICqs25hW1NaZ0Niw4LKNV5Xlx5x9tatu6JDiomfkAAAAAAAoGKsO3LpgYWGvQMm&#10;HRndAkmmvq6hXFd0BjBd1y5adHChkHm9u79BUzsZfzr2Sv7VjNd94JzhzTtK9AwAAAAAqGi9zW0/&#10;lOyp0R3ANF3Vlc89Kzqi2JLoAAAAAAAAgKkqzLn/IgZlZcTVuba1/THRGcD+WiUlvc1tr5icTLa6&#10;+wdUukGZJM2T7JUFK2zuaWp7V08221DCZwEAAABAZXK7PDoBmC6Xfye6oRQYlQEAAAAAgIqw/vAl&#10;883sougO/DVzf310A7A/epqybac1ZX8i2WclHTqLj55vZh+ycf28t/HYpbP4XAAAAAAoe2lm8ruS&#10;CtEdwDSMpZpYEx1RCozKAAAAAABARRg9YPR8SYdFd+Cvmeuf1i1sa4ruAKaipzm7IjHdJNPpgRkn&#10;Kcnc2NOUfVVgAwAAAACUleWDg3dItiG6A5iGK8/N5++JjigFRmUAAAAAAKBCJBdEF+BB1Rfq7cLo&#10;COCR9DW3v8GkK106JLpFUoOZ/qunue0Tq6VMdAwAAAAAlAOTfy66AU81CwMAACAASURBVNhfpuTz&#10;0Q2lwqgMAAAAAACUvatb2k+Q/CnRHXhw5nopwxiUs76W9ve4/BOSLLrlL5nsDQc1Z7/Ozx8AAAAA&#10;kO5b0PB9SXdGdwD7YWhjfssPoiNKhVEZAAAAAAAoe4mnL45uwMM6an5L2xnREcCD6Wtpf4+7fyC6&#10;46G49IL5zdkr1uvMuugWAAAAAIi0ctOmcXd9NboDmDL3r66S0uiMUmFUBgAAAAAAytoDQwv75+gO&#10;PDzz5AXRDcDf6mtpP9/d3x/d8UhMeu5o80jZDt8AAAAAYLZYXebzkjy6A5iCCU/ts9ERpcSoDAAA&#10;AAAAlLWxph1PNOnI6A48Ev9HTlpCOVnb2v4Yd/+iyuzKy4fxjp7mthdFRwAAAABApK5tmzdLWhPd&#10;AUzB6u7tuZHoiFJiVAYAAAAAAMpb4h3RCZiSI/Y1jTw9OgKQpJ5stiEp+H9Laohu2R8m+1TPMdnG&#10;6A4AAAAACJXo36MTgEdk+s/ohFJjVAYAAAAAAMqau3dFN2BqzHx5dAMgSTaud8h0cnTHNByU1OlT&#10;0REAAAAAEKlrMLdB0o3RHcDDuLFrKPez6IhSY1QGAAAAAADK1rq2tiMkPTa6A1NlT4kuANYtbGuS&#10;dHF0x3S56x97m7LPjO4AAAAAgEhm9tHoBuChuPtHohtmA6MyAAAAAABQtnwyOUuSRXdgyk6+dtGi&#10;g6MjUNvSOvtXSfOiO2bE9KFVvHcLAAAAoIZ1DPV/V9IvojuAv2c/7x4e+H50xWzgjQkAAAAAAFC2&#10;3HVGdAP2S2ZiIjktOgK1q6cp2ybphdEdRXDS6c3Z50VHAAAAAEAUk9zM3hvdAfwtl38wumG2MCoD&#10;AAAAAADly31pdAL2T5LY06IbULsS09skZaI7isEr+ApPAAAAACiGjqH+Hkk3RncAf2J2S1c+d3V0&#10;xmxhVAYAAAAAAMqSSybTCdEd2E+pPy46AbVp3ZFLD3Tp/OiOIjq1rzm7JDoCAAAAAKKY5Ins3dEd&#10;wJ8V3mGSR1fMFkZlAAAAAACgLF23aFGTpIOjO7B/3NQe3YDa5A17l0s6MLqjmNztxdENAAAAABCp&#10;I99/raSrojsAydd2DW3tia6YTYzKAAAAAABAWZos6B+iGzAtLet1Zl10BGqPS8+Pbig68+7oBAAA&#10;AACI5q43SRqL7kBNm0iSzFuiI2YbozIAAAAAAFCWTMbVl5WpfrT1jsboCNSWVQ+8z/mM6I4SOPHa&#10;RYuaoyMAAAAAIFL3cG5A8s9Gd6CW2Zc6BrfcHl0x2xiVAQAAAACAspSmdnR0A6bH0jQb3YDa8sTW&#10;xYslPSq6oxQKhcxTohsAAAAAIJqlc98v6a7oDtQg0876Quad0RkRGJUBAAAAAIDylOjQ6ARMj1va&#10;Et2A2lJIC0+IbigVd+cqYAAAAAA1r3Nk090mvSa6A7XHU3/dWdtv/310RwRGZQAAAAAAoCyZMyqr&#10;VO5aEN2AGuOq5tPxlkQHAAAAAEA56MznVpvp+9EdqClruocHroiOiMKoDAAAAAAAlClnVFahTDog&#10;ugG1xcxaoxtKxaTm6AYAAAAAKBeZTPoGSbujO1AT9rrrjdERkRiVAQAAAACAsuSyR0U3YHrcnVEZ&#10;ZtsR0QGl4tLB0Q0AAAAAUC7O3ro17663RXeg+rnrLd3DuYHojkiMygAAAAAAQFnitKtKZvOiC1Bj&#10;THOjE0qIURkAAAAA/IXu4dynTarZKwkxK77VPZz7dHRENEZlAAAAAACgXI1GB2B6LGEQiFmWqiE6&#10;oYQ8OgAAAAAAys2+ZPJCd+WjO1CN/LeTk8mroyvKAaMyAAAAAABQrhiVVShzjUc3oLa4aXd0Q6m4&#10;6/7oBgAAAAAoN88eHLw3Y/YySWl0C6pKKvOXrdix5a7okHLAqAwAAAAAAJQrRmUVyqVd0Q2oLSbd&#10;E91QKmbaE90AAAAAAOWoI99/rZmtiu5AVflA19DWnuiIcsGoDAAAAAAAlCljVFahXLo3ugG1xn4X&#10;XVA6vi26AAAAAADKVcdQ/4fk9r3oDlQBU98N+dwHozPKCaMyAAAAAABQpnxvdAGmJ3HjpDLMtk3R&#10;AaVisv7oBgAAAAAoVyZ5fZp5uaSh6BZUMv9tfVJ48SquU/0rjMoAAAAAAEBZcufNwEqVKq3aqwhR&#10;nszt1uiGkrHqHcwBAAAAQDGctf323yfy50riCxQxHXvl/qyztm2r4lPQp4dRGQAAAAAAKEtJ4oPR&#10;DZgeM78rugG1pWG0/peSxqM7SsEs+XF0AwAAAACUu478wM2W+nMlTUa3oKJMWurP7Rre+vPokHLE&#10;qAwAAAAAAJQll7ZGN2B6CprkZCXMqmU7N+2R9JPojhK485zBLZujIwAAAACgEnSODPTJdGF0ByqH&#10;mV7VOTLQF91RrhiVAQAAAACAspRasi26AdNyx7n5PNdfYta5tC66oQSuMsmjIwAAAACgUnQN5b7g&#10;8o9Gd6ACmD7eOZS7LDqjnDEqAwAAAAAAZWlcE4PRDZiW26IDUJsKafI1SYXojmIy829ENwAAAABA&#10;penOD7xNpn+P7kAZM328ayj35uiMcseoDAAAAAAAlKVnDw7eKykX3YH94y6uvkSIFSNbtku2Ibqj&#10;iIbvGxr4YXQEAAAAAFSizqHcm+X6QnQHytJlnUO5t0RHVAJGZQAAAAAAoGyZ9NPoBuwf46QyBHL5&#10;Z6IbisXNL11ZZSevAQAAAMBsMckPP+LgV7l0dXQLyoeZvn/44Qe/2iSPbqkEjMoAAAAAAED5Mv0o&#10;OgH7J5FzshLC3JjPfVeqitPy7huzwmXREQAAAABQyU69+eaJA5LJ50taE92CeCZdcdhhB6889eab&#10;J6JbKgWjMgAAAAAAULYmZT+JbsB+2XHO8EA1DHpQoVZJqbt/MLpjpkz24T9cAQwAAAAAmIFlg4Oj&#10;u/O5Z3MVZq3zSzvyuRcyKNs/jMoAAAAAAEDZWj7Uf7tMO6M7MDUmXcf1AYjWPTxwheTXRXfMwG8a&#10;8sd8PDoCAAAAAKrFSqlww3DuFZJ9LroFAVz/2ZkfuIj3rPYfozIAAAAAAFC2THJz/SC6A1Pjcv5Z&#10;oSwULHm9pPHojmlIU7fXLtOGyegQAAAAAKgmq6S0M99/4R9Ot2ZcVBtc0ju7hnOvZVA2PYzKAAAA&#10;AABAWUvdL49uwJR4fSbti44AJOncof7bzPyd0R3T8NHlw/0/jI4AAAAAgGpkkncPD7zXzJ4vaV90&#10;D0pqr7s/pyuf+0h0SCVjVAYAAAAAAMraHh9bJ2lPdAce0S/P2rbtd9ERwB91DA18XNLq6I6pMumH&#10;uxc0vC+6AwAAAACqXedQ/3eUqFvS3dEtKIm7lWh59/DA96NDKh2jMgAAAAAAUNZWjozsk8SbQGXO&#10;zL8U3QD8JZN87r6GfzHTDdEtj8Sk2yY1/o8rN22qxCs7AQAAAKDidA3mNmTS9HSX/je6BUX1i8Qy&#10;p3YN5jZEh1QDRmUAAAAAAKDseQWdNlSjxlSY+43oCOBvLdu5ac8+m+yU9IvolocxkKlLO8/N5++J&#10;DgEAAACAWnLOyNZ+zdGpki6LbsHMmXTJ3HzjaR1Dm7dFt1QLiw4AAAAAAAB4JOtbW+eOel1ersOj&#10;W/Ag3L7XNdz/nOgM4KH0NS451JOxqyQ9ObrlL5l0W+KZs84Z3rwjugUAAAAAallPc/Yikz4qqT66&#10;BfvtfjNd1DmUYxxYZJxUBgAAAAAAyt6ywcFRuf4zugMPzrn6EmWuc2TT3XOTybMkfSu65S9cU1eo&#10;eyqDMgAAAACI153PfcKkx5r0q+gW7AfXhjRTWMKgrDQ4qQwAAAAAAFSEq5ubH5XRnLyk+dEt+DOX&#10;/rcrn1tqkke3AI/EJettzr7BpH+T1BCUUTDpwxvzufevktKgBgAAAADAg1jf2jp3LK1b5dLF4qCm&#10;cjZmsrd15Psv5T2p0mFUBgAAAAAAKkZvc/ulkr8uugN/yV/clR/4cnQFsD96G49dqqTuMskfP8uP&#10;/mUif3lHfuDmWX4uAAAAAGA/9LYs6pYnn5HUFN2Cv2F2S+LpS/mzdemxqgQAAAAAAJUjyXxc0mR0&#10;Bh7grvzhhx/yjegOYH91jWy7pTPff5rczpe0bRYeOWxur5qbb3wCb3oDAAAAQPnrGtraszsdPU7S&#10;+yWNRfdAknS/5K+8Yaj/sfzZenZwUhkAAAAAAKgoPU3Zr5vp/OgOSDJ7a9dQ/8eiM4CZWK8z6/Y1&#10;DT/XzN4k6QlFfvnfyPUZb9AXunM5PgkBAAAAABVobWv7Y5LUP6vi/5kRU/cTk17Zmc9tig6pJYzK&#10;AAAAAABARVnTuPiYuiS9XdL86JaaZtqye37DSSs3bRqPTgGKpa9x8ROUpM9x6VxJS6b5Mre6qzdJ&#10;9I3OodwvitkHAAAAAIjT05xdYdInJC2KbqkVLv1vouSNnfkt10W31CJGZQAAAAAAoOL0tbS/x90/&#10;EN1Ry1x6Znc+tya6AyiVtcce25KkyeMstRM8sZPkfoSkQ/7w7Y/udmlI8oHEkhsnCrZxxciW7UHJ&#10;AAAAAIASW3fk0gPThr0XS7pY0rzoniq2y6WPHJBMfnLZ4OBodEytYlQGAAAAAAAqzurGxgMWJA23&#10;StYanFKTzNXbOZzrju4AAAAAAACIsKZx8TEZS99uppdJmhvdU0V2ufulic/9ROfIprujY2odozIA&#10;AAAAAFCRepuz/yTpq9EdNWjcpMd15nObokMAAAAAAAAirVm4+LC6uvS1kt4o6aDongp2h8n+zcYO&#10;uKzjd7fcHx2DBzAqAwAAAAAAFckl623OrjPp7OiWGvPOrnzuI9ERAAAAAAAA5eKapuMWFqzwOkkv&#10;l/To6J4KskNmn67LFD519tatu6Jj8NcYlQEAAKAqrVm4cF6mbl5rYnas5Ee76zC5Pdrkh7rp0ZIf&#10;Ktmj9cCx1HMkHSipTtKCB3m53ZImH/ivPirZ3ZLfLdnd5vq9y+6W+d3mdoeZRpTY8Pj4nvyKHTv2&#10;ztKHCwA1q+eo7OE2R7dIOiq6pSaYrr9hKPf0VVIanQIAAAAAAFBuVi9ZMmfB7rFn6YGTy54Y3VOm&#10;3KW1iZJPbsxv+cEq3mcqW4zKAAAAULFWL1ky56C9Eyf4pJ8o85NMWiRTq7uOlXREdJ+k38s1ItOg&#10;mzYlrl9Pmv3mwKFj+pdpw2R0HABUi96mbIdMveJ9jlLbk1hmacfQ5m3RIQAAAAAAAOXMJetrzZ6h&#10;VC+T9Fw98AXutW6PuVanif6jeyj3y+gYPDLebAUAAEBF6MlmD9KYTpfpdJNOMmmJS+164HSxSjMm&#10;aZNkv3GlNydp5ob7Dq7/1cpNm8ajwwCgUvU2t39W8ldEd1Qzl7+iOz/w+egOAAAAAACAStLXuORQ&#10;T8b/Se4vlenk6J5ZNiH5NWbJNyYm7v8+N7xUFkZlAAAAKEs9Tdm2xPSkVP4ks+RJcl8iKRPdVUJj&#10;ZvqVu90o+Y1ppvCj5du2DUVHAUClWHfk0gPThr03SFoS3VKVTP/VNZR7TXQGAAAAAABAJVt7zKLF&#10;SSZ5jmTPkfxUVeduZ1Kmn5j0rYmJ5IoVO7bcFR2E6anGH5wAAACoQGsaFx9TlxSWS3aWpDNUHtdX&#10;RrtD0o8kvy7jdVefM7x5R3QQAJSza5qOWzipws/M1BzdUk3M1XvfcG7FSqkQ3QIAAAAAAFAtrl20&#10;qLkwkel282WSzlRlf17kTsl6Td6zL5m85tmDg/dGB2HmGJUBAAAgTG/jsUuVZJ4tqUPSE1TdJ5HN&#10;1KRkGyXvyaTpt88Z2dofHQQA5ainJftYc10vaUF0S5XYmtT7EzsGBu6MDgEAAAAAAKhWLtm65uyJ&#10;Ml/mqZbJ7AxJj47uehhDJm10141S+qMbhrfevEpKo6NQXIzKAAAAMGtcsr7mRU+W7PmSPVtSU3RT&#10;Bdsm+RrJv9WV3/rj6BgAKCc9jdkzLNE6SQ3RLRVumxf0tO7tuZHoEAAAAAAAgFrT23p8qwqTS11+&#10;kpmdLPlSybKa3S/Qn5R8QK5Nkm6V7Of1dYUbztq27Xez2IAgjMoAAABQcj1N2bbE9CKXVko6Prqn&#10;6pjdIvfLJ9PkKytGtmyPzgGActDX1P4SN79MUhLdUqHuTJLkjI7BLbdHhwAAAAAAAOABaxYunJep&#10;n3ecXI3mavJEx5irSa4mNx1j0mF/+FsP1sO/L3a/pHF37TbTneba6aa7ZLpLrjvdfZt5etvug+fd&#10;vnLTpvHSf2QoR4zKAAAAUBJ9jUsOVTJ+gcsvkHRKdE8NuVnyzyVjB36943e33B8dAwCRelqy/8dc&#10;X5JUH91SYX5vmeQZndu2/Do6BAAAAAAAANO37silB0403Dvnj//7wCTZt2xwcDSyCZWDURkAAACK&#10;qq8l+zhJL5PrhS4dEt1Tw+4y6WuTZp87d6j/tugYAIjS19K2zN2ulLQguqUy+ObE6ro6hjZviy4B&#10;AAAAAAAAEIdRGQAAAGZsfWvr3NE08yLJLpT02Oge/J2bXX7pAfmmbyzThsnoGACYbb1Nix4vS3r0&#10;5+P/8eB+YmnDMztHNt0dHQIAAAAAAAAgFqMyAAAATNuahYsPq6tLX+vShSYdGd2DR7TNpc+mGv/c&#10;ufn8PdExADCb1ra2PyZJ/buSjo1uKUumvvG5mZXP2rx5d3QKAAAAAAAAgHiMygAAALDf1ra2HpV4&#10;3cVyvVxcJ1aJ7pb0qYLGP8m4DEAtufK44xbM2Vf4oqTnRbeUkYJL7+rK5z5qkkfHAAAAAAAAACgP&#10;jMoAAAAwZT1N2TYzvU/SeZLqo3swY/dL/oWM111yzvDmHdExADAbXLJ1ze2vd/nHVOP/LnPpd5bo&#10;vK7B3IboFgAAAAAAAADlhVEZAAAAHhFjsqo3JtmXJ1P7wIqRLdujYwBgNvQ1tnV6Yl+SdFR0S5D1&#10;BSUvOze/ZWt0CAAAAAAAAIDyw6gMAAAAD2n94Uvmjx4w9k5JF0k6ILoHJbdb0r/OTSY/sWxwcDQ6&#10;BgBKbc3ChfPq6+a916U3S6qL7pkVpp1yvaYrn/tWdAoAAAAAAACA8sWoDAAAAH9nvc6sG2ve/hqX&#10;v1fSodE9mHU7JH//7vzAF1ZKhegYACi1ntbs6eb2WbkvjW4pIZf07YxnLuLKYwAAAAAAAACPhFEZ&#10;AAAA/kpf0+KnuqWfkPS46BZEsx+nXnjj8uGtN0WXAECprdeZdaNNI6+T6e2SjojuKS77sSd+cfdg&#10;bmN0CQAAAAAAAIDKwKgMAAAAkqS+lhOOlk/8u0sviG5BWUklfbGg8beem8/fEx0DAKW27silB6Zz&#10;9r5S5m+R7Ojonhn6jczf1zU08L3oEAAAAAAAAACVhVEZAABAjbvplFPqd+7c9S5JF0uaF92DsnWP&#10;5G/vzA983h64Qg0Aqtr61ta5+9LMy012saSm6J79tN7NP9Y1NNDHr9kAAAAAAAAApoNRGQAAQA3r&#10;ac2ebgV9RqaTo1tQGUz6oSXJKzsGt9we3QIAs2G1lJnf0nZO4vbPLj1L0tzopoewy1zfKSj9NNcW&#10;AwAAAAAAAJgpRmUAAAA16A+nr7zfZG+SVBfdg4pzv8ne1ZHvv5QTcADUku+1th5yQKH+PDe/QNLp&#10;kpLgpHGXrpH71/b42FUrR0b2BfcAAAAAAAAAqBKMygAAAGrMupa2J6VuX5W0KLoFFc610dwv6BwZ&#10;yEWnAMBsW3fk0gO9YfSJrsIKSc+UrHUWHptK+qWkqxP5mjn5pl8v04bJWXguAAAAAAAAgBrDqAwA&#10;AKBGrJYyC5qz75H0LnE6GYpnt+Rv6coPfC46BACiuGQ9xyxqT5LMKS4/xRKdKtdSSY+a4Utvl/xX&#10;kt2UyG6aTCZuWj44eEcxmgEAAAAAAADg4TAqAwAAqAE9Tdk2k74m0+nRLahOLn1nTqHulWdtv/33&#10;0S0AUC56stmDfDRtsSRplbxVsnlmVm/u8//y73PpXpfc5Pe426DVZYbm+tjQssHB0ZhyAAAAAAAA&#10;ALWOURkAAECV62lp67IHrrt8dHQLqp0Ppu7PXz689aboEgAAAAAAAAAAAEwfozIAAIAqtV5n1o02&#10;D/8/yV4nft+H2TPp0ru787lLokMAAAAAAAAAAAAwPXxyEQAAoApdd+yxR06kmSvkOiO6BTXK7PK5&#10;e+e8fNnOTXuiUwAAAAAAAAAAALB/GJUBAABUmbWN7acliX9bUmN0C2qdbzbZczvzuU3RJQAAAAAA&#10;AAAAAJi6JDoAAAAAxdPTnH1ekvgPxKAMZcGOc+lHPY1ZTswDAAAAAAAAAACoIIzKAAAAqsAqKelr&#10;zv6bSaslzYvuAf7CoyzRdX1N7RdGhwAAAAAAAAAAAGBquP4SAACgwq1ubDxgQTL3y5KeH90CPDy/&#10;tDM/cJFJHl0CAAAAAAAAAACAh8aoDAAAoIKta2s7Ih23K2U6PboFmKJvzU0mX7RscHA0OgQAAAAA&#10;AAAAAAAPjlEZAABAhbp20aLmyclknaTjo1uA/WGu3onC3uet2LFjb3QLAAAAAAAAAAAA/h6jMgAA&#10;gAq0tnHRSUmSXCPpqOgWYJpunpxMOlfs2HJXdAgAAAAAAAAAAAD+GqMyAACACrO2sf20JPFeSY+K&#10;bgFm6NaMZ84+Z3jzjugQAAAAAAAAAAAA/FkSHQAAAICp62lpe3qS+HViUIbqcGLBCj++unnxougQ&#10;AAAAAAAAAAAA/BknlQEAAFSIvpa2Ze52laT50S1AkW1NLHNWx9DmbdEhAAAAAAAAAAAAYFQGAABQ&#10;Efoa2zo9sSslzYluAUpke0HJ087Nb9kaHQIAAAAAAAAAAFDrGJUBAACUubVN7U9LzHslzYtuAUrJ&#10;XXnL1J3RNXj7YHQLAAAAAAAAAABALWNUBgAAUMZ6mxY9XpZcJ+mg6BZgluTM6p/WOXTbb6NDAAAA&#10;AAAAAAAAalUSHQAAAIAH19eSfZxZco0YlKG2ZFOfuOa6Y45/dHQIAAAAAAAAAABArWJUBgAAUIZ6&#10;W49vddcalw6JbgFmm0n/MJGZXLPuyKUHRrcAAAAAAAAAAADUIkZlAAAAZWZdW9sRSif/R9LC6BYg&#10;0BPThr3fWa8z66JDAAAAAAAAAAAAag2jMgAAgDKyvrV1bjqRfEfSougWoAx0jDaNfCY6AgAAAAAA&#10;AAAAoNYwKgMAACgTq6RkNK37iuRPiW4ByobpX3pb2i+OzgAAAAAAAAAAAKgljMoAAADKxGnN2Q9J&#10;en50B1B23C/pbWp/YXQGAAAAAAAAAABArbDoAAAAAEi9Te0vlPnXxe/PgIeyx01P6x7K/TI6BAAA&#10;AAAAAAAAoNrxSUsAAIBgvU2LHi9LfihpbnQLUOZGkno/pWNg4M7oEAAAAAAAAAAAgGrG9ZcAAACB&#10;eo7KHu5Kvi0GZcBUNKYTdvl6nVkXHQIAAAAAAAAAAFDNGJUBAAAEWa8z62yOLjdTc3QLUEGWjTaP&#10;fDA6AgAAAAAAAAAAoJoxKgMAAAgy2jz8r5KeHt0BVKC39TRnnxcdAQAAAAAAAAAAUK0sOgAAAKAW&#10;9bYs6pYnV4vfjwHTdU9Byann5rdsjQ4BAAAAAAAAAACoNpxUBgAAMMv6Wk44Wp58WQzKgJl4VEbp&#10;t1YvWTInOgQAAAAAAAAAAKDaMCoDAACYRS5Z6hNflnRYdAtQBR43f8/Y+6IjAAAAAAAAAAAAqg2n&#10;YwAAAMyi3ub210v+yegOoIqkSvSMrsHchugQAAAAAAAAAACAasGoDAAAYJb0Nh67VEnmRkkN0S1A&#10;lRkpaHzpufn8PdEhAAAAAAAAAAAA1YDrLwEAAGbBep1ZpyTzBTEoA0rh/7N353GSmAWd/79PVc+R&#10;G4EYTKa7JzM1GXAElQTCIZpokjkSTiWoC8rLWxQRQVlxdwnqKgiCiLLoT1fEA41BwCTdPRCdRRFQ&#10;ibqBCMn0XD2TyE3INVd3Pb8/AixMJskc3fNUd7/ff0+6Pv1H6lVd9a3nWdGtS1/XOgIAAAAAAGCh&#10;MCoDADgB9o/c9nNJLmjdAQtWyQ+Pja7e2DoDAAAAAABgIXD9JQDAHLtudM1jurX+W5xSBnNt9/K9&#10;y77x4s/cfHfrEAAAAAAAgPnMSWUAAHOoJmWo1rfGoAxOhOF9J+9/desIAAAAAACA+c5JZQAAc2h8&#10;ZM2PJ/WtrTtgEZkpJU/csGvyX1uHAAAAAAAAzFdOKgMAmCM3nHvuWUn9tdYdsMh0a83vXOVvHQAA&#10;AAAAgGPmgxYAgDkyPd39tSQPb90Bi9CTLxxZ/SOtIwAAAAAAAOYr118CAMyBiRXnPbF2+h+O11vQ&#10;yheWzAytueS2T3yudQgAAAAAAMB846QyAIBZVpNSS/9NMSiDlr7u4ND0K1tHAAAAAAAAzEc+6AQA&#10;mGXjw2u+L6X+eesOIAe6/f43XbZn+9bWIQAAAAAAAPOJk8oAAGbR5rMed0pK/Y3WHUCSZOlM6b62&#10;dQQAAAAAAMB8Y1QGADCL+sv3vijJitYdwJeU+qzNo6uf0joDAAAAAABgPjEqAwCYJVvOXHdqUn++&#10;dQfwNUq/5jWtIwAAAAAAAOYTozIAgFmyd/m+l6TmzNYdwKHK0zaPrLm0dQUAAAAAAMB8YVQGADAL&#10;3rVy5cM6pby8dQdweP3Uq1o3AAAAAAAAzBdGZQAAs+CkuuTFNXlY6w7gAT1lYnT1xa0jAAAAAAAA&#10;5gOjMgCA4/SetWtPq7W+pHUH8OD6tfxi6wYAAAAAAID5wKgMAOA4Lb135keTPKJ1B/DgSnLp2Mre&#10;k1p3AAAAAAAADDqjMgCA43D1unVLU/JzrTuAI1P6cVoZAAAAAADAQzAqAwA4Dqfevf+5Sc5p3QEc&#10;saePn7t2besIAAAAAACAQWZUBgBwHEp1ShnMMyUz/Z9qHQEAAAAAADDISusAAID5anxl76L0s6V1&#10;B3DU7t7XmR5+9s6dd7QOAQAAAAAAGEROKgMAOFYz9cWtE4Bjcuqy/tALW0cAAAAAAAAMKqMyAIBj&#10;MDH6mG9IKc9o3QEcm5K8+Cp/DwEAAAAAAByWD1EAAI5BrQd/nb/zfAAAIABJREFUMMlQ6w7gmK16&#10;4ujqi1pHAAAAAAAADCKjMgCAo3TVfa+hfqx1B3B8Si0/1LoBAAAAAABgEBmVAQAcpQtHVl2c5NzW&#10;HcBxe867Vq58WOsIAAAAAACAQWNUBgBwtEr54dYJwKw4aVm/+9zWEQAAAAAAAIPGqAwA4Ci8b9Wq&#10;M1LLs1p3ALOjk/L81g0AAAAAAACDxqgMAOAozEx3npHkpNYdwOyoydM2j651nS0AAAAAAMBXMSoD&#10;ADgKNeV7WzcAs6rM1JkrW0cAAAAAAAAMEqMyAIAjNLFi3cOTemnrDmB2lZTvbt0AAAAAAAAwSIzK&#10;AACOVDnwzCRLWmcAs61ecP255462rgAAAAAAABgURmUAAEesPrd1ATAnSpnpPrt1BAAAAAAAwKAw&#10;KgMAOAJjvd7pteS7WncAc6OUPKt1AwAAAAAAwKAwKgMAOALlYP2uJEtbdwBzpObbxh7VO7N1BgAA&#10;AAAAwCAwKgMAOAKllo2tG4A51c2yXNY6AgAAAAAAYBAYlQEAHIGaGJXBAldqubR1AwAAAAAAwCAw&#10;KgMAeAhjI71vTLKidQcw1+qlNSmtKwAAAAAAAFozKgMAeAilZn3rBuCEOHvzfSNSAAAAAACARc2o&#10;DADgoZRySesE4MSoKd/VugEAAAAAAKA1ozIAgAdxVdJJ6pNbdwAnSjUqAwAAAAAAFj2jMgCAB/Gk&#10;kd5jknxd6w7ghHlqTUrrCAAAAAAAgJaMygAAHkyJU8pgcXnE+1as6rWOAAAAAAAAaGmodQAAwEDr&#10;58nOLILFpd/pPCnJ1tYdAAAALHxXJ92TR84bHerPnNfvZDgppyRZliQl5Y7U3Nkp/Vv3nTR06zNv&#10;ueWuxrkAACwiRmUAAA+iljyldQNwYtWaC5P8SesOAAAAFp6rks6TRld/R63lsqQ+NSkXJP2Taqcc&#10;5nuNNSlJPyVL985kfLR3a2rdUlL+bv9J3XEjMwAA5pJzNwAAHsC7Vq582PL+0OfiynBYZMq/bJza&#10;+sTWFQAAACwcY+f0VmQoP1lqXpBkeBZ+5N7UOl5Leds/T01ef1XSn4WfCQAAX2FUBgDwAK4fXvPt&#10;nVLf37oDOOEO1KU5fdPk5P7WIQAAAMxv142ueUy31l9M8r1JlszRw3yilrzu7l2Tf3xlMjNHjwEA&#10;wCLj1A0AgAfQ7fQf17oBaGJpnS6PaR0BAADA/PW+VatGxkd6V3dr/ViSF2TuBmVJ8uhS84enjfb+&#10;Y2x09cY5fBwAABYRozIAgAdQa76pdQPQRql1XesGAAAA5qfx4d4zpqc7/5rkuTmRn8XVnFdquX58&#10;ZPVbrz377JNP2OMCALAgGZUBADygYlQGi1SpMSoDAADgqGzJRUMTI703puTdSR7RKKMk5ceHhk6+&#10;ceLc8765UQMAAAuAURkAwGHUpCROKoNFzKgMAACAI/aetWtP2zeyZ3NNfjb3va/U2qPrTP+DrsME&#10;AOBYGZUBABzGDatWDSc5o3UH0IxRGQAAAEdky5nrTl22d+a6JN/ZuuUQJ5da3jU2vPpZrUMAAJh/&#10;jMoAAA5jejprWjcATa28esWKk1pHAAAAMNi2rFy5fN/J+6+rybe3bnkAy0opV0+Mrrm8dQgAAPOL&#10;URkAwGGU0jm3dQPQVPfk7kkrW0cAAAAwuGpS9tUlf5Sa72jd8hCW1Fr/4vrhVRe0DgEAYP4wKgMA&#10;OIzar6OtG4C2hmb6ngcAAAB4QBMjvVek1u9t3XGETu2UzrtuOOfRj2gdAgDA/GBUBgBwOKUYk8Ai&#10;VzsdzwMAAAAc1vUr1lyY5JdbdxylFQe7029pHQEAwPxgVAYAcFh1ZesCoDUnFgIAAHB/W1auXN7p&#10;1D9NsqR1yzG4cnx49Xw5XQ0AgIaMygAADqNWJ5XBYldrPA8AAABwP3tnuq9M0mvdccxKeeNYr3d6&#10;6wwAAAabURkAwCGuSjql5OzWHUBbpdTh1g0AAAAMlutXrnxUKeXlrTuO06M6B8tLWkcAADDYjMoA&#10;AA7xpBXrHpZkqHUH0FgpZ7VOAAAAYLCUmaGXJzmpdcfxqrW+9D1r157WugMAgMFlVAYAcIhO9j6i&#10;dQMwAGo8FwAAAPAVY73e6aXkR1t3zJKvW7J3+oWtIwAAGFxGZQAAhziY7sNbNwAD4WFX+ZsJAACA&#10;LztQn5fk9NYZs6WkLJSBHAAAc8AHJAAAh+h0Z5xOBCRJ94KRkTNaRwAAADAYOinPb90wyx57/YpV&#10;j20dAQDAYDIqAwA4RKkdozIgSdKpS51cCAAAQG4459GPqMm3te6Ybd1u91mtGwAAGExGZQAA91OM&#10;SIAkSUnf8wEAAAA5ODTzHVmAn6vVWi9u3QAAwGBacC9+AQCOV009uXUDMBhKp5zaugEAAID2Sq1P&#10;a90wRy68et26pa0jAAAYPEZlAAD354004D4zWdY6AQAAgPZq8s2tG+bIyafftX9N6wgAAAaPURkA&#10;wCFqMSoD7lNL8XwAAABAkpzXOmCu9Gs1KgMA4H6MygAADlH6RiTAfYxMAQAAGOv1liU5u3XHXCkp&#10;57ZuAABg8BiVAQAcqvSNSID7FNdfAgAALHYz93ZOS1Jad8yVmvp1rRsAABg8RmUAAIeocTIRcJ+O&#10;kwsBAAAWvc6yg6e0bphLnVJOa90AAMDgMSoDADhEJ6XbugEYDLVT/c0EAACwyHUPdpa0bphL/Zqh&#10;1g0AAAweH5AAAByiX7O/dQMwGErNgdYNAAAAtDW0pH9X64a5VEoW9O8HAMCxMSoDADhE6RiRAF9h&#10;ZAoAALDIzdx72t2tG+ZSqVnQvx8AAMfGqAwA4FBOJgK+pF+r5wMAAIBFbv2nbronyZ2tO+ZKv9Q9&#10;rRsAABg8RmUAAIcoMSoD7lM6RmUAAAAkST7ROmDOdMqtrRMAABg8RmUAAIdwMhHwFdX1lwAAACRJ&#10;bmkdMEdqZ3qZURkAAPdjVAYAcKiOEQlwn5qyr3UDAAAAg6B+oHXBXKjJzRv23Pz51h0AAAweozIA&#10;gEOUlC+0bgAGQ790vLEOAABAuv26pXXDXCg172/dAADAYDIqAwA4RO3Xz7VuAAbD8s60URkAAAC5&#10;bM/2rUl2tO6YA+9tHQAAwGAyKgMAOESNk4mAJEl92MMf7vkAAACAL3t764BZ9tkzv/6M8dYRAAAM&#10;JqMyAIBDdIuTyoAkyV0X3HjjwdYRAAAADIhu9x1JauuM2VJTr/F3LwAAD8SoDADgEDOdaaMyIEl1&#10;ShkAAABfsXHHLbck+ZvWHbNkup/u61pHAAAwuIzKAAAOUYaGvtC6ARgExcAUAACAr1FKfjkL47Sy&#10;v7xi6tbtrSMAABhcRmUAAIfYNDm5P4kTioA9rQMAAAAYLBt2Tf5rUsdadxynA+l2f6V1BAAAg82o&#10;DADg8Ha0DgDaqqk7WzcAAAAweIaG6ouS3NO64zj85peu8gQAgAdkVAYAcDi17mqdALRVavE8AAAA&#10;wP1cun37VCnlta07jtHuujSvaR0BAMDgMyoDADicjjEJLHalU6ZaNwAAADCY7ty19ddK8vetO47S&#10;TKmd/7JpcvLO1iEAAAw+ozIAgMOpZWfrBKCtUvs7WzcAAAAwmK5MZg72O9+f5NOtW45YKVdt2H3r&#10;P7TOAABgfjAqAwA4jOL6S2BJdrdOAAAAYHA9fc+tt/X7/UuSfL51y0MpyW9t3LX1V1t3AAAwfwy1&#10;DgA4VjUp4+f0zknJ6nSzOjVnJklJlpfkpK/8u1LuLunfkVq+2E/u6NTOHQdn8vGn337rZ9vVA4Ou&#10;1pkdKd3WGUA7n1+/bdv8+bY5AAAATVy+Z/tHx1b0nlM6GUtycuuew6nJO++amnx56w4AAOaX0joA&#10;4EhsPutxp8wsufeCTslTa8kTS3JeTc5Nsvw4fuxnU3JzrfXjSf6j1vqhe3Zv/7crk5lZygbmsY+c&#10;f/6Sz3zmi3cnWdq6BWig5P0bd01e1DoDAACA+WHzyOrz+6WMf/nLz4Oipr717qltP+19bwAAjpZR&#10;GTCQtuSiob3De76zlHJFUp+S5JtzAk5XLMkdNXl/Uv6uU/t/d9nubTeXpM714wKDaWyk99GSfFPr&#10;DqCBkrds3DX5U60zAAAAmD+uX7HqsZ1O5/okw61bct/72q/dMDX5Su9xAwBwLIzKgIGx+azHnTKz&#10;7J7vTspzS/KdGYyjwm9P6jWl2/3fG3bc+n9bxwAn1vjomnek1u9t3QE0UPNTG3dPvqV1BgAAAPPL&#10;e9auPW3p3v7rk/pjDTP2lFJ/YMOubVsaNgAAMM8ZlQHNXTdy3qpOZn6mpLwgycNb9zyAWpJ/SC1v&#10;KwdOunr9p266p3UQMPfGhlf/UinlV1t3ACdev5bvuHz31r9v3QEAAMD8NDG65vtrra9LcvYJfNia&#10;5E87S+rL12/b9ukT+LgAACxARmVAEzUp4yO9K0rqzyTluzK/no/uSuof9Tszv375zp2fbB0DzJ2x&#10;4dXPKqW8q3UHcOLVA/n6TZ+c/EzrDgAAAOav96xde9qSvdP/raT8dOb6Zo6aD3c69WXrd2374Jw+&#10;DgAAi8Z8GnEAC8T46KpNqZ1XJXli65bj9MVa8rvZn9/yoTMsTNeNnLeqm/621h3AiVVrpjbtnhxt&#10;3QEAAMDCcO3Z5z2yO9R/UZIXleSsWfzRMzUZTz+v37Rn8v2z+HMBAMCoDDhxrj9n1XmdbveNSd3U&#10;umWW3ZNSXlOX1Ndtmpzc3zoGmF1jI71PzvKbfcCgK/UdG3dt+/7WGQAAACwsW3LR0P7R29an1hfU&#10;5JIkjziGHzOd5N9TytXTM+XPn77n1ttmORMAAJIYlQEnwNijemeWpfnNJP8lSad1zxy6raa+ctPU&#10;tre3DgFmz/hI791Jntm6AziRyks2Tm397dYVAAAALFw1KdePrnl0t58LS6mPrrWcl1KHS3JKTZZ9&#10;6Z/dkZo7U8qtpfRvrbX++/K9J/3TxZ+5+e6m8QAALApDrQOAhW18dM1zaq1vyeI45eeckvLHYyO9&#10;Z3Sn60vX375td+sg4PjV5EPFqAwWldIvH27dAAAAwMJWkppdWz+e5OOtWwAA4HAW8olBQEPvWrny&#10;YeMjvatT6zsX27VxJfnu/lC5ZWJkzUtatwDHr9byodYNwAm195FnnfZvrSMAAAAAAABacv0lMOs2&#10;j65+Sr/mz5KysnHKILhmX2f6R5+9c+cdrUOAY7P5rMed0l927x1xwissFh/aODX5lNYRAAAAAAAA&#10;LTmpDJhVE6Orf7pfy98alH3F9yzvD/3j9StWPbZ1CHBs1n/qpnuSfLR1B3DCvL91AAAAAAAAQGtG&#10;ZcCsuDrpjg/3fqfW8uYky1v3DJhv7HQ6/zQ2vPpZrUOAY1NT39e6AThBOtncOgEAAAAAAKA1ozLg&#10;uI31eqefNrJ6IiU/1bplgJ1USvnr8eHeS1uHAMegGJnAInH3Xacs+2DrCAAAAAAAgNaMyoDjMnZO&#10;b0U5kA8k5ZLWLfNASckbJkZ6r2kdAhydu09d/oEkd7fuAOZWqfmHK2+++UDrDgAAAAAAgNaMyoBj&#10;9t7htWeXbrYkeWzrlvmkJq8YH17zupqU1i3Akbny5psP1OT/tO4A5lZNXHULAAAAAAAQozLgGN1w&#10;7rlnzZSZ9yfptW6Zl0p9+cRw782tM4Aj1ynVFZiwwHVSjcoAAAAAAABiVAYcg/esXXvawZmha2NQ&#10;dnxKfmpsdPXLW2cAR6Z2hoxNYAGrNVOX7d52c+sOAAAAAACAQWBUBhyVsV5v2dK9M+9O6hNatywE&#10;pZbfGB9e88LWHcBD27jjlltq8rHWHcCc+auS1NYRAAAAAAAAg8CoDDgqnf15S5LvbN2xgJSU+tbx&#10;lb2LWocAR+SvWgcAc6N08s7WDQAAAAAAAIPCqAw4YmOjvR+qJT/UumMBWpZ+3rn57NXDrUOAB1e6&#10;3b9s3QDMid0bdk1+uHUEAAAAAADAoDAqA47IxGjv8aXmLa07FrCH94c67/zI+ecvaR0CPDBXYMJC&#10;Vd/l6ksAAAAAAID/x6gMeEjvW7XqjFrzl0mWtW5Z2OoTPv3ZL17VugJ4cCWuyIOFppS8u3UDAAAA&#10;AADAICmtA4DBNz7Se3uSF7TuWCRmSu1cvGH3rf/QOgQ4vImR3jqnlcGCsueuqcmVVyYzrUMAAAAA&#10;AI7W5rMed8rM0nufmpJvLcljS0mv1pya5KQv/5uS7K8lu2qtOzslk7WUG+tQ/nXT5OSdDdOBAWdU&#10;Bjyo8dFVm1I717fuWGR2z+TAN18xNfWF1iHA4U2M9j5cay5s3QEcv1rrr2zave1/tO4AAAAAADhS&#10;E6OP+YbkwPfXWp6d5IlJlhzDj+kn+VBNrslMrtl02+Se2a0E5jvXXwIPaPNZjzul9jv/q3XHIjQ8&#10;VJb+z9YRwAPr1/qHrRuAWVG7naE/ah0BAAAAAHAkxkd7Tx4f6f1NrQd311pen+SpObZBWXLfXuSp&#10;JXlj6WbH+Ejv6rGVvSfNXi0w3zmpDHhA4yO9X0vyi607FqmZ9Gcev3HPjptahwD3t+XMdafuO2n/&#10;7UlOa90CHIeS92/cNXlR6wwAAAAAgAczce5531xn+r+R5LIT8HDv7dT6svW7t33sBDwWMMCcVAYc&#10;1nWjax6T5GWtOxaxbjrd32odARzexZ+5+e5ack3rDuA41eqUMgAAAABgYL1n7drTJkZ6b6wz/Y/k&#10;xAzKkuSyfin/Pjbce/O1Z5998gl6TGAAGZUBh9Wp9TeSLG3dschdPDbSe3rrCODwar+8rXUDcFzu&#10;OXDS0F+3jgAAAAAAOJyJ4fOetnTvzM01+dkkQyf44bul5KeHhk66efPo6qec4McGBoRRGXA/m0dW&#10;n1+Sy1t3kJSS12/JRSf6RSJwBDbt3voPKbm1dQdwbGrqnzzzllvuat0BAAAAAHCoidHVP11L/4Yk&#10;w21Lysp+LX87PtJ7btsOoAWjMuB++imvSlJad5Ck5ry9o3ue1zoDuL+S1NIvb2zdARyT/lC/vqF1&#10;BAAAAADAoSZG1/xqreXNGZxbpZYn+YuJkTUvaR0CnFhGZcDX2Dyy+vwkrlwcICXlF6qRHwykO+ve&#10;P07y2dYdwNGq45ft2b61dQUAAAAAwFcbH+29odb6S607DqNTU39rYnT1y1qHACeOURnwNfopr2jd&#10;wCFqfdzEyKrvbJ0B3N+Ve/bsTa1vbd0BHJ1OOm9q3QAAAAAA8NXGRno/m5qXtu54MLWW142P9n64&#10;dQdwYhiVAV9x7YrzzknynNYdHE7HcbIwoDpL8+Yk+1p3AEeolJvWT219X+sMAAAAAIAv2zyy5oqS&#10;/GbrjiNQUvPW8ZW9i1qHAHPPqAz4im6n//wk3dYdHNYV15+z6rzWEcD9rd+27dNJ/qp1B3BkSj//&#10;q3UDAAAAAMCXbR5de25N/ZPMn/3GUPp55/jKR69sHQLMrfnypATMsZqUJI4qHVyl0ykvaB0BHF7p&#10;dn4zSW3dATyk25Z1D76tdQQAAAAAQJJcnXT7dfqPa/Kw1i1H6eHpz/xu6whgbhmVAUmS8ZW9C0uy&#10;pnUHD6JTrmydABzehh23/t8k17TuAB5cqeVXL96503W1AAAAAMBAOHVk9YuS8rTWHcembpoY6fn8&#10;EhYwozLgPv36g60TeAg1512/cs23tM4ADq8kr07Sb90BPJC685Fff/oftq4AAAAAAEiSd61c+bBS&#10;yn9v3XE8auprr163bmnrDmBuGJUBX7r6sjy7dQcPrcz0n9O6ATi8DVOTN8dpZTCwai2/ccGNNx5s&#10;3QEAAAAAkCTL6tDPp+bM1h3Hp6w87a59L2xdAcwNozIgYytWfVNJzmrdwUMrJY6QhQFWnVYGg2rX&#10;3acvc0oZAAAAADAQNp/1uFNKzU+07pglv/iR889f0joCmH1GZUC63XJZ6waOVFn7vlWrRlpXAIe3&#10;aWryP2ryrtYdwNcqJa+78uabD7TuAAAAAABIkrr83hcmeXjrjtlRVn7201/c1LoCmH1GZUDSL9/V&#10;OoEjN32w+9TWDcAD65fy35NMt+4Avqze8shHnvH7rSsAAAAAAL6s1rywdcNs6pf8SOsGYPYZlcEi&#10;N9brLasl3966g6NRjcpggF2xa+vHU/LbrTuALyn15y648caDrTMAAAAAAJLkS7cSnd+6YzaVZP37&#10;Vq06o3UHMLuMymCRK/v7j0tySusOjkLJk1snAA9uX5n+lZR8pnUHkPdu3LV9rHUEAAAAAMCXHZwu&#10;z0xSWnfMsiUzBzsXtY4AZpdRGSxyJd1vat3AUfsWS38YbM/eufOO2s+rWnfAIjeT/szPt44AAAAA&#10;APhqpXSe0rphLvSTS1o3ALPLqAwWuVr6j2ndwFHrTM90vrF1BPDgvv7rz/iDkny8dQcsYn++cc+O&#10;m1pHAAAAAAB8tdqvC3JUVkq5sHUDMLuMymDR66xrXcDRq8mq1g3Ag7vgxhsPpl9/rnUHLEYluaOU&#10;Ja9o3QEAAAAA8NXes3btaaVkpHXH3KiPrgvvWk9Y1IzKYNHrO/FqPurXla0TgIe2Yc+2iZK8vXUH&#10;LDq1/NyGXR//z9YZAAAAAABfbfm906OtG+bQaePn9M5pHQHMHqMyWMS2rFy5PCkLdAm/sHVKWcgv&#10;OGFBGZoZ+rkkn27dAYtHvWH97q1va10BAAAAAHCo2uks7M/4hnJm6wRg9gy1DgDa2Xtw6JGla1w6&#10;H9UU11/CPHHJbZ/43MTompfWWv+sdQssAvu6/fqiktTWIQAAMNu2nLnu1HtPvfcR3X73Ef1+HllS&#10;HpHSPy1JSjoP66fe/6qhUmc6/c7naurnaqmf65fO55dPdz99yW2f+NwJ/wUAAEi/3z+1lIV7Q2Sn&#10;dh7RugGYPUZlsIjV0v+6YlM2T1VHx8I8smHX1j8fH+l9b5Knt26BBa2U/3nZnu1bW2cAAMCxqEmZ&#10;WPno0VoPPibJupJybq0ZSbKyJMP7sv+Mzkw3Ncl9n0PWJOVL/23NYT+arCW13Pedi5KSbq052J3O&#10;+Ejvi0m2JdleU7eXUm7tz5SPLV0684lLt2//4tz/tgAAi1OnlKUL+Rux/fRPat0AzB6jMljMSvfr&#10;HOQxP9Wak1s3AEen1ry0lHxX4v9fmAs1+ViW1Ne17gAAgCN13ch5q7rpPyU1T0rJhRPJY9KfPqV8&#10;1TxsDs+wOCPJ45M8vuS+s347nZrp6U7GR3p7knJTKflwrTMfPHDSkn9+5i233DV3KQAAi0c/tZS5&#10;fJXXWs3+1gnA7DEqg0WspP/wOX1rijlTSpa3bgCOzqbdk9vGR3s/k5o/aN0CC9DeJM/bNDnpDQsA&#10;AAbWDeeee9bBmc6GpGxK8u1J/1FJBvHtuRVJXVFrNiWdLN07MzMx0vtov+ZvS/K+u+q+v79yz569&#10;rSMBAOajUssdA/j6b/YYlcGCYlQGi1hJ52FOKpu3lrUOAI7exl2Tfzgx0ru0Js9r3QILSs0vbdo9&#10;+R+tMwAA4FBjo71v7dQ8qyaXH5zJ4zOIE7KH1q3Jt5SSb0nystPK8n3jI6s/UNK57mC/XPP0Pbfe&#10;1joQAGC+qKV+biGfVFaWdD/ZugGYPUZlsIiVpJiUzVtOKoN5am9n+ieWzQw9uZSMtG6BBeLv/mn3&#10;5JtaRwAAQJLUpIyPrH5Kanl2KXlOas5dgO+/LU/KJTX1kqFOfcP4yJoP1vSv7pSl12zY9fH/bB0H&#10;ADDIlgzV3dPTC3ZUVqf337W7dQQwexbssxXw0MaH13xfSv3z1h0ck7pxarLTOgI4NhPD5z2tlv6W&#10;JN3WLTDPfX6633mckxEAAGhtYsXqXjrlR2rqDyTlG1r3NFKTfDCpb+/sP+XP1n/qpntaBwEADJqa&#10;lImR3heSnNG6ZfbV/9w4te3s1hXA7DFIgMWs407reeze1gHAsduw+9Z/SImTleA41dSXGpQBANDK&#10;VUlnYrj3zInh3ljtlE/U5BWLeFCW3Pcl9qcm5ff6y+7dPjbce/3YcG916ygAgEFS7tuVfbR1x9wo&#10;/9y6AJhdRmWwqM3sa13AMft86wDg+Nx16rJfTM2HW3fAPPYHm6a2vb11BAAAi88N5zz6EeMjvasu&#10;HOndVkveXUs2xknUh/r6UvKyUjI5PtL7wNhI7+nVzSkAAF9S/7Z1wVwoKR9s3QDMLqMyWMyqk8rm&#10;rVK+0DoBOD5X3nzzgSVDM89KcnvrFph/ygfOPPOMF7WuAABgcbnh3HPPGhvuvf5gd3pbklcleVTr&#10;pnniqSX5m4mR3r+MDa9+3lU+lwAAFrl+LX/XumEu1DqzpXUDMLv88QaLWCfljtYNHKtqVAYLwCU7&#10;dnwqJd+T5EDrFpg/6n/2Owefe8GNNx5sXQIAwOIwdk5vxfjImt87ONOdKiUvS3JG66Z56vxSyl9c&#10;ONLbPjGy5iVbVq5c3joIAKCFs77+9A+l5DOtO2ZX3blh9/aPtK4AZpdRGSxi3ZklO1s3cGxKYlQG&#10;C8TGXZMfyn3fcAce2kyt5YWX79z5ydYhAAAsfBMr1j18fHjN60o3tyT1x5Isbd20QIzW1N/a1x+6&#10;eWKk9wLXYgIAi80FN954MLW+o3XHLPurktTWEcDsMiqDReyS2z7xuSR3tu7g6NV+bmvdAMyeDVOT&#10;ry0l727dAYOu1vqqTbsn39u6AwCAhe09a9eeNjHSe03t7J9KqS9PcnLrpgVqVU3evnmkd/PY6OqN&#10;rWMAAE6kWsrbWjfMoplay++1jgBmn1EZLHY1O1oncEz+o3UAMHtKUvtL8oMp5abWLTDA/nTj7m2/&#10;1joCAICFbXx49fcu3Tt9U01ekeSU1j2LQU0eU2q5fmKk9xebz1493LoHAOBE2LRr8t9SMtG6YzaU&#10;5JpNuye3te4AZp9RGSxypWNUNi91jcpgodk0OXln3V8vSTLZugUGTU3ed+aZZ/yQ49MBAJgrm4dX&#10;f9P4SO8DKeUdSVnZOGcxKjV5Xn+o3DI+0rtqrNdb1joIAGCu9fvl11s3zIJ+SX1d6whgbhiVwSJX&#10;Y1Q2Hy0pMx9v3QDMvk2fnPzMTCnPSPL51i0wQD6apfltssvMAAAgAElEQVSeC2688WDrEAAAFp4t&#10;Z647dXxk9Zv6pfxrkqe27iEnJXlVDuSj4yOrvqt1DADAXLp899a/r8l1rTuOT/mT9VPbbmxdAcwN&#10;ozJY7Go+1DqBo/bZS3bs+FTrCGBuXLFr68dL7Twryb7WLTAAPpnO0DM2TU7e2ToEAICF5/qVa75l&#10;30n7P5yUn0mypHUP/09J1iSd946NrH7t1evWLW3dAwAwV2p35qeT3NO64xjd1a2dV7aOAOaOURks&#10;cp3p+uHWDRy1j7YOAObWht23/kNN/fG46o/FbV9N/Z6NOz+xs3UIAAALy9Xr1i2dGOm9ptOv/5Jk&#10;XeseHlCnpPzC6Xft//eJ0d7jW8cAAMyFy3fs2FVTf7F1xzGp5ccv233L7a0zgLljVAaL3Prbt+1O&#10;sqt1B0eu1NzQugGYe5umtr29lvxIDMtYnPYl/Ss2TW37x9YhAAAsLNefe+7oaXftu6Emr0gy1LqH&#10;h1aTx9SafxwbWf3impTWPQAAs23T1LY3J/mz1h1Hp/72xt1b39G6AphbRmVAao0PbOeT2jEqg0Vi&#10;067J/11SXtq6A06w/al51sap7X/bOgQAgIVlfHTNczoz3ZuS8rTWLRy15SXltydGVl973cjI17WO&#10;AQCYbTM58OIkk607jtBHlndmXtE6Aph7RmVAOp36odYNHLEvLttz9r+2jgBOnA1TW99Uk1e17oAT&#10;ZDqlft/G3ZObW4cAALBwXJ10J0Z6r0mt1yQ5vXUPx6Nc3s3Sf75+xarHti4BAJhNV0xNfWG637ko&#10;yY7GKQ+h/MvQUP+Si3fu3Ne6BJh7RmVAysG8J65Xmx9q/duL83+mW2cAJ9amqclfTvLrrTtgjvVL&#10;8kMbd217V+sQAAAWji1nrjv19NHeNV+67tLViQtDr9PpfGB8uPeM1iEAALPp6XtuvW2mlMuT+p+t&#10;Ww6nJB/vLOlfcen27V9s3QKcGEZlQNbfvm13kn9p3cFDqymuvoRFasPU5C/V1Le27oA5Umvqz26Y&#10;mvyT1iEAACwc4ysfvXLfSfs/XGue1bqFWXd6St49PtK7qnUIAMBsumLX1o93ytBTk3pL65ZD/ONQ&#10;d+bi9du2fbp1CHDiGJUBSZKavKN1Aw9pf78c+IvWEUAbJambprb9ZE3+a+sWmGXTpZTnb5ra9ubW&#10;IQAALBzjI6u+Lf3pf0myrnULc6YkedX4yOo/unrduqWtYwAAZsv6XbfsWDKz5KlJ3tu65T719+46&#10;bdl3XrJjx6dalwAnluO+gSTJtSvOO2eo05+Ksekgu2bj1ORzW0cA7Y2N9F5Rkte07oBZsK8mV26a&#10;mry2dQgAAAvH2OjqjaWWq5Oc2rqFE6WMTU/f89yn3377va1LAABmS03KxHDvJ1PyuiQnN0j4XFJf&#10;tnFq2x83eGxgABiPAEnuu6M7KR9s3cEDq8nbWzcAg2HT1ORrSy0/maTfugWOw92l1E0GZQAAzKax&#10;0d4PlVqujUHZIlM3DQ2d/PfXnn3eI1uXAADMlpLUjbsn39Lvznxjue9zwhP1mUAtNf97errzaIMy&#10;WNyMyoCvqKX+UesGHtBn7z5t2ebWEcDg2LB761tryQ8kmW7dAsfgzlI7mzbs2raldQgAAAvH+HDv&#10;paXmD5J0W7fQxPlLhvp/P3ZOb0XrEACA2XT5jh27NkxN/mD6M99aasbn8KGmS/KX/dp/4obdkz/8&#10;9Ntv/ewcPhYwD7j+EviKsV5vWTlQdyTlG1q3cIiSN27cNflzrTOAwTM2vPp5pZS3JVneugWORE0+&#10;VfvlmZfv2fpPrVsAAFg4JkbWvKSmvjHe86bk1m6/e/Flu2+5vXUKAMBcGBvpfWNJfWGS58/S57q7&#10;aupf1m7/LZfv2LFrFn4esED4Axv4GhMja36hpr62dQdfY2+/M73q8p07P9k6BBhM4yvOfVw63euS&#10;DLdugYfwkW7tPtOHOwAAzKbx0TU/n1p/o3UHA2WylCXfvmHXx/+zdQgAwFy5OumevmL1pemUi2ry&#10;hCQXJDn9CP7TL5Tko0k+VGv/nRt2b/9ISerc1gLzkVEZ8DXGer3Ty4FMJTmjdQtfUvKWjbsmf6p1&#10;BjDY3ju89uyZMvM3Sc5v3QKHU0reXfad/Pz1n7rpntYtAAAsHBPDa36ilvqWeK+bQ9TkY0tnhi66&#10;5LZPfK51CwDAiXBV0nnCOat6pVvOTMrDS+rDkyyryb7U3Nnp5IvlYCbX375td+tWYH7whzZwP2PD&#10;vdeXkpe17iBJcqAzXXte3AFHYvNZjzulv+zeP0vyzNYtcIhXb5iafLVvuwEAMJvGRnrfU5K/SNJt&#10;3cLA+lBn/8mX+nILAADA0eu0DgAGz0ztvDHJ3a07SJLyDoMy4Eit/9RN9yyfWvE9SXlz6xb4koOl&#10;1BdvnJq8yqAMAIDZtHlkzaUl+fMYlPHgntxfdu+1V69bt7R1CAAAwHxjVAbcz9P33Hpbkl9r3UH2&#10;l37/V1tHAPPLxfk/0xuntv5MTZ5Rkjta97Coba8lF27Yte13WocAALCwjK8493H91GuSLGndwrxw&#10;8el37v9frSMAAADmG6My4LDOPPOM1yf5ROuOxayU8j837Nk22boDmJ82TU1em359Qkq5qXULi1At&#10;76pL862bdk3+W+sUAAAWlrFzeivS6Y4lOb11C/NHLfmhseHVv9S6AwAAYD4xKgMO64IbbzxY0nlx&#10;645F7BN3nrr0ta0jgPltw55tk8vLwQuT/EHrFhaNmZr81w27t373psnJO1vHAACwsHzk/POXlG55&#10;R5JzWrcw/5RSfnnzyJorWncAAADMF6V1ADDYxkfWXJ/UTa07Fp3Sv3zjru1jrTOAhWNsZPWLS8pr&#10;k5zUuoWFqSaf6pTywxt2bb2+dQsAAAvTxEjv92vyo607mNfuLsmTNkxN3tw6BAAAYNA5qQx4UEND&#10;Mz+Z5AutOxaVWt5lUAbMtk1T296cztA3puT9rVtYiMrvLxnqrzUoAwBgroyNrP5RgzJmwam15K/f&#10;t2rVGa1DAAAABp2TyoCHNDa6emOp5fp4zjgB6s6ZHHz8FVNThnzAnKhJ2Tyy5mdq6muTLGvdw7z3&#10;2Zr85KapyWtahwAAsHBdv3LNt3T69YNx8jKzpdR3bNy17ftbZwAAAAwyJ5UBD2nTrm3jteZ3W3cs&#10;AgdKv/s8gzJgLpWkbpja+qaSnJ/kX1v3MK/9zZLuzDcZlAEAMJfes3btaZ1+fWcMyphNtXzf+Mjq&#10;H2udAQAAMMiMyoAjsywvT83/bZ2xkJVSX7lhz63/3LoDWBw2TE3evLwz/dTU+qtJDrTuYV75QlJ+&#10;YsPU5LMu2bHjU61jAABY2Jbsm3lTklWtO1iIyhvGz127tnUFAADAoHKVHXDErl+x6rGdTucfk5zW&#10;umWhKTXjH949ecVVSb91C7D4XDdy3qpu6f9uaja0bmGg9ZP6O/s6M6969s6dd7SOAQBg4RsfXv29&#10;KeUdrTtY0G4888wznnzBjTcebB0CAAAwaIzKgKMyNty7rJRcl2RJ65aFoiQfH5oZetolt33ic61b&#10;gMVtbKT39JK8JcmK1i0Mlpp8LKk/sWlq2z+2bgEAYHEYe1TvzLIsN6fmzNYtLHiv3Dg1+eutIwAA&#10;AAaN6y+Bo7Jp9+R7S/L8OFFrltRbypJ6kUEZMAg2TU1eOz3d+daS/H9JZlr3MBDuSXLVSZ3pJxiU&#10;AQBwInWW5s0GZZwgV02M9Na1jgAAABg0TioDjsn4cO9FKfnd1h3zWa2Z6s7Ub1t/+7bdrVsADnX9&#10;ueeOdma6v5L7hsReMy4++0vyW+kv+40Ne27+fOsYAAAWl/Hh3jNS8p7WHSwepeSf7tw1+dQrfcEK&#10;AADgK3xACByz8dHeG1Lz0tYd81FJ7pjplIsv37n131u3ADyY8eFVT0in87rUfEfrFk6ImuRPh4b6&#10;/+3S7dunWscAALD4bDlz3al7l++/uZSMtG5hcSmlvnjDrm2/07oDAABgUBiVAcdlbKT3P0ry6tYd&#10;88zn+v1y+eV7tv5T6xCAI1GTMjG8+nnplFen5rzWPcyZD9Z+Xrlpz+T7W4cAALB4TYyu+dVa6y+1&#10;7mDxKckd/QM5b9MnJz/TugUAAGAQGJUBx21sZPUPlJQ/TDLUumXw1Vs6ZWjj+l237GhdAnC0alLG&#10;R3pXlOSqJI9v3cPsqMl13VJ/ff2ubR9s3QIAwOL23hWr1sx0Oh9LsrR1C4vWH2ycmvzR1hEAAACD&#10;wKgMmBXjw71npOQvkyxv3TLAPlj6y56+Yc/Nn28dAnA8vmpc9uok39q6h2NTk+uS+ppNU9v+sXUL&#10;AAAkyfjwmr9Oqc9u3cGi1u+kPnH91LYbW4cAAAC0ZlQGzJqJ0dUX11r+PMmjWrcMnvK3dWl9zqbJ&#10;yTtblwDMli25aGjvyO7vLykviZPL5otakxtKzW9u3D25uXUMAAB82eaRNZf2U9/bugOSbNk4Nfmd&#10;rSMAAABaMyoDZtW1Z5/3yCXd/ttrycbWLQPiQEn5hfVTW3+7JLV1DMBcGRvtfWup5SeS+vwkJ7fu&#10;4X4+m+R3u7X7+5ftvuX21jEAAHCoidHeh2vNha07IEk6KZetn9r6vtYdAAAALRmVAbOuJmXzyJqf&#10;qamvTzLUuqeZklv7/f5/uXz39o+0TgE4USZGH/MNtR78sSQ/luTs1j3kE6Xkd/Yv7779mbfcclfr&#10;GAAAOJyJ4d4za8m7W3fAV7lxw9TkE3xJFAAAWMyMyoA5Mz7cW1+T3y8lI61bGvizoaH+T126ffsX&#10;W4cAtHBV0rlwZNVTku4Lkvp9SU5r3bRY1ORTneRtSf5kw9Tkza17AADgwVyVdC4c6f17kse2boGv&#10;UfPMjbsn/6Z1BgAAQCtGZcCc2nLmulP3Lt9/VSl5SRbHqWW7Sykv3bBr6ztbhwAMiqtXrDjptM7y&#10;K2ryAyXZmKTbumkB2pvkmpLO2++cunXLlclM6yAAADgSE6NrvrvWek3rDjiMj/7T1OS3XJX0W4cA&#10;AAC0YFQGnBDvXbFqzUynvCUpl7RumSN3l5T/9sgzT3/LBTfeeLB1DMCgmlixutfvlO8uyXOSPCFe&#10;jx6P6Zps6dTy1zPdg+++fOfOT7YOAgCAozU+0vuXJBe07oDDKv3LN+7aPtY6AwAAoAUf4gEnzFVJ&#10;50nDa36wX+ovlmRN655ZMpPkL2rNqzbtntzWOgZgPrnhnEc/4kD34OVJeW5JLkuytHXTPHBnkvfU&#10;5K/u7u+74co9e/a2DgIAgGM1vrJ3UfrZ0roDHlDJ+zfumryodQYAAEALRmXACVeTMj7Su6LUvDIl&#10;T2rdc4z2J/X3+t3+Gy7fsWNX6xiA+e7as8975FB35pLaKZeVmsuSnNO6aXDUW5LOezvJe7P/pC3r&#10;P3XTPa2LAABgNoz//+zde5zddWHn//fnzOTC1QviBZJJSCYERa0K9VKthYqQDKhVW7pe27W7utW2&#10;rq69/Nptl92267q1brVVd3uzWvtri7bKApkEtXirl1ZqvaRymQlkEqiCKBAMucw5n98f0J9WgUzC&#10;zPmcOfN8Ph7wUB7JnNdweDySnO/7+/mOjX8wyfNad8D9qr0nb9614+9bZwAAAPSbURnQTE3KtjUb&#10;Jmqtr09yVpJO46S5+GZK3jXS7f3vc3fvuK51DMCw2rZ6/WN7KeemlGcl9WlJHtK6qY9uTPKpmvqh&#10;OtK7wngZAIBhtGX1+PpScm0Wx+dBLG1/unlm6uWtIwAAAPrNqAwYCJNrT1tbe7MvL8lPJFnXuue7&#10;1CSfTskfzx7c++fPuemmva2DAJaaK1ZvPGm2dM8oyRlJfXpSnp7kqNZd8+DWmny6JFeVdD45Mjr7&#10;98/eseP21lEAALDQtqwef3Mp+U+tO2AO9neW1bHzpqdvbh0CAADQT0ZlwECpSZlcNf7M0ikvTuo5&#10;aTcw66Xm75Jc3OnW95930/SuRh0A3Isr165duTfLTut0e6clOT2lnJbkMUk2JFnWtu5e7U1ydZKv&#10;lJp/qp1ydTqd7Sc+9NgdZ1511cHWcQAA0E9Xrl27cl9v9MYkD23dAnNRk1+amJl6U+sOAACAfjIq&#10;Awba5NrT1qbOPqv28sOl5IeTPHKBXqomuaaUXJmUj4zOjnz0nBuvvnWBXguABfK5M85Ydsut3zq5&#10;dHurU3pre7WOlZLVpZaxlDyqJifk7r+OnseX3ZPUW5POLUn9alJuqKU3k152lU6ZGemN7PzUrmu+&#10;elHSm8fXBACARWvrmg0vrrX+WesOmLOSazftnDqt3P0ZIgAAwJJgVAYsKltOHl9VRnuPT+08vtRs&#10;qMm6lKzP3AcCt9bkn0tyY2p211K/0Kkj/9hb0fvCxNTUHQucD8CAuHjVqqOOytEPHc3BE8pI54TU&#10;kZEk6dXusaWU7znprCb7OunclSTdWg+MlHprtzN76yNOOOFWJ40BAMDhmVw9fmVKzmrdAYejV8sP&#10;nb/ruo+37gAAAOgXozJgaFy5du3K/fWoh8zW7lHf+c9Hy8hds/Vb+47pdO46+4Yb9rXqAwAAAFjq&#10;Lhs7dd1Ietcl6bRugcNRS941sXPqFa07AAAA+sWoDAAAAACAvti6ZsOv1lr/W+sOOAJ37unte/iF&#10;u3ff1ToEAACgH9wNBgAAAABAX9Raf6x1AxyhY48bWbGpdQQAAEC/GJUBAAAAALDgLluz4dFJHte6&#10;A45YLS9snQAAANAvo60DAAAA4IHa8sjxEzvL8gMpZWOt9dSUrE5yTJKV9/yQO5LcmZLrSq9c1yu9&#10;L9153Mq/v3D79gPtqgFgaek4pYzF77lXrl278uwbbtjXOgQAAGChGZUBAACwKF2+dsMTOt28pJa6&#10;qSSn16Qkd//9PtWklpqSkuP27N87Obb+U6Xkkt7+8pcTX526pW/xALAElZQLkto6Ax6I4+6qI2cn&#10;mWwdAgAAsNDu76N2AAAAGCgXr1p11LFl5U+WktckOX0ev/RsTbZ20nnrpplrPzyPXxcASLJt/fqH&#10;9w6Wr8Zn0ix65Xc3z1z3c60rAAAAFpqTygAAABh4W8bHV5QDeV1KXp+aExfgJUZLckFN74KtY+P/&#10;WFJ+9byZ6y5bgNcBgCWpd7CcG4MyhkLv3NYFAAAA/dBpHQAAAAD3Z8vq8XNzIF9K8sYFGpT9KzV5&#10;Qi/10smx9ZdtWT2+fqFfDwCWiPNaB8D8KBu3rdl4SusKAACAhWZUBgAAwEDa9ojHHzM5Nv6eUrKt&#10;JBv6X1DOLyVf3jq24bX9f20AGDb1Wa0LYL500z27dQMAAMBCMyoDAABg4FyxeuNJvRV7P57kZY1T&#10;VtbU39k6Nv7ui08/fXnjFgBYlK5YtW5DUh7VugPmS6fmh1o3AAAALDSjMgAAAAbKttXrH9sts59L&#10;8qTWLf+iJi8//s79H7/0pFMf1roFABabbqf8QOsGmE+95GmtGwAAABaaURkAAAADY+uq9eO9UrYN&#10;4mkmteYpo6O9rVvGx49v3QIAi4wBDkOlJONuNgAAAIadURkAAAADYduajafUTvlokpNat9yPMzoH&#10;c8W2Rzz+mNYhALBo1PLU1gkwz8rIsu73t44AAABYSEZlAAAANHfxqlVH9Wr3kiQnt245lFrzlLpi&#10;7ztadwDAYrBlfHxFSk5v3QHzrdTy5NYNAAAAC8moDAAAgOaO66x4R5LHte6Yq5q8fHJs/StbdwDA&#10;wDuYxyQZbZ0B860uot+7AgAAHAmjMgAAAJraunr8eUn5ydYdh6+8Zcvq8fWtKwBgoNVqeMNQKqmP&#10;bd0AAACwkIzKAAAAaOZD69Y9qJb879YdR+iYUupibQeAvii1Y1TGkCrrt4yPr2hdAQAAsFCMygAA&#10;AGjmYLfzC0ke2brjyJVzJlePP7d1BQAMrNJ7dOsEWCCjdV/v1NYRAAAAC8WoDAAAgCa2rnn0o0rN&#10;61t3PFCl5H9c5M/XAHCvSsq61g2wUDojZbx1AwAAwELxoTcAAABN1Hrw55KsbN3xQNXk0U9Zs/55&#10;rTsAYNDUpNRkTesOWCildsZaNwAAACwUozIAAAD6bsv4+Iokr2zdMW9q+dnWCQAwaK5Yv/7EJEe3&#10;7oCF0qt1desGAACAhWJUBgAAQN+VA3lukoe27phHZ21bs/GU1hEAMEhmD1SnODHUSolRGQAAMLSM&#10;ygAAAOi/Wl7UOmGelV56P9o6AgAGyWgZeWTrBlhgq1oHAAAALBSjMgAAAPrq4tNPX55Sz2vdMf/q&#10;+a0LAGCQ9Goe1roBFlY9oXUBAADAQjEqAwAAoK+Ou3P/GUmObt0x72qeevGqVUe1zgCAQVE6PYMb&#10;hlx5SOsCAACAhWJUBgAAQF/V1Ke3blggK47trHhS6wgAGBS1FqMyht2DWwcAAAAsFKMyAAAA+qrU&#10;nN66YaGUDO/3BgCHqxSDG4be8m2PePwxrSMAAAAWglEZAAAAfVY2tC5YMLUzvN8bABym2svy1g2w&#10;0Lpl7/A91h0AACBGZQAAAPTfWOuABdPJqtYJADAwilEZw6+zYtlo6wYAAICFYFQGAABAvw3vI4Jq&#10;77jWCQAwQFa0DoCFNjKyf1nrBgAAgIVgVAYAAEC/De8jgko5tnUCAAyK4qQyloD9s6NOKgMAAIaS&#10;URkAAAD9VlsHLJhaZlsnAMCgqL3aa90AC215b3akdQMAAMBCcAcNAAAA/XZ7kqNaRyyImjtaJwAL&#10;75KNG48b3XtwY6d0TivJhlrL0Sk5PqV3XGo5OqnHJElN2VeSvUm5LaV+q6TsranXd1K/Ursrr960&#10;e/s3Wn8vsKA62T/EU3JIktRe2de6AQAAYCEYlQEAANBn9fakPLJ1xUKonXpb6wZgfm0ZHz++c7D8&#10;YO3lrJTeE5JyWu7qrkq5+wEANUnKPauZWu75WeU7/n7Pj6pJvWdd00tJOvszuWb8llLzlV7NF1Py&#10;sZFl9ePnTU/f3KdvDRZe7RwY5gNKIUkOZOSu1g0AAAALwagMAACAPutMJ3Vj64qFUGqua90APDBX&#10;5qzR/at2nVNL51kp9awcyBNr6sjdC7FyqJ9+eGpOrMmJpeSZSX6md7DUybHxf0rNR0unXHlH964t&#10;F+7ebazAYra/dQAstGMPLnNSGQAAMJSMygAAAOivUq9JzUTrjIVQSrm2dQNw+GpSto2d+qya3sv3&#10;Zfdzk/KgRqcrlSSnp+T0Wutrjuus3LdlbPzDJXnPiSc+6INnXnXVwRZRcOR6++Z9jAmD5pYTjcoA&#10;AIChZFQGAABAX9Xky8N6ebnT7X6xdQMwdx9at+5B3dmRV21N/Ymk95jWPfdiZUkuSHLBzTffPrNl&#10;zfh7R3sjbz931zU3tQ6DuSil8/VaPf6SoXbn2fnobOsIAACAhdBpHQAAAMDSsmyk9+HWDQtk57m7&#10;d3j8JSwCW04eXzU5tv6ts7OdG2vqm5IM4qDsXyklY6Xml7ulu2tybPziy9ZseHTrJjiU2qu3tm6A&#10;BXZL6wAAAICFYlQGAABAXz17x46ZJNe37lgAn2gdANy/fxmTlZFck5SfS3JM66Yj0EnyYyO1fnFy&#10;bPw9xmUMshqjMoaeURkAADC0jMoAAADou5r6vtYN865m+L4nGBLbHvH4Y+4Zk+24Z0x2dOumeTCa&#10;5GUjtW6fHBt/z6Unnfqw1kHw3TplxKiMIVe+3roAAABgoRiVAQAA0Hel1/uz1g3z7OsnPvxBk60j&#10;gO81uWbdRG/F3i/eMyZb1rpnAZQkLxsd7V2zdWzDay/yeR8DpHSyu3UDLKRS61dbNwAAACwUHzIB&#10;AADQd5t3X//F1Hyhdce8Kbn4zKuuOtg6A/i2LY8cP3FybPy9qZ3Lk6xr3dMHD62pv/OUsfXbtqwe&#10;X986BpJkeQ7ckKS27oCFUjtlGB/pDgAAkMSoDAAAgEZKyX9v3TBPZlNGf6t1BPBtW9as31xWZHuS&#10;l7Ru6b9yTin50uTY+le2LoGzb7hhX5Kvte6AhVKSHa0bAAAAFopRGQAAAE3cMTP1V0mmW3fMg7/Y&#10;fMPVN7SOAJLPnXHGssmx9W8ttVyemhNb9zR0VFL+z+TY+HuuPPH0Y1vHsMTV3NA6ARZKr1SjMgAA&#10;YGgZlQEAANDEhUm39OrPtO54gPbO9jq/1DoCSD58yimPuOWW27Yk5eeSlNY9A+Jl+1bu/+TlJ687&#10;tXUIS1d1khNDbGTEqAwAABheRmUAAAA0s2n39NZSM9m640iV5M3P2X3tja07YKmbXHXK4w92O59P&#10;yjmtWwZOyfd1RjpXbVk9fm7rFJaoki+2ToAFcvN509M3t44AAABYKEZlAAAANNUd7f50SW5r3XHY&#10;ar5wx3ErfrN1Bix1k2PrnpHOyEeT8qjWLQPs2FJy6ZbV63+8dQhLTym9L7VugIVR/LcNAAAMNaMy&#10;AAAAmjr/+ut39mr9t607DtPtpdYfvXD79gOtQ2Ap27pmw/lJZ1uSh7RuWQSWl1L+bMvq8Z9uHcLS&#10;0jloeMOQKtUpfAAAwFAzKgMAAKC5iV3TH6w1v9e6Y45qKeXVm3ZPT7UOgaVscs2GF9Ra/zrJ0a1b&#10;FpGRUvL2ydXjr28dwtJx7k3Tu5Pc3roDFsD21gEAAAALyagMAACAgbB519TPJeXdrTsOodaa12za&#10;ed3/2zoElrKtaza8MLVenGR565ZFqKTktw3L6JeS1Jr8XesOmG81+YfWDQAAAAvJqAwAAICBUJJa&#10;l9dXJbm0dct9qLXUX5jYNfXO1iGwlE2uHT+r1vreJCOtWxa1kjdvWTP+itYZLA0l+dvWDTDPbv+7&#10;nVNfaB0BAACwkIzKAAAAGBgTU1P7V86sekGSP2zd8l0OlJJXTuycfnPrEFjKLl+97sz0ckmSla1b&#10;hkApNb+/dc2GF7YOYfh1Uj7VugHm2WcuSnqtIwAAABaSURkAAAAD5ex8dHbzzNS/T83rkxxs3ZNk&#10;Z+l1fnDTzqlBG7rBknLpqlNP7pTOpUmOb90yREZqre/Zsmb8ia1DGG77jup8Jkm3dQfMl1KK0/cA&#10;AIChZ1QGAADAQNq8a+p/1U6emdQb2lWULaW34ulAyiYAACAASURBVEmbdl/7d+0agItPP335aKf3&#10;10ke2bplCB1dai758MmnndA6hOH1vGuu2ZPkH1t3wHyptev0PQAAYOgZlQEAADCwJm6Y+syJJz74&#10;1Jr8UpJ9fXzp7SWdZ2+eue78Tbu3f6OPrwvci+Pu3P/GJE9u3THEVh8cOfjumpTWIQyxWidbJ8A8&#10;2bPnuKM+0ToCAABgoRmVAQAAMNDOvOqqgxMzU2/qdDpPLMl7srCPxNyT5JdXdmbP3DRz7YcX8HWA&#10;OZpcs/75qXld647hV87funrcv2cWTqnbWifAPLnywu3bD7SOAAAAWGjuPgQAAGBR+dC6dWOzs52f&#10;rjUvLiVj8/Ala0k+0St5d5bl/RNTU3fMw9cE5sEVqzee1C3dLyR5WOuWJWJ/LXnaxM6pz7cOYfhc&#10;mbNG94/tvqUmD27dAg9ErXn1xK6pd7buAAAAWGhGZQAAACxKFyWd71+94RmdUjen5qyUnJlkdI4/&#10;fVeST6fmM93SueSCmWt3LFwpcKQmV2/465T6/NYdS8yXVs6setLZ+ehs6xCGz+Tq9X+VUl7QugMe&#10;iFozPrFrarp1BwAAwEIzKgMAAGAoXLxq1VHHLzv61NrtnVpLXVNqObYkK5OkJr1ScmMvdcdob/QL&#10;5+665qbWvcD92za24YJe6qWtO5am8trNM9e9rXUFw2fL6vU/Xkr5i9Yd8AB8fvPM1JNaRwAAAPSD&#10;URkAAAAAA+XiVauOOq6z8ktJ1rduWaLuGKkjjzbAZb5detJJR4+OHn1zkmNat8AR+uXNM1NvbB0B&#10;AADQD53WAQAAAADwnY7vrPylGJS1dPxsur/VOoLh85ybbtpbk62tO+AI1W46f9k6AgAAoF+MygAA&#10;AAAYGJevXfvImvx8646lrpS8aNvY+jNadzB8Si1/1boBjkRJvnDBzLU7WncAAAD0i1EZAAAAAAOj&#10;U0d/IclRrTtI6aX8l9YRDJ+VIwc/kOSbrTvg8JU/aV0AAADQT0ZlAAAAAAyEbevXPzw1r2rdwf/v&#10;OU4rY76dfcMN+1Ly56074DDtH+2OvLd1BAAAQD8ZlQEAAAAwELqz5bVJjm7dwbf1Un6xdQPDpyR/&#10;1LoBDtMl59x49a2tIwAAAPrJqAwAAACA5j6wdu2DS83PtO7ge7xw69j46a0jGC6bdk79Q0n+sXUH&#10;zFWthpAAAMDSY1QGAAAAQHNH1ZGXJjm+dQffo1NTPJKUeder+f3WDTBHO+7cNfWR1hEAAAD9ZlQG&#10;AAAAQHO1lle0buC+1JdsGR9f0bqCIbMif5zUf26dAYdSSt5yYdJt3QEAANBvRmUAAAAANDW56pTH&#10;J3li6w7u00PLwXJ+6wiGy8TU1P6kvK11BxzCrQcP7n1X6wgAAIAWjMoAAAAAaKqWkZe3buAQavUe&#10;Me/q8rwjye2tO+B+/MFzbrppb+sIAACAFozKAAAAAGjmypw1mpKXtu7gkCa2PHL8xNYRDJeJqak7&#10;SuIUKAbVvtrN21tHAAAAtGJUBgAAAEAz+1ff9LSSPKJ1B4e0rLOsXNA6guFzsNd5c5IDrTvge5S8&#10;Y+LGqd2tMwAAAFoxKgMAAACgmV66z27dwNzUTs5t3cDwec7ua29Myp+37oDvctdIb+S3W0cAAAC0&#10;ZFQGAAAAQDOllGe1bmCOav3hmpTWGQyf2V75lSTfat0B31Z/79xd19zUugIAAKAlozIAAAAAmtgy&#10;Pn58kie37mDOHr5l1brHto5g+Nx9Wlne1roD7nFHZ1ne3DoCAACgNaMyAAAAAJooB3vPSDLauoO5&#10;K52Ok+VYECvvWvHfkzgZivZq/ut509M3t84AAABozagMAAAAgDZq5xmtEzhs3jMWxNm3bL+zlvxq&#10;6w6WuJJr9xy/4vdaZwAAAAwCozIAAAAAWnlM6wAOT0ke3bqB4XXnzql31+TLrTtYukrNr164ffuB&#10;1h0AAACDwKgMAAAAgEbqaa0LOGzjV+YsjyxlQVyYdEvNG1p3sFSVj5w3M/W+1hUAAACDwqgMAAAA&#10;gL773BlnLEvKutYdHLble0+e8b6xYDbvmtpWS97VuoMl51u9kdmfKkltHQIAADAojMoAAAAA6Ltb&#10;vnHnuiTLWndw+MpIZ2PrBobbspHe65Lsat3BkvKb519//c7WEQAAAIPEqAwAAACAvqvd7qmtGzgy&#10;nVK9dyyoZ+/YcXut9edad7BkXF2X5y2tIwAAAAaNURkAAAAAfVdSH9W6gSPT6xXvHQtuYtf0B5Py&#10;7tYdDL0DteTFE1NT+1uHAAAADBqjMgAAAAD6rpQc17qBI9MpOb51A0vD6Gj3tUl2t+5gqF00sXPq&#10;860jAAAABpFRGQAAAAB9V2sxKlukavHe0R/3PAbzZ5PU1i0Mn1Ly2ZUzq36rdQcAAMCgMioDAAAA&#10;oP+cVLZ41Z73jr6Z2DX9wZT8TusOhs4dnW7vZWfno7OtQwAAAAaVURkAAAAAfVeqUdliVeKkMvrr&#10;szun3pDkitYdDI3aSXnJubt3XNc6BAAAYJAZlQEAAADQdzU5unUDR6Ymx7RuYGm5KOl1ltWXJdnd&#10;uoWh8D/Om7nustYRAAAAg86oDAAAAID+q9nXOoEj5r2j786bnr65V8tLknhcIQ9A/cTKmVW/1roC&#10;AABgMTAqAwAAAKDvSsme1g0cmVJzR+sGlqbzd1338VLq61p3sEiVXFt6K3/k7HzUMBEAAGAOjMoA&#10;AAAA6LterUZli1Q1CKSh83ZOvz01f9S6g8WlJLfVmudv2r39G61bAAAAFgujMgAAAAD6rnQ6hkmL&#10;VTUqo52S1M/umnplkotbt7Bo7E/tPHdiZuqfWocAAAAsJkZlAAAAAPRd6RkmLVodj7+krYuS3p7e&#10;vp9MyidbtzDwamr5D5t2XfuJ1iEAAACLjVEZAAAAAH3XK/XrrRs4MqUX7x3NXbh7910HjupMJPmH&#10;1i0MrFpq+anNu677k9YhAAAAi5FRGQAAAAB9N1Lr1a0bODK1U7x3DITnXXPNnnogm1JybesWBk9J&#10;ed2mXde9q3UHAADAYmVUBgAAAEDfdVeU65J0W3dw+Eqt17RugH8x8dWpW2ovE0m9oXULg6PW/Pam&#10;meve2roDAABgMTMqAwAAAKDvJqam9ifZ2bqDw9btLc9U6wj4ThO7pqaXjfSemlK+2LqF9mrySxO7&#10;pt7QugMAAGCxMyoDAAAAoIlS48SrxeeGewaBMFDOuf76r3Xr/rNS85nWLTRTa6k/PzEz9abWIQAA&#10;AMPAqAwAAACAJnqlXtu6gcNTarxnDKwLZma+2S0HJgzLlqSamjdM7Jx+c+sQAACAYWFUBgAAAEAT&#10;ndL5ROsGDk8t8Z4x0C6Ymfnmyn0rnp2Uj7RuoW8OJHn55l1Tb2kdAgAAMEyMygAAAABoo7v8yiS9&#10;1hnMXel1DHUYeGffsv3OPTPXnVcSj0EcdiW31E5+aPPM1HtbpwAAAAyb0joAAAAAgKVrcmz8qiRP&#10;at3BnHxzz8zUiRcm3dYhMFeTY+tfmZTfTbK8dQvzq9bMjKSef96u6S+3bgEAABhGTioDAAAAoJ1a&#10;/qZ1AnP2cYMyFpvNM9O/X0ueWmtmWrcwj2r5QFbkcQZlAAAAC8eoDAAAAIBmSu15nOIiUVO9VyxK&#10;EzunPt/pLHtqaj7TuoUHrFuTX9q067oXTkxN3dE6BgAAYJgZlQEAAADQzMHeXR9PYhgw+OpIGb2s&#10;dQQcqU07v/LPe+q+H07N25PU1j0ckW+UmhdOzEy9qXgPAQAAFlxpHQAAAADA0rZ1bPz3a/LvW3dw&#10;P2o+unnX1NmtM2A+bFmz/odLLe9Osqp1C3NTk8tGltWfOm96+ubWLQAAAEuFk8oAAAAAaKt2/rR1&#10;AvevduI9YmhM7Jz+m32d2cel1D9v3cIh7U3qqzbPTD3XoAwAAKC/nFQGAAAAQFM1KVvHxqeSrGvd&#10;wr3aW5fnURNTUx5TylCpSdm2Zv1rai3/M8lRrXv410ryj72SV0zsnPp86xYAAIClyEllAAAAADRV&#10;klqS97bu4D6U8n8NyhhGJambdk7/3myvsyFxGt8AuTOpr/rMzNQZBmUAAADtOKkMAAAAgOa2rdl4&#10;Sq92r0myrHUL/1ot9VkTO6f/pnUHLLStq8efV0v9naSsbZyyhNVPdDojrzzvhmuvbl0CAACw1BmV&#10;AQAAADAQJsfG/yDJv2vdwXco+djmnVNntc6AfvncGWcs+/otd7y6pv5GkmNb9ywhXyrpvH7TzLUf&#10;bh0CAADA3Tz+EgAAAICB0E3njUlmW3fwHWrv11snQD+dedVVBzfNXPfW0qtPTPK+JL3WTcOsJLeV&#10;Ut9Ql+f7DcoAAAAGi5PKAAAAABgYW8fG312Tl7fuIEnKJzfPXPeDrSugpW2r1z+2V8qvJXlh3KQ9&#10;n/aUUt6W7vK3bNq9/RutYwAAAPheRmUAAAAADIwtY+OPKcmXYrzRXE2eOzEzdWnrDhgEk2tPW5te&#10;9/9J6iuSjLbuWcS+WZM3HXXXireffcv2O1vHAAAAcN+MygAAAAAYKJNrxt+emle37ljaypbNM9ed&#10;37oCBs3WsfHTa+obkvJvkqxs3bOI3JzkHfVA3jHx1albWscAAABwaEZlAAAAAAyULePjx5cD9eqk&#10;PKp1yxK1r/Tq4zbtnp5qHQKD6pKNG49bftfsi2rKz5bksa17Btina/LGO2emtlyYdFvHAAAAMHdG&#10;ZQAAAAAMnMmx9T+RlD9p3bEU1Vp/fWLX9K+17oDF4KKk8+Sx8fNL8pokz45H9ybJt0ryV7WTd226&#10;YepjJamtgwAAADh8RmUAAAAADJyalK2rx/8mJWe1blliduzp7Xvshbt339U6BBaby085Zc1Id/TH&#10;a+q/SfLE1j191kvKp1Lqn9Rled/E1NQdrYMAAAB4YIzKAAAAABhIW0859ftqt/d3SZa3blkyap63&#10;edfU/22dAYvdtpPWr66jnRfU1B9L8vTWPQvkYE22JfV9nd7Kyzbt3v6N1kEAAADMH6MyAAAAAAbW&#10;1tUb/kMt9Z2tO5aCWvPbE7um3tC6A4bN5KpTHl9HOueW2jk7qT+Y5LjWTQ/AN5J8pKZ+qNsb2fKc&#10;3dfe2DoIAACAhWFUBgBLxKUnnfqwZct6Y+lldS13n/RQSh5Ua+18+0eVb3ZSbqu9cnu3zt42Uo76&#10;ujuNAQBobXJs/E+TvLR1x5D725Uzq846Ox+dbR0Cw+zKnDV619rdZ5Zezq7J2SV5WpJjW3fdp5Jb&#10;UvOZJJ9K7X1kz64d/3Bh0m2dBcBwuzgZedD69SccnO2cMFK7J5TaOeFfPtOuSe2kc1vu/j/7Z0tu&#10;3Hvcst0Xbt9+oGk0AAwhozIAGDJXrN54Uq/Te1pN/YHUclpS1yZZk+SYI/uK9Z9rypdT88VOyvZS&#10;el+8fWb6H32IDABAv1x54unH7jtq/98nOa11y5D6eu3miRM3Tu1uHQJLzUVJ5ymnbNxQZ2ef0Cnl&#10;iTV5YpInJHl4g5ydSa6uNV8upX6p162fPv/GHdc26ABgidi66vSH1tH9jy/dclov9fRSyqOT3mOS&#10;8qjD/FI1qV9NOrtTs7uU+qVaep9dNrv8s+fcePWtCxIPAEuAURkALHKXrjr15JHSe27p1B9MLT+Q&#10;uwdkC+2bST6Skq11NttcfAIAYKFtG1t/Ri/lk0lWtm4ZMjWlvnDzzukPtA4Bvu3SVaeePNqZPaWU&#10;kbFeeielZlVSVpXkpCRjSY5O0knyoDl8udma3FqSW5N6a2puKaXMJOWGWnoznZqZfUeNXvu8a67Z&#10;s6DfFABL3pVr167c31v+jKR3Tk2enbuH1J1D/bwHoibXleSzpeRjZbT+3/Omp29eyNcDgGFiVAYA&#10;i9C2NRtP6Wb2haWWFyR5atr/mr69lPKXB7vlj5+z+9obG7cAADCkto1tuKCX+oEko61bhkWtefXE&#10;rql3tu4AHpgPrVv3oP2zs99zUX7F6Gjv2Tt23N6iCQCS5NKTTjp6dPToF+Tux9k/M8lRDXN6SflU&#10;Lb1LOt18cNPu6amGLQAw8FpfgAYA5ujKtWtX7qujL0nNf0hyZuue+9CtyWSp+YOVu1ZtOTsfnW0d&#10;BADAcNmyZvwlpeY9WeATDZaCWuuvT+ya/rXWHQAADJ/JNeNPKzX/tiYXZm4na7ZwVVJ/ty4vfzEx&#10;NbW/dQwADBqjMgAYcFtOHl9VRvLqJP8+ycNa9xyGm2rytpH9R//eeV/74rdaxwAAMDy2rln/M7WW&#10;323dsbjVt22emX5t6woAAIbHxcnIsWPrX1JSfjHJY1r3HIabSyl/0Ol13nHurmtuah0DAIPCqAwA&#10;BtS2NRtP6fa6v1FKfizJstY9R6zklpr6P7sH73rHc266aW/rHAAAhsPkmvG3pOZ1rTsWqUtWzqz6&#10;UScLAwAwHy5ORo4fG39xLfnPqTm1dc8DcDCpf9aZza+dd9P0rtYxANCaURkADJgt4+PHdw7kl2vy&#10;H5OsaN0zX2rytVLzproi73CUOAAA82Hr2IbX1tS3xKMw56yUvPOOnVM/e2HSbd0CAMDiVpOybc2G&#10;F9XU/7LIx2TfbV9Nfdv+TveNz7/hhttaxwBAK0ZlADAgtoyPr8iB/MeS/GKSh7TuWUDXp+anN++a&#10;2tY6BACAxW9ybPylSf4oyfLWLQOulpTXbZq57q2tQwAAWPwuW7Ph0SOp70zND7VuWUDfSM1v7jl+&#10;xe9duH37gdYxANBvRmUAMAAmT9m4Md3ue5I8uXVLn9Qkf9TNgV+4YGbmm61jAABY3LasWf/DpZYP&#10;JDm+dcuAOlhT/93EzPR7WocAALC4XbJx43HL75r9jaS8Oslo655+KMlXSurLzpuZvqp1CwD0k1EZ&#10;ADR09/Hg619Ta3lTkqNb9zTw1Zr87MTM1PtbhwAAsLhNrl73/Snl4qSsbZwyaL5RSnn5pp3XXd46&#10;BACAxW1y7fhZ6eUPk6xv3dLAvlLqf/7Mzun/dVHSax0DAP1gVAYAjWxdtX68dsp7kjytdcsA+NM9&#10;vX2vunD37rtahwAAsHhdsnHjccv2dv93KXlx65YBcUVnWX3ZedPTN7cOAQBg8apJ2bpmwxtS6xuT&#10;jLTuaarkYymjP7n5hqtvaJ0CAAvNqAwAGrh89YZndkr96yQntG4ZFCX5+OhI98Jzrr/+a61bAABY&#10;3LaMrX95SXlnluZpwEnSTfIbe2amfv3Cu/83AAAckQ+sXfvglb2R9ybl/NYtA+TOUvPSTbumLmkd&#10;AgALyagMAPps65rx19Sa30ky2rplAH096f2bzTM7PtI6BACAxe3y1evOLKXzrpI8tnVLn+2qpb5q&#10;Yuf0ZOsQAAAWt22r1z+2V8oHkoy3bhlANcl/2zwzdVHrEABYKEZlANAnNSmTq9f/11LKf45fg+/P&#10;/pq8dGJm6v2tQwAAWNwuSjpPHlv/0pLylgz/KcH7krxpT2/fmzxWHgCAB2pybN0zSjqX1uTBrVsG&#10;W/0/J5744J8986qrDrYuAYD55oI2APTB5844Y9ktX7/t3anlRa1bFoluTX3FxMz0e1qHAACw+H34&#10;lFMecbA78ltJXpph/DysZGvt5Wcmdk1Nt04BAGDxm1w9fl5K/jpL93Hyh+vKlXeteO7Zt2y/s3UI&#10;AMyn4fsQDQAGzJU5a3Tf2O73J3le65ZFppZSf37Tzunfbh0CAMBw2Da24dm91P+S5OmtW+ZDTb5c&#10;av3NTbum/7Lc/fgdAAB4QCbH1v9EUv4oyUjrlkWl5jMHjh4593nXXLOndQoAzBejMgBYQDUp21aP&#10;/2EteUXrlkWq1lJ/YWLn9JtbhwAAMDwuX7vhCZ1efX2SF2dRXiyrH07qf908s+OTrUsAABgeBmUP&#10;VPnInt5dz/E4egCGhVEZACyQmpStY+v/OCk/2bplsavJ6yZmpn6ndQcAAMPl8tXrzuyUzs8neW6S&#10;la17DqGb5MO15i0Tu6auaB0DAMBw2bJm/CWl5k/j+vEDVD7Z2X/UpvO+9sVvtS4BgAfKbwoAYIFs&#10;XbPhN2qtv9K6Y0h0Oyk/ct7MdZe1DgEAYPhcvGrVUcd1Vl5Qk5eXZFOS0dZN96hJPpXU93Rz8H0X&#10;zMx8s3UQAADD556bLT6W5OjWLUPiks/OTL3goqTXOgQAHgijMgBYAJNrxn8qNX/YumPI7Kup50zM&#10;TP9t6xAAAIbXZWOnruvU7otKKc9K8tQkR/U5YTY1n0vJlel1/2Lz7uu/2OfXBwBgCdm6av147ZRP&#10;J3lY65bhUn9r88z0L7SuAIAHwqgMAObZ5Ws3PKHTq38bd3XNu5p8baSMPO28nddc37oFAIDht2V8&#10;fEXdX55SSj2rJGcleUKSh8zzy9yZ5EtJPlZ69WMr9q/85Nm3bL9znl8DAAC+xyUbNx63fF/vk6n1&#10;8a1bhlAtNc/ftGvqktYhAHCkjMoAYB59+OTTTjg4cvBzSVnbOGWYfX7PcSueeuH27QdahwAAsPR8&#10;+JRTHnGwjjw6vbKxpJ5WUzck5egkx6fkuNQcneSYu3903ZeUvUluK8m3asneklzfq/UrI+lc3Rnt&#10;XvPsHTtmGn47AAAsYVvGxt9fkhe27hhit/e6vSeff+OOa1uHAMCRMCoDgHly8emnLz9uz/4rk/xA&#10;65ZhV2t+e2LX1BtadwAAAAAALEaTq8dfnZK3t+4YeiXXjo70nvzsHTtub50CAIer0zoAAIbFcXv2&#10;vz4GZX1RSv7j5Ni6Z7TuAAAAAABYbC4/ed2pKfmfrTuWhJpTu93OG1tnAMCRcFIZAMyDy9ZsePRI&#10;rZ9PsqJ1yxJyYzcHHnfBzMw3W4cAAAAAACwGV65du/Ku3ujfl+SxrVuWkFpLPWdi5/TftA4BgMPh&#10;pDIAmAedWt8ag7J+O3k0y9/UOgIAAAAAYLHY1x35FYOyviullrddfPrpy1uHAMDhMCoDgAdoy5rx&#10;V5Tk2a07lqKa/Lutq059cusOAAAAAIBBd/djL8svtu5Yok4/bs/+X24dAQCHw6gMAB6AratOf2hJ&#10;/kfrjiWspNP7rdYRAAAAAACDrjPS+fUky1p3LGG/eMWqdRtaRwDAXBmVAcAD0Cv7fzk1J7buWMpq&#10;8szJ1Rte1LoDAAAAAGBQXb56wzOTXNi6Y4lb2e10/nvrCACYq9I6AAAWqytWbzypW7rTSVa2biG7&#10;Z2f3bnzOTTftbR0CAAAAADBILko6Txkb/1ySJ7ZuIbWMdJ646fprv9A6BAAOxUllAHCEuum9LgZl&#10;g2LVyOhRP9U6AgAAAABg0DxlzfrnxaBsUJTa7f1K6wgAmAujMgA4AltOHl+VUn+mdQffVlL+05U5&#10;a7R1BwAAAADAQKnlDa0T+Fd+dHL1uu9vHQEAh2JUBgBHoIzGKWWDZ82+NTc+t3UEAAAAAMCg2Lpm&#10;/ElJfqB1B/9KSen8QusIADgUozIAOEyXnnTS0anxqMVBVOv/0zoBAAAAAGBQ9Hr5T60buFfP33bS&#10;+tWtIwDg/hiVAcBhWrbsmB9J8qDWHdyrM7eMrX966wgAAAAAgNa2nDy+qpT8WOsO7tVIb7S8tHUE&#10;ANwfozIAOEy11pe3buC+lZSfbN0AAAAAANBcp/5EkmWtM7hPrjUAMNCMygDgMFw2duq6JOe27uC+&#10;leRHLz799OWtOwAAAAAAWiql/HjrBu7XaZev3vDM1hEAcF+MygDgMHRq90VJSusO7ltNHvygPQd+&#10;qHUHAAAAAEArW1etH0/yuNYd3L9OqS9r3QAA98WoDAAOQymd57Vu4NB6tboDDwAAAABYukq5sHUC&#10;c/Lc6kZ2AAaUURkAzNGWR46fmNQzWncwByU/8rkzzljWOgMAAAAAoIVa8sLWDczJw7es3fB9rSMA&#10;4N4YlQHAHJXlOSt+7VwsTrj167d9f+sIAAAAAIB+u3TVqScneWLrDuam1N45rRsA4N64MA4Ac1Rq&#10;NrVuYO566Ty9dQMAAAAAQL+NlO4z4pGKi0apOa91AwDcG6MyAJijXuJuoUWk1vqU1g0AAAAAAP1W&#10;OuXJrRs4HOXpV65du7J1BQB8N6MyAJiDK1ZvPKmUjLXu4LA8o3UAAAAAAEDf1TytdQKH5ai9s8u+&#10;r3UEAHw3ozIAmIPZdB/buoHDU5JHbFuz8ZTWHQAAAAAA/bJlfHxFkie17uDwjIzUx7VuAIDvZlQG&#10;AHNR8pjWCRy+Xu2e2boBAAAAAKBfyv7e45OsaN3B4alxDQKAwWNUBgBz0Klxl9AiVGo2tG4AAAAA&#10;AOiX2umc2rqBI1CdVAbA4DEqA4A5qCUef7kI1VLWtG4AAAAAAOiXUrO6dQOHr6YYlQEwcIzKAGAu&#10;Sk5pncCRqEZlAAAAAMDSUbOqdQKHrySP2PaIxx/TugMAvpNRGQAcwkVJJzUPbd3BETAGBAAAAACW&#10;kpKx1gkcmc4xd57QugEAvpNRGQAcwpljYw9KMtK6gyNQM1aT0joDAAAAAKAfSjz+crE62O0YlQEw&#10;UIzKAOAQRnvL/EFu8Vr5vlWrVraOAAAAAADoh5r6iNYNHJlSe56YAsBAMSoDgEPoxt1Bi9lDli9f&#10;3roBAAAAAKA/is9DF6niWgQAA8aoDAAOoZT6oNYNHLmDezs+RAEAAAAAlorR1gEcmV5ciwBgsBiV&#10;AcAhlNLrtm7gyHVHjcoAAAAAgCVjWesAjkwppde6AQC+k1EZABxCqaMHWjdw5JaPOO4dAAAAAFgy&#10;jMoWqVLjWgQAA8WoDAAOoVurP8gtYt1e1+93AAAAAIClwuMvF6la68HWDQDwnVxkBYBDKCNGZYtZ&#10;rxz4RusGAAAAAIA+uaN1AEeo03EtAoCBYlQGAIfQceT0Ytb93MzM7a0jAAAAAAD65OutAzgyTioD&#10;YNAYlQHAIRyc7XytdQNHqOQbFyW91hkAAAAAAH1yc+sAjkyn51oEAIPFqAwADuE5N1379STfat3B&#10;Eai5tXUCAAAAAEAfOalskRpddnBn6wYA+E5GZQAwJ3V36wKOiFEZAAAAALBklJpbWjdwRPY96/rr&#10;nTIHwEAxKgOAOSnuEFqUylTrAgAAAACAsZ6hNQAAIABJREFUfqklu1o3cPhqsqsktXUHAHwnozIA&#10;mJuZ1gEcvlJ6X2rdAAAAAADQN6V+oXUCh6+kurEdgIFjVAYAc1BLvaZ1A0egm+2tEwAAAAAA+qV0&#10;40bbxagW1yAAGDhGZQAwByPJp1o3cARGlrsrDwAAAABYMs7bPT2d5I7WHRye2smnWzcAwHczKgOA&#10;OVheuv+Q5EDrDg7L1zft/Mo/t44AAAAAAOiXktQkX27dwWHq5TOtEwDguxmVAcAcnH3DDfsSx4Yv&#10;Mle1DgAAAAAA6Luaz7dO4LDcunnX1I7WEQDw3YzKAGDOikdgLiIlZbJ1AwAAAABAv5WOz0YXk5p8&#10;+p4T5gBgoBiVAcAcldRPtm5g7nqpH2rdAAAAAADQbyv2Lv9Ykv2tO5ibkvxt6wYAuDdGZQAwRwdn&#10;916WZG/rDuZkx8TM1D+1jgAAAAAA6Lezb9l+Z5KPte5gbkqvvr91AwDcG6MyAJij59x0095SckXr&#10;Dg6tpnqfAAAAAIClq2Zr6wTmoJQvbto9PdU6AwDujVEZAByG2iuXtG7g0Eotk60bAAAAAABa6XaK&#10;UdkiUGr9YOsGALgvRmUAcBj2jRz8YJIDrTu4b7VmZs+uqctbdwAAAAAAtHLBzuu+kuTTrTu4f6XW&#10;97VuAID7YlQGAIfh+TfccFtSPty6g/vRyXsvTLqtMwAAAAAAWqqp72rdwH0ryVfO2/X/sXfvcZ7X&#10;Bb3H35/fzF4AwUsCuuzOXmYWPGIooZJWBqbs7iCaZVie1MiuJ+tkeTla5mpeMj1WdlHzqHnrgpop&#10;MruLFFhpqaDliaMsM8vO7IIiisgCe5v5fc4fkqEC7rIz8/nN/J7Pv3g8eDDz4sHvwWO/39/7+/lO&#10;/EfrDgC4O0ZlAHC4an1j6wTu1szAwfrm1hEAAAAAAK3d2t3/npLc3LqDu1ZT/qh1AwDcE6MyADhM&#10;G3eNX5LkC607uAslH91w/cSu1hkAAAAAAK2dv3v33m7qX7fu4C59dXr6tne3jgCAe2JUBgCHqSS1&#10;pDgNqyfVP29dAAAAAADQK2qtb2vdwF0oeed5119/e+sMALgnRmUAcC8s27v0bUm+3rqDb/GpTZMT&#10;H2wdAQAAAADQK87dteOKJB9u3cG3mB4c6Hr1JQA9z6gMAO6Fs2+86taUvL11B/+l1Ly6dQMAAAAA&#10;QK/ppL4iSW3dwTf97RN37JhqHQEA341RGQDcS/vK9CuSfLV1B0lq/nXjrvEPtc4AAAAAAOg1G6Ym&#10;rkzyvtYdJEn2pTP4otYRAHAojMoA4F566s6dN9fkla07SJJsbh0AAAAAANCrujPdlyaZbt3R72rq&#10;Gzft/MLO1h0AcCiMygDgSCzNm5Jc2zqjr5V8bNOu8W2tMwAAAAAAetW51+3YXpK/bN3R527qdJe/&#10;tnUEABwqozIAOAKj4+P7a/LC1h197NaUwZ9pHQEAAAAA0PO6y55XkxtaZ/Srmrp54+6rbmrdAQCH&#10;yqgMAI7QpqnxDyT10tYdferVjgoHAAAAAPjuNu6+6qaSPL91R5/6zAnH3+/NrSMA4HAYlQHAESpJ&#10;LWXps5J8tXVLfymf3jM1/vutKwAAAAAAFopNU+PvSfKh1h195tZac/4jr7zyYOsQADgcRmUAMAs2&#10;Tn7+i7Xkf7bu6CPTnXR/+fxkpnUIAAAAAMBCMlAH/kdJbm7d0S9q6ktGd41PtO4AgMNlVAYAs2R0&#10;cvy9Sd7buqM/lN/cMDVxZesKAAAAAICF5pxdV1+f5Ndad/SFko99amriT1tnAMC9YVQGALNoyczg&#10;/0yyu3XHIvf+jVPX/HHrCAAAAACAhWrj1Pi7k+I+69z6WicDF2xOuq1DAODeMCoDgFn0hOu+8NWZ&#10;Us5xdPic+eye7r5nlaS2DgEAAAAAWMj2TF3zvCTbWncsUvtr6nkbJq++tnUIANxbRmUAMMueNHnN&#10;52snT01yoHXLYlKSm0u3nn/+7t17W7cAAAAAACx05yczpbvsGUkMn2ZXrbU+e3Rq4uOtQwDgSBiV&#10;AcAc2LRz/PLUPK91xyIy3U2etXH3xHjrEAAAAACAxWLj7qtuKt3OTya5rXXLYlFr3jC6a+JvWncA&#10;wJEyKgOAObJp1/ifpeQNrTsWgW6SC0anxi9qHQIAAAAAsNhs3L39U7Xmx+LtG7PhQ5/aNf7C1hEA&#10;MBuMygBgDm2cHH9+Tf2j1h0LWK01z900Nf6e1iEAAAAAAIvV6K7xS0opz0gy3bplAbuoLs3TN3/j&#10;QWkAWPBK6wAA6AdjQyMvKsnvte5YYKZT6zM37Zr469YhAAAAAAD9YGz18KZSyweSHNW6ZWGpf7Fn&#10;auLnzk9mWpcAwGxxUhkAzIPRqfHXlprfat2xgBxMcoFBGQAAAADA/BmdnNiS0n1akr2tWxaKkrzL&#10;oAyAxcioDADmycZd468uKb8eR19/N1/vpJzrlZcAAAAAAPNv0+SOsdrJ41NyY+uWXldK3vSvU+MX&#10;GJQBsBh5/SUAzLMtq9eNpnbek+T+rVt60GSn1idt2DXxH61DAAAAAAD62diqkeFS8pEkD2nd0oMO&#10;1JpfH901/qbWIQAwV5xUBgDzbNPkjrE6k9NKySdbt/SSmnygLs1pBmUAAAAAAO2N7hqfWN6ZPj2p&#10;b2zd0mOu7XbKmQZlACx2TioDgEa2nXjaMd3lt701tfxU65bGppO8as/U+O86IhwAAAAAoPdsGRr+&#10;haT8QZKjW7c0VfKxJZ2Zpz/h2mtvaJ0CAHPNqAwAGhsbGjmvJH+WZGXrlgau7NT6M04nAwAAAADo&#10;bRevXbt6YGbgXTV5XOuWBm6qqc/bNDXx7pLU1jEAMB+8/hIAGhudGr9oerpzepJ3t26ZRwdKKa9a&#10;3pn+QYMyAAAAAIDed+61104+8Pj7PqGU8jtJ9rbumUeXdMrAI0enJt5lUAZAP3FSGQD0kC2rRjak&#10;5E+SjLRumTvln0vqL22cGr+qdQkAAAAAAIdv2+pT1nbrzB8meXLrlrlSkxs6yQs2To330wPhAPBN&#10;RmUA0GM2J50zh0Z+PMlrkgw3zplNnynpvGjj1PZLW4cAAAAAAHDktqxa96iUzu8leXzrlln0paS+&#10;bM+xy//i/KuuOtA6BgBaMSoDgB514cqVRx07cNRzU+uLknxP6557qySfr6mv3TM18Z7zk5nWPQAA&#10;AAAAzJ6alK2rRs4rnbyk1pzZuucI3JbkjTM58LonTU19rXUMALRmVAYAPe5Dp5xy7NLbZ56Zkl9J&#10;8tDWPYeqJP9YS/mjT05e83ebk27rHgAAAAAA5tbY6uHHp5bnlWQ0Sad1zyGarMmbZqY7bzvv+u1f&#10;aR0DAL3CqAwAFoialC2rh88u3c5zU+qTkwy0bvoOJTemmws7qW/esGviP1rnAAAAAAAw/7atPmVt&#10;rTO/WJNnJlnRuucu1KT+fanlT27ZNf4Rb9kAgO9kVAYAC9BFK05+4JKBel4t9UeTPDHJUe1q6heT&#10;zkUl5X23TG2/zMU3AAAAAABJcmEycN+h9Y/vpvuMmrKpJCc2zDlYk8tLzd/Vbj48et347oYtANDz&#10;jMoAYIG7aMWKoweXHLOx1u7jSsqjkzwiczsyuy0p/5rUf+52y5ZP777m05u93hIAAAAAgHuwOek8&#10;Zmj49G7KOUn5wZL62Jrcbw5/5cEk/15KPl275Z/2DRzc8tSdO2+ew98HAIuKURkALDJXnHHGki9/&#10;5esPK7U+qtZycqeT4W7NSEmGc3hjswMp2Vm6maidfL7W+u+dgYF/X3btiqvOzuXTc9UPAAAAAMDi&#10;tznpPHL1+lMGunlEKfXhNXlovnEfe12S5Yfxo/YnubYm40mdKLVs79ZyZVle/210fHz/XLQDQD8w&#10;KgOAPnLJqlNWHCh1ead075uSZZ1u5z53/vvdTvfWerB7U5npfO3WL43f5FWWAAAAAADMp5qUvz/p&#10;IQ+YLgfvnww8IJ0c9y1/v3Rv69R64GAGvtaZ6R741HXj12/2Ng0AAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAFrrSOgAAAOgtlx1/6n1uX7p3xeBAOXYmWd7J&#10;wFGp3WNqydIkqUntpHNzurmlDOaWA9PZ8+ATj/3yI6+88mDrdgAAAHrP5qTzqDVrTlgy3Tm2dspx&#10;NQP3r2Xm2NQymCQpZabUckvJzNemZ+qeLOne8umdO7+8Oek2DQcAgD5mVAYAAH1o2/DwCTMHyiNK&#10;KQ9Jqaek1pOTsjbJg5Mcfa9+aMmNqflykt215pqUur3Usr07MP3v5+7c+aXZ7AcAAKC3fHDNmvsd&#10;VQdOr7Vzcq11fSlZn1LWpNYTkhyfZOAwf+RMkhtTypdrrVMldUdJZ0dJJjqDM5974o4dU7P+LwEA&#10;AHyTURkAACxyF5566tL77Nn3qNScVUrnsUl9RJIV85xxXZIrSs2naieXLZ9c+emzc/n0PDcAAAAw&#10;C2pSxlaue9hAZ+DxtXTPrLU8siQjmd/vnW5KymdrqZ8cqOXy7D/qExtu+Nxt8/j7AQBgUTMqAwCA&#10;RWjryuGRdDrn1tTRJD+Ye3v62NzZU5OPlZot07XzofN2b7+udRAAAAB3b+xBI8eXpXW0pGyqydlJ&#10;Tmjd9G0OJuWTpdYtMwNl7Nyd1/xb6yAAAFjIjMoAAGCRuHjN+kd0uvX8lPx4ak5u3XMYain5VGr5&#10;25mB6b8599prJ1sHAQAAkFy08uSTBjrdny7JU5KcmaTTuukwXJfUD3S7nb88d/c1n2wdAwAAC41R&#10;GQAALGB33OB/TpKfLsn61j2zoCb1n5O8Z19n5sKn7tx5c+sgAACAfjI2MrKs7K9PTSk/k+QJSQYa&#10;Jx2xmlxTkvd2B2b+woNMAABwaIzKAABggalJ2bZyeEPtlF9Kcm6SwdZNc+TWlLwrnYE3brr26qtb&#10;xwAAACxmF69du7ozM/BLKXlOao5v3TNHujX5+9T6tqN2rfrA2bl8unUQAAD0KqMyAABYIMZGRpbl&#10;YP57qfmNJKe27plHNSXbSurvb5ycuKx1DAAAwGJy8Zr1j+h060uS/FgWwalkh+HaWvO6owam33H2&#10;zp37WscAAECvMSoDAIAed+Gppy497tZ9v1BrXpKUB7fuaezjqfndTbvGt7UOAQAAWMi2rh4+u6a8&#10;MDUb0t/fF30pNa+bnrn9zeddf/3trWMAAKBX9PNFAgAA9LTNSefMoeFnfuMvy5qWLT3oE51SX7Bh&#10;cuITrUMAAAAWkq1rT354nan/O6k/0rqlx3ypJq89qjP9ZieXAQCAURkAAPSkrUMnP6HW7utT8vDW&#10;LT2tlg9msPPiTddefXXrFAAAgF528Zo1D+p0B383yQXpr9dcHq4dKfX5myYnPtg6BAAAWjIqAwCA&#10;HrJ15fBI7eQPk3Ju65YF5ECS/z09ffsrvaoEAADgW12YDNxnaPh/lJTfTXLf1j0LR/n7mZJffdLk&#10;NZ9vXQIAAC0YlQEAQA+4LGcN7h+67jdq6uYkR7XuWaAma/Kro1PjF7UOAQAA6AUXr1x/ZqdT35Tk&#10;9NYtC9T+UsqrHvjA437vkVdeebB1DAAAzCejMgAAaGzLyrWnpTPwF3GTf1bUknccXD7wP59y9dV7&#10;WrcAAAC0MDYysiwH6itKym/Gqy5nw//tpF6wYWriytYhAAAwX4zKAACgkZqUratGfj0lr06yvHXP&#10;InNtTX3m6NTEx1uHAAAAzKetq0e+r9a8K8mprVsWmYNJfueTU+O/vznpto4BAIC5ZlQGAAANbBse&#10;PmHmYHlPSZ7YumURmy41L9uwa/w1JamtYwAAAOba1lXrf6mW+odJlrVuWbRKPlan89Oj143vbp0C&#10;AABzyagMAADm2ZY1I2el5sLUHN+6pS+UfGygO/CMc3ZdfX3rFAAAgLnw0XXr7js93Xlnkqe0bukT&#10;t9Ranz26a+LvWocAAMBc6bQOAACAfrJ1aOSZ6WaLQdk8qvnhmTLziW2rhh/WOgUAAGC2bVsxvGpm&#10;unN5DMrm03GllPePDY28qDrAAQCARcofdAEAYB5sTjpnDg3/QVJ+rXVLH7stNc/YtGv8w61DAAAA&#10;ZsOWNSNnpZv3J/me1i39qiYfmJm+/VnnXX/97a1bAABgNhmVAQDAHLtszZrl++qSd6TWn2zdQqZr&#10;yS+OTo6/vXUIAADAkRgbGnlaSd6dZHnrln5Xkn8cnBn8sSdc94Wvtm4BAIDZYlQGAABz6EOnnHLs&#10;sr0zH6nJ41q38E21lvrC0cmJ17cOAQAAuDfGhoZ/vqS8KclA6xa+6QvT3c4Tztu9/brWIQAAMBs6&#10;rQMAAGCx+uCaNfdbevvMJQZlPaeUWl43tnrkVa1DAAAADtfWofUvLClviUFZr3nIYKd7+UfXrRtq&#10;HQIAALPBSWUAADAHtq489QG1s/+SJGe0buGe1Ndtmpp4YesKAACAQ7FlaOR/JXlN6w7uSd3ZKYOP&#10;3zB59bWtSwAA4EgYlQEAwCzbuvLUB9SBA5el1tNat/DdleQPN06NP691BwAAwD3ZMjTy4iSvbt3B&#10;IdndKQOPMywDAGAh8/pLAACYRdtOPO2Y2jnwIYOyhaMmv37H0/4AAAA9aevqkZ9L8qrWHRyyld3M&#10;bL107doTW4cAAMC95aQyAACYJZflrMF9Q7s/kmRD6xYOW03qBZumJt7ZOgQAAODOxlYPbyq1fDjJ&#10;YOsWDlMpn6tL6g+Njo/f0joFAAAOl5PKAABgluwbuu7/xKBsoSpJeduW1cNPbR0CAADwn7asHnlM&#10;qeUDMShbmGo9rRzMhy889dSlrVMAAOBwGZUBAMAs2LJq5HlJfXbrDo7IQGp559ahkVNbhwAAAFy8&#10;Zs2DUvO+JEe1buEI1PzwsXsOvL51BgAAHC6vvwQAgCO0bWj9E7upW5IMtG7hyNXkmv2d6Uc/defO&#10;m1u3AAAA/enCU09deuye/f+Q5AdatzBLSn5u0+T421pnAADAoXJSGQAAHIFtq09Z2039mxiULRol&#10;Wb+8u+T9l+Usr5cBAACaOHbP/v8Tg7LFpeZNW1aPPKZ1BgAAHCqjMgAAuJeuOOOMJd068+4k92/d&#10;wmyrP7JvaPcLWlcAAAD9Z+vq9c9I8szWHcy6Jal510fXrbtv6xAAADgURmUAAHAv3Xjj118eT44v&#10;Zi+/eNW6R7aOAAAA+sfYqpHhWuubWncwZ0ZmpjtvaR0BAACHwqgMAADuhYtXrX9ckhe27mBOLel0&#10;Ou/dduJpx7QOAQAAFr8rzjhjSSnlr5Ic17qFuVOTp28dGnESHQAAPc+oDAAADtOlJz3kezql/mWS&#10;gdYtzLGak2eW3fb61hkAAMDid+OXb/6dpD6qdQdzryZvuvikdSe37gAAgHtiVAYAAIfp4MDMq5Oc&#10;1LqD+VFSfmHb6uHHtu4AAAAWr7GhkYemlBe07mDeHNMZ6Pxx6wgAALgnRmUAAHAYtqweeUxSf651&#10;B/Oq063lrWMjI8tahwAAAIvP5qRTkrcmcc3RX87Zsmr4J1tHAADA3TEqAwCAQ3TFGWcsSc1b48/R&#10;/eihOZAXtY4AAAAWnzOH1v98Eqcj96NS/viiFSc/sHUGAADcFV+GAQDAIbrxxlt+OcmprTtooyQv&#10;uGjlyV57CgAAzJoPnXLKsUnd3LqDZh64ZLD7W60jAADgrhiVAQDAIbhoxckPLKkvb91BU/dZ0un+&#10;79YRAADA4rHk9pmXJXlQ6w7aqclzx4ZGHtq6AwAAvp1RGQAAHILBJd0X1+R+rTtoqybnbxsaPqN1&#10;BwAAsPBtWzG8qpT8SusOmhtM8orWEQAA8O2MygAA4LvYtvqUtal5busOekLplvLK1hEAAMDCVwfL&#10;S5Msb91BeyX58W2rhx/bugMAAO7MqAwAAL6L2p357SRLW3fQI2o2bhla9yOtMwAAgIXrI6vX/7ea&#10;/GzrDnpHt5bfbd0AAAB3ZlQGAAD34KPr1g3Vkp9u3UGv6fxW6wIAAGDhGqh5UZKB1h30lMePrRn5&#10;/tYRAADwn4zKAADgHkzPdF4Up5Txnc7euvLkR7eOAAAAFp5tK4ZXJfUZrTvoPaVbXtq6AQAA/pNR&#10;GQAA3I1tw8MnpOY5rTvoTbXTfUnrBgAAYOHpDnZekGRJ6w56UR3duvbkh7euAACAxKgMAADu1sx0&#10;npVkWesOetZ5Hxk6eV3rCAAAYOEYGxk5LqkXtO6gd3VnZn6pdQMAACRGZQAAcJcuy1mD6ZZfbd1B&#10;T+sMxM1+AADg0HUO1mcluU/rDnpXSXn2pSc95HtadwAAgFEZAADchf2rr9tQSoZad9Dbasqzrjjj&#10;DK+tAQAADkmt5WdbN9DzjjowMP3M1hEAAGBUBgAAd6HW+uzWDfS+kpz4la/c8uTWHQAAQO+7eNW6&#10;RyY5vXUHva8kz2rdAAAARmUAAPBtLlpx8gOTPKV1BwuDASIAAHAoSjquHThUp4+tHjFABACgKaMy&#10;AAD4NoOD9ceTLG3dwYJxzgfXrLlf6wgAAKB3XZgMlJKnte5g4Sjd8ozWDQAA9DejMgAA+DYl1Y1b&#10;Dsey5d2B81tHAAAAveu4lcNPTPKg1h0sIKU+vSaldQYAAP3LqAwAAO7k0pMe8j01eWzrDhaajtel&#10;AgAAd6t28qOtG1hwVm1be/JprSMAAOhfRmUAAHAnBwann5JksHUHC039kQ+dcsqxrSsAAIDec8dp&#10;U09u3cHCU2e6T23dAABA/zIqAwCAOynd8qTWDSxIy5bsnTmrdQQAANB7xtasf3hSHty6gwVpU+sA&#10;AAD6l1EZAADc4cJkoJR6dusOFqo62roAAADoPQMzrhW41874yNDQ/VtHAADQn4zKAADgDsesXP/I&#10;mtyvdQcLU0kMEgEAgO9QPbzEvTcwWJY9vnUEAAD9yagMAADu0OlUN2o5AuWUS1adsqJ1BQAA0Dsu&#10;PPXUpUl5bOsOFrL6I60LAADoT0ZlAADwXx7TOoCFrdvp+gwBAADfdNzXDz4iydGtO1i4ajdGiQAA&#10;NGFUBgAAd6jJo1s3sLDVbr6/dQMAANBDOtWDJxyZkodtO/G0Y1pnAADQf4zKAAAgydhJIytLcmLr&#10;Dha4ktNbJwAAAL2jpvuI1g0seAMzR93+va0jAADoP0ZlAACQpNPJGa0bWAzq6TUprSsAAIAeUTrf&#10;1zqBha/MxOcIAIB5Z1QGAABJaslDWzewKDzg0nXrVrWOAAAA2rvijDOWpNb/1rqDRcE9CwAA5p1R&#10;GQAAJEnKKa0LWBy60wM+SwAAQL761T3DSZa07mARKOUhrRMAAOg/RmUAAJAktRoCMStmah1p3QAA&#10;ALQ30+2ub93AYlGNygAAmHdGZQAAkKSWrG3dwKIx3DoAAABor9R44ITZsmJsZGRZ6wgAAPqLURkA&#10;AH3vwlNPXVqSE1p3sDiUktWtGwAAgPZKyVDrBhaNMnBwYEXrCAAA+otRGQAAfe/+e/c+KElp3cGi&#10;8eDWAQAAQHu1lAe1bmDxmKnTRmUAAMwrozIAAPregQMDRkDMphNbBwAAAD2gW43KmDWd0vF5AgBg&#10;XhmVAQDQ98pA9wGtG1hUjMoAAICk5ITWCSwe3ereBQAA88uoDACAvtep5djWDSwq99nsWgsAAEiO&#10;ax3A4tEpPk8AAMwvX3QAAND3aolRGbOp/PDxpx7dOgIAAGirJPdp3cDiUT0QBwDAPDMqAwCg79Va&#10;DYCYVTP3uf2Y1g0AAEBbNXFdwKyp1UgRAID5ZVQGAEDf66Tjz8XMqpn9naWtGwAAgHZqUpIsad3B&#10;4lE6Ka0bAADoL748AwCg73VT3ZgFAABg1pSktm4AAAA4EkZlAAD0vVI97QsAAMCsMyxjNrl3AQDA&#10;vDIqAwCg75VOPdi6gcVlphRfHgEAAN3WASwepeZA6wYAAPqLURkAAH2vdju3tm5gcdm/ZNpnCgAA&#10;uK11AItIKT5PAADMK6MyAAD6Xi3VAIjZVA/u3LmndQQAANCca01mTe26dwEAwPwyKgMAoO+VGgMg&#10;ZtPt5yczrSMAAIDWqmtNZk3puHcBAMD8MioDAKDv1U6+3LqBReWm1gEAAEAPqOVrrRNYPLo1N7Ru&#10;AACgvxiVAQDQ92qZ/mLrBhaRmutaJwAAAO3V4tqA2TOQen3rBgAA+otRGQAAfe+2nTtvjNcVMmvc&#10;6AcAAJKS4tqAWVPqoAfiAACYV0ZlAAD0vfO/MShzc5ZZUnyWAACAJNW1AbPlwJJdD/5y6wgAAPqL&#10;URkAAHzD9tYBLA61ZLx1AwAA0BNcGzBbdpydy6dbRwAA0F+MygAAIElNNSpjdpR6desEAACgB3Rn&#10;XBswK6qBIgAADRiVAQBAko7TpZglnZlc07oBAABob7q7fzxJbd3BwtcxKgMAoAGjMgAASJI68O+t&#10;E1gU9i7bvWpn6wgAAKC9866//vakTrbuYOGrtbhnAQDAvDMqAwCAJNPZd2U8Qc6R++zZuXy6dQQA&#10;ANAryqdbF7AI1OnPtE4AAKD/GJUBAECSJ01NfS3Jta07WOjKla0LAACA3lFSrmjdwIK3b/nu1f+v&#10;dQQAAP3HqAwAAP6Lm/0cmRpPjwPHalgwAAAgAElEQVQAAN9UM+PBE45Mzb85ERsAgBaMygAA4A61&#10;5vLWDSxsNfWfWjcAAAC948BRSz6V5GDrDhauWuo/tm4AAKA/GZUBAMAdOiVu1HIkJkd3jU+0jgAA&#10;AHrHU66+ek9SPtm6g4Wr1PIPrRsAAOhPRmUAAHCHf50a/3ySr7TuYMEySgQAAL5T7V7eOoEF62Bd&#10;ln9pHQEAQH8yKgMAgDtsTrpJtrXuYIHy9DgAAHAXai2Xtm5ggar5+Oj4+C2tMwAA6E9GZQAAcCcl&#10;+XDrBhak6SXdgYtaRwAAAL3n1t3j/xynYnPvuEcBAEAzRmUAAHAn3aXZmuRA6w4WmJKPP+G6L3y1&#10;dQYAANB7zk9mkmxt3cHC0xnobGndAABA/zIqAwCAO7njtRKXt+5gYSmpTikDAADuXql/2zqBBef/&#10;bti5/QutIwAA6F9GZQAA8B3qX7YuYEHpznS6728dAQAA9K7OvmMuSXJr6w4Wjpq4zgQAoCmjMgAA&#10;+Dad/ce8P8ltrTtYKMpl51577WTrCgAAoHdtuOFzt9WS97XuYMGo3XTe0zoCAID+ZlQGAADfZsMN&#10;n7stpXidIYek1Ly3dQMAAND7Su26duBQXfmkqe07WkcAANDfjMoAAOAulHT/vHUDC8Jt+4/ueCUJ&#10;AADwXX1yasdltWaqdQe9r5S8pXUDAAAYlQEAwF3YODlxWU3+o3UHva3WvOMpV1+9p3UHAADQ+zYn&#10;3U4pf9q6g5530y0z+5xqBwBAc0ZlAABw997WOoCeVjslb24dAQAALBwHp8vbk+xt3UEvK+89f/du&#10;nxEAAJozKgMAgLsxsP/otyb5ausOetYlG6fGr2odAQAALBznXb/9K0l9V+sOetbBznT3da0jAAAg&#10;MSoDAIC7teGGz91WU51Wxl2r+YPWCQAAwMIzUzp/lKTbuoMeVMoHNlw/sat1BgAAJEZlAABwj2a6&#10;A29McqB1Bz3nXzbtGt/WOgIAAFh4njR5zedrzV+37qDn1Jr6+60jAADgPxmVAQDAPThv9/brkvrm&#10;1h30llrqb7duAAAAFrTfSTLdOoIeUusHRyfHP9s6AwAA/lNpHQAAAL1u7EEjx5elmUhybOsWekDJ&#10;xzZNjp/VOgP4L5flrMG9q3d/b5LTS82qJCtLzUndklWdZGVN7nc3/+jXU3JDar6S5Cul5iu1ZDw1&#10;n6kH85nRL43fOH//FgBAvxlbPfL2UnNB6w56Qrckp22cGr+qdQgAAPwnozIAADgEY6tHXlVqXtK6&#10;g/ZKqY/fODlxWesO6GfbhodP6B7I49Mpj07No5N8X5Kj5uBX7UrymVrrpwdKtp4zNfGZktQ5+D0A&#10;QB+6eO3a1Z2Zge1JlrZuobFS/nrT5DU/1ToDAADuzKgMAAAOwUeGhu4/UJZenZrjW7fQ1CWbpsY3&#10;tI6AfrRl7SmnZGbmp5L8RJKHNsq4KcnfJ/XSUpZetHHy819s1AEALBJbV4/8Wa355dYdNHUgAwOn&#10;bbr26qtbhwAAwJ0ZlQEAwCHaumr9BbXUt7fuoJl9teZho7vGJ1qHQL8YGxk5rnOwPqt2y39PyZnp&#10;rfsYB5L8XUnnrf86tf0fNifd1kEAwMIzNjJyXDlQv5CUB7duoZnXbJoadzI6AAA9p5duxgIAQE+r&#10;Sdm2euRfas2ZrVtoYvOmqfGXt46AfrBt9fBju7X8epInJ1nWuue7q18sKe8qZeAtGyavvrZ1DQCw&#10;sGxZtf5nUuo7WnfQxHXL9y57yNk3XnVr6xAAAPh2RmUAAHAYLl65/sxOp348yUDrFuZT3bmnu/+h&#10;5+/evbd1CSxmY6tGzinJi1NyVuuWe+lgUt7Rme6+csP1E7taxwAAC8PmpHPm0Pp/TeqjWrcwv2rJ&#10;T49Ojr+3dQcAANwVozIAADhMW1aPvCE1z2vdwfypyZNHp8Yvat0Bi9XY0PAPlFpen5Lvb90ySw4m&#10;+eta83KvzAUADsXWlSc/una6/5Kk07qF+VLGNk1dc27rCgAAuDsuTgAA4DDVJXlxST7fuoP5Ut9i&#10;UAZz46KVJ5+0ddXI20rKPy6iQVmSLEnyzFLyf8eGhl970YoVR7cOAgB628bd2z9Vkle27mDefK2U&#10;wZ9rHQEAAPfEqAwAAA7T6Pj4/m43v5yk27qFOTe+fO/y57eOgMWmJmXr6pFfGex0r64lP5vFe3/i&#10;qJLywsHBoz938ar1j2sdAwD0tluOXfaqJFe27mDu1ZLnb5z8/BdbdwAAwD3x+ksAALiXtgyNbE7y&#10;ssYZzJ0DteT7RyfHP9s6BBaTi09ad3Kn03nnIjuZ7FC9r3SX/dLG3Vfd1DoEAOhNHxk6ed1Aup9N&#10;clzrFuZGSd61cWr82a07AADgu1msTwIDAMCcWz618pVJPtG6g7lRUl5qUAaza8vqked0Bjqf7tNB&#10;WZL8RO3sv2LL6pHHtA4BAHrTk6a270jqC1p3MGeuHRjs/lrrCAAAOBROKgMAgCOwbfUpa7t15tNJ&#10;vqd1C7Pqkj1T46PnJzOtQ2AxuGjFiqMHB49+R5LzW7f0iAM19bmjUxNvbR0CAPSmLavX/1Vq/cnW&#10;HcyqvZ3UH9owNeEVpwAALAhOKgMAgCOwYfLqa2vqU5IcaN3CrLnqwFEDTzMog9mxbfUpawcGj/5k&#10;DMrubGlJ+fOxVSPvvWjFiqNbxwAAvWd5OXhBkn9p3cGsqSnlpw3KAABYSIzKAADgCI1OTXw8pfx2&#10;6w5mxZ6SPP0pV1+9p3UILAZja0a+v1tnPlGSh7Vu6UWl5BmDg0dfcvGaNQ9q3QIA9Jazd+7cV2dy&#10;flK/2LqF2VD/eNPkNX/bugIAAA6HURkAAMyCTZPXvC4pf9y6gyMyU2uetnFq/KrWIbAYjK0afnrp&#10;5rIkBlP37Ac63cF/+ui6dUOtQwCA3jJ63fjubqczmuS21i0cgVr/9pNTE89rnQEAAIfLqAwAAGbJ&#10;8ccf95tJLmndwb1TUl4yumvcfz+YBVtWjfyPUspfJVneumWBGJme7nxybGjkoa1DAIDecu7Oa/4t&#10;tf5ckpnWLdwrn12+b/mzNyfd1iEAAHC4SusAAABYTMZGRo4rB3J5ktNbt3DoSvKKjVPjL2vdAYvB&#10;lqHhZyflbUkGWrcsQLsGut0fOWf3jmtahwAAvWXrqvUX1FLfFt/rLCB150Ad/IFzdl19fesSAAC4&#10;N5xUBgAAs2h0fPyWwcHu2Uk+1bqFQ/ZygzKYHWOrR342KW+PQdm9tWqm07n84pPWndw6BADoLRt3&#10;XfOOpF4QJ14tFDvqTPkhgzIAABYyT7QAAMAc+Oi6dfednu5ckuTRrVu4R6/ZNDX+ktYRsBiMrRp+&#10;einlL+MBttkwXrrLzty4+6qbWocAAL1ly+qR56TmrfH9Tg+rOwcH6w8/cceOqdYlAABwJNzoBQCA&#10;OfDEHTu+Pj3dOTfJla1buBslb9g4Nf5brTNgMbh41frHlVLeFfcZZstI7ey/aGxkZFnrEACgt2ya&#10;HH9bTX4jSW3dwl3a1ekMbDIoAwBgMXCzFwAA5sh512//Smf/0T+c1Etbt/AtuqXUX900Of6bxRcx&#10;cMS2rRheVUq9MMnS1i2LzGM7B/LnrSMAgN4zOjX+h7XWH0uyr3ULd1LK57qd6Udv2Ln9C61TAABg&#10;NhiVAQDAHNpww+du6+w/5keTXNK6hSTJTCn5xY2TE3/SOgQWg8vWrFneHSzvL8mJrVsWo5o8a8vQ&#10;+l9r3QEA9J7RXRN/10n5iSR7W7eQJLmiM9h94rk7d36pdQgAAMwWozIAAJhjG2743G3Lp1aem5I/&#10;a93S5/amlPM3To7/n9YhsFjsnxn80ySPbt2xuNXXX7xq3SNbVwAAvWfD1DUfSbrnJLmpdUufe9/0&#10;9O0/vGFi4sutQwAAYDaV1gEAANBPtq4efm6t5Q+SDLZu6TMT3U552rk7r/m31iGwWIwNjTytJO9r&#10;3dEndizfu+zhZ9941a2tQwCA3rNt9Slru3Xm/Um+r3VLn6m11ldu2jXxspLU1jEAADDbnFQGAADz&#10;aOPkxJ90a/cxSSZbt/SLkvzN8r3LHmFQBrPn0rVrTyzJm1p39JF1e5fvf03rCACgN22YvPra5VMr&#10;zyzJa1u39JGbaqnnju6a+B2DMgAAFisnlQEAQAOXrDplxUzp/k1Sf7B1yyI2k+S3N06Nv9ZNfphd&#10;W4ZG/i7JU1p39JlaSz13dHJiS+sQAKB3bV21/oJa6p8mOap1y2JVk/+oM90fP/e6HdtbtwAAwFwy&#10;KgMAgEauOOOMJV/5yi0vq7W+KF6HOdvGO6U+e8PkxCdah8BiM7Zq+EdLKR9s3dGf6s493f0PPX/3&#10;7r2tS4Dec1nOGjy46osnHCh1eZIMdpfcvHH3VTe17gLm39jQyENLyl8k9VGtWxaZWkreXPYd/YIN&#10;N3zuttYxAAAw14zKAACgsW2rhh/WLeWdSb6vdcsi0C3J65Z1pjefvXPnvtYxsNhctGLF0YODR29P&#10;clLrln5Vk5eNTo2/onUH0Na2VcMPm0n5oU7J6TX5vpqsLMkJ+c77vXuSTCX5fzW5MqV+OkvKx0fH&#10;x/fPfzUwn2pStg4N/3xS3pDkmNY9C17J9iQ/s2ly/F9apwAAwHwxKgMAgB5w2Zo1y/d1B1+W5DeT&#10;LGndszDVL9aS53g1HMydsdXDzy+1vK51R5+7tduZXn/uzp1fah0CzK9tq4YfVkt5Tv3G64fXHsGP&#10;uiXJ1lrrX926a+Ki87/xynBgkbp45brv7XQ670xyeuuWBapbU/98yWD9X0/csePrrWMAAGA+GZUB&#10;AEAPGVs1MpySN5Xkia1bFpC9SX5/evr23z/v+utvbx0Di9XWlac+oHb2jye5f+uWvlfyZ5smx3+l&#10;dQYwP8aGRs4rNb+RkrNm/6fXnaXkTw4e3Psmf46Cxesbp5aNPK3WvL6UDLXuWUA+VQY6v7Dx2u3/&#10;3joEAABaMCoDAIAesznpfP/qkZ+tNS9PsqJ1T4/78EC3+/xzdu+4pnUILHZbhkZek+R/te4gSTI9&#10;U8ppT5q85vOtQ4C5c/Gq9Y/rlPp7SR4zD7/u+qS+fPnUqrefncun5+H3AQ18ZGjo/oNZ+js1+ZU4&#10;Ifue3JSaVx1/wn3/+JFXXnmwdQwAALRiVAYAAD3qohUrjh4YOOp5pZQXJjmudU+PuaKk8+KNU9sv&#10;bR0C/WDb8PAJ3YNlR5JjWrfwDSV518ap8We37gBm3x3/z/2TJD8x37+7Jv9RavdnN+3a8en5/t3A&#10;/Nm25uSHdGfqq1Pqj8b3RHe2tyRv3NuZ/r2n7tx5c+sYAABozcUCAAD0uItWnPzAJUvqr9dan5vk&#10;vq172qr/lFpetWnX+LbWJdBPtgyNvCzJ5tYdfIuD093O2vN2b7+udQgwe7asGTkr3fxVkgc1zDiQ&#10;mhdv2jX+hoYNwDzYuvbkh3dnui8tyY+lv78vur0kf96pA687Z9fV17eOAQCAXtHPFwkAALCgfHDN&#10;mvstr0uem9RfS83xrXvmUU3y0W4trzp31zX/2DoG+s0VZ5yx5MYbb55MyoNbt/CtSvKKjVPjL2vd&#10;AcyOsaGRF5XkVUkGWrfc4cI93X0/c/7u3XtbhwBz6+KV67630+m8NN8Yl/XK/4PmXEluTvKWsqS+&#10;YcPExJdb9wAAQK8xKgMAgAXmwmTgPkMjoyX115LyhNY9c6bkxtT82XS381Yn8UA7Y0MjTyvJ+1p3&#10;cBdKblxepofO3rlzX+sU4MiMrRp+RSnlpa077sK2Pd19TzUsg/5w6dq1J07PDP5kTf35JKe27plD&#10;n0jyh3uOXfah86+66kDrGAAA6FVGZQAAsIBtWz382G4tFyT58ST3b90zS64oJW8p+47+qw03fO62&#10;1jHQ77YMjfxDkrNbd3DXauqzR6cm3tW6A7j3tqwa/t2U8tutO+5e+fvp6duefN7119/eugSYHxcm&#10;A/cdWr+p+41x2cYkS1s3HamS3FxrPlBr3j26e/xjrXsAAGAhMCoDAIBFYGxkZFlnfzbm/7d370F2&#10;1vUdx7+/5+wmkCAolVsuG8iFVhFRg7alU5AWyO4miM5UWpxRO9brTKet1al17B/W2o7OONN2Cq1V&#10;Ueu0Y2FGHYSQRGlFxqIi8RINl+RsNnvCLUSICAGzl+fXP2i3DSHJ7mbP/s7uvl4z+9/Z87zP7B87&#10;88zn/J4U1+SIvog4uXTTJOSI+E5O+ct1bnx5Q2vHrtJBwLM2Ll15btWo7gv3DzpXjtv79jSN/mCW&#10;2rxi1ftyTp8o3TEBXzuhtWz9pXH7aOkQYGbd0tPzokZeeFWKfHVOcVlEdJdumqgU8bOc0uZc1zfE&#10;wrSpv9k8WLoJAABmEzeFAQBgjrl77druffv2XxypWh8590ekXy7ddJgU+3KOO1KO/xzN1U0ebwmd&#10;adOKNX8ROf9V6Q6Oqq6r0aXrd+9+pHQIMDlbetZsqCPfFBFV6ZaJSBF/19tqvrd0B1DO5mXnnRpp&#10;+Kqc8m/HsyfZLind9Bw5R2xPOW2ORt54wu5l3zKGBQCAqTMqAwCAOW7j2Wef2ai7Lq5z/GZKcVFE&#10;vDQiTpjBhDoiBiPi+ynlO1Idt1+xZ2B7evaEMqCDbepZ/d2IeE3pDo4upXhH71DzM6U7gIm77Zxz&#10;zhgZa/wkIl5cumVSUr2+b2jXraUzgM7wtWUr14xW6bUp0iUR8YqIODdm9iSzAxGxLVJ8J9Xxza66&#10;61uXPXjfYzN4fQAAmNOMygAAYJ65MaKxeOnKVY2uxvk54iWR61URsSoirYqpf9M8R8TeFPFIjvxg&#10;pDQUOW3LVf7RiQcW/uTSfdufmr5PAMyEzSteclbOIw/ELDlBZ37LG/taAxtKVwATkyPSpp7VW1LE&#10;5aVbJi3Fvqorv2zdwMCjpVOAznP32rXdj+57Yk2KOC+e/VkZKXoix/KIWBoRC6f41j9NKQbqOgaq&#10;FM2c871Vo/HDb+/esePDz36JCQAAaAOjMgAAYNw34rVdB1fsPS2P/eK0quo6o478wue+por0TI70&#10;i7E6P9lV1aNjY2nv6WeesvfCrVtHSjQD7bF5xeq35xyfLt3BhBzMC+L0/mbz56VDgGPb3LP66hxx&#10;Q+mOqUuf6mvtfFfpCmB2yRFpy4qXnFnHyJmprrtS6jolp9EFkavF4y9K9YGUu4brqn4qj9SPp7Fq&#10;/1OPNB+/OmKsYDoAAMxbRmUAAADAYTavWP2VnOP1pTuYmBzxuv5W8+bSHcDR3bp69cI0HPdHxIrS&#10;LcehriK/Zl1rYGvpEAAAAKB9PMICAAAAOESOSDnHJaU7mLiU82tKNwDHlg7GH8TsHpRFRFR1VB8p&#10;HQEAAAC0l1EZAAAAcIhNy1evjIgXle5gElIyKoMOd2NEI1L8WemO6ZH7Ny075+WlKwAAAID2MSoD&#10;AAAADpFSvKp0A5N2YY5IpSOAIzt5+eoNMftPKRuXq+o9pRsAAACA9jEqAwAAAJ7rlaUDmLRTN/ac&#10;e07pCODIcqS3lm6YTinSNTeed96C0h0AAABAexiVAQAAAIdIOV5RuoHJq6J2whx0qJuXLFkUKfeW&#10;7phmp7zg5wcvLR0BAAAAtIdRGQAAAHCInOKC0g1MXkrJSWXQobqrEy+OiBNLd0y7lNaXTgAAAADa&#10;w6gMAAAAGHf32rXdEXFW6Q6mINfLSicAzy9X6eLSDW2R4pLSCQAAAEB7GJUBAAAA4x5/9KnTIiKV&#10;7mDycqSlpRuAI8mvLl3QFjm/9MZly+beCWwAAACAURkAAADwf0arsTNKNzA1VQonlUHHSi8vXdAm&#10;XYvTgvNKRwAAAADTz6gMAAAA+H/ymaULmJqcw0ll0IG+cfbZJ0TEaaU72qWqGj2lGwAAAIDpZ1QG&#10;AAAAjEs5Ti/dwJSdXDoAONxwXnhWzOXHCtfGyAAAADAXGZUBAAAA41JKJ5VuYMrc54EONJrqU0o3&#10;tFOq0i+VbgAAAACmn5uNAAAAwLi6jrp0A1PmPg8AAAAAMC3cbAQAAADGpZSMymavuft4PaBj1XXt&#10;/wYAAADMQUZlAAAAwLgcxgGzmPs80IGqaPysdEM7pUhPl24AAAAApp+bjQAAAMA4J5XNav520IFy&#10;1+jDEZFLd7RNigdKJwAAAADTz6gMAAAAGJdzHindwJT9tHQAcLj+ZvNgRDxWuqNtjMoAAABgTjIq&#10;AwAAAMY1onq4dANTlR4pXQAcSfpR6YI2qbsa9T2lIwAAAIDpZ1QGAAAAjBtx4syslSPvLd0AHEGO&#10;H5ROaIcUcf/lu3Y9UboDAAAAmH5GZQAAAMC4qjs/WLqBqUk5jMqgU1X1naUT2qFO8Z3SDQAAAEB7&#10;GJUBAAAA4/qbzZ9HxJOlO5i8XBmVQaeqfrH4axFxsHTHtKvzV0snAAAAAO1hVAYAAAAcIoVHYM5S&#10;A6UDgOe3bu+2AznijtId0+yZxvDir5eOAAAAANrDqAwAAAA4RI74cekGJq+qqq2lG4CjyPn60gnT&#10;KqWb1u3ddqB0BgAAANAeRmUAAADAIXLK3yvdwKQdfPGpL7indARwZE+dfMJXcsydx9TmXF9bugEA&#10;AABoH6MyAAAA4FBjyahs9vnJhVu3jpSOAI7s6u3bh1PE35XumCZ397cG/qt0BAAAANA+RmUAAADA&#10;IU48uHBrRIyV7mBSflA6ADi26uCif4iIR0t3HK9cx/tLNwAAAADtZVQGAAAAHOLSfdufioidpTuY&#10;jHR36QLg2Nbt3XYgR/5o6Y7jtKX/geY3S0cAAAAA7WVUBgAAADyPdEfpAiauboxuLt0ATMxdrYHr&#10;ItK3SndM0ZNRdb27dAQAAADQfkZlAAAAwGFyzl8q3cDEpIgfrh8cHCrdAUzMhyPqHPldEXGgdMtk&#10;5cgf6tt93+7SHQAAAED7GZUBAAAAhzn99FO+ERH7S3dwbDnnW0o3AJPT32rek1O8q3THJN3U1xq4&#10;tnQEAAAAMDOMygAAAIDDXLh160jOsal0B8eWG2lj6QZg8vqHmv+WIj5eumOCfjx8YuPNKSKXDgEA&#10;AABmhlEZAAAAcAT5q6ULOKZHn9rd/F7pCGBq1rWaH4zIny/dcXR5d90Yu/Kq++9/snQJAAAAMHOM&#10;ygAAAIDnNbKo69aIMCLoYDny56+OGCvdAUxNisi9rYG3RYq/Ld1yBPd0N+pfWz84OFQ6BAAAAJhZ&#10;RmUAAADA87rq/vufTBHXl+7giMa6u/J1pSOA45Micu9Q830R8bHSLc9xdyM3Lr9scHBv6RAAAABg&#10;5hmVAQAAAEdU57g2IurSHTyfvPnyXbtapSuA45cicl+r+cHI6U0R8XQH9NwwOvr0JVfsuf+h0i0A&#10;AABAGUZlAAAAwBH172kORMTG0h0crorqk6UbgOnVt2fnF8dSujBSfLNQwmMR8ebeVvP3rnzooeLj&#10;NgAAAKAcozIAAADgqFKd/7F0A4fKOVoLWks3l+4Apt+GoZ339g41L82R3xoRD87QZUci0qe6G2Pn&#10;9bWa/zpD1wQAAAA6WCodAAAAAHS2HJG29Kz+fo54RekW/keKt/cNNa8vnQG0181Llizqbiz6k5zy&#10;H0aks9pwiYMp4oaqrj96xQO7drbh/QEAAIBZyqgMAAAAOKZbl6++IqXYUrqDiIi474TWsvMvjdtH&#10;S4cAM+PutWu79+174vUpxZtyjisiYtFxvWFK2yLnf8/D8Zn+R5r7pqcSAAAAmEuMygAAAIAJ2dSz&#10;ZmNE7i/dMd+lHK/v3dO8qXQHUMbNS5YsWtC1+LfqHJdEyhdHxK9ExMlH/aUUOyLHXTnHnblr7Nb1&#10;g4NDMxILAAAAzFpGZQAAAMCEbFy28vyqqn4QEY3SLfPYnX2t5m+UjgA6y81Lzn1xo7teXtXVSZFi&#10;YV3XIznqx1Ou9jdGF+1ft3fbgdKNAAAAwOxiVAYAAABM2Kae1V+IiDeX7pincp3Ta9fv2XlH6RAA&#10;AAAAYG6rSgcAAAAAs0dK3R+IiMdKd8xHKcUnDcoAAAAAgJlgVAYAAABMWO/QvQ9HjreV7piHmiMj&#10;T7+/dAQAAAAAMD8YlQEAAACT0ren+dWI/PnSHfNIjireceVDDz1dOgQAAAAAmB+MygAAAIBJG4uR&#10;P42IB0t3zAs5Ptu3u3l76QwAAAAAYP4wKgMAAAAmbUOrtT9F9fsRMVa6ZU7L8aNqeNEfl84AAAAA&#10;AOYXozIAAABgSnpbO25LKQye2ufBVHX3rdu77UDpEAAAAABgfjEqAwAAAKasd6h5XUrxT6U75qCD&#10;keKNvUP3Plw6BAAAAACYf4zKAAAAgOOycGjZH0Wk/yjdMZfkyO/sG2p+u3QHAAAAADA/GZUBAAAA&#10;x+XSuH00D+drImKwdMtckFP8TX9r4AulOwAAAACA+cuoDAAAADhu/Y8099XV6EURcU/pltksRfpA&#10;/1DzQ6U7AAAAAID5LZUOAAAAAOaO284554yRscbXI+L80i2zTY748/5W8+OlOwAAAAAAnFQGAAAA&#10;TJvLBgf3ptS9LkXcW7pllvmYQRkAAAAA0CmcVAYAAABMuy2rVp1ej6TNEfHK0i0dbixFel9va+ff&#10;lw4BAAAAAPhfTioDAAAApt26gYFH84L49chxfemWDvZojnyJQRkAAAAA0GmcVAYAAAC01aaeVe+M&#10;SNdGRHfplg6yfSyq121o7dhVOgQAAAAA4LmMygAAAIC2u3X56itSii9GxKmlW0rLEbfUMfyWDa3W&#10;/tItAAAAAADPx6gMAAAAmBFblqxaXnelT0fEutIthTyRcnpv756dnysdAgAAAABwNEZlAAAAwIza&#10;1LP6jZHiushxWumWGZPTV7q7Rt9z2eDg3tIpAAAAAADHYlQGAAAAzLibl527tKsa++eItL50S5s9&#10;kFL6wLqhnV9MEbl0DAAAAADARBiVAQAAAMVsXrFmfc75IxHxqtIt0+yZnPMnGsOLP75u77YDpWMA&#10;AAAAACbDqAwAAAAoKkekzSvWvCHn/Jcp4mWle47TcIr4l7HG2F+vHxwcKh0DAAAAADAVRmUAAABA&#10;R/hwRPWry9f8bqR4b0R+dTWjv9wAAAbqSURBVOmeSTqQIj49UlefuPKBHQ+WjgEAAAAAOB5GZQAA&#10;AEDH2dKzam0d6d0RcU1ELC7dcxT3RUqfHR1Jn7vyoR0/LR0DAAAAADAdjMoAAACAjvX1lStPGRlN&#10;b6ki/U6OuCgiuko3pYif5Rxfqqr82XVDA3eW7gEAAAAAmG5GZQAAAMCscPOSJYu6u066KMfYlRHp&#10;DRGxfIYuPRyR78iRbqsibultNbfP0HUBAAAAAIowKgMAAABmnQ9HVK9etvK81KhennK+ICJdkCMu&#10;SBFnHPebp9gXOd+VUvXdXOe7xtLwXRtarf3HXw0AAAAAMDsYlQEAAABzxpZVq07Po2lZnWNpirQk&#10;Ip+Vc5yUUnpBRH5hRKQUUedIT0TKB3LEM1Xkh+uchlI9NtS1IA1dvmvXE6U/BwAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwB/03n6E9cpqg/+gAAAAASUVORK5CYIJQSwMEFAAGAAgA&#10;AAAhAJt44oTgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTZQaTbMR&#10;kbYnKVQLxduYHZNgdjZk1yT++669tKeZ4T3efC9bjaYRPXWutqwgnkQgiAuray4VfO3fnhYgnEfW&#10;2FgmBVdysMrv7zJMtR34k/qdL0UIYZeigsr7NpXSFRUZdBPbEgftZDuDPpxdKXWHQwg3jZxG0Vwa&#10;rDl8qLClTUXFeXcxCt4HHNaz+LXfnk+b62H//PG9jUmpx4dx/QLC0+j/zHDDD+iQB6ajvbB2olGw&#10;TObBqWC2CPOmR0kSgzj+blOQeSb/V8h/AAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAA&#10;GQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBI&#10;Y1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh9&#10;9GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2&#10;WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAI&#10;AAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAIdbRuALBAAAngkAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0ACgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAAAAAAAAAAAAAAAAcQYAAGRycy9tZWRpYS9p&#10;bWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAAAAAAAAAAAAAAAA9G4CAGRy&#10;cy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAAFw&#10;AgBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAPRwAgAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+d+mPwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9Ed1Y0qjRTbBCS279eYBj9pgEs2dDdmvi27uFQi+HmfmG2eajacWdetdYVrCYRyCI&#10;S6sbrhScT1+zFQjnkTW2lknBgxzk2ctki6m2Ax/ofvSVCBB2KSqove9SKV1Zk0E3tx1x8K62N+iD&#10;7CupexwC3LTyPYoSabDhsFBjR/uaytvxxyi4FsP0Yz1cvv15eYiTT2yWF/tQ6u113G1AeBr9f/iv&#10;XWgFcQK/X8IPkNkTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1A76BF63" w14:textId="0BAAB87F" w:rsidR="00921C3E" w:rsidRPr="00E20335" w:rsidRDefault="00FB516E" w:rsidP="00921C3E">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Zentrum für Schulqualität und Lehrerbildung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1031" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
@@ -3711,51 +3585,51 @@
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Grafik 47" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:55721;width:3988;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKKNy4xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mU2l2ppmlRoRq7eqhx5fsq9JaPZtyK4x/nu3IPQ4zMw3TLocTCN66lxtWcFzFIMg&#10;LqyuuVRwOm7GbyCcR9bYWCYFV3KwXDyMUky0vfAX9QdfigBhl6CCyvs2kdIVFRl0kW2Jg/djO4M+&#10;yK6UusNLgJtGTuJ4Jg3WHBYqbCmrqPg9nI0CylbZNN/v9tfvdT/nYjPPt2et1NPj8PEOwtPg/8P3&#10;9qdW8PIKf1/CD5CLGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKKNy4xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA292D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51185BB8"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4026,324 +3900,334 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4793" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5513" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6233" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1639913792">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="751632560">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="44843286">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1594432452">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1998414107">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1623531973">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
     <w:rsid w:val="00014DEB"/>
     <w:rsid w:val="00016CE2"/>
     <w:rsid w:val="00017041"/>
     <w:rsid w:val="0001744A"/>
     <w:rsid w:val="00022184"/>
     <w:rsid w:val="00023C28"/>
     <w:rsid w:val="00056EF8"/>
     <w:rsid w:val="0007022C"/>
     <w:rsid w:val="00074C83"/>
     <w:rsid w:val="00076A16"/>
     <w:rsid w:val="000775C4"/>
     <w:rsid w:val="000812AA"/>
     <w:rsid w:val="000832E4"/>
     <w:rsid w:val="000B2701"/>
+    <w:rsid w:val="000B3559"/>
     <w:rsid w:val="000C614E"/>
+    <w:rsid w:val="000D5234"/>
     <w:rsid w:val="000F260C"/>
+    <w:rsid w:val="00105D8A"/>
     <w:rsid w:val="00131EAB"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="00162403"/>
     <w:rsid w:val="0016790F"/>
     <w:rsid w:val="00183E1C"/>
     <w:rsid w:val="00185AB6"/>
     <w:rsid w:val="001A1B0E"/>
     <w:rsid w:val="001D6E73"/>
     <w:rsid w:val="001E5AB5"/>
     <w:rsid w:val="00207DF3"/>
     <w:rsid w:val="00213056"/>
     <w:rsid w:val="00235998"/>
     <w:rsid w:val="00250B0D"/>
     <w:rsid w:val="002673A9"/>
     <w:rsid w:val="0028133B"/>
     <w:rsid w:val="00285E73"/>
     <w:rsid w:val="002C40E6"/>
     <w:rsid w:val="003101F1"/>
     <w:rsid w:val="00310E3A"/>
     <w:rsid w:val="0031686B"/>
     <w:rsid w:val="00316CB3"/>
     <w:rsid w:val="0032440D"/>
     <w:rsid w:val="003363AB"/>
     <w:rsid w:val="003426BE"/>
     <w:rsid w:val="00353867"/>
+    <w:rsid w:val="00384DB3"/>
     <w:rsid w:val="00393C3C"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="003A662D"/>
     <w:rsid w:val="003B7E1A"/>
     <w:rsid w:val="003C500F"/>
+    <w:rsid w:val="003F0DD6"/>
     <w:rsid w:val="003F177F"/>
     <w:rsid w:val="00410047"/>
     <w:rsid w:val="00421716"/>
+    <w:rsid w:val="004314E6"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="004350C7"/>
     <w:rsid w:val="00460B85"/>
     <w:rsid w:val="004615EF"/>
     <w:rsid w:val="004E2F78"/>
     <w:rsid w:val="005446FC"/>
     <w:rsid w:val="005502E1"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="00574452"/>
     <w:rsid w:val="0057597B"/>
     <w:rsid w:val="00576178"/>
     <w:rsid w:val="00581A90"/>
     <w:rsid w:val="005A1080"/>
     <w:rsid w:val="005B4B65"/>
     <w:rsid w:val="005C0699"/>
     <w:rsid w:val="005E1633"/>
     <w:rsid w:val="00613633"/>
     <w:rsid w:val="0065139C"/>
     <w:rsid w:val="00664ACC"/>
     <w:rsid w:val="00666AD0"/>
     <w:rsid w:val="00681820"/>
     <w:rsid w:val="00691531"/>
     <w:rsid w:val="006C2266"/>
     <w:rsid w:val="006E3B1C"/>
     <w:rsid w:val="006F30F7"/>
+    <w:rsid w:val="007075A4"/>
     <w:rsid w:val="00711D11"/>
     <w:rsid w:val="00714355"/>
     <w:rsid w:val="00716148"/>
     <w:rsid w:val="007428CB"/>
     <w:rsid w:val="0075374F"/>
     <w:rsid w:val="00786BE3"/>
     <w:rsid w:val="00795C08"/>
     <w:rsid w:val="007A633E"/>
     <w:rsid w:val="007A7254"/>
     <w:rsid w:val="007B0BAF"/>
     <w:rsid w:val="007B40DC"/>
     <w:rsid w:val="007B5ABE"/>
     <w:rsid w:val="007B5F71"/>
     <w:rsid w:val="007D1090"/>
     <w:rsid w:val="007D5B33"/>
     <w:rsid w:val="007F3E85"/>
     <w:rsid w:val="008053E8"/>
     <w:rsid w:val="00824F83"/>
     <w:rsid w:val="00851186"/>
     <w:rsid w:val="0085186D"/>
     <w:rsid w:val="008608F6"/>
     <w:rsid w:val="00875E34"/>
     <w:rsid w:val="00886234"/>
     <w:rsid w:val="00890ADB"/>
     <w:rsid w:val="008B1E96"/>
     <w:rsid w:val="008B2756"/>
     <w:rsid w:val="008C3272"/>
     <w:rsid w:val="008C7422"/>
     <w:rsid w:val="008F1898"/>
     <w:rsid w:val="009033D3"/>
     <w:rsid w:val="00921C3E"/>
     <w:rsid w:val="00936ED6"/>
     <w:rsid w:val="00956AFB"/>
     <w:rsid w:val="00961B28"/>
     <w:rsid w:val="009735BD"/>
     <w:rsid w:val="00976AE4"/>
     <w:rsid w:val="009A7B1F"/>
     <w:rsid w:val="009B0B65"/>
     <w:rsid w:val="009D7CBB"/>
     <w:rsid w:val="00A01B7A"/>
     <w:rsid w:val="00A142C2"/>
     <w:rsid w:val="00A16C25"/>
+    <w:rsid w:val="00A2004B"/>
     <w:rsid w:val="00A304E3"/>
     <w:rsid w:val="00A34AAD"/>
     <w:rsid w:val="00A63E9D"/>
     <w:rsid w:val="00A67258"/>
+    <w:rsid w:val="00A679D4"/>
     <w:rsid w:val="00A80FA4"/>
     <w:rsid w:val="00AA2924"/>
     <w:rsid w:val="00AC74BF"/>
     <w:rsid w:val="00B0502E"/>
     <w:rsid w:val="00B16728"/>
     <w:rsid w:val="00B37697"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B50256"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00B963E8"/>
     <w:rsid w:val="00BC2109"/>
     <w:rsid w:val="00BC5EF9"/>
     <w:rsid w:val="00BE1DD0"/>
     <w:rsid w:val="00BF0748"/>
     <w:rsid w:val="00BF0BA9"/>
     <w:rsid w:val="00BF45E2"/>
     <w:rsid w:val="00C16365"/>
     <w:rsid w:val="00C22F0C"/>
     <w:rsid w:val="00C61FB9"/>
     <w:rsid w:val="00C76472"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00C91ED2"/>
     <w:rsid w:val="00CA2AC1"/>
     <w:rsid w:val="00CC09CF"/>
     <w:rsid w:val="00CD7E06"/>
     <w:rsid w:val="00CE3C9A"/>
     <w:rsid w:val="00CF7808"/>
     <w:rsid w:val="00D16BEC"/>
     <w:rsid w:val="00D177B3"/>
     <w:rsid w:val="00D64F77"/>
     <w:rsid w:val="00D72906"/>
     <w:rsid w:val="00D96C5C"/>
     <w:rsid w:val="00DC19AE"/>
     <w:rsid w:val="00DD499E"/>
     <w:rsid w:val="00DD69BF"/>
     <w:rsid w:val="00DE152E"/>
     <w:rsid w:val="00E156D0"/>
     <w:rsid w:val="00E167E5"/>
     <w:rsid w:val="00E31F0A"/>
     <w:rsid w:val="00E5719D"/>
+    <w:rsid w:val="00E64892"/>
     <w:rsid w:val="00E739CB"/>
     <w:rsid w:val="00E77658"/>
     <w:rsid w:val="00E97EA7"/>
     <w:rsid w:val="00EC68F5"/>
     <w:rsid w:val="00EF354E"/>
     <w:rsid w:val="00F2596E"/>
     <w:rsid w:val="00F356A6"/>
     <w:rsid w:val="00F515B0"/>
     <w:rsid w:val="00F620FF"/>
     <w:rsid w:val="00F73E87"/>
     <w:rsid w:val="00F800B1"/>
     <w:rsid w:val="00FA0B9A"/>
     <w:rsid w:val="00FA1EAC"/>
     <w:rsid w:val="00FA2D06"/>
     <w:rsid w:val="00FB2F3E"/>
     <w:rsid w:val="00FB516E"/>
     <w:rsid w:val="00FE267A"/>
     <w:rsid w:val="00FF444F"/>
     <w:rsid w:val="00FF7DB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FE27A3D"/>
   <w15:docId w15:val="{760BECC9-90DF-4410-AFFE-B5173D0DFF32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4454,51 +4338,50 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4675,50 +4558,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -5122,51 +5006,51 @@
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StandardWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0028133B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="226913860">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1050031066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5607,105 +5491,109 @@
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A6513B1-CBE6-4604-B876-4FA8BB210742}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AD28F48-BBBE-42F8-88EA-12AB030CA8E7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71339B87-18AC-40A6-9C3C-1B86B36133AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B2B36DF-176E-41E2-BAE6-F4B0910CC631}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>229</Words>
-  <Characters>1443</Characters>
+  <Words>171</Words>
+  <Characters>1575</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>121</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>BITBW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1669</CharactersWithSpaces>
+  <CharactersWithSpaces>1688</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Dateitendung">
     <vt:lpwstr>----</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396</vt:lpwstr>
   </property>
 </Properties>
 </file>