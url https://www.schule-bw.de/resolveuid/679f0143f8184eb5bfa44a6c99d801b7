--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -1,63 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="sldx" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
-  <Default Extension="sldx" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="7DE8EC5B" w14:textId="77777777" w:rsidR="00A81A03" w:rsidRPr="007248C6" w:rsidRDefault="00A81A03" w:rsidP="00A81A03">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1268">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2150"/>
         <w:gridCol w:w="7489"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C614E" w:rsidRPr="000C614E" w14:paraId="0FE27A3F" w14:textId="77777777" w:rsidTr="00250B0D">
         <w:tc>
           <w:tcPr>
@@ -132,97 +145,109 @@
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Situation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE27A41" w14:textId="68F18565" w:rsidR="005502E1" w:rsidRDefault="00B16728" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sie sind </w:t>
       </w:r>
       <w:r w:rsidR="00CF7808">
         <w:t>Auszubildender</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> zum Automobilkaufmann/Auszubildende zur Automobilkauffrau </w:t>
       </w:r>
       <w:r w:rsidR="00CF7808">
         <w:t>der</w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CF7808">
         <w:t>Schneckle</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> GmbH</w:t>
       </w:r>
       <w:r w:rsidR="00CF7808">
         <w:t>, einem freien</w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> Händler mit Sitz in </w:t>
       </w:r>
       <w:r w:rsidR="009A7B1F">
         <w:t>Brühl</w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve">. Das Unternehmen beschäftigt 40 Mitarbeiterinnen und Mitarbeiter. Die </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CF7808">
         <w:t>Schneckle</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> GmbH repariert Fahrzeuge aller Marken und hat einen Servicevertrag mit einem japanischen Automobilhersteller. Sie ver</w:t>
       </w:r>
       <w:r w:rsidR="008467BF">
         <w:t>fügt über ein großes Ersatzteil</w:t>
       </w:r>
       <w:r w:rsidR="00CF7808">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> und Zubehörlager mit einem Verkauf an andere Händler und Endkunden sowie einem Internetvertrieb.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6401E8" w14:textId="77777777" w:rsidR="007143CB" w:rsidRDefault="007143CB" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A0153C4" w14:textId="0B2C1C74" w:rsidR="00CF7808" w:rsidRDefault="00CF7808" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Ihr Ausbilder Herr Schneckle ist auf einer Geschäftsreise und hat Ihnen eine E</w:t>
+        <w:t xml:space="preserve">Ihr Ausbilder Herr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Schneckle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ist auf einer Geschäftsreise und hat Ihnen eine E</w:t>
       </w:r>
       <w:r w:rsidR="00B16728">
         <w:t>-M</w:t>
       </w:r>
       <w:r>
         <w:t>ail geschickt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE27A42" w14:textId="4FDFF870" w:rsidR="00394779" w:rsidRPr="00E03288" w:rsidRDefault="00394779" w:rsidP="00394779">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03288">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufträge</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6063EA08" w14:textId="2F7E99EA" w:rsidR="00425D62" w:rsidRDefault="00425D62" w:rsidP="00B847C9">
       <w:pPr>
         <w:pStyle w:val="NummerierungAnfang"/>
@@ -316,94 +341,94 @@
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">eine Tabelle für die </w:t>
       </w:r>
       <w:r w:rsidR="008B1E96">
         <w:t>größte Warengruppe hin</w:t>
       </w:r>
       <w:r w:rsidR="00276206">
         <w:t>sichtlich Sortimentsbreite und -</w:t>
       </w:r>
       <w:r w:rsidR="008B1E96">
         <w:t>tiefe</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE27A44" w14:textId="0A20AD99" w:rsidR="00B407F0" w:rsidRPr="00C96C62" w:rsidRDefault="00B407F0" w:rsidP="00B407F0">
+    <w:p w14:paraId="0FE27A44" w14:textId="0A20AD99" w:rsidR="00B407F0" w:rsidRPr="00AE2363" w:rsidRDefault="00B407F0" w:rsidP="00B407F0">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A80FA4">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4C3D36" w14:textId="6DD28088" w:rsidR="00017041" w:rsidRPr="00C96C62" w:rsidRDefault="00B32828" w:rsidP="006E3B1C">
+    <w:p w14:paraId="1A4C3D36" w14:textId="6DD28088" w:rsidR="00017041" w:rsidRPr="00AE2363" w:rsidRDefault="00B36C6C" w:rsidP="006E3B1C">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:vanish/>
-          <w:color w:val="auto"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:pict w14:anchorId="56B0652F">
           <v:group id="_x0000_s1297" editas="canvas" style="position:absolute;margin-left:3.85pt;margin-top:20.25pt;width:472.1pt;height:265.65pt;z-index:251661312" coordorigin="1211,10208" coordsize="9442,5313">
             <o:lock v:ext="edit" aspectratio="t"/>
             <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
               <v:stroke joinstyle="miter"/>
               <v:formulas>
                 <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                 <v:f eqn="sum @0 1 0"/>
                 <v:f eqn="sum 0 0 @1"/>
                 <v:f eqn="prod @2 1 2"/>
                 <v:f eqn="prod @3 21600 pixelWidth"/>
                 <v:f eqn="prod @3 21600 pixelHeight"/>
                 <v:f eqn="sum @0 0 1"/>
                 <v:f eqn="prod @6 1 2"/>
                 <v:f eqn="prod @7 21600 pixelWidth"/>
                 <v:f eqn="sum @8 21600 0"/>
                 <v:f eqn="prod @7 21600 pixelHeight"/>
                 <v:f eqn="sum @10 21600 0"/>
               </v:formulas>
               <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
               <o:lock v:ext="edit" aspectratio="t"/>
             </v:shapetype>
             <v:shape id="_x0000_s1296" type="#_x0000_t75" style="position:absolute;left:1211;top:10208;width:9442;height:5313" o:preferrelative="f">
               <v:fill o:detectmouseclick="t"/>
@@ -435,298 +460,416 @@
             <v:shape id="_x0000_s1308" style="position:absolute;left:7977;top:10628;width:1551;height:1144" coordsize="1551,1144" path="m,l1551,r,1144l,1144,,xm10,1139r-5,-5l1546,1134r-5,5l1541,5r5,5l5,10,10,5r,1134xe" fillcolor="#41719c" strokecolor="#41719c" strokeweight=".05pt">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1309" style="position:absolute;left:2865;top:12054;width:1541;height:1111" stroked="f"/>
             <v:shape id="_x0000_s1310" style="position:absolute;left:2860;top:12037;width:1551;height:1121" coordsize="1551,1121" path="m,l1551,r,1121l,1121,,xm10,1116r-5,-5l1546,1111r-5,5l1541,5r5,5l5,10,10,5r,1111xe" fillcolor="#41719c" strokecolor="#41719c" strokeweight="0">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1311" style="position:absolute;left:8529;top:13500;width:1870;height:1400" stroked="f"/>
             <v:shape id="_x0000_s1312" style="position:absolute;left:8525;top:13495;width:1879;height:1410" coordsize="1879,1410" path="m,l1879,r,1410l,1410,,xm9,1405r-5,-5l1874,1400r-4,5l1870,5r4,5l4,10,9,5r,1400xe" fillcolor="#41719c" strokecolor="#41719c" strokeweight=".05pt">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:shape id="_x0000_s1313" style="position:absolute;left:1776;top:10820;width:1088;height:209" coordsize="4345,833" path="m,139hdc,63,62,,138,hal4207,hdc4283,,4345,63,4345,139hal4345,694hdc4345,771,4283,833,4207,833hal138,833hdc62,833,,771,,694hal,139hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:shape id="_x0000_s1314" style="position:absolute;left:1772;top:10815;width:1096;height:219" coordsize="1096,219" path="m,39l3,25,11,12,24,3,38,,1057,r15,3l1085,12r8,13l1096,39r,140l1093,194r-8,13l1072,216r-15,3l38,219,24,216,11,207,3,194,,179,,39xm9,179r,-1l12,192r-1,-2l19,201r-1,-2l28,207r-2,-1l40,209r-1,l1057,209r-1,l1070,206r-2,1l1079,199r-2,2l1085,190r-1,2l1087,178r,1l1087,40r,1l1084,27r1,2l1077,18r2,2l1068,12r2,1l1056,10r1,l39,10r1,l26,13r2,-1l18,20r1,-2l11,29r1,-2l9,41r,-1l9,179xe" fillcolor="#ed7d31" strokecolor="#ed7d31" strokeweight="0">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1317" style="position:absolute;left:1863;top:10793;width:934;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1317;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3F99C2D0" w14:textId="447FC04F" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Saisonartikel</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:shape id="_x0000_s1318" style="position:absolute;left:5290;top:10750;width:1041;height:208" coordsize="4162,833" path="m,139hdc,62,62,,139,hal4024,hdc4100,,4162,62,4162,139hal4162,694hdc4162,771,4100,833,4024,833hal139,833hdc62,833,,771,,694hal,139hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:shape id="_x0000_s1319" style="position:absolute;left:5285;top:10745;width:1051;height:218" coordsize="1051,218" path="m,39l3,24,12,12,25,3,39,r973,l1027,3r13,9l1048,24r3,15l1051,179r-3,15l1040,207r-13,8l1012,218r-973,l25,215,12,207,3,194,,179,,39xm10,178r,l13,191r-1,-2l20,200r-2,-1l29,206r-2,l41,208r-1,l1012,208r-1,l1025,206r-2,l1034,199r-2,1l1040,189r-1,2l1042,178r,l1042,40r,1l1039,27r1,2l1032,18r2,1l1023,12r2,1l1011,10r1,l40,10r1,l27,13r2,-1l18,19r2,-1l12,29r1,-2l10,41r,-1l10,178xe" fillcolor="#ed7d31" strokecolor="#ed7d31" strokeweight="0">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1322" style="position:absolute;left:5445;top:10746;width:761;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1322;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="74017E66" w14:textId="560713C0" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Ersatzteile</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:shape id="_x0000_s1323" style="position:absolute;left:7360;top:12199;width:1041;height:208" coordsize="4162,832" path="m,138hdc,62,62,,139,hal4024,hdc4100,,4162,62,4162,138hal4162,694hdc4162,770,4100,832,4024,832hal139,832hdc62,832,,770,,694hal,138hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:rect id="_x0000_s1327" style="position:absolute;left:7504;top:12188;width:810;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1327;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="688DA263" w14:textId="3C240FC7" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Bekleidung</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:shape id="_x0000_s1328" style="position:absolute;left:8240;top:10740;width:1041;height:209" coordsize="4163,833" path="m,139hdc,62,62,,139,hal4024,hdc4101,,4163,62,4163,139hal4163,694hdc4163,771,4101,833,4024,833hal139,833hdc62,833,,771,,694hal,139hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:shape id="_x0000_s1329" style="position:absolute;left:8235;top:10735;width:1051;height:218" coordsize="1051,218" path="m,39l3,25,11,12,24,3,39,r973,l1027,3r13,9l1048,25r3,14l1051,179r-3,15l1040,207r-13,8l1012,218r-973,l24,215,11,207,3,194,,179,,39xm10,179r,-1l12,191r,-2l19,200r-1,-1l29,207r-2,-1l40,209r-1,l1011,209r,l1024,206r-2,1l1033,199r-1,1l1039,189r,2l1041,178r,1l1041,40r,1l1039,27r,2l1032,18r1,2l1022,12r2,1l1011,10r,l39,10r1,l27,13r2,-1l18,20r1,-2l12,29r,-2l10,41r,-1l10,179xe" fillcolor="#ed7d31" strokecolor="#ed7d31" strokeweight="0">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1332" style="position:absolute;left:8442;top:10713;width:542;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1332;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4E7E0EDF" w14:textId="5C4C6B43" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Gepäck</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:shape id="_x0000_s1333" style="position:absolute;left:2955;top:12237;width:1385;height:209" coordsize="5534,833" path="m,139hdc,63,62,,139,hal5395,hdc5471,,5534,63,5534,139hal5534,694hdc5534,771,5471,833,5395,833hal139,833hdc62,833,,771,,694hal,139hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:rect id="_x0000_s1337" style="position:absolute;left:3044;top:12199;width:1166;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1337;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="7ABBD875" w14:textId="1BECB4D4" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Kommunikation</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:shape id="_x0000_s1338" style="position:absolute;left:8944;top:13634;width:1041;height:209" coordsize="2081,416" path="m,69hdc,31,31,,69,hal2012,hdc2050,,2081,31,2081,69hal2081,347hdc2081,385,2050,416,2012,416hal69,416hdc31,416,,385,,347hal,69hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:shape id="_x0000_s1339" style="position:absolute;left:8939;top:13629;width:1051;height:219" coordsize="1051,219" path="m,39l3,25,11,12,24,3,39,r973,l1027,3r13,9l1048,25r3,14l1051,180r-3,15l1040,207r-13,9l1012,219r-973,l24,216,11,207,3,195,,180,,39xm10,179r,-1l12,192r,-2l19,201r-1,-1l29,207r-2,-1l40,209r-1,l1012,209r-1,l1024,206r-1,1l1034,200r-2,1l1040,190r-1,2l1042,178r,1l1042,40r,1l1039,27r1,2l1032,18r1,2l1022,12r2,1l1011,10r1,l39,10r1,l27,13r2,-1l18,20r1,-2l12,29r,-2l10,41r,-1l10,179xe" fillcolor="#ed7d31" strokecolor="#ed7d31" strokeweight=".05pt">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1342" style="position:absolute;left:9128;top:13618;width:715;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1342;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="62E1E9D4" w14:textId="27C2BE28" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Transport</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:shape id="_x0000_s1343" style="position:absolute;left:2323;top:14360;width:1042;height:208" coordsize="4163,833" path="m,139hdc,63,62,,139,hal4024,hdc4100,,4163,63,4163,139hal4163,694hdc4163,771,4100,833,4024,833hal139,833hdc62,833,,771,,694hal,139hdxe" fillcolor="yellow" strokeweight="0">
               <v:path arrowok="t"/>
             </v:shape>
             <v:shape id="_x0000_s1344" style="position:absolute;left:2319;top:14355;width:1051;height:218" coordsize="1051,218" path="m,39l3,24,11,11,24,3,39,r973,l1027,3r12,8l1048,24r3,15l1051,179r-3,15l1039,207r-12,8l1012,218r-973,l24,215,11,207,3,194,,179,,39xm9,178r,-1l12,191r-1,-2l19,200r-1,-1l29,206r-2,-1l40,208r-1,l1011,208r-1,l1024,205r-2,1l1033,199r-1,1l1039,189r-1,2l1041,177r,1l1041,39r,1l1038,27r1,2l1032,18r1,1l1022,12r2,l1010,10r1,l39,10r1,l27,12r2,l18,19r1,-1l11,29r1,-2l9,40r,-1l9,178xe" fillcolor="#ed7d31" strokecolor="#ed7d31" strokeweight="0">
               <v:path arrowok="t"/>
               <o:lock v:ext="edit" verticies="t"/>
             </v:shape>
             <v:rect id="_x0000_s1347" style="position:absolute;left:2613;top:14355;width:431;height:397;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1347;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="7505C33E" w14:textId="47686221" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Räder</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1348" style="position:absolute;left:8676;top:14130;width:1684;height:10" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1349" style="position:absolute;left:8676;top:14279;width:1684;height:10" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1350" style="position:absolute;left:8676;top:14441;width:1684;height:10" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1351" style="position:absolute;left:8676;top:14590;width:1684;height:10" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1352" style="position:absolute;left:8676;top:13981;width:10;height:768" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1353" style="position:absolute;left:10350;top:13981;width:10;height:768" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1354" style="position:absolute;left:8676;top:13981;width:1684;height:10" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1355" style="position:absolute;left:8676;top:14739;width:1684;height:10" strokecolor="white" strokeweight=".05pt">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1356" style="position:absolute;left:8690;top:13991;width:543;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1356;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0A89678E" w14:textId="0C010D68" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Dachträger</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1357" style="position:absolute;left:8690;top:14140;width:688;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1357;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="1F6C1644" w14:textId="3A0A7D07" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Dachbox 320 l</w:t>
+                      <w:t>Dachbox</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 320 l</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1358" style="position:absolute;left:8690;top:14302;width:1541;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1358;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3F6B541A" w14:textId="3ED8154A" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Fahrrad Heckträger 3 Fahrräder</w:t>
-                    </w:r>
+                      <w:t>Fahrrad</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Heckträger</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 3 </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Fahrräder</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1359" style="position:absolute;left:8690;top:14451;width:1547;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1359;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="02B58BF5" w14:textId="07189399" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Fahrrad Dachträger 2 Fahrräder</w:t>
-                    </w:r>
+                      <w:t>Fahrrad</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Dachträger</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 2 </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Fahrräder</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1360" style="position:absolute;left:8690;top:14600;width:138;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1360;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="54E30AA4" w14:textId="670F5AD2" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Ski</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1361" style="position:absolute;left:8823;top:14600;width:37;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1361;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
@@ -735,52 +878,64 @@
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1362" style="position:absolute;left:8887;top:14600;width:1284;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1362;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="03E5D5F7" w14:textId="179B2634" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>und Snowboard Halterung</w:t>
-                    </w:r>
+                      <w:t xml:space="preserve">und Snowboard </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Halterung</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1363" style="position:absolute;left:3162;top:12710;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1364" style="position:absolute;left:3162;top:12859;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1365" style="position:absolute;left:3162;top:12561;width:10;height:457" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1366" style="position:absolute;left:4123;top:12561;width:10;height:457" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1367" style="position:absolute;left:3162;top:12561;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1368" style="position:absolute;left:3162;top:13008;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1369" style="position:absolute;left:3176;top:12571;width:198;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1369;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
@@ -799,60 +954,62 @@
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1370" style="position:absolute;left:3368;top:12571;width:37;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1370;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3450524A" w14:textId="397574F9" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1371" style="position:absolute;left:3404;top:12571;width:487;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1371;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6A1550EB" w14:textId="19D61A2F" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Ladegerät</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1372" style="position:absolute;left:3176;top:12720;width:967;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1372;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="45B740A9" w14:textId="35FDB1F3" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Navigation Portable</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1373" style="position:absolute;left:3176;top:12869;width:138;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1373;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
@@ -1006,131 +1163,181 @@
             <v:rect id="_x0000_s1388" style="position:absolute;left:7435;top:12762;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1389" style="position:absolute;left:7435;top:12911;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1390" style="position:absolute;left:7435;top:13060;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1391" style="position:absolute;left:7435;top:12464;width:10;height:755" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1392" style="position:absolute;left:8396;top:12464;width:10;height:755" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1393" style="position:absolute;left:7435;top:12464;width:971;height:9" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1394" style="position:absolute;left:7435;top:13209;width:971;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1395" style="position:absolute;left:7450;top:12474;width:585;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1395;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="637911F6" w14:textId="46D62279" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Schildkappe</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1396" style="position:absolute;left:7450;top:12623;width:813;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1396;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="1FF546D0" w14:textId="5484A008" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Poloshirt Damen</w:t>
+                      <w:t>Poloshirt</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Damen</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1397" style="position:absolute;left:7450;top:12772;width:804;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1397;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="7EFC2C71" w14:textId="1C50D243" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Poloshirt Herren</w:t>
+                      <w:t>Poloshirt</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Herren</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1398" style="position:absolute;left:7450;top:12921;width:933;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1398;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="639F25EF" w14:textId="717C9C44" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Regenjacke Damen </w:t>
+                      <w:t>Regenjacke</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Damen </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1399" style="position:absolute;left:7450;top:13070;width:924;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1399;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5483D988" w14:textId="3CB086CA" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Regenjacke Herren</w:t>
+                      <w:t>Regenjacke</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Herren</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1400" style="position:absolute;left:5193;top:11281;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1401" style="position:absolute;left:5193;top:11430;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1402" style="position:absolute;left:5193;top:11579;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1403" style="position:absolute;left:5193;top:11728;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1404" style="position:absolute;left:5193;top:11880;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1405" style="position:absolute;left:5193;top:12029;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1406" style="position:absolute;left:5193;top:12178;width:1305;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
@@ -1288,2581 +1495,3509 @@
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1433" style="position:absolute;left:5207;top:11890;width:1010;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1433;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6CC10D39" w14:textId="49F5BF1C" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Batterie 55 Ah, 420A</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1434" style="position:absolute;left:5207;top:12039;width:1169;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1434;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="73B17F58" w14:textId="29D40AF0" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Motoröl 10 W 40 5 Liter</w:t>
+                      <w:t>Motoröl</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 10 W 40 5 Liter</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1435" style="position:absolute;left:5207;top:12188;width:1169;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1435;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="46B46B89" w14:textId="0A869E77" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Motoröl 10 W 40 1 Liter</w:t>
+                      <w:t>Motoröl</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 10 W 40 1 Liter</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1436" style="position:absolute;left:5207;top:12337;width:1108;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1436;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6979E783" w14:textId="269D39AC" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Motoröl 5 W 30 1 Liter</w:t>
+                      <w:t>Motoröl</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 5 W 30 1 Liter</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1437" style="position:absolute;left:5207;top:12486;width:1108;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1437;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="78BA400A" w14:textId="533F8460" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Motoröl 5 W 30 5 Liter</w:t>
+                      <w:t>Motoröl</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 5 W 30 5 Liter</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1438" style="position:absolute;left:5207;top:12635;width:818;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1438;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="46C64372" w14:textId="017679DF" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Wischerblattsatz </w:t>
+                      <w:t>Wischerblattsatz</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1439" style="position:absolute;left:5207;top:12785;width:533;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1439;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="392E075A" w14:textId="4AC15068" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Glühlampe</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1440" style="position:absolute;left:5207;top:12934;width:853;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1440;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="75368251" w14:textId="4EBFF8BF" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Ölablassschraube</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1441" style="position:absolute;left:5207;top:13083;width:1025;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1441;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="35B695B9" w14:textId="34E42DE6" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Bremsscheibe hinten</w:t>
-                    </w:r>
+                      <w:t>Bremsscheibe</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>hinten</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1442" style="position:absolute;left:5207;top:13232;width:990;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1442;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="30C1AF31" w14:textId="1767848D" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Bremsscheibe vorne</w:t>
-                    </w:r>
+                      <w:t>Bremsscheibe</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>vorne</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1443" style="position:absolute;left:5207;top:13381;width:943;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1443;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="7954E5C4" w14:textId="40D94D83" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Bremsbeläge vorne</w:t>
-                    </w:r>
+                      <w:t>Bremsbeläge</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>vorne</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1444" style="position:absolute;left:5207;top:13530;width:978;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1444;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6B7F6CC9" w14:textId="50E27D11" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Bremsbeläge hinten</w:t>
-                    </w:r>
+                      <w:t>Bremsbeläge</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>hinten</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1445" style="position:absolute;left:5207;top:13679;width:891;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1445;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="1BE4CEDE" w14:textId="6D13C645" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Bremssattel vorne</w:t>
-                    </w:r>
+                      <w:t>Bremssattel</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>vorne</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1446" style="position:absolute;left:5207;top:13828;width:926;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1446;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="2AAA3E3A" w14:textId="3DBE74C7" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Bremssattel hinten</w:t>
-                    </w:r>
+                      <w:t>Bremssattel</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>hinten</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1447" style="position:absolute;left:5207;top:13977;width:537;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1447;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4E92DA8C" w14:textId="001B6874" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Pollenfilter</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1448" style="position:absolute;left:5207;top:14126;width:341;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1448;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3682D8BF" w14:textId="60E089AD" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Ölfilter</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1449" style="position:absolute;left:5205;top:14275;width:645;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1449;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="210E8AB7" w14:textId="0FC76368" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>Schraube M6</w:t>
+                      <w:t>Schraube</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> M6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1450" style="position:absolute;left:5207;top:14424;width:539;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1450;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6F3D3996" w14:textId="45740AB7" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Mutter M6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1451" style="position:absolute;left:5207;top:14573;width:424;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1451;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0FCBDCA2" w14:textId="43BDF592" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Luftfilter</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1452" style="position:absolute;left:5207;top:14722;width:696;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1452;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6982BA14" w14:textId="1FCE2A21" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Kraftstofffilter</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1453" style="position:absolute;left:1897;top:11247;width:879;height:9" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1454" style="position:absolute;left:1897;top:11395;width:879;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1455" style="position:absolute;left:1897;top:11545;width:879;height:9" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1456" style="position:absolute;left:1897;top:11694;width:879;height:9" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1457" style="position:absolute;left:1897;top:11097;width:10;height:756" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1458" style="position:absolute;left:2766;top:11097;width:10;height:756" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1459" style="position:absolute;left:1897;top:11097;width:879;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1460" style="position:absolute;left:1897;top:11843;width:879;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1461" style="position:absolute;left:1911;top:11108;width:395;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1461;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="43330789" w14:textId="49ABCFB5" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Kühlbox </w:t>
+                      <w:t>Kühlbox</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1462" style="position:absolute;left:1911;top:11257;width:850;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1462;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5F4C39C7" w14:textId="5B3FFE41" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Frostschutzmittel</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1463" style="position:absolute;left:1911;top:11406;width:566;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1463;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4109EFBC" w14:textId="6BB9A057" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Autogarage</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1464" style="position:absolute;left:1911;top:11555;width:753;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1464;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4B490C6F" w14:textId="024D5F0E" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Schlossenteiser</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1465" style="position:absolute;left:1911;top:11704;width:477;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1465;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6D44413F" w14:textId="37DDEB0F" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>Eiskratzer</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1466" style="position:absolute;left:1773;top:14781;width:2142;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1467" style="position:absolute;left:1773;top:14632;width:10;height:308" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1468" style="position:absolute;left:3906;top:14632;width:9;height:308" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1469" style="position:absolute;left:1773;top:14632;width:2142;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1470" style="position:absolute;left:1773;top:14930;width:2142;height:10" strokecolor="white" strokeweight="0">
               <v:stroke joinstyle="round"/>
             </v:rect>
             <v:rect id="_x0000_s1471" style="position:absolute;left:1787;top:14643;width:1144;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1471;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="578F6029" w14:textId="18F583C2" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Kompletträder Alufelge </w:t>
+                      <w:t>Kompletträder</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Alufelge</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1472" style="position:absolute;left:2928;top:14643;width:267;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1472;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="1DCC6473" w14:textId="6AB500A4" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>silber</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1473" style="position:absolute;left:3216;top:14643;width:636;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1473;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="3CE67ECD" w14:textId="3C82A5CF" w:rsidR="00821686" w:rsidRDefault="00821686">
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve">16 " Sommer </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
             <v:rect id="_x0000_s1474" style="position:absolute;left:1787;top:14792;width:1817;height:318;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
               <v:textbox style="mso-next-textbox:#_x0000_s1474;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="7B1FBD9A" w14:textId="5D3D09EA" w:rsidR="00821686" w:rsidRDefault="00821686">
+                    <w:proofErr w:type="spellStart"/>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="12"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">Kompletträder Stahlfelge 16 " Winter </w:t>
+                      <w:t>Kompletträder</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>Stahlfelge</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="12"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> 16 " Winter </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
           </v:group>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="00353867" w:rsidRPr="00C96C62">
+      <w:r w:rsidR="00353867" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Zu </w:t>
       </w:r>
-      <w:r w:rsidR="00017041" w:rsidRPr="00C96C62">
+      <w:r w:rsidR="00017041" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1DBB8E86" w14:textId="59B610E3" w:rsidR="00385323" w:rsidRPr="00C96C62" w:rsidRDefault="00B32828" w:rsidP="00C96C62">
+    </w:p>
+    <w:p w14:paraId="1DBB8E86" w14:textId="59B610E3" w:rsidR="00385323" w:rsidRPr="00AE2363" w:rsidRDefault="00B36C6C" w:rsidP="00C96C62">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="36A32B4B">
           <v:shape id="_x0000_s1032" type="#_x0000_t75" style="position:absolute;margin-left:10.7pt;margin-top:7.8pt;width:480.2pt;height:270.05pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-34 0 -34 21540 21600 21540 21600 0 -34 0">
-            <v:imagedata r:id="rId11" o:title=""/>
+            <v:imagedata r:id="rId8" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="PowerPoint.Slide.12" ShapeID="_x0000_s1032" DrawAspect="Content" ObjectID="_1586088485" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="PowerPoint.Slide.12" ShapeID="_x0000_s1032" DrawAspect="Content" ObjectID="_1829723165" r:id="rId9"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5776E2" w14:textId="77777777" w:rsidR="00385323" w:rsidRPr="009107AE" w:rsidRDefault="00385323" w:rsidP="004F04A5">
+    <w:p w14:paraId="3F5776E2" w14:textId="77777777" w:rsidR="00385323" w:rsidRPr="00AE2363" w:rsidRDefault="00385323" w:rsidP="004F04A5">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="19788B87" w14:textId="77777777" w:rsidR="00385323" w:rsidRPr="009107AE" w:rsidRDefault="00385323" w:rsidP="004F04A5">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19788B87" w14:textId="77777777" w:rsidR="00385323" w:rsidRPr="00AE2363" w:rsidRDefault="00385323" w:rsidP="004F04A5">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="408D8233" w14:textId="3363DFAF" w:rsidR="00385323" w:rsidRPr="009107AE" w:rsidRDefault="006453B7" w:rsidP="006453B7">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="408D8233" w14:textId="3363DFAF" w:rsidR="00385323" w:rsidRPr="00AE2363" w:rsidRDefault="006453B7" w:rsidP="006453B7">
       <w:pPr>
         <w:pStyle w:val="L"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009107AE">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2363">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Sortimentsbreite</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473FD63B" w14:textId="77777777" w:rsidR="006453B7" w:rsidRPr="009107AE" w:rsidRDefault="006453B7" w:rsidP="006453B7">
+    <w:p w14:paraId="473FD63B" w14:textId="77777777" w:rsidR="006453B7" w:rsidRPr="00AE2363" w:rsidRDefault="006453B7" w:rsidP="006453B7">
       <w:pPr>
         <w:pStyle w:val="L"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009107AE">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A4E6ACD" wp14:editId="0D6423E6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A4E6ACD" wp14:editId="345E7E21">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>504411</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>45720</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4740413" cy="130810"/>
-                <wp:effectExtent l="0" t="0" r="3175" b="2540"/>
+                <wp:effectExtent l="19050" t="19050" r="22225" b="40640"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Pfeil nach links und rechts 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4740413" cy="130810"/>
                         </a:xfrm>
                         <a:prstGeom prst="leftRightArrow">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="FF0000"/>
+                          <a:srgbClr val="C00000"/>
                         </a:solidFill>
                         <a:ln>
-                          <a:noFill/>
+                          <a:solidFill>
+                            <a:srgbClr val="C00000"/>
+                          </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="449B70E1" id="_x0000_t69" coordsize="21600,21600" o:spt="69" adj="4320,5400" path="m,10800l@0,21600@0@3@2@3@2,21600,21600,10800@2,0@2@1@0@1@0,xe">
+              <v:shapetype w14:anchorId="5574AE43" id="_x0000_t69" coordsize="21600,21600" o:spt="69" adj="4320,5400" path="m,10800l@0,21600@0@3@2@3@2,21600,21600,10800@2,0@2@1@0@1@0,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum 21600 0 #0"/>
                   <v:f eqn="sum 21600 0 #1"/>
                   <v:f eqn="prod #0 #1 10800"/>
                   <v:f eqn="sum #0 0 @4"/>
                   <v:f eqn="sum 21600 0 @5"/>
                 </v:formulas>
                 <v:path o:connecttype="custom" o:connectlocs="@2,0;10800,@1;@0,0;0,10800;@0,21600;10800,@3;@2,21600;21600,10800" o:connectangles="270,270,270,180,90,90,90,0" textboxrect="@5,@1,@6,@3"/>
                 <v:handles>
                   <v:h position="#0,#1" xrange="0,10800" yrange="0,10800"/>
                 </v:handles>
               </v:shapetype>
-              <v:shape id="Pfeil nach links und rechts 5" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:39.7pt;margin-top:3.6pt;width:373.25pt;height:10.3pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaGHfcqQIAAKEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X22nydoFdYqgRYYB&#10;RRe0HXpWZCkWJksapcTJfv0o+dGsK3YY5oNMiuTHh0heXR8aTfYCvLKmpMVZTokw3FbKbEv67Wn1&#10;4ZISH5ipmLZGlPQoPL1evH931bq5mNja6koAQRDj560raR2Cm2eZ57VomD+zThgUSgsNC8jCNquA&#10;tYje6GyS5x+z1kLlwHLhPd7edkK6SPhSCh6+SulFILqkGFtIJ6RzE89sccXmW2CuVrwPg/1DFA1T&#10;Bp2OULcsMLID9QdUozhYb2U447bJrJSKi5QDZlPkr7J5rJkTKRcsjndjmfz/g+X3+zUQVZV0Rolh&#10;DT7RWgqlkeY10cp892RnKgKC18GTWSxY6/wc7R7dGnrOIxmzP0ho4h/zIodU5ONYZHEIhOPl9GKa&#10;T4tzSjjKivP8skivkL1YO/Dhs7ANiURJtZDhQW3rsASwbaoy29/5gL7RaFCObr3VqloprRMD282N&#10;BrJn+PSrVY5fDB5NflPTJiobG806cbzJYo5dVokKRy2injYPQmK5MI9JiiQ1qhj9MM6FCUUnqlkl&#10;OvezU++xtaNFiiUBRmSJ/kfsHmDQ7EAG7C7KXj+aitTno3H+t8A649EiebYmjMaNMhbeAtCYVe+5&#10;0x+K1JUmVmljqyM2E9huyrzjK4UveMd8WDPAscIBxFURvuIhtW1LanuKktrCz7fuoz52O0opaXFM&#10;S+p/7BgISvQXg3PwqZhO41wnZjq7mCADp5LNqcTsmhuL7VDgUnI8kVE/6IGUYJtn3CjL6BVFzHD0&#10;XVIeYGBuQrc+cCdxsVwmNZxlx8KdeXQ8gseqxr58OjwzcH0bBxyAezuMNJu/6uFON1oau9wFK1Vq&#10;8Je69vXGPZAap99ZcdGc8knrZbMufgEAAP//AwBQSwMEFAAGAAgAAAAhALBQnbzfAAAABwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyoQwRtGuJUqBKHcoEWKrW3bbx1ArEdxU4b&#10;+HqWE5xGoxnNvGIx2lacqA+NdwpuJwkIcpXXjTMK3t+ebjIQIaLT2HpHCr4owKK8vCgw1/7s1nTa&#10;RCN4xIUcFdQxdrmUoarJYpj4jhxnR99bjGx7I3WPZx63rUyTZCotNo4fauxoWVP1uRmsgtetMauX&#10;5X63fl4d+8Hix7TZfit1fTU+PoCINMa/MvziMzqUzHTwg9NBtApm8ztusqYgOM7S+zmIg4J0loEs&#10;C/mfv/wBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGhh33KkCAAChBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAsFCdvN8AAAAHAQAADwAAAAAA&#10;AAAAAAAAAAADBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" adj="298" fillcolor="red" stroked="f" strokeweight="1pt"/>
+              <v:shape id="Pfeil nach links und rechts 5" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:39.7pt;margin-top:3.6pt;width:373.25pt;height:10.3pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCje7f1hAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9PGzEMfp+0/yHK+7i7UgZUXFFVxDQJ&#10;AQImntNc0ouUSzIn7bX76+fkfrRjaA9ofUid2P5sf2f76nrXaLIV4JU1JS1OckqE4bZSZl3SHy+3&#10;Xy4o8YGZimlrREn3wtPr+edPV62biYmtra4EEAQxfta6ktYhuFmWeV6LhvkT64RBpbTQsIBXWGcV&#10;sBbRG51N8vxr1lqoHFguvMfXm05J5wlfSsHDg5ReBKJLirmFdEI6V/HM5ldstgbmasX7NNgHsmiY&#10;Mhh0hLphgZENqL+gGsXBeivDCbdNZqVUXKQasJoif1PNc82cSLUgOd6NNPn/B8vvt8/uEZCG1vmZ&#10;RzFWsZPQxH/Mj+wSWfuRLLELhOPj9HyaT4tTSjjqitP8okhsZgdvBz58E7YhUSipFjI8qXUdFgC2&#10;TWyx7Z0PGBudBuMY1lutqluldbrAerXUQLYMP+Eyj7/41dDlDzNtPuaJONE1O5SfpLDXIgJq8yQk&#10;URUWPEkpp84UY0KMc2FC0alqVokuz7PjNGMvR4+UdAKMyBLrG7F7gMGyAxmwu2p7++gqUmOPzvm/&#10;EuucR48U2ZowOjfKWHgPQGNVfeTOfiCpoyaytLLV/hEI2G6svOO3Cj/1HfPhkQHOEU4c7obwgIfU&#10;ti2p7SVKagu/3nuP9tjeqKWkxbksqf+5YSAo0d8NNv5lMZ3GQU6X6dn5BC9wrFkda8ymWVrsmwK3&#10;kONJjPZBD6IE27ziClnEqKhihmPskvIAw2UZun2BS4iLxSKZ4fA6Fu7Ms+MRPLIaG/hl98rA9f0e&#10;cFLu7TDDbPam2Tvb6GnsYhOsVGkSDrz2fOPgp8bpl1TcLMf3ZHVYpfPfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA1glh79wAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOQUvDQBSE74L/YXmCF7EbY7VJ&#10;zKaIIB6DrQjeXpNnEsy+DbvbNP57nyc9DcMMM1+5XeyoZvJhcGzgZpWAIm5cO3Bn4G3/fJ2BChG5&#10;xdExGfimANvq/KzEonUnfqV5FzslIxwKNNDHOBVah6Yni2HlJmLJPp23GMX6TrceTzJuR50myb22&#10;OLA89DjRU0/N1+5oDdR1897tb/3VkjM6u36pP4YwG3N5sTw+gIq0xL8y/OILOlTCdHBHboMaDWzy&#10;tTRFU1ASZ+ldDupgIN1koKtS/+evfgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCje7f1&#10;hAIAAJIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDW&#10;CWHv3AAAAAcBAAAPAAAAAAAAAAAAAAAAAN4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" adj="298" fillcolor="#c00000" strokecolor="#c00000" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770A6262" w14:textId="77777777" w:rsidR="006453B7" w:rsidRPr="009107AE" w:rsidRDefault="006453B7" w:rsidP="00C97524">
+    <w:p w14:paraId="770A6262" w14:textId="77777777" w:rsidR="006453B7" w:rsidRPr="00AE2363" w:rsidRDefault="006453B7" w:rsidP="00C97524">
       <w:pPr>
         <w:pStyle w:val="L"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1100"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="4099B973" w14:textId="77777777" w:rsidTr="00625C38">
         <w:trPr>
           <w:trHeight w:val="114"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="646D3858" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Batterien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D1773A4" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Motoröl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="17BC3518" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremsteile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A4D9D61" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Filter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E9B6CE6" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Kleinteile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRl"/>
           </w:tcPr>
-          <w:p w14:paraId="2BADAB84" w14:textId="155B03E8" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="2BADAB84" w14:textId="155B03E8" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="4083DFD2" w14:textId="77777777" w:rsidTr="00CB7B58">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D391BD0" w14:textId="03F6102A" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>44 Ah, 360 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="52ECC4D1" w14:textId="7613F301" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>10 W 40, 5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60475FFD" w14:textId="62679C8D" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremsscheibe hinten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D3A537D" w14:textId="6F3DF944" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Pollenfilter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31A1AF70" w14:textId="7FDFF353" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Wischerblattsatz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRl"/>
           </w:tcPr>
-          <w:p w14:paraId="22D42B0A" w14:textId="45C3F175" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="22D42B0A" w14:textId="45C3F175" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="458B70AB" w14:textId="77777777" w:rsidTr="00DC32DB">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="646C4A17" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>60 Ah, 480 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="296341FA" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>10 W 40, 1 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5FE6E3B1" w14:textId="3BEDBC58" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremsscheibe vorne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37B9EF44" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Ölfilter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="731CE81B" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Glühlampe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="tbRl"/>
           </w:tcPr>
-          <w:p w14:paraId="3B36F0E2" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="3B36F0E2" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
               <w:ind w:left="227"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Sortimentstiefe</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37013CEF" w14:textId="5A81A8D6" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="37013CEF" w14:textId="5A81A8D6" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="32195581" w14:textId="77777777" w:rsidTr="00625C38">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="116E33C7" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>72 Ah, 650 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BC52319" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>5 W 30, 5 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64E04CB2" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremsbeläge vorne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0BEB47F9" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Luftfilter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C34BFDF" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
             <w:r w:rsidRPr="00CD42A4">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55C1F7D5" wp14:editId="0D4D98F3">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55C1F7D5" wp14:editId="5642B53C">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>312420</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>172085</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2018345" cy="95250"/>
-                      <wp:effectExtent l="8890" t="0" r="0" b="0"/>
+                      <wp:effectExtent l="27940" t="10160" r="29210" b="29210"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Pfeil nach links und rechts 4"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm rot="5400000">
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2018345" cy="95250"/>
                               </a:xfrm>
                               <a:prstGeom prst="leftRightArrow">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
-                                <a:srgbClr val="FF0000"/>
+                                <a:srgbClr val="C00000"/>
                               </a:solidFill>
                               <a:ln>
-                                <a:noFill/>
+                                <a:solidFill>
+                                  <a:srgbClr val="C00000"/>
+                                </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="04D779EF" id="Pfeil nach links und rechts 4" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:24.6pt;margin-top:13.55pt;width:158.9pt;height:7.5pt;rotation:90;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmHd4xrgIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51kydYGdYqgRYYB&#10;RRu0HXpWZCkWJouapMTJfv0oyXazrrsM80EQRfLxw4+8vDo0muyF8wpMScdnI0qE4VApsy3pt6fV&#10;h3NKfGCmYhqMKOlReHq1eP/usrVzMYEadCUcQRDj560taR2CnReF57VomD8DKwwqJbiGBRTdtqgc&#10;axG90cVkNPpUtOAq64AL7/H1JivpIuFLKXi4l9KLQHRJMbeQTpfOTTyLxSWbbx2zteJdGuwfsmiY&#10;Mhh0gLphgZGdU39ANYo78CDDGYemACkVF6kGrGY8elXNY82sSLVgc7wd2uT/Hyy/268dUVVJp5QY&#10;1uAvWkuhNN55TbQy3z3ZmYo4wevgyTQ2rLV+jn6Pdu06yeM1Vn+QriEOsMuz6Sh+qSdYJTmklh+H&#10;lotDIBwfserzj9MZJRx1F7PJLP2SIkNFSOt8+CKgIfFSUi1keFDbOiydgzbBs/2tD5gIOvXG0dGD&#10;VtVKaZ0Et91ca0f2DHmwWqXUsstvZtpEYwPRLavjSxELziWmWzhqEe20eRASexfLSJkk1oohDuNc&#10;mDDOqppVIoefnUaPPI8eKf0EGJElxh+wO4DeMoP02DnLzj66ikT6wTn/gb8klp0HjxQZTBicG2XA&#10;vVWZxqq6yNm+b1JuTezSBqojMiuRAQfPW75S+AdvmQ9r5nDG8BH3RrjHQ2poSwrdjZIa3M+33qM9&#10;Uh+1lLQ4syX1P3bMCUr0V4NDcTGeTuOQJ2E6+zxBwZ1qNqcas2uuAekwTtmla7QPur9KB80zrpdl&#10;jIoqZjjGLikPrheuQ94luKC4WC6TGQ62ZeHWPFoewWNXIy+fDs/M2Y7GAfl/B/18s/krDmfb6Glg&#10;uQsgVSL4S1+7fuNSSMTpFljcOqdysnpZs4tfAAAA//8DAFBLAwQUAAYACAAAACEAj5nYpuEAAAAM&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hIXNCWfrAJStNpIO1QiQsDaeKWtV5T&#10;aJyqybbw7/FOcLT96PXzlqtoB3HCyfeOFKTzBARS49qeOgUf75vZAwgfNLV6cIQKftDDqrq+KnXR&#10;ujO94WkbOsEh5AutwIQwFlL6xqDVfu5GJL4d3GR14HHqZDvpM4fbQWZJspRW98QfjB7xxWDzvT1a&#10;BfXz6yGPhuLu0+fr+HVX9xtbK3V7E9dPIALG8AfDRZ/VoWKnvTtS68Wg4JLOqIJZmt3nIBjJ0gWv&#10;9sw+5guQVSn/l6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKYd3jGuAgAArgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI+Z2KbhAAAADAEA&#10;AA8AAAAAAAAAAAAAAAAACAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" adj="510" fillcolor="red" stroked="f" strokeweight="1pt"/>
+                    <v:shape w14:anchorId="2927A2C3" id="Pfeil nach links und rechts 4" o:spid="_x0000_s1026" type="#_x0000_t69" style="position:absolute;margin-left:24.6pt;margin-top:13.55pt;width:158.9pt;height:7.5pt;rotation:90;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9Iym3iQIAAJ8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06yZGuDOkWQosOA&#10;oi3aDj0rshQbkEWNUuJkXz9Kctyu6y7FfBAkkXx6fCZ5frFvDdsp9A3Yko9PRpwpK6Fq7KbkPx6v&#10;Pp1y5oOwlTBgVckPyvOLxccP552bqwnUYCqFjECsn3eu5HUIbl4UXtaqFf4EnLJk1ICtCHTETVGh&#10;6Ai9NcVkNPpSdICVQ5DKe7q9zEa+SPhaKxlutfYqMFNy4hbSimldx7VYnIv5BoWrG9nTEO9g0YrG&#10;0qMD1KUIgm2x+QuqbSSCBx1OJLQFaN1IlXKgbMajV9k81MKplAuJ490gk/9/sPJm9+DukGTonJ97&#10;2sYs9hpbhkBqzaaj+KXciC3bJ+kOg3RqH5ikS2J/+nk640yS7Ww2mSVpiwwVIR368E1By+Km5Ebp&#10;cN9s6rBEhC7Bi921D0SEgo7OMdCDaaqrxph0wM16ZZDtBP3PVaaWQ/5wM/Z9kfR0DC2etUi7cDAq&#10;Ahp7rzRrqphvopzKVA2EhJTKhnE21aJSmecsKdjTjIUdI1KeCTAia8pvwO4Bjp4Z5IidYXr/GKpS&#10;lQ/B+Vf9g1gOHiLSy2DDENw2FvCtzAxl1b+c/Y8iZWmiSmuoDneYq4Y6zTt51dCvvhY+3AmkpqJL&#10;GhThlhZtoCs59DvOasBfb91Hf6p1snLWUZOW3P/cClScme+WuuBsPJ3Grk6H6ezrhA740rJ+abHb&#10;dgVUN+PELm2jfzDHrUZon2ieLOOrZBJW0tsllwGPh1XIw4MmklTLZXKjTnYiXNsHJyN4VDUW8OP+&#10;SaDr6z1Qo9zAsaHF/FWxZ98YaWG5DaCb1AnPuvZ60xRIhdNPrDhmXp6T1/NcXfwGAAD//wMAUEsD&#10;BBQABgAIAAAAIQCrb8tF4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BToNAEIbvJr7DZky8&#10;tQtUtEWWxph40XgQTdPjwo6AZWcJu7To0zs96XFmvvzz/fl2tr044ug7RwriZQQCqXamo0bBx/vT&#10;Yg3CB01G945QwTd62BaXF7nOjDvRGx7L0AgOIZ9pBW0IQyalr1u02i/dgMS3TzdaHXgcG2lGfeJw&#10;28skim6l1R3xh1YP+NhifSgnq8BMk6/c1+GuK1/n9f75Jf3Z7VOlrq/mh3sQAefwB8NZn9WhYKfK&#10;TWS86BWc0xlVsIiTmxUIRpI45VXF7GaVgixy+b9E8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQD9Iym3iQIAAJ8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCrb8tF4AAAAAwBAAAPAAAAAAAAAAAAAAAAAOMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAA8AUAAAAA&#10;" adj="510" fillcolor="#c00000" strokecolor="#c00000" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Ölablassschraube</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EB1B27D" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="6EB1B27D" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="35B6BBD2" w14:textId="77777777" w:rsidTr="00625C38">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10F20584" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t xml:space="preserve">70 Ah, 640 A </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FCA4FA7" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>5 W 30, 1 Liter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F5E8411" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremsbeläge hinten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67FD8E8A" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Kraftstofffilter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05522279" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Schraube M 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B01235F" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="3B01235F" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="25F9BBC9" w14:textId="77777777" w:rsidTr="00625C38">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E5025A1" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>74 Ah, 680 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23C07020" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="289A3EEA" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremssattel vorne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="406C4ED4" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16190138" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Mutter M 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="585091E4" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="585091E4" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0048559C" w:rsidRPr="00CD42A4" w14:paraId="5303B60D" w14:textId="77777777" w:rsidTr="00625C38">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="78A5CD55" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>55 Ah, 420 A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0BC32261" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="580A9750" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Bremssattel hinten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="295BBB1F" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F264CAF" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B58A6CC" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00CD42A4" w:rsidRDefault="0048559C" w:rsidP="00C97524">
+          <w:p w14:paraId="3B58A6CC" w14:textId="77777777" w:rsidR="0048559C" w:rsidRPr="00AE2363" w:rsidRDefault="0048559C" w:rsidP="00C97524">
             <w:pPr>
               <w:pStyle w:val="L"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="46BCA318" w14:textId="77777777" w:rsidR="00385323" w:rsidRDefault="00385323" w:rsidP="00C97524">
+    <w:p w14:paraId="46BCA318" w14:textId="77777777" w:rsidR="00385323" w:rsidRPr="00AE2363" w:rsidRDefault="00385323" w:rsidP="00C97524">
       <w:pPr>
         <w:pStyle w:val="L"/>
         <w:rPr>
           <w:vanish w:val="0"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DC99D45" w14:textId="4690797D" w:rsidR="00385323" w:rsidRDefault="00C96C62" w:rsidP="00C96C62">
       <w:pPr>
         <w:pStyle w:val="NummerierungAnfang"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Stellen Sie Ihre Tischvorlage im Kollegenkreis vor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA339D5" w14:textId="05AFFDC0" w:rsidR="0048559C" w:rsidRDefault="0048559C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA657BC" w14:textId="77777777" w:rsidR="00385323" w:rsidRPr="0048559C" w:rsidRDefault="00385323" w:rsidP="0048559C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE27A47" w14:textId="099AEF48" w:rsidR="00394779" w:rsidRPr="00E03288" w:rsidRDefault="00394779" w:rsidP="00394779">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03288">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Datenkranz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE27A48" w14:textId="7340581F" w:rsidR="00394779" w:rsidRDefault="00B32828" w:rsidP="00D16BEC">
+    <w:p w14:paraId="0FE27A48" w14:textId="7340581F" w:rsidR="00394779" w:rsidRDefault="00B36C6C" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="74A3AA79">
           <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:.4pt;margin-top:-.45pt;width:464.95pt;height:471.05pt;z-index:251657216;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="179 0 179 20977 21600 20977 21600 0 179 0">
-            <v:imagedata r:id="rId13" o:title=""/>
+            <v:imagedata r:id="rId10" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1586088486" r:id="rId14">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1829723166" r:id="rId11">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="5418032D" w14:textId="6C01477B" w:rsidR="00F620FF" w:rsidRDefault="00F620FF" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79483677" w14:textId="33EEB52D" w:rsidR="000812AA" w:rsidRDefault="000812AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27751E17" w14:textId="49BFB0A9" w:rsidR="000812AA" w:rsidRDefault="00B32828" w:rsidP="00D16BEC">
+    <w:p w14:paraId="27751E17" w14:textId="49BFB0A9" w:rsidR="000812AA" w:rsidRDefault="00B36C6C" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:pict w14:anchorId="64EE4EEB">
           <v:group id="_x0000_s1035" editas="canvas" style="position:absolute;left:0;text-align:left;margin-left:108.8pt;margin-top:1.15pt;width:244.3pt;height:742.5pt;z-index:251660288" coordorigin="1939,1129" coordsize="4886,14850">
             <o:lock v:ext="edit" aspectratio="t"/>
             <v:shape id="_x0000_s1034" type="#_x0000_t75" style="position:absolute;left:1939;top:1129;width:4886;height:14850" o:preferrelative="f">
               <v:fill o:detectmouseclick="t"/>
               <v:path o:extrusionok="t" o:connecttype="none"/>
               <o:lock v:ext="edit" text="t"/>
             </v:shape>
             <v:group id="_x0000_s1236" style="position:absolute;left:1939;top:1129;width:4702;height:14850" coordorigin="1939,1129" coordsize="4702,14850">
               <v:rect id="_x0000_s1036" style="position:absolute;left:1939;top:1129;width:4685;height:14850" stroked="f"/>
               <v:rect id="_x0000_s1037" style="position:absolute;left:1989;top:1157;width:2415;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1037;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="59E9319D" w14:textId="201AE4ED" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Auszug aus der Artikelliste</w:t>
+                        <w:t>Auszug</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>aus</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> der </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Artikelliste</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1038" style="position:absolute;left:1989;top:1437;width:1037;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1038;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="42CD250D" w14:textId="24BCD26A" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Autogarage</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1039" style="position:absolute;left:1989;top:1717;width:1851;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1039;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7AE0F02A" w14:textId="20ABE710" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Batterie 44 Ah, 360A</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1040" style="position:absolute;left:1989;top:2012;width:1851;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1040;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7DCC1AEA" w14:textId="1387BE49" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Batterie 55 Ah, 420A</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1041" style="position:absolute;left:1989;top:2306;width:1851;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1041;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="599BA6B2" w14:textId="3315FCA9" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Batterie 60 Ah, 480A</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1042" style="position:absolute;left:1989;top:2600;width:1851;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1042;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6D8AACA5" w14:textId="2CFED786" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Batterie 70 Ah, 640A</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1043" style="position:absolute;left:1989;top:2894;width:1851;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1043;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="479F0A58" w14:textId="349EC56E" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Batterie 72 Ah, 650A</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1044" style="position:absolute;left:1989;top:3188;width:1851;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1044;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4A08D86A" w14:textId="1A64BEAD" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Batterie 74 Ah, 680A</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1045" style="position:absolute;left:1989;top:3483;width:1792;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1045;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="25F3B037" w14:textId="1BA2ADFD" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Bremsbeläge hinten</w:t>
+                        <w:t>Bremsbeläge</w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                    <w:p w14:paraId="4AF98A2B" w14:textId="4FD59910" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Bremsbeläge vorne</w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                    <w:p w14:paraId="505DE3F0" w14:textId="7099C439" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Bremssattel hinten</w:t>
+                        <w:t>hinten</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
-              <v:rect id="_x0000_s1048" style="position:absolute;left:1989;top:4365;width:1634;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+              <v:rect id="_x0000_s1046" style="position:absolute;left:1989;top:3777;width:1729;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1046;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="5609BB50" w14:textId="0DE21179" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                    <w:p w14:paraId="4AF98A2B" w14:textId="4FD59910" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Bremssattel vorne</w:t>
+                        <w:t>Bremsbeläge</w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                    <w:p w14:paraId="34C517A3" w14:textId="22C6A927" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Bremsscheibe hinten</w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                    <w:p w14:paraId="3A5409BF" w14:textId="72ADCABF" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Bremsscheibe vorne</w:t>
+                        <w:t>vorne</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+              <v:rect id="_x0000_s1047" style="position:absolute;left:1989;top:4071;width:1697;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1047;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="505DE3F0" w14:textId="7099C439" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Bremssattel</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>hinten</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+              <v:rect id="_x0000_s1048" style="position:absolute;left:1989;top:4365;width:1634;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1048;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5609BB50" w14:textId="0DE21179" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Bremssattel</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vorne</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+              <v:rect id="_x0000_s1049" style="position:absolute;left:1989;top:4659;width:1878;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1049;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="34C517A3" w14:textId="22C6A927" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Bremsscheibe</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>hinten</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+              <v:rect id="_x0000_s1050" style="position:absolute;left:1989;top:4954;width:1815;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1050;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="3A5409BF" w14:textId="72ADCABF" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Bremsscheibe</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>vorne</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1051" style="position:absolute;left:1989;top:5248;width:1157;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1051;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="1047FD06" w14:textId="5FA5F2F6" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>CD-Wechsler</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1052" style="position:absolute;left:1989;top:5528;width:1261;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1052;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7C66AADE" w14:textId="764613A9" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Dachbox 320 l</w:t>
+                        <w:t>Dachbox</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 320 l</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1053" style="position:absolute;left:1989;top:5822;width:995;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1053;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="796D2E75" w14:textId="5B307193" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Dachträger</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1054" style="position:absolute;left:1989;top:6116;width:873;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1054;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6C8204CB" w14:textId="1CAE7FB8" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Eiskratzer</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1055" style="position:absolute;left:1989;top:6397;width:2835;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1055;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6D666545" w14:textId="6FF26F40" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Fahrrad Dachträger 2 Fahrräder</w:t>
+                        <w:t>Fahrrad</w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                    <w:p w14:paraId="42A2DAB8" w14:textId="51CF0F2D" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellEnd"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Fahrrad Heckträger 3 Fahrräder</w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Dachträger</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 2 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Fahrräder</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+              <v:rect id="_x0000_s1056" style="position:absolute;left:1989;top:6691;width:2825;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1056;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="42A2DAB8" w14:textId="51CF0F2D" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Fahrrad</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Heckträger</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 3 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Fahrräder</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1057" style="position:absolute;left:1989;top:6985;width:1558;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1057;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0F86081E" w14:textId="4DE01B39" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Frostschutzmittel</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1058" style="position:absolute;left:1989;top:7265;width:978;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1058;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="298142C2" w14:textId="3FE0367F" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Glühlampe</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1059" style="position:absolute;left:1989;top:7559;width:3850;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1059;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="17977FFB" w14:textId="5B2C0B7B" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Kompletträder Alufelge silber 16 " Sommer</w:t>
+                        <w:t>Kompletträder</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Alufelge</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>silber</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 16 " Sommer</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1060" style="position:absolute;left:1989;top:7840;width:3331;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1060;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="43C15FCD" w14:textId="10DBD2FE" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Kompletträder Stahlfelge 16 " Winter</w:t>
+                        <w:t>Kompletträder</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Stahlfelge</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 16 " Winter</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1061" style="position:absolute;left:1989;top:8120;width:1276;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1061;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5C3A1085" w14:textId="4D5517DA" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Kraftstofffilter</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1062" style="position:absolute;left:1989;top:8414;width:723;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1062;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5480E91A" w14:textId="4E358C76" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Kühlbox</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1063" style="position:absolute;left:1989;top:8694;width:777;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1063;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="775A606F" w14:textId="0AD29F74" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Luftfilter</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1064" style="position:absolute;left:1989;top:8988;width:2142;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1064;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4D3BCF53" w14:textId="72D70D8A" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Motoröl 10 W 40 1 Liter</w:t>
+                        <w:t>Motoröl</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 10 W 40 1 Liter</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1065" style="position:absolute;left:1989;top:9283;width:2142;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1065;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="3F2F67EF" w14:textId="57605BCB" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Motoröl 10 W 40 5 Liter</w:t>
+                        <w:t>Motoröl</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 10 W 40 5 Liter</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1066" style="position:absolute;left:1989;top:9577;width:2031;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1066;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="26AE5111" w14:textId="6E4958FF" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Motoröl 5 W 30 1 Liter</w:t>
+                        <w:t>Motoröl</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 5 W 30 1 Liter</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1067" style="position:absolute;left:1989;top:9871;width:2031;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1067;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="0EE82CD2" w14:textId="5B76A879" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Motoröl 5 W 30 5 Liter</w:t>
+                        <w:t>Motoröl</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 5 W 30 5 Liter</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1068" style="position:absolute;left:1989;top:10165;width:987;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1068;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="722A1613" w14:textId="39DCDFCD" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Mutter M6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1069" style="position:absolute;left:1989;top:10459;width:1773;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1069;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6982960F" w14:textId="5C4BC830" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Navigation Portable</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1070" style="position:absolute;left:1989;top:10740;width:1563;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1070;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="624BCEB3" w14:textId="3456DE33" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Ölablassschraube</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1071" style="position:absolute;left:1989;top:11034;width:625;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1071;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="039725B8" w14:textId="19620517" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Ölfilter</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1072" style="position:absolute;left:1989;top:11328;width:984;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1072;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6069F63B" w14:textId="5441F423" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Pollenfilter</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1073" style="position:absolute;left:1989;top:11622;width:1490;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1073;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="013FCAA5" w14:textId="24CFCBFF" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Poloshirt Damen</w:t>
+                        <w:t>Poloshirt</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Damen</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1074" style="position:absolute;left:1989;top:11916;width:1474;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1074;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="52D1C61C" w14:textId="7BA86FA2" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Poloshirt Herren</w:t>
+                        <w:t>Poloshirt</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Herren</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1075" style="position:absolute;left:1989;top:12211;width:1710;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1075;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="07CF9E2E" w14:textId="61123CCE" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Regenjacke Damen </w:t>
+                        <w:t>Regenjacke</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Damen </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1076" style="position:absolute;left:1989;top:12505;width:1693;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1076;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="13B39BD5" w14:textId="6A09C9C8" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Regenjacke Herren</w:t>
+                        <w:t>Regenjacke</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Herren</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1077" style="position:absolute;left:1989;top:12799;width:1073;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1077;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="148EEFB3" w14:textId="1048DA94" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Schildkappe</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1078" style="position:absolute;left:1989;top:13093;width:1380;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1078;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="55F61291" w14:textId="6B2D1B53" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Schlossenteiser</w:t>
                       </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1079" style="position:absolute;left:1989;top:13373;width:1182;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1079;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="6B1063FE" w14:textId="4085AF21" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Schraube M6</w:t>
+                        <w:t>Schraube</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> M6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1080" style="position:absolute;left:1989;top:13668;width:2722;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1080;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="639C63FF" w14:textId="6E9E53BB" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Ski- und Snowboard Halterung</w:t>
+                        <w:t xml:space="preserve">Ski- und Snowboard </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Halterung</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1081" style="position:absolute;left:1989;top:13962;width:1560;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1081;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4AFF293D" w14:textId="430B94A1" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Style bag big pink</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1082" style="position:absolute;left:1989;top:14256;width:1841;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1082;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="2E51CE4A" w14:textId="28324E6F" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Style bag small black</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1083" style="position:absolute;left:1989;top:14550;width:848;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1083;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="2CF7AEF3" w14:textId="75B7E71E" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Trolley M</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1084" style="position:absolute;left:1989;top:14844;width:761;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1084;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="2B2A618F" w14:textId="729E50E1" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Trolley S</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1085" style="position:absolute;left:1989;top:15139;width:1321;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
-                <v:textbox style="mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <v:textbox style="mso-next-textbox:#_x0000_s1085;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="3E91CC10" w14:textId="1CCF7A65" w:rsidR="00981A74" w:rsidRDefault="00981A74">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>USB-Ladegerät</w:t>
+                        <w:t>USB-</w:t>
                       </w:r>
-                    </w:p>
-[...6 lines deleted...]
-                    <w:p w14:paraId="5E9726E4" w14:textId="2DE248FF" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:color w:val="000000"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Wischerblattsatz </w:t>
+                        <w:t>Ladegerät</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+              <v:rect id="_x0000_s1086" style="position:absolute;left:1989;top:15419;width:1498;height:450;mso-wrap-style:none;v-text-anchor:top" filled="f" stroked="f">
+                <v:textbox style="mso-next-textbox:#_x0000_s1086;mso-rotate-with-shape:t;mso-fit-shape-to-text:t" inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="5E9726E4" w14:textId="2DE248FF" w:rsidR="00981A74" w:rsidRDefault="00981A74">
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t>Wischerblattsatz</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:lang w:val="en-US"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
               <v:rect id="_x0000_s1087" style="position:absolute;left:1939;top:1129;width:17;height:1" fillcolor="#dadcdd" stroked="f"/>
               <v:rect id="_x0000_s1088" style="position:absolute;left:6607;top:1129;width:17;height:1" fillcolor="#dadcdd" stroked="f"/>
               <v:line id="_x0000_s1089" style="position:absolute" from="1956,1409" to="6624,1409" strokeweight="0"/>
               <v:rect id="_x0000_s1090" style="position:absolute;left:1956;top:1409;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1091" style="position:absolute" from="1956,1689" to="6624,1689" strokeweight="0"/>
               <v:rect id="_x0000_s1092" style="position:absolute;left:1956;top:1689;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1093" style="position:absolute" from="1956,1984" to="6624,1984" strokeweight="0"/>
               <v:rect id="_x0000_s1094" style="position:absolute;left:1956;top:1984;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1095" style="position:absolute" from="1956,2278" to="6624,2278" strokeweight="0"/>
               <v:rect id="_x0000_s1096" style="position:absolute;left:1956;top:2278;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1097" style="position:absolute" from="1956,2572" to="6624,2572" strokeweight="0"/>
               <v:rect id="_x0000_s1098" style="position:absolute;left:1956;top:2572;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1099" style="position:absolute" from="1956,2866" to="6624,2866" strokeweight="0"/>
               <v:rect id="_x0000_s1100" style="position:absolute;left:1956;top:2866;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1101" style="position:absolute" from="1956,3160" to="6624,3160" strokeweight="0"/>
               <v:rect id="_x0000_s1102" style="position:absolute;left:1956;top:3160;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1103" style="position:absolute" from="1956,3455" to="6624,3455" strokeweight="0"/>
               <v:rect id="_x0000_s1104" style="position:absolute;left:1956;top:3455;width:4668;height:14" fillcolor="black" stroked="f"/>
               <v:line id="_x0000_s1105" style="position:absolute" from="1956,3749" to="6624,3749" strokeweight="0"/>
               <v:rect id="_x0000_s1106" style="position:absolute;left:1956;top:3749;width:4668;height:14" fillcolor="black" stroked="f"/>
@@ -4630,1088 +5765,1087 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EBC9D3E" w14:textId="1F0E4730" w:rsidR="000812AA" w:rsidRDefault="000812AA" w:rsidP="00D16BEC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F5513D" w14:textId="4E9874A5" w:rsidR="000812AA" w:rsidRDefault="000812AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BCD737" w14:textId="77777777" w:rsidR="00BC5A36" w:rsidRDefault="00B32828" w:rsidP="0008000A">
+    <w:p w14:paraId="63BCD737" w14:textId="77777777" w:rsidR="00BC5A36" w:rsidRPr="00AE2363" w:rsidRDefault="00B36C6C" w:rsidP="0008000A">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="587BF67C">
           <v:shape id="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:6.25pt;margin-top:.95pt;width:496.35pt;height:634.55pt;z-index:251658240;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" wrapcoords="-35 -22 -35 21600 21635 21600 21635 -22 -35 -22" stroked="t" strokecolor="black [3213]">
-            <v:imagedata r:id="rId15" o:title=""/>
+            <v:imagedata r:id="rId12" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1586088487" r:id="rId16">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1829723167" r:id="rId13">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
-      <w:r w:rsidR="00F56530">
+      <w:r w:rsidR="00F56530" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364533B4" w14:textId="77777777" w:rsidR="00BC5A36" w:rsidRDefault="00BC5A36">
+    <w:p w14:paraId="364533B4" w14:textId="77777777" w:rsidR="00BC5A36" w:rsidRPr="00AE2363" w:rsidRDefault="00BC5A36">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003E3F37" w14:textId="0E0B4058" w:rsidR="00786107" w:rsidRPr="00DD69BF" w:rsidRDefault="00786107" w:rsidP="00786107">
+    <w:p w14:paraId="003E3F37" w14:textId="0E0B4058" w:rsidR="00786107" w:rsidRPr="00AE2363" w:rsidRDefault="00786107" w:rsidP="00786107">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD69BF">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Didaktisch-methodische Hinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF6CCDB" w14:textId="112F5E20" w:rsidR="00353867" w:rsidRPr="0098583B" w:rsidRDefault="00353867" w:rsidP="007428CB">
+    <w:p w14:paraId="1BF6CCDB" w14:textId="112F5E20" w:rsidR="00353867" w:rsidRPr="00AE2363" w:rsidRDefault="00353867" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Artikelliste laminieren und vorschneiden, dann können die Schüler</w:t>
       </w:r>
-      <w:r w:rsidR="00B45E6D" w:rsidRPr="0098583B">
+      <w:r w:rsidR="00B45E6D" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>innen und Schüler</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D7332">
+      <w:r w:rsidR="003D7332" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>sie</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00022184" w:rsidRPr="0098583B">
+      <w:r w:rsidR="00022184" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>je</w:t>
       </w:r>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> nach Größe an der Tafel oder unter der Dokumentenkamera gruppiert präsentieren. Durch das Laminieren können die einzelnen Teile der Artikelliste öfters verwendet werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD2210F" w14:textId="77777777" w:rsidR="00353867" w:rsidRPr="0098583B" w:rsidRDefault="00353867" w:rsidP="007428CB">
+    <w:p w14:paraId="3BD2210F" w14:textId="77777777" w:rsidR="00353867" w:rsidRPr="00AE2363" w:rsidRDefault="00353867" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A202B7E" w14:textId="2D0752D0" w:rsidR="00353867" w:rsidRPr="0098583B" w:rsidRDefault="00353867" w:rsidP="007428CB">
+    <w:p w14:paraId="2A202B7E" w14:textId="2D0752D0" w:rsidR="00353867" w:rsidRPr="00AE2363" w:rsidRDefault="00353867" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Zeitbedarf circa 2 Stunden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F314662" w14:textId="447DC6B2" w:rsidR="00353867" w:rsidRPr="0098583B" w:rsidRDefault="00353867" w:rsidP="007428CB">
+    <w:p w14:paraId="2F314662" w14:textId="447DC6B2" w:rsidR="00353867" w:rsidRPr="00AE2363" w:rsidRDefault="00353867" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="208DEA1C" w14:textId="47923ED4" w:rsidR="00BC5A36" w:rsidRPr="0098583B" w:rsidRDefault="00BC5A36" w:rsidP="007428CB">
+    <w:p w14:paraId="208DEA1C" w14:textId="47923ED4" w:rsidR="00BC5A36" w:rsidRPr="00AE2363" w:rsidRDefault="00BC5A36" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE27A4A" w14:textId="5AFD2583" w:rsidR="005C0699" w:rsidRPr="0098583B" w:rsidRDefault="0098583B" w:rsidP="007428CB">
+    <w:p w14:paraId="0FE27A4A" w14:textId="5AFD2583" w:rsidR="005C0699" w:rsidRPr="00AE2363" w:rsidRDefault="0098583B" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:noProof/>
           <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20B34136" wp14:editId="2B696CCB">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>42628</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>267307</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6120130" cy="1787525"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21408"/>
                 <wp:lineTo x="21515" y="21408"/>
                 <wp:lineTo x="21515" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Grafik 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120130" cy="1787525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="005C0699" w:rsidRPr="0098583B">
+      <w:r w:rsidR="005C0699" w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Auszug aus der Zielanalyse</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52087C68" w14:textId="77777777" w:rsidR="0098583B" w:rsidRPr="0098583B" w:rsidRDefault="0098583B" w:rsidP="007428CB">
+    <w:p w14:paraId="52087C68" w14:textId="77777777" w:rsidR="0098583B" w:rsidRPr="00AE2363" w:rsidRDefault="0098583B" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38F925BF" w14:textId="128031A4" w:rsidR="005B3BBA" w:rsidRPr="0098583B" w:rsidRDefault="005B3BBA" w:rsidP="00AC764E">
+    <w:p w14:paraId="38F925BF" w14:textId="128031A4" w:rsidR="005B3BBA" w:rsidRPr="00AE2363" w:rsidRDefault="005B3BBA" w:rsidP="00AC764E">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FABC530" w14:textId="4929D6E5" w:rsidR="00AC764E" w:rsidRPr="0098583B" w:rsidRDefault="00AC764E" w:rsidP="00AC764E">
+    <w:p w14:paraId="0FABC530" w14:textId="4929D6E5" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00AC764E">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0098583B">
+      <w:r w:rsidRPr="00AE2363">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Phasen der vollständigen Handlung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB86D99" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="0098583B" w:rsidRDefault="00AC764E" w:rsidP="00AC764E">
+    <w:p w14:paraId="4BB86D99" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00AC764E">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B06092" w:rsidRPr="0098583B" w14:paraId="79A55604" w14:textId="77777777" w:rsidTr="00B06092">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="41C3073A" w14:textId="6C6900EB" w:rsidR="00B06092" w:rsidRPr="00CD42A4" w:rsidRDefault="00B06092" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Handlungsphase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="71F90798" w14:textId="1EE89931" w:rsidR="00B06092" w:rsidRPr="00CD42A4" w:rsidRDefault="00B06092" w:rsidP="00B92E46">
+          <w:p w14:paraId="71F90798" w14:textId="1EE89931" w:rsidR="00B06092" w:rsidRPr="00AE2363" w:rsidRDefault="00B06092" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Hinweise zur Umsetzung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC764E" w:rsidRPr="0098583B" w14:paraId="26AD92D1" w14:textId="77777777" w:rsidTr="00D240F0">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D515208" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Informieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C4F9BD" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
+          <w:p w14:paraId="33C4F9BD" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Die Schülerinnen und Schüler erfassen und analysieren die Aufgabenstellung. Sie erkennen, dass das Sortiment eines Autohauses in unterschiedliche Warengruppen untergliedert ist. Zur Lösung der Aufgaben nutzen Sie die Informationen aus dem Datenkranz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC764E" w:rsidRPr="0098583B" w14:paraId="53CFFB6F" w14:textId="77777777" w:rsidTr="00D240F0">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BE61684" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Planen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74FAC7CD" w14:textId="68F68B99" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
+          <w:p w14:paraId="74FAC7CD" w14:textId="68F68B99" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Ziel: Sortimentspyramide und grafische Darstellung der größten Warengruppe a</w:t>
             </w:r>
-            <w:r w:rsidR="00B45E6D" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="00B45E6D" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>nhand von Sortimentsbreite und -</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>tiefe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC764E" w:rsidRPr="0098583B" w14:paraId="232F6991" w14:textId="77777777" w:rsidTr="00D240F0">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CEDA3D1" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Entscheiden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B2889A" w14:textId="598B6A01" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
+          <w:p w14:paraId="73B2889A" w14:textId="598B6A01" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Für nutzbare Informationsquellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC764E" w:rsidRPr="0098583B" w14:paraId="176EA6B1" w14:textId="77777777" w:rsidTr="00D240F0">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CF1AF9F" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Ausführen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EEB5FB3" w14:textId="6DE1A5C4" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00B45E6D" w:rsidP="005B3BBA">
+          <w:p w14:paraId="0EEB5FB3" w14:textId="6DE1A5C4" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00B45E6D" w:rsidP="005B3BBA">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="287" w:hanging="218"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Informationen l</w:t>
             </w:r>
-            <w:r w:rsidR="00AC764E" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="00AC764E" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>esen und auswerten</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C31018" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="005B3BBA">
+          <w:p w14:paraId="76C31018" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="005B3BBA">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="287" w:hanging="218"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Sortimentspyramide erstellen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="344D6028" w14:textId="19F55120" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
+          <w:p w14:paraId="344D6028" w14:textId="19F55120" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Grafische Darstellung der größten Warengr</w:t>
             </w:r>
-            <w:r w:rsidR="00B45E6D" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="00B45E6D" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>uppe nach Sortimentsbreite und -</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>tiefe erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC764E" w:rsidRPr="0098583B" w14:paraId="2B541D9B" w14:textId="77777777" w:rsidTr="00D240F0">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AFD84B5" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Kontrollieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD8D445" w14:textId="3607B3BA" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
+          <w:p w14:paraId="3AD8D445" w14:textId="3607B3BA" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Im Plenum, der Gruppe oder paarweise beurteilen, ob der Arbeitsauftr</w:t>
             </w:r>
-            <w:r w:rsidR="005B3BBA" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="005B3BBA" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>ag vollständig ausgeführt wurde</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="005B3BBA" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="005B3BBA" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>oder ob noch Fragen offen sind bzw. wichtige Sachverhalte nicht thematisiert wurden</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC764E" w:rsidRPr="0098583B" w14:paraId="71AA1511" w14:textId="77777777" w:rsidTr="00D240F0">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5500822C" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Bewerten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8EBB0A" w14:textId="49F11C8B" w:rsidR="00AC764E" w:rsidRPr="00CD42A4" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
+          <w:p w14:paraId="0F8EBB0A" w14:textId="49F11C8B" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00B92E46">
             <w:pPr>
               <w:pStyle w:val="TabelleAufzhlung"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>Bei der Bewertung des Handlungsverlaufs wird geprüft, welche Übersichten den Schülerinnen</w:t>
             </w:r>
-            <w:r w:rsidR="005B3BBA" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="005B3BBA" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve"> und Schülern zum Kennenlernen </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>des Sortiments ihres Ausbildungs</w:t>
             </w:r>
-            <w:r w:rsidR="005F39F2" w:rsidRPr="00CD42A4">
+            <w:r w:rsidR="005F39F2" w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
-            <w:r w:rsidRPr="00CD42A4">
+            <w:r w:rsidRPr="00AE2363">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="C00000"/>
               </w:rPr>
               <w:t>betriebes weitergeholfen hätten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24F73459" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="0098583B" w:rsidRDefault="00AC764E" w:rsidP="00AC764E">
+    <w:p w14:paraId="24F73459" w14:textId="77777777" w:rsidR="00AC764E" w:rsidRPr="00AE2363" w:rsidRDefault="00AC764E" w:rsidP="00AC764E">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07EE0418" w14:textId="77777777" w:rsidR="00B37697" w:rsidRPr="0098583B" w:rsidRDefault="00B37697" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DDF635A" w14:textId="234E3D65" w:rsidR="00B37697" w:rsidRPr="0098583B" w:rsidRDefault="00B37697" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
@@ -5726,249 +6860,250 @@
           <w:vanish/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DF3631D" w14:textId="0090ED79" w:rsidR="00B37697" w:rsidRPr="0098583B" w:rsidRDefault="00B37697" w:rsidP="007428CB">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B37697" w:rsidRPr="0098583B" w:rsidSect="00B06092">
-      <w:headerReference w:type="default" r:id="rId18"/>
-      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="24981823" w14:textId="77777777" w:rsidR="00B32828" w:rsidRDefault="00B32828" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D116D24" w14:textId="77777777" w:rsidR="00B32828" w:rsidRDefault="00B32828" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8613"/>
       <w:gridCol w:w="1026"/>
     </w:tblGrid>
     <w:tr w:rsidR="00921C3E" w:rsidRPr="00921C3E" w14:paraId="6AFC0AA3" w14:textId="77777777" w:rsidTr="00D96C5C">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8613" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="209D86BB" w14:textId="77777777" w:rsidR="00921C3E" w:rsidRPr="00A16C25" w:rsidRDefault="00921C3E" w:rsidP="00921C3E">
+        <w:p w14:paraId="209D86BB" w14:textId="7107BCA9" w:rsidR="00921C3E" w:rsidRPr="00A16C25" w:rsidRDefault="00921C3E" w:rsidP="00921C3E">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00A50413">
+          <w:r w:rsidR="00E36DC4">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>WKA-LF04-LS01-Sortiment analysieren.docx</w:t>
+            <w:t>WKA-LF04-LS01-Sortimentsanalyse.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1026" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="564688D4" w14:textId="1858F2A3" w:rsidR="00921C3E" w:rsidRPr="00A16C25" w:rsidRDefault="00921C3E" w:rsidP="00D96C5C">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
@@ -6073,76 +7208,76 @@
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>6</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3810DAA9" w14:textId="77777777" w:rsidR="00921C3E" w:rsidRDefault="00921C3E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="41D47F84" w14:textId="77777777" w:rsidR="00B32828" w:rsidRDefault="00B32828" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2138A967" w14:textId="77777777" w:rsidR="00B32828" w:rsidRDefault="00B32828" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0FE27A55" w14:textId="015F7270" w:rsidR="00E156D0" w:rsidRPr="00E156D0" w:rsidRDefault="00921C3E" w:rsidP="00E156D0">
     <w:pPr>
       <w:pStyle w:val="Beschriftung"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45B5E0D8" wp14:editId="24E702FD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>620065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>245110</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6219893" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
@@ -6245,105 +7380,104 @@
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="5519075" y="0"/>
                           <a:ext cx="504967" cy="436728"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFohEzKDBAAAiwoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5KsF0uIU6ROmhXotmDt9p2WKImIRHIkHTkd9t93R0qOnbTY1mEGopAUeXruuefuePnmMPTk&#10;kWnDpdgE0UUYECYqWXPRboJfP71brANiLBU17aVgm+CJmeDN1fffXY6qZLHsZF8zTcCIMOWoNkFn&#10;rSqXS1N1bKDmQiom4GUj9UAtTHW7rDUdwfrQL+MwzJaj1LXSsmLGwOqNfxlcOftNwyr7c9MYZkm/&#10;CQCbdU/tnjt8Lq8uadlqqjpeTTDoN6AYKBfw0aOpG2op2Wv+ytTAKy2NbOxFJYelbBpeMecDeBOF&#10;L7y503KvnC9tObbqSBNQ+4KnbzZb/fR4rwmvN8EqDoigA8ToTu+V4kwzQWARGBpVW8LGO60+qns9&#10;LbR+hk4fGj3gf3CHHBy3T0du2cGSChazOCrWxSogFbxLVmkWTuRXHUQIjy2iIlslRUCeD1fd7fF4&#10;HK6KaD6e5fEakS3njy8R4xHSqEBN5pkw898I+9hRxVwcDPIwEZZkM2GfwMmG9TWZ2HK7kCpiD28l&#10;uBY5bRj1QVYPhgi57aho2bXWcuwYrQFe5LxB3PABPIqsm9Kgkd34o6whLnRvpTP0gu9T4rK8SFK0&#10;RcuZ+STJkjwDsMj8Ko2T2G04UkdLpY29Y3IgONgEGrLGfYc+fjDWszxvQcNG9rx+x/veTXS72/aa&#10;PFLIsHfuNwXmbFsvyLgJihS+jaeExPMO5sAtVICeD5tgHeLPo0debkXttljKez8G0L2AsM/ceJbs&#10;YXeAjbi4k/UTUKalz3SoTDDopP4ckBGyfBOY3/dUs4D07wXQXkRJgmXBTZI0j2GiT9/sTt9QUYGp&#10;TWAD4odb60qJ9+gawtNwx9czkgkriNHj+/9VCQV3SmOmac3Ib0zvuKj3oiWJyxkEByLbiimVvcrQ&#10;B9QVaXqufpglO2X0IgqjeA3ZhwpKwjjKziWWpnm+Wk/J7QL4dXX1XGAu0fIr6jqRhhdNtkohKhUG&#10;r+kpcF8NCuqVES2EoW+h7VRWO4tnijNP5qhLaBi1HCHo1FhYPAoVYfT7AdLL6zdLJ/0BfH/elZgz&#10;u5gJN9R0/oR7NQkelQlp57rOlDjnOvXixITCdacJxasS/qbSDqNXlervWyCcsnvUtG+jwz+yMVD9&#10;sFcL6EKKWr7jPbdPrqMCkwhKPN7zCssQTk6KXn6Ul6YNfyBJjt7Pm/wRqCi8elHrjIKqMte58+1L&#10;nJ59bwcanAsMjifPIHAv+t4XyPE99UZW+4EJ6y8JmoFw4IZiOq4MZHjJhh0DDen3NbYUuKBYqK9K&#10;c+ELH5ROCKCLJvQf18f/iNfXYVjEbxfbNNwukjC/XVwXSb7Iw9s8CZN1tI22f6IMo6TcGwbu0/5G&#10;8Qk6rL4C/8WmPV1v/HXAXSu80OasAmhOkzNEUCoyhFiN1cxWHQ4bqK6/AOGotZMXjulncpF37DB4&#10;4kVPSdOoCPP0tBnP/SQNkyIDGfhG/qoT/8t24iB5EG4ImFx+uBuPQz/dzvBKdTp3u57vkFd/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQtbMC&#10;qqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82RzM7hg&#10;MOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaUxndY&#10;FQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FrwkAQhe+F/odlCr3VTZQaTbMRkbYnKVQLxduYHZNgdjZk1yT++669tKeZ4T3efC9b&#10;jaYRPXWutqwgnkQgiAuray4VfO3fnhYgnEfW2FgmBVdysMrv7zJMtR34k/qdL0UIYZeigsr7NpXS&#10;FRUZdBPbEgftZDuDPpxdKXWHQwg3jZxG0VwarDl8qLClTUXFeXcxCt4HHNaz+LXfnk+b62H//PG9&#10;jUmpx4dx/QLC0+j/zHDDD+iQB6ajvbB2olGwTObBqWC2CPOmR0kSgzj+blOQeSb/V8h/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/axRR&#10;EMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTmICQR&#10;G0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM9Eee&#10;m0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6jaHl07&#10;mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZQTM2&#10;zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzwDqac&#10;CqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjmKia5&#10;hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78qfKz&#10;Xvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXPVt56&#10;+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAWiETMoMEAACLCgAADgAAAAAAAAAAAAAAAAA8AgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADrBgAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQCbeOKE4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAANwHAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAA&#10;FAAAAAAAAAAAAAAAAADpCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAAIgsA&#10;AAAA&#10;">
+            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAutrldRYEAACtCQAADgAAAGRycy9lMm9Eb2MueG1stFZRb9s2EH4fsP9A&#10;6D2xJEuyLcQpuqTNCnRbsHZ7pylKIkKRHElHTn/97kjJsZMV2zrMQBRSJI/ffffdna7eHAZJHrl1&#10;Qqttkl2mCeGK6Uaobpv89vn9xTohzlPVUKkV3yZP3CVvrr//7mo0Nc91r2XDLQEjytWj2Sa996Ze&#10;LBzr+UDdpTZcwWKr7UA9TG23aCwdwfogF3maVotR28ZYzbhz8PY2LibXwX7bcuZ/aVvHPZHbBLD5&#10;8LThucPn4vqK1p2lphdsgkG/AcVAhYJLj6Zuqadkb8UrU4NgVjvd+kumh4VuW8F48AG8ydIX3txZ&#10;vTfBl64eO3OkCah9wdM3m2U/P95Z88ncW2BiNB1wEWboy6G1A/4HlOQQKHs6UsYPnjB4WeXZZr1Z&#10;JoTBWrEsq3TilPVAPB67yDbVstgk5Pkw698dj+fpcpPNx6tVvsaQLObLF2eQRgMicc88uP/Gw6ee&#10;Gh7odTXwcG+JaMCJKiGKDqDVz+Bky2VDcsSEl8MupIr4ww8aXMtCyJ35qNmDI0rf9FR1/K21euw5&#10;bQBeFrw5ORrtODSyG3/SDVxD914HQy/4PiWuWm2KEm3Rema+KKpiVQFYZH5Z5kUeNhypo7Wxzt9x&#10;PRAcbBMLyRDuoY8fnY8sz1vQsNNSNO+FlGFiu92NtOSRQuK8D78pMGfbpCLjNtmUcDeeUhrPB5iD&#10;8JDYUgzbZJ3iL6JHXt6pJmzxVMg4BtBSQdiRKOQmsuQPuwNsxJc73TwBZVbHBIaCA4Ne2y8JGSF5&#10;t4n7Y08tT4j8oID2TVYUmO1hUpSrHCb2dGV3ukIVA1PbxCckDm98qBDRo7cQnlYEvp6RTFhBjBHf&#10;/69KqKNRlXfc0oaT37ndCdXsVUeKkDOTyG7UlMozkzGVSCuF+XGW7JTRF1ma5WvIPlRQkeZZdS6x&#10;slytluspuUMAv64uKRTmEq2/oq4TaUTRVMsSosIweK2kwD0bDKSfUx2EQXbQTZi3weKZ4tyTO+oS&#10;+kCjRwg6dR5eHoWKMOR+gPSK+q3KSX8AP54PJebMLmbCLXV9PBGWJsGjMiHtQjOZEudcp1GcmFD4&#10;PmjCCFbD31SxYfSqUv19Z4NTfo+ajt1x+Ec2Bmof9uYCmouhXuyEFP4pNEpgEkGpx3vBMMFwclL0&#10;Vkd5WdqKB1Ks0Pt5UzwCFUWwF7XOGagqc507377A6dl9O9DgXGBwPHkGgXvRzv6CnNgqbzXbD1z5&#10;2PstB+HAh4frhXGQ4TUfdhw0ZD802FLgu8NDfTVWKB+F7bzlnvUYzxYK1a+AHcMGqpgXAuhnnOhC&#10;LEhzRzq2w7LMNumqPO1rc2ku02JTAaOxJ75qav+yMgdIEUQYAqYgtfBNENBP3y/40XE6D7uev7Ku&#10;/wQAAP//AwBQSwMEFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAABkcnMvbWVkaWEvaW1hZ2UxLndt&#10;ZuyUv2sUURDH5+3X05NIApprxEIEBZGUQiBgcVhoJZ4SCMg1phQL8UcThaCHMdHLpVBBzkILiQQU&#10;jUQk5iAkERtJaeV/cEiu269aODO3e5GwpxaWPvjcvJt97zvvzezs508fHonUo2a8hhb3B9FxZTjI&#10;ThF8jPRHnptLtikIecmp7dHV9chmu6JcOBzs2fYQZIfaH7rn1es3OjPvgOrl1X7z1TrR0faHLv7I&#10;n2+o2h5dO5gz1XWPZzEb7IMxw/XIaMbd1C3KRoiSM/m1OrHTGCK71XcQv49gSt1vl8bJPkcaKXgW&#10;7TYlGUEzNs7ie1wCWEJPQr/afp7BPmcYh2iMYIBlHHVGcYwXcdK5hfM0JnGBVVxyarjGGsYSxtVX&#10;4V1M8A6mnAqqHMc0x1DjVc3iCaeh/9tUsMR7eM/7WGQd75ynWOAs5vkCLzmPOectnnERT9hAnct4&#10;4Kyo5iomuYabyvWEy1zR8xnLGOUSzjkLOE1jDkXnIY7QmMYBTmGvM6G5uI3ehLzavN6VcTXJX3bG&#10;Q/L+/Knys175/9WwivyLarS7JM26yOOhU51+a/e8dWN2zTa7pE/3WJfkpIgyi/rWFhybl5m9+28r&#10;3usVz1beevovQ8czTr95uoL2TUF7pujYfIZbNb7eGOxopDcU+VWjpfuNVd1vtFzDvn2mZfmCWhs/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAm3jihOAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvC&#10;QBCF74X+h2UKvdVNlBpNsxGRticpVAvF25gdk2B2NmTXJP77rr20p5nhPd58L1uNphE9da62rCCe&#10;RCCIC6trLhV87d+eFiCcR9bYWCYFV3Kwyu/vMky1HfiT+p0vRQhhl6KCyvs2ldIVFRl0E9sSB+1k&#10;O4M+nF0pdYdDCDeNnEbRXBqsOXyosKVNRcV5dzEK3gcc1rP4td+eT5vrYf/88b2NSanHh3H9AsLT&#10;6P/McMMP6JAHpqO9sHaiUbBM5sGpYLYI86ZHSRKDOP5uU5B5Jv9XyH8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/&#10;EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA593LPYer2aWZ2pxC1swKqogRGVjql7Sjg0p82&#10;e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK/sB5lBMZjIXzZHMzuGAw5TOM3KO84kh8W5Y7&#10;Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8UXJvszkAMIyUBhpTGd1gVDzMAb2r+9VjzAgAA&#10;//8DAFBLAQItABQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPAEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALra5XUWBAAArQkAAA4AAAAAAAAAAAAAAAAAOwIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAAAAAAAAAAAAAAAA&#10;fQYAAGRycy9tZWRpYS9pbWFnZTEud21mUEsBAi0AFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAtggAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAMMJAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;ALQKAAAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAfnfpj8MA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESP3WrCQBSE74W+w3IKvRHdWNKo0U2wQktu/XmAY/aY&#10;BLNnQ3Zr4tu7hUIvh5n5htnmo2nFnXrXWFawmEcgiEurG64UnE9fsxUI55E1tpZJwYMc5NnLZIup&#10;tgMf6H70lQgQdikqqL3vUildWZNBN7cdcfCutjfog+wrqXscAty08j2KEmmw4bBQY0f7msrb8cco&#10;uBbD9GM9XL79eXmIk09slhf7UOrtddxtQHga/X/4r11oBXECv1/CD5DZEwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" stroked="f">
+              <v:shape id="Textfeld 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+d+mPwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9Ed1Y0qjRTbBCS279eYBj9pgEs2dDdmvi27uFQi+HmfmG2eajacWdetdYVrCYRyCI&#10;S6sbrhScT1+zFQjnkTW2lknBgxzk2ctki6m2Ax/ofvSVCBB2KSqove9SKV1Zk0E3tx1x8K62N+iD&#10;7CupexwC3LTyPYoSabDhsFBjR/uaytvxxyi4FsP0Yz1cvv15eYiTT2yWF/tQ6u113G1AeBr9f/iv&#10;XWgFcQK/X8IPkNkTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1A76BF63" w14:textId="77777777" w:rsidR="00921C3E" w:rsidRPr="00E20335" w:rsidRDefault="00921C3E" w:rsidP="00921C3E">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
-              <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1028" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAY855yMMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPwWrCQBCG7wXfYRnBW90oUiR1FRUr&#10;PRXUtL0O2TEJZmfD7jbGt+8cCj0O//zffLPaDK5VPYXYeDYwm2agiEtvG64MFJe35yWomJAttp7J&#10;wIMibNajpxXm1t/5RP05VUogHHM0UKfU5VrHsiaHceo7YsmuPjhMMoZK24B3gbtWz7PsRTtsWC7U&#10;2NG+pvJ2/nGi8bE7FvueHT5O4btYlrOvw/HTmMl42L6CSjSk/+W/9rs1sBBZ+UUAoNe/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAGPOecjDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+              <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1028" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 47" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;APHduezDAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxEj0FrAjEUhO8F/0N4BW81aZFWVqNoURCK&#10;Fbe9eHtsnpvFzcuyibr+eyMIHoeZ+YaZzDpXizO1ofKs4X2gQBAX3lRcavj/W72NQISIbLD2TBqu&#10;FGA27b1MMDP+wjs657EUCcIhQw02xiaTMhSWHIaBb4iTd/Ctw5hkW0rT4iXBXS0/lPqUDitOCxYb&#10;+rZUHPOT01Dlm9/Rdbkq7GKntvkyKvzZH7Xuv3bzMYhIXXyGH+210TD8gvuX9APk9AYAAP//AwBQ&#10;SwECLQAUAAYACAAAACEABKs5XgABAADmAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQAIwxik1AAAAJMBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAASAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;cGljdHVyZXhtbC54bWxQSwECLQAUAAYACAAAACEA8d257MMAAADbAAAADwAAAAAAAAAAAAAAAACf&#10;AgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9wAAAI8DAAAAAA==&#10;">
+              <v:shape id="Grafik 47" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXqNY9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33VhqI9FVRIh4Eru2eH1kX5PQ7NuQXTXtr3cLBY/DzHzDrDa9bcSNOl87VjCbJiCI&#10;C2dqLhV8nPPJAoQPyAYbx6Tghzxs1sPBCjPj7vxONx1KESHsM1RQhdBmUvqiIot+6lri6H25zmKI&#10;siul6fAe4baRL0nyJi3WHBcqbGlXUfGtr1ZBfdrvZ3mfp7+XxdUc9VzbT6mVGo/67RJEoD48w//t&#10;g1HwmsLfl/gD5PoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV6jWPcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA292D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51185BB8"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6904,195 +8038,208 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4793" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5513" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6233" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="506869262">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2058583720">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="741222907">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="812872573">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1339964860">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1946959209">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1228418339">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="62802487">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1716856297">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="415515242">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="339553292">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="144976994">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
     <w:rsid w:val="00016CE2"/>
     <w:rsid w:val="00017041"/>
     <w:rsid w:val="00020213"/>
     <w:rsid w:val="00022184"/>
     <w:rsid w:val="00023C28"/>
     <w:rsid w:val="000413A0"/>
     <w:rsid w:val="00056EF8"/>
     <w:rsid w:val="0006687F"/>
     <w:rsid w:val="0007022C"/>
     <w:rsid w:val="00076A16"/>
     <w:rsid w:val="000775C4"/>
     <w:rsid w:val="0008000A"/>
     <w:rsid w:val="000812AA"/>
     <w:rsid w:val="00092513"/>
     <w:rsid w:val="000B5758"/>
     <w:rsid w:val="000C614E"/>
     <w:rsid w:val="000D13ED"/>
     <w:rsid w:val="000F260C"/>
     <w:rsid w:val="000F48D8"/>
     <w:rsid w:val="00132DED"/>
+    <w:rsid w:val="0013500F"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="00192039"/>
     <w:rsid w:val="001A1B0E"/>
     <w:rsid w:val="001C7089"/>
     <w:rsid w:val="001E5AB5"/>
     <w:rsid w:val="00235998"/>
     <w:rsid w:val="00245211"/>
+    <w:rsid w:val="0024777E"/>
     <w:rsid w:val="00250B0D"/>
     <w:rsid w:val="0025381F"/>
     <w:rsid w:val="00276206"/>
+    <w:rsid w:val="002B2E3F"/>
+    <w:rsid w:val="002B3092"/>
     <w:rsid w:val="002C40E6"/>
     <w:rsid w:val="00310E3A"/>
     <w:rsid w:val="0031686B"/>
     <w:rsid w:val="00316CB3"/>
     <w:rsid w:val="00317057"/>
     <w:rsid w:val="0032440D"/>
     <w:rsid w:val="003342D9"/>
     <w:rsid w:val="00341D70"/>
     <w:rsid w:val="003426BE"/>
+    <w:rsid w:val="00351238"/>
     <w:rsid w:val="00353867"/>
+    <w:rsid w:val="00363EB6"/>
     <w:rsid w:val="00385323"/>
     <w:rsid w:val="00393C3C"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="003A662D"/>
     <w:rsid w:val="003A79C0"/>
     <w:rsid w:val="003B6AB2"/>
     <w:rsid w:val="003D7332"/>
     <w:rsid w:val="00410047"/>
     <w:rsid w:val="00421716"/>
     <w:rsid w:val="00425D62"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="0044160B"/>
     <w:rsid w:val="004615EF"/>
     <w:rsid w:val="0048559C"/>
     <w:rsid w:val="00485C4D"/>
     <w:rsid w:val="004A79CC"/>
     <w:rsid w:val="004B0B33"/>
     <w:rsid w:val="004E1DB9"/>
     <w:rsid w:val="004E2F78"/>
     <w:rsid w:val="004F04A5"/>
     <w:rsid w:val="00536C81"/>
     <w:rsid w:val="005502E1"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="00567943"/>
     <w:rsid w:val="00574452"/>
     <w:rsid w:val="00581A90"/>
     <w:rsid w:val="005A1080"/>
     <w:rsid w:val="005B3BBA"/>
     <w:rsid w:val="005B4B65"/>
     <w:rsid w:val="005C0699"/>
     <w:rsid w:val="005C6F4F"/>
+    <w:rsid w:val="005D75EC"/>
     <w:rsid w:val="005E0E0C"/>
+    <w:rsid w:val="005F1933"/>
     <w:rsid w:val="005F39F2"/>
     <w:rsid w:val="0060135C"/>
     <w:rsid w:val="00603B16"/>
     <w:rsid w:val="006453B7"/>
     <w:rsid w:val="00664ACC"/>
     <w:rsid w:val="00666AD0"/>
     <w:rsid w:val="00691531"/>
+    <w:rsid w:val="00694AF9"/>
     <w:rsid w:val="00696422"/>
     <w:rsid w:val="006975BF"/>
     <w:rsid w:val="006C2266"/>
     <w:rsid w:val="006D3806"/>
     <w:rsid w:val="006E3B1C"/>
     <w:rsid w:val="006F30F7"/>
     <w:rsid w:val="007143CB"/>
     <w:rsid w:val="007338A6"/>
     <w:rsid w:val="007428CB"/>
     <w:rsid w:val="00777DAA"/>
     <w:rsid w:val="00786107"/>
     <w:rsid w:val="00786BE3"/>
     <w:rsid w:val="007903B5"/>
     <w:rsid w:val="007A02AC"/>
     <w:rsid w:val="007A7254"/>
     <w:rsid w:val="007B0BAF"/>
     <w:rsid w:val="007B40DC"/>
     <w:rsid w:val="007C076C"/>
     <w:rsid w:val="007D5B33"/>
     <w:rsid w:val="007E69D6"/>
     <w:rsid w:val="007F3E85"/>
     <w:rsid w:val="00805E1A"/>
     <w:rsid w:val="00821686"/>
     <w:rsid w:val="00830897"/>
     <w:rsid w:val="00845D20"/>
@@ -7103,160 +8250,164 @@
     <w:rsid w:val="008932F3"/>
     <w:rsid w:val="008B1E96"/>
     <w:rsid w:val="008C4A5D"/>
     <w:rsid w:val="008F1898"/>
     <w:rsid w:val="0090646C"/>
     <w:rsid w:val="009107AE"/>
     <w:rsid w:val="00921C3E"/>
     <w:rsid w:val="009732C3"/>
     <w:rsid w:val="00981A74"/>
     <w:rsid w:val="0098583B"/>
     <w:rsid w:val="009A6E3A"/>
     <w:rsid w:val="009A7B1F"/>
     <w:rsid w:val="009B0B65"/>
     <w:rsid w:val="009B2780"/>
     <w:rsid w:val="009D7CBB"/>
     <w:rsid w:val="009E3A9D"/>
     <w:rsid w:val="009E729F"/>
     <w:rsid w:val="009F5FA5"/>
     <w:rsid w:val="00A142C2"/>
     <w:rsid w:val="00A16C25"/>
     <w:rsid w:val="00A17359"/>
     <w:rsid w:val="00A34AAD"/>
     <w:rsid w:val="00A37BBE"/>
     <w:rsid w:val="00A4149A"/>
     <w:rsid w:val="00A50413"/>
+    <w:rsid w:val="00A80666"/>
     <w:rsid w:val="00A80FA4"/>
     <w:rsid w:val="00A81132"/>
+    <w:rsid w:val="00A81A03"/>
     <w:rsid w:val="00AC764E"/>
+    <w:rsid w:val="00AE2363"/>
     <w:rsid w:val="00B0502E"/>
     <w:rsid w:val="00B06092"/>
     <w:rsid w:val="00B16728"/>
     <w:rsid w:val="00B204A0"/>
     <w:rsid w:val="00B27557"/>
     <w:rsid w:val="00B32828"/>
+    <w:rsid w:val="00B36C6C"/>
     <w:rsid w:val="00B37697"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B45E6D"/>
     <w:rsid w:val="00B50256"/>
     <w:rsid w:val="00B608DD"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00B847C9"/>
     <w:rsid w:val="00BC5A36"/>
     <w:rsid w:val="00BE7569"/>
     <w:rsid w:val="00BF0748"/>
     <w:rsid w:val="00C13D1B"/>
     <w:rsid w:val="00C22F0C"/>
     <w:rsid w:val="00C23223"/>
     <w:rsid w:val="00C76472"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00C91ED2"/>
     <w:rsid w:val="00C96C62"/>
     <w:rsid w:val="00C97524"/>
     <w:rsid w:val="00CA2AC1"/>
     <w:rsid w:val="00CC09CF"/>
     <w:rsid w:val="00CD42A4"/>
     <w:rsid w:val="00CE7BBA"/>
     <w:rsid w:val="00CF7808"/>
     <w:rsid w:val="00D16BEC"/>
     <w:rsid w:val="00D177B3"/>
     <w:rsid w:val="00D240F0"/>
     <w:rsid w:val="00D53A10"/>
     <w:rsid w:val="00D64F77"/>
     <w:rsid w:val="00D93A7C"/>
     <w:rsid w:val="00D96C5C"/>
     <w:rsid w:val="00DC19AE"/>
     <w:rsid w:val="00DC4FCD"/>
     <w:rsid w:val="00DD2736"/>
     <w:rsid w:val="00DD499E"/>
     <w:rsid w:val="00DD69BF"/>
     <w:rsid w:val="00DE152E"/>
     <w:rsid w:val="00E14D6B"/>
     <w:rsid w:val="00E156D0"/>
+    <w:rsid w:val="00E36DC4"/>
     <w:rsid w:val="00E554F5"/>
     <w:rsid w:val="00E5719D"/>
     <w:rsid w:val="00E77658"/>
     <w:rsid w:val="00E97EA7"/>
     <w:rsid w:val="00EB7F75"/>
     <w:rsid w:val="00EC68F5"/>
     <w:rsid w:val="00EE0994"/>
     <w:rsid w:val="00EF354E"/>
     <w:rsid w:val="00F2596E"/>
     <w:rsid w:val="00F515B0"/>
     <w:rsid w:val="00F525DD"/>
     <w:rsid w:val="00F56530"/>
     <w:rsid w:val="00F620FF"/>
     <w:rsid w:val="00F67970"/>
     <w:rsid w:val="00FA1EAC"/>
     <w:rsid w:val="00FA37AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FE27A3D"/>
-  <w15:docId w15:val="{B5A2177B-C296-4BB1-B93D-C19D0318A91A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7583,50 +8734,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00132DED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
@@ -8079,87 +9235,87 @@
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
     <w:name w:val="Titel Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Titel"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00132DED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="226913860">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1876458397">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint_Slide1.sldx"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document3.docx"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document2.docx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_PowerPoint_Slide.sldx"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -8387,264 +9543,82 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...127 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71339B87-18AC-40A6-9C3C-1B86B36133AD}">
-[...31 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{545ADBB6-2C77-414E-A55F-413A6BEACB93}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A4E8D57-AB85-43E0-9F53-BB06E77FE84A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2573</Characters>
+  <Pages>6</Pages>
+  <Words>392</Words>
+  <Characters>2665</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>222</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>WKA-LF04-LS01-Sortimentsanalyse-S</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2976</CharactersWithSpaces>
+  <CharactersWithSpaces>2977</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title>WKA-LF04-LS01-Sortimentsanalyse-L</dc:title>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>