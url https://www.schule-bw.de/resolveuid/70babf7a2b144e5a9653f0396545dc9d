--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -1,67 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="14B092FF" w14:textId="724F99C7" w:rsidR="00734C69" w:rsidRPr="007248C6" w:rsidRDefault="001D1268" w:rsidP="00734C69">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1268">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1607"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2409"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D427C" w14:paraId="23FF1B2F" w14:textId="77777777" w:rsidTr="000401D2">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="23FF1B2E" w14:textId="77777777" w:rsidR="009D427C" w:rsidRPr="009D427C" w:rsidRDefault="00083036" w:rsidP="00083036">
             <w:pPr>
@@ -364,51 +381,65 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23FF1B40" w14:textId="5C90EBA7" w:rsidR="00BC0D32" w:rsidRDefault="00A75B96" w:rsidP="00BC0D32">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Situation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDB449F" w14:textId="72546C88" w:rsidR="00F970A8" w:rsidRPr="00050593" w:rsidRDefault="00F970A8" w:rsidP="00F970A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00050593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sie sind Auszubildender zum Automobilkaufmann/Auszubildende zur Automobilkauffrau der Muckelmeier GmbH in Karlsruhe. Das Autohaus ist in der Region </w:t>
+        <w:t xml:space="preserve">Sie sind Auszubildender zum Automobilkaufmann/Auszubildende zur Automobilkauffrau der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Muckelmeier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GmbH in Karlsruhe. Das Autohaus ist in der Region </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">vor allem </w:t>
       </w:r>
       <w:r w:rsidRPr="00050593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>für das sehr umfangr</w:t>
       </w:r>
       <w:r w:rsidR="00153FD2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>eiche Zubehörsortiment bekannt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE4584E" w14:textId="22FC2B70" w:rsidR="00F970A8" w:rsidRDefault="00F970A8" w:rsidP="00F970A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -420,63 +451,91 @@
         </w:rPr>
         <w:t xml:space="preserve">Die Auszubildenden betreuen </w:t>
       </w:r>
       <w:r w:rsidRPr="00597293">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ein</w:t>
       </w:r>
       <w:r w:rsidRPr="00050593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Produkt aus dem Zubehörbereich selb</w:t>
       </w:r>
       <w:r w:rsidR="000F3458">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="00050593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>ständig. Das Team hat sich für das neue mobile Navigationsgerät no-way 3000 entschie</w:t>
+        <w:t xml:space="preserve">ständig. Das Team hat sich für das neue mobile Navigationsgerät </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050593">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3000 entschie</w:t>
       </w:r>
       <w:r w:rsidR="007D7915">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>den (siehe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Anlage 1). Das no-way 3000</w:t>
+        <w:t xml:space="preserve"> Anlage 1). Das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3000</w:t>
       </w:r>
       <w:r w:rsidRPr="00050593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> verfügt über eine ausgezeichnete Sprachsteuerung und ist äußerst bedienungsfreundlich. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FBF81C" w14:textId="1BEA899C" w:rsidR="00050593" w:rsidRPr="00363221" w:rsidRDefault="00050593" w:rsidP="00363221">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00050593">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Bereits im ersten Monat haben die Auszubildenden 15 Geräte verkauft und rechnen nun mit einem Jahresabsatz von 180 Stück. Das Team hat</w:t>
       </w:r>
       <w:r w:rsidR="007D79A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -607,419 +666,419 @@
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Die Auszubildende Sina meint: „</w:t>
       </w:r>
       <w:r w:rsidR="00050593">
         <w:t>Lass uns doch einfach 180 Navigationsgeräte auf einmal bestellen. So können wir den Beschaffungsstress ver</w:t>
       </w:r>
       <w:r w:rsidR="002E58D8">
         <w:t>ringern</w:t>
       </w:r>
       <w:r w:rsidR="00050593">
         <w:t xml:space="preserve"> und Kosten sparen.“ Formulieren Sie </w:t>
       </w:r>
       <w:r w:rsidR="00A94DB3" w:rsidRPr="00F373F8">
         <w:t>in wörtlicher Rede</w:t>
       </w:r>
       <w:r w:rsidR="00A94DB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00050593">
         <w:t>eine Antwort mit zwei nachvollziehbaren Argumenten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD56391" w14:textId="166546E3" w:rsidR="006B4719" w:rsidRPr="006B4719" w:rsidRDefault="008E64BB" w:rsidP="006B4719">
+    <w:p w14:paraId="7AD56391" w14:textId="166546E3" w:rsidR="006B4719" w:rsidRPr="0045519E" w:rsidRDefault="008E64BB" w:rsidP="006B4719">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="B41428"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="129E1A2D" w14:textId="4BAABC26" w:rsidR="006B4719" w:rsidRPr="006B4719" w:rsidRDefault="00A75B96" w:rsidP="006B4719">
+    <w:p w14:paraId="129E1A2D" w14:textId="4BAABC26" w:rsidR="006B4719" w:rsidRPr="0045519E" w:rsidRDefault="00A75B96" w:rsidP="006B4719">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="006B4719" w:rsidRPr="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Dein Vorschlag würde uns wirklich viel Arbeit und auch Bestellkosten einsparen, aber ein Einkauf von 180 Geräten auf einmal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.“ (1 P)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565EE0E6" w14:textId="64079488" w:rsidR="006B4719" w:rsidRPr="006B4719" w:rsidRDefault="00A75B96" w:rsidP="006B4719">
+    <w:p w14:paraId="565EE0E6" w14:textId="64079488" w:rsidR="006B4719" w:rsidRPr="0045519E" w:rsidRDefault="00A75B96" w:rsidP="006B4719">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B4719" w:rsidRPr="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>…. würde zu einer sehr hohen Liquiditätsbelastung (u</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
-      <w:r w:rsidR="006B4719" w:rsidRPr="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zinsbelastung) für das Autohaus führen, weil die 180 Geräte au</w:t>
       </w:r>
-      <w:r w:rsidR="002E58D8">
+      <w:r w:rsidR="002E58D8" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">f einmal bezahlt werden müssen </w:t>
       </w:r>
-      <w:r w:rsidR="006B4719" w:rsidRPr="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>(und die entsprechenden Zahlungseingänge erst nach und nach durch die Verkäufe erfolgen)</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="005241C2">
+      <w:r w:rsidR="005241C2" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 P)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E6CC5F" w14:textId="786EA883" w:rsidR="006B4719" w:rsidRPr="006B4719" w:rsidRDefault="00A75B96" w:rsidP="006B4719">
+    <w:p w14:paraId="10E6CC5F" w14:textId="786EA883" w:rsidR="006B4719" w:rsidRPr="0045519E" w:rsidRDefault="00A75B96" w:rsidP="006B4719">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B4719" w:rsidRPr="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>…. würde ein sehr hohes Risiko der Warenüberalterung beinhalten, weil in kurzen Zeitabständen immer leistungsfähigere Navigatio</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">nsgeräte auf den Markt kommen. </w:t>
       </w:r>
-      <w:r w:rsidR="006B4719" w:rsidRPr="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Verkaufszeitraum für die Geräte könnte ein Jahr sogar noch überschreiten, weil unsere Verkaufsprognosen vielleicht zu optimistisch sind</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="005241C2">
+      <w:r w:rsidR="005241C2" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 P)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23FF1B45" w14:textId="6D1FCBF5" w:rsidR="006D5662" w:rsidRDefault="00A37C29" w:rsidP="006B4719">
+    <w:p w14:paraId="23FF1B45" w14:textId="6D1FCBF5" w:rsidR="006D5662" w:rsidRPr="0045519E" w:rsidRDefault="00A37C29" w:rsidP="006B4719">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B4719">
+      <w:r w:rsidR="006B4719" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
-      <w:r w:rsidR="004D6D7B">
+      <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="006D5662">
+      <w:r w:rsidR="006D5662" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FF1B46" w14:textId="3A5A63B9" w:rsidR="00437E62" w:rsidRPr="00E03288" w:rsidRDefault="00363221" w:rsidP="00522D56">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="470" w:hanging="357"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Aufgabe (</w:t>
       </w:r>
       <w:r w:rsidR="002E6713">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00E5073B">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t xml:space="preserve"> Punkte)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1C7797" w14:textId="37CB78D2" w:rsidR="003D7836" w:rsidRPr="002E6713" w:rsidRDefault="00F970A8" w:rsidP="00E75903">
+    <w:p w14:paraId="7A1C7797" w14:textId="37CB78D2" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="00F970A8" w:rsidP="00E75903">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Sie übernehmen die fachliche Vorbereitung für die Entscheidung</w:t>
       </w:r>
       <w:r w:rsidR="00C031EC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F14A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>über die zukünftige Bestellmenge</w:t>
       </w:r>
       <w:r w:rsidR="00625893">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Navigationsgeräte</w:t>
@@ -1039,1444 +1098,1406 @@
       <w:r w:rsidR="005241C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">). Versenden Sie die von Ihnen ausgefüllte Tabelle (Anlage </w:t>
       </w:r>
       <w:r w:rsidR="005241C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">) im E-Mail-Anhang, damit Ihre Begründung für die anderen Auszubildenden nachvollziehbarer ist. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3124D65D" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="006B4719" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+    <w:p w14:paraId="3124D65D" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="B41428"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="4711"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="6237"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="390D4985" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75C34843" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Von: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB83670" w14:textId="13E6D946" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="002C47FA" w:rsidP="003D7836">
-[...13 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="5FB83670" w14:textId="13E6D946" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="002C47FA" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="003D7836" w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="003D7836" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>zubi</w:t>
             </w:r>
-            <w:r w:rsidR="00625893">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00625893" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="008F14A6">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="008F14A6" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>@muckelmeier.de</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="5CE38E91" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DCA3D32" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">An: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="629A84BF" w14:textId="58B8AC62" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...13 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="629A84BF" w14:textId="58B8AC62" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Azubiteam Zubehör</w:t>
             </w:r>
-            <w:r w:rsidR="00625893">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> (group)</w:t>
+            <w:r w:rsidR="00625893" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00625893" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00625893" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="4E6917F7" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E14232" w14:textId="273C2F79" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Cc</w:t>
             </w:r>
-            <w:r w:rsidR="004D6D7B">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB532C1" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...4 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="7CB532C1" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="5F424188" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30C93054" w14:textId="4AF5F804" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Bcc</w:t>
             </w:r>
-            <w:r w:rsidR="004D6D7B">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="004D6D7B" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="314FD8F0" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...4 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="314FD8F0" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="367BCC76" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BD8F027" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Betreff:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C81B14E" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="002E6713" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+          <w:p w14:paraId="1C81B14E" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002E6713">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-              <w:t>Optimale Bestellmenge Navigationsgerät no-way 3000</w:t>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optimale Bestellmenge Navigationsgerät </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>no-way</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="4529CA7C" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="465F9D83" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Anlagen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2A91D7" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5D2A91D7" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tabelle zur Ermittlung der optimalen </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Betellmenge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D7836" w:rsidRPr="00993F83" w14:paraId="3F5C7C2F" w14:textId="77777777" w:rsidTr="003D7836">
         <w:trPr>
           <w:trHeight w:val="454"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F49C7AB" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+          <w:p w14:paraId="6F49C7AB" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...19 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C7DD60A" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Hallo zusammen,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="028945A2" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...54 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="028945A2" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6740FF09" w14:textId="3FA0239B" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">den voraussichtlichen Jahresbedarf von 180 Stück würde ich </w:t>
+            </w:r>
+            <w:r w:rsidR="00625893" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>auf fünf</w:t>
             </w:r>
-            <w:r w:rsidRPr="00993F83">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bestellungen mit jeweils 36 Navigationsgeräten verteilen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4384FC66" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...24 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="4384FC66" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FD3B6C2" w14:textId="600FA7F1" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="004D6D7B" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>In der Anlage findet i</w:t>
             </w:r>
-            <w:r w:rsidR="003D7836" w:rsidRPr="00993F83">
-[...115 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="003D7836" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hr meine Berechnungen zur Ermittlung der optimalen Bestellmenge. Die Bestellkosten sinken mit der Verringerung der Bestellmengen, während die Lagerkosten steigen. Wie ihr in der rechten Spalte der Tabelle seht, ist bei der Bestellmenge von 36 Stück die Summe aus Bestell- und Lagerkosten am geringsten. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58172B48" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BE45E33" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Gruß</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52FE735D" w14:textId="74A5FEA2" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
-[...13 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="52FE735D" w14:textId="74A5FEA2" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="008F14A6">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="008F14A6" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>uszubildende/Auszubildender</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="069C9067" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="00993F83" w:rsidRDefault="003D7836" w:rsidP="003D7836">
+          <w:p w14:paraId="069C9067" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="003D7836">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FF8E9D1" w14:textId="77777777" w:rsidR="00CA57CE" w:rsidRDefault="00CA57CE" w:rsidP="00550B82">
+    <w:p w14:paraId="2FF8E9D1" w14:textId="77777777" w:rsidR="00CA57CE" w:rsidRPr="0045519E" w:rsidRDefault="00CA57CE" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="055F5A3D" w14:textId="77777777" w:rsidR="003D7836" w:rsidRDefault="003D7836" w:rsidP="009C5042">
+    <w:p w14:paraId="055F5A3D" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A022698" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="3A022698" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F8F79EB" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="7F8F79EB" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E45315F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="3E45315F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F83CCDE" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="7F83CCDE" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E576C29" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="7E576C29" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ADD697C" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="7ADD697C" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B24BF59" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="1B24BF59" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BCD7233" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="6BCD7233" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43A3098F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="43A3098F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60B296AD" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="60B296AD" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E4B61FC" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="3E4B61FC" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CFAD30A" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="6CFAD30A" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D7F264F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="6D7F264F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41ED9252" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="41ED9252" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="521323BD" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="521323BD" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="434EDC3B" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="434EDC3B" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4363A3B7" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="4363A3B7" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="608C8CFA" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="608C8CFA" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B09496F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="0B09496F" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E52EF67" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="7E52EF67" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EB73894" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="4EB73894" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="660270D6" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="660270D6" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06AFB13D" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="06AFB13D" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D2F2F6E" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="1D2F2F6E" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="363B4044" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="363B4044" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A1D381D" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="1A1D381D" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DFE67FB" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="6DFE67FB" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53E7F1E8" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="53E7F1E8" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04383683" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="04383683" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B900246" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="7B900246" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E16C860" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="009C5042">
+    <w:p w14:paraId="1E16C860" w14:textId="77777777" w:rsidR="009C5042" w:rsidRPr="0045519E" w:rsidRDefault="009C5042" w:rsidP="009C5042">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BD82BE8" w14:textId="77777777" w:rsidR="00390873" w:rsidRDefault="00390873" w:rsidP="00550B82">
+    <w:p w14:paraId="1BD82BE8" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:color w:val="B41428"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidSect="00864196">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1381" w:right="1134" w:bottom="1134" w:left="1134" w:header="426" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2978244C" w14:textId="3738DF38" w:rsidR="00902996" w:rsidRDefault="00902996" w:rsidP="00550B82">
+    <w:p w14:paraId="2978244C" w14:textId="3738DF38" w:rsidR="00902996" w:rsidRPr="0045519E" w:rsidRDefault="00902996" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="011551E7" w14:textId="31054351" w:rsidR="00902996" w:rsidRPr="00E34678" w:rsidRDefault="00390873" w:rsidP="006D5662">
+    <w:p w14:paraId="011551E7" w14:textId="31054351" w:rsidR="00902996" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="006D5662">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E34678">
+          <w:color w:val="B41428"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:t xml:space="preserve">Anlage </w:t>
       </w:r>
-      <w:r w:rsidR="008D02F6">
+      <w:r w:rsidR="008D02F6" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C7257BF" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00E34678" w:rsidRDefault="00390873" w:rsidP="00550B82">
+    <w:p w14:paraId="1C7257BF" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15252" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1906"/>
         <w:gridCol w:w="2188"/>
         <w:gridCol w:w="2222"/>
         <w:gridCol w:w="2234"/>
         <w:gridCol w:w="2234"/>
         <w:gridCol w:w="2234"/>
         <w:gridCol w:w="2234"/>
       </w:tblGrid>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="35C24ADD" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="717"/>
@@ -2487,312 +2508,312 @@
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AF325AA" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Anzahl der Bestellungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CF8C640" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Menge pro Bestellung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2EDA476A" w14:textId="3D791ADB" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Durchschnittlicher Lagerbestand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06F26FE6" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Durchschnittlicher Lagerbestand</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DBB7B7C" w14:textId="6A0813CE" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Lager</w:t>
             </w:r>
-            <w:r w:rsidR="00E37A85">
+            <w:r w:rsidR="00E37A85" w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>haltungs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>kosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C7D0EFA" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Bestellkosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24B458E0" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="24B458E0" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Gesamtkosten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="68773F9C" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="358"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
@@ -2817,2727 +2838,2726 @@
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28589F98" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(gerundet in Stück)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AEF51C6" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(in Stück)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A2104AC" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(in EUR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FBD4254" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(in EUR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AA6767D" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(in EUR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F1CA1C7" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="5F1CA1C7" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(in EUR)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="235F9E28" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41D0283A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69A409C4" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55179618" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>90,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04E5F429" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>9000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04D4696B" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>450,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63DCDAE7" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>18,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AC6B021" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="2AC6B021" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>468,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="40079D04" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="264338E7" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BEABD9F" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77797671" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>45,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09C1CCA8" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>4500,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AD50964" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>225,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09D642A8" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>36,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC7EE23" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="7BC7EE23" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>261,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="391B5215" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F1F764B" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="750A2543" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21446B82" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58DD30EB" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>3000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38AA8748" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>150,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01149BD1" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>54,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EAA5F6B" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="0EAA5F6B" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>204,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="7006FCD4" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6828B62C" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CE1A39A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="774E412E" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>22,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="102773AE" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>2250,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="548D9853" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>112,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5719983E" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>72,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BF2788A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="0BF2788A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>184,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="02F4B900" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="571E41C8" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3ECE7DBB" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="12BA543D" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>18,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="113E71D1" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1800,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23A1279C" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>90,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7879467D" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>90,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F9219CD" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="5F9219CD" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>180,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="7E444E47" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0169DB38" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="550B98E2" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38F50703" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>15,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B1AE0EC" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1500,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4133879D" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>75,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70E66F9E" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>108,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5354FB94" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="5354FB94" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>183,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="2A25461D" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D7C011E" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39439106" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="701F64B3" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>12,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F6718D7" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1285,71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3130ED03" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>64,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D015E23" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>126,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78853A94" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="78853A94" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>190,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390873" w:rsidRPr="00390873" w14:paraId="3B7A87BD" w14:textId="77777777" w:rsidTr="004D6D7B">
         <w:trPr>
           <w:trHeight w:val="662"/>
           <w:jc w:val="center"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72FF943C" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51E6A97F" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2222" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="190155F7" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>11,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="634B9CA0" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1125,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66C4934B" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>56,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E53970A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390873">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>144,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07D6189A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="00390873" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
+          <w:p w14:paraId="07D6189A" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="004D6D7B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00390873">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>200,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="454F7E18" w14:textId="77777777" w:rsidR="00390873" w:rsidRDefault="00390873" w:rsidP="00550B82">
+    <w:p w14:paraId="454F7E18" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52DBF271" w14:textId="77777777" w:rsidR="00363221" w:rsidRDefault="00363221" w:rsidP="00550B82">
+    <w:p w14:paraId="52DBF271" w14:textId="77777777" w:rsidR="00363221" w:rsidRPr="0045519E" w:rsidRDefault="00363221" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF0CB9D" w14:textId="77777777" w:rsidR="00363221" w:rsidRDefault="00363221" w:rsidP="00550B82">
+    <w:p w14:paraId="5AF0CB9D" w14:textId="77777777" w:rsidR="00363221" w:rsidRPr="0045519E" w:rsidRDefault="00363221" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62C03BD2" w14:textId="77777777" w:rsidR="00363221" w:rsidRDefault="00363221" w:rsidP="00550B82">
+    <w:p w14:paraId="62C03BD2" w14:textId="77777777" w:rsidR="00363221" w:rsidRPr="0045519E" w:rsidRDefault="00363221" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03C3D5D0" w14:textId="77777777" w:rsidR="00363221" w:rsidRPr="00E34678" w:rsidRDefault="00363221" w:rsidP="00550B82">
+    <w:p w14:paraId="03C3D5D0" w14:textId="77777777" w:rsidR="00363221" w:rsidRPr="0045519E" w:rsidRDefault="00363221" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19673FEF" w14:textId="77777777" w:rsidR="00390873" w:rsidRDefault="00390873" w:rsidP="00550B82">
+    <w:p w14:paraId="19673FEF" w14:textId="77777777" w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidRDefault="00390873" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:color w:val="B41428"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00390873" w:rsidRPr="0045519E" w:rsidSect="00390873">
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FE8E080" w14:textId="77777777" w:rsidR="0025197D" w:rsidRPr="0025197D" w:rsidRDefault="0025197D" w:rsidP="0025197D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B7A76A0" w14:textId="580CDD6E" w:rsidR="007F2995" w:rsidRPr="007F2995" w:rsidRDefault="00363221" w:rsidP="0025197D">
+    <w:p w14:paraId="6B7A76A0" w14:textId="25CC6349" w:rsidR="007F2995" w:rsidRPr="007F2995" w:rsidRDefault="00363221" w:rsidP="0090243E">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
-        <w:ind w:left="470" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufgabe (</w:t>
       </w:r>
       <w:r w:rsidR="002E6713">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00902996">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t xml:space="preserve"> Punkte)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA2BC2E" w14:textId="77777777" w:rsidR="00F970A8" w:rsidRPr="004824B0" w:rsidRDefault="00F970A8" w:rsidP="0025197D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Die meisten Kunden kaufen Zubehör spontan und möchten sich sofort an ihren Einkäufen erfreuen. Deshalb möchte das Team jederzeit genügend Geräte im Lager haben, um die Kunden zu versorgen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E97EC5D" w14:textId="6BCE5621" w:rsidR="008D02F6" w:rsidRPr="004824B0" w:rsidRDefault="00F74643" w:rsidP="0025197D">
+    <w:p w14:paraId="5E97EC5D" w14:textId="127B9FF1" w:rsidR="008D02F6" w:rsidRPr="004824B0" w:rsidRDefault="00F74643" w:rsidP="0025197D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Planung eines Mindestbestands wird dadurch erschwert, dass die Verkaufszahlen </w:t>
       </w:r>
       <w:r w:rsidR="006F7591" w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">des Navigationsgeräts </w:t>
       </w:r>
       <w:r w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>erheblich schwanken</w:t>
       </w:r>
       <w:r w:rsidR="006F7591" w:rsidRPr="004824B0">
@@ -5587,1033 +5607,1075 @@
       <w:r w:rsidR="00940266" w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Berechnungen auf</w:t>
       </w:r>
       <w:r w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Präsentationsfolie</w:t>
       </w:r>
       <w:r w:rsidR="00940266" w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="004824B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> dar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012671DB" w14:textId="77777777" w:rsidR="00ED22EF" w:rsidRPr="006B4719" w:rsidRDefault="00ED22EF" w:rsidP="00ED22EF">
+    <w:p w14:paraId="012671DB" w14:textId="77777777" w:rsidR="00ED22EF" w:rsidRPr="0045519E" w:rsidRDefault="00ED22EF" w:rsidP="00ED22EF">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="B41428"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A955443" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="00BC5358" w:rsidRDefault="00932598" w:rsidP="00932598">
+    <w:p w14:paraId="7A955443" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00932598">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC5358">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Berechnung des Mindestbestands</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E670740" w14:textId="6EEC8873" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00993F83">
+    <w:p w14:paraId="3E670740" w14:textId="6EEC8873" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00993F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>maximaler Absatz pro Tag</w:t>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6409">
+      <w:r w:rsidR="00AE6409" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>,0</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stück</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C06200" w14:textId="5292BBCD" w:rsidR="00932598" w:rsidRPr="008F14A6" w:rsidRDefault="00932598" w:rsidP="00993F83">
+    <w:p w14:paraId="28C06200" w14:textId="5292BBCD" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00993F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F14A6">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F14A6">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>durchschnittlicher Absatz pro Tag</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F14A6">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>0,5 Stück</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777C53EB" w14:textId="623B777F" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00993F83">
+    <w:p w14:paraId="777C53EB" w14:textId="623B777F" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00993F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">= </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">möglicher Mehrverbrauch pro Tag </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>2,5 Stück</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77AC47DE" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00993F83">
+    <w:p w14:paraId="77AC47DE" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00993F83">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274E0643" w14:textId="2094F31A" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00387660">
+    <w:p w14:paraId="274E0643" w14:textId="2094F31A" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00387660">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="right" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>4 Tage Lieferzeit * 2,5</w:t>
       </w:r>
-      <w:r w:rsidR="00387660">
+      <w:r w:rsidR="00387660" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stück Mehrverbrauch pro Tag </w:t>
       </w:r>
-      <w:r w:rsidR="00387660">
+      <w:r w:rsidR="00387660" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00387660">
+      <w:r w:rsidR="00387660" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">= </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>10 Stück</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7753007E" w14:textId="41C4DF86" w:rsidR="00932598" w:rsidRPr="008F14A6" w:rsidRDefault="00932598" w:rsidP="00387660">
+    <w:p w14:paraId="7753007E" w14:textId="41C4DF86" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00387660">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="right" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F14A6">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F14A6">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>2 Tage Lieferverzögerung * 3 Stück maximaler Absatz pro Tag</w:t>
       </w:r>
-      <w:r w:rsidR="00387660">
+      <w:r w:rsidR="00387660" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="008F14A6">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00387660">
+      <w:r w:rsidR="00387660" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">=   </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F14A6">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>6 Stück</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4646DEE7" w14:textId="4DFCAE9A" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00387660">
+    <w:p w14:paraId="4646DEE7" w14:textId="4DFCAE9A" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00387660">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="right" w:pos="7088"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Mindestbestand </w:t>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BC5358">
+      <w:r w:rsidR="00BC5358" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stück</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27E22ACC" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00932598">
+    <w:p w14:paraId="27E22ACC" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00932598">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A9096A6" w14:textId="0A446853" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00387660" w:rsidP="00932598">
+    <w:p w14:paraId="2A9096A6" w14:textId="0A446853" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00387660" w:rsidP="00932598">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387660">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00932598" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00932598" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mindestbestand </w:t>
       </w:r>
-      <w:r w:rsidR="002E6713" w:rsidRPr="002E6713">
+      <w:r w:rsidR="002E6713" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sollte</w:t>
       </w:r>
-      <w:r w:rsidR="00932598" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00932598" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16 Stück betragen</w:t>
       </w:r>
-      <w:r w:rsidR="002E6713" w:rsidRPr="002E6713">
+      <w:r w:rsidR="002E6713" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFA2B10" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00932598">
+    <w:p w14:paraId="7EFA2B10" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00932598">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5304F0" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="00BC5358" w:rsidRDefault="00932598" w:rsidP="00932598">
+    <w:p w14:paraId="5E5304F0" w14:textId="77777777" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00932598">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC5358">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Berechnung des Meldebestands</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="136D0720" w14:textId="499D08CE" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00932598" w:rsidP="00387660">
+    <w:p w14:paraId="136D0720" w14:textId="499D08CE" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00932598" w:rsidP="00387660">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Meldebestand </w:t>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Mindestbestand + durch</w:t>
       </w:r>
-      <w:r w:rsidR="00387660">
+      <w:r w:rsidR="00387660" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">schnittlicher Tagesverbrauch * </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Lieferzeit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B72479" w14:textId="0C8B3ADF" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00993F83" w:rsidP="00387660">
+    <w:p w14:paraId="58B72479" w14:textId="0C8B3ADF" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00993F83" w:rsidP="00387660">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E6713">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BC5358">
+      <w:r w:rsidR="00BC5358" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>= 16 +</w:t>
       </w:r>
-      <w:r w:rsidR="00932598" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00932598" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00153FD2">
+      <w:r w:rsidR="00153FD2" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>0,5</w:t>
       </w:r>
-      <w:r w:rsidR="00932598" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00932598" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> * </w:t>
       </w:r>
-      <w:r w:rsidR="00153FD2">
+      <w:r w:rsidR="00153FD2" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3846CD" w14:textId="3FAFF7F7" w:rsidR="00932598" w:rsidRPr="002E6713" w:rsidRDefault="00387660" w:rsidP="00387660">
+    <w:p w14:paraId="4C3846CD" w14:textId="3FAFF7F7" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00387660" w:rsidP="00387660">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BC5358">
+      <w:r w:rsidR="00BC5358" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>= 1</w:t>
       </w:r>
-      <w:r w:rsidR="00153FD2">
+      <w:r w:rsidR="00153FD2" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2601057C" w14:textId="372D6B00" w:rsidR="00932598" w:rsidRDefault="00387660" w:rsidP="00932598">
+    <w:p w14:paraId="2601057C" w14:textId="372D6B00" w:rsidR="00932598" w:rsidRPr="0045519E" w:rsidRDefault="00387660" w:rsidP="00932598">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="567"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387660">
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="00993F83" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00993F83" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5358">
+      <w:r w:rsidR="00BC5358" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Meldebestand sollte 1</w:t>
       </w:r>
-      <w:r w:rsidR="00F83EFF">
+      <w:r w:rsidR="00F83EFF" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00932598" w:rsidRPr="002E6713">
+      <w:r w:rsidR="00932598" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stück betragen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BBA38A" w14:textId="77777777" w:rsidR="006D5662" w:rsidRDefault="006D5662" w:rsidP="00932598">
+    <w:p w14:paraId="14BBA38A" w14:textId="77777777" w:rsidR="006D5662" w:rsidRPr="0045519E" w:rsidRDefault="006D5662" w:rsidP="00932598">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="567"/>
           <w:tab w:val="right" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="541B6343" w14:textId="77777777" w:rsidR="00ED22EF" w:rsidRPr="00E03288" w:rsidRDefault="00ED22EF" w:rsidP="00522D56">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="473"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufgabe (7 Punkte)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3C04F7" w14:textId="1FA2A567" w:rsidR="003D7836" w:rsidRPr="002E6713" w:rsidRDefault="00B65B25" w:rsidP="008E7077">
+    <w:p w14:paraId="2B3C04F7" w14:textId="1FA2A567" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="00B65B25" w:rsidP="008E7077">
       <w:pPr>
         <w:ind w:left="-28"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Aufgrund </w:t>
       </w:r>
       <w:r w:rsidR="004501A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004501A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Aktion „CyberMonday“</w:t>
+        <w:t>Aktion „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004501A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>CyberMonday</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004501A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> im Online-Shop </w:t>
       </w:r>
       <w:r w:rsidR="00465762">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">der no-way GmbH </w:t>
+        <w:t xml:space="preserve">der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00465762">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00465762">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GmbH </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>haben Sie außerplanmäßig 50 Stück des Navigationsgeräts no-way 3000 bestellt</w:t>
+        <w:t xml:space="preserve">haben Sie außerplanmäßig 50 Stück des Navigationsgeräts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3000 bestellt</w:t>
       </w:r>
       <w:r w:rsidR="00465762">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Zusammen mit der Lieferung erhalten Sie </w:t>
       </w:r>
       <w:r w:rsidR="002C1F5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">wenige Tage später </w:t>
       </w:r>
       <w:r w:rsidR="00465762">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">die Eingangsrechnung (Anlage 4). </w:t>
       </w:r>
       <w:r w:rsidR="002C2048">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
@@ -6667,481 +6729,481 @@
       </w:r>
       <w:r w:rsidR="002C2048" w:rsidRPr="002C2048">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Buchungsätze für den Rechnungseingang und die Bezahlung der Lieferung</w:t>
       </w:r>
       <w:r w:rsidR="00465762">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>unter Ausnutzung aller möglichen Preisvorteile</w:t>
       </w:r>
       <w:r w:rsidR="003D3B87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003D7836" w:rsidRPr="003D7836">
+      <w:r w:rsidR="003D7836" w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38974E46" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="006B4719" w:rsidRDefault="003D7836" w:rsidP="000C56A2">
+    <w:p w14:paraId="38974E46" w14:textId="77777777" w:rsidR="003D7836" w:rsidRPr="0045519E" w:rsidRDefault="003D7836" w:rsidP="000C56A2">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:color w:val="B41428"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045519E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10480" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1502"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="1049"/>
         <w:gridCol w:w="566"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="24"/>
         <w:gridCol w:w="1252"/>
         <w:gridCol w:w="71"/>
         <w:gridCol w:w="1228"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CA47F6" w:rsidRPr="00CA47F6" w14:paraId="138B82E5" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10480" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w14:paraId="0297C5CA" w14:textId="44BEEB33" w:rsidR="00CA47F6" w:rsidRPr="00A37C29" w:rsidRDefault="00CA47F6" w:rsidP="00CA47F6">
+          <w:p w14:paraId="0297C5CA" w14:textId="44BEEB33" w:rsidR="00CA47F6" w:rsidRPr="0045519E" w:rsidRDefault="00CA47F6" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A37C29">
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Buchung Wareneingang</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w:rsidRPr="001B3832" w14:paraId="4A095C35" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1228" w:type="dxa"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A293A9F" w14:textId="6B4F4092" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>3300 32 00 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ABAD5C7" w14:textId="1E5E39B5" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Bestand Teile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7CA82255" w14:textId="0BFB43E5" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>4.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="593A1E6C" w14:textId="24A24945" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>an</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25AE05B4" w14:textId="4C7FA69B" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1600 00 00 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1584" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="201D9685" w14:textId="75E8BB98" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Verb. </w:t>
             </w:r>
-            <w:r w:rsidR="000F3458" w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="000F3458" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>aus LL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2434C6" w14:textId="2C5D8998" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
+          <w:p w14:paraId="2A2434C6" w14:textId="2C5D8998" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>4.879,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w:rsidRPr="001B3832" w14:paraId="560307FC" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1228" w:type="dxa"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="642333A5" w14:textId="54F39CA6" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1570 00 00 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35812B57" w14:textId="518CC439" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Vorsteuer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="37687FBF" w14:textId="2D6934B4" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>779,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EF9A5BE" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
@@ -7176,63 +7238,63 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="765B9086" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="31C4627C" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
+          <w:p w14:paraId="31C4627C" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w:rsidRPr="001B3832" w14:paraId="175C7187" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1228" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="1134"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDD787A" w14:textId="77777777" w:rsidR="00CA47F6" w:rsidRPr="001B3832" w:rsidRDefault="00CA47F6" w:rsidP="00426C26">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
@@ -7343,347 +7405,347 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="72B5E517" w14:textId="77777777" w:rsidR="00CA47F6" w:rsidRPr="001B3832" w:rsidRDefault="00CA47F6" w:rsidP="00426C26">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4722A68E" w14:textId="77777777" w:rsidR="00CA47F6" w:rsidRPr="001B3832" w:rsidRDefault="00CA47F6" w:rsidP="00426C26">
+          <w:p w14:paraId="4722A68E" w14:textId="77777777" w:rsidR="00CA47F6" w:rsidRPr="0045519E" w:rsidRDefault="00CA47F6" w:rsidP="00426C26">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w:rsidRPr="00CA47F6" w14:paraId="4FF6E812" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10480" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCE148A" w14:textId="5317A501" w:rsidR="00CA47F6" w:rsidRPr="00CA47F6" w:rsidRDefault="00CA47F6" w:rsidP="00CA47F6">
+          <w:p w14:paraId="6FCE148A" w14:textId="5317A501" w:rsidR="00CA47F6" w:rsidRPr="0045519E" w:rsidRDefault="00CA47F6" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CA47F6">
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Buchung Zahlung mit Skontoabzug</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w14:paraId="4B201C0E" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1299" w:type="dxa"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E31D0C8" w14:textId="305C4455" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1600 00 00 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1644" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6823651E" w14:textId="16B7FADB" w:rsidR="00AD7521" w:rsidRDefault="000F3458" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Verb. aus L</w:t>
             </w:r>
-            <w:r w:rsidR="00AD7521" w:rsidRPr="00B47C92">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00AD7521" w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1049" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30EB0F49" w14:textId="7762FB0B" w:rsidR="00AD7521" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B47C92">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>4.879,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44B61FC3" w14:textId="1B858AC2" w:rsidR="00AD7521" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B47C92">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>an</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19ED572E" w14:textId="4152C091" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B3832">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1200 00 00 00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4136434C" w14:textId="0414914D" w:rsidR="00AD7521" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B47C92">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Bank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="59C08E4E" w14:textId="10955BBD" w:rsidR="00AD7521" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
+          <w:p w14:paraId="59C08E4E" w14:textId="10955BBD" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>4.781,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w14:paraId="2F1499D9" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1299" w:type="dxa"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29E11722" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
@@ -7767,122 +7829,122 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F586AD0" w14:textId="1EB25AA9" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>2900 32 00 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E067425" w14:textId="06278B70" w:rsidR="00AD7521" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B47C92">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Erhaltene Skonti </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="18A28D54" w14:textId="6B385547" w:rsidR="00AD7521" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
+          <w:p w14:paraId="18A28D54" w14:textId="6B385547" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>82,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA47F6" w14:paraId="2B733E81" w14:textId="77777777" w:rsidTr="001B3832">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="1299" w:type="dxa"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="445ED480" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRDefault="00AD7521" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
@@ -7966,161 +8028,159 @@
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C05789E" w14:textId="3B4CD305" w:rsidR="00AD7521" w:rsidRPr="001B3832" w:rsidRDefault="001B3832" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>1570 00 00 00</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08F1222A" w14:textId="0369C55F" w:rsidR="00AD7521" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B47C92">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Vorsteuer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="25B853CA" w14:textId="2766137A" w:rsidR="00AD7521" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
+          <w:p w14:paraId="25B853CA" w14:textId="2766137A" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00A005DC" w:rsidP="00CA47F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5103"/>
                 <w:tab w:val="left" w:pos="6804"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vanish/>
-                <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0045519E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:vanish/>
+                <w:color w:val="B41428"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>15,58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06129D65" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRDefault="00AD7521" w:rsidP="00465762">
+    <w:p w14:paraId="06129D65" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00AD7521" w:rsidP="00465762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="567"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="132CDECC" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRDefault="00AD7521" w:rsidP="00465762">
+    <w:p w14:paraId="132CDECC" w14:textId="77777777" w:rsidR="00AD7521" w:rsidRPr="0045519E" w:rsidRDefault="00AD7521" w:rsidP="00465762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="567"/>
           <w:tab w:val="left" w:pos="5103"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0962D7F4" w14:textId="77777777" w:rsidR="00465762" w:rsidRDefault="00465762" w:rsidP="008E7077">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="465ECCDE" w14:textId="4F2608CC" w:rsidR="002E6713" w:rsidRPr="00EC639B" w:rsidRDefault="00437E62" w:rsidP="00522D56">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:ind w:left="473" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -8188,52 +8248,60 @@
     <w:p w14:paraId="63D10BDA" w14:textId="58621B23" w:rsidR="00697BF6" w:rsidRPr="001053F7" w:rsidRDefault="00697BF6" w:rsidP="004D04AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Artikelbezeichnung: </w:t>
       </w:r>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Navigationsgerät no-way</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Navigationsgerät </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001053F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F14A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C09DF5" w14:textId="77777777" w:rsidR="00697BF6" w:rsidRPr="001053F7" w:rsidRDefault="00697BF6" w:rsidP="004D04AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2978B232" w14:textId="3B9333B1" w:rsidR="00697BF6" w:rsidRPr="001053F7" w:rsidRDefault="004D04AE" w:rsidP="004D04AE">
       <w:pPr>
         <w:pBdr>
@@ -8501,51 +8569,65 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A6A935" w14:textId="77777777" w:rsidR="00697BF6" w:rsidRPr="001053F7" w:rsidRDefault="00697BF6" w:rsidP="004D04AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Durchschnitt: : </w:t>
+        <w:t>Durchschnitt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001053F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>: :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001053F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>0,5 Stück</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B643CC" w14:textId="1F9AFF71" w:rsidR="00697BF6" w:rsidRPr="001053F7" w:rsidRDefault="00697BF6" w:rsidP="004D04AE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -8675,88 +8757,100 @@
     <w:p w14:paraId="42EEE63A" w14:textId="77777777" w:rsidR="00697BF6" w:rsidRDefault="00697BF6" w:rsidP="000C56A2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Lieferant: </w:t>
       </w:r>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>no-way GmbH, Hauptstraße</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001053F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001053F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GmbH, Hauptstraße</w:t>
       </w:r>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001053F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>1 , 77289 Hintertupfingen</w:t>
+        <w:t>1 ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001053F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77289 Hintertupfingen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4B352E" w14:textId="77777777" w:rsidR="000C56A2" w:rsidRPr="001053F7" w:rsidRDefault="000C56A2" w:rsidP="000C56A2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="665C2923" w14:textId="77777777" w:rsidR="009C5042" w:rsidRDefault="009C5042" w:rsidP="004D04AE">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6982AD8F" w14:textId="6B11D607" w:rsidR="00F970A8" w:rsidRDefault="00F970A8" w:rsidP="000C56A2">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Anlage 2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -9273,51 +9367,71 @@
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Abteilung Rechnungswesen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9C669F" w14:textId="6119AF76" w:rsidR="004D04AE" w:rsidRDefault="00F970A8" w:rsidP="004D04AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D04AE">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Autohaus Muckelmeier GmbH, Karlsruhe</w:t>
+        <w:t xml:space="preserve">Autohaus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D04AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Muckelmeier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D04AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GmbH, Karlsruhe</w:t>
       </w:r>
       <w:r w:rsidR="004D04AE">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43928844" w14:textId="124E75BE" w:rsidR="002E6713" w:rsidRPr="00B65B25" w:rsidRDefault="00697BF6" w:rsidP="002E6713">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B65B25">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Anlage </w:t>
       </w:r>
       <w:r w:rsidR="00B65B25" w:rsidRPr="00B65B25">
@@ -9434,51 +9548,65 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2304037D" w14:textId="576A227C" w:rsidR="002E6713" w:rsidRPr="00EC639B" w:rsidRDefault="002E6713" w:rsidP="00EC639B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC639B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Azubiteam Zubehör</w:t>
             </w:r>
             <w:r w:rsidR="00765640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (group)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00765640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>group</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00765640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E6713" w14:paraId="7F903FAB" w14:textId="77777777" w:rsidTr="00F74643">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E04964" w14:textId="73E963BB" w:rsidR="002E6713" w:rsidRPr="00EC639B" w:rsidRDefault="002E6713" w:rsidP="00EC639B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC639B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -9719,52 +9847,52 @@
           <w:p w14:paraId="203A07A9" w14:textId="77777777" w:rsidR="002E6713" w:rsidRDefault="002E6713" w:rsidP="00F74643"/>
           <w:p w14:paraId="5C9EAC7F" w14:textId="77777777" w:rsidR="007949C8" w:rsidRDefault="007949C8" w:rsidP="00F74643"/>
           <w:p w14:paraId="4E4C69BD" w14:textId="77777777" w:rsidR="007949C8" w:rsidRDefault="007949C8" w:rsidP="00F74643"/>
           <w:p w14:paraId="6D449D7B" w14:textId="77777777" w:rsidR="002E6713" w:rsidRDefault="002E6713" w:rsidP="00F74643"/>
           <w:p w14:paraId="7C5A75A2" w14:textId="77777777" w:rsidR="002E6713" w:rsidRDefault="002E6713" w:rsidP="00F74643"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="675DFE67" w14:textId="77777777" w:rsidR="00EC639B" w:rsidRDefault="00EC639B" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19C6ECBE" w14:textId="77777777" w:rsidR="00EC639B" w:rsidRDefault="00EC639B" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:sectPr w:rsidR="00EC639B" w:rsidSect="00864196">
-          <w:headerReference w:type="default" r:id="rId15"/>
-          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1276" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="340E6EBB" w14:textId="77777777" w:rsidR="00EC639B" w:rsidRDefault="00EC639B" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24B0C2ED" w14:textId="7387756A" w:rsidR="00EC639B" w:rsidRDefault="00697BF6" w:rsidP="00883384">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
@@ -12136,52 +12264,52 @@
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00193503">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36AF52CA" w14:textId="77777777" w:rsidR="00EC639B" w:rsidRDefault="00EC639B" w:rsidP="00550B82">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:sectPr w:rsidR="00EC639B" w:rsidSect="00EC639B">
-          <w:headerReference w:type="default" r:id="rId17"/>
-          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId19"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="526AB529" w14:textId="04311FDC" w:rsidR="00EC639B" w:rsidRDefault="00B65B25" w:rsidP="0061472A">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1815"/>
         </w:tabs>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Anlage 5</w:t>
       </w:r>
       <w:r w:rsidR="0061472A">
         <w:tab/>
@@ -12253,74 +12381,74 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="6715646D" id="_x0000_t65" coordsize="21600,21600" o:spt="65" adj="18900" path="m,l,21600@0,21600,21600@0,21600,xem@0,21600nfl@3@5c@7@9@11@13,21600@0e">
+              <v:shapetype w14:anchorId="725232CA" id="_x0000_t65" coordsize="21600,21600" o:spt="65" adj="18900" path="m,l,21600@0,21600,21600@0,21600,xem@0,21600nfl@3@5c@7@9@11@13,21600@0e">
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="sum 21600 0 @0"/>
                   <v:f eqn="prod @1 8481 32768"/>
                   <v:f eqn="sum @2 @0 0"/>
                   <v:f eqn="prod @1 1117 32768"/>
                   <v:f eqn="sum @4 @0 0"/>
                   <v:f eqn="prod @1 11764 32768"/>
                   <v:f eqn="sum @6 @0 0"/>
                   <v:f eqn="prod @1 6144 32768"/>
                   <v:f eqn="sum @8 @0 0"/>
                   <v:f eqn="prod @1 20480 32768"/>
                   <v:f eqn="sum @10 @0 0"/>
                   <v:f eqn="prod @1 6144 32768"/>
                   <v:f eqn="sum @12 @0 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect" textboxrect="0,0,21600,@13"/>
                 <v:handles>
                   <v:h position="#0,bottomRight" xrange="10800,21600"/>
                 </v:handles>
                 <o:complex v:ext="view"/>
               </v:shapetype>
-              <v:shape id="Gefaltete Ecke 1" o:spid="_x0000_s1026" type="#_x0000_t65" style="position:absolute;margin-left:-11.55pt;margin-top:7.25pt;width:521.25pt;height:684.55pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBH4YAnxgIAAP0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5sNYUkiNigKBVWi&#10;gAoVZ+O12W1tj2s7r/76jr2bTaC0h6o5bOb5zcMzc3a+0YqshPMNmJLmRwNKhOFQNea5pF8fLj+M&#10;KfGBmYopMKKkW+Hp+ez9u7O1nYoh1KAq4QiCGD9d25LWIdhplnleC838EVhhUCnBaRaQdc9Z5dga&#10;0bXKhoNBka3BVdYBF96j9KJV0lnCl1LwcCulF4GokmJuIX1d+j7FbzY7Y9Nnx2zd8C4N9g9ZaNYY&#10;DNpDXbDAyNI1v0HphjvwIMMRB52BlA0XqQasJh+8qua+ZlakWrA53vZt8v8Plt+s7hxpKnw7SgzT&#10;+ERXQjIVRBDkI/8uSB57tLZ+iqb39s51nEcyFryRTsd/LIVsUl+3fV/FJhCOwqLIJ+PTE0o46sbF&#10;5LgYjiJqtne3zocrAZpEoqQyzkW1AGeES31lq2sfUoOrLk1WfaNEaoXPtWKK5KPTSdGBdsYIv4ON&#10;nh5UU102SiUmDphYKEfQuaSMc2HCcQqllvozVK18NMBfRGVTFOMoteJiJ8YQaVQjUqrnRRBloqOB&#10;GLQtN0qy2My2fYkKWyVSAPNFSHwKbNgwJdIjH+aYt6qaVaIVn/wxFxUBI7LE+D12B/BW/empsaTO&#10;PrqKtEO98+BvibUl9h4pMpjQO+vGQPuarypToY/c2u+a1LYmdukJqi0OqoN2g73llw1OyjXz4Y45&#10;nAFcbjxD4RY/UsG6pNBRlNTgfr4lj/a4SailZI0noKT+x5I5QYn6ZHDHJvloFG9GYkYnp0Nk3KHm&#10;6VBjlnoBOEq4R5hdIqN9UDtSOtCPeK3mMSqqmOEYu6Q8uB2zCO1pwnvHxXyezPBOWBauzb3lETx2&#10;NU71w+aROdutS8BNu4HduWDTtADtc+xto6eB+TKAbEJU7vvaMXhjkHpxxA75ZLW/2rNfAAAA//8D&#10;AFBLAwQUAAYACAAAACEATNm9LuMAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/&#10;YRnBW7tJU0uM2RQ/CIIUQ6sI3rbZMQlmZ0N228Z/7/Sktxneh3eeydeT7cURR985UhDPIxBItTMd&#10;NQre38pZCsIHTUb3jlDBD3pYF5cXuc6MO9EWj7vQCC4hn2kFbQhDJqWvW7Taz92AxNmXG60OvI6N&#10;NKM+cbnt5SKKVtLqjvhCqwd8bLH+3h2sgqrcvD5/fFa19C/bMMVPZfWQ9kpdX033dyACTuEPhrM+&#10;q0PBTnt3IONFr2C2SGJGOVjegDgDUXy7BLHnKUmTFcgil/+fKH4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAR+GAJ8YCAAD9BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEATNm9LuMAAAAMAQAADwAAAAAAAAAAAAAAAAAgBQAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAADAGAAAAAA==&#10;" adj="18404" fillcolor="#dbdbdb [1302]" stroked="f" strokeweight="1pt">
+              <v:shape id="Gefaltete Ecke 1" o:spid="_x0000_s1026" type="#_x0000_t65" style="position:absolute;margin-left:-11.55pt;margin-top:7.25pt;width:521.25pt;height:684.55pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFIt2ErQIAANIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hTSqAVKaqKmCYx&#10;QIOJZ+PYJJPt82y3affXc3bStDC2h2l9SO378d3d57s7v9hoRdbC+QZMSfOjESXCcKga81zS7w9X&#10;n84o8YGZiikwoqRb4enF/OOH89bOxBhqUJVwBEGMn7W2pHUIdpZlntdCM38EVhhUSnCaBby656xy&#10;rEV0rbLxaFRkLbjKOuDCe5Redko6T/hSCh5upfQiEFVSzC2kr0vfp/jN5uds9uyYrRvep8H+IQvN&#10;GoNBB6hLFhhZueY3KN1wBx5kOOKgM5Cy4SLVgNXkozfV3NfMilQLkuPtQJP/f7D8Zn1v7xzS0Fo/&#10;83iMVWyk0/Ef8yObRNZ2IEtsAuEoLIp8enZ6QglH3VkxPS7Gk0hntne3zofPAjSJh5LK+NjVEpwR&#10;LpHF1tc+JNYqYpjG9mDVD0qkVvgGa6ZIPjmdFj1ob4zwO9jo6UE11VWjVLrErhFL5Qg6IxjnwoTj&#10;FEqt9FeoOvlkhL/u5VGM/dGJi50YQ6T+i0ipnldBlImhDMSgXblRku3pS6ewVSLaKfNNSNJUSNg4&#10;JTIgH+aYd6qaVaITn/wxlwQYkSXGH7B7gPfqz3v+evvoKtJgDM6jvyXWlTh4pMhgwuCsGwPda76p&#10;TIUhcme/I6mjJrL0BNX2zhEH3Vh6y68a7JRr5sMdc9gDOLG4W8ItfqSCtqTQnyipwf16Tx7tcTxQ&#10;S0mLc11S/3PFnKBEfTE4ONN8MomLIF0mJ6djvLhDzdOhxqz0ErCVctxilqdjtA9qd5QO9COuoEWM&#10;iipmOMYuKQ9ud1mGbt/gEuNisUhmOPyWhWtzb3kEj6zGrn7YPDJn+3EJOGk3sNsBbJYGoHuOvW30&#10;NLBYBZBNiMo9r/0FFweeXm2mw3uy2q/i+QsAAAD//wMAUEsDBBQABgAIAAAAIQBM2b0u4wAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcFbu0lTS4zZFD8IghRDqwjettkxCWZn&#10;Q3bbxn/v9KS3Gd6Hd57J15PtxRFH3zlSEM8jEEi1Mx01Ct7fylkKwgdNRveOUMEPelgXlxe5zow7&#10;0RaPu9AILiGfaQVtCEMmpa9btNrP3YDE2ZcbrQ68jo00oz5xue3lIopW0uqO+EKrB3xssf7eHayC&#10;qty8Pn98VrX0L9swxU9l9ZD2Sl1fTfd3IAJO4Q+Gsz6rQ8FOe3cg40WvYLZIYkY5WN6AOANRfLsE&#10;secpSZMVyCKX/58ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCFIt2ErQIAANIFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBM2b0u4wAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAAAcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAFwYAAAAA&#10;" adj="18404" fillcolor="#dbdbdb [1302]" stroked="f" strokeweight="1pt">
                 <v:stroke joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCE3220" w14:textId="3D1BF361" w:rsidR="00011CCF" w:rsidRPr="00E03567" w:rsidRDefault="004501A7" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="48"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="318D197C" wp14:editId="50D2A0B9">
@@ -12420,51 +12548,51 @@
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="318D197C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:356.55pt;margin-top:1.05pt;width:133.5pt;height:51pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+tfjmpQIAANoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtOGzEQfa/Uf7D8XjahCSkRG5SCqCpR&#10;QIWKZ8drkxW2x7Wd7KZf3xnvJgSoKlH1Zdf2nLmduZycttawtQqxBlfy4cGAM+UkVLV7KPmPu4sP&#10;nziLSbhKGHCq5BsV+ens/buTxk/VISzBVCowNOLitPElX6bkp0UR5VJZEQ/AK4dCDcGKhNfwUFRB&#10;NGjdmuJwMDgqGgiVDyBVjPh63gn5LNvXWsl0rXVUiZmSY2wpf0P+LuhbzE7E9CEIv6xlH4b4hyis&#10;qB063Zk6F0mwVahfmbK1DBBBpwMJtgCta6lyDpjNcPAim9ul8CrnguREv6Mp/j+z8mp9E1hdlXzM&#10;mRMWS3Sn2qSVqdiY2Gl8nCLo1iMstZ+hxSpv3yM+UtKtDpb+mA5DOfK82XGLxpgkpaPj8WiMIomy&#10;o9FkMsjkF0/aPsT0RYFldCh5wNplSsX6MiaMBKFbCDmLYOrqojYmX6hf1JkJbC2w0kJK5dIwq5uV&#10;/QZV9z4ZD3Zuc4uRSrb8zJpxrMEgP2K4rzxRCDs/CyPkI7GBse1ZwJtxpKlyB/bhE5MdY/mUNkYR&#10;xrjvSmMFMnF/yaXzktGE0pj5WxR7/FNUb1Hu8kCN7Blc2inb2kHoWHpeguoxtwlSoTs8krSXNx1T&#10;u2j7DltAtcEGC9ANaPTyokaiL0VMNyLgRGLj4JZJ1/jRBrA60J84W0L49ad3wuOgoJSzBie85PHn&#10;SgTFmfnqcISOh6MRrYR8GY0nh3gJ+5LFvsSt7Blgaw1xn3mZj4RPZnvUAew9LqM5eUWRcBJ9lzxt&#10;j2ep2zu4zKSazzMIl4AX6dLdekmmiV5qsLv2XgTfD0LCEbqC7S4Q0xfz0GFJ08F8lUDXeViI4I7V&#10;nnhcILlP+2VHG2r/nlFPK3n2GwAA//8DAFBLAwQUAAYACAAAACEAiwoSjt4AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kid8FdCnAoQoIpb06hnJ1mSQLyObLcNPD3LCU67&#10;qxnNfpOvZjuKA/owONKQLBQIpMa1A3Uaqu3LxRJEiIZaMzpCDV8YYFWcnuQma92RNngoYyc4hEJm&#10;NPQxTpmUoenRmrBwExJr785bE/n0nWy9OXK4HWWq1I20ZiD+0JsJn3psPsu91VC+NlW9ifO6cm/f&#10;j95d7z6eU6v1+dn8cA8i4hz/zPCLz+hQMFPt9tQGMWq4TS4TtmpIebB+t1S81GxUVwnIIpf/GxQ/&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH61+OalAgAA2gUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIsKEo7eAAAACQEAAA8AAAAAAAAAAAAA&#10;AAAA/wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAKBgAAAAA=&#10;" fillcolor="#2e74b5 [2404]" strokeweight=".5pt">
+              <v:shape id="Textfeld 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:356.55pt;margin-top:1.05pt;width:133.5pt;height:51pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCddgFxjwIAALUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtOGzEQfa/Uf7D8XjZJE1IiNigNoqpE&#10;ATVUPDtem1jYHtd2spt+fcfezQWoKlH1ZXfsuR/PmfOLxmiyET4osCXtn/QoEZZDpexjSX/cX334&#10;REmIzFZMgxUl3YpAL6bv353XbiIGsAJdCU8wiA2T2pV0FaObFEXgK2FYOAEnLColeMMiHv1jUXlW&#10;Y3Sji0Gvd1rU4CvngYsQ8PayVdJpji+l4PFWyiAi0SXF2mL++vxdpm8xPWeTR8/cSvGuDPYPVRim&#10;LCbdh7pkkZG1V69CGcU9BJDxhIMpQErFRe4Bu+n3XnSzWDEnci8ITnB7mML/C8tvNgt350lsPkOD&#10;D5gAqV2YBLxM/TTSm/THSgnqEcLtHjbRRMKT0+nZaDhCFUfd6XA87mVci4O38yF+EWBIEkrq8Vky&#10;WmxzHSJmRNOdSUoWQKvqSmmdD2kUxFx7smH4iIxzYWM/u+u1+QZVez8e9fZp8/Qklxz5WTRtSY1F&#10;fsRyX2VKJezzLDXjTwkNrO0oAp60TZ4iD1dX/gGxLMWtFslG2+9CElVl4P7SS5slWycriZ2/xbGz&#10;P1T1Fue2D/TImcHGvbNRFnyL0vMnqJ7ymCAUsrVHkI76TmJslk03SUuotjhgHlruBcevFAJ9zUK8&#10;Yx7JhoODCyTe4kdqwNeBTqJkBf7Xn+6TPXIAtZTUSN6Shp9r5gUl+qtFdpz1h8PE9nwYjsYDPPhj&#10;zfJYY9dmDjhafVxVjmcx2Ue9E6UH84B7ZpayoopZjrlLGnfiPLYrBfcUF7NZNkJ+Oxav7cLxFDrB&#10;mwbsvnlg3nVEiEihG9jRnE1e8KG1TZ4WZusIUmWyJIBbVDvgcTfkOe32WFo+x+dsddi2098AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCLChKO3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITv&#10;SLyDtUjcqJ3wV0KcChCgilvTqGcnWZJAvI5stw08PcsJTrurGc1+k69mO4oD+jA40pAsFAikxrUD&#10;dRqq7cvFEkSIhlozOkINXxhgVZye5CZr3ZE2eChjJziEQmY09DFOmZSh6dGasHATEmvvzlsT+fSd&#10;bL05crgdZarUjbRmIP7Qmwmfemw+y73VUL42Vb2J87pyb9+P3l3vPp5Tq/X52fxwDyLiHP/M8IvP&#10;6FAwU+321AYxarhNLhO2akh5sH63VLzUbFRXCcgil/8bFD8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAnXYBcY8CAAC1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAiwoSjt4AAAAJAQAADwAAAAAAAAAAAAAAAADpBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAPQFAAAAAA==&#10;" fillcolor="#2e74b5 [2404]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2092E052" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00152A7F" w:rsidRDefault="00426C26" w:rsidP="004501A7">
                       <w:pPr>
                         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Ethnocentric" w:hAnsi="Ethnocentric"/>
                           <w:b/>
                           <w:i/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00152A7F">
                         <w:rPr>
                           <w:rFonts w:ascii="Ethnocentric" w:hAnsi="Ethnocentric"/>
                           <w:b/>
                           <w:i/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
                         <w:t>N-W</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3DB472D8" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00152A7F" w:rsidRDefault="00426C26" w:rsidP="004501A7">
@@ -12563,51 +12691,51 @@
                                 <w:b/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  N A V I G A T I O N S</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="364A7EE1" id="Textfeld 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:358.05pt;margin-top:30.25pt;width:131.25pt;height:18.75pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcSCwmgAIAAGkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbaGEVKepATJMQ&#10;oMHEs+vYNJrt8+xrk+6v5+wkpWJ7YdpLcvZ9d77vfp1ftNawrQqxBlfy8dGIM+UkVLV7LvmPx+tP&#10;Z5xFFK4SBpwq+U5FfrH4+OG88XM1gTWYSgVGTlycN77ka0Q/L4oo18qKeAReOVJqCFYgHcNzUQXR&#10;kHdrisloNCsaCJUPIFWMdHvVKfki+9daSbzTOipkpuQUG+ZvyN9V+haLczF/DsKva9mHIf4hCitq&#10;R4/uXV0JFGwT6j9c2VoGiKDxSIItQOtaqsyB2IxHb9g8rIVXmQslJ/p9muL/cytvt/eB1VXJZ5w5&#10;YalEj6pFrUzFZik7jY9zAj14gmH7BVqq8nAf6TKRbnWw6U90GOkpz7t9bskZk8loNpudnU45k6Sb&#10;HJ+NJ9Pkpni19iHiVwWWJaHkgWqXUyq2NxE76ABJjzm4ro3J9TOONUTgeDrKBnsNOTcuYVXuhN5N&#10;YtRFniXcGZUwxn1XmjKRCaSL3IPq0gS2FdQ9QkrlMHPPfgmdUJqCeI9hj3+N6j3GHY/hZXC4N7a1&#10;g5DZvwm7+jmErDs85fyAdxKxXbW5BfaFXUG1o3oH6OYlenldU1FuRMR7EWhAqMQ09HhHH22Akg+9&#10;xNkawu+/3Sc89S1pOWto4Eoef21EUJyZb446+vP45CRNaD6cTE8ndAiHmtWhxm3sJVBVxrRevMxi&#10;wqMZRB3APtFuWKZXSSWcpLdLjoN4id0aoN0i1XKZQTSTXuCNe/AyuU5FSi332D6J4Pu+ROroWxhG&#10;U8zftGeHTZYOlhsEXefeTXnustrnn+Y5d3+/e9LCODxn1OuGXLwAAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnFCwp4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hmYI3u5tC0xizKSVQ&#10;BNFDay/eNtlpErofMbtto7/e8WRvM8zDO89brCdr2AXH0HsnIZkLYOgar3vXSjh8bB8zYCEqp5Xx&#10;DiV8Y4B1eX9XqFz7q9vhZR9bRiEu5EpCF+OQcx6aDq0Kcz+go9vRj1ZFWseW61FdKdwavhAi5Vb1&#10;jj50asCqw+a0P1sJr9X2Xe3qhc1+TPXydtwMX4fPpZQPs2nzDCziFP9h+NMndSjJqfZnpwMzElZJ&#10;mhAqIRVLYAQ8rbIUWE1DJoCXBb9tUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHEgs&#10;JoACAABpBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;pxQsKeEAAAAJAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="364A7EE1" id="Textfeld 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:358.05pt;margin-top:30.25pt;width:131.25pt;height:18.75pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRhh3aawIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dc67Wd2HGtrCM3katK&#10;URLVqXLGLMSrsgyFsXfdX5+BXT/k9pKqFxiYb4Z5fMP1TVMZtlU+lGBzPuj1OVNWQlHa15z/eF58&#10;mnAWUNhCGLAq5zsV+M3s44fr2k3VENZgCuUZObFhWrucrxHdNMuCXKtKhB44ZUmpwVcC6ehfs8KL&#10;mrxXJhv2++OsBl84D1KFQLd3rZLPkn+tlcRHrYNCZnJOsWFafVpXcc1m12L66oVbl7ILQ/xDFJUo&#10;LT16cHUnULCNL/9wVZXSQwCNPQlVBlqXUqUcKJtB/yyb5Vo4lXKh4gR3KFP4f27lw3bpnjzD5gs0&#10;1MBYkNqFaaDLmE+jfRV3ipSRnkq4O5RNNchkNBqPx5OrEWeSdMOLyWA4im6yo7XzAb8qqFgUcu6p&#10;LalaYnsfsIXuIfExC4vSmNQaY1md8/HFqJ8MDhpybmzEqtTkzs0x8iThzqiIMfa70qwsUgLxItFL&#10;3RrPtoKIIaRUFlPuyS+hI0pTEO8x7PDHqN5j3OaxfxksHoyr0oJP2Z+FXfzch6xbPNX8JO8oYrNq&#10;KPGTxq6g2FG/PbSjEJxclNSUexHwSXjiPrWY5hkfadEGqPjQSZytwf/+233EEyVJy1lNs5Tz8Gsj&#10;vOLMfLNE1s+Dy8s4fOlwOboa0sGfalanGrupboG6MqCfw8kkRjyavag9VC809vP4KqmElfR2znEv&#10;3mI74fRtSDWfJxCNmxN4b5dORtexSZFyz82L8K7jJRKjH2A/dWJ6Rs8WGy0tzDcIukzcjXVuq9rV&#10;n0Y1sb/7VuJfcHpOqOPnN3sDAAD//wMAUEsDBBQABgAIAAAAIQCnFCwp4QAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hmYI3u5tC0xizKSVQBNFDay/eNtlpErofMbtto7/e8WRv&#10;M8zDO89brCdr2AXH0HsnIZkLYOgar3vXSjh8bB8zYCEqp5XxDiV8Y4B1eX9XqFz7q9vhZR9bRiEu&#10;5EpCF+OQcx6aDq0Kcz+go9vRj1ZFWseW61FdKdwavhAi5Vb1jj50asCqw+a0P1sJr9X2Xe3qhc1+&#10;TPXydtwMX4fPpZQPs2nzDCziFP9h+NMndSjJqfZnpwMzElZJmhAqIRVLYAQ8rbIUWE1DJoCXBb9t&#10;UP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0YYd2msCAABEBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApxQsKeEAAAAJAQAADwAAAAAAAAAA&#10;AAAAAADFBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0A42211F" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00152A7F" w:rsidRDefault="00426C26" w:rsidP="00011CCF">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00152A7F">
                         <w:rPr>
                           <w:b/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  N A V I G A T I O N S</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00011CCF" w:rsidRPr="00E03567">
@@ -12680,78 +12808,89 @@
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0794E93E" id="Textfeld 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:384pt;margin-top:-27pt;width:102.05pt;height:63.7pt;z-index:251671552;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjBxsOtwIAAL4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtunDAQfa/Uf7D8TrjEuwsobJQsS1Up&#10;vUhJP8ALZrEKNrKdhbTqv3ds9pq8VG15QLZnfGbOzPHc3I5di3ZMaS5FhsOrACMmSllxsc3wt6fC&#10;izHShoqKtlKwDL8wjW+X79/dDH3KItnItmIKAYjQ6dBnuDGmT31flw3rqL6SPRNgrKXqqIGt2vqV&#10;ogOgd60fBcHcH6SqeiVLpjWc5pMRLx1+XbPSfKlrzQxqMwy5GfdX7r+xf395Q9Oton3Dy30a9C+y&#10;6CgXEPQIlVND0bPib6A6XiqpZW2uStn5sq55yRwHYBMGr9g8NrRnjgsUR/fHMun/B1t+3n1ViFcZ&#10;JhgJ2kGLnthoatZWiNjqDL1OwemxBzcz3ssRuuyY6v5Blt81EnLVULFld0rJoWG0guxCe9M/uzrh&#10;aAuyGT7JCsLQZyMd0FirzpYOioEAHbr0cuwMpIJKGzJK5sH1DKMSbHEQJ4lrnU/Tw+1eafOByQ7Z&#10;RYYVdN6h092DNjYbmh5cbDAhC962rvutuDgAx+kEYsNVa7NZuGb+TIJkHa9j4pFovvZIkOfeXbEi&#10;3rwIF7P8Ol+t8vCXjRuStOFVxYQNcxBWSP6scXuJT5I4SkvLllcWzqak1XazahXaURB24T5Xc7Cc&#10;3PzLNFwRgMsrSmFEgvso8Yp5vPBIQWZesghiLwiTeyg6SUheXFJ64IL9OyU0ZDiZRbNJTKekX3EL&#10;3PeWG007bmB0tLyzirCfdaKpleBaVG5tKG+n9VkpbPqnUkC7D412grUandRqxs3oXkZkga2YN7J6&#10;AQUrCQIDmcLYg0Uj1Q+MBhghGRYw4zBqPwp4A0lIiJ04bkNmiwg26tyyObdQUQJQhg1G03Jlpin1&#10;3Cu+bSDO4dXdwbspuJP0Kaf9a4Mh4ZjtB5qdQud753Uau8vfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;1LHAkt8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonIW3TNE6FCpwp&#10;hQ9wk20cEq+j2G0DX89ygtuOZjT7pthOthcXHH3rSEE8j0AgVa5uqVHw8f4yy0D4oKnWvSNU8IUe&#10;tuXtTaHz2l3pDS+H0AguIZ9rBSaEIZfSVwat9nM3ILF3cqPVgeXYyHrUVy63vUyiaCmtbok/GD3g&#10;zmDVHc5WQRbZ165bJ3tv0+94YXZP7nn4VOr+bnrcgAg4hb8w/OIzOpTMdHRnqr3oFayWGW8JCmaL&#10;lA9OrFdJDOLI1kMKsizk/wnlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjBxsOtwIA&#10;AL4FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDUscCS&#10;3wAAAAoBAAAPAAAAAAAAAAAAAAAAABEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;HQYAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="0794E93E" id="Textfeld 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:384pt;margin-top:-27pt;width:102.05pt;height:63.7pt;z-index:251671552;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCggRa94gEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5JVJ7UFy0EecFEg&#10;fQBpP4CiKImoxCWWtCX367ukbMdpb0UvBMmlZmdmR+u7se/YXqHTYAo+n6WcKSOh0qYp+I/v2+sl&#10;Z84LU4kOjCr4QTl+t7l6tx5srjJooasUMgIxLh9swVvvbZ4kTraqF24GVhkq1oC98HTEJqlQDITe&#10;d0mWprfJAFhZBKmco9unqcg3Eb+ulfRf69opz7qCEzcfV4xrGdZksxZ5g8K2Wh5piH9g0QttqOkZ&#10;6kl4wXao/4LqtURwUPuZhD6ButZSRQ2kZp7+oealFVZFLWSOs2eb3P+DlV/2L/YbMj8+wEgDjCKc&#10;fQb50zEDj60wjbpHhKFVoqLG82BZMliXHz8NVrvcBZBy+AwVDVnsPESgscY+uEI6GaHTAA5n09Xo&#10;mQwts9Vt+v6GM0m1ZbpcreJUEpGfvrbo/EcFPQubgiMNNaKL/bPzgY3IT09CMwNb3XVxsJ15c0EP&#10;w01kHwhP1P1YjkxXBc+CtCCmhOpAchCmuFC8adMC/uJsoKgU3FCWOes+GTJkNV8sQrLiYXHzIaMD&#10;XlbKy4owkoAK7jmbto9+SuPOom5a6nMawT2ZuNVR3yunI3kKQ5R9DG5I2+U5vnr9vTa/AQAA//8D&#10;AFBLAwQUAAYACAAAACEA1LHAkt8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3FonIW3TNE6FCpwphQ9wk20cEq+j2G0DX89ygtuOZjT7pthOthcXHH3rSEE8j0AgVa5uqVHw&#10;8f4yy0D4oKnWvSNU8IUetuXtTaHz2l3pDS+H0AguIZ9rBSaEIZfSVwat9nM3ILF3cqPVgeXYyHrU&#10;Vy63vUyiaCmtbok/GD3gzmDVHc5WQRbZ165bJ3tv0+94YXZP7nn4VOr+bnrcgAg4hb8w/OIzOpTM&#10;dHRnqr3oFayWGW8JCmaLlA9OrFdJDOLI1kMKsizk/wnlDwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCggRa94gEAAKYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDUscCS3wAAAAoBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="25FD54C4" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00C9585F" w:rsidRDefault="00426C26" w:rsidP="00011CCF">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00011CCF" w:rsidRPr="00E03567">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="48"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>No-way GmbH</w:t>
+        <w:t>No-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00011CCF" w:rsidRPr="00E03567">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GmbH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D65EF28" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="00E03567" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A94C332" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="00E03567" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
@@ -12974,51 +13113,51 @@
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6EF63C75" id="Textfeld 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:319.8pt;margin-top:1pt;width:180pt;height:63.75pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCv57YCuwIAAMAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVO1umzAU/T9p72D5P+WjhAAqqdoQpknd&#10;h9TuARwwwRrYzHYCXbV337VJUtpp0rSNH8j2vT734xzfq+uxa9GBSsUEz7B/4WFEeSkqxncZ/vJQ&#10;ODFGShNekVZwmuFHqvD16u2bq6FPaSAa0VZUIgDhKh36DDda96nrqrKhHVEXoqccjLWQHdGwlTu3&#10;kmQA9K51A8+L3EHIqpeipErBaT4Z8cri1zUt9ae6VlSjNsOQm7Z/af9b83dXVyTdSdI3rDymQf4i&#10;i44wDkHPUDnRBO0l+wWqY6UUStT6ohSdK+qaldTWANX43qtq7hvSU1sLNEf15zap/wdbfjx8lohV&#10;GQ4w4qQDih7oqGvaVigw3Rl6lYLTfQ9uerwVI7BsK1X9nSi/KsTFuiF8R2+kFENDSQXZ+eamO7s6&#10;4SgDsh0+iArCkL0WFmisZWdaB81AgA4sPZ6ZgVRQCYdBEEeeB6YSbLGXRMHChiDp6XYvlX5HRYfM&#10;IsMSmLfo5HCntMmGpCcXE4yLgrWtZb/lLw7AcTqB2HDV2EwWlsynxEs28SYOnTCINk7o5blzU6xD&#10;Jyr85SK/zNfr3P9h4vph2rCqotyEOQnLD/+MuKPEJ0mcpaVEyyoDZ1JScrddtxIdCAi7sN+xITM3&#10;92UatglQy6uS/CD0boPEKaJ46YRFuHCSpRc7np/cJpEXJmFevCzpjnH67yWhIcPJAni05fy2NmDd&#10;ED8xOKuNpB3TMDpa1hlFnJxIaiS44ZWlVhPWTutZK0z6z60Auk9EW8EajU5q1eN2tC/j0kQ3Yt6K&#10;6hEULAUIDLQIYw8WjZDfMRpghGRYfdsTSTFq33N4BYkfhmbm2E24WAawkXPLdm4hvASoDGuMpuVa&#10;T3Nq30u2ayDS9O64uIGXUzMr6uesju8NxoSt7TjSzBya763X8+Bd/QQAAP//AwBQSwMEFAAGAAgA&#10;AAAhAJeVbDbbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTaARDnEq&#10;BOIKokCl3tx4m0TE6yh2m/D3bE/0OJrRzJtyNfteHHGMXSADtwsFAqkOrqPGwNfn680DiJgsOdsH&#10;QgO/GGFVXV6UtnBhog88rlMjuIRiYQ20KQ2FlLFu0du4CAMSe/sweptYjo10o5243PcyUyqX3nbE&#10;C60d8LnF+md98Aa+3/bbzb16b178cpjCrCR5LY25vpqfHkEknNN/GE74jA4VM+3CgVwUvYH8Tucc&#10;NZDxJfa1PukdBzO9BFmV8vxB9QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCv57YCuwIA&#10;AMAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXlWw2&#10;2wAAAAkBAAAPAAAAAAAAAAAAAAAAABUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;HQYAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="6EF63C75" id="Textfeld 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:319.8pt;margin-top:1pt;width:180pt;height:63.75pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAG9yKk5AEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a8NEuNOEXXosOA&#10;rhvQ9QNkWYqF2aJGKbGzrx8lp2m23YpdBJGUH997pNdXY9+xvUJvwFZ8Pss5U1ZCY+y24k/f796t&#10;OPNB2EZ0YFXFD8rzq83bN+vBlaqAFrpGISMQ68vBVbwNwZVZ5mWreuFn4JSlogbsRaAQt1mDYiD0&#10;vsuKPF9mA2DjEKTynrK3U5FvEr7WSoavWnsVWFdx4hbSiems45lt1qLconCtkUca4hUsemEsNT1B&#10;3Yog2A7NP1C9kQgedJhJ6DPQ2kiVNJCaef6XmsdWOJW0kDnenWzy/w9WPuwf3TdkYfwIIw0wifDu&#10;HuQPzyzctMJu1TUiDK0SDTWeR8uywfny+Gm02pc+gtTDF2hoyGIXIAGNGvvoCulkhE4DOJxMV2Ng&#10;kpJFsVrmOZUk1Vb55bK4SC1E+fy1Qx8+KehZvFQcaagJXezvfYhsRPn8JDazcGe6Lg22s38k6GHM&#10;JPaR8EQ9jPXITFPx97FvFFNDcyA5CNO60HrTpQX8xdlAq1Jx/3MnUHHWfbZkyeV8sYi7lYLFxYeC&#10;Ajyv1OcVYSVBVTxwNl1vwrSPO4dm21KnaQgWrslGbZLCF1ZH+rQOSfhxdeO+ncfp1csPtvkNAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCXlWw22wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqE2gEQ5xKgTiCqJApd7ceJtExOsodpvw92xP9Dia0cybcjX7XhxxjF0gA7cLBQKpDq6j&#10;xsDX5+vNA4iYLDnbB0IDvxhhVV1elLZwYaIPPK5TI7iEYmENtCkNhZSxbtHbuAgDEnv7MHqbWI6N&#10;dKOduNz3MlMql952xAutHfC5xfpnffAGvt/22829em9e/HKYwqwkeS2Nub6anx5BJJzTfxhO+IwO&#10;FTPtwoFcFL2B/E7nHDWQ8SX2tT7pHQczvQRZlfL8QfUHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEABvcipOQBAACoAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAl5VsNtsAAAAJAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="02A9A704" w14:textId="77777777" w:rsidR="00426C26" w:rsidRDefault="00426C26" w:rsidP="00011CCF">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A27B34">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Anschrift: </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A27B34">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r>
@@ -13150,113 +13289,131 @@
                         <w:t>1</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A27B34">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 686-357</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2D92337E" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00A27B34" w:rsidRDefault="00426C26" w:rsidP="00011CCF">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>No-way GmbH</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E03567">
+        <w:t>No-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> GmbH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03567">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Hauptstraße 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E03567">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Hauptstraße 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03567">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>77289</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E03567">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>77289</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03567">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>Hintertupfingen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38114422" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>Autohaus Muckelmeier GmbH</w:t>
+        <w:t xml:space="preserve">Autohaus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Muckelmeier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> GmbH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="096FA6A5" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Gewerbestraße 12</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B58B6B3" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="st"/>
         </w:rPr>
         <w:t>76131</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Karlsruhe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3565B1B1" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF"/>
@@ -13566,88 +13723,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E4617A2" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>100301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52056C68" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="00F03AD5" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F03AD5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Navigationsgerät </w:t>
+              <w:t>Navigationsgerät</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F03AD5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="351CA15B" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="00F03AD5" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F03AD5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Modell: no-way 3000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2666F627" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="00F03AD5" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="56FE04B1" w14:textId="551A7F8C" w:rsidR="00011CCF" w:rsidRDefault="004501A7" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CyberMonday-Rabattcode XC56F</w:t>
+              <w:t>CyberMonday-Rabattcode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> XC56F</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E1DFE58" w14:textId="77777777" w:rsidR="00DB2DDC" w:rsidRPr="006D5662" w:rsidRDefault="00DB2DDC" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1985D25A" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:r w:rsidRPr="005B1529">
               <w:t>Transport &amp; Verpackung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A06E1ED" w14:textId="46D7BAF2" w:rsidR="00DB2DDC" w:rsidRPr="005B1529" w:rsidRDefault="00DB2DDC" w:rsidP="00AE1D2E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="251622F5" w14:textId="14D99A5D" w:rsidR="00011CCF" w:rsidRDefault="00B65B25" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -13789,99 +13962,117 @@
           </w:p>
           <w:p w14:paraId="65D8402A" w14:textId="1B8FB693" w:rsidR="00011CCF" w:rsidRDefault="004501A7" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4.1</w:t>
             </w:r>
             <w:r w:rsidR="00011CCF">
               <w:t>00,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34226A0B" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="00B55F47" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>USt.-</w:t>
+              <w:t>USt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.-</w:t>
             </w:r>
             <w:r w:rsidRPr="00B55F47">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="274AF938" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0247AF4A" w14:textId="60546377" w:rsidR="00011CCF" w:rsidRPr="00B55F47" w:rsidRDefault="00D56D40" w:rsidP="002C47FA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>US</w:t>
             </w:r>
             <w:r w:rsidR="00011CCF" w:rsidRPr="00B55F47">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>t. €</w:t>
+              <w:t>t</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00011CCF" w:rsidRPr="00B55F47">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. €</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="131C6A79" w14:textId="3277242D" w:rsidR="00011CCF" w:rsidRPr="004D1740" w:rsidRDefault="004501A7" w:rsidP="002C47FA">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>779</w:t>
             </w:r>
             <w:r w:rsidR="00011CCF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14016,51 +14207,69 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7C50878A" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="386CABC6" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Ihre no-way GmbH</w:t>
+        <w:t xml:space="preserve">Ihre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>no-way</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GmbH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C06A153" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6567B12F" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56055594" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00011CCF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -14085,143 +14294,186 @@
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="3210"/>
       </w:tblGrid>
       <w:tr w:rsidR="00011CCF" w14:paraId="1DF1737D" w14:textId="77777777" w:rsidTr="00AE1D2E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25B0F21F" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="004419C3" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004419C3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>No-way GmbH</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>No-way</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004419C3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="004419C3">
+              <w:t xml:space="preserve"> GmbH</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1045638F" w14:textId="2816546C" w:rsidR="00011CCF" w:rsidRPr="004419C3" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Haup</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00332455">
+            </w:pPr>
+            <w:r w:rsidRPr="004419C3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>t</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004419C3">
+              <w:t>Haup</w:t>
+            </w:r>
+            <w:r w:rsidR="00332455">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>straße 1</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004419C3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="004419C3">
+              <w:t>straße 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510925B0" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="004419C3" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>77289 Hintertupfingen</w:t>
-[...9 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004419C3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>77289 Hintertupfingen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F7A860" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46036A1A" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="004419C3" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>USt.-I</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004419C3">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>dNr. DE123456789</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>USt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>.-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Steuernr. 1202102</w:t>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004419C3">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>dNr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004419C3">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. DE123456789</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C0A519F" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Steuernr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. 1202102</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02EA0301" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="004419C3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">RA </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1111</w:t>
             </w:r>
           </w:p>
@@ -14278,279 +14530,289 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2656 </w:t>
             </w:r>
             <w:r w:rsidR="00627B50">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8598 45</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F8F77BD" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRDefault="00011CCF" w:rsidP="00AE1D2E">
             <w:r w:rsidRPr="00610809">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BIC: VOBADEHI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52E8567B" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="000401D2" w:rsidRDefault="00011CCF" w:rsidP="00DB2DDC">
+    <w:p w14:paraId="52E8567B" w14:textId="77777777" w:rsidR="00011CCF" w:rsidRPr="0045519E" w:rsidRDefault="00011CCF" w:rsidP="00DB2DDC">
       <w:pPr>
         <w:pStyle w:val="TabelleAufzhlung"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="B41428"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00011CCF" w:rsidRPr="000401D2" w:rsidSect="0061472A">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId20"/>
+    <w:sectPr w:rsidR="00011CCF" w:rsidRPr="0045519E" w:rsidSect="0061472A">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1246" w:right="1134" w:bottom="1134" w:left="1134" w:header="426" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="76DC242D" w14:textId="77777777" w:rsidR="002157AA" w:rsidRDefault="002157AA" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="13281168" w14:textId="77777777" w:rsidR="002157AA" w:rsidRDefault="002157AA" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
-    <w:family w:val="auto"/>
-    <w:notTrueType/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Corsiva">
     <w:panose1 w:val="03010101010201010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ethnocentric">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="70F866B5" w14:textId="77777777" w:rsidR="0090243E" w:rsidRDefault="0090243E">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8074"/>
       <w:gridCol w:w="1564"/>
     </w:tblGrid>
     <w:tr w:rsidR="00426C26" w:rsidRPr="00A25233" w14:paraId="23FF1B57" w14:textId="77777777" w:rsidTr="00463BEE">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8075" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="23FF1B55" w14:textId="29B5160C" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="002B7B3E">
+        <w:p w14:paraId="23FF1B55" w14:textId="3819DB59" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="002B7B3E">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="009A5D2A">
+          <w:r w:rsidR="0090243E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
-            <w:t>WKA-LF03-LK01 - Bestellung planen und buchen.docx</w:t>
+            <w:t>WKA-LF03-LK01-Bestellung planen und buchen.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1564" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="23FF1B56" w14:textId="0563D1B7" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="00F74643">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
@@ -14647,125 +14909,135 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="23FF1B58" w14:textId="77777777" w:rsidR="00426C26" w:rsidRDefault="00426C26" w:rsidP="00D367D0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1B98B234" w14:textId="77777777" w:rsidR="0090243E" w:rsidRDefault="0090243E">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="14601" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8075"/>
       <w:gridCol w:w="6526"/>
     </w:tblGrid>
     <w:tr w:rsidR="00426C26" w:rsidRPr="00A25233" w14:paraId="12C29D96" w14:textId="77777777" w:rsidTr="00AA7FD8">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8075" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="7932116B" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="00663BD3">
+        <w:p w14:paraId="7932116B" w14:textId="5C8AE57C" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="00663BD3">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108" w:right="3964"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="009A5D2A">
+          <w:r w:rsidR="0090243E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
-            <w:t>WKA-LF03-LK01 - Bestellung planen und buchen.docx</w:t>
+            <w:t>WKA-LF03-LK01-Bestellung planen und buchen.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6526" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="10D33C72" w14:textId="21B1CC77" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="00AA7FD8">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
@@ -14862,125 +15134,125 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4F24317F" w14:textId="77777777" w:rsidR="00426C26" w:rsidRDefault="00426C26" w:rsidP="00D367D0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8075"/>
       <w:gridCol w:w="1564"/>
     </w:tblGrid>
     <w:tr w:rsidR="00AA7FD8" w:rsidRPr="00A25233" w14:paraId="51D1552D" w14:textId="77777777" w:rsidTr="00663BD3">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8075" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="4B2C049B" w14:textId="77777777" w:rsidR="00AA7FD8" w:rsidRPr="00A25233" w:rsidRDefault="00AA7FD8" w:rsidP="00663BD3">
+        <w:p w14:paraId="4B2C049B" w14:textId="32933088" w:rsidR="00AA7FD8" w:rsidRPr="00A25233" w:rsidRDefault="00AA7FD8" w:rsidP="00663BD3">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108" w:right="3964"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="009A5D2A">
+          <w:r w:rsidR="0090243E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
-            <w:t>WKA-LF03-LK01 - Bestellung planen und buchen.docx</w:t>
+            <w:t>WKA-LF03-LK01-Bestellung planen und buchen.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1564" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="72B98286" w14:textId="7F5D03FB" w:rsidR="00AA7FD8" w:rsidRPr="00A25233" w:rsidRDefault="00AA7FD8" w:rsidP="00F74643">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
@@ -15077,125 +15349,125 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="66BD7AFC" w14:textId="77777777" w:rsidR="00AA7FD8" w:rsidRDefault="00AA7FD8" w:rsidP="00D367D0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="14601" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8075"/>
       <w:gridCol w:w="6526"/>
     </w:tblGrid>
     <w:tr w:rsidR="00426C26" w:rsidRPr="00A25233" w14:paraId="6921B166" w14:textId="77777777" w:rsidTr="00426C26">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8075" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="1FBCABEC" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="002B7B3E">
+        <w:p w14:paraId="1FBCABEC" w14:textId="10A712B5" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="002B7B3E">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="009A5D2A">
+          <w:r w:rsidR="0090243E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
-            <w:t>WKA-LF03-LK01 - Bestellung planen und buchen.docx</w:t>
+            <w:t>WKA-LF03-LK01-Bestellung planen und buchen.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6526" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="241C34C8" w14:textId="5564E046" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="00F74643">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
@@ -15292,125 +15564,125 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4C9F809A" w14:textId="77777777" w:rsidR="00426C26" w:rsidRDefault="00426C26" w:rsidP="00D367D0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5423"/>
       <w:gridCol w:w="4215"/>
     </w:tblGrid>
     <w:tr w:rsidR="00426C26" w:rsidRPr="00A25233" w14:paraId="133F6005" w14:textId="77777777" w:rsidTr="00426C26">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8075" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="5258D20E" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="002B7B3E">
+        <w:p w14:paraId="5258D20E" w14:textId="3A3CBEC8" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="002B7B3E">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="009A5D2A">
+          <w:r w:rsidR="0090243E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
-            <w:t>WKA-LF03-LK01 - Bestellung planen und buchen.docx</w:t>
+            <w:t>WKA-LF03-LK01-Bestellung planen und buchen.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6384" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="347F507B" w14:textId="1D637FFE" w:rsidR="00426C26" w:rsidRPr="00A25233" w:rsidRDefault="00426C26" w:rsidP="00F74643">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
@@ -15508,89 +15780,99 @@
             </w:rPr>
             <w:t>9</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0153516C" w14:textId="77777777" w:rsidR="00426C26" w:rsidRDefault="00426C26" w:rsidP="00D367D0">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5F26E6DC" w14:textId="77777777" w:rsidR="002157AA" w:rsidRDefault="002157AA" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="52D3C37B" w14:textId="77777777" w:rsidR="002157AA" w:rsidRDefault="002157AA" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="23FF1B53" w14:textId="513AC428" w:rsidR="00426C26" w:rsidRDefault="00864196">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="26DB9F94" w14:textId="77777777" w:rsidR="0090243E" w:rsidRDefault="0090243E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="23FF1B53" w14:textId="2A4D9331" w:rsidR="00426C26" w:rsidRDefault="00864196">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00864196">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7280C9FC" wp14:editId="1BB43676">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7280C9FC" wp14:editId="7D148B26">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-100330</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>167005</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4464050" cy="350520"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="46" name="Textfeld 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4464050" cy="350520"/>
                       </a:xfrm>
@@ -15609,51 +15891,51 @@
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="5EDC4717" w14:textId="77777777" w:rsidR="00864196" w:rsidRPr="00E20335" w:rsidRDefault="00864196" w:rsidP="00864196">
                           <w:r>
                             <w:t>Landesinstitut für Schulentwicklung</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7280C9FC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-7.9pt;margin-top:13.15pt;width:351.5pt;height:27.6pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBE7T9qIAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkdtZacaouXaZJ&#10;3YfU7gdgwDEacD0gsbNf3wtO06h7m8YDAu7lcO65h9XNaDQ5SOcV2JrOZzkl0nIQyu5q+vNx++6K&#10;Eh+YFUyDlTU9Sk9v1m/frIa+kgvoQAvpCIJYXw19TbsQ+irLPO+kYX4GvbQYbMEZFnDrdplwbEB0&#10;o7NFni+zAZzoHXDpPZ7eTUG6TvhtK3n43rZeBqJritxCml2amzhn6xWrdo71neInGuwfWBimLD56&#10;hrpjgZG9U39BGcUdeGjDjIPJoG0Vl6kGrGaev6rmoWO9TLWgOL4/y+T/Hyz/dvjhiBI1LZaUWGaw&#10;R49yDK3UgiyiPEPvK8x66DEvjB9hxDanUn1/D/yXJxY2HbM7eescDJ1kAunN483s4uqE4yNIM3wF&#10;gc+wfYAENLbORO1QDYLo2KbjuTVIhXA8LIplkZcY4hh7X+blIvUuY9Xz7d758FmCIXFRU4etT+js&#10;cO9DZMOq55T4mAetxFZpnTZu12y0IweGNtmmkQp4laYtGWp6XS7KhGwh3k8OMiqgjbUyNb3K45iM&#10;FdX4ZEVKCUzpaY1MtD3JExWZtAljM2Ji1KwBcUShHEx2xe+Fiw7cH0oGtGpN/e89c5IS/cWi2Nfz&#10;oojeTpui/IDSEHcZaS4jzHKEqmmgZFpuQvoPUQcLt9iUViW9XpicuKIFk4yn7xI9frlPWS+fev0E&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSMoU33wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/dToNA&#10;FITvTXyHzTHxxrQLKD+lHBo10Xjb2gc4wCkQ2V3Cbgt9e9crezmZycw3xW5Rg7jwZHujEcJ1AIJ1&#10;bZpetwjH749VBsI60g0NRjPClS3syvu7gvLGzHrPl4NrhS/RNieEzrkxl9LWHSuyazOy9t7JTIqc&#10;l1Mrm4lmX64GGQVBIhX12i90NPJ7x/XP4awQTl/zU7yZq093TPcvyRv1aWWuiI8Py+sWhOPF/Yfh&#10;D9+jQ+mZKnPWjRUDwiqMPbpDiJJnED6QZGkEokLIwhhkWcjbB+UvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAETtP2ogAgAAHAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFIyhTffAAAACQEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+            <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-7.9pt;margin-top:13.15pt;width:351.5pt;height:27.6pt;z-index:251692032;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDA3SboDQIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJnK414hRdugwD&#10;ugvQ7QNkWY6FyaJGKbGzrx8lp2nQvQ3Tg0CK1BF5eLS6HXvDDgq9Blvx+SznTFkJjba7iv/4vn1z&#10;zZkPwjbCgFUVPyrPb9evX60GV6oFdGAahYxArC8HV/EuBFdmmZed6oWfgVOWgi1gLwK5uMsaFAOh&#10;9yZb5PlVNgA2DkEq7+n0fgrydcJvWyXD17b1KjBTcaotpB3TXsc9W69EuUPhOi1PZYh/qKIX2tKj&#10;Z6h7EQTbo/4LqtcSwUMbZhL6DNpWS5V6oG7m+YtuHjvhVOqFyPHuTJP/f7Dyy+HRfUMWxvcw0gBT&#10;E949gPzpmYVNJ+xO3SHC0CnR0MPzSFk2OF+erkaqfekjSD18hoaGLPYBEtDYYh9ZoT4ZodMAjmfS&#10;1RiYpMOiuCryJYUkxd4u8+UiTSUT5dNthz58VNCzaFQcaagJXRwefIjViPIpJT7mwehmq41JDu7q&#10;jUF2ECSAbVqpgRdpxrKh4jfLxTIhW4j3kzZ6HUigRvcVv87jmiQT2fhgm5QShDaTTZUYe6InMjJx&#10;E8Z6pMRIUw3NkYhCmIRIH4eMDvA3ZwOJsOL+116g4sx8skT2zbwoomqTUyzfETUMLyP1ZURYSVAV&#10;D5xN5iYkpUceLNzRUFqd+Hqu5FQriSvRePoIUb2Xfsp6/q7rPwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFIyhTffAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj91Og0AUhO9NfIfNMfHGtAsoP6UcGjXR&#10;eNvaBzjAKRDZXcJuC3171yt7OZnJzDfFblGDuPBke6MRwnUAgnVtml63CMfvj1UGwjrSDQ1GM8KV&#10;LezK+7uC8sbMes+Xg2uFL9E2J4TOuTGX0tYdK7JrM7L23slMipyXUyubiWZfrgYZBUEiFfXaL3Q0&#10;8nvH9c/hrBBOX/NTvJmrT3dM9y/JG/VpZa6Ijw/L6xaE48X9h+EP36ND6Zkqc9aNFQPCKow9ukOI&#10;kmcQPpBkaQSiQsjCGGRZyNsH5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwN0m6A0C&#10;AAD2AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUjKF&#10;N98AAAAJAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="5EDC4717" w14:textId="77777777" w:rsidR="00864196" w:rsidRPr="00E20335" w:rsidRDefault="00864196" w:rsidP="00864196">
                     <w:r>
                       <w:t>Landesinstitut für Schulentwicklung</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00864196">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="765A5327" wp14:editId="53666EC4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
@@ -15677,118 +15959,128 @@
                         <a:ext cx="5576570" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF">
                             <a:lumMod val="65000"/>
                           </a:sysClr>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="66A96F16" id="Gerade Verbindung 48" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.45pt,34.5pt" to="438.65pt,34.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaR3i03AEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC811LS2ikEyznEcHro&#10;EiBt72MuEgFu4NCW/fcdUo6RtreiOhCc7XHmzdP6/uQsO6qEJvie3yxazpQXQRo/9PzH9927j5xh&#10;Bi/BBq96flbI7zdv36yn2KnbMAYrVWIE4rGbYs/HnGPXNChG5QAXISpPQR2Sg0xmGhqZYCJ0Z5vb&#10;tl01U0gypiAUInm3c5BvKr7WSuRvWqPKzPacesv1TPXcl7PZrKEbEsTRiEsb8A9dODCeHr1CbSED&#10;OyTzF5QzIgUMOi9EcE3Q2ghVZ6Bpbto/pnkeIao6C5GD8UoT/j9Y8fX4lJiRPf9Am/LgaEePKoFU&#10;7KdKe+PlwQ+MYkTUFLGj/Af/lC4WxqdUpj7p5Ji2Jn4iDVQeaDJ2qjSfrzSrU2aCnMvl3Wp5R9sQ&#10;L7FmhihQMWF+VMGxcum5Nb4wAB0cP2OmZyn1JaW4fdgZa+sWrWdTz1fvlwUZSEvaQqarizQd+oEz&#10;sAOJVORUETFYI0t1wcEzPtjEjkA6IXnJMHFmATM5e76rXy2yB/clyDlvtWzbqiDqaa6v7f2GW3rd&#10;Ao5zRQ0VKqnC+vKuqhq9jFYIniktt32Q58p0Uyzafy27aLUI7LVN99d/1OYXAAAA//8DAFBLAwQU&#10;AAYACAAAACEAvdKVk98AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi7Qb&#10;K6ZpzKaIIhWMQmsPPW6zYxLcnQ3ZbRv/vSMe9PjmPd77pliOzoojDqHzpOB6moBAqr3pqFGwfX+a&#10;ZCBC1GS09YQKvjDAsjw/K3Ru/InWeNzERnAJhVwraGPscylD3aLTYep7JPY+/OB0ZDk00gz6xOXO&#10;ylmSpNLpjnih1T0+tFh/bg5OwbB62T3ubl9ttare9HaWZuur50qpy4vx/g5ExDH+heEHn9GhZKa9&#10;P5AJwiqYLDioIF3wR2xn8/kNiP3vQZaF/M9ffgMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBaR3i03AEAAJkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC90pWT3wAAAAcBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+            <v:line w14:anchorId="57F939E0" id="Gerade Verbindung 48" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.45pt,34.5pt" to="438.65pt,34.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqGYeSvgEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC811ISyCkEyznEcHvo&#10;I0DTD9jwIRHgC1zGsv++S8px0/ZWRAeC3OUOd2ZHm7ujs+ygEprgB361ajlTXgRp/Djwn4/7Dx85&#10;wwxegg1eDfykkN9t37/bzLFX12EKVqrECMRjP8eBTznHvmlQTMoBrkJUnpI6JAeZjmlsZIKZ0J1t&#10;rtt23cwhyZiCUIgU3S1Jvq34WiuRv2uNKjM7cOot1zXV9amszXYD/ZggTkac24D/6MKB8fToBWoH&#10;GdhzMv9AOSNSwKDzSgTXBK2NUJUDsblq/2LzY4KoKhcSB+NFJnw7WPHtcO8fEskwR+wxPqTC4qiT&#10;Y9qa+JlmWnlRp+xYZTtdZFPHzAQFu+523d2SuuIl1ywQBSomzJ9UcKxsBm6NL4ygh8MXzPQsXX25&#10;UsI+7I21dSrWs3ng65uuIAN5Q1vItHVRDhz9yBnYkUwncqqIGKyRpbrg4AnvbWIHoLmTXWSYObOA&#10;mYID39evFtln9zXI5d66a9vqCOppqa/t/YFbet0BTktFTRUPUYX15V1VPXem9lvSsnsK8lSVbsqJ&#10;5lnLzt4rhnl9pv3rP2T7CwAA//8DAFBLAwQUAAYACAAAACEAvdKVk98AAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi7QbK6ZpzKaIIhWMQmsPPW6zYxLcnQ3ZbRv/vSMe9Pjm&#10;Pd77pliOzoojDqHzpOB6moBAqr3pqFGwfX+aZCBC1GS09YQKvjDAsjw/K3Ru/InWeNzERnAJhVwr&#10;aGPscylD3aLTYep7JPY+/OB0ZDk00gz6xOXOylmSpNLpjnih1T0+tFh/bg5OwbB62T3ubl9ttare&#10;9HaWZuur50qpy4vx/g5ExDH+heEHn9GhZKa9P5AJwiqYLDioIF3wR2xn8/kNiP3vQZaF/M9ffgMA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAqGYeSvgEAAGkDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC90pWT3wAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;ABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00864196">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4352F292" wp14:editId="10ACE1FD">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5614035</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>99695</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="504825" cy="434975"/>
           <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
           <wp:wrapNone/>
-          <wp:docPr id="47" name="Grafik 47"/>
+          <wp:docPr id="10" name="Grafik 10"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="47" name="Grafik 47"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="504825" cy="434975"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1C369307" w14:textId="77777777" w:rsidR="0090243E" w:rsidRDefault="0090243E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="20D7B501" w14:textId="77777777" w:rsidR="00426C26" w:rsidRDefault="00426C26">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E47BA03" wp14:editId="5FADB5E5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>628650</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>238125</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="9344093" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="14" name="Gruppieren 14"/>
               <wp:cNvGraphicFramePr/>
@@ -15888,105 +16180,104 @@
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0E47BA03" id="Gruppieren 14" o:spid="_x0000_s1031" style="position:absolute;margin-left:49.5pt;margin-top:18.75pt;width:735.75pt;height:34.3pt;z-index:251665408;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="93448,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKM3M42IBAAAkgoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5IsybYQp0idlxXo2mDt9p2WKImIRHIkFTkd9t93R0q247TY1mEGovDtjnfPPXzIyzf7riVP&#10;TBsuxSaILsKAMFHIkot6E/z6+W62CoixVJS0lYJtgmdmgjdXP/5wOaicxbKRbck0ASfC5IPaBI21&#10;Kp/PTdGwjpoLqZiAyUrqjlro6npeajqA966dx2GYzQepS6VlwYyB0Rs/GVw5/1XFCvuxqgyzpN0E&#10;EJt1X+2+O/zOry5pXmuqGl6MYdDviKKjXMCmB1c31FLSa/7KVccLLY2s7EUhu7msKl4wlwNkE4Vn&#10;2dxr2SuXS50PtTrABNCe4fTdbosPTw+a8BJqlwRE0A5qdK97pTjTTBAYBIQGVeew8F6rT+pBjwO1&#10;72HS+0p3+B/SIXuH7fMBW7a3pIDB9SJJwvUiIAXMJYs0C0fwiwYqhGazaJ0tknVAjsZFc3tivlpk&#10;k3m2jFcY2XzafI4xHkIaFLDJHAEz/w2wTw1VzNXBIA4TYOkE2GdIsmJtSWKPlluFUBG7fyshtchx&#10;w6j3sng0RMhtQ0XNrrWWQ8NoCeFFLhuMGzZAU0Td5Aad7IafZQl1ob2VztEZ3qfAZct1kqIvmk/I&#10;J0mWLLMRukUaJ7FbcICO5kobe89kR7CxCTScGrcPfXpvrEd5WoKOjWx5ecfb1nV0vdu2mjxROGF3&#10;7jcW5sWyVpABSJDC3mglJNq7MDtuQQFa3m2CVYg/Hz3icitKt8RS3vo2BN0KKPuEjUfJ7nd7z2G0&#10;xbmdLJ8BOS39gQeBgkYj9ZeADHDYN4H5vaeaBaR9JwD9dQTkBHVwnSRdxtDRpzO70xkqCnC1CWxA&#10;fHNrnaL4xK6hShV3sB0jGUMGTl5dKl7k8DeeZmi9Iuffqx5Y2R7j98rZ/SMfHdWPvZqB8Chq+Y63&#10;3D47EYWSYFDi6YEXyDzsnPAcqDMJA634I4kyhHla5E2ARLw4o7dRQKSJ2i+Xz7H7Yr9dy9XEKWyP&#10;mQGwZ1L3FXC8jN7Iou+YsP5e0KyFJKUwDVcGqpmzbsdKIPe7MgIVgTvJwpFSmgvPdTgtQHYsIZ4b&#10;J91/xKvrMFzHb2fbNNzOknB5O7teJ8vZMrxdJmGyirbR9k/kc5TkvWGQPm1vFB9Dh9FXwX9Vp8cb&#10;zd8A7ibxp8mdBGA8BOSUbgoRhhAhjNVYzWzRYLOCA/ULAA6lgQWHCYf0EVzEHUUFLc5kZJWBLCPz&#10;j/qLUKB4p2GyzpbfFN9/qSAuJB+Ea0JM/tT+/5INOYxUZpqWjPzG9I6Lshc1iZaTeAD1t2K857wE&#10;T2iRCnD/adLz8bqbRWEUr2KH22KxjkFJnGpN4K2y5SpKR/2dajphP+nqKL0tF3jR0Pwb0nuim15R&#10;s0UKFStQ0iogPDQ7BSw3ogZxamt4kxVWO48v5Ng8m4Now2uqlANIITUWBg8qjmG0fQd3j6djlo7i&#10;jPRy9p5pp7cBpnNDTeMt3JYIBligbAOV3ZNsvFVeiriXbFyM404p3aUODx/nYHyk4cvqtO/WH5+S&#10;V38BAAD//wMAUEsDBBQABgAIAAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc4SPywrCMBBF94L/EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA593LPYer2aWZ2&#10;pxC1swKqogRGVjql7Sjg0p82e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK/sB5lBMZjIXz&#10;ZHMzuGAw5TOM3KO84kh8W5Y7Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8UXJvszkAMIyUB&#10;hpTGd1gVDzMAb2r+9VjzAgAA//8DAFBLAwQUAAYACAAAACEARCVub+AAAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvdXdVKI1ZiMibU9SqBaKtzEZk2B2N2TXJP77jqd6e8N7&#10;vPleuhpNI3rqfO2shmiiQJDNXVHbUsPP/uPlDYQPaAtsnCUNV/Kwyh4fUkwKN9hv6nehFFxifYIa&#10;qhDaREqfV2TQT1xLlr2T6wwGPrtSFh0OXG4a+arUTBqsLX+osKVNRfl5dzEaPgcc1tPovd+eT5vr&#10;YR9//W4j0vr5aVwvQQQaw38YbviMDhkzHd3FFl40GhYLnhI0TOcxiJsfzxWrIys1i0BmqbyfkP0B&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8/BrsBwIAAKYFAAAUAAAAZHJzL21lZGlhL2ltYWdlMS53bWbs&#10;lL9rFFEQx+ft19OTSAKaa8RCBAWRlEIgYHFYaCWeEgjINaYUC/FHE4WghzHRy6VQQc5CC4kEFI1E&#10;JOYgJBEbSWnlf3BIrtuvWjgzt3uRsKcWlj743Lybfe87783s7OdPHx6J1KNmvIYW9wfRcWU4yE4R&#10;fIz0R56bS7YpCHnJqe3R1fXIZruiXDgc7Nn2EGSH2h+659XrNzoz74Dq5dV+89U60dH2hy7+yJ9v&#10;qNoeXTuYM9V1j2cxG+yDMcP1yGjG3dQtykaIkjP5tTqx0xgiu9V3EL+PYErdb5fGyT5HGil4Fu02&#10;JRlBMzbO4ntcAlhCT0K/2n6ewT5nGIdojGCAZRx1RnGMF3HSuYXzNCZxgVVccmq4xhrGEsbVV+Fd&#10;TPAOppwKqhzHNMdQ41XN4gmnof/bVLDEe3jP+1hkHe+cp1jgLOb5Ai85jznnLZ5xEU/YQJ3LeOCs&#10;qOYqJrmGm8r1hMtc0fMZyxjlEs45CzhNYw5F5yGO0JjGAU5hrzOhubiN3oS82rzelXE1yV92xkPy&#10;/vyp8rNe+f/VsIr8i2q0uyTNusjjoVOdfmv3vHVjds02u6RP91iX5KSIMov61hYcm5eZvftvK97r&#10;Fc9W3nr6L0PHM06/ebqC9k1Be6bo2HyGWzW+3hjsaKQ3FPlVo6X7jVXdb7Rcw759pmX5globPwEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAv1ec5QwBAAAVAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCjNzONiAQAAJIKAAAOAAAAAAAAAAAAAAAAADwC&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZAAAAAAAAAAAAAAAA&#10;APAGAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAEQlbm/gAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAA4QcAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQA8/BrsBwIA&#10;AKYFAAAUAAAAAAAAAAAAAAAAAO4IAABkcnMvbWVkaWEvaW1hZ2UxLndtZlBLBQYAAAAABgAGAHwB&#10;AAAnCwAAAAA=&#10;">
+            <v:group w14:anchorId="0E47BA03" id="Gruppieren 14" o:spid="_x0000_s1031" style="position:absolute;margin-left:49.5pt;margin-top:18.75pt;width:735.75pt;height:34.3pt;z-index:251665408;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="93448,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEA9MFFPhYEAAC0CQAADgAAAGRycy9lMm9Eb2MueG1stFZtb9s2EP4+YP+B&#10;0PdElizJthC76JImK9BtQdvtO0VREhGK5EjasvvrdyQlv7XBtg4zEIUUece75557xLs3+56jHdWG&#10;SbGOkttZhKggsmaiXUe/f368WUbIWCxqzKWg6+hATfRm8+MPd4MqaSo7yWuqETgRphzUOuqsVWUc&#10;G9LRHptbqaiAxUbqHluY6jauNR7Ae8/jdDYr4kHqWmlJqDHw9iEsRhvvv2kosb81jaEW8XUEsVn/&#10;1P5ZuWe8ucNlq7HqGBnDwN8RRY+ZgEOPrh6wxWir2Veueka0NLKxt0T2sWwaRqjPAbJJZlfZPGm5&#10;VT6XthxadYQJoL3C6bvdkl93T1p9Us8akBhUC1j4mctl3+je/Yco0d5DdjhCRvcWEXi5mmfZbDWP&#10;EIG1bJ4XsxFT0gHwzuwmWRXzbBWhkzHp3p2ZL+fFZF4s0qUrSTwdHl+ENCggiTnhYP4bDp86rKiH&#10;15SAw7NGrAYO5xESuAeufoYkG8prlLqY3OGwy0GF7P4nCaklvuRGfZDkxSAh7zssWvpWazl0FNcQ&#10;XuKzOTMNfoxzUg2/yBqOwVsrvaMrvM+BKxarLHe+cDkhn2VFtihG6OZ5mqV+wxE6XCpt7BOVPXKD&#10;daShGfw5ePfB2IDytMU5NpKz+pFx7ie6re65RjsMjfPof2NhLrZxgQYgQQ5nOyshnb0Ps2cWGpuz&#10;fh0tZ+4Xone4vBO132Ix42EMQXMBZXdAOWwCSnZf7UNJnK1bq2R9AOS0DH0MugODTuovERqgh9eR&#10;+XOLNY0Qfy8A/VUC5ISm95MsX6Qw0ecr1fkKFgRcrSMboTC8t14oQmJvoUoN87CdIhlDBk5u7hQj&#10;JfyNTQqjr8j592IGVnbr4g+C2P8jHz3WL1t1A3qisGUV48wevDZCSVxQYvfMiMPUTc54DtQJPH/S&#10;uGEvKCkczNOmYAIkYuSK3kYBkSZqX26P3fTivIozNXHKjcfMANgrBfsGOEEdHyTZ9lTYIPeackhS&#10;CtMxZaCaJe0rWgO539cJqAh8aiy0lNJM2EA4YzW1pHNFbICbHyF2yBIId1zwQZ/idCkEDk4idFTA&#10;ZQEK50h0krKpG/NZtioWr+rYv2xGH1IIwg8hptAA/7/6QQ4jK6jGNUV/UF0xUW9Fi5LF1IfAonsx&#10;fjKmjg1ooQaK/PMkjeOX4yaZJeky9bjN56sUmtILwATeslgsk3yUMr/2uopxJpxm4/IVFTuToCBO&#10;xTyHihGnDg1wB4a9AsIY0UKf8xZuLcRq7/FC2czBHPUP7hu1HEBVsLHw8iiILgy+7UHGg04W+ahz&#10;jl7ePjDtXFid4j5g0wULf6QDY1RAkHd/aRkF+lIPg/q5ze69Fx3/fYSrgXcwXmPc3eN87vefLlub&#10;vwAAAP//AwBQSwMEFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAABkcnMvbWVkaWEvaW1hZ2UxLndt&#10;ZuyUv2sUURDH5+3X05NIApprxEIEBZGUQiBgcVhoJZ4SCMg1phQL8UcThaCHMdHLpVBBzkILiQQU&#10;jUQk5iAkERtJaeV/cEiu269aODO3e5GwpxaWPvjcvJt97zvvzezs508fHonUo2a8hhb3B9FxZTjI&#10;ThF8jPRHnptLtikIecmp7dHV9chmu6JcOBzs2fYQZIfaH7rn1es3OjPvgOrl1X7z1TrR0faHLv7I&#10;n2+o2h5dO5gz1XWPZzEb7IMxw/XIaMbd1C3KRoiSM/m1OrHTGCK71XcQv49gSt1vl8bJPkcaKXgW&#10;7TYlGUEzNs7ie1wCWEJPQr/afp7BPmcYh2iMYIBlHHVGcYwXcdK5hfM0JnGBVVxyarjGGsYSxtVX&#10;4V1M8A6mnAqqHMc0x1DjVc3iCaeh/9tUsMR7eM/7WGQd75ynWOAs5vkCLzmPOectnnERT9hAnct4&#10;4Kyo5iomuYabyvWEy1zR8xnLGOUSzjkLOE1jDkXnIY7QmMYBTmGvM6G5uI3ehLzavN6VcTXJX3bG&#10;Q/L+/Knys175/9WwivyLarS7JM26yOOhU51+a/e8dWN2zTa7pE/3WJfkpIgyi/rWFhybl5m9+28r&#10;3usVz1beevovQ8czTr95uoL2TUF7pujYfIZbNb7eGOxopDcU+VWjpfuNVd1vtFzDvn2mZfmCWhs/&#10;AQAA//8DAFBLAwQUAAYACAAAACEARCVub+AAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvC&#10;QBCF74X+h2UKvdXdVKI1ZiMibU9SqBaKtzEZk2B2N2TXJP77jqd6e8N7vPleuhpNI3rqfO2shmii&#10;QJDNXVHbUsPP/uPlDYQPaAtsnCUNV/Kwyh4fUkwKN9hv6nehFFxifYIaqhDaREqfV2TQT1xLlr2T&#10;6wwGPrtSFh0OXG4a+arUTBqsLX+osKVNRfl5dzEaPgcc1tPovd+eT5vrYR9//W4j0vr5aVwvQQQa&#10;w38YbviMDhkzHd3FFl40GhYLnhI0TOcxiJsfzxWrIys1i0BmqbyfkP0BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/&#10;EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA593LPYer2aWZ2pxC1swKqogRGVjql7Sjg0p82&#10;e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK/sB5lBMZjIXzZHMzuGAw5TOM3KO84kh8W5Y7&#10;Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8UXJvszkAMIyUBhpTGd1gVDzMAb2r+9VjzAgAA&#10;//8DAFBLAQItABQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPAEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPTBRT4WBAAAtAkAAA4AAAAAAAAAAAAAAAAAOwIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAAAAAAAAAAAAAAAA&#10;fQYAAGRycy9tZWRpYS9pbWFnZTEud21mUEsBAi0AFAAGAAgAAAAhAEQlbm/gAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAtggAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAMMJAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;ALQKAAAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAnRZY5cEA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPzWrCQBC+F/oOyxS8lLqpaGyjm1ALitekPsCYHZNg&#10;djZkVxPfvisI3ubj+511NppWXKl3jWUFn9MIBHFpdcOVgsPf9uMLhPPIGlvLpOBGDrL09WWNibYD&#10;53QtfCVCCLsEFdTed4mUrqzJoJvajjhwJ9sb9AH2ldQ9DiHctHIWRbE02HBoqLGj35rKc3ExCk77&#10;4X3xPRx3/rDM5/EGm+XR3pSavI0/KxCeRv8UP9x7HeYv4P5LOECm/wAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJ0WWOXBAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" stroked="f">
+              <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCdFljlwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFLyUuqlobKObUAuK16Q+wJgdk2B2NmRXE9++Kwje5uP7nXU2mlZcqXeNZQWf0wgEcWl1&#10;w5WCw9/24wuE88gaW8uk4EYOsvT1ZY2JtgPndC18JUIIuwQV1N53iZSurMmgm9qOOHAn2xv0AfaV&#10;1D0OIdy0chZFsTTYcGiosaPfmspzcTEKTvvhffE9HHf+sMzn8Qab5dHelJq8jT8rEJ5G/xQ/3Hsd&#10;5i/g/ks4QKb/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ0WWOXBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="36C7FDD9" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00E20335" w:rsidRDefault="00426C26" w:rsidP="00D367D0">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 16" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:86435;width:5049;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AI0iM2rCAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxET01rwkAQvRf6H5Yp9FZ39RBC6iqtKAhS&#10;i7GX3obsNBvMzobsapJ/7xYKvc3jfc5yPbpW3KgPjWcN85kCQVx503Ct4eu8e8lBhIhssPVMGiYK&#10;sF49PiyxMH7gE93KWIsUwqFADTbGrpAyVJYchpnviBP343uHMcG+lqbHIYW7Vi6UyqTDhlODxY42&#10;lqpLeXUamvLjmE/bXWXfT+qz3EaFh++L1s9P49sriEhj/Bf/ufcmzc/g95d0gFzdAQAA//8DAFBL&#10;AQItABQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABIAAAAAAAAAAAAAAAAALgIAAGRycy9w&#10;aWN0dXJleG1sLnhtbFBLAQItABQABgAIAAAAIQCNIjNqwgAAANsAAAAPAAAAAAAAAAAAAAAAAJ8C&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD3AAAAjgMAAAAA&#10;">
+              <v:shape id="Grafik 16" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:86435;width:5049;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArV1y7wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VTQq1El1FhISeSrsqXofsmASzsyG7Jml/fbdQ6G0e73M2u8m2YqDeN44VpIsEBHHp&#10;TMOVgtMxf1qB8AHZYOuYFHyRh9129rDBzLiRP2nQoRIxhH2GCuoQukxKX9Zk0S9cRxy5q+sthgj7&#10;SpoexxhuW/mcJEtpseHYUGNHh5rKm75bBc1HUaT5lL9+X1Z3865ftD1LrdTjfNqvQQSawr/4z/1m&#10;4vwl/P4SD5DbHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQArV1y7wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
-              <v:line id="Gerade Verbindung 17" o:spid="_x0000_s1034" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3392" to="85768,3392" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAAeLCp8IAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBCF7wv+hzCCtzV1DyrVKCqu&#10;eFrQ7ep1aMa22ExKEmv99xtB8DbDe9+bN/NlZ2rRkvOVZQWjYQKCOLe64kJB9vv9OQXhA7LG2jIp&#10;eJCH5aL3McdU2zsfqD2GQsQQ9ikqKENoUil9XpJBP7QNcdQu1hkMcXWF1A7vMdzU8itJxtJgxfFC&#10;iQ1tSsqvx5uJNX7Wu2zTssHHwZ2zaT46bXd/Sg363WoGIlAX3uYXvdeRm8DzlziAXPwDAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAAeLCp8IAAADbAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+              <v:line id="Gerade Verbindung 17" o:spid="_x0000_s1034" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3392" to="85768,3392" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAB4sKnwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvC/6HMIK3NXUPKtUoKq54WtDt6nVoxrbYTEoSa/33G0HwNsN735s382VnatGS85VlBaNhAoI4&#10;t7riQkH2+/05BeEDssbaMil4kIflovcxx1TbOx+oPYZCxBD2KSooQ2hSKX1ekkE/tA1x1C7WGQxx&#10;dYXUDu8x3NTyK0nG0mDF8UKJDW1Kyq/Hm4k1fta7bNOywcfBnbNpPjptd39KDfrdagYiUBfe5he9&#10;15GbwPOXOIBc/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAB4sKnwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7046DD2E" w14:textId="7559F36B" w:rsidR="00426C26" w:rsidRPr="008E7077" w:rsidRDefault="00864196" w:rsidP="008E7077">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00864196">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="281BB17B" wp14:editId="728C2249">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-100330</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>14605</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4464050" cy="350520"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="50" name="Textfeld 2"/>
               <wp:cNvGraphicFramePr>
@@ -16021,51 +16312,51 @@
                         <w:p w14:paraId="649D537A" w14:textId="77777777" w:rsidR="00864196" w:rsidRPr="00E20335" w:rsidRDefault="00864196" w:rsidP="00A37C29">
                           <w:pPr>
                             <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Landesinstitut für Schulentwicklung</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="281BB17B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-7.9pt;margin-top:1.15pt;width:351.5pt;height:27.6pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxWW96IQIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkTtdacaouXaZJ&#10;3YfU7gdgwDEacBmQ2Nmv3wWnWdS9TeMBAfdyOPfcw+p2NJocpA8KbEPns5ISaTkIZXcN/f60fXNN&#10;SYjMCqbByoYeZaC369evVoOr5QJ60EJ6giA21INraB+jq4si8F4aFmbgpMVgB96wiFu/K4RnA6Ib&#10;XSzK8qoYwAvngcsQ8PR+CtJ1xu86yePXrgsyEt1Q5Bbz7PPcprlYr1i988z1ip9osH9gYZiy+OgZ&#10;6p5FRvZe/QVlFPcQoIszDqaArlNc5hqwmnn5oprHnjmZa0FxgjvLFP4fLP9y+OaJEg1dojyWGezR&#10;kxxjJ7UgiyTP4EKNWY8O8+L4HkZscy41uAfgPwKxsOmZ3ck772HoJRNIb55uFhdXJ5yQQNrhMwh8&#10;hu0jZKCx8yZph2oQREcex3NrkArheFhVV1WZKHKMvV2Wy0XuXcHq59vOh/hRgiFp0VCPrc/o7PAQ&#10;YmLD6ueU9FgArcRWaZ03ftdutCcHhjbZ5pELeJGmLRkaerNcLDOyhXQ/O8ioiDbWyjT0ukxjMlZS&#10;44MVOSUypac1MtH2JE9SZNImju2YG3FWvQVxRL08TK7FX4aLHvwvSgZ0bEPDzz3zkhL9yaLmN/Oq&#10;ShbPm2r5DhUi/jLSXkaY5QjV0EjJtNzE/C2SHBbusDedyrKlJk5MTpTRiVnN069JVr/c56w/f3v9&#10;GwAA//8DAFBLAwQUAAYACAAAACEAWd2/At4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBSE7yb+h80z8WLapSjQUh6Nmmi8tvYHLOwrENm3hN0W+u9dT/Y4mcnMN8VuNr240Og6ywirZQSC&#10;uLa64wbh+P2xWINwXrFWvWVCuJKDXXl/V6hc24n3dDn4RoQSdrlCaL0fcild3ZJRbmkH4uCd7GiU&#10;D3JspB7VFMpNL+MoSqVRHYeFVg303lL9czgbhNPX9JRspurTH7P9S/qmuqyyV8THh/l1C8LT7P/D&#10;8Icf0KEMTJU9s3aiR1iskoDuEeJnEMFP11kMokJIsgRkWcjbA+UvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhALFZb3ohAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFndvwLeAAAACAEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+            <v:shape id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-7.9pt;margin-top:1.15pt;width:351.5pt;height:27.6pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASbyOjEgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysk92O2yAQhe8r9R0Q942d1NnuWnFW22xT&#10;Vdr+SNs+AMY4RsUMHUjs9Ok74Gw22t5V9QUCDxxmvjmsbsfesINCr8FWfD7LOVNWQqPtruI/vm/f&#10;XHPmg7CNMGBVxY/K89v161erwZVqAR2YRiEjEevLwVW8C8GVWeZlp3rhZ+CUpWAL2ItAS9xlDYqB&#10;1HuTLfL8KhsAG4cglff0934K8nXSb1slw9e29SowU3HKLaQR01jHMVuvRLlD4TotT2mIf8iiF9rS&#10;pWepexEE26P+S6rXEsFDG2YS+gzaVkuVaqBq5vmLah474VSqheB4d8bk/5+s/HJ4dN+QhfE9jNTA&#10;VIR3DyB/emZh0wm7U3eIMHRKNHTxPCLLBufL09GI2pc+itTDZ2ioyWIfIAmNLfaRCtXJSJ0acDxD&#10;V2Ngkn4WxVWRLykkKfZ2mS8XqSuZKJ9OO/Tho4KexUnFkZqa1MXhwYeYjSiftsTLPBjdbLUxaYG7&#10;emOQHQQZYJu+VMCLbcayoeI3y8UyKVuI55M3eh3IoEb3Fb/O4zdZJtL4YJu0JQhtpjllYuwJTyQy&#10;sQljPTLdVHwRz0ZaNTRH4oUw+ZHeD006wN+cDeTFivtfe4GKM/PJEvObeVFE86ZFsXxHhBheRurL&#10;iLCSpCoeOJumm5AMH3FYuKPetDphe87klDJ5LNE8vYdo4st12vX8atd/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAWd2/At4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE7yb+h80z8WLapSjQ&#10;Uh6Nmmi8tvYHLOwrENm3hN0W+u9dT/Y4mcnMN8VuNr240Og6ywirZQSCuLa64wbh+P2xWINwXrFW&#10;vWVCuJKDXXl/V6hc24n3dDn4RoQSdrlCaL0fcild3ZJRbmkH4uCd7GiUD3JspB7VFMpNL+MoSqVR&#10;HYeFVg303lL9czgbhNPX9JRspurTH7P9S/qmuqyyV8THh/l1C8LT7P/D8Icf0KEMTJU9s3aiR1is&#10;koDuEeJnEMFP11kMokJIsgRkWcjbA+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABJv&#10;I6MSAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AFndvwLeAAAACAEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="649D537A" w14:textId="77777777" w:rsidR="00864196" w:rsidRPr="00E20335" w:rsidRDefault="00864196" w:rsidP="00A37C29">
                     <w:pPr>
                       <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Landesinstitut für Schulentwicklung</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00864196">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -16092,118 +16383,118 @@
                         <a:ext cx="5576570" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF">
                             <a:lumMod val="65000"/>
                           </a:sysClr>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6A848BA7" id="Gerade Verbindung 51" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.45pt,22.5pt" to="438.65pt,22.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEC92b2wEAAJkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815ITyCkEyznEcHro&#10;YqDLfUxSEgFu4NCW/fcdUo6RtrciOhCzPs48Pq0fz9awk4qovev4clFzppzwUruh4z9/7D585AwT&#10;OAnGO9Xxi0L+uHn/bj2FVt350RupIiMQh+0UOj6mFNqqQjEqC7jwQTlK9j5aSOTGoZIRJkK3prqr&#10;61U1+ShD9EIhUnQ7J/mm4Pe9Eulb36NKzHScZkvljOU85LParKEdIoRRi+sY8B9TWNCOLr1BbSEB&#10;O0b9D5TVInr0fVoIbyvf91qosgNts6z/2ub7CEGVXYgcDDea8O1gxdfTPjItO94sOXNg6Y2eVQSp&#10;2C8VD9rJoxsY5YioKWBL9U9uH68ehn3MW5/7aFlvdPhEGig80GbsXGi+3GhW58QEBZvmYdU80GuI&#10;l1w1Q2SoEDE9K29ZNjputMsMQAunz5joWip9Kclh53famPKKxrGp46v7JiMDaak3kMi0gbZDN3AG&#10;ZiCRihQLInqjZe7OOHjBJxPZCUgnJC/pJ84MYKJgx3flK03maL94OdetmrouCqKZ5v4y3h+4edYt&#10;4Dh3lFSmkjqMy/eqotHrapngmdJsHby8FKar7NH7l7arVrPAXvtkv/6jNr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBv6PLW3wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGLtBur&#10;bWPMpogiLRiF1h56nGbHJLh/Qnbbxm/viAc9vnmP936TLwZrxJH60Hqn4HqcgCBXed26WsH2/XmU&#10;gggRnUbjHSn4ogCL4vwsx0z7k1vTcRNrwSUuZKigibHLpAxVQxbD2Hfk2PvwvcXIsq+l7vHE5dbI&#10;SZLMpMXW8UKDHT02VH1uDlZBv3zZPe2mr6Zclm+4nczS9dWqVOryYni4BxFpiH9h+MFndCiYae8P&#10;TgdhFIzuOKjgdsofsZ3O5zcg9r8HWeTyP3/xDQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AIQL3ZvbAQAAmQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAG/o8tbfAAAABwEAAA8AAAAAAAAAAAAAAAAANQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+            <v:line w14:anchorId="4749EB33" id="Gerade Verbindung 51" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251688960;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-.45pt,22.5pt" to="438.65pt,22.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqGYeSvgEAAGkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC811ISyCkEyznEcHvo&#10;I0DTD9jwIRHgC1zGsv++S8px0/ZWRAeC3OUOd2ZHm7ujs+ygEprgB361ajlTXgRp/Djwn4/7Dx85&#10;wwxegg1eDfykkN9t37/bzLFX12EKVqrECMRjP8eBTznHvmlQTMoBrkJUnpI6JAeZjmlsZIKZ0J1t&#10;rtt23cwhyZiCUIgU3S1Jvq34WiuRv2uNKjM7cOot1zXV9amszXYD/ZggTkac24D/6MKB8fToBWoH&#10;GdhzMv9AOSNSwKDzSgTXBK2NUJUDsblq/2LzY4KoKhcSB+NFJnw7WPHtcO8fEskwR+wxPqTC4qiT&#10;Y9qa+JlmWnlRp+xYZTtdZFPHzAQFu+523d2SuuIl1ywQBSomzJ9UcKxsBm6NL4ygh8MXzPQsXX25&#10;UsI+7I21dSrWs3ng65uuIAN5Q1vItHVRDhz9yBnYkUwncqqIGKyRpbrg4AnvbWIHoLmTXWSYObOA&#10;mYID39evFtln9zXI5d66a9vqCOppqa/t/YFbet0BTktFTRUPUYX15V1VPXem9lvSsnsK8lSVbsqJ&#10;5lnLzt4rhnl9pv3rP2T7CwAA//8DAFBLAwQUAAYACAAAACEAb+jy1t8AAAAHAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0vDQBDF74LfYRnBi7Qbq21jzKaIIi0YhdYeepxmxyS4f0J228Zv74gHPb55&#10;j/d+ky8Ga8SR+tB6p+B6nIAgV3ndulrB9v15lIIIEZ1G4x0p+KIAi+L8LMdM+5Nb03ETa8ElLmSo&#10;oImxy6QMVUMWw9h35Nj78L3FyLKvpe7xxOXWyEmSzKTF1vFCgx09NlR9bg5WQb982T3tpq+mXJZv&#10;uJ3M0vXVqlTq8mJ4uAcRaYh/YfjBZ3QomGnvD04HYRSM7jio4HbKH7Gdzuc3IPa/B1nk8j9/8Q0A&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAqGYeSvgEAAGkDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBv6PLW3wAAAAcBAAAPAAAAAAAAAAAAAAAA&#10;ABgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAJAUAAAAA&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00864196">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A892B1A" wp14:editId="7C568FAC">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5614035</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-52705</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="504825" cy="434975"/>
           <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
           <wp:wrapNone/>
-          <wp:docPr id="52" name="Grafik 52"/>
+          <wp:docPr id="11" name="Grafik 11"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="47" name="Grafik 47"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="504825" cy="434975"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="28347E82" w14:textId="297C68C1" w:rsidR="00426C26" w:rsidRDefault="00426C26">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00E61826" wp14:editId="24CB7767">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>628650</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>238125</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="9344093" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Gruppieren 3"/>
               <wp:cNvGraphicFramePr/>
@@ -16303,105 +16594,104 @@
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="00E61826" id="Gruppieren 3" o:spid="_x0000_s1036" style="position:absolute;margin-left:49.5pt;margin-top:18.75pt;width:735.75pt;height:34.3pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="93448,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAH1oKGmGBAAAiwoAAA4AAABkcnMvZTJvRG9jLnhtbLRW227jNhB9L9B/&#10;IPTuWLJlyRLiLLLOpQts26C77TstURIRiWRJKnJa9N87Q0q+ZYu2W9RAFN5mOHN45pDX7/ZdS16Y&#10;NlyKTRBdhQFhopAlF/Um+Pnzw2wdEGOpKGkrBdsEr8wE726+/eZ6UDlbyEa2JdMEnAiTD2oTNNaq&#10;fD43RcM6aq6kYgImK6k7aqGr63mp6QDeu3a+CMNkPkhdKi0LZgyM3vnJ4Mb5rypW2B+ryjBL2k0A&#10;sVn31e67w+/85prmtaaq4cUYBv2KKDrKBWx6cHVHLSW95m9cdbzQ0sjKXhWym8uq4gVzOUA2UXiR&#10;zaOWvXK51PlQqwNMAO0FTl/ttvjh5UkTXm6CZUAE7eCIHnWvFGeaCbJEfAZV57DsUatP6kmPA7Xv&#10;Ycr7Snf4H5Ihe4fs6wFZtrekgMFsGcdhBlsUMBcvV0k4Ql80cD5oNouyZBlnATkaF839ifl6mUzm&#10;SbpYY2TzafM5xngIaVDAJXOEy/w3uD41VDF3CgZxGOFKJ7g+Q44Va0uy8GC5RYgUsfv3EjKLHDGM&#10;+iiLZ0OE3DZU1OxWazk0jJYQXeSSwbDBP5oi6CY36GQ3fC9LOBXaW+kcXcB9iluSZvEKfdF8Aj6O&#10;kzhNRuSWq0W8cAsOyNFcaWMfmewINjaBhpJx+9CXj8Z6kKcl6NjIlpcPvG1dR9e7bavJC4XyenC/&#10;8VzOlrWCDMCBFeyNVkKivQuz4xbKv+XdJliH+PPRIy73onRLLOWtb0PQrYBTn7DxKNn9bj8SGNbj&#10;3E6Wr4Cclr7aQZ2g0Uj9W0AGqPRNYH7tqWYBaT8IQD+LgJsgDa4Tr9IFdPTpzO50hooCXG0CGxDf&#10;3FonJz6xWzilijvYjpGMIQMlb64VL3L4G0sZWm+4+feSB1a2x/i9bHb/yEdH9XOvZqA6ilq+4y23&#10;r05B4UgwKPHyxAtkHnaONAf5nlSBVvyZuLqblngDoBAvLshtFNBoIvb58jl2z3bbtVxNjML2mBfA&#10;eqFyX4DGK+idLPqOCeuvBM1aSFEK03Bl4Cxz1u1YCdT+UEYgIXAdWSgopbnwTIdaAarjAWLVONX+&#10;fbG+DcNs8X62XYXbWRym97PbLE5naXifxmG8jrbR9g9kcxTnvWGQPm3vFB9Dh9E3wX9RosfLzIu/&#10;u0R8Lbk6AL5DQE7mphBhCBHCWI3VzBYNNisop58AcF+thwmH9BFcxB0lBS0uRGSdgCYj74/ii1Cg&#10;cq/COEtA7Lxwv1Hef6kfLiQfhGtCTL5m/3e9hptlJDLTtGTkF6Z3XJS9qEmGooPlCrTfivGK8/I7&#10;YUUqQP27ScvHm24WhdFiDZQC1JbLLF2k59qbhXEYLWFjxG460Qn5SVNH2W25wDuG5n8huyea6dU0&#10;Wa7gvAqUswroDs1OAceNqEGY2hoeY4XVzuOZFJtXcxBseEaVcgAZpMbC4EHBMYy27+De8WRMVqMw&#10;A/u8vePkmV9M546axlu4qfEmQMkGIru32HijnAu4l2vkLo47lXT3Obx43D7j6wyfVKd9t/74hrz5&#10;EwAA//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQ&#10;tbMCqqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82Rz&#10;M7hgMOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaU&#10;xndYFQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAEQlbm/gAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FrwkAQhe+F/odlCr3V3VSiNWYjIm1PUqgWircxGZNgdjdk1yT++46nenvDe7z5&#10;XroaTSN66nztrIZookCQzV1R21LDz/7j5Q2ED2gLbJwlDVfysMoeH1JMCjfYb+p3oRRcYn2CGqoQ&#10;2kRKn1dk0E9cS5a9k+sMBj67UhYdDlxuGvmq1EwarC1/qLClTUX5eXcxGj4HHNbT6L3fnk+b62Ef&#10;f/1uI9L6+WlcL0EEGsN/GG74jA4ZMx3dxRZeNBoWC54SNEznMYibH88VqyMrNYtAZqm8n5D9AQAA&#10;//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/&#10;axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTm&#10;ICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM&#10;9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6ja&#10;Hl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZ&#10;QTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzw&#10;DqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjm&#10;Kia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78&#10;qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXP&#10;Vt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfWgoaYYEAACLCgAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADu&#10;BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQBEJW5v4AAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAN8HAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACm&#10;BQAAFAAAAAAAAAAAAAAAAADsCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAA&#10;JQsAAAAA&#10;">
+            <v:group w14:anchorId="00E61826" id="Gruppieren 3" o:spid="_x0000_s1036" style="position:absolute;margin-left:49.5pt;margin-top:18.75pt;width:735.75pt;height:34.3pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="93448,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAL4UKIRgEAACvCQAADgAAAGRycy9lMm9Eb2MueG1stFZtb9s2EP4+YP+B&#10;0PfEsiXLlhC56JImK9BtQdvtO0VREhGK5EjasvvrdyQlv6XFtg4zEIUUece75557xLs3+56jHdWG&#10;SVFG89s4QlQQWTPRltHvnx9v1hEyFosacyloGR2oid5sfvzhblAFXchO8ppqBE6EKQZVRp21qpjN&#10;DOloj82tVFTAYiN1jy1MdTurNR7Ae89nizjOZoPUtdKSUGPg7UNYjDbef9NQYn9rGkMt4mUEsVn/&#10;1P5Zuedsc4eLVmPVMTKGgb8jih4zAYceXT1gi9FWs1eueka0NLKxt0T2M9k0jFCfA2Qzj6+yedJy&#10;q3wubTG06ggTQHuF03e7Jb/unrT6pJ41IDGoFrDwM5fLvtG9+w9Ror2H7HCEjO4tIvAyT9I0zpMI&#10;EVhLk2UWj5iSDoB3ZjfzPEvSPEInY9K9OzNfJ9lknq0Wa1eS2XT47CKkQQFJzAkH899w+NRhRT28&#10;pgAcnjVidRmtIiRwD1T9DDk2lNdo4UJyZ8MmhxSy+58kZDb3FTfqgyQvBgl532HR0rday6GjuIbo&#10;5j6ZM9Pgxzgn1fCLrOEYvLXSO7qC+xy3bJWnS+cLFxPwaZqlq2xELlku0oXfcEQOF0ob+0Rlj9yg&#10;jDT0gj8H7z4YG0CetjjHRnJWPzLO/US31T3XaIehbx79b6zLxTYu0AAcWMLZzkpIZ+/D7JmFvuas&#10;L6N17H4heofLO1H7LRYzHsYQNBdQdQeUwyagZPfV3lckcbZurZL1AZDTMrQxyA4MOqm/RGiAFi4j&#10;8+cWaxoh/l4A+vkcuAk97yfpcrWAiT5fqc5XsCDgqoxshMLw3nqdCIm9hSo1zMN2imQMGSi5uVOM&#10;FPA39iiMXnHz77UMrOzWxR/0sP9HPnqsX7bqBuREYcsqxpk9eGmEkrigxO6ZEYepm5xoDrocaP6k&#10;ccNekO+7aUswAAoxckVuo4BGE7Evt8/c9OK0ijM1McqNx7wA1iv5+go0QRofJNn2VNig9ZpySFEK&#10;0zFloJYF7StaA7Xf13OQEPjOWGgopZmwgW7GampJ50rYADM/QuyB+McFH/QpTpdCYOCkQEf5W2cg&#10;b45CJx2benEZp3kGuhE08JWI/ctW9CGFIPwQYgr0/9+lD0R65ATVuKboD6orJuqtaFE+9SAw6F6M&#10;X4upWwNWqIES/zzJ4vjRuJnH88UaqgOoJUm+WqxCZSbo8jiN5wkc7LDzIvFtBeNMOLnGxTcU7Ex+&#10;gjBlyRLqRZwyNMAcGPYK6GJECz3OW7iwEKu9xwtVMwdz1D64atRyAEXBxsLLoxi6MPi2BwkPGpkt&#10;R42D8IO9/4pd+HVq+4BNFyz8kgNjVD+Qdn9fGcX5UguD8rnN7r0XHP9phFuBdzDeYNy143zu95/u&#10;WZu/AAAA//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEu&#10;d21m7JS/axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJ&#10;BBSNRCTmICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFl&#10;OMhOEXyM9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu&#10;/sifb6jaHl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+Rxop&#10;eBbtNiUZQTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG&#10;1VfhXUzwDqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECd&#10;y3jgrKjmKia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclf&#10;dsZD8v78qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37&#10;byve6xXPVt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJa&#10;Gz8BAAD//wMAUEsDBBQABgAIAAAAIQBEJW5v4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;a8JAEIXvhf6HZQq91d1UojVmIyJtT1KoFoq3MRmTYHY3ZNck/vuOp3p7w3u8+V66Gk0jeup87ayG&#10;aKJAkM1dUdtSw8/+4+UNhA9oC2ycJQ1X8rDKHh9STAo32G/qd6EUXGJ9ghqqENpESp9XZNBPXEuW&#10;vZPrDAY+u1IWHQ5cbhr5qtRMGqwtf6iwpU1F+Xl3MRo+BxzW0+i9355Pm+thH3/9biPS+vlpXC9B&#10;BBrDfxhu+IwOGTMd3cUWXjQaFgueEjRM5zGImx/PFasjKzWLQGapvJ+Q/QEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAE+hrsW6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3&#10;gv8QZm/TuhCRpt2I0K3UDxiSaRtsHiTx0b834EZBcDn3cs9h6vZpZnanELWzAqqiBEZWOqXtKODS&#10;nzZ7YDGhVTg7SwIWitA261V9phlTHsVJ+8gyxUYBU0r+wHmUExmMhfNkczO4YDDlM4zco7ziSHxb&#10;ljsePhnQfDFZpwSETlXA+sVn83+2GwYt6ejkzZBNPxRcm+zOQAwjJQGGlMZ3WBUPMwBvav71WPMC&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhAPHsIfQLAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA8&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAL4UKIRgEAACvCQAADgAAAAAAAAAAAAAAAAA7&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAAAAAAAAAAAA&#10;AAB/BgAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwECLQAUAAYACAAAACEARCVub+AAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAC4CAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAE+hrsW6AAAAIQEA&#10;ABkAAAAAAAAAAAAAAAAAxQkAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8&#10;AQAAtgoAAAAA&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAOeuuIMIA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESP3YrCMBSE7wXfIZwFb0RTZbVut1FWQfHWnwc4Nqc/&#10;bHNSmqytb28WBC+HmfmGSTe9qcWdWldZVjCbRiCIM6srLhRcL/vJCoTzyBpry6TgQQ426+EgxUTb&#10;jk90P/tCBAi7BBWU3jeJlC4ryaCb2oY4eLltDfog20LqFrsAN7WcR9FSGqw4LJTY0K6k7Pf8ZxTk&#10;x268+OpuB3+NT5/LLVbxzT6UGn30P98gPPX+HX61j1pBDP9Xwg2Q6ycAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQA5664gwgAAANoAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" stroked="f">
+              <v:shape id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA5664gwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hnAVvRFNltW63UVZB8dafBzg2pz9sc1KarK1vbxYEL4eZ+YZJN72pxZ1aV1lWMJtGIIgz&#10;qysuFFwv+8kKhPPIGmvLpOBBDjbr4SDFRNuOT3Q/+0IECLsEFZTeN4mULivJoJvahjh4uW0N+iDb&#10;QuoWuwA3tZxH0VIarDgslNjQrqTs9/xnFOTHbrz46m4Hf41Pn8stVvHNPpQaffQ/3yA89f4dfrWP&#10;WkEM/1fCDZDrJwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5664gwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="67AAA725" w14:textId="77777777" w:rsidR="00426C26" w:rsidRPr="00E20335" w:rsidRDefault="00426C26" w:rsidP="00D367D0">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 8" o:spid="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:86435;width:5049;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJX9csW/AAAA2gAAAA8AAABkcnMvZG93bnJldi54bWxET02LwjAQvQv+hzCCN5vsHkS6RtFFQRBd&#10;rHvxNjRjU2wmpclq/ffmIOzx8b7ny9414k5dqD1r+MgUCOLSm5orDb/n7WQGIkRkg41n0vCkAMvF&#10;cDDH3PgHn+hexEqkEA45arAxtrmUobTkMGS+JU7c1XcOY4JdJU2HjxTuGvmp1FQ6rDk1WGzp21J5&#10;K/6chro4HGfPzba065P6KTZR4f5y03o86ldfICL18V/8du+MhrQ1XUk3QC5eAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABIAAAAAAAAAAAAAAAAALgIAAGRycy9waWN0&#10;dXJleG1sLnhtbFBLAQItABQABgAIAAAAIQCV/XLFvwAAANoAAAAPAAAAAAAAAAAAAAAAAJ8CAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD3AAAAiwMAAAAA&#10;">
+              <v:shape id="Grafik 8" o:spid="_x0000_s1038" type="#_x0000_t75" style="position:absolute;left:86435;width:5049;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxqmARwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG+xmU4WpdI0yBi2eROPGro/mrS1rXkoTa91fvxwEjx/f73w32U6MNPjWsYJFkoIgrpxp&#10;uVbweS7mGxA+IBvsHJOCG3nYbZ9mOWbGXflEow61iCHsM1TQhNBnUvqqIYs+cT1x5H7cYDFEONTS&#10;DHiN4baTyzRdSYstx4YGe/poqPrVF6ugPZblopiK9d/35mIO+lXbL6mVenme3t9ABJrCQ3x3742C&#10;uDVeiTdAbv8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMapgEcAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
-              <v:line id="Gerade Verbindung 9" o:spid="_x0000_s1039" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3397" to="89388,3397" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAz3GfucAAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbERPy2rCQBTdF/oPwy10Vye6KDF1lFZq&#10;6Kqgxrq9ZK5JaOZOmJnm8fcdQXB5OO/VZjSt6Mn5xrKC+SwBQVxa3XCloDjuXlIQPiBrbC2Tgok8&#10;bNaPDyvMtB14T/0hVCKGsM9QQR1Cl0npy5oM+pntiCN3sc5giNBVUjscYrhp5SJJXqXBhmNDjR1t&#10;ayp/D38mzvj+yIttzwanvTsXaTn/+cxPSj0/je9vIAKN4S6+ub+0giVcr0Q/yPU/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRycy9j&#10;b25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAM9xn7nAAAAA2gAAAA8AAAAAAAAAAAAAAAAA&#10;oQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACOAwAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+              <v:line id="Gerade Verbindung 9" o:spid="_x0000_s1039" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3397" to="89388,3397" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPcZ+5wAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X+g/DLXRXJ7ooMXWUVmroqqDGur1krklo5k6Ymebx9x1BcHk479VmNK3oyfnGsoL5LAFBXFrd&#10;cKWgOO5eUhA+IGtsLZOCiTxs1o8PK8y0HXhP/SFUIoawz1BBHUKXSenLmgz6me2II3exzmCI0FVS&#10;OxxiuGnlIklepcGGY0ONHW1rKn8PfybO+P7Ii23PBqe9OxdpOf/5zE9KPT+N728gAo3hLr65v7SC&#10;JVyvRD/I9T8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz3GfucAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3754487B" w14:textId="1317DC32" w:rsidR="00426C26" w:rsidRDefault="00AA7FD8" w:rsidP="0061472A">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15672489" wp14:editId="00F50E74">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>828675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>361950</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6219893" cy="466911"/>
               <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="40" name="Gruppieren 40"/>
               <wp:cNvGraphicFramePr/>
@@ -16501,105 +16791,104 @@
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="15672489" id="Gruppieren 40" o:spid="_x0000_s1040" style="position:absolute;margin-left:65.25pt;margin-top:28.5pt;width:489.75pt;height:36.75pt;z-index:251685888;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-2005" coordsize="62203,4681" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAC+dl0SRBAAAnwoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW+kNhD+Xqn/&#10;weL7ZoEFdkEhp9wml550baPetd+9YMAK2K7tDZur+t87Y8Mmu7mqVaquFOLX4ZlnZp7h8t1h6Mkj&#10;04ZLUQbRRRgQJipZc9GWwa9fPiw2ATGWipr2UrAyeGImeHf1/XeXoypYLDvZ10wTMCJMMaoy6KxV&#10;xXJpqo4N1FxIxQRsNlIP1MJUt8ta0xGsD/0yDsNsOUpdKy0rZgys3vjN4MrZbxpW2Z+bxjBL+jIA&#10;bNY9tXvu8Lm8uqRFq6nqeDXBoG9AMVAu4KVHUzfUUrLX/JWpgVdaGtnYi0oOS9k0vGLOB/AmCs+8&#10;udNyr5wvbTG26kgTUHvG05vNVj893mvC6zJIgB5BB4jRnd4rxZlmgsAiMDSqtoCDd1p9Vvd6Wmj9&#10;DJ0+NHrA/+AOOThun47csoMlFSxmcZRv8lVAKthLsiyPIk9+1UGE8NoiyrNVkgcEDiwgtmmymU/c&#10;Ho3E4SqPZiObKHZGljOEJSI9AhsV5JR5ps38N9o+d1QxFw2DbMy0ARpP2xdwtWF9TWLPmTuFhBF7&#10;eC/BwchliFGfZPVgiJDbjoqWXWstx47RGuB5bxA3vACvIvemMGhkN/4oa4gO3VvpDJ2xfkLfJtmk&#10;DgYt5gAkSZass8xzt0rjJE4R55E7Wiht7B2TA8FBGWgoHvci+vjJWH90PoLRNrLn9Qfe926i2922&#10;1+SRQqF9cL/J+smxXpCxDPIU3o23hMT7YJoWA7cgBD0fymAT4s/HHom5FbU7Yinv/RhA9wKwz+R4&#10;muxhd/CpPAdgJ+snoE5LX/egUzDopP4akBFqvgzM73uqWUD6jwLoz6MEq8C6SZKuY5jolzu7lztU&#10;VGCqDGxA/HBrnbB4x64hTA13tCFKj2SCDEl5dal4VcDfVNQwepWd/yx+cMvuEb8X0OFf2Rioftir&#10;BeiPopbveM/tk9NSCAmCEo/3vMLUw8mLRI/nRL/TtOEPJHEJNh/yVyCJeHWW30ZBIs25fXp8idOT&#10;9+16ruacwvHkGRB7pnjfIMer6Y2s9gMT1rcHzXpwUgrTcWUgmgUbdqyG5P5Yo4xAa7JQU0pz4XMd&#10;qgWSHUOIdeMU/I94cx2Gefx+sU3D7SIJ17eL6zxZL9bh7ToJk020jbZ/Yj5HSbE3DNyn/Y3iE3RY&#10;fQX+m3I9NTbfCFxD8dXkKgEyHgC5cp0hwhIyhFiN1cxWHQ4bKKhfgHBfr8cNx/Qzucg7qgreONOR&#10;NI3ycJ2+lmEkBJU8DZM8W08avMrWsZPpt+qIA+ahuCEg89X8/ys3NKOp4TFNa0Z+Y3rHRb0XLUlW&#10;s4RAAWzF1PS8Es+ckQbY/2GW9an3LaIwijeQWtDEohXwdKbCabperzZTG5wjO0dgVtdJgHsusN/Q&#10;4m8E+IV6el3NVikoVoXC1kDaw3BQkOtGtCBRfQsfaJXVzuKJKJsnc5Ru+LSq5QiCSI2FxaOWI4x+&#10;P0AL8kmZpZNEQ9z9fZebJ3bRnRtqOn/DbU09AcUbEtp9n0295VTKvVxiDuO600vX2+EryL1n+mLD&#10;z6yXc3f++bvy6i8AAAD//wMAUEsDBBQABgAIAAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA5&#10;93LPYer2aWZ2pxC1swKqogRGVjql7Sjg0p82e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK&#10;/sB5lBMZjIXzZHMzuGAw5TOM3KO84kh8W5Y7Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8U&#10;XJvszkAMIyUBhpTGd1gVDzMAb2r+9VjzAgAA//8DAFBLAwQUAAYACAAAACEA4DyGEd0AAAALAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92NJVpiNqUU9VQEW0F622anSWh2NmS3&#10;SfrvnYKgt3m8jzfv5cvJtWLAPjSeNCQzBQKp9LahSsPX7u1hASJEQ9a0nlDDBQMsi9ub3GTWj/SJ&#10;wzZWgkMoZEZDHWOXSRnKGp0JM98hsXf0vTORZV9J25uRw10rH5V6ks40xB9q0+G6xvK0PTsN76MZ&#10;V/PkddicjuvLfpd+fG8S1Pr+blq9gIg4xT8YrvW5OhTc6eDPZINoWc9VyqiG9Jk3XYEkUXwdfi1Z&#10;5PL/huIHAAD//wMAUEsDBBQABgAIAAAAIQA8/BrsBwIAAKYFAAAUAAAAZHJzL21lZGlhL2ltYWdl&#10;MS53bWbslL9rFFEQx+ft19OTSAKaa8RCBAWRlEIgYHFYaCWeEgjINaYUC/FHE4WghzHRy6VQQc5C&#10;C4kEFI1EJOYgJBEbSWnlf3BIrtuvWjgzt3uRsKcWlj743Lybfe87783s7OdPHx6J1KNmvIYW9wfR&#10;cWU4yE4RfIz0R56bS7YpCHnJqe3R1fXIZruiXDgc7Nn2EGSH2h+659XrNzoz74Dq5dV+89U60dH2&#10;hy7+yJ9vqNoeXTuYM9V1j2cxG+yDMcP1yGjG3dQtykaIkjP5tTqx0xgiu9V3EL+PYErdb5fGyT5H&#10;Gil4Fu02JRlBMzbO4ntcAlhCT0K/2n6ewT5nGIdojGCAZRx1RnGMF3HSuYXzNCZxgVVccmq4xhrG&#10;EsbVV+FdTPAOppwKqhzHNMdQ41XN4gmnof/bVLDEe3jP+1hkHe+cp1jgLOb5Ai85jznnLZ5xEU/Y&#10;QJ3LeOCsqOYqJrmGm8r1hMtc0fMZyxjlEs45CzhNYw5F5yGO0JjGAU5hrzOhubiN3oS82rzelXE1&#10;yV92xkPy/vyp8rNe+f/VsIr8i2q0uyTNusjjoVOdfmv3vHVjds02u6RP91iX5KSIMov61hYcm5eZ&#10;vftvK97rFc9W3nr6L0PHM06/ebqC9k1Be6bo2HyGWzW+3hjsaKQ3FPlVo6X7jVXdb7Rcw759pmX5&#10;globPwEAAP//AwBQSwECLQAUAAYACAAAACEAv1ec5QwBAAAVAgAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAD0BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvnZdEkQQAAJ8KAAAOAAAAAAAAAAAA&#10;AAAAADwCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZAAAAAAAA&#10;AAAAAAAAAPkGAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAOA8hhHd&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAA6gcAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQA8&#10;/BrsBwIAAKYFAAAUAAAAAAAAAAAAAAAAAPQIAABkcnMvbWVkaWEvaW1hZ2UxLndtZlBLBQYAAAAA&#10;BgAGAHwBAAAtCwAAAAA=&#10;">
+            <v:group w14:anchorId="15672489" id="Gruppieren 40" o:spid="_x0000_s1040" style="position:absolute;margin-left:65.25pt;margin-top:28.5pt;width:489.75pt;height:36.75pt;z-index:251685888;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-2005" coordsize="62203,4681" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAWZxRTR0EAADBCQAADgAAAGRycy9lMm9Eb2MueG1stFZRb9s2EH4fsP9A&#10;6N2RJUuyLcQuuqTxCnRr0HZ7pyhKIkKRHElH9n79jqTk2M6KDRlmIAopHk/ffXf3kbfvDj1Hz1Qb&#10;JsUmSm7mEaKCyJqJdhP99u1htoqQsVjUmEtBN9GRmujd9scfbgdV0lR2ktdUI3AiTDmoTdRZq8o4&#10;NqSjPTY3UlEBi43UPbYw1W1cazyA957H6XxexIPUtdKSUGPg7X1YjLbef9NQYj83jaEW8U0E2Kx/&#10;av+s3DPe3uKy1Vh1jIww8BtQ9JgJ+OjJ1T22GO01e+WqZ0RLIxt7Q2Qfy6ZhhPoYIJpkfhXNTsu9&#10;8rG05dCqE01A7RVPb3ZLfn3eafVVPWpgYlAtcOFnLpZDo3v3H1Cig6fseKKMHiwi8LJIk/VqvYgQ&#10;gbWsKNZJEjglHRDvts2SdbHI1hECgxmkLM9Wk8WHk5N0vlgnk5NVknon8QQhvgA2KCgV88KG+W9s&#10;fO2wop5kUwIbjxqxGkIBNAL3ULHfINSG8hqlDrb7OFg5wpA9/CQhwMQn3qhPkjwZJORdh0VL32st&#10;h47iGuCFaM62Bj/GOamGX2QNn8F7K72jK9Yv6Ftlq9zDwOWUgCwrsmVRBO4WeZqlucN54g6XShu7&#10;o7JHbrCJNPSE/xB+/mRsMJ1MXLaN5Kx+YJz7iW6rO67RM4b+efC/0fuFGRdo2ETrHL7tdgnp9oNr&#10;XPbMQn9z1m+i1dz9Qu4dMR9E7U0sZjyMATQXgN0x5cgJNNlDdQg5mRJQyfoI1GkZ2hnkBwad1H9G&#10;aIBW3kTmjz3WNEL8owD610mWud73kyxfpjDR5yvV+QoWBFxtIhuhMLyzXi9CYO8hTQ3ztDmUAckI&#10;GYpye6sYKeFv7FUYvarOf9Y02GX3Dn/Qxf5f+eixftqrGciKwpZVjDN79BIJKXGgxPMjI45TNzkr&#10;9HQq9J3GDXtCmS+wyShsgSJi5Kq+jYJCmmr70jx204vvVZypqabceIwMiL0Ssr8hJ4jkvST7ngob&#10;VF9TDkFKYTqmDGSzpH1Fayjuj7WTEThxLPSU0kzYUHDGampJ55LYQG1+Aeyh9E8LHvQLThdCqMFJ&#10;hU5CmOfJer7MXyva1JP5PFsXy1HOFsUy9Yr31pb0wAIUPwRkoTH+fxEEXQ8iuKMa1xT9TnXFRL0X&#10;LcoWUzdCLd2J8fyY+jZwhhpI9c+TQo7HyCyZJ+kKsgTnQbIAnq4ELc+Xy8VqPFG8XHyfOM6Ek25c&#10;fkfLzoQoSFSxyKH5idOIBioIhr2CsjGihW7nLVxhiNXe44W+maM5qSBcPmo5gLZgY+HlSRYdDL7v&#10;Qc2DWhb5qHYAP+z3qnzh1+nuPTZd2OGXHKujDoLI+xvMKNOXqhiUxxm79156/DEJ9wTvYLzTuIvI&#10;+dzbv9y8tn8BAAD//wMAUEsDBBQABgAIAAAAIQA8/BrsBwIAAKYFAAAUAAAAZHJzL21lZGlhL2lt&#10;YWdlMS53bWbslL9rFFEQx+ft19OTSAKaa8RCBAWRlEIgYHFYaCWeEgjINaYUC/FHE4WghzHRy6VQ&#10;Qc5CC4kEFI1EJOYgJBEbSWnlf3BIrtuvWjgzt3uRsKcWlj743Lybfe87783s7OdPHx6J1KNmvIYW&#10;9wfRcWU4yE4RfIz0R56bS7YpCHnJqe3R1fXIZruiXDgc7Nn2EGSH2h+659XrNzoz74Dq5dV+89U6&#10;0dH2hy7+yJ9vqNoeXTuYM9V1j2cxG+yDMcP1yGjG3dQtykaIkjP5tTqx0xgiu9V3EL+PYErdb5fG&#10;yT5HGil4Fu02JRlBMzbO4ntcAlhCT0K/2n6ewT5nGIdojGCAZRx1RnGMF3HSuYXzNCZxgVVccmq4&#10;xhrGEsbVV+FdTPAOppwKqhzHNMdQ41XN4gmnof/bVLDEe3jP+1hkHe+cp1jgLOb5Ai85jznnLZ5x&#10;EU/YQJ3LeOCsqOYqJrmGm8r1hMtc0fMZyxjlEs45CzhNYw5F5yGO0JjGAU5hrzOhubiN3oS82rze&#10;lXE1yV92xkPy/vyp8rNe+f/VsIr8i2q0uyTNusjjoVOdfmv3vHVjds02u6RP91iX5KSIMov61hYc&#10;m5eZvftvK97rFc9W3nr6L0PHM06/ebqC9k1Be6bo2HyGWzW+3hjsaKQ3FPlVo6X7jVXdb7Rcw759&#10;pmX5globPwEAAP//AwBQSwMEFAAGAAgAAAAhAOA8hhHdAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AQhe+C/2EZwZvdjSVaYjalFPVUBFtBettmp0lodjZkt0n6752CoLd5vI837+XLybVi&#10;wD40njQkMwUCqfS2oUrD1+7tYQEiREPWtJ5QwwUDLIvbm9xk1o/0icM2VoJDKGRGQx1jl0kZyhqd&#10;CTPfIbF39L0zkWVfSdubkcNdKx+VepLONMQfatPhusbytD07De+jGVfz5HXYnI7ry36XfnxvEtT6&#10;/m5avYCIOMU/GK71uToU3Ongz2SDaFnPVcqohvSZN12BJFF8HX4tWeTy/4biBwAA//8DAFBLAwQU&#10;AAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj8sKwjAQ&#10;RfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQtbMCqqIERlY6pe0o&#10;4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82RzM7hgMOUzjNyjvOJI&#10;fFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaUxndYFQ8zAG9q/vVY&#10;8wIAAP//AwBQSwECLQAUAAYACAAAACEA8ewh9AsBAAAVAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;ADwBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBZnFFNHQQAAMEJAAAOAAAAAAAAAAAAAAAA&#10;ADsCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA8/BrsBwIAAKYFAAAUAAAAAAAAAAAA&#10;AAAAAIQGAABkcnMvbWVkaWEvaW1hZ2UxLndtZlBLAQItABQABgAIAAAAIQDgPIYR3QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAL0IAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAh&#10;AQAAGQAAAAAAAAAAAAAAAADHCQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAG&#10;AHwBAAC4CgAAAAA=&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:-1963;top:-848;width:44647;height:3523;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA8Z5x+8QA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPzWrDMBCE74W8g9hALyWWU9z8OJFNWmjJNT8PsLY2&#10;tom1MpYa229fFQo9DjPzDbPPR9OKB/WusaxgGcUgiEurG64UXC+fiw0I55E1tpZJwUQO8mz2tMdU&#10;24FP9Dj7SgQIuxQV1N53qZSurMmgi2xHHLyb7Q36IPtK6h6HADetfI3jlTTYcFiosaOPmsr7+dso&#10;uB2Hl7ftUHz56/qUrN6xWRd2Uup5Ph52IDyN/j/81z5qBckSfr+EHyCzHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAPGecfvEAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" stroked="f">
+              <v:shape id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:-1963;top:-848;width:44647;height:3523;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxnnH7xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAvJZZT3Pw4kU1aaMk1Pw+wtja2ibUylhrbb18VCj0OM/MNs89H04oH9a6xrGAZxSCI&#10;S6sbrhRcL5+LDQjnkTW2lknBRA7ybPa0x1TbgU/0OPtKBAi7FBXU3neplK6syaCLbEccvJvtDfog&#10;+0rqHocAN618jeOVNNhwWKixo4+ayvv52yi4HYeXt+1QfPnr+pSs3rFZF3ZS6nk+HnYgPI3+P/zX&#10;PmoFyRJ+v4QfILMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPGecfvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="78453BE6" w14:textId="77777777" w:rsidR="00AA7FD8" w:rsidRPr="00E20335" w:rsidRDefault="00AA7FD8" w:rsidP="00AA7FD8">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 42" o:spid="_x0000_s1042" type="#_x0000_t75" style="position:absolute;left:55190;top:-2005;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AOGqGnTDAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxEj0FrAjEUhO8F/0N4Qm81qZQiq1GsKBSK&#10;ym578fbYPDeLm5dlE3X996YgeBxm5htmtuhdIy7UhdqzhveRAkFcelNzpeHvd/M2AREissHGM2m4&#10;UYDFfPAyw8z4K+d0KWIlEoRDhhpsjG0mZSgtOQwj3xIn7+g7hzHJrpKmw2uCu0aOlfqUDmtOCxZb&#10;WlkqT8XZaaiL7W5yW29K+5WrfbGOCn8OJ61fh/1yCiJSH5/hR/vbaPgYw/+X9APk/A4AAP//AwBQ&#10;SwECLQAUAAYACAAAACEABKs5XgABAADmAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQAIwxik1AAAAJMBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAASAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;cGljdHVyZXhtbC54bWxQSwECLQAUAAYACAAAACEA4aoadMMAAADbAAAADwAAAAAAAAAAAAAAAACf&#10;AgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9wAAAI8DAAAAAA==&#10;">
+              <v:shape id="Grafik 42" o:spid="_x0000_s1042" type="#_x0000_t75" style="position:absolute;left:55190;top:-2005;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBH33WlwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2pqmy/qEaZVmo7Ek0Kl4fzbMt27yUJmp3P70RBI/DzPyGWaw6W4srtb5yrGA4SEAQ&#10;585UXCg47LP+DIQPyAZrx6Tgjzyslm+9BabG3XhHVx0KESHsU1RQhtCkUvq8JIt+4Bri6J1dazFE&#10;2RbStHiLcFvLUZJMpMWK40KJDX2XlP/qi1VQbdfrYdZl0//T7GI2eqztUWqlPt67rzmIQF14hZ/t&#10;H6PgcwSPL/EHyOUdAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAR991pcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
-              <v:line id="Gerade Verbindung 43" o:spid="_x0000_s1043" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,1396" to="54761,1396" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAbWrrucMAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBCF70L/wzIFb7qxSpHoKq2o&#10;eBK0qV6H7JiEZmfD7hrjv3eFgsfHm/e9efNlZ2rRkvOVZQWjYQKCOLe64kJB9rMZTEH4gKyxtkwK&#10;7uRhuXjrzTHV9sYHao+hEBHCPkUFZQhNKqXPSzLoh7Yhjt7FOoMhSldI7fAW4aaWH0nyKQ1WHBtK&#10;bGhVUv53vJr4xv57m61aNng/uHM2zUen9fZXqf579zUDEagLr+P/9E4rmIzhuSUCQC4eAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAG1q67nDAAAA2wAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+              <v:line id="Gerade Verbindung 43" o:spid="_x0000_s1043" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,1396" to="54761,1396" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBtauu5wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvQv/DMgVvurFKkegqrah4ErSpXofsmIRmZ8PuGuO/d4WCx8eb971582VnatGS85VlBaNhAoI4&#10;t7riQkH2sxlMQfiArLG2TAru5GG5eOvNMdX2xgdqj6EQEcI+RQVlCE0qpc9LMuiHtiGO3sU6gyFK&#10;V0jt8BbhppYfSfIpDVYcG0psaFVS/ne8mvjG/nubrVo2eD+4czbNR6f19lep/nv3NQMRqAuv4//0&#10;TiuYjOG5JQJALh4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbWrrucMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B254A5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33CED1BE"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17809,389 +18098,415 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1212688295">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="451676783">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="367267676">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="213927835">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="134492420">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1499538730">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1859851398">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="48384478">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="299656242">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1886674966">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="256907468">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1093477953">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1249995406">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1149787145">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="2093508733">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1860317491">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="2058044840">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
+    <w:rsid w:val="00002417"/>
     <w:rsid w:val="00011CCF"/>
     <w:rsid w:val="000401D2"/>
     <w:rsid w:val="00050284"/>
     <w:rsid w:val="00050593"/>
     <w:rsid w:val="00060339"/>
     <w:rsid w:val="0007183A"/>
     <w:rsid w:val="00083036"/>
     <w:rsid w:val="0009651F"/>
     <w:rsid w:val="000A0F0F"/>
+    <w:rsid w:val="000B3559"/>
     <w:rsid w:val="000B527B"/>
     <w:rsid w:val="000C56A2"/>
     <w:rsid w:val="000F3458"/>
     <w:rsid w:val="001053F7"/>
     <w:rsid w:val="00116EEF"/>
     <w:rsid w:val="00126F1A"/>
     <w:rsid w:val="001430BD"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="00152A7F"/>
     <w:rsid w:val="00153FD2"/>
     <w:rsid w:val="001626F3"/>
     <w:rsid w:val="001634A6"/>
     <w:rsid w:val="00176388"/>
     <w:rsid w:val="001854B1"/>
     <w:rsid w:val="001B3832"/>
     <w:rsid w:val="001B66CC"/>
     <w:rsid w:val="001C62B1"/>
+    <w:rsid w:val="001D1268"/>
     <w:rsid w:val="001F2C2B"/>
     <w:rsid w:val="001F6F64"/>
     <w:rsid w:val="002008CE"/>
     <w:rsid w:val="002157AA"/>
+    <w:rsid w:val="00220127"/>
     <w:rsid w:val="00225685"/>
     <w:rsid w:val="0025197D"/>
     <w:rsid w:val="00262570"/>
     <w:rsid w:val="00264D90"/>
     <w:rsid w:val="002B78D1"/>
     <w:rsid w:val="002B7B3E"/>
     <w:rsid w:val="002C1F5A"/>
     <w:rsid w:val="002C2048"/>
     <w:rsid w:val="002C47FA"/>
     <w:rsid w:val="002C4FB3"/>
     <w:rsid w:val="002E58D8"/>
     <w:rsid w:val="002E6713"/>
     <w:rsid w:val="002F62D8"/>
     <w:rsid w:val="0030292F"/>
     <w:rsid w:val="00316CB3"/>
     <w:rsid w:val="00332455"/>
+    <w:rsid w:val="00351238"/>
     <w:rsid w:val="00351B57"/>
     <w:rsid w:val="00363221"/>
     <w:rsid w:val="00387660"/>
     <w:rsid w:val="00390322"/>
     <w:rsid w:val="00390873"/>
     <w:rsid w:val="0039185B"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="003B1347"/>
     <w:rsid w:val="003C0050"/>
     <w:rsid w:val="003C17D7"/>
     <w:rsid w:val="003C1A1C"/>
     <w:rsid w:val="003D3B87"/>
     <w:rsid w:val="003D7836"/>
     <w:rsid w:val="003E4C89"/>
     <w:rsid w:val="00406027"/>
     <w:rsid w:val="00426C26"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="00437E62"/>
     <w:rsid w:val="004419C3"/>
     <w:rsid w:val="004501A7"/>
+    <w:rsid w:val="0045519E"/>
     <w:rsid w:val="00463340"/>
     <w:rsid w:val="00463BEE"/>
     <w:rsid w:val="00465762"/>
     <w:rsid w:val="0048116A"/>
     <w:rsid w:val="004824B0"/>
     <w:rsid w:val="004C7FE4"/>
     <w:rsid w:val="004D04AE"/>
     <w:rsid w:val="004D6D7B"/>
     <w:rsid w:val="00522D56"/>
     <w:rsid w:val="005241C2"/>
     <w:rsid w:val="0054465A"/>
     <w:rsid w:val="00550B82"/>
+    <w:rsid w:val="005530B9"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="005811A5"/>
     <w:rsid w:val="005B1529"/>
     <w:rsid w:val="005B26D9"/>
     <w:rsid w:val="005D23F4"/>
     <w:rsid w:val="00610809"/>
     <w:rsid w:val="0061472A"/>
     <w:rsid w:val="00615852"/>
     <w:rsid w:val="00625893"/>
     <w:rsid w:val="00627B50"/>
+    <w:rsid w:val="0063471B"/>
     <w:rsid w:val="00650A55"/>
+    <w:rsid w:val="00661C81"/>
     <w:rsid w:val="00663BD3"/>
     <w:rsid w:val="00664ACC"/>
     <w:rsid w:val="00697BF6"/>
     <w:rsid w:val="006A601F"/>
     <w:rsid w:val="006B089C"/>
     <w:rsid w:val="006B2C83"/>
     <w:rsid w:val="006B4719"/>
     <w:rsid w:val="006C5058"/>
     <w:rsid w:val="006C53D2"/>
     <w:rsid w:val="006D5662"/>
     <w:rsid w:val="006F30F7"/>
     <w:rsid w:val="006F7591"/>
     <w:rsid w:val="00731545"/>
     <w:rsid w:val="0073179E"/>
+    <w:rsid w:val="00734C69"/>
     <w:rsid w:val="007428CB"/>
     <w:rsid w:val="00750A4D"/>
     <w:rsid w:val="00765640"/>
     <w:rsid w:val="007949C8"/>
     <w:rsid w:val="007A3687"/>
     <w:rsid w:val="007B2284"/>
+    <w:rsid w:val="007B66FA"/>
     <w:rsid w:val="007B7EE8"/>
     <w:rsid w:val="007D7915"/>
     <w:rsid w:val="007D79A2"/>
     <w:rsid w:val="007D7A78"/>
     <w:rsid w:val="007F2995"/>
     <w:rsid w:val="00820A55"/>
     <w:rsid w:val="008237BC"/>
     <w:rsid w:val="00846E8B"/>
     <w:rsid w:val="00854D3D"/>
     <w:rsid w:val="008608F6"/>
     <w:rsid w:val="00864196"/>
+    <w:rsid w:val="008808CF"/>
     <w:rsid w:val="00883384"/>
     <w:rsid w:val="00890ADB"/>
     <w:rsid w:val="008B69FF"/>
     <w:rsid w:val="008D02F6"/>
     <w:rsid w:val="008E64BB"/>
     <w:rsid w:val="008E7077"/>
     <w:rsid w:val="008F14A6"/>
+    <w:rsid w:val="0090243E"/>
     <w:rsid w:val="00902996"/>
+    <w:rsid w:val="00927220"/>
     <w:rsid w:val="00932598"/>
     <w:rsid w:val="00940266"/>
+    <w:rsid w:val="00973AE2"/>
     <w:rsid w:val="0098731D"/>
     <w:rsid w:val="00993F83"/>
     <w:rsid w:val="009A4430"/>
     <w:rsid w:val="009A5D2A"/>
     <w:rsid w:val="009C5042"/>
     <w:rsid w:val="009D19CB"/>
     <w:rsid w:val="009D427C"/>
     <w:rsid w:val="009D7CBB"/>
     <w:rsid w:val="009E3CCF"/>
     <w:rsid w:val="00A005DC"/>
     <w:rsid w:val="00A22FB0"/>
     <w:rsid w:val="00A25233"/>
     <w:rsid w:val="00A37C29"/>
     <w:rsid w:val="00A512BE"/>
     <w:rsid w:val="00A72902"/>
     <w:rsid w:val="00A75B96"/>
+    <w:rsid w:val="00A80D76"/>
     <w:rsid w:val="00A83C1E"/>
     <w:rsid w:val="00A94DB3"/>
     <w:rsid w:val="00AA3194"/>
     <w:rsid w:val="00AA7FD8"/>
     <w:rsid w:val="00AC45CB"/>
     <w:rsid w:val="00AC4C66"/>
     <w:rsid w:val="00AD438E"/>
     <w:rsid w:val="00AD7521"/>
     <w:rsid w:val="00AE1D2E"/>
     <w:rsid w:val="00AE6409"/>
     <w:rsid w:val="00B1312D"/>
     <w:rsid w:val="00B3685C"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B47C92"/>
     <w:rsid w:val="00B579FE"/>
     <w:rsid w:val="00B65B25"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00B87928"/>
     <w:rsid w:val="00BA71B0"/>
     <w:rsid w:val="00BC0D32"/>
     <w:rsid w:val="00BC5358"/>
     <w:rsid w:val="00BC56D9"/>
     <w:rsid w:val="00BC7336"/>
+    <w:rsid w:val="00BC73DA"/>
     <w:rsid w:val="00BF4A20"/>
     <w:rsid w:val="00BF550E"/>
     <w:rsid w:val="00C016EF"/>
     <w:rsid w:val="00C031EC"/>
     <w:rsid w:val="00C152AF"/>
     <w:rsid w:val="00C33FFC"/>
+    <w:rsid w:val="00C403C9"/>
     <w:rsid w:val="00C5689B"/>
+    <w:rsid w:val="00C83D59"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00CA1C11"/>
     <w:rsid w:val="00CA47F6"/>
     <w:rsid w:val="00CA57CE"/>
+    <w:rsid w:val="00CB0B51"/>
+    <w:rsid w:val="00CF1043"/>
     <w:rsid w:val="00D10879"/>
     <w:rsid w:val="00D367D0"/>
     <w:rsid w:val="00D56D40"/>
     <w:rsid w:val="00DA199B"/>
     <w:rsid w:val="00DB2DDC"/>
     <w:rsid w:val="00DB6707"/>
     <w:rsid w:val="00DD65AD"/>
     <w:rsid w:val="00E03567"/>
     <w:rsid w:val="00E26113"/>
     <w:rsid w:val="00E26E89"/>
     <w:rsid w:val="00E34678"/>
     <w:rsid w:val="00E37A85"/>
     <w:rsid w:val="00E5073B"/>
     <w:rsid w:val="00E75903"/>
     <w:rsid w:val="00E82FBD"/>
     <w:rsid w:val="00E96C91"/>
     <w:rsid w:val="00EB6A98"/>
+    <w:rsid w:val="00EC28AD"/>
     <w:rsid w:val="00EC639B"/>
     <w:rsid w:val="00ED22EF"/>
     <w:rsid w:val="00EE0673"/>
     <w:rsid w:val="00EF33AD"/>
     <w:rsid w:val="00F03AD5"/>
     <w:rsid w:val="00F2596E"/>
     <w:rsid w:val="00F37382"/>
     <w:rsid w:val="00F373F8"/>
     <w:rsid w:val="00F74643"/>
     <w:rsid w:val="00F74E97"/>
     <w:rsid w:val="00F83EFF"/>
     <w:rsid w:val="00F970A8"/>
     <w:rsid w:val="00FA225C"/>
     <w:rsid w:val="00FB2121"/>
     <w:rsid w:val="00FC3EC6"/>
+    <w:rsid w:val="00FD7BE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="23FF1B2E"/>
-  <w15:docId w15:val="{C3D8A35C-69EE-4C09-916F-99734A6E0DD6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18519,50 +18834,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -18900,51 +19220,51 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NL-Kopfzeilen-Titel">
     <w:name w:val="NL-Kopfzeilen-Titel"/>
     <w:link w:val="NL-Kopfzeilen-TitelZchn"/>
     <w:rsid w:val="00D367D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Univers 47 CondensedLight" w:eastAsia="Times New Roman" w:hAnsi="Univers 47 CondensedLight" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="st">
     <w:name w:val="st"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="007A3687"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="164714252">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="937061498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18962,70 +19282,70 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2016027427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
+</file>
+
+<file path=word/_rels/header6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
+</file>
+
+<file path=word/_rels/header7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -19250,263 +19570,82 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...127 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24A6CA2B-FF92-4373-905F-1FF1099DDC2F}">
-[...31 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EC1D931-4F2A-4A1E-A830-EB418E673FD2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B946CA8E-3C43-4BEF-B858-6DF7B5FB9D3D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>6955</Characters>
+  <Pages>6</Pages>
+  <Words>1097</Words>
+  <Characters>7036</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>370</Lines>
+  <Paragraphs>159</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>WKA-LF03-LK01-Bestellung planen und buchen-L</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8042</CharactersWithSpaces>
+  <CharactersWithSpaces>7974</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title>WKA-LF03-LK01-Bestellung planen und buchen-S</dc:title>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>