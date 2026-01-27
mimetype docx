--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -1,62 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="555CFBEA" w14:textId="77777777" w:rsidR="00CC4364" w:rsidRPr="002068F5" w:rsidRDefault="00CC4364" w:rsidP="00CC4364">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219110948"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002068F5">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D4B629" w14:textId="77777777" w:rsidR="00CC4364" w:rsidRDefault="00CC4364"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1704"/>
         <w:gridCol w:w="3727"/>
         <w:gridCol w:w="1831"/>
         <w:gridCol w:w="2371"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D427C" w14:paraId="23FF1B2F" w14:textId="77777777" w:rsidTr="00B97CB9">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9633" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="23FF1B2E" w14:textId="77777777" w:rsidR="009D427C" w:rsidRPr="009D427C" w:rsidRDefault="00083036" w:rsidP="00083036">
             <w:pPr>
@@ -357,52 +373,50 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23FF1B3E" w14:textId="77777777" w:rsidR="009D427C" w:rsidRDefault="009D427C" w:rsidP="00083036">
             <w:pPr>
               <w:pStyle w:val="Beschriftung"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23FF1B40" w14:textId="77777777" w:rsidR="00BC0D32" w:rsidRDefault="00BC0D32" w:rsidP="00BC0D32">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
       </w:pPr>
       <w:r w:rsidRPr="00E03288">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Unternehmensprofil</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="0F879EE0" w14:textId="22B053A5" w:rsidR="009E6007" w:rsidRDefault="005416CA" w:rsidP="005416CA">
       <w:pPr>
         <w:pStyle w:val="TextSituation"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BE780E">
         <w:t>Klasape</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> GmbH ist ein freier Händler mit Sitz in </w:t>
       </w:r>
       <w:r w:rsidR="00BE780E">
         <w:t>Staufen</w:t>
       </w:r>
       <w:r w:rsidR="009E6007">
         <w:t>. Sie sind eine</w:t>
       </w:r>
       <w:r w:rsidR="00AB4C7A">
         <w:t xml:space="preserve"> bzw. </w:t>
       </w:r>
@@ -742,307 +756,415 @@
       </w:r>
       <w:r w:rsidR="001B1F40">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE3C7B1" w14:textId="77777777" w:rsidR="00C328A4" w:rsidRPr="00880F44" w:rsidRDefault="00C328A4" w:rsidP="00D85F33">
       <w:pPr>
         <w:pStyle w:val="TextDatenkranz"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40335D35" w14:textId="78523494" w:rsidR="00C328A4" w:rsidRDefault="00C328A4" w:rsidP="0019118A">
       <w:pPr>
         <w:pStyle w:val="TextDatenkranz"/>
         <w:ind w:left="1560" w:hanging="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hinweis: </w:t>
       </w:r>
       <w:r w:rsidR="002371EE">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Sollten Sie in Aufgabe 1.1 zu keinem Ergebnis gekommen sein, verwenden Sie für die weitere Berechnung einen Kalkulationsfaktor von 1,6.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29542035" w14:textId="3CD51532" w:rsidR="00231B4E" w:rsidRDefault="00231B4E" w:rsidP="00C16454">
+    <w:p w14:paraId="29542035" w14:textId="3CD51532" w:rsidR="00231B4E" w:rsidRPr="00CC4364" w:rsidRDefault="00231B4E" w:rsidP="00C16454">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4E94AE" w14:textId="36134B86" w:rsidR="00C328A4" w:rsidRDefault="00B97CB9" w:rsidP="0079230C">
+    <w:p w14:paraId="5F4E94AE" w14:textId="36134B86" w:rsidR="00C328A4" w:rsidRPr="00CC4364" w:rsidRDefault="00B97CB9" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00197607">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D452F8B" w14:textId="12650285" w:rsidR="00B97CB9" w:rsidRPr="00C328A4" w:rsidRDefault="00C328A4" w:rsidP="00C328A4">
+    <w:p w14:paraId="1D452F8B" w14:textId="12650285" w:rsidR="00B97CB9" w:rsidRPr="00CC4364" w:rsidRDefault="00C328A4" w:rsidP="00C328A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C328A4">
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>1.1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64AAB877" w14:textId="74CA7DD4" w:rsidR="00B97CB9" w:rsidRDefault="00AB2A91" w:rsidP="0079230C">
+    <w:p w14:paraId="64AAB877" w14:textId="74CA7DD4" w:rsidR="00B97CB9" w:rsidRPr="00CC4364" w:rsidRDefault="00374214" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="53F282D4">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1052" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:2.9pt;margin-top:5.75pt;width:225.8pt;height:304.95pt;z-index:251686912;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" wrapcoords="-67 0 -67 21500 21600 21500 21600 0 -67 0" o:allowoverlap="f">
-            <v:imagedata r:id="rId11" o:title=""/>
+            <v:imagedata r:id="rId8" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="margin"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1052" DrawAspect="Content" ObjectID="_1625319015" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1052" DrawAspect="Content" ObjectID="_1829729136" r:id="rId9"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F328B9" w14:textId="333AAAE4" w:rsidR="00086736" w:rsidRDefault="00C328A4" w:rsidP="0079230C">
+    <w:p w14:paraId="64F328B9" w14:textId="333AAAE4" w:rsidR="00086736" w:rsidRPr="00CC4364" w:rsidRDefault="00C328A4" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBAB3C9" w14:textId="77777777" w:rsidR="001E732B" w:rsidRDefault="001E732B" w:rsidP="0079230C">
+    <w:p w14:paraId="6CBAB3C9" w14:textId="77777777" w:rsidR="001E732B" w:rsidRPr="00CC4364" w:rsidRDefault="001E732B" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="36A832B0" w14:textId="5A7FAE29" w:rsidR="0079230C" w:rsidRDefault="00B97CB9" w:rsidP="0079230C">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A832B0" w14:textId="5A7FAE29" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="00B97CB9" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00717530">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Eiskratzer: 6,56 EUR </w:t>
       </w:r>
-      <w:r w:rsidR="00806230">
+      <w:r w:rsidR="00806230" w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717530">
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 1,5796 = 10,36 EUR </w:t>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Nettoverkaufspreis muss erhöht werden</w:t>
       </w:r>
-      <w:r w:rsidR="006E531D">
+      <w:r w:rsidR="006E531D" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0473A498" w14:textId="6F493F39" w:rsidR="00B97CB9" w:rsidRDefault="00B97CB9" w:rsidP="0079230C">
+    <w:p w14:paraId="0473A498" w14:textId="6F493F39" w:rsidR="00B97CB9" w:rsidRPr="00CC4364" w:rsidRDefault="00B97CB9" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00717530">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Frostschutzmittel: 12,47 EUR </w:t>
       </w:r>
-      <w:r w:rsidR="00030860">
+      <w:r w:rsidR="00030860" w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717530">
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 1,5796 = 19,70 EUR </w:t>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Nettoverkaufspreis muss erhöht werden</w:t>
       </w:r>
-      <w:r w:rsidR="006E531D">
+      <w:r w:rsidR="006E531D" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="769BAA9B" w14:textId="4CECED26" w:rsidR="001E732B" w:rsidRDefault="001E732B" w:rsidP="0079230C">
+    <w:p w14:paraId="769BAA9B" w14:textId="4CECED26" w:rsidR="001E732B" w:rsidRPr="00CC4364" w:rsidRDefault="001E732B" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3852B9ED" w14:textId="19AFEC98" w:rsidR="001E732B" w:rsidRDefault="001E732B" w:rsidP="0079230C">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3852B9ED" w14:textId="19AFEC98" w:rsidR="001E732B" w:rsidRPr="00CC4364" w:rsidRDefault="001E732B" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alternativlösung: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF5C024" w14:textId="680B4FDC" w:rsidR="001E732B" w:rsidRDefault="001E732B" w:rsidP="001E732B">
+    <w:p w14:paraId="5DF5C024" w14:textId="680B4FDC" w:rsidR="001E732B" w:rsidRPr="00CC4364" w:rsidRDefault="001E732B" w:rsidP="001E732B">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00717530">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Eiskratzer: 6,56 EUR </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717530">
-[...8 lines deleted...]
-      <w:r w:rsidR="00FC07DF">
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,6 = 10,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC07DF" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717530">
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> EUR </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Nettoverkaufspreis muss erhöht werden</w:t>
       </w:r>
-      <w:r w:rsidR="006E531D">
+      <w:r w:rsidR="006E531D" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D914CC" w14:textId="1503A92E" w:rsidR="001E732B" w:rsidRDefault="001E732B" w:rsidP="001E732B">
+    <w:p w14:paraId="37D914CC" w14:textId="1503A92E" w:rsidR="001E732B" w:rsidRPr="00CC4364" w:rsidRDefault="001E732B" w:rsidP="001E732B">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00717530">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Frostschutzmittel: 12,47 EUR </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717530">
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 1,6 = 19,</w:t>
       </w:r>
-      <w:r w:rsidR="003B4606">
+      <w:r w:rsidR="003B4606" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>95</w:t>
       </w:r>
-      <w:r w:rsidRPr="00717530">
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> EUR </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0E0"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Nettoverkaufspreis muss erhöht werden</w:t>
       </w:r>
-      <w:r w:rsidR="006E531D">
+      <w:r w:rsidR="006E531D" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D144708" w14:textId="77777777" w:rsidR="001E732B" w:rsidRDefault="001E732B" w:rsidP="0079230C">
+    <w:p w14:paraId="0D144708" w14:textId="77777777" w:rsidR="001E732B" w:rsidRPr="00CC4364" w:rsidRDefault="001E732B" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B8404EC" w14:textId="77777777" w:rsidR="00C648E1" w:rsidRPr="00E03288" w:rsidRDefault="00C648E1" w:rsidP="00C648E1">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Aufgabe (25 Punkte)</w:t>
       </w:r>
     </w:p>
@@ -1153,119 +1275,118 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0156B6B3" w14:textId="55DF5131" w:rsidR="00C328A4" w:rsidRPr="00152D4D" w:rsidRDefault="00C328A4" w:rsidP="006373C3">
       <w:pPr>
         <w:pStyle w:val="TextDatenkranz"/>
         <w:ind w:left="1560" w:hanging="993"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hinweis: </w:t>
       </w:r>
       <w:r w:rsidR="00622D73">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Sollten Sie in Aufgabe 2.1 zu keinem Ergebnis gekommen sein, verwenden Sie für die weitere Berechnung eine Handelsspanne von 38 %.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="741DC128" w14:textId="77777777" w:rsidR="00C16454" w:rsidRDefault="00C16454" w:rsidP="00C16454">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2310EE4C" w14:textId="77777777" w:rsidR="00B97CB9" w:rsidRPr="00197607" w:rsidRDefault="00B97CB9" w:rsidP="00B97CB9">
+    <w:p w14:paraId="2310EE4C" w14:textId="77777777" w:rsidR="00B97CB9" w:rsidRPr="00CC4364" w:rsidRDefault="00B97CB9" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00197607">
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566C67F5" w14:textId="402E3EAB" w:rsidR="00B97CB9" w:rsidRPr="00C328A4" w:rsidRDefault="00C328A4" w:rsidP="00B97CB9">
+    <w:p w14:paraId="566C67F5" w14:textId="402E3EAB" w:rsidR="00B97CB9" w:rsidRPr="00CC4364" w:rsidRDefault="00C328A4" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C328A4">
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E6D9E0" w14:textId="166D1026" w:rsidR="00B97CB9" w:rsidRPr="00EB45B3" w:rsidRDefault="00AB2A91" w:rsidP="00B97CB9">
+    <w:p w14:paraId="52E6D9E0" w14:textId="166D1026" w:rsidR="00B97CB9" w:rsidRPr="00EB45B3" w:rsidRDefault="00374214" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:vanish/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5EF22374">
           <v:shape id="_x0000_s1057" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:.25pt;margin-top:60.35pt;width:252pt;height:294.7pt;z-index:251688960;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin" wrapcoords="-64 0 -64 21490 21600 21490 21600 0 -64 0" o:allowoverlap="f">
-            <v:imagedata r:id="rId13" o:title=""/>
+            <v:imagedata r:id="rId10" o:title=""/>
             <w10:wrap anchorx="margin" anchory="margin"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1057" DrawAspect="Content" ObjectID="_1625319016" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1057" DrawAspect="Content" ObjectID="_1829729137" r:id="rId11"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="623C5585" w14:textId="3172A693" w:rsidR="00B97CB9" w:rsidRPr="00EB45B3" w:rsidRDefault="00B97CB9" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C976745" w14:textId="129B6BFC" w:rsidR="00B97CB9" w:rsidRPr="00EB45B3" w:rsidRDefault="00B97CB9" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B56F06D" w14:textId="418E64D0" w:rsidR="00B97CB9" w:rsidRPr="00EB45B3" w:rsidRDefault="00B97CB9" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
@@ -1387,845 +1508,1015 @@
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="734A4356" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00EB45B3" w:rsidRDefault="00EB45B3" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64E8E593" w14:textId="475F9B71" w:rsidR="00B97CB9" w:rsidRPr="00EB45B3" w:rsidRDefault="00B97CB9" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC993F5" w14:textId="0CB9635B" w:rsidR="00EB45B3" w:rsidRPr="00C328A4" w:rsidRDefault="00C328A4" w:rsidP="00B97CB9">
+    <w:p w14:paraId="6EC993F5" w14:textId="0CB9635B" w:rsidR="00EB45B3" w:rsidRPr="00CC4364" w:rsidRDefault="00C328A4" w:rsidP="00B97CB9">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C328A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>2.2</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="352"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1981"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="7C1E376A" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="7C1E376A" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="368"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3B9DB7" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="1A3B9DB7" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Handelsspanne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="08A06B37" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="08A06B37" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="368"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E40D7B8" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="2E40D7B8" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Auszug aus unserer Artikelliste: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="209ACD5A" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="209ACD5A" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="278"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D3DC765" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="0D3DC765" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Beschreibung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="161719D4" w14:textId="2D0496D2" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="161719D4" w14:textId="2D0496D2" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F519D">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>NVP</w:t>
             </w:r>
-            <w:r w:rsidRPr="008F519D">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00EB0D91" w:rsidRPr="008F519D">
+            <w:r w:rsidR="00EB0D91" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008F519D">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>in EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F468CF8" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00037CA7">
+          <w:p w14:paraId="0F468CF8" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00037CA7">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00037CA7">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>EP in EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="4342407C" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="4342407C" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="45"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC4C591" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="6DC4C591" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30DC3DA5" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="30DC3DA5" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C35A10F" w14:textId="7ECAC03C" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00484FF2" w:rsidP="008502AD">
+          <w:p w14:paraId="0C35A10F" w14:textId="7ECAC03C" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00484FF2" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:hanging="279"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008502AD">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00EB45B3" w:rsidRPr="008502AD">
+            <w:r w:rsidR="00EB45B3" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>lt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0070862F" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="0070862F" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:hanging="280"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008502AD">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Neu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D8625B" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00037CA7">
+          <w:p w14:paraId="77D8625B" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00037CA7">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Ergebnis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="00E0FA07" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="00E0FA07" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FB0AAFD" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="5FB0AAFD" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Navigation Portable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="179C92DD" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="179C92DD" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484FF2">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>160,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CBAF1CA" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="6CBAF1CA" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>105,23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ADAB37D" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="5ADAB37D" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>101,43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1324ABD6" w14:textId="487DFFA9" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="1324ABD6" w14:textId="487DFFA9" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>EP muss gesenkt werden</w:t>
             </w:r>
-            <w:r w:rsidR="006E531D">
+            <w:r w:rsidR="006E531D" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="0D812DB0" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="0D812DB0" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51E48462" w14:textId="04A1832F" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="51E48462" w14:textId="04A1832F" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00CC6">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>USB</w:t>
             </w:r>
-            <w:r w:rsidR="00A00CC6" w:rsidRPr="00A00CC6">
+            <w:r w:rsidR="00A00CC6" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00CC6">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Ladegerät</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B77307" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="46B77307" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>7,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06C4A72B" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="06C4A72B" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>4,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="414DC502" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="414DC502" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>4,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F8BB3E4" w14:textId="24C5C7D8" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00323598" w:rsidP="008502AD">
+          <w:p w14:paraId="5F8BB3E4" w14:textId="24C5C7D8" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00323598" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>EP muss gesenkt werden</w:t>
             </w:r>
-            <w:r w:rsidR="006E531D">
+            <w:r w:rsidR="006E531D" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="718BE211" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="718BE211" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FC27615" w14:textId="66E894F9" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="2FC27615" w14:textId="66E894F9" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A00CC6">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>CD</w:t>
             </w:r>
-            <w:r w:rsidR="00A00CC6" w:rsidRPr="00A00CC6">
+            <w:r w:rsidR="00A00CC6" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A00CC6">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>Wechsler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5238BF7F" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="5238BF7F" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>88,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="661749FE" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="661749FE" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>59,39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:tcFitText/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="267E93D4" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="267E93D4" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0" w:right="170"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>55,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60F9FDD6" w14:textId="52906DF4" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
+          <w:p w14:paraId="60F9FDD6" w14:textId="52906DF4" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="008502AD">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
               <w:ind w:left="0"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>EP muss gesenkt werden</w:t>
             </w:r>
-            <w:r w:rsidR="006E531D">
+            <w:r w:rsidR="006E531D" w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w14:paraId="5079EEC0" w14:textId="77777777" w:rsidTr="00EB45B3">
+      <w:tr w:rsidR="00CC4364" w:rsidRPr="00231C9E" w14:paraId="5079EEC0" w14:textId="77777777" w:rsidTr="00231C9E">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:hidden/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcFitText/>
           </w:tcPr>
-          <w:p w14:paraId="1E6C9286" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="1E6C9286" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>EP: Einstandspreis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="463DEB55" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00B71D54" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
+          <w:p w14:paraId="463DEB55" w14:textId="77777777" w:rsidR="00EB45B3" w:rsidRPr="00231C9E" w:rsidRDefault="00EB45B3" w:rsidP="00B71D54">
             <w:pPr>
               <w:pStyle w:val="TestLsungshinweis"/>
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B71D54">
+            <w:r w:rsidRPr="00231C9E">
+              <w:rPr>
+                <w:color w:val="C00000"/>
+              </w:rPr>
               <w:t>NVP: Nettoverkaufspreis </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="039A961F" w14:textId="77777777" w:rsidR="00BA4F1E" w:rsidRDefault="00BA4F1E">
+    <w:p w14:paraId="039A961F" w14:textId="77777777" w:rsidR="00BA4F1E" w:rsidRPr="00CC4364" w:rsidRDefault="00BA4F1E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="522368B1" w14:textId="3A7DB521" w:rsidR="00C648E1" w:rsidRPr="00E03288" w:rsidRDefault="00C648E1" w:rsidP="00C648E1">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Aufgabe (17 Punkte)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2293EF9D" w14:textId="152DD6F3" w:rsidR="00171CF9" w:rsidRDefault="00C648E1" w:rsidP="00C648E1">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0041696D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Das </w:t>
       </w:r>
       <w:r w:rsidRPr="00A27F24">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Motoröl 10W40 5 Liter</w:t>
       </w:r>
       <w:r w:rsidRPr="0041696D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -2365,568 +2656,662 @@
         <w:pStyle w:val="TextAufgabe"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Begründen Sie Ihre Entscheidung. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11402EDB" w14:textId="03F2B9B4" w:rsidR="00D572DB" w:rsidRDefault="00D572DB" w:rsidP="00D572DB">
       <w:pPr>
         <w:pStyle w:val="TextAufgabe"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00FAE7F8" w14:textId="2FC42A18" w:rsidR="0079230C" w:rsidRPr="00197607" w:rsidRDefault="00AB2A91" w:rsidP="0079230C">
+    <w:p w14:paraId="00FAE7F8" w14:textId="2FC42A18" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="00374214" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:vanish/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="0CC52642">
           <v:shape id="_x0000_s1054" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:2.65pt;margin-top:213.2pt;width:362.85pt;height:271.35pt;z-index:-251628544;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin" wrapcoords="-45 0 -45 21481 21600 21481 21600 0 -45 0">
-            <v:imagedata r:id="rId15" o:title=""/>
+            <v:imagedata r:id="rId12" o:title=""/>
             <w10:wrap type="tight" anchorx="margin" anchory="margin"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1054" DrawAspect="Content" ObjectID="_1625319017" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1054" DrawAspect="Content" ObjectID="_1829729138" r:id="rId13"/>
         </w:object>
       </w:r>
-      <w:r w:rsidR="0079230C" w:rsidRPr="00197607">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Lösungshinweis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417D8F3D" w14:textId="4098536F" w:rsidR="00913CDF" w:rsidRDefault="00913CDF" w:rsidP="000623B2">
+    <w:p w14:paraId="417D8F3D" w14:textId="4098536F" w:rsidR="00913CDF" w:rsidRPr="00CC4364" w:rsidRDefault="00913CDF" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4934D767" w14:textId="72889F98" w:rsidR="0052056F" w:rsidRPr="007F6924" w:rsidRDefault="0052056F" w:rsidP="007F6924">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4934D767" w14:textId="72889F98" w:rsidR="0052056F" w:rsidRPr="00CC4364" w:rsidRDefault="0052056F" w:rsidP="007F6924">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1BD4D00F" w14:textId="77777777" w:rsidR="001B1F40" w:rsidRPr="00B97CB9" w:rsidRDefault="001B1F40" w:rsidP="0022112D">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BD4D00F" w14:textId="77777777" w:rsidR="001B1F40" w:rsidRPr="00CC4364" w:rsidRDefault="001B1F40" w:rsidP="0022112D">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="482A813F" w14:textId="6F0B4112" w:rsidR="0052056F" w:rsidRPr="0022112D" w:rsidRDefault="0052056F" w:rsidP="0022112D">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482A813F" w14:textId="6F0B4112" w:rsidR="0052056F" w:rsidRPr="00CC4364" w:rsidRDefault="0052056F" w:rsidP="0022112D">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A2EA836" w14:textId="447423E4" w:rsidR="007E7B8C" w:rsidRPr="0022112D" w:rsidRDefault="007E7B8C" w:rsidP="0022112D">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A2EA836" w14:textId="447423E4" w:rsidR="007E7B8C" w:rsidRPr="00CC4364" w:rsidRDefault="007E7B8C" w:rsidP="0022112D">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2C1E0B16" w14:textId="77777777" w:rsidR="00A6740C" w:rsidRDefault="00A6740C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1E0B16" w14:textId="77777777" w:rsidR="00A6740C" w:rsidRPr="00CC4364" w:rsidRDefault="00A6740C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5B789286" w14:textId="77777777" w:rsidR="0052056F" w:rsidRDefault="0052056F" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B789286" w14:textId="77777777" w:rsidR="0052056F" w:rsidRPr="00CC4364" w:rsidRDefault="0052056F" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="216F84A0" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216F84A0" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0994B509" w14:textId="01A8474E" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0994B509" w14:textId="01A8474E" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6615D882" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6615D882" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="73470CCE" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73470CCE" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1D72F643" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D72F643" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5AB40999" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB40999" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4B994868" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B994868" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="39EE55D7" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39EE55D7" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1AC7BFBB" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AC7BFBB" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3B3A5EFF" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3A5EFF" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6936CD72" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6936CD72" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1E2E11B9" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E2E11B9" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="332C6254" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332C6254" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7D5FCBF1" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5FCBF1" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="55478265" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55478265" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="63227703" w14:textId="77777777" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63227703" w14:textId="77777777" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7FA87E2B" w14:textId="23A6845B" w:rsidR="0079230C" w:rsidRDefault="0079230C" w:rsidP="000623B2">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FA87E2B" w14:textId="23A6845B" w:rsidR="0079230C" w:rsidRPr="00CC4364" w:rsidRDefault="0079230C" w:rsidP="000623B2">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2BCF3FB1" w14:textId="21029967" w:rsidR="007E7B8C" w:rsidRDefault="00AB2A91" w:rsidP="0079230C">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCF3FB1" w14:textId="21029967" w:rsidR="007E7B8C" w:rsidRPr="00CC4364" w:rsidRDefault="00374214" w:rsidP="0079230C">
       <w:pPr>
         <w:pStyle w:val="TestLsungshinweis"/>
         <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:color w:val="C00000"/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="698DB7A5">
           <v:shape id="_x0000_s1050" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:-316.4pt;width:449.55pt;height:302.7pt;z-index:251683840;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:page">
-            <v:imagedata r:id="rId17" o:title=""/>
+            <v:imagedata r:id="rId14" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="margin" anchory="page"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1050" DrawAspect="Content" ObjectID="_1625319018" r:id="rId18"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1050" DrawAspect="Content" ObjectID="_1829729139" r:id="rId15"/>
         </w:object>
       </w:r>
-      <w:r w:rsidR="007E7B8C" w:rsidRPr="00BE4706">
+      <w:r w:rsidR="007E7B8C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>Wenn wir einen Gewinn von 120 % anstreben, können wir nicht zum Konkurrenzpreis</w:t>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> von 88,65 EUR </w:t>
       </w:r>
-      <w:r w:rsidR="007E7B8C" w:rsidRPr="00BE4706">
+      <w:r w:rsidR="007E7B8C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>anbieten</w:t>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve">, da unsere Gewinnspanne bei diesem Bruttoverkaufspreis lediglich 115,26 </w:t>
       </w:r>
-      <w:r w:rsidR="00323598">
+      <w:r w:rsidR="00323598" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t>%</w:t>
       </w:r>
-      <w:r w:rsidR="0079230C">
+      <w:r w:rsidR="0079230C" w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> beträgt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC3C933" w14:textId="210A9FFE" w:rsidR="000647F1" w:rsidRDefault="000647F1">
+    <w:p w14:paraId="7BC3C933" w14:textId="210A9FFE" w:rsidR="000647F1" w:rsidRPr="00CC4364" w:rsidRDefault="000647F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:vanish/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="C00000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CC4364">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FF1B4A" w14:textId="2F64CD07" w:rsidR="00437E62" w:rsidRDefault="00437E62" w:rsidP="005B03C3">
       <w:pPr>
         <w:pStyle w:val="TextkrperGrauhinterlegt"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:pBdr>
         <w:ind w:left="-28"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B03C3">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Datenkranz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642B38E7" w14:textId="519312F8" w:rsidR="005416CA" w:rsidRDefault="00AB2A91" w:rsidP="005B03C3">
+    <w:p w14:paraId="642B38E7" w14:textId="519312F8" w:rsidR="005416CA" w:rsidRDefault="00374214" w:rsidP="005B03C3">
       <w:pPr>
         <w:pStyle w:val="TextDatenkranz"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5231D09E">
           <v:shape id="_x0000_s1028" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:3.55pt;width:531.2pt;height:623pt;z-index:-251658240;mso-wrap-distance-top:2.85pt;mso-wrap-distance-bottom:2.85pt;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" wrapcoords="0 0 21600 0 21600 21600 0 21600 0 0">
-            <v:imagedata r:id="rId19" o:title=""/>
+            <v:imagedata r:id="rId16" o:title=""/>
             <w10:wrap type="tight" anchorx="margin"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1028" DrawAspect="Content" ObjectID="_1625319019" r:id="rId20">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1028" DrawAspect="Content" ObjectID="_1829729140" r:id="rId17">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19163A01" w14:textId="44982843" w:rsidR="005416CA" w:rsidRDefault="00AB2A91" w:rsidP="00EE39C5">
+    <w:p w14:paraId="19163A01" w14:textId="44982843" w:rsidR="005416CA" w:rsidRDefault="00374214" w:rsidP="00EE39C5">
       <w:pPr>
         <w:pStyle w:val="TextDatenkranz"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="38EC63CF">
           <v:shape id="_x0000_s1030" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:512.85pt;height:636.85pt;z-index:-251657216;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:text" wrapcoords="-32 -25 -32 21600 21632 21600 21632 -25 -32 -25" stroked="t" strokecolor="#44546a [3215]" strokeweight=".5pt">
-            <v:imagedata r:id="rId21" o:title=""/>
+            <v:imagedata r:id="rId18" o:title=""/>
             <w10:wrap type="tight" anchorx="margin"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1030" DrawAspect="Content" ObjectID="_1625319020" r:id="rId22">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1030" DrawAspect="Content" ObjectID="_1829729141" r:id="rId19">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
       <w:r w:rsidR="005416CA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4908787C" w14:textId="230701AC" w:rsidR="00F06675" w:rsidRDefault="00AB2A91" w:rsidP="00EE39C5">
+    <w:p w14:paraId="4908787C" w14:textId="230701AC" w:rsidR="00F06675" w:rsidRDefault="00374214" w:rsidP="00EE39C5">
       <w:pPr>
         <w:pStyle w:val="TextDatenkranz"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="37FA64A5">
           <v:shape id="_x0000_s1031" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:530.95pt;height:700pt;z-index:-251656192;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="0 0 21600 0 21600 21600 0 21600 0 0">
-            <v:imagedata r:id="rId23" o:title=""/>
+            <v:imagedata r:id="rId20" o:title=""/>
             <w10:wrap type="tight"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1625319021" r:id="rId24">
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1031" DrawAspect="Content" ObjectID="_1829729142" r:id="rId21">
             <o:FieldCodes>\s</o:FieldCodes>
           </o:OLEObject>
         </w:object>
       </w:r>
       <w:r w:rsidR="005416CA">
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="23A32D85">
           <v:shape id="_x0000_s1036" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:24.05pt;width:459.55pt;height:200.1pt;z-index:-251651072;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical-relative:text" wrapcoords="0 0 21600 0 21600 21600 0 21600 0 0">
-            <v:imagedata r:id="rId25" o:title=""/>
+            <v:imagedata r:id="rId22" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="margin"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1036" DrawAspect="Content" ObjectID="_1625319022" r:id="rId26"/>
+          <o:OLEObject Type="Embed" ProgID="Excel.Sheet.12" ShapeID="_x0000_s1036" DrawAspect="Content" ObjectID="_1829729143" r:id="rId23"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="005B6B74">
         <w:t xml:space="preserve">Auszug aus </w:t>
       </w:r>
       <w:r w:rsidR="00B97CB9">
         <w:t xml:space="preserve">der </w:t>
       </w:r>
       <w:r w:rsidR="005B6B74">
         <w:t>Artikelliste:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D4FE7F9" w14:textId="752ADB4D" w:rsidR="00EE39C5" w:rsidRDefault="00EE39C5" w:rsidP="0017681B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE39C5" w:rsidSect="00463BEE">
-      <w:headerReference w:type="default" r:id="rId27"/>
-      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C54BE4E" w14:textId="77777777" w:rsidR="003721D2" w:rsidRDefault="003721D2" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="79A060AD" w14:textId="77777777" w:rsidR="003721D2" w:rsidRDefault="003721D2" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7982"/>
       <w:gridCol w:w="1548"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D367D0" w:rsidRPr="00A25233" w14:paraId="23FF1B57" w14:textId="77777777" w:rsidTr="00FF2F9B">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7982" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="23FF1B55" w14:textId="15A5061B" w:rsidR="00D367D0" w:rsidRPr="00A25233" w:rsidRDefault="00D367D0" w:rsidP="00B910EB">
+        <w:p w14:paraId="23FF1B55" w14:textId="0FC7A6C2" w:rsidR="00D367D0" w:rsidRPr="00A25233" w:rsidRDefault="00D367D0" w:rsidP="00B910EB">
           <w:pPr>
             <w:pStyle w:val="Beschriftung"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="-108"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00A327BE">
+          <w:r w:rsidR="00353454">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>WKA-LF10-LK01-Preiskalkulation.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A25233">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1548" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
@@ -3039,76 +3424,76 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="23FF1B58" w14:textId="4DA937AC" w:rsidR="00D367D0" w:rsidRPr="00FF2F9B" w:rsidRDefault="00D367D0" w:rsidP="00EB45B3">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="25C7E8F4" w14:textId="77777777" w:rsidR="003721D2" w:rsidRDefault="003721D2" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="286DFCFB" w14:textId="77777777" w:rsidR="003721D2" w:rsidRDefault="003721D2" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="23FF1B53" w14:textId="525E0A58" w:rsidR="00D367D0" w:rsidRDefault="00DD7C95">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CBFA62F" wp14:editId="0D6BF6BF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3670935</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-307340</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1628775" cy="388620"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textfeld 2"/>
               <wp:cNvGraphicFramePr>
@@ -3118,124 +3503,124 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1628775" cy="388620"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="41F322AB" w14:textId="77777777" w:rsidR="00DD7C95" w:rsidRPr="008802B2" w:rsidRDefault="00DD7C95" w:rsidP="00DD7C95">
+                        <w:p w14:paraId="41F322AB" w14:textId="77777777" w:rsidR="00DD7C95" w:rsidRPr="00CC4364" w:rsidRDefault="00DD7C95" w:rsidP="00DD7C95">
                           <w:pPr>
                             <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                             <w:spacing w:line="360" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:b/>
                               <w:i/>
                               <w:vanish/>
-                              <w:color w:val="FF0000"/>
+                              <w:color w:val="C00000"/>
                               <w:sz w:val="48"/>
                               <w:szCs w:val="48"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="008802B2">
+                          <w:r w:rsidRPr="00CC4364">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                               <w:b/>
                               <w:i/>
                               <w:vanish/>
-                              <w:color w:val="FF0000"/>
+                              <w:color w:val="C00000"/>
                               <w:sz w:val="48"/>
                               <w:szCs w:val="48"/>
                             </w:rPr>
                             <w:t>Lehrkraft</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7CBFA62F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:289.05pt;margin-top:-24.2pt;width:128.25pt;height:30.6pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPQq/QIAIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N07S3NaKs9pmm6rS&#10;9iLt9gMw4BgVGAokdvr1O+BsNmrfqvoBgWfmcObMYX3bG02O0gcFtqKT0ZgSaTkIZfcV/fG0e7ei&#10;JERmBdNgZUVPMtDbzds3686VcgotaCE9QRAbys5VtI3RlUUReCsNCyNw0mKwAW9YxKPfF8KzDtGN&#10;Lqbj8aLowAvngcsQ8O/9EKSbjN80ksdvTRNkJLqiyC3m1ee1TmuxWbNy75lrFT/TYP/AwjBl8dIL&#10;1D2LjBy8+gvKKO4hQBNHHEwBTaO4zD1gN5PxH908tszJ3AuKE9xFpvD/YPnX43dPlMDZUWKZwRE9&#10;yT42UgsyTep0LpSY9OgwLfYfoE+ZqdPgHoD/DMTCtmV2L++8h66VTCC7SaosrkoHnJBA6u4LCLyG&#10;HSJkoL7xJgGiGATRcUqny2SQCuHpysV0tVzOKeEYe79aLaZ5dAUrX6qdD/GTBEPSpqIeJ5/R2fEh&#10;xMSGlS8pmT1oJXZK63zw+3qrPTkydMkuf7kBbPI6TVvSVfRmPp1nZAupPhvIqIgu1spUdDVO3+Cr&#10;pMZHK3JKZEoPe2Si7VmepMigTezrHhOTZjWIEwrlYXArvi7ctOB/U9KhUysafh2Yl5TozxbFvpnM&#10;Zsna+TCbL1Ea4q8j9XWEWY5QFY2UDNttzM8h6WDhDofSqKzXK5MzV3RglvH8WpLFr8856/VNb54B&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxw3Lo3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RToNA&#10;EEXfTfyHzZj4YtqllcJKWRo10fja2g8YYAqk7C5ht4X+veOTPk7uyb1n8t1senGl0XfOalgtIxBk&#10;K1d3ttFw/P5YKBA+oK2xd5Y03MjDrri/yzGr3WT3dD2ERnCJ9RlqaEMYMil91ZJBv3QDWc5ObjQY&#10;+BwbWY84cbnp5TqKEmmws7zQ4kDvLVXnw8VoOH1NT5uXqfwMx3QfJ2/YpaW7af34ML9uQQSawx8M&#10;v/qsDgU7le5iay96DZtUrRjVsIhVDIIJ9RwnIEpG1wpkkcv/LxQ/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI9Cr9AgAgAAGwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPHDcujfAAAACgEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:289.05pt;margin-top:-24.2pt;width:128.25pt;height:30.6pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6aJ8JDQIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJcqsRp+jSZRjQ&#10;XYBuHyDLcixMFjVKiZ19fSk5TYPubZgfBNKkDsnDo/Vt3xp2VOg12IJPRmPOlJVQabsv+M8fu3cr&#10;znwQthIGrCr4SXl+u3n7Zt25XE2hAVMpZARifd65gjchuDzLvGxUK/wInLIUrAFbEcjFfVah6Ai9&#10;Ndl0PF5kHWDlEKTynv7eD0G+Sfh1rWT4VtdeBWYKTr2FdGI6y3hmm7XI9yhco+W5DfEPXbRCWyp6&#10;gboXQbAD6r+gWi0RPNRhJKHNoK61VGkGmmYyfjXNYyOcSrMQOd5daPL/D1Z+PT6678hC/wF6WmAa&#10;wrsHkL88s7BthN2rO0ToGiUqKjyJlGWd8/n5aqTa5z6ClN0XqGjJ4hAgAfU1tpEVmpMROi3gdCFd&#10;9YHJWHIxXS2Xc84kxd6vVotp2kom8ufbDn34pKBl0Sg40lITujg++BC7EflzSizmwehqp41JDu7L&#10;rUF2FCSAXfrSAK/SjGVdwW/m03lCthDvJ220OpBAjW4LvhrHb5BMZOOjrVJKENoMNnVi7JmeyMjA&#10;TejLnhIjTSVUJyIKYRAiPRwyGsA/nHUkwoL73weBijPz2RLZN5PZLKo2ObP5kqhheB0pryPCSoIq&#10;eOBsMLchKT3yYOGOllLrxNdLJ+deSVyJxvNDiOq99lPWy3PdPAEAAP//AwBQSwMEFAAGAAgAAAAh&#10;APHDcujfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj9FOg0AQRd9N/IfNmPhi2qWVwkpZGjXR&#10;+NraDxhgCqTsLmG3hf6945M+Tu7JvWfy3Wx6caXRd85qWC0jEGQrV3e20XD8/lgoED6grbF3ljTc&#10;yMOuuL/LMavdZPd0PYRGcIn1GWpoQxgyKX3VkkG/dANZzk5uNBj4HBtZjzhxuenlOooSabCzvNDi&#10;QO8tVefDxWg4fU1Pm5ep/AzHdB8nb9ilpbtp/fgwv25BBJrDHwy/+qwOBTuV7mJrL3oNm1StGNWw&#10;iFUMggn1HCcgSkbXCmSRy/8vFD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAemifCQ0C&#10;AAD2AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8cNy&#10;6N8AAAAKAQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="41F322AB" w14:textId="77777777" w:rsidR="00DD7C95" w:rsidRPr="008802B2" w:rsidRDefault="00DD7C95" w:rsidP="00DD7C95">
+                  <w:p w14:paraId="41F322AB" w14:textId="77777777" w:rsidR="00DD7C95" w:rsidRPr="00CC4364" w:rsidRDefault="00DD7C95" w:rsidP="00DD7C95">
                     <w:pPr>
                       <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       <w:spacing w:line="360" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:vanish/>
-                        <w:color w:val="FF0000"/>
+                        <w:color w:val="C00000"/>
                         <w:sz w:val="48"/>
                         <w:szCs w:val="48"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="008802B2">
+                    <w:r w:rsidRPr="00CC4364">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                         <w:b/>
                         <w:i/>
                         <w:vanish/>
-                        <w:color w:val="FF0000"/>
+                        <w:color w:val="C00000"/>
                         <w:sz w:val="48"/>
                         <w:szCs w:val="48"/>
                       </w:rPr>
                       <w:t>Lehrkraft</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00D367D0" w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23FF1B5B" wp14:editId="2F16D41A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>628650</wp:posOffset>
@@ -3348,51 +3733,51 @@
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="23FF1B5B" id="Gruppieren 32" o:spid="_x0000_s1027" style="position:absolute;margin-left:49.5pt;margin-top:18.75pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="61672,4367" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAZgMWWgwQAAIMKAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vttu4zYQfS/QfyD0&#10;7liSJcsWoiyyzqULbNugu+07LVESEYlkSTpyWvTfO0NKvmWLtlvUQBTeZjhz5vCQ1+/2fUdemDZc&#10;iiKIrsKAMFHKioumCH7+/DBbBcRYKiraScGK4JWZ4N3Nt99cDypnsWxlVzFNwIkw+aCKoLVW5fO5&#10;KVvWU3MlFRMwWUvdUwtd3cwrTQfw3nfzOAyX80HqSmlZMmNg9M5PBjfOf12z0v5Y14ZZ0hUBxGbd&#10;V7vvFr/zm2uaN5qqlpdjGPQrougpF7DpwdUdtZTsNH/jquellkbW9qqU/VzWNS+ZywGyicKLbB61&#10;3CmXS5MPjTrABNBe4PTVbssfXp404VURLOKACNpDjR71TinONBMEBgGhQTU5LHzU6pN60uNA43uY&#10;9L7WPf6HdMjeYft6wJbtLSlhcBktl9kqCkgJc8kiXYYj+GULFUKzWbReLpJ1QI7GZXt/NM/iLJ3M&#10;l1m8wsjm0+ZzjPEQ0qCATeYImPlvgH1qqWKuDgZxGAFLlhNgnyHJmnUVGdFyqxAqYvfvJaQWOW4Y&#10;9VGWz4YIuWmpaNit1nJoGa0gvMhlg3HDBmiKqJvcoJPt8L2soC50Z6VzdIH3KXCAceKQofmEfJqG&#10;6Wo9Ir9I4yROz6CjudLGPjLZE2wUgYZT4/ahLx+N9ShPS7DMRna8euBd5zq62W46TV4onLAH9xu9&#10;ny3rBBmKYJ3C3mglJNqDa5r33IICdLwvglWIPzSnOeJyLyrXtpR3vg317gSUfcLGo2T3273jsEMR&#10;57ayegXktPQHHgQKGq3UvwVkgMNeBObXHdUsIN0HAeivoyRBdXCdJM1i6OjTme3pDBUluCoCGxDf&#10;3FinKD6xW6hSzR1sx0jGkIGTN9eKlzn8jacZWm/I+feqB1Z2h/F75ez/kY+e6uedmoHwKGr5lnfc&#10;vjoRhZJgUOLliZfIPOyc8DybeP6oac2fSZJhiaZF3gRIxMsLehsFRJqofb58jt2z/bYdVxOnsD1m&#10;BsBeSN0XwPEyeifLXc+E9feCZh0kKYVpuTJQzZz1W1YBuT9U/jTC8QB2Y83woDit/j1e3YbhOn4/&#10;26ThZpaE2f3sdp1ksyy8z5IwWUWbaPMHEjhK8p1hkC/t7hQfY4XRN9F+UZjHK8xLvrs6/PFx1AeK&#10;Q0BO2qYQYQghwViN1cyWLTZrOEE/AcJQC1hwmHDQHtFEoFFF0OJCN1IgerQGqh8FF6FAtV6sV9kC&#10;9M2L9Ru1/ZeS4ULyQbgmxOQP7v+v0fD8GC81pmnFyC9Mb7modqIhXifxjALXN2K82LzmTmiRGnD/&#10;bhLw8X6bRWEU41UGuC2SMI6WXrIm8ADXbLFaePSmmk7YT0I6am3HBd4sNP8LrT0RSi+hy0UKFStR&#10;w2pgODR7BbQ2ogE16hp4hJVWO49n+mtezUGl4flUyQG0jxoLgwfZxjC6XQ+XjafjMh3VGOnl7D3T&#10;TuUf07mjpvUWbstR/lGngcruDTZeI+eq7TUa2YvjThrdLQ4vHbfP+CrDp9Rp360/vh1v/gQAAP//&#10;AwBQSwMECgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcN&#10;ChoKAAAADUlIRFIAAAmVAAAKeAgGAAAAJEXR2AAAAARzQklUCAgICHwIZIgAAAAJcEhZcwAAuIwA&#10;ALiMAcz2uy8AAAAZdEVYdFNvZnR3YXJlAHd3dy5pbmtzY2FwZS5vcmeb7jwaAAAgAElEQVR4nOzd&#10;e5SddX3v8e/v2ZOEBBKkFQLJzJ5kZidBoxQIeopSAYuSBJDWI7RqW+xFu469rLO6eq/t4Zy2p2e1&#10;ta62ulr1XKq29hisLYXMRUOp2taq0IueqIEQQjJchNYCQXKb/fzOH1Qt5ZZMZua3Zz+v1x9Z/JHL&#10;e/6a5OGzv08EAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwJ1LpAAAAAAAAIiZXnnNyWvTY&#10;qm4VK1NqrYyoz6pzOrnK0YoUK+rIKUX1vGf7PXLOR6oqPZIjHsm5fjhFeriK9HCu0yMR3a8sGehO&#10;Xbp376H5+poAAACAhcmoDAAAAABgHox1OiviaIxWkUYix2iOGI2I0Yg8HBFnRcTJ85TyYIq4L0fs&#10;jxT7I9L9ua7vbEXs/OYznrfrgttvPzpPHQAAAECPMioDAAAAAJhlk8Mb1tZRnxd1fV6kOC8inRcR&#10;q0p3HYOjOWJXFbGzzvnzVaT/F9Wiz2y+54v3lw4DAAAA5o9RGQAAAADACZhcec7JecmhC3PUF0Wk&#10;i1LkTTniWV9TudDkHPtSik9Hjr/NKX/6sfrw3107NXWwdBcAAAAwN4zKAAAAAACOw40bNixf8nj3&#10;lbmKV0SOiyLi/IgYKN01z45GxG055x2R0y2PnbrkU9fu3HmkdBQAAAAwO4zKAAAAAACew+TQ6Ivq&#10;qtoSOW+JiIsiYlHpph7zeER8Mqe8I3Xrj26ZuvtzpYMAAACAmTMqAwAAAAD4d7ZFtJa3Ry6JaF0b&#10;kbdExFDhpAUm74ocN9Q5b7tias/nS9cAAAAAx8eoDAAAAAAgInJEGl/T+Q+pzq+PiGsi0lmlm/rE&#10;l3LON1QpfWjzvt07S8cAAAAAz82oDAAAAABotJvb60cGUv6BnPMbImJt6Z4+d1tK+X3RPemDm6d2&#10;fqV0DAAAAPD0jMoAAAAAgMa5adWqZQMDS78nIr0lIjaV7mmgOiL/RY74wGP14RuunZo6WDoIAAAA&#10;+AajMgAAAACgMSaHN6ytc/fNEfH9EXFm6R4iIuLeiHhnqpe8x/UyAAAA6A1GZQAAAABA3xtrd65K&#10;kX88In17eC7aq45ExIei7v7mlqm7P1c6BgAAAJrMwxMAAAAAoC/liDQxPLIl6uqnIsUlpXs4ZnVE&#10;bM91vH3r1O6Pl44BAACAJjIqAwAAAAD6yvUR1UuHO69POX4uIjaW7mHmUsQnIqpf3rzvjh2lWwAA&#10;AKBJjMoAAAAAgL6wLaK1vD36gxHxcxFpTdkaZlVKn8u5fvtn9t31h9c/cckMAAAAmENGZQAAAADA&#10;gjc+PLI1cvXfImJT6Rbm1GdSVL/gchkAAADMLaMyAAAAAGDBGh8aeUmk6h0R8fLSLcyrm6LV+qkt&#10;d+/aVToEAAAA+pFRGQAAAACw4IyvOXtNrqd/N0VcWbqFYuqI+KO6mv7pK/bufaB0DAAAAPQTozIA&#10;AAAAYMHYtnHj4hUHjvznHPltEbG8dA894Ssp5f/y6D13/d61Ed3SMQAAANAPjMoAAAAAgAVhbKjz&#10;6pTiXRHRKd1CT/pM1N03b5m6+3OlQwAAAGChMyoDAAAAAHra5OjoGfXR9M6IuKZ0Cz2vjkj/88jS&#10;6iev3rXrQOkYAAAAWKiMygAAAACAnjXeHn1LRPofEXFa6RYWlHtzzj+6df9df1Y6BAAAABYiozIA&#10;AAAAoOdsX7PmzKrbelek9NrSLSxYOed412P50E9fOzV1sHQMAAAALCRGZQAAAABATxkb7rwx5XhX&#10;RJxauoV+kPfWubruiv13fqJ0CQAAACwURmUAAAAAQE/40zVrnndSPfCeiLimdAt9p5sifvPR5Ut+&#10;6dqdO4+UjgEAAIBeZ1QGAAAAABQ3Mdw5P+f4o4g4u3QLfe1vohp445a9X9pbOgQAAAB6WVU6AAAA&#10;AABorhyRxoc6P5FzfCoMyph7L4t6+vaJ4XVXlA4BAACAXuZSGQAAAABQxBOvu2z9YUQy8KGA9J4D&#10;yxf/mNdhAgAAwFMZlQEAAAAA825yaPRF3ZQ+kiLWlW6hydJn69b0NVfcffc9pUsAAACglxiVAQAA&#10;AADzaqzduSpFfCAiTi3dAhFxX12n114xdeenS4cAAABAr6hKBwAAAAAAzTE+vO5tKeLGMCijd6yq&#10;qnzreLtzTekQAAAA6BUulQEAAAAAc27b4ODS5dVJ74+I15VugWeQU8Sv/+2+3T9/fURdOgYAAABK&#10;MioDAAAAAObU5OjoGfWRdGOk+NbSLXAMbjhQH7ru2qmpg6VDAAAAoBSjMgAAAABgzoyvOXtN1NPb&#10;I+KFpVvgOPxFXhzfuXX37kdLhwAAAEAJRmUAAAAAwJwYG+6cFznGU8TK0i0wA7ct6g5svuzeL/1z&#10;6RAAAACYb0ZlAAAAAMCsm2ivvyxH/WcRcXLpFjgBd3ejuuzKfXfsKR0CAAAA86kqHQAAAAAA9Jex&#10;odHvyFHfHAZlLHxrq1zfOr52w4bSIQAAADCfXCoDAAAAAGbNxFDn6pziQxGxpHQLzKL7csSrtu7b&#10;/YXSIQAAADAfXCoDAAAAAGbF+NDod+cUHw6DMvrPqhRxy/bVI+tLhwAAAMB8cKkMAAAAADhh48Oj&#10;3xk5bYuIgdItMIemulFdfOW+O/aUDgEAAIC5ZFQGAAAAAJyQsXbnqhTxJxGxqHQLzIN7c46Lt+7f&#10;fVfpEAAAAJgrXn8JAAAAAMzYxODo5hTx4TAoozlWpxS3Tg5vWFs6BAAAAOaKS2UAAAAAwIxsHxq5&#10;oErVLRGxonQLFPCFbhy56Mp9+/6ldAgAAADMNpfKAAAAAIDj9tHBkXVVqsbDoIzmemErL/7Ito0b&#10;F5cOAQAAgNnWKh0AAAAAACwsO9auXTkd1ccj0qrSLVBUijVLjnTPXvfIV/7kLyNy6RwAAACYLUZl&#10;AAAAAMAxm1x5zsndqvuxiPTC0i3QIzYOnfpNJ/3hI1/ZUToEAAAAZovXXwIAAAAAxyRHpLzk8f8V&#10;EZtKt0AvyRE/PT607k2lOwAAAGC2GJUBAAAAAMdkot351RzxXaU7oAelSPndk8OjLysdAgAAALMh&#10;lQ4AAAAAAHrfxNC6788p/+/SHdDj/rlKrZdcfs+uu0uHAAAAwIkwKgMAAAAAntVke3RTHemvIuKk&#10;0i2wAPz9gfrQy6+dmjpYOgQAAABmyusvAQAAAIBndNOq9c+vI/1JGJTBsTpveXXSu0tHAAAAwIkw&#10;KgMAAAAAnlaOSIsW1e+NiOHSLbDAfO/EcOeHSkcAAADATHn9JQAAAADwtMbbnZ+LiP9eugMWqEN1&#10;Xb/0iqk9ny8dAgAAAMfLqAwAAAAAeIqJ4dFLc047wtsO4ETsPrK0df7Vu3YdKB0CAAAAx8MDIQAA&#10;AADgSW5ut0/LOb0/PD+EE9VZdKj726UjAAAA4Hh5KAQAAAAAPEmVF78zIgZLd0A/SDm+f2y488bS&#10;HQAAAHA8vP4SAAAAAPi6sXbndSnihtId0Gf+ZWCgPvdVe/bsKx0CAAAAx8KlMgAAAAAgIiJuGly/&#10;OkW8u3QH9KHTpqer92Yf9AYAAGCBMCoDAAAAACJHpIGqfn9EfFPpFuhTr55oj765dAQAAAAcC5+K&#10;AgAAAABivD16XUT6g9Id0Ocerabziy6/7679pUMAAADg2bhUBgAAAAANt2Pt2pUR6bdKd0ADrKgH&#10;qt8vHQEAAADPxagMAAAAABruaF29I7z2EuZJ3jo23Hlj6QoAAAB4Nl5/CQAAAAANNjbUeXVKMVm6&#10;A5ol339k6cCGq3ftOlC6BAAAAJ6OS2UAAAAA0FBjnc6SlOL3SndA86Szlhzs/kLpCgAAAHgmRmUA&#10;AAAA0FSH809GxEjpDGiiHPETk2vWn126AwAAAJ6OURkAAAAANNDE8AvOSin9bOkOaLBFdd393dIR&#10;AAAA8HSMygAAAACgieqjvxIRp5TOgGZLl022111ZugIAAAD+PaMyAAAAAGiY7YMjL84privdAUTk&#10;yL++LaJVugMAAAD+LaMyAAAAAGiYqkq/FUYs0BNyxAtWDK37vtIdAAAA8G+l0gEAAAAAwPwZG+q8&#10;OqWYLN0BPMl9B+pDnWunpg6WDgEAAIAIl8oAAAAAoFFSxH8t3QA8xapTqpN+uHQEAAAAfI1LZQAA&#10;AADQEGPDo1tSTmOlO4Cn9U9HlrZGrt6160DpEAAAAHCpDAAAAAAaIuX0ttINwDN6/qKD3beWjgAA&#10;AIAIl8oAAAAAoBEm2+uurCPfVLoDeFZfOengkuFLH9r5WOkQAAAAmm2gdAAAAADAbLlp1aplA4tX&#10;nNGt6yddZ1803T36yGknffnanTuPlGqD0urIP1+6AXhO33R42aE3RcQ7S4cAAADQbC6VAQAAAAvG&#10;to0bF5/y2OGNEXFelePFOWJVRD4rIs6ISKsj4pRn+eU5Ij8Qke6NiHsj0r4ceU+Vq9sPL0v/cPWu&#10;XQfm5YuAArYPrXtFlfLHS3cAx2TqwPIlo4bQAAAAlGRUBgAAAPSssTM7p8eSuCoiLko5zo2IF0XE&#10;ojn4o+oUsStH3J4jfyZVi27asvdLe+fgz4EixtudGyPiNaU7gGOV37Rl313vK10BAABAcxmVAQAA&#10;AD1lsj26qY50VURcExEvLJiyJyLfHJFv2Lxvz1+niFywBWbs5uF1L2jlvDM8C4SF5Euf3rd74/UR&#10;dekQAAAAmsmDJAAAAKC4sU5nRToc35NSvDlHnFu652l8Pkd+76KB/P5X7dnzSOkYOB5jQ53fTSl+&#10;tHQHcHxyylu33nPXeOkOAAAAmsmoDAAAACgiR6TJ9vpvz1G/JZ54Ld+S0k3H4HBE/HmK6j2b992x&#10;o3QMPJebVq1//sBAvS8ilpZuAY5PyjG+ef/uraU7AAAAaCajMgAAAGDejQ2PvjLl9CsRcWHplhlL&#10;8fFUV7+4ef8dnyydAs9kbHj0J1NOv1G6A5iR7sBAPfKqPXv2lQ4BAACgearSAQAAAEBzjLdHLhpv&#10;d/4m5XRLLORBWUREjotzqj8x3l63Y/vQyAWlc+DfyxEpRXpz6Q5gxlpHu9UPl44AAACgmVwqAwAA&#10;AObc5KrRoXqg+uWI/L3Rnx9yqyPSB6rp+hcvv++u/aVjICJiYmj9t+VUf6J0BzBzOeLLZ5x+6tAF&#10;t99+tHQLAAAAzdKPD3EBAACAHrEtojXW7vxMPZB2ReTron+fRVQR+bp6IO0aa3d+5vr+/TpZQHLq&#10;/kDpBuDEpIiVDz30yHeU7gAAAKB5XCoDAAAA5sT21SPrq1b1fyLiZaVbCvjrVOc3bZ66a3fpEJrp&#10;1tM3nnJo6eH7ImJ56RbgxKQc45v3795augMAAIBm8alZAAAAYNZNDHd+qGpVn41mDsoiIl6eq/SZ&#10;8Xbne0qH0EwHlx56fRiUQV/IKV69Y+3alaU7AAAAaBajMgAAAGDW3LRq1bLxdmdbzvHeiFhRuqew&#10;0yLiA2NDnT/aNji4tHQMzZJSemPpBmDWtI5Mt15bOgIAAIBmMSoDAAAAZsX2tWuHB1rL/iYirind&#10;0ktSijcsr066ZfuaNWeWbqEZbhpcvzpyfFvpDmD2pBQuXwIAADCvjMoAAACAEzY22Lm46rZuixTf&#10;UrqlR11Y1QO3bR8auaB0CP2vVXVfG577Qb+5cHJ4w9rSEQAAADSHh0sAAADACZkYHN2cqhiPiOeX&#10;bulxq6tU3TIxtN4FKeZUci0Q+lGqc/e7SkcAAADQHEZlAAAAwIxNDHWuzlW6MSKWlm5ZIFbkVH9s&#10;rN25qnQI/WnH2rUrI9LLSncAc+I/lg4AAACgOYzKAAAAgBmZGOpcnVNsi4jFpVsWmCUp4sPjQ53X&#10;lA6h/0zXrddFRKt0BzAnNo2t7gyWjgAAAKAZjMoAAACA4zbZXveqnOKPw6BsphZHiv87PtS5vHQI&#10;/aXOcXXpBmDOpGogNpeOAAAAoBmMygAAAIDjMtke3VRH/rPwyssTtTRSfGRiuHN+6RD6w62nbzwl&#10;RVxcugOYOzmHK5cAAADMC6MyAAAA4Jh9bGSk3Y20PSKWlW7pE8tyju2Tq0aHSoew8B1eduTicD0Q&#10;+t1lN61a5XswAAAAc86oDAAAADgmt56+8ZTpo9Wfp4iVpVv6zJl5IP355MpzTi4dwsKWc/3q0g3A&#10;nFu6eODkV5aOAAAAoP8ZlQEAAADPaVtE69DSIx+KFN9SuqUf5Yhz68VffX+OSKVbWMjSZaULgLlX&#10;RxiQAgAAMOeMygAAAIDntHyo8+MReWvpjr6W0msnh9b9cOkMFqbJ4Q1rI+KFpTuA+ZAvKV0AAABA&#10;/zMqAwAAAJ7V+ODacyLFr5XuaIKc8tu3rx5ZX7qDhacb3UtLNwDzZuPN7fZppSMAAADob0ZlAAAA&#10;wDPatnHj4lS13hcRS0q3NMSyqqrety2iVTqEhSXl/G2lG4B5Uw3kxa8oHQEAAEB/MyoDAAAAntEp&#10;jx56W444t3RHo6T41uXtzk+VzmDBubB0ADB/6ghDUgAAAOaUURkAAADwtLYPjrw4pfSzpTsa6pc+&#10;OjiyrnQEC8OO1Wd/c0Ty2lRokJSSS2UAAADMKaMyAAAA4GlVqfqdiFhUuqOhlnar6u2lI1gYjlbT&#10;F0REKt0BzKd87rbBwaWlKwAAAOhfRmUAAADAU0y0118WKS4p3dFwV421R19eOoIFIHn1JTTQohWx&#10;7MWlIwAAAOhfRmUAAADAk2yLaOWof6t0BxEpqndkF6h4DjniZaUbgAJSPr90AgAAAP3LqAwAAAB4&#10;khVD674vIlw/6Qn5JRNDo99VuoLellKcW7oBmH91qr+ldAMAAAD9y6gMAAAA+LrrI6qc8i+U7uAb&#10;Ukq/5FoZz2TH2rUrI8fppTuA+ZciuVQGAADAnDEqAwAAAL7upUOjr4mI0dIdfEOOeMHk4OjlpTvo&#10;TdN19cLSDUAxL741LhkoHQEAAEB/MioDAAAAvi6l9GOlG3iquko/UrqB3pTr9ILSDUAxS4+sua9T&#10;OgIAAID+ZFQGAAAARETE+ODacyLilaU7eKoUsfXm9vqR0h30nlTFi0o3AOV0u92zSzcAAADQn4zK&#10;AAAAgCdU1VtLJ/CMqlbO/6l0BL0nR3j9JTRZFS6VAQAAMCeMygAAAIDYtnHj4oj03aU7eBZVvm5b&#10;RKt0Br0l53ClCBqsiuSKJQAAAHPCqAwAAACI5Y8dvCwiTi3dwbPIcfqK4dFXlM6gd0yuPOfkFLGy&#10;dAdQTs55XekGAAAA+pNRGQAAABCRq+8sncBzy5GuKt1A76iXHR4s3QAU5/WXAAAAzAmjMgAAAGi4&#10;f32l4mtKd3AMclxdOoHekbp5qHQDUFoaeuIV1gAAADC7jMoAAACg4Za3Ry6MiDNKd3BMRibanY2l&#10;I+gNdarbpRuA4lrLv9pdVToCAACA/mNUBgAAAE2X0+WlEzh2OaWtpRvoDSmHURkQ9XR3ZekGAAAA&#10;+o9RGQAAADRdqi4sncBxyPmi0gn0hpTD6y+BqFI2KgMAAGDWGZUBAABAg10fUUXkl5bu4LhsKh1A&#10;zzirdABQXqq8whoAAIDZZ1QGAAAADfbSdufsiFheuoPjsnpi+AXGRESOOK10A1BeXbtUBgAAwOwz&#10;KgMAAIAGSzm5UrYgTZ9fuoAekOJ5pROA8lKqjMoAAACYdUZlAAAA0GQpjJMWoBxxXukGeoJRGRA5&#10;528u3QAAAED/MSoDAACARsvt0gXMyMbSAfQEr78EIqU4uXQDAAAA/ceoDAAAAJptqHQAM5HPKl1A&#10;WdsGB5dGxJLSHUB5OWJZ6QYAAAD6j1EZAAAANFiOWF26gRnI+czSCZS1orXcqy+BiIhIkZaWbgAA&#10;AKD/GJUBAABAQ411OktSxBmlO5iJZFTWcDllV8qAf5VdKgMAAGDWGZUBAABAQ+Vu98yISKU7mJFT&#10;b12z5qTSEZSTu9Ot0g1AzzAqAwAAYNYZlQEAAEBDVUfj1NINzNzjKa0s3UA5ua6NyoCv8fpLAAAA&#10;Zp1RGQAAADRUPTDgucACVsVil8oaLA+0jMqAr/H9HAAAgFnnH5sAAADQUK2cPRdYwFpHj9alGyhn&#10;kUtlwDdMlw4AAACg/3h4DAAAAA3VrWvPBRaw6VQZlTXYdKsaKN0A9Ixu6QAAAAD6j4fHAAAA0FCt&#10;7PWXC1mrahmVARAR2agMAACAWefhMQAAADRUTtO5dAMzV7WOGhE02dHu46UTgF6RfD8AAABg1hmV&#10;AQAAQFO1Fj9UOoGZO1LXR0o3UE6KyqgMeEJK06UTAAAA6D9GZQAAANBQeWD6/ohwrWxhOvrZvXsf&#10;LB1BOVVaYlQGPCFnI2MAAABmnVEZAAAANNTW3bsPR8TDpTs4fjnH/ddH1KU7KGfJwFeNyoB/lX0v&#10;BwAAYNYZlQEAAECz3V86gOOXUkyVbqCsS/fuPRQR3dIdQC9I/1K6AAAAgP5jVAYAAADN9kDpAGbE&#10;qIyIiIOlA4Ce8EjpAAAAAPqPURkAAAA0WMqxt3QDM5Di3tIJ9IL8T6ULgF6QXSoDAABg1hmVAQAA&#10;QJNV8XelEzh+qU6fL91AeSmlL5duAMrL2aUyAAAAZp9RGQAAADRYivz3pRs4finqz5ZuoLw6x0Ol&#10;G4Dyqio9XLoBAACA/mNUBgAAAE126OR/jIhu6QyOy6Of2n/XF0pHUF6KeKB0A1BejnR/6QYAAAD6&#10;j1EZAAAANNjlX/7cVyPiztIdHIccf3d9RF06g/JyigdLNwDl1XV3X+kGAAAA+o9RGQAAADRe+nTp&#10;Ao5Huq10Ab2hysmoDIglA3l/6QYAAAD6z0DpAAAAoDfcuGHD8sVHYlWazmfkKp8edazIqV4eOVZU&#10;KS3/2s+rIx6PiMOR49GUcjfneLBVxYNHc+uBPP3YA1fdd9/jBb8MYAZS5LEccV3pDo5V/mTpAnpD&#10;HfneVDoCKO3wX91990OlIwAAAOg/RmUAANAgOSJ9bHCk002tC3KVX5RyrEsR63LEujjYPTkiIqcn&#10;fmKkiPTED5H/ze+RnvQfKVKKqHNEK+qIgWUx3u5MRcQdOfIdVYqdOed/OLJ00T9evWvXgfn8WoFj&#10;Vy+OiXQkjkTE4tItPKdH85KYLB1Bb6ha1Z25602o0HBT13slMhGtUUQAACAASURBVAAAAHPAhxkB&#10;AKCP3bZp06IHH3r4pVWqXplzXJwib8oRzyuQkiPFnVHHJ1OKj9fduHXrvbunCnQAz2C83bklIl5Z&#10;uoPnkPIfb7nnrjeUzqA33Hr6xlMOLT38aHjGB82V4y+37N99aekMAAAA+o9LZQAA0GfGVncGUytd&#10;kSNf+dBDj1ySIp2S8xO3xvJz/No5lCLH+kixPkf8YGpFjLdHd0VK2yPXYweWL/3ktTt3HimXB0SO&#10;7ZGMynpdzukjpRvoHZc+tPOxsXbnwRSxsnQLUEZKsa90AwAAAP3JqAwAAPrA9rVrh6tu6w0RcU1E&#10;nPfEYbBelzZEjg0R1U8sP3D4kYl258YU6YZHli/+qIEZzL+qav1pnbu/ERFV6Rae0aGjS1tefcmT&#10;pEh3RmSjMmioOuILpRsAAADoT73//5kAAICntW1wcOny1klviJyvi0gXRZ/8/T5FPJxTfDC63Xdv&#10;mbr7c6V7oEnG26Mfi0iXle7gGX14y77d15SOoLeMt9f9QUS+rnQHUEYV6arL9915c+kOAAAA+o9L&#10;ZQAAsMB8dGjDqumq+yMpx1six/P7ZEv2dTnieZHjrVG13jre7nwqp3jXGc8/ddsFt99+tHQb9LuU&#10;qt/PORuV9az6t0sX0Htyru9Mqb/+LgAcu27OXyzdAAAAQH/yxAkAABaI7YMjL65arZ+PnF8XzfuA&#10;yP6c8u/EovSerbt3P1o6BvrVrXHJwKH2/n0R6azSLTzFbVv27X5J6Qh6z/jwyNbI1fbSHUARX/30&#10;vt0rro+oS4cAAADQf6rSAQAAwLObGO6cPzHc+dOqqv4xcv7uaN6gLCJiKOX0G+lI7B1vd372plWr&#10;lpUOgn50afzldM7pg6U7eKoc+T2lG+hNKZb8fekGoJgvXW9QBgAAwBwxKgMAgB51c3v9yPjw6Adz&#10;jttyju8Il4YjIk6LiF8bGFi6e3yo89bbNm1aVDoI+k1uTf9mRDxeuoMneTAWp/eXjqA3bb7ni/dH&#10;xIOlO4D5lyJ2lm4AAACgfxmVAQBAj/nYyMipE+3OO1pRfzFyen0Ykz2NdFakeNdDDz38+fGhzmtK&#10;10A/uWLv3gf+P3v3HmeHWdD5//ucmTRpactlqdU2maTJ9CKVi1soF1EItk0maUFAorjrDVhAEYH1&#10;AvjzEsR1gYWVRRcFRSmKYhEQ2+ZCi73guhZb7gGSzCSZmbS2lAJtSpM0M+f5/UFZUdqSy8w8c868&#10;369X/8lrJuczec0rOZ3zPc9TU/+4dQf/qtb6jnWjowdbdzCPlXyidQIw92rNDa0bAAAA6F9GZQAA&#10;MI9sGhr+0ampzudr8sokx7Xumf/K2Sn58Oah4Y9eefrKs1rXQL+Ynhr4nST7WneQJNl7dz3431tH&#10;MM/VuAITFqBOqUZlAAAAzBqjMgAAmAc2nT68dNPQ8OUleX+S01r39KBndAY6n948NPxaV2LCsbvk&#10;lh1fLsnbW3eQ1NTf3rB37/7WHcxvJflU6wZgzh2886Qln20dAQAAQP8yKgMAgMY2Da36qc5APluS&#10;i1u39LglSX73y7ff+fEtQ8Pnto6BXndoqvPmJHe07ljY6vbvOuVh725dwfw33Zm6vnUDMOc+sWHb&#10;tntbRwAAANC/jMoAAKCRy08765Gbh4b/tqRcWpOHte7pFzV5XE1u3DS06uU1Ka17oFddcsuOL6fk&#10;1a07FrJa85rH33TTodYdzH/r9+y5NSU7WncAc6ckrr4EAABgVhmVAQBAA1uWnnX+4GD3E0me1bql&#10;Ty0pKW/bMnTmFVcMDT28dQz0qpHx0Xcl+fvWHQvU+9dNjv1t6wh6R+nmH1o3AHOnW+s/tW4AAACg&#10;vxmVAQDAHNu0bPjnaqd7fZJlrVv6X103kOP+eeuyVd/XugR6VXe6+3NJDrTuWEhqctvUVOfnW3fQ&#10;Y0qubZ0AzJnucd1FV7eOAAAAoL8ZlQEAwBy58bzzFm0eOvMdpeTtSRa37llAVnVL+b+bl5/5nNYh&#10;0IvW37xrR0ne1LpjQSn5pUtu2fHl1hn0ljJVr23dAMyZT19w8xfvaB0BAABAfzMqAwCAOXD1GWec&#10;evvtd16X1Be3blmgTkytf7NlaPgNNSmtY6DX/NPE6OuSfKR1xwLx/nXjo+9tHUHvWXPL2GStmWjd&#10;Acy+Wl1NDQAAwOwzKgMAgFm2ecU5Kw51B65P8uTWLQtcqcmrtwwNv/PG885b1DoGesnGpDtQB342&#10;yZdat/S5mxcNTL+8dQS9q9PJla0bgNlXkqtaNwAAAND/jMoAAGAWXbnizMfV7tQ/peas1i38Py+6&#10;/fY7L79s6dLjW4dAL7locvsttZsNSaZbt/SpO2ty0QW7d9/WOoReVozKoP8dnJq+52OtIwAAAOh/&#10;RmUAADBLNi9b+YROt15dklNbt/Bt1pxclnzgmhUrlrQOgV6ybu/odaXmN1t39KFaSnnhuonRz7cO&#10;obcdOvT1a5IcaN0BzKbyD5fccss9rSsAAADof0ZlAAAwCzYtH/7+lM7WJP+hdQv3r5aMHOgOOLEM&#10;jtDaydHfTS1vbt3RT2qpv7p2fOcHWnfQ+y655ZZ7anJ16w5gFtX6wdYJAAAALAxGZQAAMMO2DA2f&#10;W2o+kuThrVv4TsoFJ3WO/5vLzj33uNYl0EtumNz56pL8deuOflBL/mxkfOwtrTvoH6Vmc+sGYNbU&#10;wUXdK1pHAAAAsDAYlQEAwAzavOKcFTX1qiSPbN3C4arrTrrrwF9dk6cPti6BXrEx6d510uKfSqoT&#10;kY5BSd7z8fHRF5Wktm6hf3QHp6+M7ynoV5+8cNeuidYRAAAALAxGZQAAMEOuGBp6eOlObUrK97Ru&#10;4QiV8pwDQ3v/sHUG9JIN27bdu++kJetr4trGo1Hy9jUToz+zMem2TqG/rN+9ezzJ/23dAcy86upL&#10;AAAA5pBRGQAAzIDLTzvthIEs3lqT723dwlF70eblZ/566wjoJRu2bbv37onRHys1f9q6pZeUkj9c&#10;Oz76C04oY7aUlMtaNwAzr9b6d60bAAAAWDiMygAAYAYMDpzwtqQ+oXUHx6jW121atupHWmdAL9mQ&#10;TN81OfripLyzdUtvKL9/1/joyw3KmE3de+tfJplq3QHMoJpPr9+767OtMwAAAFg4jMoAAOAYbRoa&#10;fmVKXti6gxnRKaX85Zblw/+xdQj0kg3J9NqJnS9NKb8R1zk+kHtr6otHJnb+4oZkunUM/W3draO3&#10;J/n71h3AzCmd+uetGwAAAFhYjMoAAOAYbBpa9QMleWPrDmbU8bXmvZuGh09uHQK9pCR1ZHzn73Rr&#10;WZ3k1tY980mtmaglT1o3MfbHrVtYQGr5q9YJwIyZTo77y9YRAAAALCxGZQAAcJS2LD33ESXlfUmO&#10;a93CjDunHKx/VpPSOgR6zfrJndenM/jkJJ9o3TJP3FgHp39o3fjoJ1uHsLBMl4MfTnKwdQcwE+o1&#10;a8e/8C+tKwAAAFhYjMoAAOAo1KTUgYPvTbK0dQuzpJTnbF0+/POtM6AXjez54p4lnakfqDVvSTLV&#10;uqeRe1PKbyyZWPrk9bt3j7eOYeG5eGLiq0kua90BHLtayrtbNwAAALDweNc9AAAchc3Lhn8+Jf+7&#10;dQez7u7pdB578cSOXa1DoFdtXbbq+7qlvDPJk1u3zJWSXN+tecG6ydGx1i0sbFcuO/OHOqVe17oD&#10;OCZ3Ldm/+PTVt2+7u3UIAAAAC4uTygAA4AhtXnHOipS8qXUHc+LEgdRLN/p/JzhqaybHPrdkYukP&#10;1VJ/JcnXW/fMsq+XUn7zkac89AKDMuaD9ZM7r0/y2dYdwNEryZ8alAEAANCCF0YAAOAI1KSkTr07&#10;yUNatzBX6lOfuGz4Fa0roJetzrVT68bH3ly6i4dK8sYkB1o3zbD9JXlj6S4eWju+8/WPv+mmQ62D&#10;4JtKqe9s3QActW661enIAAAANOH6SwAAOAKbhlb9VEm5tHUHc+6uqW7nUZfs3XFz6xDoB1tPW7Ws&#10;O9j59aS+MMlA655jMJWUP53qlt/29wPz1VUrVz50aqpzcwzioefU5Kp1E6MXte4AAABgYXJSGQAA&#10;HKZNw8Mnl5Q3tu6giZMHS/391hHQL9bcMjY5MrHzJZ3UJyb58yQHWzcdoX2l5A+nS3nMyMTOlxiU&#10;MZ9duGvXnbXkstYdwJHrlPKO1g0AAAAsXEZlAABwmMqh/FaS727dQSOlPnvT8lUjrTOgn6yZGLtp&#10;ZGL0pwYHu6eWlFcm2d266cGU5FM19afrcTll7fjoz188vvMLrZvgcHRq3pKktu4AjsjexeOnf7h1&#10;BAAAAAuX6y8BAOAwXDF01sqBdD+fZHHrFpr6xA0To0/YmHRbh0A/uvG88xZ9+bav/XDt5EeSPDMp&#10;39O6KcnupFxRSvdDa8bHri2GOfSoLcuHP1RrfqR1B3C4yitGJna+rXUFAAAAC5dRGQAAHIbNQ8N/&#10;nWRD6w7mgVp+dmRy57tbZ0C/25h0zl8xfH7p5llJnpbkvCTHzcFDTyX5eJLLO7VesWZy7HNz8Jgw&#10;67YsPev82une0LoDOAwlt08dumfFJbfcck/rFAAAABYuozIAAPgOrly68tGdTudTcX0837D7lFMe&#10;evbjb7rpUOsQWEguW7r0+IeU459Q0v3BUsoTk5yZ5Iwc2wmS0zX5Qkm5qZTujd1Sbrx76sCnN+zd&#10;u39mqmF+2TI0fF1Nfqh1B/DgSim/uXZ85+tbdwAAALCwDbYOAACA+a7T6bw+BmX8qzNu//KdP5Xk&#10;Xa1DYCG5b+h1/X3/JUlqUjafPnx6SlaVTl1RSk6qtZxYkofVkpNSy+A3Pq67v5NyoCb7U8t4yvRk&#10;dzqTJyzqTqzes+dAq68J5lwpb0qtRmUwv+2bqgf/oHUEAAAAOKkMAAAexNahVed1U25s3cH8Umsm&#10;7j558Zkbtm27t3ULAByujUnnicvP/GRqfUzrFuD+leStaydGX9W6AwAAAJy2AAAAD6Kb4gUdvk0p&#10;GTpx34Efb90BAEdiY9JNpl/bugN4QPu69+Z3W0cAAABAYlQGAAAPaMvSVcNJDIe4XyXlV6vTnwHo&#10;MSPjuzal5LrWHcC3K6W8bd2to7e37gAAAIDEqAwAAB5Qt5SXJhlo3cG8de6mZWf+YOsIADhitfvr&#10;rROAb3PHwMD0/2gdAQAAAN/kXfUAAHA/rlmxYsmB7uDNSR7RuoX5q5T87drx0We37gCAI7V5aHhr&#10;kotadwDfUFJevXZi55tad8BcuGJo6OGdctyKTjdDteS4b/56LfWOTmfgjsV3Lxpbffu2u1s2AgAA&#10;RmUAAHC/Ni1b9WOllPe17mDem+p2ppat37Pn1tYhAHAkNi8ffnJq/k/8fBCaq8ltAwdPWLXmts98&#10;vXULzLTLkoGTl6/6oW7KBaXmvCSPT/IfvsOn1SR7knympn60DAx+ZGT39u2z3QoAAPxbfmgEAAD3&#10;Y/PQqquSckHrDua/Uuovrx0fe0vrDgA4UpuWDb+3lPxE6w6gvHRkYuc7WlfATLpyxZmP63Try5I8&#10;O995RPYdleQL3eSdne7i96zdu+0rx14IAAB8J0ZlAADw72w6fXhpGch4kk7rFnrC50cmRs9tHQEA&#10;R+rqM8449dD0wPYkD23dAgtVKbnhn8ZHn7Ix6bZugZmweWjlD6d0fiM1T5ulhzhQa/5kunbecMne&#10;HTfP0mMAAADxIhkAAHyb0snz4rkyh+9RW84467GtIwDgSF2we/dtqfnt1h2wgHVLrS/baFBGH9i6&#10;bNX3bR4a3pp0rp7FQVmSLCklvzDY6Y5uHlr1pstPO+2EWXwsAABY0LxQBgAA/14pz2+dQG/pTk0/&#10;t3UDAByNJZNL35bks607YGGq71kzMXZT6wo4FpclA5uGhl/dLeXGJBfN4UMvScqvDA6e8OlNS4dn&#10;c8QGAAALllEZAAB8i80rzlmR1Ce07qC3lFKe07oBAI7G6lw7lXRf1boDFqA7Fw10X9M6Ao7F1lWr&#10;vuuk5cMfLckbkixulDFcOvnopqHhV9ekNGoAAIC+ZFQGAADfanpqXesEetK5V56+8qzWEQBwNEYm&#10;dn00yd+07oAFpeZ1F+zefVvrDDhaVy5b+fjuoXLjLF91ebgGSvKGLctXvfeyc889rnUMAAD0C6My&#10;AAD4FrVkpHUDvakzMLC2dQMAHK1F04MvTfKl1h2wEJTk+hsmR/9X6w44WpuWr3pGp3SuS7Ksdcu/&#10;UcvzT9x38IrLli49vnUKAAD0A6MyAAC4z2XnnntcSZ7RuoNeVX3vANCzLrj5i3ek1le07oAFYP/0&#10;dPe/bEy6rUPgaGxePvzkUsvfJjmhdcv9KcmFJ3aWXHZNnj7YugUAAHqdURkAANznIXfd+6TM0x+M&#10;0xOe7oULAHrZyOTY+1LLh1p3QD8rKRvX37xrR+sOOBofWbryzNRcmeSk1i0PpiQX71++952tOwAA&#10;oNcZlQEAwH1Kuj/YuoGe9tB7lk08rnUEAByLznT3FUnuat0Bfanm04885eTfa50BR2PrqY95yHTp&#10;vD/Jw1u3HI5S87Obh1a9uHUHAAD0MqMyAAC4Tynlh1o30NtKKU9u3QAAx2LNLWOTpeSXWndAHzrQ&#10;Sf3Pj7/ppkOtQ+BodBff89aUPLZ1x5Epb7ty6cpHt64AAIBeZVQGAABJalJKcn7rDnpbSXlC6wYA&#10;OFZrx0f/JMl7W3dAfymvXDM59rnWFXA0Ni0dflqSF7buOAqLO53On1yTpw+2DgEAgF5kVAYAAEm2&#10;rDhneU0e1rqD3laSx7duAICZMDjYfVmS3a07oE9cNjKx8x2tI+BoXJOnD5ZOfUeS0rrlKJ1/YGjy&#10;Ba0jAACgFxmVAQBAkjp96HGtG+h9NTnr8tNOO6F1BwAcqwt37boztftjSVzVB8eg1kxM596Xtu6A&#10;o3Vg6OYXJuXs1h3HpJTfuWrlyoe2zgAAgF5jVAYAAElKp/N9rRvoCwOLFp94ZusIAJgJI5O7/jm1&#10;vrF1B/SwbklefPHExFdbh8DRuOzcc49L6mtbdxyzmlOmpgde3DoDAAB6jVEZAAAkSa29/c5r5o3u&#10;1PQ5rRsAYKYsmVz2uqR+rHUH9KJSysaRydGtrTvgaJ207+CGJMtbd8yIWl9543nnLWqdAQAAvcSo&#10;DAAAkpQSp0sxI0opRmUA9I3VuXaqdJf8SJLdrVugx1y2Znzn77SOgGNS88LWCTPotC996WvrW0cA&#10;AEAvMSoDAIAktWZV6wb6Qy198k5+ALjP2r3bvtLtlOckuad1C/SIbUv2L35hSWrrEDham5YNr0rJ&#10;01p3zKRSyvNbNwAAQC8xKgMAYMG7bOnS45M8snUH/aHUnNa6AQBm2vo9Oz9VS17cugN6wJ3d6e5z&#10;Vt++7e7WIXBMSi5JUlpnzLCLt576mIe0jgAAgF5hVAYAwIJ30uCJp7ZuoK8YlQHQl9aNj743Ke9s&#10;3QHzWLfU/PT6m3ftaB0Cx6qUrGndMAtOmD7unh9oHQEAAL3CqAwAgAWvOzVtVMbMKfnu1gkAMFvq&#10;cfUXU3Nt6w6Yj2ryS2snRz/cugOO1cakk5qntu6YDZ1OeWLrBgAA6BVGZQAALHiDnZzSuoE+UvOw&#10;1gkAMFvWjY4evPeEgWeW5FOtW2A+qTVvWTcx+tbWHTATzl82fEaSE1t3zIZuree3bgAAgF5hVAYA&#10;wILXrTmpdQN9ZdFlS5ce3zoCAGbLs7Zv39epA+uTjLdugXmh1g9+fHL0V1tnwEzpJN/XumEWnd06&#10;AAAAeoVRGQAAC14t3b58BzbtPGLRopNbNwDAbLpocvstteTZSfa1boHGblxyYMlPb0y6rUNgpnRL&#10;HWrdMFtKMrTRa2MAAHBYPHEGAICUh7QuoL8cqoudVAZA31s3PvrJ1DwvyaHWLdDIF+u9Wbf69m13&#10;tw6BmVRSHtG6YRYtfurp5zy8dQQAAPQCozIAABa8TqkDrRvoL51aS+sGAJgLI5OjW0u3PjPJwdYt&#10;MKdKdnQW1aetu3X09tYpMNNqal+PrvaX7pLWDQAA0AuMygAAWPBqt9TWDQAAvWrt3rEtKeUnkky1&#10;boE5cst07YysGRv7UusQmA2llOnWDbPpuIFyXOsGAADoBUZlAACQGJUBAByDkfGdH0zJS+N5Ff3v&#10;q6XkkosnduxqHQKzpdT+vtZ4emq6r78+AACYKUZlAADQ5+/CZu7VdA60bgCAuTYyPvqu1PKCJN3W&#10;LTBLbul0Ok9ZOz76idYhMKtq7mqdMJuOXzT15dYNAADQC4zKAABY8ErNvtYN9JeDS7p3t24AgBZG&#10;Jne+u6a+Mk4so//cWpKL1uzZ8cXWITDbaslE64ZZtG/1nj3eBAQAAIfBqAwAgAWvW6pRGTOpfnL7&#10;9q+3jgCAVtZNjP1+rfX5SX9fn8aCMtYdmH7S2onRba1DYC6U2hlv3TCLdrQOAACAXmFUBgDAgtfp&#10;VqdKMZPu3ujaLwAWuHWTY3+dUn48ycHWLXCMxjpl4ML1u3f388gG/o2DJ5RPJZlu3TEraj7VOgEA&#10;AHqFURkAAAte6eT21g30j5rc2roBAOaDkfGdH+zWclGSu1q3wFH6x9JdfP6a8e27W4fAXHrW9u37&#10;kmxv3TEbSqcalQEAwGEyKgMAYMGr5bhbWjfQPzrJv7RuAID5Yv3kzus7pY4kuaN1CxyRmmsHB7vr&#10;1u7d9pXWKdBG+YfWBbOhdgavat0AAAC9wqgMAIAF767xL3wp/Xq1B3POSWUA8G+tGR/7x04ZeEKS&#10;z7dugcNS6l/tO3nxmgt37bqzdQq0Umv9QOuGWTA2snt7X57ABgAAs8GoDACABW/DNwZlTpdiRtTU&#10;Pa0bAGC+WTO+ffei6cEfSurHWrfAg6k1f7BvfOwnN2zbdm/rFmjp7pMXX1uSr7XumFElH26dAAAA&#10;vcSoDAAAvmFH6wD6Q6eUna0bAGA+uuDmL96xZGLZM0rJH7ZugftxT2p9/rrJ0ZdvcIoxZMO2bffW&#10;1Pe07phB3drN21tHAABALzEqAwCAJKXEFRjMiO50jMoA4AGszrVTa8ZHX1aT30pSW/dAktTktqS7&#10;ZmRy7H2tW2A+mS6dP0r//F193brJ0bHWEQAA0EuMygAAIEntGgIxMwbLgO8lAHgQJanrJkZ/u5Py&#10;zCRfbd3DgveJgan6hJGJXf/QOgTmm4vHd34hKZtbd8yEks7vtm4AAIBeY1QGAABJOqV8rnUDva8m&#10;t100uf2W1h0A0AvWTOy8otY8ITWfbt3CQlXeua974KlrbhmbbF0C81Z36rXp9SthS65bO7Hj6tYZ&#10;AADQa4zKAAAgSWdw+uPpn2s9aKSk3ti6AQB6ybrJ0bG6OE9M6ttat7CgfCU1zxqZ2PmSDXv37m8d&#10;A/PZyN7dnyk1l7buOAbTZbrzq60jAACgFxmVAQBAkgt37bozya7WHfS2Ujqfat0AAL1m3ejowZGJ&#10;sVck5aVJ7mndQ9/75EC3+6SRydG/ax0CvWJgUfe/1pqJ1h1H6U1r9+74eOsIAADoRUZlAADwTaX8&#10;c+sEet7/bR0AAL1qZGLnOzqdznlJnPzJbOiW5K1LOlNPuWjvrp2tY6CXXLhr153p1Jemx073LskX&#10;9nUPvL51BwAA9CqjMgAAuE/p5rrWDfS06e6i+rHWEQDQy9bs2fHFfROjT6rJa5Lc27qHflG3d7vl&#10;KWsnRl+1es+eA61roBetGx/bXEr5rdYdR+CO2hlc54pbAAA4ekZlAABwnzrYuaZ1Az3tU+tGR+9q&#10;HQEAvW5DMr1uYvSN3W738Uk+27qHntYtyRv3dQ9+//q9O29oHQO9bs34zt+pyQdadxyG6dS8YGTP&#10;F/e0DgEAgF5mVAYAAPdZu3v7jiS3tu6gR5Vc3zoBAPrJ+r27Prtk/+KnlOStSaZb99BzJlO6l6yd&#10;GH2Nk4pgZpSk3t098JM1uap1y4PoJvmZkcnRv2sdAgAAvc6oDAAA7lOSmuTq1h30qNq9snUCAPSb&#10;1bdvu3vtxOirutPdRyX5+9Y99ISDSV63r3vg7JHxXZtax0C/2bB37/67uweeNU+HZYeS+oKRidG/&#10;aB0CAAD9wKgMAAC+VakfbJ1A7ynJ15ZMDF3XugMA+tX6m3ftWDsxekFN/ekkX27dw3xVrx7odh89&#10;MjG60elkMHs27N27//iJpetK8sbWLd9ivJQ8aWRi7NLWIQAA0C+MygAA4FssuWfJVUkOtO6gt9Tk&#10;6tW5dqp1BwD0s5LUdRNj75nqdh6XUt6Xb5wyC0lyR635+RsmxtZctHfXztYxsBCszrVTaydGX5Oa&#10;lyVpPeK8Zqrb+YG146OfaNwBAAB9xagMAAC+xerbt92d+XmNB/NYSd7fugEAFopL9u64eWR85/NL&#10;yeNT4qTQhW1/ktd1Dp6wfN3k6B9uTLqtg2ChGZkcfXvp1sc0ug7zYJLX3jAxesEle3fc3ODxAQCg&#10;r5XWAQAAMN9sWrbqx8o3Tr+Aw3Hnks7Ud6/es8cJdwDQwKah4UtK8ntJVrVuYc50k/InU93y24Yk&#10;MH9sWX7mc1Pr62vyvbP8UNO15D2LBrobL9y1a2KWHwsAABYsozIAAPh3rlmxYsnB7uC/1ORhrVvo&#10;BfXdIxNjP9u6AgAWsstPO+2EgcETfrmTvMpzuH5X/qHU8mtrJ3d8rHUJ8O0uSwZOWnbmT6bUlyV5&#10;/Az/9l9PyaUD0923uuoWAABmn1EZAADcjy3Lht9VS17QuoP5r6Rz4dqJHVe37gAAkq2nPuYhdfH+&#10;F9XUX01yWuseZlL5aKd0f3PN+Ng/ti4BDs+VS1c+ulMGfqqUuv4YTi/bn+Tqmnp5p7vkA2v3bvvK&#10;TDYCAAAPzKgMAADux+ahlU9NOk4/4DsZWzsxemZJausQAOBfffjss086bv/0LyT5r0ke2bqHY3JT&#10;KeW31o7vvLJ1CHD0rjzjjOWdqcHVSc5N6X5vkuFay/Gl5KRv+bBDSRkvqbtSyrZ0y7Xdxd2Prxsd&#10;PdgoGwAAFjSjMgAAeACbh4ZvSHJ+6w7mr1rqr6wbH3tzC6kj+wAAIABJREFU6w4A4P5dc8q5Jx5Y&#10;cvDFKfnFJMtb93DYapKPdFLectHEzqsN+AEAAGDuGZUBAMAD2LzszJ9JqX/WuoN560BnUV2+Zmzs&#10;S61DAIAHtzHpPGnorGd0031FSdbHz0Xnq68n9V3TGfhfF0/s2NU6BgAAABYyPzwBAIAHcM2KFUsO&#10;dAfHk3xX6xbmo/qOkYmxl7auAACOzOblw09OzauSPCfJQOsekiTjKeVPFnWm/viC3btvax0DAAAA&#10;GJUBAMCD2rJ81S/VWlxvyL831SkDZ60Z3767dQgAcHSuGBp6+EAWPS+1/HxKHtu6ZwHan5Q/76T7&#10;zjUTYze1jgEAAAD+LaMyAAB4ENeccu6JB044uCs1p7RuYV55/8jE6IbWEQDAsatJ2bp81dNrLS9M&#10;8twkS1o39bOSfKFb63un68C7L9m74+bWPQAAAMD9MyoDAIDvYNPQ8CtL8nutO5g3pga63UddtHfX&#10;ztYhAMDM+tCKFQ9b3B14Xkl5bpJnJFnUuqlP3JKS95XkvWvHRz/ROgYAAAD4zozKAADgO7hmxYol&#10;B7qDo0lOb93CPFDzrpHJ0Re1zgAAZtcVQ0MP72TRJfcNzC6KE8yOSK2ZKJ1ckdr94L6JXdduSKZb&#10;NwEAAACHz6gMAAAOw+Zlw69Kyf9s3UFz93bKwDlrxrfvbh0CAMydD5999knH7Z9em5o1NbmwlAy1&#10;bpqHalJuTMnfdUuuWL9n56daBwEAAABHz6gMAAAOwzV5+uCBob2fSPLo1i009YaRidHXto4AANra&#10;uuKsc7rdelHSvSgpT0/ykNZNDdQkn0/NtbXk2oFF9fo1Y2Nfah0FAAAAzAyjMgAAOEyblq96Rqnl&#10;o607aKX+y73HD579rO3b97UuAQDmjxvPO2/Rl2/b9/3dzvQTS8oTkzwxyXDrrllwT5JPpuTjteYf&#10;c2+uW3fr6O2towAAAIDZYVQGAABHYPOyMz+YUp/duoO5V2r5ubWTO/+odQcAMP9dftpZj1y0qD6x&#10;Jt+f5NxS6zk1OSfJktZth6MkX6s1X0zJ55L6z91O5+Mn7Dn9c6tz7VTrNgAAAGBuGJUBAMAR2HT6&#10;8NIykC8kObF1C3Oo5LobxkefsTHptk4BAHrTxqRz/rLhMwZK+d6aPCqlrujWLCvJ8pIsq8nD5jjp&#10;yyXZW5PJWjPe6dTttdYvDNRFX7hocvstc9wCAAAAzDNGZQAAcIS2LBv+tVry31p3MGcOZGDgcSO7&#10;t29vHQIA9K9rTjn3xIOLD3x3Gch31W45pZZ6ak15eCd5eEpO7nbz0FLqQ5Msvr/Prym1JF9LkpJ0&#10;u6lfLSlfraV+paR8NSlfTalf6aRz651T94xv2Lt3/5x+gQAAAEBPMSoDAIAjdE2ePnhgaO91SZ7S&#10;uoXZV0v9lXXjY29u3QEAAAAAADBXjMoAAOAo3HcN5qeTPKJ1C7On1GxeMzm6viS1dQsAAAAAAMBc&#10;6bQOAACAXrTu5tG9pZQXt+5gVn25k4EXGZQBAAAAAAALjVEZAAAcpbXjOz9Qkr9u3cHsKMnLLprc&#10;fkvrDgAAAAAAgLlmVAYAAMfgru6Bn01yY+sOZlZNfdPaidHLWncAAAAAAAC0YFQGAADHYMPevfsH&#10;B7vPrcltrVuYGaVm88cnxl7bugMAAAAAAKAVozIAADhGF+7aNVE6+fEkh1q3cKzqnu6h/PTGpNu6&#10;BAAAAAAAoBWjMgAAmAEje0avrakvat3BMSi5vdZywbpbR29vnQIAAAAAANCSURkAAMyQdRNj7ynJ&#10;G1t3cFTurak/vm5ydKx1CAAAAAAAQGtGZQAAMIPWToy+JjX/u3UHR6RbS16wbnzs71uHAAAAAAAA&#10;zAcDrQMAAKDf/MVdX9m886EPP7WkPL51C9/RdJLnr5sYfV/rEAAAAAAAgPnCSWUAADDDSlLvnhj7&#10;hSR/07qFB1VT84sjE6Pvbx0CAAAAAAAwnxiVAQDALNiQTO+bGP3xmvpHrVu4X4dKKf95ZHL07a1D&#10;AAAAAAAA5pvSOgAAAPrdpqHhV5fkDa07+H/2l1Ket3Z855WtQwAAAAAAAOYjozIAAJgDm4aGX1mS&#10;t8RpwU2V5GtJ53lrJ3Zc3boFAAAAAABgvjIqAwCAObJp2aofK6X8aZITWrcsUKOdTueSNXt2fLF1&#10;CAAAAAAAwHxmVAYAAHPoyhVnPq7TrR9IsrJ1ywJzzaLpweddcPMX72gdAgAAAAAAMN8ZlQEAwBz7&#10;8Nlnn7Ro//SfleS5rVsWgG5Nfm1kYvRNJamtYwAAAAAAAHqBURkAADSwMek8afmZv11rfW2STuue&#10;PnVXSv2ZkfGxD7UOAQAAAAAA6CVGZQAA0NCWM856bJ3qXpqSx7Zu6TN/1+1MvWT9nj23tg4BAAAA&#10;AADoNUZlAADQ2DUrViw52B3cWJNfTjLQuqfHfTXJS0YmRt/fOgQAAAAAAKBXGZUBAMA8sWX5qtW1&#10;lj9Osqp1S4/6yHQ6P3fxxI5drUMAAAAAAAB6mVEZAADMI9fk6YMHhiZfkFJ+JzWntO7pEZM1edm6&#10;idHLW4cAAAAAAAD0A6MyAACYh64+44xTD00N/LeU/GySTuueeWp/Sd62vzP1hmfv2fO11jEAAAAA&#10;AAD9wqgMAADmsU3Lh7+/1LwuycXx/P2bpmvJezKV31x38+je1jEAAAAAAAD9xotSAADQAzYNDT+q&#10;JK9J8hNJBlr3NLI/qX88OFjfcuGuXROtYwAAAAAAAPqVURkAAPSQ+04ue22SH0myqHXPXCjJ12rq&#10;e7oD3f+5fvfu8dY9AAAAAAAA/c6oDAAAetBVK1c+dGqq/FhK52Wp9TGte2ZBTepHk/LOfSct/vCG&#10;bdvubR0EAAAAAACwUBiVAQBAD9uYdJ48dOYPT9f6M6Xk4iQnt246FjW5rZT8Zel0Ll27e8enW/cA&#10;AAAAAAAsREZlAADQJzYNDy/uHCoXpFufU0uemeSRrZsOR01u69RcmU754OLx07euzrVTrZsAAAAA&#10;AAAWMqMyAADoQ5clAycNrXxyKQOra83TkvrkJCe07rrPwaR+PCl/n9q98obJXTdtTLqtowAAAAAA&#10;APgGozIAAFgALjv33ONO2rf//KTz1JTy2NT66CRnJxmcg4fflVo/VZNP1HQ+dsLAoY+v3rPnwBw8&#10;LgAAAAAAAEfBqAwAABaob1yXmXNTc25KWVFrlpZal9WSoSTLkpx8GL/NwSRfTvKlUnNrSvbWUiZK&#10;reM13d0HOt3PPXvPnq/N6hcCAAAAAADAjDIqAwAAHtTWUx/zkEOLv3bcv//1znHHTa8bHb2rRRMA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAMBhKq0D&#10;AICZdc2KFUsOTJWzamfgrFKzrJQM1WRpktNrclJJTkpycpKHf8un3Zvk60k9kJT9Sb5ek1tLcltK&#10;vlRqmahleufAdHYu2ju0e3WunWrxtQEAAAAAAAAw+4zKAKCHfWjFioctnh48P6lPKKU8Icnjkgxl&#10;dv+NP5Tki0k+XUv9dCe56dCh/Tdccsst98ziYwIAAAAAAAAwR4zKAKCHfPjss09adM/UD6fk6Z2U&#10;p9XkMUk6rbvyjZPO/jnJ9bXUq+8+cck/bNi27d7WUQAAAAAAAAAcOaMyAJjnrj7jjFMPTQ/+SKn1&#10;WbXkGUkWt246DPtSy9Xp1Cun670fvHhi4qutgwAAAAAAAAA4PEZlADAPbRoeXpx7c0mSny7J2iSD&#10;rZuOwcEkW2qtf5XF5W/XjY4ebB0EAAAAAAAAwAMzKgOAeWTrirPO6dbui1Pz00ke0bpnxpXcnpp3&#10;pTP4jpE9X9zTOgcAAAAAAACAb2dUBgCNbUw65y9b9czSKa9MzdNa98yR6dT64W7tvGn93p03tI4B&#10;AAAAAAAA4F8ZlQFAIzeed96i22//2k+UlFfX5Htb9zRTc21N/vu6ydGPtE4BAAAAAAAAwKgMAObc&#10;ZcnASUOrXpiU30iytHXPvFHKZ1Lr74xMjL6/dQoAAAAAAADAQmZUBgBzaMuys36wlu6bk5zfumXe&#10;KtlSan557cTottYpAAAAAAAAAAuRURkAzIHNK85ZUbtTv1+Si1u39Ihukvd2O1O/un7PnltbxwAA&#10;AAAAAAAsJEZlADCLNiadJw6d+QtJfX2Sk1v39KA7SvKqtROjf946BAAAAAAAAGChMCoDgFmy+Yyz&#10;zy7d6UtrzRNbt/S++rGBbn3hRXt37WxdAgAAAAAAANDvOq0DAKAfbV4+/MJMT/+zQdlMKT/Y7XQ+&#10;vmX5mc9tXQIAAAAAAADQ75xUBgAz6MoVK7670x28NMlFrVv62J93Dp7wc2tu+8zXW4cAAAAAAAAA&#10;9COjMgCYIVuXr3pKt5a/TLK8dcsCcFN3YPq563fvHm8dAgAAAAAAANBvXH8JADNg09Dwq7u1XB+D&#10;srlyXmd64DNblg0/q3UIAAAAAAAAQL9xUhkAHINr8vTBA0M3/8+kvrx1ywI1VZNfWTcx+tbWIQAA&#10;AAAAAAD9wqgMAI7S1lMf85Du4v2XJXVd65YFr+T3bhgf/eWNSbd1CgAAAAAAR6cm5aplZ39P7Uyt&#10;6HY7y1O6J33j18sJSRZ/8+M6tdxZS72jlnpHpzNwRzk4/ZWLbhnbW5LaLB4A+oxRGQAchcuXnnX6&#10;YKe7OcmjW7fw/3x4X/fA8zfs3bu/dQgAAAAAAA9u6/Kzz+h2p56YTjk/tTwmqcuTDCU57ih/y68n&#10;5fOp9TNJtpXS+ez+zr03PnvPnq/NXDUALBxGZQBwhK4844zlne7AR1JzVusW/q1Ss3nxwNRzVu/Z&#10;c6B1CwAAAAAA/2rraauWdQfKj9aSZ5Tk/CTfNQcPO53kn0opWzNdtv7T3h03bnTjBQAcFqMyADgC&#10;VwydtXIg3euSLG3dwgOpH7v3+MH1z9q+fV/rEgAAAACAhezypWedvqhTf7Smbkjy5LR/ffrLJdlU&#10;O/mztXtGr3NdJgA8sNb/aANAz/jIsrNPmyrT15bkzNYtPLiaXHV8Z+qZTiwDAAAAAJhbG5POk5YN&#10;X1JLeXlSVyfptG56ALtKKe8eGJi+9MJduyZaxwDAfGNUBgCHYdN3D59Sjsv1Sc5p3cJh+7slE0uf&#10;uzrXTrUOAQAAAADod1etXPnQqUOdF6bkZUlWtu45At2kbi7dgd9eu3fHx1vHAMB8YVQGAN/BlqXn&#10;PqJ2Dl6b5NGtWzhCpbzvhvGd/2lj0m2dAgAAAADQj65aufKhU1Pl/0vKzyU5sXXPsajJFQOpG9dM&#10;jN3UugUAWjMqA4AHcc2KFUsOdAc3JVnduoWjU1PftG5i7NWtOwAAAAAA+sk1efrg/mV7/0vp5HWp&#10;OaV1zwyqSf6uU+uvr5kc+1zrGABoxagMAB5ATcqWZav+JqU8p3ULx6aU/MLa8dH/3boDAAAAAKAf&#10;bF42vCYlb0lybuuWWXQoyZv3dQ+8fsPevftbxwDAXDMqA4AHsGlo+NUleUPrDmbEdCnlWWvHd17Z&#10;OgQAAAAAoFddftpZjxwY7P5RSZ7bumUO3ZJSXj4yvvODrUMAYC4ZlQHA/di0fNUzSi1bkwy2bmHG&#10;3DE42P2PF+7aNdE6BAAAAACg12weWvnDSefPkixr3dJATcp7BgenX3Hhrl13to4BgLlgVAYA/85V&#10;K1cOTU11PpXk4a1bmHE31ePyA+tGRw+2DgEAAAAA6AXXnHLuiQeOP/j2JD/ZumUemOx2y/PW7915&#10;Q+sQAJhtndYBADCfXJYMTE2Vv4hBWb86Lwfz5tYRAAAAAAC94PKlZ51+4PiD18eg7JuWdTr177cM&#10;DfvzAKDvOakMAL7FlmXDv1ZL/lvrDmZVLd26bu3esS2tQwAAAAAA5qvNQyufmnQ+lOSRrVvmqb+Y&#10;mrrnJZfccss9rUMAYDYYlQHAfbYsPev82un+nySDrVuYZSW3dwbr960ZG/tS6xQAAAAAgPlm09Dw&#10;JSX5yyQntm6Z565Zsn/xM1ffvu3u1iEAMNNcfwkASa5ZsWJJ7XQvjUHZwlBzSp0q72idAQAAAAAw&#10;32xZPvyyknwoBmWHY/WB4w9uvWrlyoe2DgGAmWZUBgBJDnYHX5vknNYdzJ1a8yNbh868uHUHAAAA&#10;AMB8sWn5ql+uNX+QZKB1Sw95ytRU5x8/suzs01qHAMBMcv0lAAve5qVnPCadgZvilLKFaLJz8ITv&#10;XXPbZ77eOgQAAAAAoKVNy4f/U6l5TxxMclRq8rnambpw/Z49t7ZuAYCZ4AkBAAtaTUo6nT+IQdlC&#10;tWx6yT2/1joCAAAAAKClzcvOfL5B2bEpyfcNdAf//kMrVjysdQsAzARPCgBY0LYMDf9oUn6wdQft&#10;lJr/euUZZyxv3QEAAAAA0MKWobMuSKnvjteOj1lNvndJd/DSjf4sAegD/jEDYMHaNDy8OMn/aN1B&#10;c0s63c5/bx0BAAAAADDXNg0NP6qm+8Ekx7Vu6SPPfOLQ8DtaRwDAsTIqA2DBKveWlyRxQhVJLT++&#10;dWjVea0zAAAAAADmylUrVz60pH4wyUmtW/rQizYNrXp56wgAOBZGZQAsSJefdtoJSfc1rTuYN8p0&#10;ysbWEQAAAAAAc6Em5dBU511JObt1S78qKW/ZtGL4Sa07AOBoGZUBsCANDpzwkqR8T+sO5o+SrHda&#10;GQAAAACwEGxdNvzakjy3dUefW1RqLv3Gm9yB/5+9ew/T+yzo/P+5n5kkPdBybOm2yeQ0SQuVk60c&#10;BIVKD0naclgxHFYEFM/iuoKiP12JyiqiuyyCi7igrMICBUW25ATFVgSk2IKiBdpMTpO0tBRaaHpK&#10;Ms9z//6AXUtt0ySdmfs5vF7X1f/aed65nlydmef7+d5fYPAYlQEwci5ftuyYWvLa1h30HaeVAQAA&#10;AABDb/PSyafVkt9u3TESalaPjx//ptYZAHA0jMoAGDl31fGXlOTRrTvoPyW5cOPiFY9r3QEAAAAA&#10;MBcuz7PGU/OWuE48j+qPb51YdV7rCgA4Un5YAGCk1KSUmle37qBvlU6n8/OtIwAAAAAA5sLdS6//&#10;T0nOat0xYkov9U8/tGzZw1qHAMCRMCoDYKRsnVj97CSPbd1BX/sPl512xiNbRwAAAAAAzKaPLF31&#10;mNTqsZdtLF7UG9vQOgIAjoRRGQAjpdbuT7duoO8de3C8+6OtIwAAAAAAZtNYrW9Ksqh1x6gqKT/1&#10;kYnVK1p3AMDhMioDYGRsXLbslJRycesOBkCtL2+dAAAAAAAwWzZPrHh2kgtad4y4RWO1+/utIwDg&#10;cBmVATAyxurYf0iyoHUHA+Gxm5es+J7WEQAAAAAAD1ZNSjL2u607SFLKv9+yZPX3tc4AgMNhVAbA&#10;yKi1vKR1AwOkjL20dQIAAAAAwIO1ecnkeUl1E22fqKX7X1o3AMDhMCoDYCR8dPGKVUm+u3UHg6T+&#10;0AY/KwEAAAAAA6wmpZQ4payvlO/bvHTyaa0rAOCBuFAKwEjodjovaN3AwDnlyRMr/WIPAAAAAAys&#10;rROrnx03XPefmp9pnQAAD8SoDIDRUPOc1gkMnlLKv2/dAAAAAABwtGp6P9m6gfv0ok2nTS5uHQEA&#10;h2JUBsDQu/TU1Y9Kyfe07mAgXdQ6AAAAAADgaGw6ZfKkxA3XfWq8M15+qnUEAByKURkAQ29sQe+C&#10;JGOtOxhANas3LztjWesMAAAAAIAjVRaWFydZ2LqD+1Zr/bFLXLsAoI8ZlQEwCp7dOoDBVerMua0b&#10;AAAAAACOXP3p1gUc0iknTKx4VusIALg/RmUADL1S88zWDQyuXi/ntG4AAAAAADgSW5avfkKSM1p3&#10;cGi1dp7XugEA7o9RGQBD7aNLTj81yYrWHQy0Z7QOAAAAAAA4Er2Z7kWtGzgMJT+0wTV7APqUb1AA&#10;DLVup/fU1g0MtlIycdny5Y9u3QEAAAAAcLhKKWtbN/DASvLoJ0+sfFrrDgC4L0ZlAAy1knx36wYG&#10;34Hu2JNbNwAAAAAAHI4PLVv2sCRPad3B4emkXNy6AQDui1EZAEOtV+sTWjcw+IwTAQAAAIBBsag7&#10;dkGS8dYdHJ6aPKN1AwDcF6MyAIZaSZ7YuoGhcGbrAAAAAACAw9Ep5dmtGzgiT7rqrLMWtI4AgHsz&#10;KgNgaH349NNPSLK4dQdD4YzWAQAAAAAAh6MmT2rdwBE57qav3uqpKwD0HaMyAIbW+P7eytYNDI3J&#10;DX5uAgAAAAD63IZvfY752NYdHJmxTucprRsA4N5cHAVgaHVqVrRuYGgc+7RTV57WOgIAAAAA4FC+&#10;d/GKlUmOa93Bkam1fE/rBgC4N6MyAIZWSW956waGR3dhMSoDAAAAAPpab2zs8a0bOBp1VesCALg3&#10;ozIAhlbtdU5p3cDw6FSjMgAAAACgv/VqPbN1A0dlSesAALg3ozIAhlepRmXMml7tndq6AQAAAADg&#10;UDrJ4tYNHJVTrzrrrAWtIwDgnozKABhmJ7cOYHiUlEe2bgAAAAAAOJRay6NaN3BUxm7++h2elgFA&#10;XzEqA2CIlYe3LmCIlJzYOgEAAAAA4FBKqW6OHVC9bneidQMA3JNRGQBDrB7fuoAh0jMqAwAAAAD6&#10;W02MygZUSe8RrRsA4J6MygAYZkZlzJpS8pDWDQAAAAAAD+Ck1gEcnU4pC1s3AMA9GZUBMLxKjmud&#10;wPCoyVjrBgAAAACAB+Bm6wHVK1nQugEA7smoDIDhVVNaJzA8avx9AgAAAAD6W0kOtm7g6HR6TioD&#10;oL8YlQEwzHqtAxgepVajMgAAAACgr9ViVDaoauk5qQyAvmJUBsAwMypj9pTi7xMAAAAA0N9qDrRO&#10;4OjUpLZuAIB7MioDYJi5I4tZU5I7WzcAAAAAADwAo7IB1SmdW1o3AMA9GZUBMLRq8s3WDQyPWnJ7&#10;6wYAAAAAgEOrRmUDq2dUBkBfMSoDYGiVZF/rBoZIrXe0TgAAAAAAOLRyQ+sCjk7t9r7eugEA7smo&#10;DIBhdlvrAIZJubV1AQAAAADAoZXp1gUcnZksMCoDoK8YlQEwzL7aOoBhUt3hBwAAAAD0tVp7RmWD&#10;qd6VOz3+EoC+YlQGwDDb2zqA4VFr+UrrBgAAAACAQymdsrt1A0dl1/q9e+9qHQEA92RUBsDQKsXJ&#10;UsyeUrs3tm4AAAAAADiUTvX4ywH1z60DAODejMoAGFq9npPKmDX1mP3H7WgdAQAAAABwKJ3x7rWt&#10;Gzgq17QOAIB7MyoDYGiNjY19uXUDQ+Mr59x8ze2tIwAAAAAADuW8HTumEzdcD5xanFQGQN8xKgNg&#10;aD3ykSdsT3KwdQdDoOa61gkAAAAAAIel1s+2TuAI1RknlQHQd4zKABhaZ1999cGU7GzdwRAo1ZHx&#10;AAAAAMBAKJ18unUDR+Tr+/buNCoDoO8YlQEw3Gq+0DqBYdD5fOsCAAAAAIDD0av5TOsGjsjfrE+6&#10;rSMA4N6MygAYarXUK1s3MPh6tXt16wYAAAAAgMNxe2//55Lc3bqDw1U+3roAAO6LURkAQ62UclXr&#10;BgbezB31gKPHAQAAAICBsH7v3rtS66bWHRye3tjMltYNAHBfjMoAGGoHFo1dnWSmdQeDrHx+/d69&#10;d7WuAAAAAAA4XKXT+cvWDRyOeu2FO3fubl0BAPfFqAyAofbca6/dl+SzrTsYXDW9y1s3AAAAAAAc&#10;ibvKwU1JDrTu4NBq8uHWDQBwf4zKABh+tf5N6wQGV6d0PtG6AQAAAADgSDx/165vJNnauoNDqr2M&#10;vb11BADcH6MyAIZfqVe0TmBgzdxVDn6qdQQAAAAAwJGrHoHZ1+onL5q+bkfrCgC4P0ZlAAy9k056&#10;+CdK8o3WHQyiesW37+gDAAAAABgodWF5X01uat3BfaulOKUMgL5mVAbA0Dv76qsPxjHfHIWa/J/W&#10;DQAAAAAAR2Pd1NT+1PonrTu4T7ceW2acJAdAXzMqA2BUbGwdwODpZczfGwAAAABgcPXKnyQ52DqD&#10;71Rr/vScXbvubt0BAIdiVAbAaOgt2pjkQOsMBkn5h4umr9vRugIAAAAA4Gitu35qb5L3t+7gO+xb&#10;2Bv/3dYRAPBAjMoAGAlr9l5zSzzKkCNQ0/uL1g0AAAAAAA9W6XXe0rqBeyj5n+de/+Wvt84AgAdi&#10;VAbAyKjJn7duYGDM5EB5X+sIAAAAAIAHa83e6z6bUt/buoMkyb4FM+O/0zoCAA6HURkAI+P2ExZt&#10;TfK11h30v1LzsXU3Tt3cugMAAAAAYDbUmfLLSe5s3THqaurbnFIGwKAwKgNgZKy/5poDpZS3t+6g&#10;/9VO762tGwAAAAAAZsu666f2lsRjMNv66sLugje2jgCAw2VUBsBI6fQ6/yPJwdYd9LWdV+7esaV1&#10;BAAAAADAbFp016LXJ7mhdceoKqX8jFPKABgkRmUAjJTz91x7Q2q9tHUH/avUvGND0mvdAQAAAAAw&#10;m865+ZrbS/IrrTtGU924Zve2v2xdAQBHwqgMgJHT6eS/tm6gb+1LXfTHrSMAAAAAAObCmumpv0jy&#10;ntYdI+bWUhb+eOsIADhSRmUAjJwLdm//dFIva91B/6mpb1uz95pbWncAAAAAAMyVbg68Ksne1h0j&#10;o+bX1+z+0ldaZwDAkSqtAwCghU1LJs8vJVtbd9BXDtRuVq67fsqHKQAAHJUPn376CccfOHDc3d0F&#10;xyfJwlruvmNs/53P37XrG63bAADgnjZNrHx6SfnbJGOtW4Zbfdfa6e2vaF0BAEfDqAyAkbV5YvLT&#10;SZ7WuoP+UGveum7P1KtadwAA0J82JJ2zJ1YvGyuuIRNlAAAgAElEQVQzZ5SUx6SW02vqGUlZleS4&#10;JCc+wJe4IyV3pmZnUr6U1C+n1Gs7ZexLj3zkCdvPvvrqg3P/pwAAgH+1ZWLyDTV5beuOIXbNMXct&#10;euo5N19ze+sQADgaRmUAjKwti1c/uXZ6n4nvhyS3zcx0Vl58w3Vfax0CAEB/2DQ5uahzoPN9Se/c&#10;mjwjyZPyrfHYXJhJ8k8luayXfCoL87frpqZum6PXAgCAJElNypalK9+TWl7cumUIfb031j3rwp07&#10;d7cOAYCj5SI6ACNt88Tk+5Osb91BWyX5rTXTU69r3QEAQFubJicX5UAuLrW8pJR6Tk0e1ijlziSf&#10;LLW8r7eo/qWBGQAAc+WSxYuPPaFzzMfjqR6zqdtJWXvB9LaPtQ4BgAfDqAyAkfbRxStWdTudf0my&#10;sHULrdSv1IXlDBfqAABG0+V51vhdE3vXluSlSS5KcmzrpnvpJvXymvxFd+auD158ww13tg4CAGC4&#10;fHTJ6ad2S/czSZa0bhkGJeW1a6a3vbF1BwA8WEZlAIy8LROTv1mT32jdQRsleeGa6alLWncAADC/&#10;Nk1OLioHysuT+pokk617DtONSf6wLswfuSkCAIDZtHnx8senM/Z3SU5s3TLIPBUDgGFiVAbAyPv2&#10;8d7/kmRF6xbmWcmWtbun1rbOAABg/nxkYuLhY1n4H5P8bJJHte45Snck9Z0zvbE3Xrz3uutbxwAA&#10;MBw2Llv1xE6vbk1ycuuWgVTr69fu2f6fW2cAwGwxKgOAJJuXrnx+avmr1h3Mq7s7nc6TLth13Zdb&#10;hwAAMPe+dTJZ/lOSV2dwx2T3dkdqedv4gu7rz9ux45utYwAAGHybl59+errdy5Isbt0ySGrqG9dN&#10;b39t6w4AmE1GZQDwbZsnVr0rqS9r3cH8KCm/sGZ625tbdwAAMPc2TUy+oCRvyvBeGLu1pPzmZ6a3&#10;vWVD0msdAwDAYNt42orVpdP5WCmZaN0yEGr5gzV7tv1ySWrrFACYTUZlAPBtH1ux4qEHD3a+4Bfl&#10;EVDyt1funvqBDS64AQAMtc3LzlhWezNvKclFrVvmyVWpvZ9Zu2fHP7QOAQBgsG1cvnxppzu2JckZ&#10;rVv62MGa+rPrprf/z9YhADAXOq0DAKBfnLdjxzfTqT8VdxMNu31j3d6PbzAoAwAYapuXrHp5ejP/&#10;NEKDsiQ5O6XzyU1LVv7aBp/7AQDwIFy4c+fuzv7jzk5ySeuWPvXVlDzToAyAYeakMgC4l80TkxuS&#10;vK5xBnOkJj+0bnrqg607AACYGx+ZmHj4WF30zpT6/NYtLZXkEwd7nZdcvPe661u3AAAwuGpSti5d&#10;9eu11g1x40KSpCbbeqU896Ld277UugUA5pJv/ABwL1dOT/1Wkq2tO5gT7zAoAwAYXpuWTT51LAs/&#10;P+qDsiSpyfePd3r/uHnpinWtWwAAGFwlqWt2b/vtUspzktzSuqexWkreNrb/uCcZlAEwCpxUBgD3&#10;YeOyZad0euNXJTmtdQuzoyT/WPYf94wLbvrCHa1bAACYfVsmJl9ak7cnObZ1S5/p1lpft27P9v/S&#10;OgQAgMH2kYmJh49l0RuS+hOtWxqY6pT6sgt2b/906xAAmC9GZQBwP7YsX/2E2u19KsnxrVt40PaW&#10;suDJa3Z/6SutQwAAmH1bJibfUJPXtu7oc39x0kkP/bGzr776YOsQAAAG25aJyfU1eUuSk1u3zJP3&#10;dHPgVRdNT9/aOgQA5pNRGQAcwuYlq16cUt8T3zMH2f6kd+7a6R2fbB0CAMDs2pB0nrp08q215qdb&#10;twyCmnykO3PnCy++4YY7W7cAADDYLj119aMWjPV+r5a8LMlY6545clWpnV9cs+e6v2sdAgAtuEAO&#10;AA9g88Tk65JsaN3BUekmefHa6akPtA4BAGB2Xb5s2TH76/h7a83zWrcMmM/OzHQuvPiG677WOgQA&#10;gMG3cfnypZ3u+P+X1Fcm6bTumSXba/Kf1k1PXdo6BABaMioDgMPgcToDqSb5kbXTU+9uHQIAwOy6&#10;JBl7yMTk+0vyg61bBlEpuXLRnYvOPefma25v3QIAwHDYunTl9/ZSfic1z2zd8iBcn+StMzN3/qHT&#10;fQHAqAwADktNytaJyXfV5Edat3B4Ss2vrdkz9TutOwAAmF0bks5TJib/PMl/aN0y0GquOGZsZu05&#10;u3bd3ToFAIDhsfG0Fas7Y+Vnk/KjSR7Suucw1Jps7KTz5s9MX/c3G5Je6yAA6BdGZQBwmGpSNk+s&#10;/B8l5adat/AAal69ds/Uf2udAQDA7Nu0ZPItpeTnWncMif9zzPTiHzwnV8y0DgEAYLhsOmXypLIw&#10;r0zyY0lWtu65D7ek5kOdUt92wfT2q1vHAEA/MioDgCNgWDYADMoARs6myclFY7U+tOyvD62dcmLN&#10;2MPv69+rnd5Mp1f3JUnK+C3dBd2vr5uaum1eY4EHZdPE5GtL8obWHcOkJH9+wfTUy8u3Hh8PAACz&#10;buvS05fX2ntOTe+ipDwryXibkvqVJB9I6geunN7x6Q1OJQOAQzIqA4AjdEkydsLE5J8leWnrFr5D&#10;raX+8rrd2/+gdQgAs2vT5OSiHMxjU+vjSsqKpCxL6pIkE0mWJFn0IL78wSRfT3JLku01dUeS7Z3S&#10;2TFTy5cunL5up6EF9IdNS1euLbV8JEmndcuwKaW+as3u7W9t3QEAwPD72IoVEzMHx36gpH5fLfXp&#10;STl9Dl/ulpR8ttR8ttZ8et+Jiy5ff801B+bw9QBgqBiVAcBRqEnZMjH5uiSva91CkuTuWuuL1+3Z&#10;/tetQwB4cDZNTp7YOVjPSu18T009qySPq8mqNLuLOfuS/HNN/UKSz43V/P3f79n+xQ3uZoZ5tWnJ&#10;5MpOyVU1eVjrliE1U2rnB9bsue7vWocAADBatq5ceXJvJk9PLWekZmVKVtSalaVkcQ7vhpKDSb0+&#10;pewuNbuT7Eop16bb++yavdun5jgfAIaaURkAPAhbJlb9ck19Q3xPbem21Kxfu2dqa+sQAI7clsVn&#10;PiKd/eem5oJa8r1JVqfPTyEqyTdqyqdr7X261s5ld+zddtX6pNu6C4bVJYsXH3vC2LGfSa2Pb90y&#10;5G7sdWaedOGuXTe2DgEAgEvOPHPhcfv2Hb9gZsFDumNl4Vip/+8Gk5lePVA743d0ur0Dt18/9RW/&#10;kwPA3HABHAAepM0Tkz+U5M+SHN+6ZQRN1eS566anvtg6BIDDt3nx8sfXztjzSrImyZOTjLVuepC+&#10;XpLLUsvWsrC38YLt27/aOgiGyeaJVW9P6k+07hgRl++bnjrPRTkAAAAAjMoAYBZsXLzicZ1O56+T&#10;rGjdMjrqZaV3zAvX7L3mltYlABza5XnW+P6JG55V0704Kc9PsqR10xz7YpIPlF59t0dtwIOzZemq&#10;C2utH2ndMUpKyi+smd725tYdAAAAALRlVAYAs2TL4jMfUTv7/yzJc1q3DLlaS3739t1Tv+EEBYD+&#10;9rEVKyZmumM/klpflmSydU8D3aReXkrnzxaVg391zq5dd7cOgkFy+UlnPuTuY/d/McM/RO03d6Yz&#10;fubaXV/e1ToEAAAAgHaMygBgFtWkbJlY9aqkvjHJotY9Q+iWmrx83fTUpa1DALhvmyYnF5UD+aGk&#10;vDyp5yTptG7qByX5Ri353zV5x7rdU59v3QODYMvE5Btq8trWHaOoJn+5bnrqBa07AAAAAGjHqAwA&#10;5sDGZaue2OnVP0/yuNYtQ+QDC8a6rzp3586bWocA8G9tPXXlkt54XpOUlyV5aOuePve5mvrmk096&#10;2HvPvvrqg61joB9tmph8bEk+n2Rh65ZRVUq5aM3ubRtbdwAAAADQhlEZAMyRy/Os8bsm9r66JL8Z&#10;p5Y9GLtT85Nr90xtbR0CwL/10cUrVvU6nV+qyUuTHNO6Z8BMlVLffFt3/zvX7917V+sY6CebJya3&#10;Jjm/dceI+/K+ExY9Yf011xxoHQIAAADA/DMqA4A5tmnp5JNKL/8jJU9t3TJgapJ33t2Z+aXn79r1&#10;jdYxAHynjctWPbH06m+X5ML43fLB+nqSt3Zz4M0XTU/f2joGWtsysfrcmt7HWneQ1JqfWbdn6m2t&#10;OwAAAACYfz74B4B5UJOydWLyh2vyhiSntu4ZAJ8vpb56ze7tl7cOAeA7bVy+fOnYzNhv1JIfSTLe&#10;umfIfL3U/Lfb6t1vcnIZo2zzksnLU/Ks1h0ktWb69hMXrXJaGQAAAMDoMSoDgHl0+UlnPmT/sft/&#10;qSa/mOQhrXv60I5Syn/+zO5t79uQ9FrHAPCvtq5ceXLvYOe3k/qKJAta9wy5r5WU1982ve2t65Nu&#10;6xiYT5snVjwj6fxd6w7uoZZXrN2z7V2tMwAAAACYX0ZlANDAxmXLThmr479Ra14ZF+aT5Ks19fW3&#10;n3DM252CANBfrjrrrAVf+9o3f6LWbEjyqNY9o6SUXNkr+YV1u6Y+07oF5suWJZObasna1h18h6l9&#10;01NnGLkCAAAAjBajMgBoaPOyM5bV7syrS8mPJTm2dc/8q18ppfO2/cd0/vtzr712X+saAL7TlsWr&#10;n1w7vXckeVzrlhHWS8o7Sm/hr67Ze80trWNgLm1cvOJxnU7nn+Lzqv5Tyg+u3b3tr1pnAAAAADB/&#10;fEgHAH1g68qVJ9eD5Wdr8sokp7bumWsl+USSP3rUSQ/90NlXX32wdQ8A32nT5OSJ5UD5/aT+ePze&#10;2BdK8o2kbPBITIbZ5qWTf5San2ndwX2pl62d3n5e6woAAAAA5o+LAwDQRy7Ps8b3L9l7YS31x5Oy&#10;JslY66ZZdHtS39Pr1T+6cO+Of24dA8B927hk1fd3Sv3TJCtbt3CfPjrT6/zoxXuvu751CMymTZOT&#10;i8qB3JDkEa1buE+9zkxddsEN2/e0DgEAAABgfhiVAUCfumz58kcf6HbWl5QXJ3lqBvP79l2pdXPS&#10;+eCB4zof8YhLgP516amnHjc+fvybnE42EPYl9TVrp7f/SesQmC1blq76wVrrB1t3cEi/unZ66g2t&#10;IwAAAACYHy4UAMAA+NiKFRPdbnlOr5bnlOSZSRa2bjqEO5NsLMkHy/7jNl5w0xfuaB0EwKFtPG3F&#10;6s5Y5z1Jzm7dwuEryfvHxns/ed6OHd9s3QIP1uaJyf+T5OLWHdy/knxpzfTUY1t3AAAAADA/jMoA&#10;YMB8+PTTT1h4Z/d7U/K0mnxvSZ6S5MR2RfUrpZQrezWfSS+f6fbu/IeLb7jhznY9AByJzROTP5zk&#10;j5Mc37qFozJVxjovWLPzun9qHQJH67LTznjkwbGZG9LfN06QpJZ897rdU59v3QEAAADA3DMqA4AB&#10;tyHpPGX56atqr3t2p+bsXnJmSV2VlIkknVl8qTtTylR6valaMpWaz9Xx3mcu3Llz9yy+BgDz5FuP&#10;uzzuj5O8tHULD9r+kvLaNdPb3tw6BI7GlqWrXlJrfU/rDh5YTV63bnrqt1p3AAAAADD3jMoAYEht&#10;mpxclANZWTo5udRyampOSslJqXW8pjy81DpeS064539Tkl5N+WZJvbUm3ywlN9eSqZmZzraL9153&#10;fas/CwCz69LFq08b7/Q+kORprVuYTfXtx0wv+blzcsVM6xI4EluWTL6zlvxo6w4eWEk+sWZ66pmt&#10;OwAAAACYe0ZlAAAAI2TL0snvrrV+JCn/rnULs68mH1sw3vuh83bs+GbrFjhcm5ZM7i4lE607OCwH&#10;OvuPe8QFN33hjtYhAAAAAMyt2XwkFgAAAH1sy8Tk+lrzKYOy4VWS82ZmOldvXn766a1b4HB8ZGL1&#10;CoOygbKwt/DOZ7SOAAAAAGDuGZUBAACMgC1LJ19Zk/ckOaZ1C3NuZbrdKzYuW/XE1iHwQDrpPrt1&#10;A0eoVO8ZAAAAwAgwKgMAABhymycmf6XW/M8k461bmDenjPXq5ZsnVjhRiL5WkrNaN3CkytmtCwAA&#10;AACYe0ZlAAAAQ6omZfOSVb+f5HdbtzD/avKwpPPxTROTL2jdAvenpDymdQNHzHsGAAAAMAKMygAA&#10;AIZQTcqWJavemFJf07qFphaW5H9vWbrqB1uHwH3pJae3buCInfKhZcse1joCAAAAgLllVAYAADCE&#10;tiyd/AODMr5tQa31vZuWrHxe6xC4pw8tW/awkjy6dQdH7phuZ1XrBgAAAADmllEZAADAkNkyMfmm&#10;1Pxi6w76yoJSygc3L1n5otYh8H8tnFnglLIBVUrnjNYNAAAAAMwtozIAAIAhsmXpylfX5Bdad9CX&#10;xlLKuzYtmTy/dQgkydhYVrZu4OjUeO8AAAAAhp1RGQAAwJDYtHTyR2stv9+6g762qJR8cNPSySe1&#10;DoGk94jWBRyt4r0DAAAAGHJGZQAAAENg85LJ55SaP0lSWrfQ904oNR/deNqK1a1DGG21loe0buBo&#10;9U5oXQAAAADA3DIqAwAAGHCbJiYfW0r+V5Kx1i0MjEeNjXX+esviM502RDO1xDBpQNUU7x0AAADA&#10;kDMqAwAAGGBbV648uSQfqcnDWrcwWGrymNrZ/95LjBFppFTDpEFVYhAIAAAAMOyMygAAAAbUJWee&#10;ubB3oHw4yfLWLQys8x+yZPL3WkcwqjxCcWDVnNg6AQAAAIC5ZVQGAAAwoE7ct//3UvLU1h0MtlLy&#10;6k1LVr6wdQejqCxoXcBRKvHeAQAAAAw5ozIAAIABtGnJyufV5D+27mA4lFL+ZONpK1a37mC01NR9&#10;rRs4are1DgAAAABgbhmVAQAADJitS09fXkp5V5LSuoWhcWJnrPO/LznzzIWtQxgdJTEqG1zeOwAA&#10;AIAhZ1QGAAAwQK4666wFvdq9JMlDW7cwdM56yL6739g6gtFRSscwaXB57wAAAACGnFEZAADAAPnq&#10;zd/81SRnt+5gOJWUn980MXlx6w5GQ696/OWgKsXjLwEAAACGnVEZAADAgNi4bNUTS/JrrTsYaqUk&#10;f/yhZcse1jqE4VeK064GlUEgAAAAwPAzKgMAABgAV5111oJOt74rycLWLQy9U4/pjf9+6wiGX6md&#10;3a0bODqlFu8dAAAAwJAzKgMAABgAX735m7+akie07mBkvHLL4pVrWkcw3Hrd3pdbN3B0aqd67wAA&#10;AACGnFEZAABAn9s0MflYj71kvvVKefuHTz/9hNYdDK+1109dn+T21h0cuW537NrWDQAAAADMLaMy&#10;AACAPleSt8RjL5lnpWRiwd3dX2ndwfAqSS3JVOsOjtgdF+297obWEQAAAADMLaMyAACAPrZ5yaoX&#10;J/mB1h2MplLzms3LTz+9dQfDq5biMYqD59qS1NYRAAAAAMwtozIAAIA+demppx6XUt/YuoORtjDd&#10;3n9rHcHwqr3ev7Ru4MiUxHsGAAAAMAKMygAAAPrUgrHjfiHJ4tYdjLq6bvPSFetaVzCkxsrHWydw&#10;ZHqp3jMAAACAEWBUBgAA0IcuPXX1o2rJL7fugCRJr/M7NSmtMxg+x+5afFWS21p3cPjG6/hlrRsA&#10;AAAAmHtGZQAAAH1ofKy+NslDW3dAkqTkCVuWrHpR6wyGzzm5YqYmn2jdweGq156/59obWlcAAAAA&#10;MPeMygAAAPrM1pUrT06pP926A+6plvqbl+dZ4607GEoepzgoiseVAgAAAIwKozIAAIA+0zuY1yQ5&#10;vnUH3FNJVu2f2Pvi1h0Mn9Lr/k3rBg6XURkAAADAqDAqAwAA6CNbFp/5iKT8VOsOuC81+ZWalNYd&#10;DJe1e3d+IaV8oXUHh1aSbxxTDm5q3QEAAADA/DAqAwAA6CdjB342yQmtM+B+PHbLksmLW0cwlN7d&#10;OoAH9IFzdu26u3UEAAAAAPPDqAwAAKBPXL5s2TG11p9r3QGHUkpe3bqB4TPW67wnSbd1B4dQO3/R&#10;OgEAAACA+WNUBgAA0Cfu7i54UZKTW3fAodTk+zcuXvWU1h0Ml/P3XHtDko+37uB+7bhgz3WfbB0B&#10;AAAAwPwxKgMAAOgXxSllDIZOp/5s6waGT019T+sG7lsp5b0lqa07AAAAAJg/RmUAAAB9YPPSyacl&#10;Oat1BxymF246ZfKk1hEMl5NPeth7k7qrdQf/xp1lvPeHrSMAAAAAmF9GZQAAAH2gJj/eugGOwMLO&#10;wvKS1hEMl7OvvvpgreWNrTu4l5K3X7B9+1dbZwAAAAAwv4zKAAAAGvvQsmUPKzUvat0BR6KX+srW&#10;DQyhRfnTJNe3zuD/uatXZgz9AAAAAEaQURkAAEBjx/TG1ic5tnUHHImSfNeWpZPf3bqD4bJuamp/&#10;Sfn91h18S61554W7dt3YugMAAACA+WdUBgAA0FotL26dAEejJj/cuoHhU/Yf+46a3NS6g9xdxsb/&#10;a+sIAAAAANowKgMAAGjoo0tOPzUl39+6A45KzfoNPltgll1w0xfuKLX+QuuOkVfKf1m768u7WmcA&#10;AAAA0IYPfgEAABrqdbrPj9/NGFynPW3pyqe2jmD4rN2z/X0p2dK6Y4R9ed9DFr6xdQQAAAAA7Yy3&#10;DgAAABhltZcXpLSugKPXS3lBkk+37mD4jHV7P9/tdP45yaLWLaOmpPOq9ddcc6B1B3D/Ll28+rQF&#10;6T4unc7pNVlZaj2+lpzw//6FUrql1t21ZFsn9UvdBeXqdVNT+xsmAwAAMGBcugAAAGjkQ8uWPeyY&#10;3vjNccMPg23n2umpFa0jGE5blq56fa3111p3jJKSvH/N9NSLWncA32lD0nnqxOofqOm+IKWck5rV&#10;R/gl7k7JlanZ2k3n/RdNX7djLjoBAAAYHkZlAAAAjWxasvKFpZT3te6AB6vT6Tzmgl3Xfbl1B8Nn&#10;66Mff3xddOc/1OQxrVtGQsnNM93Oky7ee931rVOAb9l0yuRJnYX5uZq8IsmSWfqyNTVX1k7eeuzu&#10;xe8/J1fMzNLXBQAAYIh0WgcAAACMqlKypnUDzIZer57fuoHhdMFNX7ij0+s9N8ltrVtGQDcl6w3K&#10;oD9ctnz5ozctmXxLWZhdNfmNzN6gLElKSp5aat5998TeL29esurlG1wrAAAA4F78oggAANBATUpS&#10;jMoYCjX1vNYNDK/z9+7YVmv9idYdw64mv7V219QVrTtg1F111lkLNi1d+ZqD3bHrSsnPJTlujl9y&#10;ZUr9s6dMTP79xiUrzp7j1wIAAGCAePwlAABAA5smJh9bkmtad8Asue2kkx76qLOvvvpg6xCG1+aJ&#10;VW9PjMvmyEevnJ5auyHptQ6BUbZ1ycrv6pXy/iSPbZRQk/qWfScc80vrr7nmQKMGAAAA+oSTygAA&#10;ABooqc9o3QCz6MSv3bTvSa0jGG6d/cf+YpLPte4YQnvG6tgrNhiUQVOblqx8Xq+UT6XdoCz51km6&#10;P3/ivv0fu2z58kc37AAAAKAPGJUBAAA0UYzKGCq19J7euoHhdsFNX7hjQXf8/CRfbN0yRG6sNeec&#10;v+faG1qHwCjbPDG5oZTyV0lObN2SJDX5/oPdsc9tXrz88a1bAAAAaMeoDAAAoA0DHIZLydNaJzD8&#10;zr3+y1+f6XXOT7K7dcugK8k30utesG7P1PbWLTDKNi9d9etJXpektG65l1PTGfvYponJlienAQAA&#10;0JBRGQAAwDzbunLlyUlWtO6A2VRrntK6gdFw8d7rrh/r9c5L8tXWLQPs7trJ89fu3fmF1iEwyjYt&#10;WflrqfW3W3ccwsklufyji1esah0CAADA/DMqAwAAmGe9A+VJrRtgtpWSiS1LH/PvWncwGs7fu2Nb&#10;Sp6X5NbWLQNof01eunbX1BWtQ2CUbVm66iWllH4elP1fJ3c7nQ9dftKZD2kdAgAAwPwyKgMAAJhn&#10;teSJrRtgLvR6Bx/XuoHRsXb31N930zm7JttatwyMkpt7vfLMddNTH2ydAqNsy/LVT6i1vjP998jL&#10;+3Pm3cfuf08dnF4AAABmgVEZAADAPCulPqF1A8yFkpzZuoHRctH0dTsWjnW/L8nVrVsGwFTp1u+9&#10;cO+2K1uHwCi76qyzFtSZ3v9KckzrliP0nK1LJ3+sdQQAAADzx6gMAABgvtXy+NYJMBdKyWNaNzB6&#10;zt2586a7OzPnpuaK1i197Ivj471nr9m7fap1CIy6m2/+5mtSMpA3GNSa//rRJaef2roDAACA+WFU&#10;BgAAMI8uScaSrG7dAXOhJt/VuoHR9Pxdu76xb8/UuUl+M0m3dU9/qX94TGfmrPN27JhuXQKj7tLF&#10;q09L8qutOx6EE3vp/nbrCAAAAOaHURkAAMA8euipK09NsqB1B8yRla0DGF3rk+7a6akN6eTcpH6l&#10;dU8fuD3JS9dOb/+P5+zadXfrGCAZ63R/PckJrTsejFryiq1LVhqRAwAAjACjMgAAgHnU7ZQVrRtg&#10;Dp106amnHtc6gtG2dtfUFfVAeUJKtrRuaaUk/9jr9s5aOz317tYtwLdcunj1aSXlFa07ZkHplfLa&#10;1hEAAADMPaMyAACAeVRKWd66AeZQGV90wpLWEbDuxqmbj9m9+OLU/GKSfa175tHBkvzewZk7n37h&#10;9Tuuax0D/Kux0v3JJItad8ySF25ctuyU1hEAAADMLaMyAACAeVRLnWjdAHOpdKtRGX3hnFwxs3bP&#10;1JtKb9GypPxJktq6aW6VTbXmMWump37l4htuuLN1DfCvNiSdUsrLW3fMogWljv1w6wgAAADmllEZ&#10;AADAPCo1J7dugLlUa13cugHuac3ea25ZO73tJ2vNmpQM4+ldNyZ56ZrpbRet2zO1vXUM8G89dcnq&#10;pycZqtF1qeVFrRsAAACYW0ZlAAAA86kYlTHcSqf3yNYNcF/W7Zn66JW7px5Tk+ck5R9a9zxoJdfV&#10;1JftO2HR0rXTU+8uQ38SGwyu2uk9r3XDHDjr0sWrT2sdAQAAwNwZbx0AAAAwYh7VOgDmVufhrQvg&#10;/mxIepmeujTJpZsnVjwjGduQ1Gc3zjpSn6vJhs/untq4Iem1jgEOQ805rRPmwthY71lJ3tO6AwAA&#10;gLlhVAYAADC/jMoYajXVqIyBsHZ6xyeTnLt5YsWzk87Lkjw/yUMaZ92fA0k2p5Q/37d724fXJ93W&#10;QcDh2TQ5eWIO5PGtO+ZErc+IURkAAMDQMrUBpB0AACAASURBVCoDAACYXye2DoC5ZVTGYFk7vePj&#10;ST6+aXJyUQ7k/JK8NMlzkyxsnNatyeakfiALy1+vm5q6rXEPcDRm8tgkY60z5kJJ57taNwAAADB3&#10;jMoAAADmUU2OKa0jYC7V0q8nPcEhrZua2p/k0iSXXrZ8+aMPznTOScmzkvLMJGfMR0Otme6UXJFa&#10;rqhjY5ev2/XlXfPxusAc6tXVyZD+9Ffq6a0TAAAAmDtGZQAAAPOoJMe0boC5VKrPGhh85+7ceVOS&#10;9337n2xctuyUTnfsWaWUJ9bkjJQ8JjUrcvSfrfWS7E7JtUm+lF75QqfT+dsLpq/dOTt/AqBv1CwZ&#10;1k1Zak66ZPHiY9fv3XtX6xQAAABmnw96AQAA5texrQNgLtVSF7RugNl24a5dN+YeI7Mkueqssxbc&#10;+LXbJsd6dVVSj0vJiaXkhKRzXGo9PklqcndJubOm941ayh0l9c5e6ey8Y+aua40wYDR0Sjmhto6Y&#10;Q49YsODEJP5/BgAAMISMygAAAOaXwQ3DrRafNTASzr766oNJvvTtfwDuU6/m+DKsJ5UlmTnYOSHJ&#10;Ta07AAAAmH2d1gEAAAAjpts6AOZUqWOtEwCgX5RShvmgspSxcT/bAgAADCmjMgAAgPk10zoA5lbn&#10;QOsCAOgXtdR9rRvm0oGDw/3nAwAAGGVGZQAAAPPLaQ4MtZp6V+sGAOgbNbe1TphDdey4nlEZAADA&#10;kDIqAwAAmF9OKmOoleTu1g0A0Ee2tw6YQ9evm5ra3zoCAACAuWFUBgAAML+c5sCwc1IZAHxb6XWv&#10;a90wd8q1rQsAAACYO0ZlAAAA8+vW1gEwp4b7MV8AcET25eC2JAdad8yN3jWtCwAAAJg7RmUAAADz&#10;qBiVMexKbm6dAAD9Yv3evXel5O9bd8yFWnN56wYAAADmjlEZAADAPKpGZQy7alQGAPdUe/UTrRvm&#10;QG9hb8HftY4AAABg7hiVAQAAzKNS8/XWDTCXSsnXWjcAQD+pY52/at0wB/723Ou/7OdaAACAIWZU&#10;BgAAMI9qyZ7WDTCXaidfbd0AAP3kwl3b/jHJP7fumE215N2tGwAAAJhbRmUAAADzqJZMt26AudQr&#10;3Z2tGwCg35SUYRph3bm/zAzj6WsAAADcg1EZAADAPOrUjlEZw+zAHTt37m0dAQD9Zv+xnbclubV1&#10;x6woefvzd+36RusMAAAA5pZRGQAAwDyqY8XjLxlme9Yn3dYRANBvnnvttfuS/HHrjlmwv9fpvrl1&#10;BAAAAHPPqAwAAGAe7TtufGeSg607YC7UZEfrBgDoV6W36A9ScnPrjgel5I8u3Llzd+sMAAAA5p5R&#10;GQAAwDxaf801B5Jsa90Bc6N+sXUBAPSrNXuvuSXJr7bueBBu7NYDr28dAQAAwPwwKgMAAJh/17QO&#10;gLlQSvnn1g0A0M+u3D31Zyn529YdR6PW+tMXTU/f2roDAACA+WFUBgAAMP+c5sRQKt2OURkAHMKG&#10;pFdn8sNJvt665Qi9Y92e7X/dOgIAAID5Y1QGAAAwz5zmxJDqHuzd/i+tIwCg3627fmpvKeVlSbqt&#10;Ww7T5/f17v751hEAAADML6MyAACAedabqVe2boA5cO3FN9xwZ+sIABgEa3Zv25jk5Ulq45QH8sWZ&#10;mc756/fuvat1CAAAAPPLqAwAAGCerbt+am+tmW7dAbOrfLJ1AQAMkrXTU+9O8mutO+5PTbaNj/fW&#10;XnzDdV9r3QIAAMD8MyoDAABooFPy960bYDbV9D7VugEABs3a6anfLbX8dPrvUZifr52Z7z9vxw43&#10;QgAAAIwoozIAAIAGas1nWzfAbBrvVUNJADgKa/Zs++OaPD/Jra1bkiQ179zXu/vpF+7adWPrFAAA&#10;ANoxKgMAAGigdnJ56waYRTeev3fHttYRADCo1k1PXTo+3ntikpYnf96ZWl6xds/UK9fv3XtXww4A&#10;AAD6gFEZAABAA2t3T/1jUr/SugNmR9naugAABt15O3ZM75ueemat+Zkkt8zjS9ea/OVYr/fEtXu2&#10;vWseXxcAAIA+ZlQGAADQQElqUj7eugNmRe1taZ0AAMNgfdJdt2fqbTMzndNL8t+T3DHHL/mplDx9&#10;3fTUC5w6CgAAwD2V1gEAAACjatPEyh8pKf+rdQc8SN1uDpx00fT0ra1DAGDYbDpl8qQsqK9KystK&#10;ycQsfdk7kvqBpL5z7fSOT87S1wQAAGDIGJUBAAA08tElp5/aLd09cYo0A638w9rpbU9uXQEAw2xD&#10;0vmeJaue0Sm9H0zKOUm+K0fw+X6tmS4ln6mpl2Vhef+6qanb5iwWAACAoWBUBgAA0NDmiZWfSMr3&#10;te6Ao1WTX1k3PfV7rTsAYJRceurqR40t6D6+0+usrp26OjUnJHlokpSafTXlllrq9aXU3WO98SvP&#10;33PtDf8/e/ceZfdZ0Pv/8+w9SdrSG9CAts0kTSYtGMDDr0XKQbCB0kxSKodbQQ5FPSIcBT2Koh48&#10;aODoD0FULp4fAkcRBSnlCPaUJilFUuQmtQUUSkkyucwkDbS0pTfaXGb28/ujoJY2bW6TZ/bs12ut&#10;rNXVNd3fd/7ozJ69P/v5Nk4GAACgzwy1DgAAABhsnf+TVKMy+lXtlu4lrSMAYNBcsHPjzUk+9b0/&#10;AAAAcNi5xQoAAEBDk73yt0l6rTvg4JRrVoxv2Nq6AgAAAACAw8uoDAAAoKELdmy8ITVXt+6Ag1M/&#10;2roAAAAAAIDDz+0vAQAA2vvrJGe3joAD1Ot1pz7UOgIAAABgUF25ePEJe/ZkeKhT5iZJL/XEkqGS&#10;JClTU72U27rp3ra33nPb+RMTt5WkNg0G+kppHQAAADDo1s9fduyuo3d/M8mxrVtgf5WataPbx1a1&#10;7gAAAACYzWpSLl+49DFDvZydUp+QkkWpWVSThUkefoCP9s2k8/UkXy81X+/Ven0n8746uuO6W6ej&#10;HehvRmUAAAAzwJqFI39Ran62dQfsr1LKC0bHN/1t6w4AAACA2WR10nnKwiVnT/WyvJQ8JSlPSfKI&#10;abxkryT/UkvWd2r51K6jO59+zoYNd07j9YA+YVQGAAAwA6wZXvLUkvLZ1h2wn26687h5Cy687ro9&#10;rUMAAAAA+t3qpHP2gtOfWsvUC5Ly/CSnNMyZTHJ1Uj7cmdO7eMXmzTc1bAEaMioD+tbHFi068ejJ&#10;7klJ9xG97tQjSy3HJkkn5Z6asqvX6d3V7dW9mcxNt+/cvPPCZKp1MwDAvtSkrBse+WqSZa1b4CHV&#10;8taV2ze9tnUGAAAAQD/7+PDpi4fS+6WaXJjk5NY9D2Cy1FzZ6+SD3V3H/N2KG//lu62DgCPHqAyY&#10;0a4588w5t9x02xlTybJOp/P42suPpNTHJzktSfcAHmpvku1JxpM6XmvGuqVz9a6jO//o+FYAYKZY&#10;Ozzy0iR/3boDHsKebu2edt72DTtbhwAAAAD0oyuGl5zZS/mNJM/Pgb3n2dIdSf5XZ059m9PLYDAY&#10;lQEzyuqkc/bCkf+QWs6tqc9I8rQkx0zjJadSynUl9XOp+UJ68y4f3XHdrdN4PQCAfVqfc4Z2De8Y&#10;S7KwdQs8iA+snBi7qHUEAAAAQL9Zu2BkRUp+M8ny1i2H4O6a+t5MlbeuumFsR+sYYPoYlQHNXXPm&#10;mXO+fdPtK1Py0iTPSPLIhjl7avKJlFx89N3zLl3+7evuatgCAAygdcNL/1tNfVvrDtiXUnLm6PjY&#10;l1p3AAAAAPSLKxYsedxUKX9ckme1bjmM9qTkf5epea93aAfMTkZlQDPrhkeW1ZL/Umv+c0ke3brn&#10;Adyd5OMlnfeumNj49yWprYMAgNnv0jPOOG7uPVPjSR7eugXup+TTK8fHzmmdAQAAANAPrly8eHhy&#10;svPWJC/ILN1nlOS2pKy+Y2LTn16YTLXuAQ6fWflNC5i5ViedsxcufW6t9TeS/Fjrnv1Vk691St4+&#10;r0x+YPm2bbta9wAAs9u64ZE31OR3WnfAD+qU+tQV45s/37oDAAAAYCZbnXR+bHjkl0uyOskJjXOO&#10;lM/3OuVV52/b9JXWIcDhYVQGHBGrk87ZwyMv6CWvL8njWvcctJJvl5T3DE12/+TcG75xS+scAGB2&#10;+uRppz1671R3a5KjW7fA95XkH0Ynxn6idQcAAADATLZu4WN/uNY9f5WUc1u3NDBVkt+/Y2LsjU4t&#10;g/5nVAZMu3XDIxfW5HeT/EjrlsPo1pq6+uiJBe9anqsmW8cAALPPmgVL3lhKeX3rDvg+p5QBAAAA&#10;PLi1C5b+VEp9VwbndLJ9KP/UKZ0XrRjfsLV1CXDwjMqAabNueGRZTd6d5KmtW6bRWJLXrZwY+0jr&#10;EABgdlkzMnJ82Zux1Mxv3QJJPrVyYuyZrSMAAAAAZqL1ixYddc/U0B+WklfFDuP7buqkvHTFxKYr&#10;W4cAB8c3M+Cwu2TZsrnH3rHrtaWU/5HkqNY9R0Ip+btOr/uq87Zv2Nm6BQCYPdYOL3lFUt7duoOB&#10;NzlVyhOePb7p+tYhAAAAADPNx4eHH97NnEuT8rTWLTNQL6X87srxTb/XOgQ4cEZlwGG1dsHiJ6V0&#10;3pdkWeuWBm6utf78qu2b/651CAAwO1ySdI8dHvlKSR7XuoXBVVP/bNXE5l9o3QEAAAAw03zi1MVL&#10;pzqddUkWt26Z4T4wf/4J/+Wsa6/d2zoE2H9GZcBhsTrpPHl45HeS/HaSocY5rX1kKnte+eyJie+0&#10;DgEA+t+ahUtWllrWtO5gYN1e92Tpqm+Nfbt1CAAAAMBMcsXwkjOnUi4vyaNbt/SH+sk9Rw897zkb&#10;NtzZugTYP0ZlwCG79Iwzjpu7q/ee1Pri1i0zR93Q63RefP62TV9pXQIA9L+1C0bWp+Sc1h0Mnlrq&#10;a1eNb35r6w4AAACAmWTN8JKndlI+XpMTW7f0l/qZqex9jsM5oD90WgcA/W3d8MiyufdMXW1Q9oPK&#10;GZ1e/ezaBSM/2boEAOh/vV7vlUnuad3BwPnC1eOb/7h1BAAAAMBMsm7hyP9TUi43KDsY5WndzL3y&#10;0jPOOK51CfDQjMqAg7Z2ePEza/LFJI9p3TJDPSwlf7d2eGR16xAAoL+df8OWjaXU17fuYKDs7fV6&#10;r1yd9FqHAAAAAMwUly9a+h9S8/dJTmjd0sfOnHfP1MfXL1p0VOsQ4MEZlQEHZd2CkeckncuTPKx1&#10;ywxXkvzumoUjf3HNmWfOaR0DAPSveeML3p6Uf2rdwYAoeef5O7Z8tXUGAAAAwExx+SmLT+/06hVO&#10;KDt0NXn6rt7Qhy9Juq1bgH0zKgMO2JrhkQtqycVJ5rVu6Rel5me/fdNtF6/POUOtWwCA/rQ8V02m&#10;27koboPJdCvlX+qcvK51BgAAAMBM8clTHvPITrf83ySPat0yi/zkcQtH3tI6Atg3ozLggKwZHnlB&#10;Sf42ieNID1Qpz9s1vON9q33vBQAO0sqtGzbUUn+ndQez2q5S60tWjY3tbh0CAAAAMBPUpOzt7n1/&#10;Us5o3TLr1Lxm7fDSV7bOAB6YYQOw39YuGFlRkr9J4jaOB++lZw+PGJYBAAft6PEFb3MbTKZNKb8/&#10;OjF2XesMAAAAgJniioVL/0dSzm/dMXvVt69ZOPLE1hXA/Rk1APtlzcKRJ6bkIzEoO2Q1edmPLRh5&#10;e+sOAKA/Lc9Vk53SeVGSW1u3MNuUz945vulNrSsAAAAAZop1w6efW2td3bpjlptXai659Iwzjmsd&#10;AtyXURnwkC479fRTSs2lSfwgP0xKyavXLRx5VesOAKA/rRjfsLWU+oIkk61bmDVumNOdfMGFyVTr&#10;EAAAAICZ4LKTTz+ppve+2FUcCSNz7pl8S+sI4L588wMe1BWPfsLDhkrv8iQLWrfMNrXmj9YuWPyk&#10;1h0AQH8aHd+8vqT8dusOZoU9KXnhuVu33tg6BAAAAGCm6HZ7b09yauuOQVFS/uvahUue27oD+DdG&#10;ZcCD6s27+10p+dHWHbPUvJTOR9f80Mj81iEAQH9aMbHpD5Nc0rqDPlfz31eOj32hdQYAAADATLFu&#10;4dLzS8lLWncMmlrLu65cvPiE1h3AvYzKgH1as3DkPye5qHXHLHdqmZuLL0m6rUMAgP5Tkjo01HtF&#10;TTa1bqE/leTDo9vH/qR1BwAAAMBMsX7RoqNqrW9v3TGISvLovZPlda07gHsZlQEP6IqTlywoNe9s&#10;3TEgnnHswiW/2joCAOhPz9qy5fZeKc9JckvrFvrO5+d1Jn+mJLV1CAAAAMBMsas39FtJlrTuGFQl&#10;5VfWnnbGGa07AKMy4AFcc+aZc3pDnb9N8vDWLYOi1PJ7H1+49LGtOwCA/vTs8U3Xd1JXJLmzdQv9&#10;om4ovXkXLN+2bVfrEgAAAICZ4srFi4eTvLZ1x4Cbm6mpN7eOAIzKgAdw8823vTKpT2rdMWDmdWvv&#10;Ha0jAID+tWJi87WllJ9KMtm6hRnv5k6n+59Gd1x3a+sQAAAAgJlkcqrzm0mOad1BnrNmwch5rSNg&#10;0BmVAfex5odG5qeW/9m6YzCVc9cuHPm51hUAQP8aHd90eWq9KEmvdQsz1q29Xu8ZK7Zt/EbrEAAA&#10;AICZ5PLTTluYmp9v3cG9Sim/17oBBp1RGXBfc+sba3Ji64yBVfOWT5522qNbZwAA/Wvl9s0X15pX&#10;t+5gRrqz1yurzt+x5autQwAAAABmms5U5zVJ5rTu4Pvqk9YOL/7x1hUwyIzKgH+1bnhkWUl5eeuO&#10;AfeIPVOd/946AgDob6u2j72r1ur0Wf693bXUF52/Y9MXW4cAAAAAzDTrFj72h5PyitYd3FcpnV9r&#10;3QCDzKgM+Fc1eWeSodYdg66k/Nc1p4yc2roDAOhvq7Zv/p1a84txK0ySO3u1nLdqfPPa1iEAAAAA&#10;M1Gte1+Z5KjWHdxXrblgzYKRJa07YFAZlQFJkssXLH16kuWtO0iSzCtDeU3rCACg/63aPvauWvKy&#10;JJOtW2jm1tTeM8/fvukfWocAAAAAzEQ1KUn96dYdPKBuSX61dQQMKqMyIEnSKfnN1g38OzW/cNmp&#10;p5/SOgMA6H+rxsc+WEt+JoZlA6ckt6Xk2Su3b/mn1i0AAAAAM9XahUuWJ2VR4wz2peSi9YsWOUUO&#10;GjAqA7L2tDPOSOpo6w7u46ihUn+ldQQAMDusGh/7YKl5QZLdrVs4YraXWp+2cnzsC61DAAAAAGay&#10;Ti1OKZvZjt81NXRe6wgYREZlQDI19evx/WDmKfUVl5188jGtMwCA2WF0+9ilpdt5cq2ZaN3CtPv8&#10;nKmhJ67YvvlrrUMAAAAAZrJLzzjjuJo8v3UHD6Hkha0TYBAZkcCAu3zRoh9KclHrDh7Q8d2ho1/Q&#10;OgIAmD1Gt2785+5U/fEkX27dwrT5RJ2blefe8I1bWocAAAAAzHTz7plameRhrTt4cCV59pqRkXmt&#10;O2DQGJXBgOtMDb0kiR/AM1RJ52WtGwCA2WXFzs3b69w8JSnvb93CYdWryW+NToyNrhobu6N1DAAA&#10;AEA/6JWMtm7godXkxOyuK1t3wKAxKoNBV8qLWyfwYOoz1iwYWdK6AgCYXVaNje1eObHpZ0rKryTp&#10;te7hkN2a0rtg1cTYm0tSW8cAAAAA9ItS6/LWDeyf0inPat0Ag8aoDAbYlYsXDyf1rNYdPKhSSl7a&#10;OgIAmJ1GJza9vdQ8L8nNrVs4aNel2/2PK8e3rGkdAgAAANBPPnHq4qVJWdQ4g/1Ua57eugEGjVEZ&#10;DLDJqe6LkpTWHTy4mrygdQMAMHuNbh+7dHKy89jU8rHWLRyQXpI3zJ9/whNXbt2woXUMAAAAQL+Z&#10;LJ1zWzew/0qybN2pyx7RugMGiVEZDLKaF7ZO4KGV5HFrThk5tXUHADB7XbBz480rt296XpILS3Jb&#10;6x4e0o5a6rNWToytPuvaa/e2jgEAAADoR6VTnHzVX0otu5/UOgIGiVEZDKjLFy36Ibe+7B+lm3Na&#10;NwAAs9/KibGP1G737CTXtG5hH2r52Jzu1Fmrxjd/qnUKAAAAQF+r9QmtEzgwpVOe1roBBolRGQyo&#10;0hv68bj1ZT9Z0ToAABgMK7du2DB//gn/sZb62iR3tu7hX32rJi9cuX3T887duvXG1jEAAAAA/eya&#10;M8+ck2SkdQcHqFf/n9YJMEiMymBAlZKntG5g/9XkWdUIEAA4Qs669tq9q8Y3v3Wy13lsSrm4dc+A&#10;q0l5f+nNW7ZqYuz/tI4BAAAAmA1u+vbtS5PMbd3BgamdLGndAIPEqAwGVc2TWyew/0ry6DWnLF7a&#10;ugMAGCwX7Nh4w8rxTT/Vq70nJbm6dc8AWl9Kzlo5selnRndcd2vrGAAAAIBZ5EdaB3AQahautnOB&#10;I8b/bDCA1oyMzEtyZusODkxnqCxr3QAADKbzt2+5Zv78E368lPrrSW5p3TMAtpbkRaMTY88cHR/7&#10;UusYAAAAgNmmlPKY1g0clHlnL3zso1tHwKAwKoMB1NnV+dEkR7Xu4MDUnk9MAADtnHXttXtHxzf/&#10;0Z6ju6cleV2My6ZB/WZN/eU6N48dnRi7pCS1dREAAADA7FR/uHUBB6dX9yxu3QCDwqgMBlCv23Mb&#10;xT5UOp3HtW4AAHjOhg13rpwYe1Odm1OS+sokO1s3zQJbaupPz59/4sJVE5vfuWpsbHfrIAAAAIDZ&#10;rPZyYusGDk6pWdC6AQbFUOsAoIFeXZRSWldw4JxUBgDMGN8bPr3n0jPO+NDce6ZeleTVSU5pnNVv&#10;tpSUd+yd/O57L9i58+5MtM4BAAAAGAylk0c4I75PlRzfOgEGhVEZDKBSOsPupNOHaj39kqR7YTLV&#10;OgUA4Pues2HDnUn+YHXylrOHT39GTe8VSZ6XpNu2bMaqNbm8pPfmlRNbPts6BgAAAGAQleTh3i3t&#10;TzWZ17oBBoVRGQygmnqac8r60lFHn3z6w7Nz482tQwAAftDqpJeJjZ9M8sl1wyPLaskvpuaiJMc1&#10;TpsRSnJbL/XiWuufn799yzWtewAAAAAGWU0e3rqBg1NK56jWDTAojMpgAJWShQ4q60/zOpMPT2JU&#10;BgDMaKMTY9cledWakZH/XnaX56XUFyd5Zgbvd9BeUtbXUt9359Suj164Y8c9rYMAAAAASFLr3MQx&#10;HH3KSWVwhAzaC/rAvSzv+9TedB/RugEAYH+tGhu7I8lfJvnLKxcvPmHvZHlOUl5YkhVJ5rStmzZ7&#10;avKJpH6kl72XPXti4jutgwAAAAC4n92tAzg4JXFSGRwhRmUwiGrmtk7g4JRuz6gMAOhLz9qy5fYk&#10;f5Xkr9acMnJqZ6j+p9rrPCOl/kSSfn+Oc3spWd/r5RND6V563vYNO1sHAQAAAPAgatnloLL+1Kt1&#10;T+sGGBRGZTCYjMr6VCcdp8wBAH1v1Q1jO5L8aZI/XZ10fmzhyI+WXpbXkuUleXqS49sWPqQ7k3J1&#10;Uj/TKfXKueMLrl6eqyZbRwEAAACwn4qTyvpXdWcAOEKMymAwGZX1qV6q41wBgFllddLL+NiXk3w5&#10;yR9fknSPWbj09KFaH98r+dHUPKEkj0+ysFHiHaXk+vRyXU2uLUOdz92xdePXLkym/u1LNjdKAwAA&#10;AOBglGRXbR3BQSkpRmVwhBiVwYBZn3OGdmVHt3UHB82nJgCAWe3CZCrjm65Pcn2SS77/7z+2aNGJ&#10;83rdZSXltFIzXEsdTjoLkrow9w7Ojj3IS96e5OakfDOp22rJRKllota6tTtVr1+xc/P2Q/9bAQAA&#10;ADCj1HzX7S/7UylGZXCkGJXBYKqJp0n9qJOyq3UDAEALz9227bYkn/ven/tZMzJyfG/Pnu7cevTR&#10;e0o9qkxNDg11y3EP9LVTKffM7U7d0t268Ba3rQQAAAAYPL1Sx4u3S/tSTb21dQMMCqMyGDDLc9Xk&#10;2ozckeSE1i0cFKMyAIAHsGps7I7v/eMBfFJx67S0AAAAADDTlW2tCzg4tZebWjfAoOi0DgCasN7u&#10;U7VOGZUBAAAAAADAISjJltYNHJR7rt4+5pOicIQYlcFgcp/pflU6d7dOAAAAAAAAgH7Wqz3DpP70&#10;jdVJr3UEDAqjMhhANbmldQMHp9vrjrduAAAAAAAAgH7Wmxra1rqBg1DqN1onwCAxKoMBVEoxKutP&#10;uz+/fcO3WkcAAAAAAABAP7tg58abkzitrO90vt66AAaJURkMoFrr9a0bOBh122rHuQIAAAAAAMAh&#10;qzVfaN3Agam93tdaN8AgMSqDAVRK8cO2H5Xi0xIAAAAAAABweHy2dQAHZGp3d+qq1hEwSIzKYAB1&#10;SnEsaB+qtW5r3QAAAAAAAACzQalTn2vdwIEoX3rutm23ta6AQWJUBgPo9m0bNyW5p3UHB6YkX27d&#10;AAAAAAAAALPBF3ds/VqS21t3sL/qJ1sXwKAxKoMBdGEyVZINrTs4MJ2az7duAAAAAAAAgNlgddJL&#10;rX/fuoP900lZ37oBBo1RGQyuq1oHcABKvn3e9s3Xtc4AAAAAAACA2aIml7RuYL/cc3vvns+2joBB&#10;Y1QGg6oUx4P2k5rPl6S2zgAAAAAAAIDZYmrqnsuS3NW6g4f00Qt37LindQQMGqMyGFBl19FXJdnd&#10;uoP9VMrnWicAAAAAAADAbHLBzp13p5SPt+7gwXVS3t+6AQaRURkMqBU3/st3k1zTuoP9U1OdLAcA&#10;AAAAAACHXc8tMGe27V+Y2PT3rSNgEBmVwWC7snUAD60mm1aNj325dQcAAAAAAADMNndO7V6Xkm+3&#10;7mAfavnw6qTXOgMGkVEZDLDeVO9DSWrrDh5cJ/lQ6wYAAAAAAACYjS7cseOe1Pyv1h08oFpK/cvW&#10;ETCojMpggJ1/w5aNqfli6w4ekiN3AQAAAAAAYJpMZc87ktzVuoP7uWx0Yuy61hEwqIzKYMCVlPe3&#10;buBBXeeJEgAAAAAAAEyfZ09MfKem/nnrDu6jlpI3tI6AQWZUBoOuzr0kye7WGezTB1sHAAAAAAAA&#10;wGzXncwfJdnbuoN/9YnR8bEvtY6AQWZUBgNudMd1tyb5v607eEB3ld68d7eOAAAAAAAAgNluxc7N&#10;25PqwIcZopT65tYNMOiMyoCUkj9ISsT3OQAAIABJREFUUlt3cF+15t3fG/0BAAAAAAAA06yUua9L&#10;cmfrjoFX8unR8c3rW2fAoDMqAzI6PvallFzRuoP72DNVO3/SOgIAAAAAAAAGxej49d8spb6hdceA&#10;292b7L2idQRgVAZ8Ty3x5Ghm+fAFOzbe0DoCAAAAAAAABslJJ534jqRuaN0xwP7k/Bu2bGwdARiV&#10;Ad+zatvYP6bk0607SJJMdmp9S+sIAAAAAAAAGDRnXXvt3pT6mtYdA2rr5OTd/7N1BHAvozLgX9XU&#10;N7ZuICkl712xffPXWncAAAAAAADAIFo5vmVNav1o644B9JsX7Nx5d+sI4F5GZcC/WjW++VMp5eLW&#10;HQPu5sm657dbRwAAAAAAAMAgK/Won0+yvXXHALlk5cTYR1pHAP/GqAy4j17Z+6slua11x6AqJauf&#10;PTHxndYdAAAAAAAAMMhGd1x3a2rv+Un2tm4ZAF/v7D7mv7SOAO7LqAy4j/O3bftWSn19644B9dU7&#10;xsf+rHUEAAAAAAAAkKzcvuWfUsobW3fMcneX5MIVN/7Ld1uHAPdlVAbcz7zxBX+Wmn9u3TFger1a&#10;Xn1hMtU6BAAAAAAAALjXUeOn/EFSP9O6Y/aqvzo6MXZd6wrg/ozKgPtZnqsme+m9PMme1i2Doqa+&#10;9fztm/6hdQcAAAAAAADwb5bnqsk5U3Oem+QbrVtmm1ryvpUTm9/TugN4YEZlwAM6f/uWa5Lyy607&#10;BsTVR08s+O3WEQAAAAAAAMD9nXvDN27p1u4zk4y3bpk1Srn46vGxl7fOAPbNqAzYp5UTm96d5COt&#10;O2a529Ptvmx5rppsHQIAAAAAAAA8sPO2b9hZk1VJvtO6pf+VNfNPOv5lq5Ne6xJg34zKgAfV2X3M&#10;zyb5euuOWWqqk/LClVs3bGgdAgAAAAAAADy4VRNjXy/pXJhkV+uW/lX+ac/RnRefde21e1uXAA/O&#10;qAx4UCtu/Jfvlm7nJUnuat0y29TkjSsmNl3ZugMAAAAAAADYP6MTGz9ZSl2V5I7WLX3oS5OTZdVz&#10;Nmy4s3UI8NBK6wCgP6xdOPKU1FyZ5GGtW2aDkrxtdGLsV1t3AAAAAAAAAAduzfDIj5TkiiSntm7p&#10;BzX5+NTk3S+6YOfOu1u3APvHSWXAflk5PvaFTspzk+xu3dL3Srn4HyfGfq11BgAAAAAAAHBwVk2M&#10;fT2doafVZFPrlpmvvvuuibH/ZFAG/cVJZcABWTc8clFN/jJGqQfrE0d1Jp+zfNs291kHAAAAAACA&#10;PnfZqaefMtTpfTTJj7VumZFqeevo9k2/UZLaOgU4MEYhwAEZnRj769T8UvzQPwhljUEZAAAAAAAA&#10;zB4X7Nh4w53HzXtaUt/RumWGuSu1/OzK7Ztea1AG/clJZcBBWbtg6U+l1L9MMrd1S5+49M7j5l14&#10;4XXX7WkdAgAAAAAAABx+6xYuPb/W+v4kj2zd0lTJp4e6vZc9a8uWidYpwMEzKgMO2ppFI2eXXi5L&#10;clLrlhnuDaMTY2+wwAcAAAAAAIDZbd2pS0Zqp3wwg3k7zKla6/979PYFb1yeqyZbxwCHxqgMOCQf&#10;X7j0sd1a1yZZ2LplBtqbkl9YOT72561DAAAAAACY+dbPX3bs1Nypebu6d/eumZi4fXXSa90EwIG7&#10;JOkev3DJL9Rafj/J8a17jpDrauorV01s/lzrEODwMCoDDtmVixcPT+7tfDglZ7dumUFuTs1LV24f&#10;u6J1CAD7tm54ZFlKXZ5anpSSM2rN6Ukefv+vrN9MLRtSysaa3ucyVT616oaxHUc8GAAAAJgV1iwY&#10;WVI6OSe9PKWULO0lZ5Tk0Q/wpfeklE2pdWNNvtqpnfV3HD/nixded92eIx4NwAFbd+qyR9TOnjcl&#10;9eczW/cZJd+utf761RObP7DaGBpmldn5TQs44mpSrhhe+ss19c1J5rXuaat+su4pL1n1rbFvty4B&#10;4L5WJ50nDy/+j7V2XlRKfX5SfvhgH6sk19fkkppcsmpi7OuHMRMAAACYhdadumQknXJRTV6aZPEh&#10;PNTdJbmspHxg7sQp69xeDGDmW7tw8aqk+6bU+oTWLYfRZEneN9Sdev25W7fe2DoGOPyMyoDDas2i&#10;kbNLL3+dZKR1SwN7a8kfPuqkE1afde21e1vHAPBvrnj0Ex5W593z8preryRl0TRc4ss19W1HTyz4&#10;Gy/kAgAAAP/emoVLnlFq+Y0k5+Xwvze3M6W8rc6p7141NnbHYX5sAA6ztcOLfzzpvCHJM1q3HILJ&#10;pPxFZ7L3eyt2bt7eOgaYPkZlwGG3fv6yY3cdveePkvryJJ3WPUfINaXbefno1o3/3DoEgH9Tk7Ju&#10;wdIXp9S3JDn1CFzySzX1l1dNbP7cEbgWAAAAMIOtWTjyxFLzziRPne5rleS2XvKGoydO/VMfeAOY&#10;2WpSrli4dFXt1f+RkrNb9xyAe2rJxd1e/eMV2zd/rXUMMP2MyoBps3bB4iclnXf02ZOhA3VrTV19&#10;9MSCd/lFHWBmWbNgZEmn5C9q8vQjfOma5AOlN+9XRndcd+sRvjYAAADQ2GUnn3zM0NDD/iCpv5ik&#10;e4Qv/9Ver/z8+Ts2ffEIXxeAg3D5qYsf3+mUi5LykiSntO7Zh7Fa6rs7U0f9hde8YbAYlQHTqiZl&#10;7fCSi0rK7+fInBBzpEym5D1zJod+59wbvnFL6xgA7mvd8NL/VlPflOTohhk3dVJ+bsXEpo83bAAA&#10;AACOoLULR56SWv8mKYsaZvSS+qfz55/462dde+3ehh0A7KfVSefs4dOfkfQuqsmqJCc1ThpPLR8p&#10;tXxkdMfGqxu3AI0YlQFHxOqk8+Thkeen5PdSc3rrnkOwK6nv6Uzmre4RDjDzrE46T1448oepeU3r&#10;lu/p1eTXVk2Mva11CAAAADC91i5c+rzU+sEkR7VuuVe9fHLyngsv2Lnz7tYlAOy/1UnnSYuWPqFb&#10;e8+stfOMpD49ybHTfNlbknw2NZ/ulPoP501s/lK5964cwAAzKgOOqEuWLZt73J27fiYpv5xkWeue&#10;/VWS23o1H+iVzp88e2LjltY9ANzfvbeWOOZDSX6ydcsPqjV/evX2sf+2Oum1bgEAAAAOv7ULRl6T&#10;krdm5r339tVu7Y6et33DztYhAByca848c87NN975xF5n6kdTyxNKybIki5MsSNI5wIfbndRvJmVD&#10;Sb5Sa/1Kp9v9ynnbNm4wIgN+0Ex7YgsMkDWnjvxE6eQXkzw3yZzWPQ+gJuVzqfnzyanvXuLTXAAz&#10;1/qcM7RreMdHk1zQumVfas0frdo+9uutOwAAAIDDa+3CkZ9LzXszc993+3Kdm3NWjY3d0ToEgMPn&#10;kmXL5h733amTa518eKm9R9R0Hl7+3c+imtROOrfVTNZOLTfumep+64KdG29u2Qz0l5n65BYYIGt+&#10;aGR+mVuel9QLk/xEkm7jpC/X5MO1O3Xx+Vu3jjduAeAhrE46T1649IOp9cWtWx5KSd44OjH2u607&#10;AAAAgMNj7fDIC5NcnAM/KeaIKsk/zOtMrli+bduu1i0AAPQHozJgRrliyZJH1T2d82vJT3zv/uCn&#10;Tfc1a3JjST6TknWTU511F+zYeMN0XxOAw2fd8NLfqKlvbt2x30p93srxzR9rnQEAAAAcmstPXfz4&#10;Tqfzj0mOad2yP0ry3tGJsVe07gAAoD8YlQEz2hUnL1lQ53R+rFfrspI8LsnjkyxKctRBPNxUkm1J&#10;/UZq5/okX+p0Ov+4YnzD1sNXDMCRtHZ48TOTzicywz8N/APuSrd71sqtGza0DgEAAAAOzscWLTrx&#10;qN7QNUmWtG45MPWVKyc2v6d1BQAAM59RGdCXPnnKYx451dn7w7Xm1Nopx9WSuaXWh/3g19Wam0qn&#10;3NjrTO0s3e63Vo2N7W7RC8Dht37+smN3Hb37a0kWtm45YCWfHh0fW16S2joFAAAAOHBrF4z875T8&#10;XOuOg3B3p3Qf58PWAAA8FKMyAAD60trhpe9I6i+17jhotfzsyu2b/rJ1BgAAAHBg1i4aOSe9fCr9&#10;+z7bJ1ZOjK1oHQEAwMzWT7cJAgCAJMkVC5Y8Lqm/0LrjkJT6+5edfPIxrTMAAACA/VeTkl7+MP07&#10;KEuS89YuGDEqAwDgQRmVAQDQd3ql/E6SodYdh+jkoe4x/7V1BAAAALD/1i0YuSDJWa07DlnJm2p/&#10;D+MAAJhmRmUAAPSVy09ZfHqS57fuOCxKXnPJsmVzW2cAAAAA+6eU/FrrhsPkiVcMn/7M1hEAAMxc&#10;RmUAAPSVTre8PLPneewpx9216/zWEQAAAMBDu2LBksfV5OmtOw6b0ntV6wQAAGau2fJmHAAAA2B9&#10;zhlKyk+37jicSsrLWjcAAAAAD61XMqt+h68151928uknte4AAGBmMioDAKBv3LNw+9OTPKp1x+FU&#10;a0YvPeOM41p3AAAAAA+u1vKi1g2H2Zzu0NRzW0cAADAzGZUBANA/ala0TpgGR825Z+qc1hEAAADA&#10;vl2x6PTHlJLh1h2HX5mNr7UAAHAYGJUBANA3SjrLWzdMh1JyTusGAAAAYN+mpnqz8zWJ5JzV3i8E&#10;AOABeJIIAEBfuObMM+ck9T+07pgWtT6pdQIAAACwb53krNYN0+SRZw2fvqh1BAAAM49RGQAAfeHG&#10;b33ntCRzWndMi1Ie0zoBAAAA2LdaMmt/d++WyVn7dwMA4OAZlQEA0Bc6Qxlp3TBtauZfuXjxCa0z&#10;AAAAgH2axa9LdGfv3w0AgINmVAYAQF8ove6jWzdMp7onj2rdAAAAANzf6nvfT5vfumO61FJn9Wsu&#10;AAAcHKMyAAD6Qi05rnXDdOp1O7P67wcAAAD96ifmLzsmSWndMW16Ob51AgAAM49RGQAAfaIe07pg&#10;WvU6D2udAAAAANzfnuN3zerXJEqpx7ZuAABg5jEqAwCgL9RkV+uG6TSVyXtaNwAAAAD316l1d+uG&#10;6VRK8ZoEAAD3Y1QGAEBf6JTc1bphOnWG5tzZugEAAAC4v6Etw99t3TCderV6TQIAgPsxKgMAoC/U&#10;lFtbN0ynTmfyO60bAAAAgPtbnqsmk9n8YbfZ/ZoLAAAHx6gMAIC+0On1NrZumC4luW3F5s03te4A&#10;AAAA9mlT64DpUkqdta+5AABw8IzKAADoC1PzyqYkU607pkNNvHgLAAAAM9tY64Dp0unN3sEcAAAH&#10;z6gMAIC+sGpsbHdNrm/dMT3KV1oXAAAAAPtWambr7+53PfJRJ25oHQEAwMxjVAYAQN8oqZ9q3TAt&#10;am996wQAAABg33rdzMrXJErNZ8669tq9rTsAAJh5jMoAAOgfJVe1TpgGdbJ2P9M6AgAAANi3Rz3y&#10;hGuT3NW643DrlXy6dQMAADOTURkAAH3jqDK1tiS3te44nErymQt2bLyhdQcAAACwb/ee5lX+tnXH&#10;YdabM9T7UOsIAABmJqMyAAD6xvJt23al5qOtOw6nmvrB1g0AAADAQ+sks+t3+JLPPGvLlonWGQAA&#10;zExGZQAA9JVaeu9r3XAY3Vl6R/2f1hEAAADAQ5s7ccr6JOOtOw6XUvPnrRsAAJi5jMoAAOgrKye2&#10;fDbJp1p3HA615J2jO667tXUHAAAA8NCW56rJWvPm1h2HQ0023TEx9jetOwAAmLmMygAA6DslnTe1&#10;bjgMvju3M/WO1hEAAADA/puauvv9Nbmxdcchq/mTC5Op1hkAAMxcRmUAAPSd0YmNn0zykdYdh6KW&#10;uvrcrVv7/0VoAAAAGCAX7Nx5d6eU17TuOERXX7197N2tIwAAmNmMygAA6Eu97tRrk9zduuOglGzM&#10;nPLO1hkAAADAgVsxvulDKfl0646DVJPer61Oeq1DAACY2YzKAADoS+dv3Tpeanl1646DsLtT60tW&#10;jY3tbh0CAAAAHLiS1M7eelGSW1q3HIQ3r5zY8tnWEQAAzHxGZQAA9K3R7ZveV5K/at1xIGryWysm&#10;Nl/bugMAAAA4eCt2bt5eSvnpJLV1y/4rnz1q4tTXt64AAKA/GJUBANDXenPzS0m+3LpjP11y9cTY&#10;O1pHAAAAAIdudHzT5Ul9a+uO/bSjM9l7yfJcNdk6BACA/lBaBwAAwKG67OTTTxoa6n0myWNat+xT&#10;ybr5J53wk2dde+3e1ikAAADA4VGTsm7ByHtT8nOtWx7ETaVXnzq6Y/NY6xAAAPqHk8oAAOh7F+zc&#10;eHOndFfVZFPrlgdUc9VQt/digzIAAACYXUpS5z/qhF9IqR9q3fKASr7d65WfNCgDAOBAOakMAIBZ&#10;42OLFp141NTQx1JyTuuW76upf3bXxOZXX5hMtW4BAAAAps+a4ZHfLMmbMkPefyvJ9bUztGrltm9s&#10;a90CAED/mRFPagEA4HBZv2jRUbt7Q++oyc83TplMKa8bHd/01pLUxi0AAADAEbBueOSimrwrycPa&#10;ltTL50zN+elzb/jGLW07AADoV0ZlAADMSuuGRy5K8o6anHjkr163JfWilRNbPnvkrw0AAAC0tGZ4&#10;5EdKKR9KrU9ocPldNVm9cmLsLT7kBgDAoTAqAwBg1vrYokUnHt0b+q2a/EqSedN9vZLclpTVJ80/&#10;/v8769pr90739QAAAICZqSZl3fDIC2rNW0vJ8BG4ZC8p/7tbO284b/uGnUfgegAAzHJGZQAAzHpX&#10;LDr9Mb1e73VJfirJ0DRc4q6kvqszJ29dsXnzTdPw+AAAAEAfWjMycnxnd15dS341yUnTcIlak8tr&#10;r/ze+Ts2fXEaHh8AgAFlVAYAwMD4+PDpi7vpXZTkwiQ/cogPV5N8ISkfnpwsf3PBzo03H3ohAAAA&#10;MButn7/s2F3H7H5RrXlRSZ6RpHuIDzmeWj5ShsoHRrdu/OfD0QgAAP+eURkAAANp7WlnnFEnp55R&#10;Ss6pyRNLsijJnAf5T3Yl2VRq/qmWrO/W7qfcTgIAAAA4UJedfPpJ3aHeOaXmnJQ8JcnpSY59kP+k&#10;l2Q8yddSs752ctXK8bGvlHs/8AYAANPCqAwAAJJcc+aZc2698TuLaqccX9N9eJKkTE2Vmjsmu72b&#10;V23dOuHFWgAAAGA6fGLBGSfXMvnDk7XzsG4pc5Ok1snba+l8N3OzedXY2O7WjQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAPD/s3fn8XXX&#10;Vf7H3+d7b9q0UPbNktykyU1bLIJSNhGFIiVLpwOiFpfBdcTdcdyYcfxpZ5xRR50Z1xmXcUNRp4qA&#10;0CSlaJEB3MAFKdr2Jm1uQqUW2Vraps39nt8fMIoL0Kb35tzl9Xw8+pc091VpafLN+34+AAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACggVh0AAAAAAAAAABUoyvb2w+ZuTsz&#10;y7N2UJpoVpImB/7f/+aWPpS47/ZUD1gmW5q2I7t10da12yN7AQAAAAAAyoVRGQAAAAAAAICGtKKl&#10;ZcaBmeb5Sn2uJUmX3OfK1eqmY01qldS8jx9yh6S7H/kxJLP1nqYbkmzmV0ccNuvOk2+7bU/ZfxEA&#10;AAAAAAAVwKgMAAAAAAAAQN1zyQZy+eNMfqbcTpV0skwLJGWnKGG3SXdKuj2V35SkWtMzNlSYotcG&#10;AAAAAADYJ4zKAAAAAAAAANSl6+fMOXpPKXuByxeb6VlyHRnd9EdGzPUdT2xl845p13F9JgAAAAAA&#10;qBaMygAAAAAAAADUjUeGZBeZ/LkunSkpiW7aS+OSvueuq6ZlS986d+PGLdFBAAAAAACgcTEqAwAA&#10;AAAAAFDT1rS3N+8sZc4308WSdWvqrrSslJKkGyX7H5/mX+srFB6MDgIAAAAAAI2FURkAAAAAAACA&#10;mjTQMucEJdnXS/5CSbOieypkXNK3E/OPdI8M3RIdAwAAAAAAGgOjMgAAAAAAAAA1pb8lf5Zl9Hdy&#10;nafaud5yf7mk1Ur0/t5NhRuiYwAAAAAAQH1jVAYAAAAAAACgJgy2dS1x93dKOiO6Jdj3E9n7uosb&#10;ro0OAQAAAAAA9YlRGQAAAAAAAICqNtCeP1upPixpYXRLNXHpDpP+qbdY+EZ0CwAAAAAAqC+MygAA&#10;AAAAAABUpYH2+e2WTnzApWXiWeZjMw266619xcKd0SkAAAAAAKA+8CAGAAAAAAAAQFW5et68WdN2&#10;TvyzZK+V1BTdUyNSSZf7br217+7C1ugYAAAAAABQ2xiVAQAAAAAAAKgaA635bpk+KakzuqVG3S2z&#10;1/eObPhWdAgAAAAAAKhdjMoAAAAAAAAAhBtsWXCYJ+OfkvT86Jb64Csznr3kvNF1m6NLAAAAAABA&#10;7WFUBgAAAAAAACDUqrbOM1K3y8TpZOW22ZS8tKe4/vroEAAAAAAAUFsYlQEAAAAAAAAIcevChU1b&#10;t97/YcneKJ5VVopL/nGfZu/oKxTGo2MAAAAAAEBt4EENAAAAAAAAgCm3qrPzqHSPLpfs3OiWhuD6&#10;gad6ft9dhbHoFAAAAAAAUP0YlQEAAAAAAACYUgOtHafI7GrJnhTd0mDuNSUXcR0mAAAAAAB4Ikl0&#10;AAAAAAAAAIDG0Z/LL5Ul32FQFuIwV7pyINd5SXQIAAAAAACobpxUBgAAAAAAUGbXtc6bPaHS8YnZ&#10;cS4/xKRDXH6IPDlYls76v3/OZbtM2ilJJt0v16Y00YjcN5XSzKbbxtb/ermUhv1CgDIbbMu/3l0f&#10;lZSJboH+sbdYWB4dAQAAAAAAqhOjMgAAAAAAgP1wTcvcYzNJ6dmJ2elyLXDpeEmHlenD75L8x2bJ&#10;jSqlN40fkL35/HXrtpXpYwNTZrmUnJbr/A/J3hTdgt8z6bLpxZZXLtINE9EtAAAAAACgujAqAwAA&#10;AAAA2AdXtrcf0uxN5yj1c2R6tqT5U/jyJUk/d/eV7v6NJWPDv5jC1wYmZbmUnJ7Lf8qlV0W34M+x&#10;L20rbnjlsof/+wIAAAAAACCJURkAAAAAAMATunXhwqatWx+4QPJLJFukKrm6z11FM79K8m/0FIdv&#10;Nsmjm4BHW6Ozs7tyY5dLWhbdgsf1zSOPPPhFJ992257oEAAAAAAAUB0YlQEAAAAAADyGVbM7W0tZ&#10;e7nJXy5Ze3DOE7lNbv925FEHfZNhCKrBcik5rTX/GZleGd2CvfLlHxYLL1supdEhAAAAAAAgHqMy&#10;AAAAAACAPzLYlj8pdf2jSX2SkuieffQbSf81MZF8Yunm9fdEx6BxDeQ6PyrZm6I7sPdc/qm+4tBr&#10;ozsAAAAAAEA8RmUAAAAAAACPuLat67iM+zslvVBVcsXlftjmpo/vac584Px167ZFx6Cx9Ofyl5r0&#10;gegO7Dsz+5eekQ3viu4AAAAAAACxGJUBAAAAAICGt7K9/ZgkzX5I0otUeyeTPZG7ZXrXD0cKX1jO&#10;tXaYAgO5/F9Jukw8e6xZZnpDz0jhk9EdAAAAAAAgDg92AAAAAABAw1qjs7M7c2NvNendkmZG91SW&#10;r3PZ2/uKhWuiS1C/+lvyZ1mi1ZKaoluwX1JZurR3ZLg/OgQAAJTPyvb2YzJp9nB5cliq0uFK7DCT&#10;HW7uh7vs0Mf7uSbfIWncpV0u7TTXbpm2yrXVssndyYRtvf+g7D3L1q7dPUW/HAAAUGGMygAAAAAA&#10;QEMaaJlzgpLMpyQ9PbplKpnr8+MzM2/mSkyU26q2eXNSL/1Y0uHRLSiL+zJpetp5Y8MbokMAAMDe&#10;WdnefkzGM8e5q8tdLYlZm0ut+v2P6ZVuMOn+VBozaaPkG122MXFtVDbZNH1709CirWu3V7oBAACU&#10;B6MyAAAAAADQUFyygVz+HSb9s6RsdE+QIZku7h0pfD86BPVhxYIF02Y9OP49mU6PbkFZ/bQ5mThj&#10;0aZNu6JDAADA7w22LDjMMztPd0+eYvL5ZnacXPNcOiS67Qm4pI2S7pC0Vu63p+5rHzp4xjpOOAMA&#10;oPowKgMAAAAAAA1jsGXBYbLxr7ipN7qlCrjkH/dp9o6+QmE8Oga1rb81/3EzvSG6A+Vn0md7ioVL&#10;ojsAAGhUK1paZsxKpi10Jc+QdKbJF0r2pOiuMitJWifZTa705oxl/7d7ZN3G6CgAABodozIAAAAA&#10;ANAQVrV2Hp8mdoVcc6NbqszNTaXs+efe9avfRoegNg20dT5Hbt+K7kBFXdxbLHwlOgIAgEZxXUtH&#10;V5pJznPXeZIWSZoV3RTgV5JuMmm10unX94ytvTc6CACARsOoDAAAAAAA1L3+XP55Jn1R0gHRLVXJ&#10;tN5T9fWNFoaiU1BbVra3H5Ok2V9IOiK6BRV1b8YzTzlvdN3m6BAAAOrR1fPmzZq+K31kROaLJc2J&#10;bqoyJTPdKtcqM181baT1R4t0w0R0FAAA9Y5RGQAAAAAAqGsDrfm3yPRh8RzkidyXul2wZHTDjdEh&#10;qB0Dua6VkvdFd2Aq2Hd6ihubQmxMAAAgAElEQVQWm+TRJQAA1INrZs89ItuUnu+uC0w6V1JzdFMN&#10;uVeuK11aMWO05bsMzAAAqAwepgIAAAAAgLrVn8tfatL7xTOQvbXDpRf0FQvXRIeg+g20dr5AZl+L&#10;7sDUMdOrekYK/x3dAQBArbqudd7skqXPk/tzZHqmpEx0Ux24R7JvSaUV24rDNyyTStFBAADUCx6o&#10;AgAAAACAurNcSk5rzX9MptdHt9Sgktz/qnd06OvRIahegy0LDvNkfJ249rLRPJAmE/OXbNp0d3QI&#10;AAC14taFC5u23vPgUnn6Csl6xJCsgvzXkr7isi/2FQt3RtcAAFDrGJUBAAAAAIC6M9Da9SGZvy26&#10;o4btSmR/2V3csDo6BNVpINf1ackvie5AiG/2FgvPj44AAKDaDeQ6zpQyF0t+kaSDo3sa0J0uXTYt&#10;U/riuRs3bomOAQCgFjEqAwAAAAAAdaW/rfNt5vah6I46sNvNL+gbGRqIDkF1GWiZc4KSzE/EKRsN&#10;LD23tzj8negKAACqzRqdnd3ZOvpcM3uTpDOieyBJ2mXSitT0kb6Rwk+jYwAAqCWMygAAAAAAQN0Y&#10;bM2f76YrxNilXLbJ02f3jg7/ODoE1WOgNb9GprOjOxDHpTu2FwtPXSaVolsAAKgG/cfmW5KM3uDS&#10;yyUdFd2Dx3Sbyz82o9j61UW6YSI6BgCAaseoDAAAAAAA1IX+ts5zzG1A0rTolnri0pasZ046b3Td&#10;5ugWxOvP5Zea9O3oDlQDf3Vvcegz0RUAAERa1T53fpqW3izZxZJmRvdgL5nWe6qPbPddX1w2NrYz&#10;OgcAgGrFqAwAAAAAANS8le3txyRp9ufiVIAK8eu3FYd6OJWosS2XklNz+Z+bdHx0C6qB/zoZP6Cr&#10;e8vtD0WXAAAw1Qbb8ie5+79Kdm50C/bLbyV9IptN/2Px8PAD0TEAAFSbJDoAAAAAAABgf6yQMpk0&#10;+z9iUFZBdu6s1q4PRFcg1qmtnc9nUIbfsyel03ZcEl0BAMBUWtne9dT+XP4ad93KoKwuHC7pPRMT&#10;ydBALr+8P58/KDoIAIBqwkllAAAAAACgpg3muv7G5R+J7mgA7tL5fcXCNdEhmHrLpeS0XH6tpPnR&#10;LageLm3Znu6aw7VRAIB6N9A+v91KE//PTS+RlI3uQcVsNvP3H3HEIZ8++bbb9kTHAAAQjVEZAAAA&#10;AACoWYMtc0/1JL1JUlN0S4O4N2ny47qHhn4THYKp1d/aeYGZXRndgepj5m/sGRn6RHQHAACVsKqz&#10;86h0T/JeyV8uvuZoJGOSv3dbcehzy6RSdAwAAFG4/hIAAAAAANSk/nx+epqknxPf3JlKh6W77X3R&#10;EZh6Zva26AZUJ3d783KeMwMA6kx/Pj+9P5e/NN1jv5L8EvE1R6NpkezTs3L5nw+0dfRFxwAAEIUv&#10;9gEAAAAAQE1KxvVWk46P7mg4pleuynUtjs7A1Olvz58u6RnRHahanae2dv5ldAQAAOXS39bZa7v1&#10;E5M+IOnQ6B6EWiBPVvbn8t8caJ/fHh0DAMBUY1QGAAAAAABqznWt82a76e+jOxpVKv/PFS0tM6I7&#10;MDUstddEN6C6mdkboxsAANhf17XOmz2Qy19lbv2Snhzdg+ph0nOVTtwx2Nb51jU6OxvdAwDAVGFU&#10;BgAAAAAAak7JSv8o6cDojgaWP9CmvyU6ApV3ZXv7IZI/P7oDVW/RwJx586IjAACYjBVSpj+Xv7Rk&#10;pQ2Szo/uQdU6wN0+vDM3dmd/W+c50TEAAEwFRmUAAAAAAKCmDLbMPVXSK6I7Gp2ZvWOwZcFh0R2o&#10;rBmefbGkmdEdqHqmUuml0REAAOyrwZbO/KxcfvUjV13yOQ+ekEld5nbdQK7zo1fPmzcrugcAgEpi&#10;VAYAAAAAAGqKJ/4+8UyjGhzkyThX3tW/i6MDUDNeukLKREcAALA3lkvJYFvnWz2x2yUtiu5BzclI&#10;9qZpO0s/72/JnxUdAwBApVh0AAAAAAAAwN4aaMs/Xa5bojvwOw9aOn1Oz9jae6NDUH6r2ubNSb00&#10;JJ4hYq+l5/YWh78TXQEAwOMZbOnMK2Nfcddp0S2oCy7ZZ5t3Tnvroq1rt0fHAABQTryrFwAAAAAA&#10;1I7U3xadgD9wkNuuv42OQGWkXnqBGJRhn2SWRRcAAPB4BnKdl3hitzEoQxmZ5JfsmjF++8rWrmdF&#10;xwAAUE48FAIAAAAAADXh2tzcjozS9eJ6tWpz38TEjpalmzfviA5BeQ3m8j916anRHagp9zQXW560&#10;SDdMRIcAAPBoa45ccOB48/hH3fSK6BbUtT2S3tNTLHzAJI+OAQBgf3FSGQAAAAAAqAlZS98mBmXV&#10;6NBsdsbzoyNQXqva5s1hUIZJOGJH611nREcAAPBog3PmnrhzxvhPGJRhCjRJet9gruva64+df3h0&#10;DAAA+4tRGQAAAAAAqHqrOzoOdtdLojvwWIx/N3UmTUu90Q2oTWbpkugGAAD+z2Cu62+8lP7QpK7o&#10;FjQS79uTmbhzINfx7OgSAAD2B6MyAAAAAABQ9faUkudKOiC6A49pUX9rvjM6AmVk3hedgNpkMr55&#10;CgAId83s2TMHcvnLXP4RSdOje9CQjpKSwYFcfvlyvicPAKhR/AUGAAAAAACqnrkuim7A4zLJXxod&#10;gfJYo7Ozkp0V3YGa9bRrZs89IjoCANC4rmmZe2w2O3O1pIujW9DwspLec2pr/str2tubo2MAANhX&#10;jMoAAAAAAEBVu/7Y+YdLWhTdgcdnZi+ObkB57M6NnijpwOgO1Kwk21R6ZnQEAKAxDbR2nJJN0lsl&#10;nRHdAvwfM71oV5r9zqrOzqOiWwAA2BeMygAAAAAAQFWbSErPl9QU3YEn1NGfyz85OgL7L3V7VnQD&#10;alya8I18AMCUG2jtfIEs+V9Jx0S3AH/GGeke++mqXOfC6BAAAPYWozIAAAAAAFDVUvMLoxuwd0x2&#10;bnQDysD09OgE1Dhzfg8BAKbUQC6/XGZflTQ9ugV4HLNT2ff6WzsviA4BAGBvMCoDAAAAAABVqz+f&#10;n24S16jVju7oAJQFpydgfy28deFCTpgEAFScS9af6/xXSe+RZNE9wF44wMy+MdiW/+voEAAAngij&#10;MgAAAAAAULUye3yhpOboDuwtP7s/n+d0iBq2uqPjYElzojtQ85q3bLlvfnQEAKC+3bpwYdNgW+fl&#10;JntHdAuwj7Lu+kx/Ln9pdAgAAI+HURkAAAAAAKhaLq7hqzEztUunR0dg8nbvyZwoTvlAGZjZk6Mb&#10;AAD1a82RCw7cuvWBVXJ7YXQLMElm0gcG2vKfXM737AEAVYq/oAAAAAAAQNVyN66+rDFJYqdFN2Dy&#10;zNJ50Q2oDwmjMgBAhazu6Dh414zdA5IWRbcA+831ulNb81/m6nAAQDViVAYAAAAAAKoZJ5XVGJcY&#10;ktS2fHQA6gYDRQBA2V3Z3n7IxETSL/mZ0S1AuZjpRVt/c//XGZYBAKoNozIAAAAAAFCVrp8z52hJ&#10;R0V3YF/5U6ILMHnmSVd0A+qDyzqiGwAA9eWa2XOPaE6z35F0RnQLUHZmF27d+sBX1+jsbHQKAAD/&#10;h1EZAAAAAACoSrs9Mye6AZPy5BVSJjoCk2Sei05AvfDW6AIAQP0YbFlwWDabflfSSdEtQAU9b1fr&#10;XSsYlgEAqgWjMgAAAAAAUJWs5O3RDZiU5gOO7eiMjsBk+ezoAtSNo9e0tzdHRwAAat/V8+bNUma8&#10;XxIn4qL+mT9nV27sawzLAADVgFEZAAAAAACoTmbt0QmYnCRJOGWuBi2XEsmOjO5A3bAdZkdHRwAA&#10;atua9vbmaTtLV7nrtOgWYAo9bzw39rnlfC8fABCMv4gAAAAAAEBVMqkjugGTY4kdHt2Afff0zs4j&#10;JHEiAsomo6ZDohsAALVrhZTZlWYvk3ROdAsw1Vx6yem5/PuiOwAAjY1RGQAAAAAAqEqp9KToBkyW&#10;HxpdgH3n4zoougH1Jd2TMioDAEzarFznJyU9P7oDiOLSpf2t+ddGdwAAGhejMgAAAAAAUJVMNiO6&#10;AZOTujiprBY1ZQ6ITkB9MdPB0Q0AgNrU39r5D5K9OroDiGamTwy2dT03ugMA0JgYlQEAAAAAgCrl&#10;jMpqVCJxUlkNsrTEqAxlZabm6AYAQO0ZbOt6kZm9N7oDqBKJu3+lP9f5jOgQAEDjYVQGAAAAAACq&#10;FWOEGpVyOlFNKvFnDmXmbpnoBgBAbRlsy5/k7p+RZNEtQBVpluyKVW3z5kSHAAAaC6MyAAAAAABQ&#10;rRi41KjENRHdgH2XSB7dgPpi5tnoBgBA7ehvzXe6a5UkTk8F/ohJR6c+MbC6o4M38AAApgyjMgAA&#10;AAAAUK2mRQdgclLXeHQD9p2bMSpDWbmc588AgL2ypr292Uxfl3REdAtQvWxeaSL5tHOSHwBgivBF&#10;PQAAAAAAqFbbogMwaYzKalBasjS6AfXFXbuiGwAAtWFnKfs5SSdHdwDVzqWLBlo73xndAQBoDIzK&#10;AAAAAABAlbJ7owswSQmjstpU2hFdgPpisp3RDQCA6jfY2vUaM70ougOoFWb2T4NtXUuiOwAA9Y9R&#10;GQAAAAAAqFJ+X3QBJsdcu6MbMAmpHoxOQH0xSxgqAgAeV39b/mlu/u/RHUCNSdz9iwPt89ujQwAA&#10;9Y1RGQAAAAAAqFL+2+gCTJbdHV2ASWhKGZWhrEqpc40xAOAx9R+TP9JcV0uaEd0C1KAjlE5csWLB&#10;gmnRIQCA+sWoDAAAAAAAVCmuv6xV7r4xugH7bqZ0f3QD6ks2k/wmugEAUL2syT8lqTW6A6hhJx20&#10;ffe7oyMAAPWLURkAAAAAAKhOrrHoBEyOZTMj0Q3Yd4s2bdoliRMCUTa792zbEt0AAKhOA7nOS2R2&#10;YXQHUOvc/e9X5boWR3cAAOoTozIAAAAAAFCVTMkvohswKalnSpuiIzA5Lv06ugF146GlmzfviI4A&#10;AFSflcd2zJXs36M7gDqRpPKvrGxvPyY6BABQfxiVAQAAAACAqjRhu+6IbsCk/LqvUBiPjsDkmLQ5&#10;ugF1gxMLAQB/4taFC5uSTHK5pAOiW4A6clTi2S+4ZNEhAID6wqgMAAAAAABUpb8oFu+TnFOTao7/&#10;MroAk2emoegG1I0N0QEAgOpzz9YH/1bSydEdQN1x9QzmOl8SnQEAqC+MygAAAAAAQBUzrsCsOXZz&#10;dAEmz91+Fd2A+uCuQnQDAKC6DObyC1z+3ugOoH7Zv3MNJgCgnBiVAQAAAACAKuY/jy7APnJ9PzoB&#10;+8F9XXQC6gan3gEAfmeFlHHZFyRNi24B6thhSZr57+gIAED9YFQGAAAAAACqlilzXXQD9klp98zM&#10;LdERmLxsU8r1pSiLTMIoGADwewfmOl8n+SnRHUD9syX9rZ0XRVcAAOoDozIAAAAAAFC1pie7b5K0&#10;I7oDe8l1x/nr1m2LzsDkLR4eLrq0JboDNa+kXQcwKgMASJJWze5sNdm/RHcAjcLMPtF/TP7I6A4A&#10;QO1jVAYAAAAAAKrWok2bdrl0c3QH9tpN0QHYf4nrJ9ENqHVe6N5y+0PRFQCA6pBm7d8lzYruABrI&#10;Eck0MeQEAOw3RmUAAAAAAKCqJearohuwd1LZiugG7L9Ufmt0A2qd/Ti6AABQHQbbupZIel50B9Bo&#10;XHrlYFv+pOgOAEBtY1QGAAAAAACqmpfS1dEN2Ct3PzS6gVPl6kDiuiW6AbXN5TdGNwAA4vXn89Pd&#10;/WPRHUCDSjzVJ12y6BAAQO1iVAYAAAAAAKpa79jG2036WXQHnoivWCaVoiuw//akO2+UNB7dgdqV&#10;Tf2G6AYAQBXY42+U1BGdATQs0+mr2rpeGJ0BAKhdjMoAAAAAAEANsC9GF+CJ+DeiC1AeSzdv3iGJ&#10;KzAxKS5tWTw2XIjuAADEun7OnKPN7d3RHUCjc/cPrjr6hAOiOwAAtYlRGQAAAAAAqHrWlH5N0p7o&#10;DjymsR8Wh7kysY6Y9J3oBtSmRFplkkd3AABiTaSZ90iaFd0BQMem03e8PToCAFCbGJUBAAAAAICq&#10;1z009BuXvh3dgcdg9rHlUhqdgfJJTVdFN6A2uTm/dwCgwQ3MmTfPXX8d3QHgd97af0z+yOgIAEDt&#10;YVQGAAAAAABqgrkui27An/WQlaZ9LjoC5dU3Uvip5JuiO1BzdiW7DrguOgIAEGwifb+kpugMAL9z&#10;YDJN74yOAADUHkZlAAAAAACgJvSMFq6R2e3RHfhDJn22Z2ztvdEdqACz/ugE1BjTDd1bbn8oOgMA&#10;EGegteMUmV8Q3QHgD7n0mv5j8y3RHQCA2sKoDAAAAAAA1AST3N3fG92BPzDhSfaj0RGoDC9pRXQD&#10;aou7fy26AQAQzJJ3SbLoDAB/olmJLo2OAADUFkZlAAAAAACgZvyoWPiWpDujO/A7V/Vu+tWm6AhU&#10;Ru9Y4UZJQ9EdqBnbM+MHXBEdAQCIM9DacYqkv4zuAPDnmemSgfb57dEdAIDakY0OAPbFGp2d3dFS&#10;PC7JZLrkPtekoyUd5tIMmU/Ik21m2pp6ul6JrS/t3nH70s2bd0R3AwAAAADKY7mUDpj9P7kzXIi3&#10;K7HMO6IjUDkm+aB0uUvvjm5BDTC7lqsvAaCxuSXv5ogyoKpNU7rn7yS9JjoEQOWs0dnZnW1jT0lc&#10;Xal7l5lapeT3f0W7HpT5dkl3Jknyi2mbZhcW6YaJuGJUMz63Q9VbOWdOW6aUvcjNF8l1pqQD9+Gn&#10;75b0YzO7wTy9srs4dFuFMgEAe2GFlJmZm9uWTUtzlSTzJH+Syw41+cEuHWKmQ9x/N3p/0KUJk+5/&#10;eDhsI27aYJ6uT5psfffQ0G9CfzEAACDMcik5LZf/maSnRLc0NLcP945ueHt0BiqrvzXfaab14sYD&#10;PIFEdl53ccPq6A4AQIzBOXNP9FL6U/G9R6Da7WrKlNrP3bhxS3QIgPIZmDNvnk2UnpuazjbpDEkH&#10;7MNPf9ClG8313WxTesXi4eFipTpRe/jEDlXpkfXsRYnrEpeeqfL9Xh1298+PZ0qffM6mTfeX6WMC&#10;AB7Dqva580uldFFiOsul4yXlJU0v04d/QNIdbvqepbqxedf0mxdtXbu9TB8bAABUucGWuad6kn5f&#10;DF2ibG7eOX0en381hoFc/tuSlkZ3oKqt7S0Wjo+OAADE6W/NX26mF0V3AHhibnpf30jhH6I7AOyf&#10;FS0tMw5Mpv+1yV6l8r3xMpV0g9w/2zza+k1OMAOjMlSV5VJyWlv+5XL9vaTOCr7UA3L/uE+3D/UV&#10;Cg9W8HUAoKFc2d5+SHOp6QKZP1vSOZJmT+HLT0j6ictvSNLMFT1j6380ha8NAAACDLTlPynX66I7&#10;GpLby3tHN3wxOgNTY6A13y3TYHQHqpfJ3txT3PDR6A4AQIxVsztb06wNS7+7gQBAdbuveef0HG8S&#10;AmpTfz4/Pdnjb0jd3m7S0RV8qWHJPthcPPZzjMsaF6MyVI3+tvzTzO3Tkp8yVa/p0pbE9K4fjBQ+&#10;v/zh1S0AYB+tOXLBgTtn7LrQpIslWyQpE930iLskv0Lyb/QUh282yaODAABAeV2byx2aaNovK/wA&#10;DX/ETD98cKTwjGVSKboFU2P5w1fOrtPDJw8Df2y7pdPbesbW3hsdAgCIMZjLf8ClS6M7AOw9M72h&#10;Z6TwyegOAPtmsK3rue7+QUkdU/airp8nib+ue2Tolil7TVQNRmUIt0LKHJTLv9uldyrsXSx+vdm0&#10;l/SM/PLXMa8PALVnYM68eSpN/K1kyyQdGt3zuMxuN/lnHizt+vyysbGd0TkAAKB8HnmY9s3ojgZy&#10;XzLhJ3ZvHhqNDsHU6m/Lv8Jcn4vuQPVx+Qf7ikMMCQCgQa05csGB4zPGR106JLoFwN5zacOPioX5&#10;yzl0A6gJ/fn8QbbHPi33FwQluNz+7cijDnrnybfdtieoAQEYlSHUda3zZqdW+ppLz4pukfQbJbqo&#10;d1PhhugQAKhm/bn8Unv4nYfPiG6ZhAcl/2LGs/963ui6zdExAACgPAbb8le664LojkZgbq/oGd3w&#10;hegOTL1bFy5s2rr1gXWS5kS3oKrsbMqU5py7ceOW6BAAQIz+XOcbTfax6A4A+87dn9M3OnRVdAeA&#10;x7eypeMpSZJcKakzukWuHyQlX8abDRtHEh2AxrWypeMpJZu4tUoGZZJ0lFKt7s91vio6BACqUX9b&#10;5zkDufx3Tfq2anNQJkkHSfamkpXWDbTl/+36OXO4KgsAgDowfcf0i036ZXRHvXPXVxmUNa6Tb7tt&#10;j1wfju5AtbEvMygDgMZmsldHNwCYHDN7TXQDgMc30NbRlyTJ91UNgzJJMp1eytqPB9vyJ0WnYGpw&#10;UhlC9OfyTzbpO5KOiW75M1KXv6avOPTZ6BAAqAaPvAPiI5LOiW6pgB2SPuTT9P6+QmE8OgYAAEze&#10;yvaupyap3yJpRnRLnRqzdPqJPWNr740OQZz+fH667fZfSdYenILqsNNLmtt3V2EsOgQAEGMg13Gm&#10;lPxvdAeASXN3dfWNFoaiQwD8qcG2riXufoWk6dEtf8Z98rS7d3T4x9EhqCxOKsOUu66lo8tMN6g6&#10;B2WSlJjs0wOtXS+LDgGASNfMnnvEQK7r00mS/ET1OSiTpJmS3qPd+sVAW0dfdAwAAJi8JZs2/Exu&#10;r4zuqEcm3e9SN4My9BUK4/LkndEdqBofYVAGAI2Oz7+BGmeSvzQ6AsCf6m/Nn+fu31J1Dsok6VBZ&#10;snple9dTo0NQWZxUhinVn88fZLt1i6QF0S17YVymRb0jhe9HhwDAVBtszZ/v5v8l2ZOiW6aQS/rq&#10;rmTiDc/ZtOn+6BgAADA5A7n8ZyX9dXRHHSmZ2fk9IxtWRoegOiyXktNa8z+R6cToFoR6oKmU7Tz3&#10;rl/9NjoEABDjyvb2Q5rT7GZxUjBQ68a2FQvty6RSdAiAh/W35jvN9GNJh0a3PBF3FadlS6eeu3Hj&#10;lugWVAYnlWHKuGTarctVG4MySZou17dWtrdX64lqAFB2q44+4YCBXP4yN13VYIMy6eGx/Yub0+wd&#10;g61znxkdAwAAJueHxcKrJV0e3VEvzO1VDMrwaMulNDF7e3QHYrm0nEEZADS25rTpIjEoA+pBy0Et&#10;nYujIwA87JrZs2fKdJVqYFAmSWbK7ZnIXHXrwoVN0S2oDEZlmDKrWrtebdJfRHfso2Mynv2v6AgA&#10;mAoDLXNOSKfvuFXSxdEtwY51S9cM5PLLl/O5EgAANWe5lG6bNf0VLl0b3VLr3PVvPaMbvhDdgerT&#10;XdywWow3G5ZJP9teLHw8ugMAEMz9ZdEJAMoksZdFJwB4WFN25r+YdHx0xz4xnX7P1gfeFZ2ByuD6&#10;S0yJ1R0duYmJ5JeSZka3TIa7v6BvdOh/ojsAoFL6WzsvMrPPSpoV3VJlrt6VTLyM6zABAKg9ty5c&#10;2LR16wNXSFoa3VKb/EM9xaFL7eErwoE/cU3L3GOzSfpL8TVEwzHzc3pGhtZEdwAA4jxyLVchugNA&#10;2Yxns+nRi4eHH4gOARrZQFv+6XLdpNo88GAiTeyUJZs2/Cw6BOVVi78ZUYMmJjL/pBodlEmSmX14&#10;zZELDozuAIByc8kGc/kPmNnXxTeD/pzzm9PsrYMtnfnoEAAAsG9Ovu22PRMTO14g2XeiW2qNmf1L&#10;b3HoHQzK8HiWjq2/y6V3R3dgarnpCwzKAACW2AujGwCU1fSJCbsgOgJoZMulRK6PqXY3PNnE/SPO&#10;wVZ1p1Z/Q6KGrGrtPF7yl0R37KeWXTPG3xAdAQDldOvChU2Dua4vuHRpdEuV6/TE/re/Lf+06BAA&#10;ALBvlm7evGNbcUO3mf4ruqVGpHK9vmdkA1cWYK/0FgsflbQqugNTZjiza+YboyMAAFXh+dEBAMrN&#10;nhtdADSyU9vyL5R0cnTHfnGdtao1/5fRGSgvRmWouDTRO1Ufi9S3XT1vHqf4AKgLqzs6Dt669cEB&#10;yV8a3VIjjjHXjQOt+e7oEAAAsG+WSaXukcLr3f290S1VbsLcXt87WvjP6BDUDpO8pOR1krZHt2AK&#10;WPrG7i23PxSdAQCIdW1b13FyPyG6A0DZnbe6o+Pg6AigES2XksT1D9Ed5eCmd0Y3oLwYlaGi+o/N&#10;t8jtedEdZXL49B3pi6MjAGB/rWhpmTExYddI/uzolhpzoExX9rfmz4sOAQAA+8Yk7xsderc/fKLC&#10;ruieKjScyE/vGd3wqegQ1J6/KK4fNtPfRneg0uzjvSPD/dEVAIB4WalevucD4A9N31NK/iI6AmhE&#10;p7V19Lh0XHRHmZza354/PToC5cOoDBVlGV0sqSm6o1zc9IroBgDYH/35/PRZSfO1kj0zuqVGzTDT&#10;VYOtc/n/DwCAGtRXLHwzdeuWNBLdUj38+qTJn95dHLotugS1q2ek8N+SfSm6AxVzS3Px2LdERwAA&#10;qoT7hdEJACrE9ZzoBKARuSd1tUFIUjYV9YRRGSrKpGXRDeXlp1zX0tEVXQEAk7FCyiR79HVJ50S3&#10;1LgZbuk1g3PmnhgdAgAA9t2S0Q03ZrPpiSZdFt0SLJX0jz8sDnV3Dw39JjoGtc+n+Ztc2hDdgbJ7&#10;wF0vWaQbJqJDAADxVs3ubHXpqdEdACrDpN5rZs+eGd0BNJLVHR0Hm7QkuqOcXLpwxYIF06I7UB6M&#10;ylAxA+3z2+vxi4uSJUujGwBgX7lks3Jdn3PXBdEtdeJgL6X9A+3z26NDAADAvls8PPxAT7HwUrl6&#10;JG2O7gnwfaWlp/UWC8uXPzwuA/ZbX6HwoCe2TNKO6BaUTWpmL+4bLQxFhwAAqkOaTfqiGwBU1Mxs&#10;U/PZ0RFAI9kzkSyW1BzdUWaHH7xt91nRESgPRmWoGPeJ+jwJJ9Hi6AQA2Fer2jpfL/lLozvqzGx5&#10;6WreuQUAQO3qHS2synjmFHd9VZJH90yBbXK9pbnY8qzesY23R8eg/izZtOFn5nqRGCvWB9fbe0Y2&#10;rIzOAABUEVd3dAKAynK386IbgEaSSHX5Z65kfnZ0A8qDURkqxtyfGd1QEa5nLOfPDoAa0p/rfIa7&#10;/Ud0R11yP6EpO/Pz0Q2L8IcAACAASURBVBkAAGDyzhtdt7lvtPBiS5PTJd0S3VMpLl3hJT25d7Tw&#10;H1xjh0rqGS1cbdI/R3dgP5l/rWe0wNeRAIDfuXXhwiaZnxvdAaCyEjEqA6aSS3W5qUhcZ0Y3oDwY&#10;xqCC7MToggqZdXJubnt0BADsjWtmzz3CZF+TlI1uqVcuXTTQln9ldAcAANg/PWPrf9RbLDzDlCx2&#10;6Y7onjIpSfqyScf3FQvP67urMBYdhMbQXSwsf+QEQNQk+862A5tfZo1xgiMAYC/9ZssDZ0iaFd0B&#10;oLJcOm51R0cuugNoBGva25slzY3uqASX6nUr0nAYlaEiXDJJXdEdlZI1Py66AQCeiEuWzfqXJLVG&#10;t9Q91ydWtnc9NToDAADsv57i+us1TSeb6VUubYjumTzrtzQ5o7dYeElPsbA2ugaNxSTfPlp4iUtX&#10;RLdgn928Ld25dNnatbujQwAA1SXJ2OLoBgBTo7Qn8+zoBqAR7JhIulS/m52Drz92/uHREdh/9fob&#10;FMEGjskfIenA6I6KSRloAKh+g63510reF93RIJqT1C975F0lAACgxvUVCuM9I4X//lGxMN+l50ta&#10;o9o4sWe7uT6fenpKb3HDkp6x9T+KDkLjWiaVMuMzXyrp+9Et2Dsm/TJp8guXjY3tjG4BAFQfd50V&#10;3QBganiSMiIFpkCSqe/NQSmzpz26AfuPURkqIsn6wdENleTmh0Q3AMDjGWif3y7Th6I7GsxTdpYy&#10;74yOAAAA5bNcSvuKhW/2FgvnWOpzJX3AXcXorj9lN5nbK5p3Tn9Sz2jhlUtGh2+NLgIkqXvL7Q8l&#10;4zMX6+FhJqqYS3eku3VW99DQb6JbAADV5+E3Uvop0R0Apojr7OgEoBGYMnW9OUjFpqIeMCpDZTRl&#10;DohOqCQ3zYpuAIDH4+nEhyXNjO5oNGZ26cCcefOiOwAAQPn1jA0VeouFv+8dLbRL6TPl+qSk4aCc&#10;PXLdIOnvlcnM7y1ueGbP6IYvLNq6dntQD/CYurfc/pBP0wWSboluwWMqlNKkp+/uwtboEABAddqZ&#10;ZhZKmh7dAWCq2JNWzpnTFl0B1L1UB0UnVFKizIzoBuy/bHQA6lNpYqIpsfrdLFrqaXQDADyWVbmu&#10;v0jlz43uaFDTvFT6uKTzokMAAEBlmOQqDt8k6SZJWjlnTltSSs6W7EyZnSr3BZIyZX7ZeyX9TKaf&#10;W6rvjc/MfPf8deu2lfk1gIrpKxQevHrevJ5pO0rflnHqQZX5SZpMLFla3HR3dAgAoHolSp7hNXEb&#10;PIBySSaSp0saie4A6plbmkoWnVExqaVN0Q3Yf4zKUBmpHiz7I/RqYvZQdAIA/DkrWlpmpPKPRHc0&#10;MpMWD7R1Xdg7suFb0S0AAKDylmzcOCLpS4/80KqjTzhgomnn8UniXe4+18w6JB0p19EyHaGHT5M9&#10;SL8fnm2TtFPSdkn3SBqR24gl6YjLh5M99ovuzUOjU/4LA8rs/HXrtq3R2YvHc2P/6dKronsguXRt&#10;aWLHRUs3b94R3QIAqG4uf0Z0A4ApZnq6pK9HZwD1zM0esjrebLv0QHQD9h+jMlRGU/qg0jo+qczE&#10;O8IBVKVZ1vxaSZ3RHQ3P/YNrdPa3F+mGiegUAAAwtbq33P6QpB8+8gPAoyzSDRPLi3rNaW357XL9&#10;bXRPY/Mvbp/V/Oplawu7o0sAADXh9OgAAFPLzE6LbgDqnaXaVscHlSmR3R/dgP1Xv6sfhJq5qf0e&#10;SXX8UMo2RRcAwB9b0dIyQ6ZLozsgSerc1XrXX0VHAAAAANVmuZT2jhTeIvcXSuKErKm3R/JX9xaH&#10;Xr5s7do6fnYHACiXlXPmtEk6KroDwNRy10nXzJ49M7oDqGeppxujGyopm5Tuim7A/mNUhopYpBsm&#10;XFof3VEpSalUt782ALVrljW/XDzgqR6W/t1yPtcCAAAA/qze0aGvu/w8SXdHtzSQ+xLZhb3Foc9E&#10;hwAAake2lH1KdAOAEE1JpvnJ0RFAPZuZTTdISqM7KuSeczdu3BIdgf3HNzpRSeuiAypkx2FHH7op&#10;OgIAHu3WhQubXJxSVl1s3ultXc+JrgAAAACqVV9x6OaMZxa6tDq6pQHcnGZKT+subrg2OgQAUFtS&#10;01OjGwDESJQ5ProBqGeLNm3a5dJQdEclmHRndAPKg1EZKsi/F11QCS7dfPJtt+2J7gCAR7tn6wMv&#10;MFMuugN/xP1dLll0BgAAAFCtzhtdt7m3WOiW6y2SxqN76lBJ7v/cXGw5e8nGjSPRMQCAGuR+QnQC&#10;gDALogOAemeyNdENleDuN0Y3oDwYlaFiMq66/A+gpJuiAwDgj7n0N9EN+FMuPXVV69wzozsAAACA&#10;amaS944W/iNN01Mk3RbdUzdM6z3Rmb2jQ/9vkW6YiM4BANQo04nRCQBimJxRGVBhbvU5vvKkbrci&#10;DYdRGSrmvNGhtZLq7h2QSSa5OroBAB5toGXOCZIWRnfgsaQviy4AAAAAasGSseFfNBdbTnf3d4lT&#10;y/ZHKvnHJvbseFrfpsIPomMAALXrmtmzZ8rVGd0BIIabHxfdANS7aRPZQUn1dkvaAzOsdEt0BMqD&#10;URkqxiSX9MXojrIyu71n4/qfR2cAwB+w7MXRCXhsbnreipaWGdEdAAAAQC1YpBsm+kaH/sWlkyR9&#10;N7qnBt1iplN6i0N/s3Tz5h3RMQCA2tY0/cAuSZnoDgBRrO3qefNmRVcA9ezcu371W0mD0R3lZKav&#10;Ltq0aVd0B8qDURkqylL/ih4el9UFc10e3QAAj7ZCysj8RdEdeFwHHZQ0L42OAAAAAGpJX7FwZ2+x&#10;8Gx3f4GkseieGrBZ8pf1FAtn9owUfhIdAwCoExNpe3QCgFDWvHNibnQE0AC+HB1QTqnpsugGlA+j&#10;MlRUz9hQQe5XRneUg0n3j89I/iu6AwAe7eBc1zmSZkd34PG59OLoBgAAAKAW9Y0O/U8yPnO+S38n&#10;6d7oniq03czenYzPnNtbHPqS1dGbOwEA8VxcfQk0OrekPboBqHfbioVvSRqO7igHk27s21T4QXQH&#10;yodRGSrOPPOv0Q3l4PLPnr9u3bboDgB4tNT9ougG7JXu1R0dB0dHAAAAALWoe8vtD/UVC//q0zRH&#10;0j+adH90UxV4SPKPpclEV8/Ihvd2b7n9oeggAED9cWlOdAOAWJ56LroBqHfLpJJkH43uKAe3tC62&#10;Ifg9RmWouJ6x9T+SfGV0x366d2Ii88HoCAD4E6bu6ATslemlPcnZ0REAAABALesrFB7sLRaWp9N0&#10;jMtfKvm66KYAYyZ78+4ZmSf1Fof+ZsmmTXdHBwEA6peZMyoDGl2i1ugEoBFsmzXtU5I2Rnfsp5t7&#10;RoYHoiNQXozKMCWyWX+dpO3RHZPl8r9bunn9PdEdAPBogy2deUkt0R3YO6n5ougGAAAAoB70FQrj&#10;fcWhy7bNaj7BTX8l6ebopilwq2SvmZjYMa+nuOGjnKYPAJgKJuuIbgAQy12cVAZMgWVr1+6W+Vuj&#10;O/bDnjRNX2uSR4egvBiVYUosHh4umuv90R2TdMv24tDnoyMA4I+liRgp1RCzhH9fAAAAQBktW7t2&#10;d99I4fLeYuFMpaUTZfpPSb+N7iqj++T6ZJrY03qLhVN6ixs+vXTz5h3RUQCAxuHSsdENAGKZOKkM&#10;mCq9I0NXmvQ/0R2T9G9LxoZ/ER2B8mNUhinzg9HCByTrj+7YR3c3ZUoXPnyPMQBUGbezoxOwD9yf&#10;cs3suUdEZwAAAAD1qHds4+29I4XXH3nkwU9y8z7JviTpvuiuSXhA0pcT2dJts6Yf0ztaeMOSTRt+&#10;Fh0FAGg8a9rbmyUdFN0BIBwnlQFTKFvKvl7yTdEd++j7Rx558LujI1AZFh2AxtJ/TP5Im6bbVBur&#10;9gk3/8u+kSHu/QVQlQZy+VFx/WVNcffn9I0OXRXdAQAAADSCFVLm4LbO00qpesySHskXqjrfZPsr&#10;d12fMVtVmuar+wqF8eggAABWd3TkJiaSkegOAOEmeoqFaVxpB0ydwbb8Se66SdKM6JYnZNqazaQn&#10;Lx4eLkanoDIYlWHKDbZ05tPEbjLp6OiWx5HK/cW9o0Nfjw4BgD9nVWfnUeke2xLdgX1j0j/1FAvv&#10;ie4AAAAAGtE1s+ce0dTk57nr9EcGZidKOmCKM1JJvzTXDyW7yUrp9d2bh0anuAEAgCe0Kte5MJXd&#10;Gt0BIN7uGZmDzl+3blt0B9BI+ts6zzG3lZKao1sex31pmp7FtZf1LRsdgMbTMzZUWNXWeWHqdp2m&#10;/sHd3nC53s6gDEA1S/f4XLbhtcfN5kY3AAAAAI1q6eb190j66iM/tELKHJjLzzPpJHc91eRzZEmr&#10;5K2SjtnPl5uQNCJpSKaCUhUSsztK0/yHfYXCg/v5sQEAqDhPdWRVnu8JYMrN3LPnUEmMyoAp1Dcy&#10;9N3BXP6lLn1FUlN0z5+xy10vYFBW/xiVIUT3yNAtq1o7T0/NrpXUFt3zKHvc9PK+YuHy6BAAeFyW&#10;zOOw6RrkPi86AQAAAMDDlkklFQt3SrpTDz+o/53+fH56sstbU9mxiXyGJzbLTbMS+czU7XdvkkxM&#10;2919j8l2muxuefprTdNvzhsa2soVQQCAmpbYkdEJAKpDybOHSuJqO2CK9RQLKwZa87tkWiFpenTP&#10;o9xnnpzfO7r+f6NDUHmMyhCme3TojtUdHc+amEiulHRSdI+k+8z18t5i4eroEAB4Qu7zOKmsJs11&#10;yfjmEgAAAFDd+gqFcUmFR34AANCA7DAeYQGQpHRPekh0A9CoekcL3x5smfus1NJvmCkX3SPTenNd&#10;2DO6fm10CqYGB9ci1OLh4aJP0xku/6hCvzqxm7LZ9Kk9owzKANQK48Sr2nTAwLH5Y6MjAAAAAAAA&#10;gMfj8pnRDQCqhPmh0QlAI+sZW/+jUilZKCl4y2Bfat4xfWFPscCgrIEwKkO4vkJhvK849OZE1i35&#10;uql8bZPul+v1PyxuOGvx8DDHtgKoJa3RAZikJrVEJwAAAAAAAAD/n717j7O7Luz8//6cmVxA8EpE&#10;kUwSM0A1SltFi3XbBQWSCVCrXbOr7e6q3dq1F6vdWu1227K/2rtWq3a9bWvbbXXLdm0tkItawdYL&#10;KtRWiZJkJpfJEEFEwQAJyZzz+f0Bdr2gJCEzn3PmPJ+PR/6AwPm+JvN4TOaceZ/P9wH00222gIZK&#10;KSe1boBhd+m+7V+amJ784Vry40m+NM+Xn+ykXDoxveNF59+69c55vjaNGZXRN9ZO7/jA/pOXnl1S&#10;Xp3ki3N8ubtT84fdzuwTJvZO/o/Lkt4cXw/geDu5dQDHqJuHtk4AAAAAgO+kJEtbNwD9odSyqHUD&#10;cK/1eyb/eHS0N16S30kypwOvmtxSUl5dF+dJa6d3XDmX16J/jbYOgK+3YevWQ0l+9/LTT3/zQ8sJ&#10;/7F28rLUevbxevx7v/DlbbOznbdcum/7fC94AY4n7wwaUKXjXV0AAAAA9Lde6tKS0joD6AO90rMp&#10;gD5y4c6ddyR5zebT1/xurxx8WSnlxUlWH6/Hr8kNnZK37e8e/OMNMzMHjtfjMpj8BUBfuu+L09uS&#10;vO2qxz3+zJFO59/0Ss4rydOTPOwoH25PUt9Xe+W9d85MfmRD0j3+xQDzzjBpUNWeU+YAAAAA6GtO&#10;KgO+xkll0J/WzWz9cpLfSPIbG1eOn1t69XlJeW6S8aN8qLtLcl2t9e87yV+u3Tt1w/GvZVAZldH3&#10;Lr5p5/Ykv5nkNy9LOueOjT+hlpybmuWpOSUlj07qI2rKwZJyW631Syl1T6fkhnSX/vN9X0wBFozL&#10;7r199UNad3BsSnHrUgAAAAD6XWdpUltHAP2gFJsC6HPrd09em+TaJL+4ZfXqR+dw57u76X1XallR&#10;OvW01M7Dkt7i1M7+Wnq3pObWTjr70qmfXLLn9M+cn2tmW38M9Cd/ATBQLkt6mZ7cmmRr6xaAVp5x&#10;6tkn9HK3s+cHVe2c2DoBAAAAAL6TWmqv2JQBSUrpOakMBsjaqakvJvnAfb+OwORc5jDgOq0DAICj&#10;s/iWR97TuoFj10vP/ecBAAAA6GudGieWAEmSXuJN7gBDyqgMAAbMfUfQGiYNqFI7+1s3AAAAAMB3&#10;VIzKgHt1koOtGwBow+0vAWAw7U9yQusIjl7pxKgMAACAgXBZ0vlXq1Yt6852lvVKPbWUkVNr7Z30&#10;Lf9hKd2ScnPp9fbcPdKdee7u3bfPfy1wPNVaZhP3vwSSpBiVAQwpozIAGEz7kzy6dQRHr9erRmUA&#10;AAD0latz3uhdK246Y7TWJ9dan1w65Um15slJVh3upnPvTa9Kaq253ztg1aSmppaSpb3RbBobvzPJ&#10;dJLJUsp1vfSuyz3luvU3T946nx8X8CCUOmtTBiRJz51TAIaWURkADKKaO+/vNVz630in3tm6AQAA&#10;AK5atWpFp9tZm5q1B8vMs0dqHlaTpJTUBz8kOSnJE5M8sdb6QyUlWZxsGhvfk1I/ll7+dnRR3XTh&#10;zp13POgrAXOj1tn7HZECQ6fjpDKAoWVUBgCDqJMvpOa7W2dw9Hpl0b7WDQAAAAynzWPja2otL0qp&#10;l6Sb70oy35uRFallRUpeMDtbDm0aG7+61PI36Yy+b92ez39hXkuA76im3GlSBiRJTddJZQBDyqgM&#10;AAZQqbmxJutad3DU7v7E7hunW0cAAAAwPK447cxTRkZ7P16S/1CTJ6b0zf3sFidZW0tdm3r4DzeN&#10;rf5QUt6xbNnD/uac668/3DoOhl1JuT3ufwkkKSlGZQBDyqgMAAZRLdv66EVgjlQpk5clvdYZAAAA&#10;LHxbVpy1qld7r0l6L0hycuueB9BJygVJLrj11jv2bFy++p11pPtHF+/efXPrMBhWJfUrXn0EkqR2&#10;e7e1bgCgjU7rAADgGHR621oncAxq3d46AQAAgIXtqsc9/sxNY+OX92p3MqkvTf8Pyr7ZilLKazu9&#10;0elNY2e8fcvq1Y9uHQTDqKR8pXUD0B/KyNJbWzcA0IZRGQAMoE5v1KhsANUSozIAAADmxBWnn/m4&#10;TcvH39IZ6Xw2yfMz+K//L0rqS3uHy9bNY2f83OVr1ixuHQTDpJueURmQJPWUU078UusIANoY9CeV&#10;ADCULty77Qslub11B0enk7K1dQMAAAALy2VJZ+PY6p8d7fRuTMlPJ1lo46tTauobT95/z+c3Lx9/&#10;TusYGB5OKgOSktxxzvXXH27dAUAbRmUAMIBKUmstV7fu4GiN+pwBAABw3GxcMf69546NX19S3pTk&#10;pNY9c+zxteRvNo2tvvKK0898XOsYWOgWj3Rva90AtNdL3PoSYIgZlQHAgKqlZ6A0UOq2dXs+/4XW&#10;FQAAAAy+y9esWbx5bPy3S80navI9rXvmV7l4Uad3w6ax1S9tXQIL2bN37fpikntadwBtFaMygKFm&#10;VAYAA2qkxqhsgNT4fAEAAPDgfXDVqlNP3n/wgzV5dZJFrXtaqMnDk/L2TStWv/t9Z511cuseWIhK&#10;Umsy3boDaKwUXwcAhphRGQAMqIv2Tm1NcnPrDo5QzTWtEwAAABhsG1esftbh7sgNSfmB1i19oZYX&#10;LD7Q/ceNY+NPbJ0CC1FJ9rZuABqrdVfrBADaMSoDgAFVkprk71t3cER6daT74dYRAAAADK6NY+Ov&#10;LrVsSXJK65Y+M16SazcvH39O6xBYeKoTimDI1RiVAQwzozIAGGC11ve0buBI1A9dvHu3U+UAAAA4&#10;apcnI5tXjP+Pkvx2ktHWPX3q5FryV5vGznh56xBYSErc9g6GXUnd2boBgHaMygBggN350KUbk9zW&#10;uoMHUDt/0ToBAACAwXPdU5+66KSx8b+sNS9r3TIARpP6B5vHxt/QOgQWjOL2lzDsau3sbt0AQDtG&#10;ZQAwwDZs3Xqopv6f1h18R3fXJfW9rSMAAAAYLBvHx5fceuvtf12SH2ndMkhq8opNK8Z/v3UHLAQl&#10;9XOtG4CmZk/Ye/qe1hEAtGNUBgADrqQ6Bau/Xbl+cvKrrSMAAAAYHBvHx5eUQ+W9Sbm4dctAqnml&#10;YRk8eIfr4c+3bgDaqcmu83PNbOsOANoxKgOAAbdueudHk3i3UJ+qtb6ndQMAAACD47KkUw7lz5K6&#10;vnXLQKt55ablq3+9dQYMskump7+S5KbWHUAbJfmn1g0AtGVUBgADriQ1NW9q3cH92vrJvVN/2zoC&#10;AACAwXHu2Pjrk2xo3bEglPLfNo2d8fLWGTDgtrYOANoopXy2dQMAbRmVAcAC0Dl04ttTcmvrDr5Z&#10;/b3Lkl7rCgAAAAbD5uVn/OeavKJ1x8JSX79p7PHPbl0BA6sYlcHQ6tXPtE4AoC2jMgBYANbe8pm7&#10;kuK0sv6ya9myh7+7dQQAAACDYdPY459dS/Xc/vgbTTqXbz599XjrEBhEJflc6wagjdnScVIZwJAz&#10;KgOABWJ0pPvmktzeuoN71ZrfO+f66w+37gAAAKD/XbVq1Yqk8+4ki1q3LFCPrJ3yl1ecdtqJrUNg&#10;0HRLua51A9DEVy+e3r6rdQQAbRmVAcACceHOnXfUWv5n6w6SJDffWQ/+SesIAAAA+l9NSmd25E+S&#10;PLp1ywL3lJFFJ76ldQQMmhN3P+6GJHe17gDmW/3nktTWFQC0ZVQGAAtIXVJ/Pcm+1h1Dr5af3zAz&#10;c6B1BgAAAP1v8/LxV6TkvNYdw6DUvHjTitXPbd0Bg+T8XDOb5JOtO4D5VUv5h9YNALRnVAYAC8j6&#10;ycmvllJe1bpjyH1oYu+O97SOAAAAoP9tHBt/Ykp+s3XHUKn5wyvHxh7ROgMGzLWtA4D5VdL7aOsG&#10;ANozKgOABWbdnh3vTsrfte4YUodr8rOtIwAAAOh/lycjpeaPkixt3TJcymNH6+LXta6AQVKTj7du&#10;AOZV72Dpfax1BADtGZUBwAI00uu+LMnB1h3Dp75x/fTk51pXAAAA0P9OGlv9kpSc27pjGNWSF29c&#10;sfpZrTtgYBxyUhkMk5p87rm7d9/eugOA9krrAABgbmxeccZra62/3LpjeNTddXH57vWTk19tXQLQ&#10;L96//KzTauk9pZf6pJq6oqQzltRTkyQ1h1PyxVJyU69Xb0qytVdGPnPx9PZdJaltywEA5taWU89+&#10;SG/JXTuS8tjWLUPsc5+YnnzyZUmvdQgMgo1j49tLckbrDmDuleSd66YnX9q6A4D2RlsHAABz49o9&#10;O371+8bOODepz27dMgQOpNd7zvrJXQZlwFC7euXKpQd6oxd2kktrcnE33dO+9nslJd+wFbvvLU61&#10;JqXc+w8j6WXT2Pgtm5MttdZN++s979swM3NgPj8GAID50Fty96sMypp74veNrf73mZ7609YhMAhK&#10;yQdSjcpgGNTk71s3ANAfnFQGAAvYB1etOvVwd+SfkjymdctCVkp+Zt2eyT9s3QHQygce//ix2dnO&#10;y5L8pySnHK/HLcntvZo/L6Mjb5nYtW3b8XpcAICWrlq58jGd3uiOJCe1bqHu3n/y0rM2bN16qHUJ&#10;9LuNY+OXluRvW3cAc643O9s59dJ927/UOgSA9jqtAwCAuXPBrl23lFJfmKTbumWhqjXvNigDhtXm&#10;09c8cvPY+BtmZzuTSV6T4zgoS5KaPLyU/Ey63Rs2rhj/46tWrVpxPB8fAKCFTh39lRiU9Ymy8uT9&#10;B1/UugIGweETRq5Jcrh1BzDXyvUGZQB8jVEZACxw6/ZMXZ1a3tC6Y2Gquzt1yc+2rgCYbzUpG8dW&#10;/0Tt3LOjJq9IsmiOLzlaal7c6Y58ftPy8Z+/zHNZAGBAbXzM+LLU/HjrDr7BL12+Zs3i1hHQ756z&#10;bdv+kny8dQcwt2rtbW7dAED/8EI8AAyBdXt3/GIteVfrjgXm5m5Gnr1uZuuXW4cAzKerVq1asXns&#10;jA+UlHckeeQ8X/6ElLz++8bG/+EDj3/82DxfGwDgQSuL85+SLGndwdcrK0+6857nt66AQVBL+UDr&#10;BmCOlWxpnQBA/zAqA4AhUJL66FMe9pNJvap1y0JQktt7vd5Fl0xv39m6BWA+bR4784JOd+TTSX12&#10;45Tvn53tfHrL2BkXNu4AADhi1z31qYuS/EzrDr5VqXlZ6wYYBL1ujMpgYbvjhOnln2gdAUD/MCoD&#10;gCFxzvXXH97fu+f5Jfn71i0D7mDt5LkXz+z8bOsQgPm0ecUZL6zpXZXkEa1b7vPIXuqVm1ec8cLW&#10;IQAAR+KLt97xnCSnte7gfj1zy/LVT2odAf1u/cyOTyaZad0BzJkt5+ea2dYRAPQPozIAGCIbZmYO&#10;jHZHn1eTG1q3DKhuKeXHJ3ZPXtM6BGA+bVwx/qO11v+VZHHrlm+yuNb65xvHVv9s6xAAgAdSUn+y&#10;dQPfXq9TXtK6AfpdSWpKLm/dAcyRUv936wQA+otRGQAMmQtuuvG2Ew4seUaS97duGTBfTXpr1+3Z&#10;8e7WIQDzaePy8YtKzR+nf58/lpLyxk3Lz3hB6xAAgG9ny2mrlyel9S3E+Q5KzYuvOO20E1t3QL+r&#10;Jf+ndQMwJ766tHQ3tY4AoL/06w8FAIA5dP6tW+/cf/KSS1OKdx4dgZrc0qu9Z09M7/y71i0A82nz&#10;2PiaUvJX6b8Tyr5ZJ6X+6cYVq5/VOgQA4P50R8olSUrrDr69mjx80ciJF7bugH43sXvyE0n2tO4A&#10;jrsrzt+9+2DrCAD6i1EZAAypDVu3Hlq3Z8cLU8vrWrf0tZLtI2XkGRfv3Xld6xSA+bTl1LMfUpPL&#10;k5zcuuUILSq1vGfL6tWPbh0CAPDNSqnPa93AA6sll7RugH533y0w39u6Azi+SnUKIQDfyqgMAIZY&#10;SerE3h2vSvJLSWZb9/Sf8pGR3sj5a/ds29W6BGC+9Zbc9fokT2zdcZQe3TucP24dAQDw9a4cG3tE&#10;Uv516w6ORL24OlEOHlCt9f+2bgCOq/1frQff3zoCgP5jVAYAZGJ68rc7qefWZEfrlj7Rrclr1k3v&#10;+MGL9m7b1zoGYL5tWjl+XlJ+onXHsSkXb1y++t+2rgAA+JpOWbw+yaLWHRyJ8tjNp696cusK6HcT&#10;01MfSzLZugM4ZrHrMwAAIABJREFUPkry1xtmZg607gCg/xiVAQBJkrXTU9cfPmHkqUn+vHVLY/tq&#10;L89ePz35OyWprWMA5tvVOW80vfq2DPTzxfK7G8fHl7SuAABIktLL+a0bOAojo2tbJ0C/K0ktKe9s&#10;3QEcH73Ud7RuAKA/DfAPCQCA4+0527btn5ie/PdJ+c9J7mjd08CW2V7n6etnJj/cOgSglQMrZv5t&#10;Us5q3fFglJKxHKovbd0BAJAk6ZSntU7gKNT67NYJMAhGR2b/NMnh1h3Ag/a59dNTH20dAUB/MioD&#10;AL7FxPSOt3dzaFVS35Sk27pnHny2lvrsienJdZfObL+pdQxAKzUppdZfad1xPJSUV12d80ZbdwAA&#10;w+3qZWtOSq1rWndw5GryPa0bYBBcsGvXLaXkqtYdwINTS31X6wYA+pdRGQBwvy6Znv7KxPTUz5WS&#10;pyf5eOueOfKlpP7k0unTn7J+z9SHWscAtLZp+fiFg35K2ddZfnBs5rmtIwCA4Xb30kNPSTLSuoMj&#10;V5JTP7hq1amtO2AQlFr+qHUD8KAcHhnNn7WOAKB/GZUBAN/Ruj2T/7h/evIH7rsl5s7WPcfJ3Ul9&#10;UymLzp6YnnrH+blmtnUQQD/olLykdcNx9uOtAwCA4VY6vae3buDodbujZ7dugEHwqGUP3ZLk5tYd&#10;wDHbtHZq6outIwDoX0ZlAMAD2pB0J6Z3vH3d9OR4TX4oycdaNx2jm0vKKw6dMPKYiempn1u35/Nf&#10;aB0E0C+uOO20E+/7Gr+QXHDFaWee0joCABhepXae1LqBo9er1ecNjsA5119/uCZvbd0BHKvem1oX&#10;ANDfjMoAgCNWkrp+evKKienJZ6ZmXZL3J+m17joCMynlVw52Zp+wbnrHHzxn27b9rYMA+s2izgk/&#10;mOSE1h3H2cjIot7a1hEAwDCry1sXcPRKYlQGR+pQ3prkQOsM4Kh9emJ659+1jgCgvxmVAQDHZGLv&#10;5JaJ6cm13Rw6Jak/meSjSWrrrq+pyS0l+Z2SPGlienL5xJ4dr33u7t23t+4C6Fd1pFzUumEudHp5&#10;VusGAGCojbUO4OjVkse1boBBsf7myVtT8+7WHcDRqalvbN0AQP8bbR0AAAy2S6anv5LkHUnesWX5&#10;6id1O+UFpZYLk/qUJCPznLMvydUp5b1ZVK9aNzl5zzxfH2Bw1fK0PtoGHze15NzWDQDAcKpJ2Zyc&#10;3rqDY7KsdQAMklLyhpq8JElp3QIckZlHL3v4ezLdOgOAfuebOwBgTmwcH3/oyKHyg91azysl/zrJ&#10;2UkWH+fL7K01/5BSr6nd+uGLb9q5/Tg/PsBQuCzpfN/Y+FeSPLR1yxzozs7e/dBL9+27u3UIADBc&#10;rjjtzFNGR3u3tu7gmMxMTE+6dSkchY1j4+8vyYWtO4Aj8l8npid/q3UEAP3PSWUAwJxYPzn51SRX&#10;3vcrlycjJy0fX5lOPbNTO2em1LPSy8qUPKQmD0nyiJo8pPy/4dntNbmrU3JXrXV/Um4ppWzr9Xrb&#10;O52y456lIzues23b/lYfH8BCcu6KJ5xa6+GFOChLkpHRJScvT7KtdQgAMFw6ndnHJp3WGRybU1oH&#10;wKAZSXlTL9WoDPrf3bOznXe2jgBgMBiVAQDzYkPSzd7JqSRTSTa17gHg63S6j063dcTcKd1qVAYA&#10;zL+SJa0TOGZLN46PP/S+N8wBR2Dt9I4rN42NfzLJ01u3AN/Rmy7dt/1LrSMAGAzeJgUAADDsulnW&#10;OmEu1dp10gQAMP/qyEjrBB6EO40C4aiV3n9vnQB8R19d1B19XesIAAaHURkAAMCw63UX9inWpSzs&#10;jw8A6EujIz2jsgHWW3xotnUDDJqJPTs3Jvl46w7g/pVS3nzBTTfe1roDgMFhVAYAADDkeqX0WjfM&#10;qWpUBgDMv9lex/cgA6yzePECvkE8zJ2Szq+2bgC+VUluP1AOO6UMgKNiVAYAADDkykgOtW6YS7XU&#10;O1s3AADDZ6TjpLJB1r37bieVwTFYN739g6m5pnUH8I16tb75ubt33966A4DBYlQGAAAw7MrIF1on&#10;zKVayxdbNwAAw6fbq/tbN3DsDjziEUZlcIxqp/566wbgG3y5U5e+sXUEAIPHqAwAAGDIde5eMtO6&#10;YS4tqt0FPZoDAPrUaL21dQLH7NDzt2493DoCBtX6PVMfSi1/3boDuE/Nr6yb2frl1hkADB6jMgAA&#10;gCG39pbP3JVkX+uOOXLw9pmdO1tHAADD567Dh52WOrDqvpLU1hUwyLql/EKSe1p3APns/r2Tb28d&#10;AcBgMioDAAAgqeUTrRPmyNYNSbd1BAAwfDbMzBxIclfrDo5FZ0Gf5Avz4ZLp7TtT8j9adwC9V3pd&#10;BIBjZVQGAABASup1rRvmQin5ZOsGAGCYuQXmQCoxKoPjoFsP/XqS21p3wPAqGyemd/5d6woABpdR&#10;GQAAAEknm1snzI1yVesCAGCo7W0dwLGoC/XW8DCvLpme/kop9bdad8CQmu3U3qtbRwAw2IzKAAAA&#10;yNo9k5/Owvuh58Fy8IRrWkcAAMOr1vLPrRs4eqWW6dYNsFB89aSlb07yudYdMGxq6u+v3Tt1Q+sO&#10;AAabURkAAAApSa2p723dcTzVmveuveUzd7XuAACGV+nkn1o3cPR66S3IW8NDCxu2bj2U2ntRkm7r&#10;FhgiN2Zx+dXWEQAMPqMyAAAAkiSdXt6SpNe643gppffW1g0AwHDr9XpOKhs8s93ZA59uHQELycTe&#10;nZ8qyZtbd8CQqLWX/7x+cvKe1iEADD6jMgAAAJIk62amJpNydeuO46Lmn9dN7/xo6wwAYLjdVQ9t&#10;TTLbuoMjV5IbLt237+7WHbDQHJ69+5eT7GzdAQtf/dP1M5Mfbl0BwMJgVAYAAMC/KKX3G60bjpNf&#10;LUltHQEADLcNMzMHanJj6w6OXE3c+hLmwKX79t1dk1e07oAF7sudRXl16wgAFg6jMgAAAP7Fuj1T&#10;Vye5onXHg1Jz7cTeyb9tnQEAkCSl5P2tGzhyNfWTrRtgoVo/PXlFSn1P6w5YqGqtP7V2auqLrTsA&#10;WDiMygAAAPgGvW7vF5IcaN1xjGZrJz/VOgIA4Gtq6lWtGzhidbSO+nzBHFp699KX1mRH6w5YaGrJ&#10;u9bvnfrL1h0ALCxGZQAAAHyDi2/aub3U8vOtO45FrfW31u+Z/HTrDgCAr3n0KQ//hyR3tO7giHzq&#10;or3b9rWOgIXs/Fu33jlS6ouSzLZugQVk8oS7l7y8dQQAC49RGQAAAN9i7d4db0+ypXXHUam59oSR&#10;7m+2zgAA+HrnXH/94VJydesOHlipeV/rBhgGa/dMfSzJb7TugAWiW1NfdP6tW+9sHQLAwmNUBgAA&#10;wLcoST10wsjzk2xt3XKEJhf1Ri85f/fug61DAAC+Wa1lc+sGHli39q5o3QDDYtmyh/1Gkutad8Cg&#10;qzVvXD899dHWHQAsTEZlAAAA3K/nbNu2vyYbSnJ765YH8NX0uj9ywU033tY6BADg/nRzz+VJDrTu&#10;4Duaunhm52dbR8CwOOf66w/3ur0fTeJ0JThGpeQTWZJfbt0BwMJlVAYAAMC3tX568nOzpXx/kpta&#10;t9yvklt7nfKvJ2Z2faZ1CgDAt3PJ9PRXkvqXrTv49mryztYNMGwuvmnn9pq8MElt3QIDaF+3zP7w&#10;+snJe1qHALBwGZUBAADwHV2yZ8fna3JRrZlu3fINSm7tlXLRxbt3/FPrFACAB9IpRkt97ODi7uj/&#10;bB0Bw2j99OQVSX67dQcMmMOdUp9/8e7dN7cOAWBhMyoDAADgAa2fnvxcDuec1FzTuuVe5VO1l2cY&#10;lAEAg2LtnqmPJdnauoP7U/+3W6lDO5+YnvxvSba07oCBUcov3/d9BQDMKaMyAAAAjsj6mydvXbr3&#10;9AuT/FaS2UYZNam/t2zZQ5+5fu/kVKMGAIBjU/PHrRP4VrVT3t66AYbZZUmv15l9UVK/0LoF+l1N&#10;rly3Z8frWncAMBxK6wAAAAAGz+bTz3x67fTeluR75+2iNdfWkbxy/e7Ja+ftmgAAx9HVy9acdPDE&#10;e3amZlnrFv7FdRPTk09rHQEkm8Ye/6+Szt8lWdy6BfrU1tHR3jMv3LnzjtYhAAwHJ5UBAABw1NbN&#10;bP/kJ6Ynz6klP5bkxrm8Vkk+n1pfsG7v5PcblAEAg+z8W7feWWv99dYd/D+dlP/augG418T0zo/U&#10;5EeT9Fq3QB+aGakjFxmUATCfnFQGAADAg1KTsnn5+EUp+akk65OMHoeHnU1yVUnnLWunt/9dSepx&#10;eEwAgOYuX7Nm8cn777kxyarWLcOuJh9YPz15UesO4BttXLH6F0otv9e6A/rIXaXkB9ftmfzH1iEA&#10;DBejMgAAAI6bzSue8Nhe7/APl5JnJfWZSXnskf/f9QspnQ+X5IrZes+mS6anvzJ3pQAA7WxcMf6S&#10;UvNHrTuGXK+MdJ6ybtf2f24dAnyrTWNnvCmpP9u6A/pAt5TynHV7dlzVOgSA4WNUBgAAwJz54KpV&#10;px7ulieldFbWXl3RKWXxfb91T625vaTcnpTJ1EVb181s/XLTWACAeXLdU5+66NZb7/hckvHWLUPs&#10;ryamJ5/fOgK4f1fnvNGDK2auSM261i3QVCm/MrFnx2tbZwAwnIzKAAAAAABgnm1csfpZpZYPxuv0&#10;LRwc6fXOvmhm547WIcC3976zzjp58YHuh5Kc07oFWqipf7B+euoVrTsAGF6d1gEAAAAAADBs1u+Z&#10;+lBS3tK6YxjV5JcMyqD/PWfbtv2jo70LklzfugXmW01928T01CtbdwAw3IzKAAAAAACggdnZu16T&#10;ZKp1x1Ap+fAnpyff1DoDODIX7tx5x+xsZ12Sz7VugXlT6ns+OT310yWprVMAGG5GZQAAAAAA0MCl&#10;+/bdXUr9ifih8Xy5s5ORF1+W9FqHAEfu0n3bvzTb61yUZGfrFphrNbly2SkP/4+X+bsKgD5gVAYA&#10;AAAAAI2s2zN1dVLe2bpjGJRSL1u7Z9uu1h3A0bt0ZvtNvW5voia3tG6BOXT1yD0n/rtzrr/+cOsQ&#10;AEiMygAAAAAAoKm6uL48Nde27ljg/vbaPVNvaB0BHLuLb9q5vXRGz00y2boF5sBf7T95ybq1t3zm&#10;rtYhAPA1pXUAAAAAAAAMuw+uWnXq4e7Ip5Isb92yAH1yf+/geRtmZg60DgEevKtWrnxMpy7aklrP&#10;bt0Cx0MtededeyZ/YkPSbd0CAF/PqAwAAAAAAPrAxhXj31tqPpLkxNYtC8hMKYuevm7P57/QOgQ4&#10;fq4cG3vESBZfleQZrVvgwaipfzAxPfXKktTWLQDwzdz+EgAAAAAA+sD6PZOfTsnLW3csIPd0Sv23&#10;BmWw8FwyPf2V0dHeRFI+0roFjl19k0EZAP3MqAwAAAAAAPrExJ7JP0opv9i6YwE4XJMfW7tn6mOt&#10;Q4C5ceHOnXfMzt61tpT8TesWOEq9WuqrJqanfs6gDIB+5vaXAAAAAADQZzaOjb+iJG9o3TGgDpRe&#10;fd66manNrUOAuVeTsnls/NeS/FrrFjgCd5eaF67bO/m+1iEA8ECMygAAAAAAoA9tWj7+8yl5feuO&#10;AXNn7eWS9TOTH24dAsyvzcvPeHEt9e1JFrVugftTk1tK7V06sXfnp1q3AMCRcPtLAAAAAADoQxN7&#10;J3+/1vrrrTsGyN2dlOcZlMFwWrd3x7s6Kc9LcmfrFrgfu0Y6nfMMygAYJE4qAwAAAACAPnbf6Ttv&#10;TbKkdUv/ql9IKT8ysWfy461LgLauWnnG93R69b1JVrVugftsWdQd/dELbrrxttYhAHA0jMoAAAAA&#10;AKDPXbXyjO8p3fq+UjLWuqXv1Fwz2+08/9J927/UOgXoD+8766yTFx/o/lGS57duYah1a/LLE9OT&#10;v1uS2joGAI6WURkAAAAAAAyA9y8/67Ru6f51kqe3bukf5c1Lpx/38+fnmtnWJUB/qUnZMnbGy2vq&#10;7yVZ1LqH4VKTW0on/25i9+Q1rVsA4FgZlQEAAAAAwIDYcurZD+ktuev1SXlphvs1/sOpec3E3snf&#10;bx0C9LctY2dc2Et9d5JTWrcwJGr+udT6b9bNTE22TgGAB2OYn3ACAAAAAMBA2rJi9ff3avnTJOOt&#10;W+ZbSf6+V/OS9Xsnp1q3AINhy2mrl/dGyp+l5LzWLSxotaa+6YRO9zXn7959sHUMADxYRmUAAAAA&#10;ADCArjjttBNHR0/4raT8bIbj9f67k/rKT0xP/c/Lkl7rGGCw1KRsHlv9E0n5/SQPad3DgrMzJT82&#10;sWfy461DAOB4GYYnmQAAAAAAsGBtWvH49amd307y5NYtc2hLp9ZfWLt36obWIcBgu3LFGU8YqfXP&#10;kzyldQsLxl+MjvZ++sKdO+9oHQIAx5NRGQAAAAAALACbx868oJb6+tR6duuW4+ijtZNfWL978trW&#10;IcDCcfnpp59wcueE30nqz8TPSzl2+5PyqonpHW9vHQIAc8E3SQAAAAAAsEBcvmbN4ofeefCltZZf&#10;SnJa654H4bM19XV3Tk/9xYak2zoGWJg2rhj/3lLzjiTntG5h4PyvRSPdV12wa9ctrUMAYK4YlQEA&#10;AAAAwAJzWdI5d+zMZ/XS+7mSXJzB+HlAN8l7k96bJqZ3fqR1DDAcrs55o/eM3fTTNfW1SU5q3UPf&#10;m+mkvGzt9I4rW4cAwFwbhCeRAAAAAADAMbpq5Rnf0+nWn0nJC5Kc2LrnftycWv68lPon66Ynt7aO&#10;AYbTlhVnrerV7luTrG3dQl+qSXnn6Gj3Fy/cufOO1jEAMB+MygAAAAAAYAhcfvrpJ5zUWXpBSX4o&#10;ySVJHtMw57aU8oFOzV8snn7c5vNzzWzDFoAk966GNi8/4z+m1N/IYN9CmOOoJP/UK/W/rN8z9aHW&#10;LQAwn4zKAAAAAABgyFyWdJ52+hlPG+nU9TX5viRPS/LIObzk/iSfSvLBXu194FN7d/7jZUlvDq8H&#10;cMwuX7Nm8UP3H3pZTf3vSR7WuodmdiV59brpyb8qSW0dAwDzzagMAAAAAADI5tNXj9fSeVo69Wmp&#10;5aykrkyyMkd3y8wvpZR9tdbpkrqzpFw3W8p11+3Zse0yIzJgwHzwcd/1qMMjh381KT+VZLR1D/Pm&#10;jpLya189efFbN2zdeqh1DAC0YlQGAAAAAAB8WxsfM76sLi2PG+31RmZr5yEjpSxOkprZ2km5/XDp&#10;3D1SRg4szcGbz9+9+2DrXoDjbeOK8e8ttbw2qetbtzCnDiX1XbVbXrv+psmZ1jEA0JpRGQAAAAAA&#10;AMAD2Dw2vqYmr07ywiQjrXs4bg6W5A/Kovr7a6emvtg6BgD6hVEZAAAAAAAAwBEyLlswDib1HZ3Z&#10;vG7tvqm9rWMAoN8YlQEAAAAAAAAcpc0rxp/S6+W/lJLnJ1nUuocjdlcp+bNOt/eGi2Z27mgdAwD9&#10;yqgMAAAAAAAA4BhtfMz4sizOS0ry00mWt+7h/pXk8zX1jUsPLH33+bduvbN1DwD0O6MyAAAAAAAA&#10;gAfp8tNPP+GkzpIfS8rLS/Kk1j38i4+V5A+WTJ/+3vNzzWzrGAAYFEZlAAAAAAAAAMfR5rHxNUn+&#10;fU1+PMkprXuG0J6avHVktr577b6pva1jAGAQGZUBAAAAAAAAzIGN4+NLyqH8UE3+Q0kmkoy0blrA&#10;DiV5X0nnHddOb//QZUmvdRAADDKjMgAAAAAAAIA5tmnVWWeVXm9D7dUfScl3t+5ZIHpJrk3N/629&#10;XL7+psmZ1kEAsFAYlQEAAAAAAADMoy2nrV5eRzvPq+ldkpTzkoy2bhogh2ry/qT+n05v6ZXrZrZ+&#10;uXUQACxERmUAAAAAAAAAjWxa+V0rS529uNasTfKsJA9p3dSHvpLkg7Vk8+JO96oLdu26pXUQACx0&#10;RmUAAAAAAAAAfeDyNWsWn7z/wA8kZW1KZ21qPbt1UyO9JNfVWreUTtm0f8/kJzck3dZRADBMjMoA&#10;AAAAAAAA+tDVy9acdPCEA99T03lmkn9VknOTnNK6aw58McmHS8pHS3ofedSyh3/mnOuvP9w6CgCG&#10;mVEZAAAAAAAAwAC4OueN3rNi5uz0ytNr6pNS8sQkT85ADc3qF2rKDZ1kay25odOrn/j43qnPXXbv&#10;6WQAQJ8wKgMAAAAAAAAYYFtWr35073B9cinlCalldUpWpmZlTVYleViDpNuS7E6yK7XsLslUN/nc&#10;SF18w7qZrV9u0AMAHCWjMgAAAAAAAIAF6sqxsUd0yuKVSX1MUh5ZanlUSX1Ur+aRpVMflVoeldRO&#10;kqSWk1Ky6H4e5p6k3p0kKWU2Nbcl5ctJva2UelvS+XLt1dtSu1849JDFu56zbdv++fsIAQAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAgD5RWgcwv2pSNj1m/JQszrL0sqwzUk6ptXa+0/9Tag6V&#10;Tr11drZ+qZzQuXn95ORX56sXAAAAAAAAAACYX0ZlC9AVp515ysii7tmpWV1SVqWUVSV1Va1ZkWRZ&#10;kpEHeYl7as0tpZNdqXVXTdnVSXal19lWDi/duvaWz9x1HD4MAAAAAAAAAACgAaOyAbdp5XetTLf7&#10;jHTqOan17KQ8KcljGib1kuwqJZ/t9epnO53OJ0ZnR6694KYbb2vYBAAAAAAAAAAAHCGjsgGzZeWZ&#10;39Xr9iaS8gMpvXOT8tjWTUegJnV70rk2NdcsGp3ddMGuXbe0jgIAAAAAAAAAAL6VUVmf2zg+vqRz&#10;uFxQU9enZiLJqtZNx0FN8o+pdVOvdq5cP7Pjk+XefwcAAAAAAAAAADRmVNaHtpx69kO6S+76kaQ8&#10;vyQXJFnaummO3ZZkY0nnz66d3v6hy+69hSYAAAAAAAAAANCAUVkf2bzqzO+us72fSMm/S/Ko1j2N&#10;TNZa/2Q0o++6aO+2fa1jAAAAAAAAAABg2BiVNXb1sjUnHTjh4AtKyn9K8vTWPX1kNsnGTso775je&#10;sWlD0m0dBAAAAAAAAAAAw8CorJHNY+NravLqJM/Pwr+95YN1c5K3z8523nLpvu1fah0DAAAAAAAA&#10;AAALmVHZPNu0YvwZtea/lOSHk4y07hkw+5P6rnQWvWFi9427W8cAAAAAAAAAAMBCZFQ2TzatHD8v&#10;vbw2yTNbtywAvST/t9b80vq9k1OtYwAAAAAAAAAAYCExKptjm8fG19Ra/7+U8tz48z7eDqTkrbOH&#10;O7/ltpgAAAAAAAAAAHB8GDnNkatWrVrR6Y78XpJ/E3/Oc+2uJK/b3zv4OxtmZg60jgEAAAAAAAAA&#10;gEFm7HScbRwfX9I5VH6upv7XJA9r3TNkJlPqL07smfrr1iEAAAAAAAAAADCojMqOo03Lx9em5K1J&#10;VrVuGW71HzqdkZeu3b39xtYlAAAAAAAAAAAwaIzKjoONjxlfVhbnD5M8v3UL/+Jgkt/Zf/KS39yw&#10;deuh1jEAAAAAAAAAADAojMoepM0rzri41t47k/LY1i3cn/KpTqf8B6eWAQAAAAAA8P+zd+9xctX1&#10;/cffnzO7uZEEb0EM2dnN7iRB4z0gXlDAAtldQER/jTfAaqXa4u1XW6vWS1qvaH+2VdR6oRUQ1NSK&#10;itndIBjqpQoCKhVDktlkd3YTLkEkBJJsduZ8fn8EWy8hbDaz+5lz5vV8PPpHHw8fOy8eczJz5pzP&#10;+X4BAAAwMQyVTdL6Bcvn7p099mlJ50W34BGNufS+Gyvlj62W0ugYAAAAAAAAAAAAAAAAoJExVDYJ&#10;A4uXPs1r6RWSlke3YOLM9I3x8eSCs7Zvuie6BQAAAAAAAAAAAAAAAGhUDJUdor5i6W9M+oCklugW&#10;TIJphzx9RU9ly3XRKQAAAGh8a5YvnzF311jJLO3wNGmXeYdJR0n2mP3/54+RNOsgf2KnZPdKfq/L&#10;fyXZHYm0VZ4MpWm6tXdbeXS6/lsAAAAAAAAAAAAmiqGyCVr3+KceUZux+3NmemV0Cw5b1aV391TK&#10;HzXJo2MAAADQGNYsXz7jyAf2HleTnmtuT5f0VEnHSmqdqtc06T5Jt7rs53Ld4vLv946UB6fq9QAA&#10;AAAAAAAAACaCobIJ+E5nZ7FaTf5D0nHRLairy2cl1T87ZWhob3QIAAAApt96ndyyt1h5tpT8kVwn&#10;y3SCpNnRXZK2yfx77lqfqnDdmZVNW6KDAAAAAAAAAABAc2Go7BH0FztPlJJvSHpsdAumgOvnVU/O&#10;OGt007boFAAAAEy973R2HlkdL5zj5i816WRJc6ObJmCLmdbVUvvKT0Y2/2C1lEYHAQAAAAAAAACA&#10;fGOo7CCuGuurAAAgAElEQVT627peLrMvSpoZ3YKp5EM1S3rPHN68IboEAAAA9XfTihWtO+6570yl&#10;yXky75E0K7rpMIy666uJ6d+6K+XbomMAAAAAAAAAAEA+MVT2MPqLS14v+ackFaJbMC3u8URn9Q6V&#10;fxwdAgAAgProayt1mel1kv5E0tHBOVPhR+b2eds3e83Ku259MDoGAAAAAAAAAADkB0NlBzBQLH3E&#10;pb+J7sC0GzPXy7pHyt+MDgEAAMDkuGT9xdKZtv98/nnRPdPkAcmuTGu1/3fGti2bomMAAAAAAAAA&#10;AED2MVT2W1yy/rbSJ8z0xugWhNkn6dyeSvnfo0MAAAAwcS7ZuvYlL3H3d0l6ZnRPkH2SfTmt1T7E&#10;cBkAAAAAAAAAADgcDJX9lv720sfl+r/RHQg3btK53ZXymugQAAAAHNz/DJNJ75X7U6N7GkRN0pVp&#10;Lf0Aw2UAAAAAAAAAAGAyGCp7SF9b6ZOsUIbfUjOz87uHN18ZHQIAAIAD628rrTTTP7r0xOiWBpVK&#10;uqK1UPvrU7duvSs6BgAAAAAAAAAAZAdDZZIGiqV/dOmt0R1oODVJr2ArTAAAgMYy0P7EJ7iPXyTp&#10;XPGbZiJ+Jdd7d42UP7tq/zkuAAAAAAAAAADAQTX9DZj+Yukdkj4c3YGGtcfNz+wdHvxudAgAAECz&#10;WyMV5hZLf2XSeyXNie7JHLNbrWYXdI9uujE6BQAAAAAAAAAANLamHiobaO96o7t9MroDDW+PJ3ph&#10;71D5x9EhAAAAzWpgUVfJC/YFuU6Kbsm4cblftGv+rPevuu22fdExAAAAAAAAAACgMTXtUFlfW9eL&#10;zexrkgrRLciEeyz153SPDpajQwAAAJqJS7auuOTNLv+IpFnRPXlh0oZaYq88Y2jzz6JbAAAAAAAA&#10;AABA42nKobK+jtKzLdV3Jc2ObkGmlH2fntt7Z3lHdAgAAEAzGFi0/DFuez8vs5dEt+TUbsn+sqey&#10;+bPRIQAAAAAAAAAAoLE03VDZ2o6Oo5O05SZJx0S3IHtc+s4DlXLPKqkW3QIAAJBn/e2l58j17+K8&#10;fTp8q6UlPf+0LVt2RocAAAAAAAAAAIDGkEQHTKe+UmlmwVu+IW5MYZJMOm1+sfQP0R0AAAB51l/s&#10;erVc14nz9unyomqt8L2BRV2l6BAAAAAAAAAAANAYmmqoLNmnz7nrhOgOZJtLb+1vW/In0R0AAAB5&#10;s14ntwwUS5+T7Itiq/rp5f5UT+yn/e2dvdEpAAAAAAAAAAAgXtNsf9lf7Hr1QzengHp4wKRnd1fK&#10;t0WHAMinvmNKiwoFf3zVkyMKns7xxObJNF/uhf3/C/t1IttTs3R3wbWz5nbf7JFFw6fo+mpsOQBM&#10;Tl+pNN/2aY2kldEtTa5qbm/qHtn8L9EhAAAAAAAA9eCSXdvZ2ZZWbUEttbkq+Bxzm2umI909cclN&#10;dp+Z7ZbS3ea6X9Zy787hjZVVUi26HwDybs3y5TPm7a4uTmrVua7Co93TOZLPkWm+JJkn427+gLt2&#10;mqW7zZLd1uKjKwcH745uz7umGCpbu6jzKUmS3ChpVnQL8sOkDePV3cedtX377ugWANnV11bqMtnz&#10;Zb7MpSXmKsm0RNKcSfy5fZJvddlmM232VJu9YD/6ydDmW1dLaZ3TAaBuvl0sPrqgGd+W9NzoFkiS&#10;3KV39lbKF0WHAAAAAAAAHIr+xcuWKa2d6O5LzZMlMi9JWqLJ3SceM2mLS5vcVTazzYmnPzx9ZPA2&#10;k7zO6QCQe+t1csu+9pFnpZ4cJ/elMv3mM7pdUmESf3KnpM0yK3uabjYlGyxpub57eMMddQ1vYrkf&#10;KluzfPmMebvGfizpGdEtyCHXp3pGym+MzgCQHevaly1OvXqaZKdKOknSUdPwsg9K/iOXXVuQX3t6&#10;ZfAWfvACaBTrFna1pS12jaRjo1vwe0yfvmG4/KbVDCYDAAAAAIAGNVAsLXf58x665n6KpMdNw8s+&#10;IPmPueYOAAd304oVrffs2HWSlJ7q0omSnilp9tS/st8h2Q8kv9Zr1te7rTw69a+ZT7kfKusrdl1k&#10;srdHdyC33KWzeyvlq6NDADSu/SvwzFwl+XnavwpP6PevSRvk+lKhNf3SaVu2VCJbADS3/o5jO5RW&#10;r5XUFd2Ch+G65IaR8p+tZrAMAAAAAAA0iL6jSws0w19usnMlPSu6R2a3utLLW9KWK08f2bg9OgcA&#10;ovUVS08y6TxJr5LUFpxTM9c1SuxL4+MPfoOd6A5NrofK+ttLz5Hr+5rcMnnARG2vad+Tz6xUfh0d&#10;AqBx3LRiRes9d+/sTU3nmXSmpJnRTQeQyvU9k102Nif52tkbN+6KDgLQPB4aKPu+pEXRLXhEl99Q&#10;Kf/JagbLAAAAAABAkL5Saabt04u0f0ihW1JrcNKB1CRdJ+nyanX31xlcANBM+o4uLUhm2Ct9/yIb&#10;K6J7HsYuyf/DTZf3DA+uZ5XJR5bbobI1ixbNnleY9TO5lka3oClc3lMpnx8dASDedzo7j6xWk/8r&#10;6c81PVtb1suDkl9STQsfPWt007boGAD5NtD+xCe4j39PUim6BRPEtu8AAAAAACDA/p1AZrxF0oWa&#10;nq0t62WX5P9mNuMj3cMb7oiOAYCpsq5j6bFpmr5L0svVmAO/D2eryf55ZjL+2VOGhvZGxzSq3A6V&#10;9RdLH5b0jugONBHX2T0j5W9FZwCIMbBo+WOUjL3d9w+TzY/uOQz7JH21kKbvP310y+boGAD5s37B&#10;8rl7Z49dr8Z9UgkP7509lfJHoiMAAAAAAED+7X8ocd87JHuNpHnRPYfhQckv8Zp9rHdbeTQ6BgDq&#10;ZW1b53FmyftM6pWURPdMlrsqidnHx6sPfp4VJv9QLofK1hW7VqSyH0tqiW5B83BXZXxO4clsHwc0&#10;lzVSYV5xyYWSv0/SY6J76mjMXRfP3jtz9Sk7bnsgOgZAPvSVSjNtTAMynRzdgslx05/2Dpf/NboD&#10;AAAAAADk000rVrTu2LHzbZLeqWw/wP37dsv947t87EOrRkf3RMcAwGSt7eg4OklbPirpVcrwMNkB&#10;jMj97T0jg1+JDmkkuRsqc8kGiqUfSnpOdAua0kd6KuV3RkcAmB7riktOS80vzvlWy/dK/s7uyuDn&#10;2VccwOEaKJY+59IF0R04LPvMvLt7eHB9dAgAAAAAAMiX/vbOXnnySUmd0S1TaLvL39lbGbwsOgQA&#10;DsWa5ctnzNs19i5Jfy1pTnTP1LEfpGntL84Y3fLf0SWNIHdDZQNtS17j5jw5jyjjKhSe0rN148bo&#10;EABT59rFix8/Xit8UtIfR7dMH/9+4vqLlSODv4guAZBNA8Ulb3f5RdEdqItdNbMTzhzevCE6BAAA&#10;AAAAZN/axYvbrVa42KQzo1um0fqa2YVcXwGQBQPFpae6pZ/K+UIbv60q+ad9hr2nt1y+PzomUq6G&#10;yr7T2XnkeDXZaNLjo1vQzHxtT2WwmU56gabS11Y6XabLmvS7Zo+73tY7Uv5MdAiAbOlvK62UqU/5&#10;Wgq72d3uM3RCs/+gBgAAAAAAh6evrevFZnaJpMdEtwR4wOUXsmoZgEa1Xie3jLVvW+3u71RTXt/3&#10;jW72it7h8k+jS6LkaqhsoH3JB9z9b6M7AFNyWndl07XRHQDq5+qFC+e0tMz5F0nnRbfE82vTpHbe&#10;GUNDd0aXAGh817QtW1i12i1NOoybd5f3VMrnR0cAAAAAAIDsWb9g+dy9s8c+La65S25Xmc94Xffo&#10;bfdGpwDAb1yzqHNJLUm+LGlFdEuwqqQP3lAp//1qKY2OmW65GSpbt7CrLW2xTZJmRbcALv3ixkr5&#10;aaub8EMFyKO1izqfkuw/aVoe3dJA7rbUX909OjgQHQKgca3XyS17i6PXS3pedAumir++pzL4uegK&#10;AAAAAACQHX3tpWeY+5clWxbd0ijcVTFLX9VT2fKD6BYAGCiWznPpU5LmRbc0kO8WvHDe6SMbt0eH&#10;TKfcLE/nLfYeMVCGBmHSk5/dvuTl0R0ADl9fe9cLkyT5vhgo+31HeWJXD7QteUN0CIDGtbc4+m4x&#10;UJZz9s9rF3U+JboCAAAAAABkw7rikjPN9QMGyn6XmYpScl1fe+lV0S0AmpdL1lfsusily8RA2e97&#10;Yc1qPx4olprqnnEuVirrX7xsmWq12yQVoluA31JesODIJx13883j0SEAJqevvfRac31WUkt0S2Pz&#10;T3RXBt9qkkeXAGgcA4uWPsuT9AeSWqNbMOVuXrDgyOdw3gsAAAAAAA5moG3JG9z8YnFP92Bc0t/3&#10;VMqro0MANJf1HR2z9tZar5T5OdEtDe4Bd720d6R8TXTIdMjHSmW19J3i5AONp3TP3fefGx0BYHIG&#10;ikvebq4viIGyCbA3DxRLl960YgWDIwAk7f/x6YX0cjFQ1ixW7Nix82+jIwAAAAAAQOMaKJY+4uaf&#10;Efd0H4lJel9/W+ni1Xm5lw+g4fWVSvP3pi1rGSibkLlmunqgWFoVHTIdMv9F1NdW6pKcwR00JDd/&#10;zxpOjoHM6S+W3ufyi5STFT2nyXl379j55TXLl8+IDgEQb4+3vEeupdEdmFbvXNfW9eToCAAAAAAA&#10;0Fhcsr620j+49DfRLZliuvCE4pJ/5T4jgKl2VUfHo2yf+iS9MLolQ2a4dEV/sevV0SFTLfNDZWb2&#10;FvFlisa1eG6xxDQvkCH9xdL7JK2O7sgik146b9fYv6/XyazuBjSxvmLpSeb6q+gOTLsZqenTzkA2&#10;AAAAAAD4Lf1tpU+Y6W3RHdnkr55XLF26Ogf39AE0pvULls+dlbZeI+l50S0Z1CLZvw20LXlNdMhU&#10;yvQX0LXHHPtYyf80ugM4GJO9PboBwMQMFJe8RQyUHa4XjRVHL2GoAGhe5vqUJFYtbEr2/P5i13nR&#10;FQAAAAAAoDH0F0vvMNMbozsy7lXPaiv9c3QEgPzpK5Vm7p099k3Jj49uyTBz88/2t3f2RodMlUwP&#10;lY0XqhdImhPdARycH99f7DwxugLAwfW1db3M5R+P7sgDl87vby99ILoDwPTrb+86R6aTozsQx2Qf&#10;Xr9g+dzoDgAAAAAAEGugvfQ6SR+K7sgDM72xr1hi+1AAdbNGKtiYfVlseVkPrfLka3mdCcnsUNlq&#10;KZH89dEdwMQkb4guAPDw1rYteYGZfVEZ/l5sNOZ6V39xCd/TQBO5acWKVrk+HN2BcAv3zB77y+gI&#10;AAAAAAAQZ2BRV7e7Pi12tKgbkz7U37bkFdEdAPJhXtuSj8j8nOiOHJktS75+zaLOJdEh9ZbZL/KB&#10;9iVnuPu3ozuACdrn+7So987yjugQAL9r7eLF7UmtcIukx0S35FDVPHlh98im70eHAJh6A+1db3S3&#10;T0Z3oCE8mCbV0hlDQ3dGhwAAAAAAgOnVv3jZMtVqN0liJfP6GzPTc7uHy7dEhwDIrr5i1/kmuzS6&#10;I5dMm/bNKhx39saNu6JT6iWzK7K4+wXRDcAhmJHM9POjIwD8rptWrGhNqoWviIGyqdLill7Zd3Rp&#10;QXQIgKn1zWXL5rnsvdEdaBhHJGnru6IjAAAAAADA9FqzaNFspekaMVA2VWa666vf6ew8MjoEQDb1&#10;FUtPMtmnoztyy7V0xt7qZ6Mz6imTQ2VrOzqOltQb3QEcCnd7TXQDgN91z46d75bp2dEdObfIZugL&#10;nuHVUQE8sta91dfLxQApfotfsG5hV1t0BQAAAAAAmD7zk1kfkvtToztyrlStJhdHRwDInvUdHbMS&#10;6QpJR0S35JrbK/qLpXOjM+olk0NlibeeJ6k1ugM4RMsHFi19VnQEgP3WFZec5tK7ozuaxIvWtXf9&#10;ZXQEgKmxZtGi2SZ7e3QHGs6stCX56+gIAAAAAAAwPfrbu85x6S3RHU3i3IH20uuiIwBky9608E8u&#10;PT26o0l8Zl3H0mOjI+ohk0NlSv1V0QnAZHhS49gFGsBVHR2PSuWXKavfgxnkbh/pX7SYJ9SAHJqb&#10;zDyXVcpwYP6n1x5z7GOjKwAAAAAAwNRa19V1lNwuETtWTBt3feLbxaWd0R0AsmFdccmZkr0+uqOJ&#10;zE3T9EtrpEJ0yOHK3M30vmLpSTI9LboDmBxblYcPDiDrZqaF1ZKOju5oMi1KWj7FNphAvqyWEpPe&#10;Ft2BhjVnvFC9IDoCAAAAAABMrVrVPiLp0dEdTWZ2Qek/RUcAaHxXL1w4J5Wzbe70WzGvrZT5Qb7M&#10;DZWZtCq6ATgMR89v73pBdATQzPraS88w2RujO5qTn7guR3uIA5Ce3d51kmTLojvQ0N7AQxUAAAAA&#10;AORX36LSSeb6k+iOJnVWf1vpRdERABpba8ucv5HUHt3RlEwfHmh/4hOiMw5HS3TAJLwkOgA4HJ7a&#10;SyWtj+4AmtFqKTG3z0rOze0gqfSxqzo6rj5naOi+6BYAh8/d/iK6AQ2vfW6x1KtK+eroEAAAAGAq&#10;re3oODqptTzLEl/iriWSPUbS/P+9DmX3Sfage7o5MdtsSXLryqFNt4dGA8BhumnFita7d+y8WOxQ&#10;EcalT657/FOvW3nXrQ9GtwBoPP2Lly3zWu0d0R1NbL58/COSXh0dMlmZGirr7zi2Q2n1KdEdwGEx&#10;vUgSqyQBAZ7VXnqF3I+P7mhmJj1+Zq3l3ZL+KroFwOG5pm3ZwppqL47uQOMz6QJJDJUBAAAgd/ra&#10;S88w91fIkpVK/Skymfvvz1X89v/vMjO5JE9T9bWVKma6Rq6v7RopX7tKqk1jPgActrvv3vk6Mz05&#10;uqOZmanos/b8paT3R7cAaEC12kWSZkRnNDOXzl27aMmnzxjdfEN0y2Rkamp8oG3JG9z8M9EdwOFy&#10;aXlvpfzL6A6gmazXyS17i6MbJXVGt0Bj1TTpOmt007boEACT19fe9Vfm9rHoDmRC1ay12D284Y7o&#10;EAAAAOBwrXv8U49IZ+75U5dfYKrnIIXf4dLltbTwCa6ZAMiCNYsWzZ6XzNoi6ejoFuh+S2cu7h69&#10;7d7oEACNo6/Y9TyT/SC6A5Lk1/ZUBk+LrpiMJDrgULh5T3QDUA8JxzIw7fYUR14pBsoaxczWJGWl&#10;MiDjTMl50Q3IjBZPx18RHQEAAAAcjqsXLpzTXyy9L525e1jyf67vQJkk2RNM9vaWJN0y0Fa6pO+Y&#10;0qL6/n0AqK/5hZl/KgbKGsV8T8beHB0BoLGY9M7oBvyGndpf7DwxumIyMjNUtmb58hmSTonuAOrB&#10;3U6PbgCayRqpYLL3RHfgf7n0hoH2Jz4hugPA5PQVS0+S+1OjO5AhppdFJwAAAACTNdBWOrulZc4v&#10;Ja2W9NgpfrkZbnqtFbRhoL3rbTetWNE6xa8HAIesr1Sa6W5/E92B3/HWqzo6HhUdAaAxrG3rPE6y&#10;M6I78L/Mk3dFN0xGZobK5u7ae7ykedEdQJ08/6FBSQDTYF5b1x9LKkV34HfMct/3f6MjAEza/4kO&#10;QOYc399xbEd0BAAAAHAoruroeFR/25Kvu+kbktqn+eXnuts/7Nix84ZrFnUumebXBoCDsn3+akms&#10;qNhYjpzlrW+MjgDQGBIVMjnAlGdu6ulv6zw+uuNQZWaoLFHyvOgGoI5mz31w7JnREUDTsOQvoxNw&#10;IPb69QuWz42uAHDozPWS6AZkjqlWPSc6AgAAAJiotcd0Lp2dtvyXzKPPY59RS5Ib+ts7e4M7AECS&#10;5JJJ4pp7I3J/E4taAOhrK3XJ/OzoDhxAYplbcCMzQ2UuZ6gM+eKeyT1zgawZWLz0aZJnbuq7Sczf&#10;M2dsVXQEgENz9aKlx8jE1pc4dKbu6AQAAABgIvqLnScWCskNLj0xuuUhj5Yn3+prK/15dAgArGtb&#10;eqJky6I7cEBHzX9g31nREQCCJXqtMjQL1FTcXnrtMcc+NjrjUGTiQHpo4v250R1APSUyBiWBaeBp&#10;+uroBjw8k86PbgBwaAqFdKX2n58Dh+okVqgEAABAo+svdp4oJf0uPSq65fcUzPSpgeKSt0SHAGhu&#10;Lq65NzJ355o70MTWSAVz8TnduGbsS6qZWnAjE0Nl6xZ1dUl6XHQHUE/ufkJ0A5B3N61Y0SrXq6I7&#10;cBCuF3y7uLQzOgPAxJn81OgGZNbMvbPGeLACAAAADauv2PU8KVknqVEfhjCX/2N/ccnro0MANKer&#10;Fy6cI9MfR3fgoHqvXbz48dERAGLMK3aeLOmY4AwcRNYW3MjEUJkn9ozoBqD+7Amc1AFT61c77l8p&#10;6ajoDhyUtZgz+AdkidtJ0QnIMBPHDwAAABpS3zGlRSb7uqQ50S2PwCS/eF1xyWnRIQCaT2vrES+W&#10;ND+6AwfVMl5reVl0BIAoCauUNTrTs9d1LD02OmOiMjFUJvenRicAU6FWa+HYBqZQKueHUwa48z4B&#10;WfHQyoILozuQZfb86AIAAADg961ZvnyGFezrys7DiS2p/Kv9Hcd2RIcAaC5cy80K3iegGa1ZvnyG&#10;pBdHd+CRuXtmVv3MxlCZGYM3yCW3lGMbmCIumaTTozswIcv7jiktio4A8MgS1U6MbkDW+fHrOzpm&#10;RVcAAAAAv23e/XvfI/nx0R2H6NFKq//60DUwAJhyN61Y0SrphdEdmJATruroeFR0BIDpNe/BsedK&#10;mhfdgUfmnp172NkYKpOeEh0ATAV3PTm6Acira9q6lis7T5c2vaSgU6IbADwyk1ZENyDzZu6uJZwD&#10;AwAAoGGs7VjydJm9I7pjkk4ZKHZdEB0BoDn86p77jpc0N7oDE1KYVWt5QXQEgOllKffassNPWL9g&#10;eSa+Uxt+qOyhp9g7ojuAKeGWmb1ygaypGSdOWeJynnADMsBkT49uQPYlSfK06AYAAADgNxL3f5LU&#10;Et0xefbBbxeLj46uAJB/NYYVMsWNa+5As3EZ/+6zo3XPnL3Pj46YiIYfKts9nhTF8s3IKTctjm4A&#10;8so84QduptgfRRcAOLiHtlRh624cNndnJWoAAAA0hP620kq5ToruOEyPK3jrX0ZHAMg/M665Z4kx&#10;XAI0lXWPf+oRkj8rugMTZ56NYe2GHypLkoShG+SWSUddvXDhnOgOIG9cMpmztHO2tK1rX8Z3PtDA&#10;vr1o6UKXHhXdgewzaXl0AwAAACBJSvTO6IS6MHvTVR0d/F4DMGXWLF8+Q/LnRHfgkCy/euHSx0VH&#10;AJgePnPvcyTNiO7AobBMPNzS8ENlJuMGM/LMCi1zOqIjgLzpW7y4KOmx0R04NKnSZ0Q3AHh4LS3p&#10;kugG5IO7LY1uAAAAANYu6nxKDlYp+40jZ9VaXhkdASC/jti5Z5kkFknIlqSlpfq06AgA08PNuceW&#10;PU9bIxWiIx5Jww+VpYm3RTcAU8q8PToByBurFpZFN2AS3HnfgAZmNR72QH2Y6Zj9TzgDAAAAcQpJ&#10;8trohroy5eu/B0BDsSTh2m0WOe8b0DRS7rFl0Mw5xaUNPyvS8ENl5joqugGYShzjQP2Z2bHRDZgM&#10;44QXaGCpUobKUC+FufeP8fAQAAAAwqyRCi69PLqjzlb0L17GtRUAU4Jr7hllDJkATcO4x5ZFBas2&#10;/Pdr4w+VmdjrGfnmxhZ9QL3xQymTzLzhT5yAZmYmhoBQN0nixegGAAAANK95bZ3PlHR0dEfdVWtn&#10;RCcAyCl2mcgohgGB5sE9tkxKk4Z/3xp+qMzdGbhBrnkijnGg3lwN/wWMP+S8b0CjWxAdgBxx43gC&#10;AABAGLfkhdENU8FNp0Q3AMgtrt1mENfcgeZw9cKlj5NYrCmTMrDCXMMPlZmMgx+5Zs4xDkwBVj/J&#10;piO/09l5ZHQEgIfB6qqoI3cucgAAACCOSc+JbpgKJj0vugFAbnHNPYPMtGh1BuYBABye1taUz+jM&#10;8vbogkfS8F8iLnFzGblmco5xoN6M746sSvfa/OgGAA+DbelRR5YwpAgAAIBQy6MDpsijr2lbtjA6&#10;AkAucd02m5JnlUpzoyMATC03PqMzrOHfu4YfKpM0IzoAmFKmmdEJQO645kUnYHJqLcZ7BzQoF5+t&#10;qB9PG//HMgAAAPKpr1SaKWlxdMdUqSZVtjoDUFc3rVjRKmlWdAcmaQ/XYIC8S1JjeDSjsnDfJQtD&#10;ZQzcIN9SjnGgntbr5BbxAzezPGWoDGhUCeflqCcerAAAAEAQr9WOllSI7pgqidsx0Q0A8uXOHTsY&#10;VsiwlAe5gdxLWWwju7zxB3+zMFTGSmXINeeGGlBX93UM8QM3wwoJP3CBRuWcl6O+OAcGAABAiJZq&#10;ku9rD+ZHRicAyJeZLS35/tzMuZYa19yB3LOUf+cZZdb4A4EMlQHhjGMcqKM5+woN/+WLh+dW4/0D&#10;GhfnLKijlOMJAAAAIdKcP9Dmnu//PgDTb7ya8CB3hnlS5XsByDtn+8sMa/j3LgtDZWl0ADC1Uo8u&#10;APLECi216AYchtR4/4DGxTkL6sbNOJ4AAAAQwmpJrq89mLi2AqC+rFDgcyXLknx/7wGQzDj/y7CG&#10;n4fKwlDZvugAYIqNRQcAebJnjnZFN2DyLHHeP6Bxcc6C+nHneAIAAECINEkfiG6YUq77oxMA5Euh&#10;yjX3LEtSrrkDeZca/84zyxr/3J2hMiAeN9SAOvrpxo0PitV0MqvGD1ygkXFejnriHBgAAAAhCtV8&#10;X3tIeWAPQJ1VZ9byPYybc5Z6ww8sADg8iYvP6azyxh/cbvyhMuPmFXLOuaEG1NPq/cuEPhjdgclJ&#10;Wlob/uQJaF6sLIW64ngCAABAiJ3bB7crx+ejBfnW6AYA+XJjufyAeJA7s8ZbUq65AznHSmUZxlBZ&#10;HTBwg7xLOMaB+uPkKatYSh1oZPbr6ALkh3E8AQAAIMgqqebS5uiOqeK1WbdHNwDIl9X7H+TeHd2B&#10;yWnZM59r7kDOmXNfNLPMGv69a/yhMrN7oxOAKZVyjAP1ZzujCzA5vm8m7x3QsPxX0QXIDzPdE90A&#10;AACA5mXSL6Mbpsid3aO3cb0ZwFTgum02jZ9+160MBAJ5xza3meXy+6IbHknjD5U5N6+Qb2biGAfq&#10;L7dPm+bc9pV33crWpUCj8oQhINSNM6QIAACAQOa2PrphilwXHQAgp4xr7llkUtnYuhTIvWo6Vtb+&#10;VVzzmN4AACAASURBVCWRMZaB79fGHyoTT7Aj31zGDTWg3tw2RidgUnjfgEZm2hGdgBxx53gCAABA&#10;HE+vjU6YCubGUBmAqcE192wyrrkDzeCs7dt3u2s0ugOTkIHv14YfKuMJduQdW/8A9WeJN/wXMP6Q&#10;mW6PbgDw8Mx9OLoB+VFNW7ZGNwAAAKB5dY8OlqXcXT+qKWkZiI4AkFOeu8/MpuDONXegWXCPLaMy&#10;cE+74YfK5KyIgHwzjnGg7txTTpyyKAPT+EBTS2woOgG5MXbz6KY7oiMAAADQ7OzS6IJ6Mtc13cMb&#10;OM8GMDUSrrlnEtfcgSbifE5nUKpqw79vDT9UlijhCXbkWs19S3QDkDfVakvDfwHjD7lzwgs0MlM6&#10;FN2AfHCpslpKozsAAADQ3BIrfEU5Oi9105XRDQDyq+Zcc88iL3DNHWgaDJFmjkn3nTE0dGd0xyNp&#10;+KEyJdy8Qq7VjjrqyEp0BJA3Z23fdI+7+LeVLZ7M8J9GRwA4iBaVoxOQDybbHN0AAAAArBzeuNVd&#10;X4nuqJMtCxYc+dXoCAD5dVNl05Cke6M7cEj2FfbM+e/oCADTwwu6JboBh8aVjfes4YfK3FpZqQy5&#10;5a5tx91883h0B5BHiXRtdAMmzqSfrxwcvDu6A8DDe+jf6PboDmSfm/8sugEAAACQpDSxDygHq5W5&#10;/CNcZwYwlVbv/6z8bnQHDoHpRyvvuvXB6AwA0+OBofJPTLovugOHJBP3sht+qGzW0NGjkqrRHcBU&#10;SExD0Q1AXrlpfXQDJs6NCxJAFpjr59ENyD5LnadkAQAA0BDOHN68QdIV0R2H6fYH5s26NDoCQBNw&#10;rrlnCu8X0FRWSTWXvhfdgYlLU8vEvdGGHyo7RddXTWJ7FORSKv9ldAOQV2at10U3YOISN37gAllg&#10;ujU6AdlnZgyVAQAAoGFYOvOtMu2I7pgkl9ILVt12277oEAD5lxSSTNz8xn7mvF9As3ExTJohO+eM&#10;HnNzdMRENPxQ2UO4eYVcMueGGjBVuoc33CHp9ugOTMj43tnJf0ZHAJgA14+iE5B5966slHmwAgAA&#10;AA2je/S2e5Xa26M7JsX1rz2VLT+IzgDQHFYObbpd0rboDkzIg/fPb70hOgLA9LK0xjBpdnzvFF2f&#10;iR0bszFU5gyVIacs5dgGppR9J7oAE2E3nL1x467oCgCPbLyW/FCSR3cgy+zHxjEEAACABtMzsvmL&#10;kr4Q3XGIbvGZujA6AkCzsWujCzARfj2rWALN54bRrb+Q/I7oDjwyl2fmHnY2hsoS+3l0AjAFvKVF&#10;rFQGTCEz/2J0Ax6ZmV8a3QBgYs7avukeGVvTY/LM/YfRDQAAAMCBJGNz3iqzTDwEbNJ9NbNze8vl&#10;segWAE0m4Zp7NhjX3IEmtFpKTXZZdAce0ViSzroiOmKiMjFUZuOs5oQ88uHTtmzZGV0B5Fn3cPmW&#10;rFwMbGK701atiY4AMHGWiq1VcBiS70cXAAAAAAey8q5bH6yO2x9JvjG65RE8qDRZeebw5g3RIQCa&#10;T/dQ+T8lbYnuwEH9elZSvTo6AkCMqjFU2vDc+rpHb7s3OmOiMjFUtnL74Ii7KtEdQH0ZN2SBaeBK&#10;L49uwEGYf7O3XL4/OgPAxHlia6MbkFm/un9k039FRwAAAAAP56ztm+5RoeVsSduiWx7GmMzP6x7d&#10;dGN0CIDmZJK7e2ZWV2lGLv/qKUNDe6M7AMTY/+CB/SS6Aw/PlWZqNblMDJU9hAEc5Iq5sfUPMA1m&#10;JOnlkqrRHTgwqylTJ04ApH2zku9I2hfdgewx6dpVUi26AwAAADiYnq0bN6ZJ9ThJN0e3/J67LU1e&#10;0DM8eFV0CIDmlrguk+TRHTgwM7a+A5qdmbNaWaMy7TjqqEdl6sH9zAyVmcQADnLFlDIoCUyDU7du&#10;vUuya6I7cEDbZo62XRsdAeDQnL1x4y65WG0Kh85tXXQCAAAAMBFnDA3d2dKS/pHcvx7dIkkyu1WF&#10;wgtYoQxAI+geHSxLLJzQmHxj93D5x9EVAGKlY1ojaU90Bw7A/cvH3XzzeHTGocjMUJkn+lF0A1Av&#10;Jt33o5HBX0Z3AM0iTfX30Q34Q2b68Cm6nlXkgAyyRF+LbkDm7NtTGGdFBQAAAGTGaVu27OwZGXyp&#10;y98sKWobMZfsc7tqe57ds3XjxqAGAPhD7h+ITsCB2AeMVeSAptd7Z3mHTP8S3YE/MFZNCx+NjjhU&#10;mRkqu3G4/HOX7oruAOohla5bLaXRHUCzOGN08w2Svhvdgd+xfaZVL4mOADA5LUnta2IbQxwSu/ac&#10;oaH7oisAAACAQ9VbGfxkNU1Kki6f3le2nyTy43sqm1+/anSUlSYANJSekfI6yX4S3YH/5dLmXZXy&#10;l6M7ADSG1KofVdyDETgg/+JZo5u2RVccqswMla2WUpMNRHcA9WCm/ugGoNm4+QejG/C/3PwfTxka&#10;4mQWyKj9Wwvre9EdyJJ0TXQBAAAAMFlnjW7a1lMpn+/SiyTdPMUvN+ryN++aN+PElZXBqX4tAJg0&#10;9/RD0Q34bf6xVTwECuAhZwwN3Sn5pdEd+B/VxFouio6YjMwMlUmSe8ogDvLATa190RFAs+kdHvyu&#10;pB9Gd0CSaUdh7xGfic4AcLjsq9EFyIw9e5PaN6MjAAAAgMPVWylf3V0pHy9Lz5D0LUnjdfvjrh9L&#10;/nqfoVJvZfCTq267bV/d/jYATIGekcFvSvrv6A5IkoaPWvCoL0ZHAGgsDw0xVaM7IEl2xcrhjVuj&#10;KyYjU0NlqY1fIw56ZN/Puoc33BEdATQl1/ujEyDJ9fGVd936YHQGgMOTjM3+kqT7ozvQ+Nz0Fba+&#10;BAAAQF6Y5D3DW/p6KuWzq9VkoeSvl9lXJN15iH9ql7n6XXpHWkuX9YyUn9NTGfxcb7k8NhXdAFBv&#10;JrnENfdG4K6Ljrv55voNOgPIhZXDG7ea67LoDmifCsmHoyMmy6IDDlV/set7kj0/ugOYLDP7YPfw&#10;5ndHdwDNqq+tdIWZXhnd0axM+tnMyqLjT9H1DIkDOdBX7PqMyd4Q3YEGZ3puz3D5R9EZAAAAwFS7&#10;etHSY1pa0iWe+hKz5PGSP0ZuR0gak/xel/8qSbU5Nds8e2TRMNdHAORBf7H0LUlnRXc0sf+6oVJ+&#10;/mopjQ4B0Hi+XSw+uqAZt0s6Krqlif1dT6W8OjpisrI3VNZW+guZPhXdAUxW4v6UlSODv4juAJrV&#10;tYsXP368Vtgg6dHRLU0otTR5TvfophujQwDUx7pi14pUdlN0BxrabT2V8pOjIwAAAAAAwNT4Tmdn&#10;sVpNfinpiOiWJjSeuD+T+44ADqav2HW+yS6N7mhSt/sMPT3LqxFnavtLSfJx/bvYAhPZdRsndkCs&#10;U7duvUsuVgsMYNIlDJQB+bKyMnizpO9Gd6CR+ceiCwAAAAAAwNQ5bcuWiqQPRHc0Jbd/5r4jgEfS&#10;Wxm8TFzHj+Ce6g1ZHiiTMjhU1ntneYek70V3AJPh0proBgDSrpHyZyXdEt3RZH6V7tPfRkcAqD83&#10;/4foBjSskQULHnVldAQAAAAAAJhaPkP/KOn26I4ms81n+vujIwBkQ+L+Fknj0R1N5mu9o+X/jI44&#10;XJkbKpMkd30tugGYJI5doAGskmpJkrxK0gPRLU3C5XrtQ4PhAHLmxuHBdeKiIQ7sM8fdfDMXKgAA&#10;AAAAyLnecnnMTa+UtDe6pUnUzPy83nL5/ugQANmwcmTwF3K9I7qjiYy01lr+PDqiHjI5VDY+p/Al&#10;SbuiO4BD9MPeSvmX0REA9ls5tOl2l14T3dEM3PThnpHyt6I7AEyN1VLq7qujO9Bw7k7G5nwiOgIA&#10;AAAAAEyP3uHyT2V6Y3RHM3Dpb7uHB9dHdwDIlp6R8sfdxc4SU28s9fQlp267/VfRIfWQyaGyszdu&#10;3CVnG0FkjX8+ugDA7+qtlL8m16eiO/LNrntguPze6AoAU6tnZHCNXD+P7kDjMPOPrrzr1gejOwAA&#10;AAAAwPTpGS5fItml0R05982eSvmj0REAsmn23pmvl3xjdEe+2dvPGNlyU3RFvWRyqEySUjcGdJAl&#10;v96VjjEICTQgn6m3Sbo5uiOn7mwtVF+1SqpFhwCYWia5i9XK8D+2zbQaQ9sAAAAAADShZGz2hZLY&#10;uWdK+FBN+15jkkeXAMimU3bc9oDSdJWkPdEteeTSf/RUNudqB4/MDpWdMbr5Bpd+Ed0BTITLv7pq&#10;dJQPZqAB9ZbLY4kV/ljyO6JbcmbMzF956tatd0WHAJgePSOD3zTTDdEdiOeuD54yNLQ3ugMAAAAA&#10;AEy/lXfd+mDN7P9IysW2Xw3kAUsLLzuzUvl1dAiAbOsZ3Xqr5H8uBlTr7b/HkurroiPqLbNDZZJk&#10;bv8vugGYgFqqwseiIwA8vJXDG7cWUj9J0t3RLTlRNbOXdg8Pro8OATB9TPJU+nOxOmGzu/HGkfJn&#10;oyMAAAAAAECcM4c3b1Bae6FJ90W35MReJTqre3TTjdEhAPKhpzJ4qbsujO7ID99YrSYvPGdoKHff&#10;e5keKltw1PwrJI1EdwAH49I3zqxs2hLdAeDgTh/dslmeninpgeiWjEvd9Cfdw5vXRocAmH69w+Wf&#10;SnZJdAfCuExvXS2l0SEAAAAAACBWz+jWWz3ROZJYzfzwVOV6Wc9Q+froEAD50jtS/oxJfx/dkQMj&#10;SVWnnbV90z3RIVMh00Nlx91887jJLo7uAA7GPL0ougHAxPSMbPmJm58taSy6JavM/C29w+UrojsA&#10;xEla0/eI7Q2a1RU9w+UfRUcAAAAAAIDG0DNUvl6ul0mqRrdklLv8T3tGyt+KDgGQT92V8vtc/s/R&#10;HRl2b+Leu3L7YG4Xw8r0UJkkVTX2ebGqDBrXf/WMbPlJdASAiesdHvyuu79cPD11qNzd3909PMiw&#10;N9DkVg4O3i23N0V3YNpta2lJ3xgdAQAAAAAAGkvPSPlbbvoTSePRLRmTSvbW3srgZdEhAPLtgcrg&#10;2yR9Ibojg36Vpta7cmTwF9EhUynzQ2VnViq/lvs/RXcAB5a+N7oAwKHrHRn8hjx9gUw7olsyYtxN&#10;5/WODH4wOgRAY+gZ2fxlSd+M7sD0cemtp23ZsjO6AwAAAAAANJ7e4fIVSnS6JK4dTMweuc7pqWz+&#10;RHQIgPxbJdV6KuULXHqHJI/uyQKXNidWOP6M0c03RLdMtcwPlUlSS6v/g6R7ozuA3+G6vqey5bro&#10;DACT0zOy5Sc12UnuqkS3NLhdUtrDlpcAfl9LS/pmSb+O7sA0cP96b6X8tegMAAAAAADQuHqGytcn&#10;7idK2h7d0shMui9162bLSwDTrbdSvkjy14gtix/JLTMKteevHN64NTpkOuRiqOy0LVt2yuwfozuA&#10;3+bm745uAHB4zhzevKGQFE42aUN0S4O6xzw5gwFaAAdy2pYtFVl6rniyKe+2trT6a6MjAAAAAABA&#10;41s5MviLmtmpkrZEtzSo7TVPTztjZPP3okMANKeeyuClcj9P0p7oloZk+s+a9p166tatd0WnTJdc&#10;DJVJUkuh9kmxWhkax3d7K4M/jI4AcPhWDm/cOjOpPlNylpn+baYB36cndY9s+n50CoDG1TO8pU+m&#10;z0R3YMqMy9OXse0lAAAAAACYqDOHN2+YtWfm0yR9Kbqlwfx7S0v6pDNGttwUHQKgufWMDH4lraVP&#10;N+ln0S0NZNxkb+0eLp9yZqXSVDu0WHRAPfW3lf5Cpk9Fd6DpVU16enelfFt0CID66m9f8hJzv8Sl&#10;R0W3BBo32V+vrGz+hLH6EIAJuHrhwjkthTn/JdPToltQX+b62+6R8oeiOwAAAAAAQDb1FbvON9mn&#10;JR0R3RJon8nezjV3AI1mfUfHrL1p4SLJ3hzdEmxb6vbKZl1FMldDZWukwvxi6SaXnh7dgublrot7&#10;R8pviu4AMDX6iqUnmfQVSU+JbpluLt0l1/m9I+VrolsAZMu6hV1taavdLNeC6BbUh0lf7a6UXx7d&#10;AQAAAAAAsq2vvfQMk74i19LolgAj5smr2BEEQCPrL3a9WrKLJc2NbgnwXbPWc7uHN9wRHRIlN9tf&#10;StIqqZbK3yimuBHFtCO1fe+NzgAwdXor5V/eUCk/3eWvlnRPdM80GZP0d7Xq7k4GygBMxsrtgyMP&#10;fW6m0S2oB9+YztCfRVcAAAAAAIDs6x0u/3TB4458ssneKun+6J5pskfS3+1K9y5joAxAo+upDF7a&#10;WmvpkPwTap5r/MMuvainUv6jZh4ok3K2Utlv9BdLayT9cXQHmpDrwp6R8qejMwBMj4FFyx/jyd73&#10;SXahpEJ0z9SwvkJae+vpo1s2R5cAyL6B9tLr3PX56A4cllGv6Tm928qj0SEAAAAAACBfBtqf+AT3&#10;8Ysknauc3seWdLnX9C6urQDIorVtnccVkuRid50Q3TJF9kq6qFrd/dGztm/fHR3TCHL5ZXz1wqWP&#10;a2lJN0h6XHQLmol/v7syeBL7nQPNZ23bkhck5h+T9KzoljraYmbvWTm8+ct8rgGop7720gfN9a7o&#10;DkzKA2Y6qXu4fEt0CAAAAAAAyK/+ttJKSRfJ9LToljq6Xebv6hkevCo6BAAOx00rVrTevWPnhWZ6&#10;l1wLonvqxVz9Mv11d6V8W3RLI8nlUJkkDbQteY2b/2t0B5rG3rSWPu2MbVs2RYcAiNNf7DzRlfyN&#10;SWdGtxyGW1xafWOlvHZ18yxhC2AarZaSZxdLV7r0sugWHJKqXC/tGSl/KzoEAAAAAAA0h/5i54lS&#10;8neSXhjdMnn2E5e/v6dS/jYPcAPIkzXLl8+Yu2vvy032Xkld0T2TVJN0ZeL+0ZUjg7+IjmlEuR0q&#10;c8kGil3XSHZqdAuawuqeSvnvoiMANIaB4tJTpfQ9Lr0gumXifKPJPnh/pXzlqv0nUAAwZdZIhXnF&#10;0pWSVkW3YEKqMl/Fk7QAAAAAAGC6uWTr2pf0Sv6ejG239t+S3n9Dpfwfq3mAG0COrVm0aPb8ZPaf&#10;ufyvJR0T3TNBLulbZvp7duY4uNwOlUlS/+Jly1Sr3SJpTnQL8sukDTOT6jNPGRraG90CoLF8p7Oz&#10;WKsWznH5qyU9I7rnALabdLmky1nKFcB0W7N8+Yx5u/ZdJXlvdAsOKnX5a3org5dFhwAAAAAAgObW&#10;33Fsh6fVl5nptXItje45gEFJXzLp37nmDqDZrJaSE4qdz5Xsj2X2igbcGtMl/Zfkl7XWWv/j1G23&#10;/yo6KAtyPVQmSX3tpdea65LoDuTWbpeO762UfxkdAqBxuWQD7aVne6pXmulsSW2BOfdK6jezLz/u&#10;cfOvOe7mm8cDWwA0ufULls/dO3vsW5JOiW7BAbnL39JbGfxkdAgAAAAAAMBvrJaS49uWnJhY+kpJ&#10;L5LsCWExph1yX+tuX35gpHwdO4EAgHT1woVzWgqzXySzl0s6VdIRcTW+UbKvJ+5XssXlocv9UJkk&#10;9bd3XSm3V0R3IIdcF/aMlD8dnQEgW9Z2dBydpC3Pl+xUd+82U3EKX+7Xkq6V/NqaCteeWdm0ZQpf&#10;CwAO2Zrly2fM3TV2pUkvjW7B7xiX+/k9I4NfiQ4BAAAAAAA4mGvali2sWe15kp360Kr4i6bw5X4l&#10;6btccweAiVktJc8pdj3DlZzo8udJWilp/hS+5C8l+4Hk11aryfqztm+6ZwpfK/eaYqjsqo6OR81K&#10;Cz+VrCM4BfnyzZ5K+cXREQCybbWUnLBo8ZPdkiea2bEmPVHSMpeWSZp9CH9qXPIt8uSXMt8ot42p&#10;a4PN8p/1lstjU1MPAPWxfyvMscslrYpugSRpzKTzuyvlNdEhAAAAAAAAh2KNVJjbXnqqpXasK32i&#10;mR0rs2VyXyZp5iH8qX2Syi5tkGlj4rrdPb19wVGP/hk7gADA5K1fsHzu2KzxZ6RWO1Zuy8zsiZIf&#10;K6lDUnIIf+p+yTZKfrukDTLbmFZrvzhj25ZNUxLepJpiqEySBtqWPt8tvU5Sa3QLss9dFY3ruN47&#10;yzuiWwDk02opOa5YPDKpzTjClc5pKdg8N82XFwqSZKr9uibbY0nL7lq6e+fRCxY8wA9ZAFk3UFzy&#10;Fpd/XIf2wxH1NWKF5KzurZt+Hh0CAAAAAABQL2ukwpxicX5rtXVuOrNlTlKrzq2Zjky8kLiqnsju&#10;G7dktyXV3V6r3X9EpXPXKbq+Gt0NAM2ir1Same7bN0ea9ehWr81xL8xRsn9FszRNxwuJP+CpdibW&#10;svvBwtjuc4aG7otubgZNM1QmSX3FrvNNdml0BzLvQaW15/aMbr01OgQAACBv+tpLrzLXFyTNim5p&#10;Ni79wpKWs3qGbh+KbgEAAAAAAAAAALGaagWA3srgZZJ/NroDGed2AQNlAAAAU6N3uHxFkiTPMGlD&#10;dEuT+cLspHo8A2UAAAAAAAAAAEBqspXKJGl9R8esvWnr9yQ/ProF2eOui3tHym+K7gAAAMi7vlJp&#10;vo35v8nsJdEtObdP8jf1VAY/Fx0CAAAAAAAAAAAaR1OtVCZJpwwN7W2tFXpc2hzdgoxxu+rGkfJb&#10;ojMAAACaQW+5fP+ukcFV5vpbSePRPTm1xROdxEAZAAAAAAAAAAD4fU23Utlv9C9etky12o8kPTq6&#10;BY3PTDfcX9t7yqrR0T3RLQAAAM1moFha7q4rZHpadEtOuOSf3JWOvYPzWwAAAAAAAAAAcCBNO1Qm&#10;SX1tpdPNtFZSS3QLGtp2r+mE3m3l0egQAACAZnX1woVzWlrnfECuN0sqRPdk2HZ3v7B3ZPAb0SEA&#10;AAAAAAAAAKBxNfVQmST1t3edI7c1YrAMB+R3FFI/6fTRLWyXCgAA0ADWLup8SqGQfN5dJ0S3ZMz/&#10;Z+/eo+w+C3r/f549k1tpCrRNgTaZ3HaaQrhJKohcpEjbJKWHpWIVsQoH7yAc8SgcOEer4u2n6EE8&#10;xx8efqLCEQwqp5bMTEoxcEQp0KJcItJO7mmBtlR7IW2Smf38/igihV5ymZln9p7Xa62urtVm9ve9&#10;265mZu/Pfr5TJfnto5OHfvnSm28+1DoGAAAAAACY2+b9qCxJRke6Ly7Je+LEA+7vy71e74JLDu7+&#10;TOsQAAD+3XUbNy647dY7f6qm/mLczv5YfLx28poteyeubR0CAAAAAAD0B6OyrxobWfvDSfmjJJ3W&#10;LcwJ/9LrlOdfsvfGf2wdAgDAA7vq7HPPHBqe+pWS8iNx8vADuTmpb9i0f9eflqS2jgEAAAAAAPqH&#10;UdnXGV/ZfWWt+b0Yls1rJfnXmt6lm/fv/kjrFgAAHt72s9eu6A3nPyflx5Isbt0zB+yqqb981rJH&#10;vfv8668/2joGAAAAAADoP0Zl32B8RfdFteQ98WbUfHVgqpSLX7jvxs+1DgEA4PiML1/braW8PiWX&#10;J1nYume21Zr9pZQ339W7539ddvDgPa17AAAAAACA/mVU9gDGV669oNZyZZKlrVuYRSU39DpTF12y&#10;Z8++1ikAAJy4q1esP3uqTP6npPx4ktNa98y0mnw2qb/lZDIAAAAAAGC6GJU9iLGRNc9OOlcmOb11&#10;CzOvJP/YqUOXXHTg8ze3bgEAYHqMdruLciQXleTyJN+VZLh10zS6pSTvSPLOTfsndraOAQAAAAAA&#10;BotR2UPYvnL96lqnttXk8a1bmFFbF3cmf/iCvXvvbR0CAMDM2L5y/eqp3uQPlFJekmRD654TdCTJ&#10;9tTy7smpr1x56c03H2odBAAAAAAADCajsofx/pGRRw+Vhe9LzXe0bmH6leQ3L94/8V9KUlu3AAAw&#10;O7YtX/OkoU7nxTVlc1I3Jum0bnoId6WWa9Kp28rUovdtOrjz9tZBAAAAAADA4DMqOwZbly9fsrSz&#10;5A+S+sOtW5g2R0vKz23af+NbWocAANDO6GO7y8rCXJyU5yT1mUmekGSoYdJdSfl4au+jGSofXHbG&#10;I//u/OuvP9qwBwAAAAAAmIeMyo7D2Ej3B5O8LckprVs4KXtKyYs37Zv4ZOsQAADmlivXr1+64N7J&#10;by298pSU+uSkPDnJ45Msme5r1eRLJeWzKfXTqfVT6fX+4a6De3ZelkxN97UAAAAAAACOh1HZcRpf&#10;fu7Te6X33lIy0rqFE1Dzod7Q5Esu2bv3i61TAADoH9esXv2YyaMLVqbTW5VSz+rVcnpSTy8ppydZ&#10;nNRTkiz62hfUzl0pdTLJHTX19qTc3in5clK+0Kt1z9Tkob2X3nzzoVbPBwAAAAAA4KEYlZ2AK9ev&#10;X7rwnt5vJ/XHWrdwzA6XlNddvP/G3ytJbR0DAAAAAAAAAABzlVHZSRgd6b643Hc7zNNbt/CQPtOp&#10;9QcuPrDrs61DAAAAAAAAAABgruu0DuhnW/ZP/EXp1Wck9W9bt/CAapK3H1ky9CyDMgAAAAAAAAAA&#10;ODZOKpsmYyPd703J/0jNstYtJEk+WUp+dNO+iU+2DgEAAAAAAAAAgH7ipLJpsnn/xHuHekNPrclf&#10;tm6Z546UUn51cWfyWQZlAAAAAAAAAABw/JxUNgPGl5/79Nrp/U6SZ7VumUdqknfVqbxhy00TB1vH&#10;AAAAAAAAAABAvzIqmyE1KeMj3Rcn9f9JyqrGOQOufCR16rWbD+z+ROsSAAAAAAAAAADod0ZlM2zH&#10;sg2nHl58+NW15D8neXTrnoFSckNJ+aVr9934niuSXuscAAAAAAAAAAAYBEZls2T7Y578iKlFh15V&#10;ktfFuOwk1c8n5b99bP/EX15hTAYAAAAAAAAAANPKqGyWXXPOeWdMDk/9VK31VUnOat3TT2ry2VLL&#10;m+86beGfXbZz55HWPQAAAAAAAAAAMIiMyhrZsWrV4nt6Q5eXlNcmOa91zxz3N7XU3968b9d4SWrr&#10;GAAAAAAAAAAAGGRGZXPA9pG1G3vJDyXlpUnOaN0zR+yqyf/KVP73lpsmDraOAQAAAAAAAACA+cKo&#10;bA65cv36pQvvnbosvfxgSp6TZKh10yw7VJKrUso779x34/hlyVTrIAAAAAAAAAAAmG+Myuao94+M&#10;PLqTBZcm5XtLcnGSBa2bZsidSa6syXuzMFdvmZg43DoIAAAAAAAAAADmM6OyPjC+8vGP6+XoGJhH&#10;vAAAIABJREFU5lKzOcmFSR7ZuukkHUjKWK29sSX3Lr7mglt33t06CAAAAAAAAAAAuI9RWZ/ZkecN&#10;H1px07eX9J6TUr6tJN+W5MzWXQ9jT635aEq9tvbqhy45uPszrYMAAAAAAAAAAIAHZlQ2ALads+bc&#10;zlDn6bXmqaWUpyb1W5Kc3qKl1uwvJf+Y5B9KzT9MDU1+7JK9e7/YogUAAAAAAAAAADh+RmUDatvq&#10;1Ss7U6VbSmd1L1ldUlenlpW5b2z2b38MH+fD3pvk9prcXmpuq53s6aTsqbXuqal7Or3Fn9t0cOft&#10;0/1cAAAAAAAAAACA2WNUNo+Ndrunlcnh06d6vc5wektK6uKv//u9oeG7p6bq0c5U78hUPXT7pTff&#10;fKhVKwAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAG2V1gEAAAAAAEBbW5OhR69Zc86Ro0OrOqW3OimrS8lZSR5Xa86qybKSDCV5&#10;9AN8+T1JvSvp3Jn07qi13NLplD01dU9N3TN0NDdedPOugyWps/y0AAAAOEFGZQAAAAAAMI9s3bBh&#10;4alfOfy09Oq3lpQnJ+UpSd2Q5JQZvOyhktxQk52l5KO95O+X7Fv+mQvyockZvCYAAAAnyKgMAAAA&#10;AAAG2NYNGxYuveue5yTl4qQ8K8nTkixu3ZXk7iR/n+RDnVI/fMaZj/rE+ddff7R1FAAAAEZlAAAA&#10;AAAwcD6wZs0jJ48OfVdK/a4kz09yauumh1OSf03y173kL7IwV2+ZmDjcugkAAGC+MioDAAAAAIAB&#10;sHXDhoWn3X3k0trLS1Pq5syN08hO1B1J3pv0/mTT/t1/V5LaOggAAGA+MSoDAAAAAIA+NrZ6/fpM&#10;9n4kpf5QkrNa98yAiST/3+Rk5+2X3nzDba1jAAAA5gOjMgAAAAAA6DM1KeMruhel5GeSXJT58Xr/&#10;vUn58056b714/67rW8cAAAAMsvnwQyYAAAAAAAyEK5LOM0a6P5Dk9Uk2NM5pptSMlU5908X7dv19&#10;6xYAAIBBZFQGAAAAAABzXE3K9pXrvrvW+stJntC6Z+6o15RSXrdp38QnW5cAAAAMEqMyAAAAAACY&#10;w7avXPvtvdr570n91tYtc1QvKe+c7JU3XnrwhptaxwAAAAwCozIAAAAAAJiDRs/pLk8nv1lKXhKv&#10;5x+LQ0l+ZdmyR775/OuvP9o6BgAAoJ/5IRQAAAAAAOaQrRs2LFx61+E3JPn5JEta9/ShXal55eYD&#10;E9tbhwAAAPQrozIAAAAAAJgjxpavfnI6Q/8rydNbt/S5WlPftuSexT93wa07724dAwAA0G+MygAA&#10;AAAAoLErks4zRrq/kOSNSYYb5wyQ+oWa8uNb9k9c1boEAACgnxiVAQAAAABAQ6OP7S4rC+s7knJJ&#10;65YB1SvJby3av/y/XpAPTbaOAQAA6AdGZQAAAAAA0Mj4yLkvqKX3Z6lZ1rplHrh+Kp3LXrj/ht2t&#10;QwAAAOa6TusAAAAAAACYj0ZH1v50TW+bQdms2ThUeteOr1x7QesQAACAuc5JZQAAAAAAMIuu27hx&#10;wa23/usfJuVlrVvmqaNJfdXm/bv+sHUIAADAXGVUBgAAAAAAs+TK9euXLrxn6i+SXNS6hfp7d+3f&#10;9drLkqnWJQAAAHONURkAAAAAAMyCbatWPXaoNzxWk6e2buFrtt61dNHll+3ceaR1CAAAwFxiVAYA&#10;AAAAADNsdEV3bSn5YJKVrVu4v5L836Hh3n+4cPfuO1q3AAAAzBWd1gEAAAAAADDIxladt6qUXB2D&#10;sjmpJs+dnOxs27Fsw6mtWwAAAOYKJ5UBAAAAAMAMGT2nu7wM1b9NyqrGKTycmg9NTh265NKbbz7U&#10;OgUAAKA1J5UBAAAAAMAMGH1sd1lnKFcblPWJkucNDy+5cseqVYtbpwAAALQ21DoAAAAAAAAGzWi3&#10;e1pJrkny5NYtHI+y5mjtPH7dHbf/xYeS2roGAACgFSeVAQAAAADANNq6YcPCzpFcleRprVs4fiX5&#10;nmeMdN/WugMAAKAlozIAAAAAAJhGS+88/Ds1eW7rDk7Kj4yPrPv51hEAAACtlNYBAAAAAAAwKMZX&#10;rn1VreWtrTuYFlO11Eu37Ns11joEAABgthmVAQAAAADANNi2Yt1zO6V+MMlw6xamzV0leeam/RM7&#10;W4cAAADMJre/BAAAAACAk3TV2eee2Sn1XTEoGzRLe8l7ti5fvqR1CAAAwGwyKgMAAAAAgJNQkzK8&#10;oPfOJCtatzD9SvLEpWXxb7XuAAAAmE1GZQAAAAAAcBLGV3R/JjWbWncwg0peObpi7fe1zgAAAJgt&#10;pXUAAAAAAAD0q7HV69dnauqTSU5p3cIMK7m1Hs6GLV+cuLV1CgAAwExzUhkAAAAAAJyArclQpqb+&#10;NAZl80PNsrKovqV1BgAAwGwwKgMAAAAAgBOwdOW61yZ5eusOZlEtLxkd6b64dQYAAMBMc/tLAAAA&#10;AAA4TlctP/ec4U7vc0mWtm5h1t20+J5F511w6867W4cAAADMFCeVAQAAAADAcRrq9N4Sg7L56px7&#10;lxx+Y+sIAACAmeSkMgAAAAAAOA7bR9Zd2Eu9unUHTU12av2Wiw/s+mzrEAAAgJngpDIAAAAAADhG&#10;NSm91F9r3UFzw71S3tQ6AgAAYKYYlQEAAAAAwDEaH1n7Q0nOb93BnPCibSvWPbd1BAAAwEwwKgMA&#10;AAAAgGOwI88bTsovtO5g7uiU+sbWDQAAADPBqAwAAAAAAI7BvStu+sEka1p3MKdcNDay5tmtIwAA&#10;AKabURkAAAAAADyMrRs2LEypV7TuYO4ptfOG1g0AAADTzagMAAAAAAAextI7j3xPkpWtO5h7asmm&#10;0ZHuE1p3AAAATCejMgAAAAAAeFj11a0LmLNKp+ZnW0cAAABMp9I6AAAAAAAA5rJty9c9o9Op17bu&#10;YE47XI9kxZYvTtzaOgQAAGA6DLcOAAAAYDCNrTpvValTG2utG5NydlJPT3JGkkVf/SVfLsm+Wsr+&#10;JP+UMvTJzXv/eW+zYACAB9Hp5CdbNzDnLeosLD+Q5C2tQwAAAKaDk8oAAACYFtdt3Ljgtlvu2FJL&#10;2VJr3VRKRo77QUpuTc14Tf56yT2Lxi+4defdM5AKAHDM3rdq1aMW94a/kGRx6xbmvF2b9k+sK0lt&#10;HQIAAHCyjMoAAAA4KdvPXruiDpdX9pKXleQx0/jQdyb1j3tT9X9cctPuG6bxcQEAjtn4inUvr6X+&#10;UesO+kPt5Jlb9k64VSoAAND3Oq0DAAAA6E/b1649a3yk+7u94XJDTV43zYOyJDktKa/uDHU+N7qy&#10;+0dXr1h/9jQ/PgDAw6ql9/LWDfSRqby0dQIAAMB0cFIZAAAAx21sxbqXlVJ/tyaPmsXLfqUmv7Jk&#10;//I3X5APTc7idQGAeerqFevPnipTB+ID2hyz+oW79u9acVky1boEAADgZPhBGAAAgGM2+tjusrGR&#10;ddtS6jtmeVCWJI8oyW/cO3Lwo+Mj3Q2zfG0AYB6azNSL4nV0jkt53NJV3ee0rgAAADhZfhgGAADg&#10;mIyNrPnOsig7k7qlccr5NblubKT7g407AIABV0r97tYN9J/Sy4taNwAAAJwsozIAAAAe1thI93uT&#10;zrbULGvd8lWLk/zJ2Irua1uHAACDabTbPS0pz23dQf+pyabWDQAAACfLqAwAAICHNLai+1NJ/jzJ&#10;otYt36CTkjePjnR/oXUIADCAjuQ7kixsnUFfOm90RXdt6wgAAICTYVQGAADAgxpf0X1RSn4vSWnd&#10;8mBK8kvjK7uvbN0BAAyWkvqC1g30r07Kha0bAAAAToZRGQAAAA9obMWab60l704y1Lrl4dSa39s+&#10;su6FrTsAgMFRU57fuoH+VUt9VusGAACAk2FUBgAAwDfZsWzDqSmd9yRZ0rrlGHV6qX/8gTVrRlqH&#10;AAD9732rVj2qJBtad9DXvr11AAAAwMkwKgMAAOCb3Lvk8O8mWdO64zidMXm08yd1Dt+qEwDoD0t6&#10;C8+P7yk4OWvGVz7+ca0jAAAATpRRGQAAAPczurz7HUle0brjhJQ8b/tI9wdbZwAA/a1Xp57RuoH+&#10;V+rkxtYNAAAAJ8qoDAAAgK/ZmgyVTt6aPj6Zo5a8+cr165e27gAA+ldJnta6gf43VXtPad0AAABw&#10;oozKAAAA+JqlI92XJHlS646TUrNs4b29n2idAQD0sZINrRPof8aJAABAPzMqAwAA4Ou9vnXAtKj1&#10;57cuX76kdQYA0H+u27hxQVLWtO5gAJTyhNYJAAAAJ8qoDAAAgCTJ+Mi5L0gG5lSOM08rS76/dQQA&#10;0H++eNud3SQLWncwEFZvTYZaRwAAAJwIozIAAACSJL3ae3nrhulUS/5j6wYAoP8MJ04pY7osevSa&#10;Nee0jgAAADgRRmUAAABktNtdVEr+Q+uO6VWfvW316pWtKwCA/lJrlrduYHBMTZW1rRsAAABOhFEZ&#10;AAAA6RzpPCfJqa07pttQb+jC1g0AQJ+pPaMypk2txUllAABAXzIqAwAAICn1ea0TZkKtubh1AwDQ&#10;X0rK2a0bGCA1Z7VOAAAAOBHDrQMAAABor9beM5LSOmMmbGwdAAD0mU5OT20dwaCopT6mdQMAAINr&#10;tNtdlHuyrHZ6jx3qDD2m9rIsnSyrtXZS6yM6pSx8wC+suTMpt/dKva1T6pfTGbr96OHcdOnNN9w2&#10;y0+BOcyoDAAAgCTlW1oXzJCVO5ZtOPWCW3fe3ToEAOgPtea01g0MjlLLGa0bAADob9dt3Ljgltvu&#10;eGJJnpbkCalZUUpGaq0jOZLHZSgp6aTWet/nhr/6p5Ty4J+XKUlS7/vltSRTvQwPJ2Mj3XtKsrcm&#10;B5Kyt6Z+LjX/tGBB758v3L17/6w8YeYMozIAAIB5brTbPS1HMqhvdnUOPeJIN7fmH1uHAAB9w6iM&#10;6dMpj2idAABA/6hJuXrVuevrVH1mSn1mTTbeeusdTyzJ/U4cqzWZoTtPLKnJ45M8/t9GZynJ5GQn&#10;YyPdu0vyySQfTc1Hh4enrn3Bnj1fmokI5gajMgAAgHmu3ttbWTqd1hkzpjPllkMAwHE5tXUAA6TW&#10;U1onAAAwt129fM26XmdoSy/1BePJM9PrnTEze7GTdmpNnpvkuSnJ0amhjI10J5L6wZpyzcKp4R0v&#10;uOmfv9w6kuljVAYAADDPdYY7Z6TXumIGlSxrnQAA9I+aDM3N92/oT0ZlAADc39ZkaOnImufVlEuT&#10;smUqWfe1U8H6Tzcp3ZL8+NGhyd7YSPcfklyV3tT7Nh/c8+nWcZwcozIAAIB5rvQ6w3WAV2W13P9o&#10;eACAh1KSodYNDJLivycAAHJF0nn68u5zylAuqzXfk+QxfToieyidJBuTbExn6Iqxke6upP5Van3v&#10;5gO7P9E6juNnVAYAADDP1dob6tePwR2LUutU6wYAoJ/UTgb5myNmme9FAQDms/ePnLtmuNT/WGt9&#10;WZJzUufVTxtrk/JzKeXnxka6/1RS/qRTO++66MDnb24dxrExKgMAAJjnOp16V68O8EsZtXOkdQIA&#10;0D9qytEB/s6IWVcG90hgAAAe0HUbNy649ZY7X5ySVyS959e+vbPltHpCTf3NqTL1a+MrulfXTu/3&#10;P7Zv9/gVGeBbaAwAozIAAIB5rk7llnRaV8yc0ul9sXUDANA/Ss0hb/kwfcpk6wIAAGbHNeecd8bR&#10;ocmfvvW2O34qJcta98xRQ7Vkc2pn8zNG1n5hLOUPJyc7v3/pzTfc1jqMb2ZUBgAAMM/1FpdbygCf&#10;5TU1WW9q3QAA9JGSQ60TGCAld7ZOAABgZm1fu/as3tHyM5OZ/Ikkj0ptXdQvyuOS/OLwcO9nRld2&#10;f3/qaOd3jcvmlgH+LDoAAADHYsvExJ21Zn/rjhly9JQFvUF9bgDADKjJ3a0bGCC1d0frBAAAZsb4&#10;ysc/bmxk3dt6R8uBJK+vyaNaN/Wp00rNG4aHezeNjax72+g53eWtg7iPURkAAAApJf/YumGGfOqC&#10;vXvvbR0BAPSPktzSuoFBUv6ldQEAANPryvXrl46OdH+h1qOfS+qPJVnYumlALEzqj5WhfH5sxdpf&#10;2bFsw6mtg+Y7ozIAAABSa/1464aZUFOva90AAPSXktzauoEBUsrtrRMAAJgeWzdsWDg60n3dwnum&#10;9pXkl5I8snXTgDolpfzXe5cc3jc60n3daLe7qHXQfGVUBgAAQNIpo60TZkKpZax1AwDQX6qTyphO&#10;vRxsnQAAwMkbXbn2+UvvPPzxkvxGkke37pknTi/Jb+RIrhtfce5zWsfMR0ZlAAAA5OP7Jj5Vky+1&#10;7phmhyanDl3TOgIA6C+llH2tGxggZepA6wQAAE7cNatXP2ZspPvnpZYPpuQprXvmo5I8sZbeh8dW&#10;dN8+vnzD6a175hOjMgAAAHJF0kvNu1p3TLPRS2+++VDrCACgv9TUPa0bGBydsuCm1g0AABy/mpTx&#10;FetefnRq6HNJLmvdQ0pKXlE7hz83urL70tYx84VRGQAAAEmSXun8zyS91h3TpVfLW1s3AAD9Z/Jo&#10;58bWDQyMe+7Y9/n9rSMAADg+21avXjk+0r2mlvpHcavLueasUvOusRXr/mr72rVntY4ZdEZlAAAA&#10;JEleuP+G3Sm5unXHNNm55cCNf9s6AgDoP5fefMNtSe5o3cFAmLgsmWodAQDAsRsfWfeazn2nkz2/&#10;dQsPodTv6h0tN4yNrP2x1imDzKgMAACAr+lN9X4+A3BaWal5Y0lq6w4AoD+V5FOtGxgApX62dQIA&#10;AMdmx7INp46NrH1HTf3vSZa07uGYPDIpbxtb0X371uXL/TubAUZlAAAAfM0lB3d/JrX+n9YdJ6Xm&#10;2osPTPx16wwAoH/Vms+0bmAQdP6pdQEAAA9v+4q1T7z3lMPXJ+VlrVs4ASWvWFoWf/Tq5WvWtU4Z&#10;NEZlAAAA3M/wgvozSe5q3XGCJpPeq51SBgCcjFqqk8o4eb36idYJAAA8tNEVa7+vV8pHU3Nu6xZO&#10;QslTpjqd68ZXrvue1imDxKgMAACA+7lw9+79Sf3PrTtO0Js2H9jtzTsA4KTUXr22dQN9r3fv0OTH&#10;WkcAAPDAtm7YsHBsZN3bSinvSXJq6x6mxWm11r8YG1n7livsoaaFf4gAAAB8k4/t3/X2pG5r3XGc&#10;rr9r6aJfbx0BAPS/TxzcvTPJHa076F812fVde/f+a+sOAAC+2Wi3e9rSuw5fldQfa93CTCivfvqK&#10;7jtHu91FrUv6nVEZAAAA3+SKpLf4nsXfn1I+3brlGB3sdSZfeNnOnUdahwAA/e+KpJfUj7TuoH91&#10;kg+1bgAA4Jt9YM2akXIkH0lyUesWZk4p+YFyJB+86uxzz2zd0s+MygAAAHhAF9y68+7aq9+d1C+0&#10;bnkYX0nJZZfs3fvF1iEAwCApRmWcsFrLjtYNAADc37YVa86fnCzXJnlS6xZmxbOGh3t/u/3stSta&#10;h/QrozIAAAAe1JYDE7tKL89NcnPrlgfx5U7qd2zeN/HR1iEAwIDpTY22TqBv9SanygdaRwAA8O9G&#10;V3Qv6pTOh5PyuNYtzKrzesPl42PLVz+5dUg/MioDAADgIW06uGuiU+vFSfa1brmfkltrJy+8eP+u&#10;61unAACDZ9PBPZ/J3B3WM5fVfObSm2+4rXUGAAD32T6y7sJS8r4kp7RuoYnHpjP0gdGV3W9pHdJv&#10;jMoAAAB4WBcf2PXZ0lv0tKR8sHVLkqTm2qHe0FO37J24tnUKADCYSlJLzXjrDvrQfW9YAgAwB4yv&#10;XPc9vdT3x6Bsvjur1HxodFX321qH9BOjMgAAAI7JpoM7b79r6cItpZRfTTLZKKOWkj+YnDr0nRcd&#10;+LyTQwCAGdXr1L9o3UD/mSpla+sGAACS8eVrN9Va/yzJwtYtzAmnlV7eP7763Ke0DukXpXUAAAAA&#10;/Wd8+blPr53eHyR52qxdtJRP93r56UsO3Ph/Z+2aAMC8tnXDhoWn3XX4SzV5VOsW+kTJDZv3Taxv&#10;nQEAMN+NL1+7qXbKlTEo45vd0au9F1xyYPd1rUPmOieVAQAAcNw2Hbzh45v2T5xfa/3+pH5+hi+3&#10;u5a84mP7bvwWgzIAYDZdtnPnkVrzl6076Cflna0LAADmu+0jazfWTnlPDMp4YI8spfP+94+cu6Z1&#10;yFxnVAYAAMAJKUndcmDXn39s/64n1FK3lJqxJFPT9PC9JDtS60sW71++fsu+iT+64r6/BgAwq0rp&#10;vKd1A32jlzL0rtYRAADz2dXL16zrpYwneWTrFuaukjxmKFOj15xz3hmtW+Yyt78EAABg2lx19rln&#10;Dg9PXZKUFyZ5dpLHHseX/0tN/q7UjNVe/nrLTRMHZygTAOCY1aSMr+z+c2rObd3C3FaTD2zZP3FR&#10;6w4AgPnqmtWrH3N0qnNtUlY1TqF/XNc5fMrzLv7Sp7/SOmQuGm4dAAAAwOC49OYbbkvyJ1/9I9tW&#10;r15ZJjvf0umUc1JzVpJFX/vFpUyml4O9Tm9fKQs+t3nvP+9tEg0A8BBKUsdq3pHk11u3MLd1Svnj&#10;1g0AAPPVaLe7aPJItiZZ1bqFvnJ+b9Ghd9Tk+0pSW8fMNU4qAwAAAACAh3DfiQdD+/L1A3m4n/qF&#10;u5YuXnXZzp1HWpcAAMxHYyPdP01yeesO+tYbNu+f8EGib9BpHQAAAAAAAHPZC/bs+VKSd7buYO4q&#10;tfy+QRkAQBtjK9f9XAzKODlvGl+57pLWEXONk8oAgKZGu93Tho7Udb3SWVlqfURNXZJSpmqvfrmT&#10;oS+nMzSxad/nvtC6EwAAgPlt2/I1T+p0Op+K19X5Zvd2FtSVF+/adUvrEICTMfrY7rKhRXVdr1fO&#10;LCln1NJbkORwTflK7ZUDQ1l446aDO29v3Qnw9baPrLuwlzqWZKh1C33vX2rNt245MLGrdchc4Ydf&#10;AGBWXb18zbreULm41vLcJM9KcvYxfNmdST6TWneUTv7mzDMf9ZHzr7/+6MyWAgAAwP2NjXTHk1zc&#10;uoO5prx18/4bX926AuB4XJF0nrly7bf10nl+an1+kqcmefTDfmHJran5aGo+XIY7H9y054ZPzXQr&#10;wIP56m3qP5lje68JjsXHly175LO9D3kfozIAYMZddfa5Zy5YMPXDtZaXJNk4DQ/55aT8ZU3vT7fs&#10;3/V30/B4AAAA8LC2j6zd2Ev5RLy2zr871OtMrr1k794vtg4BOBbjq899SqZ6L6vJZZmeEcY/1+Td&#10;C4Z7f3zh7t37p+HxAI7JFUnnGSPrrk7qd7ZuYbCU5Dc37Z94feuOucAPvgDAjPnAmjUjk5PlZ5Py&#10;iiSPmKHL/H1NfmPL/omrZujxAQAA4GucVsb9lPzPzfsmXtk6A+DhbFux7rmdTv0vqbk4M/Me8dGS&#10;vLuX/OaW/RP/NAOPD3A/YyPd1yf59dYdDKRakxd579GoDACYATuWbTj13iX3/mpSfjLJgtm5avlI&#10;epOv3Hxwz6dn53oAAADMR9uWr3tGp1Ovbd3BnHB3KQvO3bTvc19oHQLwYLYtX/OkTqfz35M8f5Yu&#10;WZO8qx7Jz2754sSts3RNYJ756v/bPp5kcesWBlX9QmdBnnrxrl23tC5pqdM6AAAYLNtWrDn/3lMO&#10;X5+UV2fWBmVJUp+dztAnxld037A1GZq96wIAADCfXHLwxo+l1He37qC9UvPrBmXAXFWTMrai+9pO&#10;p/OJzN6gLLnvUJPLy8L6qfHlazfN4nWBeWK0213UKZ13xqCMGVUe1zta3tq6ojWjMgBg2oyvXPuq&#10;Tul8JDXnNkpYWEt+denI2h0fWLNmpFEDAAAAA65Olp9P8pXWHTS1b9HQ5O+0jgB4INecc94Z4yPr&#10;3p+SNydZ1KaiPK52yrbRld1f9SFgYDqVI/nFlDyldQfzwmWjI90Xt45oye0vAYCTtiPPG7535OAf&#10;JPmR1i3/rn6h1+lsuWTvjf/YugQAAIDBMzbS/bUk/6V1B22UUl66ad+Nf9a6A+Abja06b1V6k2NJ&#10;zmvd8u/KaOfwkssu/tKnDbKBk7Jt1bqndnr1E0mGW7cwb3yx9BZt2HRw5+2tQ1pwUhkAcFK2Ll++&#10;5N6Rg3+VOTUoS5LyuE6vfnh0efc7WpcAAAAweBbfs+jXkuxr3cHsq8kHDMqAuWh8pLshvaN/nzk1&#10;KEuSuqW36NDfXHX2uWe2LgH6V03KUK++JQZlzK7H1s69v9Y6ohWjMgDghI12u4uWdha/P8mlrVse&#10;xGmlk9GxkTXPbh0CAADAYLng1p13l1JfnqS2bmFW3b1guDfHPlgHkIytXr++luxIyuOXB/6ZAAAg&#10;AElEQVRatzyIpw8N93a8b9WqR7UOAfrT+Mruf6zJc1t3MB+VH90+snZj64oWjMoAgBNWjuT3kzy/&#10;dcfDOCWl81ejK7prW4cAAAAwWDbt27UjyXtbdzB7avKmC3fv3t+6A+DrXXPOeWdkaur9qVnWuuWh&#10;lOSJi+vwu3fkeU4ZAo7L+PINp6fmt1p3MG91eilvu2Iebqzm3RMGAKbH+Mi612TO3fLyQdQsS8n/&#10;uerss09pnQIAAMBg6SyoP12TL7XuYFb83d37J367dQTA19uaDB0dmnxvkm7rlmNSs+nwyEHDEOC4&#10;1M69r0/y6NYdzGsbnzGy9vLWEbPNqAwAOG7jq899Sk39jdYdx6MkT1yw4BQv/AIAADCtLt6165b0&#10;8n1Jplq3MKP+pU7l+y/z7xmYY5auXPfaJBe07jgeNXnN2Mo1W1p3AP1h+9lrVyTlVa07IClvmm8H&#10;WBiVAQDHZUeeN1ynev87yeLWLcer1vzk9pF1F7buAAAAYLBsOTjx4ZK8tXUHM6eW/PSWmyYOtu4A&#10;+HqjI90npNY3te44ASW1844PrFnzyNYhwNxXh8ubkixp3QFJlg8veMQrW0fMJqMyAOC4HF558MeT&#10;bGjdcaJ6qf9zx6pVfTeIAwAAYG7rLczrS8nHWncw/WrqW7bsm/jfrTsAvl5NSkn9f5MsbN1ygs46&#10;erTz31pHAHPbtuVrnlSTeXfLQeauUusb3rdq1aNad8wWozIA4Jhtf8yTH1GTX2zdcZK69/SGfrR1&#10;BAAAAINly8TE4eHO1IuS3NS6hWl19cf373pt6wiAb3T1yLpLkvKc1h0no5S86gNr1oy07gDmrs7Q&#10;0BuSlNYd8G9q8qjFveHXtO6YLUZlAMAxm1r8lZ9MzbLWHSerpLxutNtd1LoDAACAwfKCPXu+lE5+&#10;MMlk6xamxc29zuQPX5H0WocAfKNe6iCc8rVoaqrz+tYRwNx09fI161Lr97bugAfwmvlyC2ejMgDg&#10;mFy3ceOCUsurW3dMk3PKkfr9rSMAAAAYPJv3TnwotV6epLZu4cSV5F9LctEle/d+sXULwDcaHVn7&#10;rCRPb90xHWrNy0Yf2+37DzID02+qM/TGJEOtO+ABPHpysvOTrSNmg1EZAHBMbrnlXy9JsqJ1x/Qp&#10;P966AAAAgMG0+cCu9yR5Y+sOTtjh2sl3bdo/sbN1CMADKYP12uaSzqL6Q60jgLnlvlvj1pe27oCH&#10;8DNbly9f0jpiphmVAQDHpKQzaD/YP3Ns9fr1rSMAAAAYTJv2T/xGkre37uD4lZJXbd478aHWHQAP&#10;ZMeyDacm+e7WHdOp9srlrRuAuWVqsvNTSYZbd8BDOOu0suSHW0fMNKMyAOBh7Vi1anFK3dy6Y7qV&#10;qd6LWjcAAAAwmEpS79o/8RMp9d2tWzh2tdb/umnfhDEgMGcdPuXIxUke0bpjWpU85f0j565pnQHM&#10;DVuXL19Sk1e07oCHU0t9zRUDvrsa6CcHAEyPe3udZyVZ3LpjutXU72zdAAAAwOC6LJm6a9+uy2vN&#10;n7Vu4RjU/OyWA7t+tXUGwEMbzNc0hzL1gtYNwNywtLPo8iRntu6AY3De01d0B/r3L6MyAOBhlXSe&#10;27phhjxzR57n+GQAAABmzGXJ1N2nLXp5kitbt/DgSvLLmw9M/E7rDoCHU2u+o3XDzCiD+ho0cNzK&#10;q1oXwLEqKT/RumEmGZUBAA+rJk9t3TBDlt4zcvDc1hEAAAAMtst27jyybNkjv9etMOesX9q0f+IX&#10;W0cAPJwdyzacmuTxrTtmyKC+Bg0ch/GV3acleVLrDjhmpV569Yr1Z7fOmClGZQDAwys5r3XCjKnV&#10;qAwAAIAZd/711x+9a9+uy5O8vXULXzOZ1B/fvH/iitYhAMfi0COOdJOU1h0zpLs1GWodAbTV6+Xl&#10;rRvgOA1Plakfah0xU4zKAICHVJOSmtWtO2ZKp5O1rRsAAACYHy5Lpjbvn/jRkvKfkky17pnn7qil&#10;Xrx5/64/bB0CcKxKr3ZbN8ygRY9es+ac1hFAO1s3bFhYSr6/dQecgMtbB8wUozIA4CH99fr1pyZZ&#10;0LpjpvRSTm/dAAAAwPyyaf+NbymlfF+SQ61b5qmbUnsXbtm3629ahwAcj5I60K9lHukNDfTzAx7a&#10;qXcdvjjJma074AQ8YWz56ie3jpgJRmUAwENacPfUI1s3zKheTmudAAAAwPyzad+Nf1lLnp1kT+uW&#10;eaXkwwuGpjZuPrD7E61TAI5bLae2TphJZbIO9mvRwEMqyfe2boATVTudl7ZumAlGZQDAQyoLhodb&#10;N8ykUsrC1g0AAADMT1v2TfzDkSVDTynJn7dumQd6NXn9pn0TF7xgz54vtY4BOCEli1onzKTS6Q30&#10;a9HAg9u6YcPCklzaugNOVEl5SU1K647p5jdm+sbWZOi0ld2nJPXbezXdTikra83ZSR6RZEmSpOau&#10;lHwlqTck5YZOymc6w1N/e+Hu3Xc0jQfoY52ho4d6vYH7HujflXp36wQAAADmrxd9/vN31eQlYyPd&#10;/5+9Ow+vuy7zPv65fydpSmkBkbVkozkpS4eigoIrVIEspTpuFXkGRx0X3HHBfanbOOjzOIoz44Y6&#10;7lBXKE1SYGxxLQguOAXanLTJSVqRIlBa2mzndz9/4C5LmpyT+yzv13X1UpGe3zsXbWlPPvl+f2nS&#10;ByTxxU/FZtop2YXdQ/3fjU4BgJlw+R6rvs9X/4knyf3RDQBiHLR74mkuHRLdAcxAU1/TolNVZSci&#10;MypDWVu9ZMmcg+4b63LT+Sad465DpAd+u+z+IN/hT7+PtidJUipXOpkUepvbfyH5d5NJ/3rHjoHh&#10;2eoHgGow5765e0cPGIvOKBlPnTcqAAAAAAChTHLlc5f0Nh7bqyTzJUmPi26qIlfVJ4VXcDoZgGqQ&#10;eLLH7cE+QVYdbLKwN7oBQAy39Nmq3l/eUCssWS6pqkZlXH+JstTXcsLRvc3ZjyzYPfZbN31f0soZ&#10;LJMzkj9e0kfSOhvsbc6u623KdlTj0YMAUArLdm7aI+nu6I5SMUu2RzcAAAAAACBJXSPbbpmbbzzN&#10;3d8tqXq/wmt23GNuL+3K557FoAxA1fD0t9EJpWSaNxLdACCIa3l0AlAE50YHFBujMpSVnqOyh/e1&#10;ZP/LfWKbpLdLOrTIj0gknSNTX19L+696mrLnFPn1AaBa5aIDSsUt7Y9uAAAAAADgj5Zpw2T38MCH&#10;E/dTJauqr3KfJS7Zl5N6P75zuP9L0TEAUEyF+vS26IYSuqtzZFPVfnEzgIfW19iWldQS3QEUwePW&#10;trYeFR1RTIzKUBZWSUlvU/ZNNkf97nqVpIaSP9R9qZnW9ba0f7PafmIDQAlsjg4omUnbEp0AAAAA&#10;AMDf6hge+N/d+f4nyvQySZyyPTW/MU/O6Mr3v7hjYODO6BgAKLafb9s2LGlfdEeJVO970AAelifJ&#10;M6IbgCKxTFp3dnREMTEqQ7h1Lccde1pz9mcy/T9JB896gPt5SVp3e29T23mz/mwAqBAu/1F0Q4ls&#10;696e40h1AAAAAEBZWikVuoZyX9i9oGGR5K+UaWd0U5kakLSyM587uXN4S7W+hwEAWiWlkv00uqNE&#10;+PUbqFWujugEoFhc/vTohmJiVIZQaxvbT0u9sFHSE4JTDpbZN3qbsx9xyYJbAKDseMGvj24oBXOt&#10;j24AAAAAAOCRrNy0abwrP/C5+qRwkpk+LWk8uqkcmHSvS2/fnY6e1JXPfcskj24CgFJzT6vyPU03&#10;/2F0A4DZ55LJ/KnRHUDRmD0pOqGYGJUhTE9T2wuSxK+XdER0yx+YpLf3tbR/46ZTTqmPjgGActK9&#10;fWu/pKHojmJL5ddENwAAAAAAMFVnbdv2u86h3Kt9XI0uvV3SjuimIJtc/s/pHB3Vnc9dsnJkpFqv&#10;ggOAv+OeXBfdUAL7JubW/Tg6AsDs6zlmUbukw6I7gKJxLe5rOeHo6IxiYVSGED3N2RVm9jVJDdEt&#10;f8f9vJ07d31ttZSJTgGAcmGSu/tXojuKbNcBmcKV0REAAAAAAOyv7jtyO7vzuUvm7ms4TrI3SNoa&#10;3TQLXKbrZfbc3fncyd35ga9053Jj0VEAMNuWj/TfIOn26I6iMrvyWZs3747OADD7MpnktOgGoNhS&#10;n3hydEOxMCrDrOttynaY9G1JddEtD2Plgubsf3MVJgD8WZok34xuKLI1ywYHR6MjAAAAAACYrmU7&#10;N+3pyvdfujufWyzXs1z6jqRqG1rdJdPHkyQ5sWsod2bXUP93V0qF6CgACHZ5dEAxWepV9fEAmDqX&#10;PT66ASg+r5of14zKMKt6W49vlekbkuZEt0zBP61raXtTdAQAlItzh/pvM1dvdEeRuGWS/xsdAQAA&#10;AABAMayUCl3Duau687nnFTR+tLm9StJPJXl02zTdL+lbklb6HDV2DeXe3DG4pbpO5QGAGajPFD4j&#10;qTqu/jVtuW84d3V0BoAozkllqDomOzm6oVg4hQmzZs3ChfPq6uZtlHRSdMt+mHT5md35gZ9EhwBA&#10;OehrWvxUt/SH0R0z52u78gPnRlcAAAAAAFBKPU3ZNpl3m+wsSWdIOji66WHsMOk6N//+7sJY38qR&#10;keoYSwBAifQ0ZT9lptdGd8yUm/6leyj3xegOALNvlZSc1pzdI+mA6BagqEw7u4ZyR0RnFAOjMsya&#10;nua2S0z21uiOaRiYnNy7dMWOHXujQwCgHPS2ZDfIdUZ0xwy4J3pS92BuY3QIAAAAAACzZb3OrNvX&#10;OnKquZ0lT88w2akuHRKYNCTpBnNb73XJ+q5tmzcHtgBAxeltPb5V6eRtkuZGt8zAVp+jE7tzuWq7&#10;uhnAFPQ0ZdvMlIvuAEohTSaPXj44eEd0x0zVRQegNvQdu/hkL6SVepVkW33dvPdKent0CACUg3Qy&#10;fUWSSW6R1BDdMh0u/2z34ACDMgAAAABATVmmDZMa1EZJGyV9SJL6GtuyqekUM50i2SmSjpN0pIr7&#10;uYNdknIm5VLpVrP0Jh9Lft59R25nEZ8BADWna/D2wb6m7Afd9OHolulKZBd25PoZlAG1ynRidAJQ&#10;Kpl0zj9IYlQGTEVaSD9mFfzjzaWL+hrbLuscGWApDaDmLd++dUtPU/Y/zPTm6JZpuEvj9t7oCAAA&#10;AAAAysEf3u/MSbrij39ttZQ5pOm4I1P3Rll6tBJvSt0ONOkQyedJNk9/cY2mSftcNippzEw7U/n2&#10;jNudk164wyaSIcZjAFA6DZnJj4+mdS+RlI1umYYrO/L910ZHAIhj0j9ENwCl4p4ulnRddMdMVezI&#10;B5Wjr6VtmbvOju6YoQZP7H2SLogOAYBycMQRB79j585dp0t6cnTLfiiY+cquOwZ4MxsAAAAAgIew&#10;UipoePMOSTuiWwAAD2/Z4ODo2sZFz0mSZKOkedE9+2FbQeMviY4AEMtN7ebRFUCJmLdGJxRDEh2A&#10;6udu74luKJLzeluPb42OAIBycOrNN0+4659Nuje6Zarc9YnOoYH10R0AAAAAAAAAUCzLR7b+xl1v&#10;ie7YD+OJ+T+dm8/fEx0CIJa5N0U3ACXjaotOKAZGZSipnubsiZKWRXcUSZ2nE6+KjgCActE9nBtQ&#10;mnRI2hPd8khMuuLG4dxbozsAAAAAAAAAoNi6h3OfNumS6I4pKMj1/I6hgZ9GhwAoC4zKUL3Mjo1O&#10;KAZGZSgpk784uqGYTLpgtZSJ7gCActE5suVGd79A0mR0y0MyXd+QTL54lZRGpwAAAAAAAABAKWzM&#10;594p6evRHQ/HZG/uGs5dFd0BoFzYMdEFQMmYGqMTioFRGUrGJZPsvOiO4rKjD2ppe1p0BQCUk+7h&#10;ge+7eYek+6Jb/o7Z5V6vjmWDg6PRKQAAAAAAAABQKquktDOfu0Bu/ze65UFMmPSiznz/J6NDAJSH&#10;77W2HiJpfnQHUDKuQ1dVwSar4j8AlK++xmNPUhUeWZmmtjy6AQDKTffQwA88UYekO6Jb/shMn547&#10;dMwF3bncWHQLAAAAAAAAAJSaSd413H+xpFWSPDjnj+6T63md+dxXo0MAlI8DJ5PDoxuAEsucsnDx&#10;odERM8WoDKVjmbOiE0rBTGdENwBAOeoezG2sq0uPN+mKyA6T7nX3Z3cO5V69TBvK91pOAAAAAAAA&#10;ACiBrnzu/Z5qmaTtsSX+o2TS/4ErLwH8rYLpkOgGoNSs3it+PMmoDKVjemJ0Qok8Zs3ChfOiIwCg&#10;HJ29deuujnzuheb2Kkl3z3qA6fpUenL38MD3Z/3ZAAAAAAAAAFAmukdy16fJ5KlBXwS8V2bv2b1g&#10;7lkdOwaGA54PoMwllmFUhqqX8cKjoxtmilEZSunE6IASqUvmHLg4OgIAypVJ3jnc/5n6Qt1iM31a&#10;0vgsPHab3M7vHMot687nbp2F5wEAAAAAAABAWVs+OHhHZz53nps/w6RfzcIjU5OuSDOFE7uG+j+0&#10;ctOm2XhvGEAFSuWMylD13JOKP6yIURlKYrWUkdQW3VEqGa/ejw0AiuWs7bf/vnMo9+rJNFlk0ick&#10;7S7BY34qaeXufK69a7j/myZ5CZ4BAAAAAAAAABWre2jgB5353GMT2TmSrpGUFvkRY5J9OUmSJZ35&#10;3HnLt20bKvLrA6gybloQ3QCUmklzoxtmqi46ANVp/lHZQyU1RHeUiqfeHN0AAJVixciW7ZLeuLqx&#10;8Z3zreGZZna+pKdLmj/Nl7zV3b9jdXVf79q2eXPxSgEAAErLJVvb3HxIfX19/cREZr4kJYV0fGJ+&#10;ZtezNm8uxQAfAAAAAP6kI99/raRr1y1sayrU2fkmrZT0GE3vIJJRyX4i82+O2uR3nj04eG9xawFU&#10;M3Or55wAVDszRmXAg0rq/GCXRWeUjumg6AQAqDQrR0b2SbpC0hXrdWbdvtaRUxP3J8vtOHe1y9Qk&#10;6UD9aZTsu1y2x9y3yGyL3H+dZgoblg8O3hH3UQAAADy0VVLy+MZFSzJJcoJLbXrglOs2lxaZqbFP&#10;SjKS0gkp88eDATLSnH0F9TZnC5J2SbpX8u0mu13mm11+W8Hrbr8pv2VwVfFPEwAAAABQgzp2DAxL&#10;ukTSJVc3Nz8q43Oe6vJTE7PFLi2WdLCkQySZpAlJeyTd4abN5upXop/N1eTGZYODo3EfBYCK5p6p&#10;5jkBIEmpnFEZ8GDSjC2wqh4W+4HRBQBQyZZpw6QGtVHSxugWAACA6Vp/+JL5++aNPiFR8mSXP0mu&#10;J0o6+E9/HLa/+o9HkpF06APfbJFLT5WbJFNGqU5rzu7tNf3Q5NcpyVzXsW3LLVz9DQAAAGCmzs3n&#10;75F01R++AcCssMQTd1ZlqG7myXROAi0rjMpQGq6x6ITSskJ0AQAAAABg9q0/fMn80bnjK2T+glGN&#10;dZpbg8/OtmueXJ0u61QhVV9z9s5esx8o1VVzMxPf44QAAAAAAABQMTzJ8LVyqHae+ER0w0wxKkNJ&#10;eKZwvxUy0RklY67d0Q0AAAAAgNmxWsrMb2pbYWbnj2psuaR50U2SjpD7eTKdN5bW3dvT3Ha5Evty&#10;92COk2ABAAAAAEB5M59kU4Zql7gYlQEPZo7ZvZPREaWUaFd0AgAAAACgtNYdufTAQsP9LzXZRZIW&#10;Rfc8FJcOMdmFSnVhX3P2Nnd9frKw97MrduzYG90GAAAAAADwd1LbK2NVhurmVvknlVX8/Z0oT2dv&#10;3bpLpp3RHSVT8IHoBAAAAABAaaxtbT2qtzn7r2nD3rzJLlUZD8r+lksnyPTxurp5Az3N2YtWNzYe&#10;EN0EAAAAAADwl1KlfCEcqp4pGY9umClGZSgdVy46oVQmk8yW6AYAAAAAQHF9r7X1kN7mtk8maV1e&#10;0jskHRrdNANHmfTvC5K5w73N2VU92exB0UEAAAAAAACSJDNGZah67oWKvwGPURlKxl03RzeUyH17&#10;81uGoiMAAAAAAMWxWsr0tmT/ZW6auVWy10uqj24qokdLep+N65e9TdmO6BgAAAAAAACZ3x+dAJSa&#10;KbknumGmGJWhZCzxH0Q3lMiGlVIhOgIAAAAAMHPrWtqetKCl/RdyXSbZ0dE9JbRIpr7e5uzX1rW1&#10;HREdAwAAAAAAalcm1Z3RDUCpJZ5hVAY8FB+zH0tKozuKzrUhOgEAAAAAMDM3nXJKfW9T2wdTtx/K&#10;fWl0zyz6P+mE3dbX1P4Slyw6BgAAAAAA1J7ChP0uugEotXv9fkZlwEPpviO306X/ie4ossKkJ6uj&#10;IwAAAAAA07e2tf0xO3fu+qXM3i0pE90T4FA3/+K6puzavsYlh0bHAAAAAACA2nLjHbnfi9vBUN12&#10;rxwZ2RcdMVOMylBSids3oxuK7PoVI1u2R0cAAAAAAKanryX7siT1n0haEt0SzU1dnhn72drGRSdF&#10;twAAAAAAgNqxSkol5wpMVC2XhqIbioFRGUoqU1/4rqT7ojuKx78SXQAAAAAA2H83nXJKfW9z9vPu&#10;+rykedE9ZcO1OEmSn/c1t78hOgUAAAAAANSSZCS6ACgVk+WjG4qBURlK6uytW3e56T+iO4pk6PDD&#10;D/lGdAQAAAAAYP+sP3zJ/J07d31H0suiW8pUg8s/0dvc9lGXLDoGAAAAAADUAEtz0QlAqZg5J5UB&#10;U5Go/j8kVfxdsXJdeurNN09EZwAAAAAApq639fjW0QPGNkpaEd1S/uzi3qbs19brzLroEgAAAAAA&#10;UN1MydboBqBUUuf6S2BKOodu+627fzi6Y4Zu331QQ7WcuAYAAAAANWHdwrYmpRPrJS2JbqkUZjp/&#10;rHnkC6ulTHQLAAAAAACoXu5pf3QDUEK3RgcUA6MyzIo9B839mExbojumyT3VhSs3bRqPDgEAAAAA&#10;TM21ixY1FzL2Y8lag1MqjksvWtDcduXqxsYDolsAAAAAAEC18oHoAqBUktRvi24oBkZlmBUrN20a&#10;N/mFkgrRLfvLpK92j+Suj+4AAAAAAEzN1c3Nj5osZNaYqTm6pXLZ8vk29zKXLLoEAAAAAABUn/ED&#10;6n8tKY3uAErg/o0jA1VxvSujMsyazqGB9S69K7pjv7h+3ZBMvjI6AwAAAAAwNVced9yCOpvTK/el&#10;0S2Vzkzn9zW1fSC6AwAAAAAAVJ9nbd682yVOK0M12ryqSgaTjMowq27M5z4m6crojim6L/X0gmWD&#10;g6PRIQAAAACAR7ZayszZN/ldd50W3VI1zN7d15J9TXQGAAAAAACoSrdEBwDF5qZfRzcUC6MyzKpV&#10;Ujo3mTxPsh9HtzyC+z1Rx/KRrb+JDgEAAAAATM2CprZVkp0V3VFt3PXJnubsiugOAAAAAABQZdx/&#10;GZ0AFJu5b4xuKBZGZZh1ywYHR33cnyPp5uiWhzAq1/ndg7mq+YkOAAAAANWup6WtS2bvjO6oUhmT&#10;/rvnmGxjdAgAAAAAAKgeSaKfRjcAxZZ49fy4ZlSGEN135Hb6HD1Z0rejW/7GnZYmZ3QN566KDgEA&#10;AAAATE1Pc/ZEc7tCvM9RSodaRpevljLRIQAAAAAAoDrcVxjbKGk8ugMool0/Gx64NTqiWHizFWG6&#10;c7mxufnGF0r6iKQ0ukfSpoLZmZ0jW26MDgEAAAAATM16nVln0lckLYhuqQFPnt+cfUt0BAAAAAAA&#10;qA4rR0b2mYkrMFFF/OerymP/UhSMyhBqmTZMduVz75TScyQNB2W4yz+zOx19/LlD/bcFNQAAAAAA&#10;pmFf0/DbJJ0S3VErTPpQb0v2idEdAAAAAACgOqTu10c3AMViSq6NbigmRmUoC135rf8zN5lcLOn9&#10;ksZm7cGm6810and+4FUrR0b2zdpzAQAAAAAz1tOUbTOzd0Z31Jg6uX+pJ5ttiA4BAAAAAACVz4xR&#10;GapHwQs/iG4oJkZlKBvLBgdHu/K5VcpkTpZ0mUo5LjO7xaQXdA7llnUO5X5RsucAAAAAAErCJUtM&#10;X5Q0L7ql9thxGnOuwQQAAAAAADPm9cn/SNoT3QEUwZ3dw1tvjo4oJosOAB5KX8sJR6eaeK25zpO0&#10;qAgvOS6pN5Fddk6+f61JXoTXBAAAAAAE6Gtqf4mbfzG6o4bdlyaTxy0fHLwjOgQotbXHHtuSmUhO&#10;8ETNcjvQTXP++P8l5venqW3JJJn+nw1tHlolpYGpAAAAAFCRepuzV0p6ZnQHMCNml3cN9b8wOqOY&#10;GJWhIvS0ZB9rqT9HZk+SdLKkR0/hu41JdouZ3+Sp3Wg+56rOkU13lzgVAAAAAFBi6w9fMn/0gLFt&#10;kg6LbqlxX+3K514UHQEU29Ut7Sck7h0mO1vyp0g6aIrfdZdMP5PsJ2mhcOXyka2/KWUnAAAAAFSL&#10;nqbsq8z0X9EdwEyY9KLOfO6r0R3FxKgMFemapuMWFjKFxZ7qMLkOl+kgk+0z013uhd+lqe488shH&#10;3X7qzTdPRLcCAAAAAIqrr7n9rS6/JLoDcil9Wld+64+jQ4CZuvK44xbM2ZeeL/lLJT2hSC97q6Sv&#10;1hfqPn/W9tt/X6TXBAAAAICqs25hW1NaZ0Niw4LKNV5Xlx5x9tatu6JDiomfkAAAAAAAoGKsO3Lp&#10;gYWGvQMmHRndAkmmvq6hXFd0BjBd1y5adHChkHm9u79BUzsZfzr2Sv7VjNd94JzhzTtK9AwAAAAA&#10;qGi9zW0/lOyp0R3ANF3Vlc89Kzqi2JLoAAAAAAAAgKkqzLn/IgZlZcTVuba1/THRGcD+WiUlvc1t&#10;r5icTLa6+wdUukGZJM2T7JUFK2zuaWp7V08221DCZwEAAABAZXK7PDoBmC6Xfye6oRQYlQEAAAAA&#10;gIqw/vAl883sougO/DVzf310A7A/epqybac1ZX8i2WclHTqLj55vZh+ycf28t/HYpbP4XAAAAAAo&#10;e2lm8ruSCtEdwDSMpZpYEx1RCozKAAAAAABARRg9YPR8SYdFd+Cvmeuf1i1sa4ruAKaipzm7IjHd&#10;JNPpgRknKcnc2NOUfVVgAwAAAACUleWDg3dItiG6A5iGK8/N5++JjigFRmUAAAAAAKBCJBdEF+BB&#10;1Rfq7cLoCOCR9DW3v8GkK106JLpFUoOZ/qunue0Tq6VMdAwAAAAAlAOTfy66AU81CwMAACAASURB&#10;VNhfpuTz0Q2lwqgMAAAAAACUvatb2k+Q/CnRHXhw5nopwxiUs76W9ve4/BOSLLrlL5nsDQc1Z7/O&#10;zx8AAAAAkO5b0PB9SXdGdwD7YWhjfssPoiNKhVEZAAAAAAAoe4mnL45uwMM6an5L2xnREcCD6Wtp&#10;f4+7fyC646G49IL5zdkr1uvMuugWAAAAAIi0ctOmcXd9NboDmDL3r66S0uiMUmFUBgAAAAAAytoD&#10;Qwv75+gOPDzz5AXRDcDf6mtpP9/d3x/d8UhMeu5o80jZDt8AAAAAYLZYXebzkjy6A5iCCU/ts9ER&#10;pcSoDAAAAAAAlLWxph1PNOnI6A48Ev9HTlpCOVnb2v4Yd/+iyuzKy4fxjp7mthdFRwAAAABApK5t&#10;mzdLWhPdAUzB6u7tuZHoiFJiVAYAAAAAAMpb4h3RCZiSI/Y1jTw9OgKQpJ5stiEp+H9Laohu2R8m&#10;+1TPMdnG6A4AAAAACJXo36MTgEdk+s/ohFJjVAYAAAAAAMqau3dFN2BqzHx5dAMgSTaud8h0cnTH&#10;NByU1OlT0REAAAAAEKlrMLdB0o3RHcDDuLFrKPez6IhSY1QGAAAAAADK1rq2tiMkPTa6A1NlT4ku&#10;ANYtbGuSdHF0x3S56x97m7LPjO4AAAAAgEhm9tHoBuChuPtHohtmA6MyAAAAAABQtnwyOUuSRXdg&#10;yk6+dtGig6MjUNvSOvtXSfOiO2bE9KFVvHcLAAAAoIZ1DPV/V9IvojuAv2c/7x4e+H50xWzgjQkA&#10;AAAAAFC23HVGdAP2S2ZiIjktOgK1q6cp2ybphdEdRXDS6c3Z50VHAAAAAEAUk9zM3hvdAfwtl38w&#10;umG2MCoDAAAAAADly31pdAL2T5LY06IbULsS09skZaI7isEr+ApPAAAAACiGjqH+Hkk3RncAf2J2&#10;S1c+d3V0xmxhVAYAAAAAAMqSSybTCdEd2E+pPy46AbVp3ZFLD3Tp/OiOIjq1rzm7JDoCAAAAAKKY&#10;5Ins3dEdwJ8V3mGSR1fMFkZlAAAAAACgLF23aFGTpIOjO7B/3NQe3YDa5A17l0s6MLqjmNztxdEN&#10;AAAAABCpI99/raSrojsAydd2DW3tia6YTYzKAAAAAABAWZos6B+iGzAtLet1Zl10BGqPS8+Pbig6&#10;8+7oBAAAAACI5q43SRqL7kBNm0iSzFuiI2YbozIAAAAAAFCWTMbVl5WpfrT1jsboCNSWVQ+8z/mM&#10;6I4SOPHaRYuaoyMAAAAAIFL3cG5A8s9Gd6CW2Zc6BrfcHl0x2xiVAQAAAACAspSmdnR0A6bH0jQb&#10;3YDa8sTWxYslPSq6oxQKhcxTohsAAAAAIJqlc98v6a7oDtQg0876Quad0RkRGJUBAAAAAIDylOjQ&#10;6ARMj1vaEt2A2lJIC0+IbigVd+cqYAAAAAA1r3Nk090mvSa6A7XHU3/dWdtv/310RwRGZQAAAAAA&#10;oCyZMyqrVO5aEN2AGuOq5tPxlkQHAAAAAEA56MznVpvp+9EdqClruocHroiOiMKoDAAAAAAAlCln&#10;VFahTDogugG1xcxaoxtKxaTm6AYAAAAAKBeZTPoGSbujO1AT9rrrjdERkRiVAQAAAACAsuSyR0U3&#10;YHrcnVEZZtsR0QGl4tLB0Q0AAAAAUC7O3ro17663RXeg+rnrLd3DuYHojkiMygAAAAAAQFnitKtK&#10;ZvOiC1BjTHOjE0qIURkAAAAA/IXu4dynTarZKwkxK77VPZz7dHRENEZlAAAAAACgXI1GB2B6LGEQ&#10;iFmWqiE6oYQ8OgAAAAAAys2+ZPJCd+WjO1CN/LeTk8mroyvKAaMyAAAAAABQrhiVVShzjUc3oLa4&#10;aXd0Q6m46/7oBgAAAAAoN88eHLw3Y/YySWl0C6pKKvOXrdix5a7okHLAqAwAAAAAAJQrRmUVyqVd&#10;0Q2oLSbdE91QKmbaE90AAAAAAOWoI99/rZmtiu5AVflA19DWnuiIcsGoDAAAAAAAlCljVFahXLo3&#10;ugG1xn4XXVA6vi26AAAAAADKVcdQ/4fk9r3oDlQBU98N+dwHozPKCaMyAAAAAABQpnxvdAGmJ3Hj&#10;pDLMtk3RAaVisv7oBgAAAAAoVyZ5fZp5uaSh6BZUMv9tfVJ48SquU/0rjMoAAAAAAEBZcufNwEqV&#10;Kq3aqwhRnszt1uiGkrHqHcwBAAAAQDGctf323yfy50riCxQxHXvl/qyztm2r4lPQp4dRGQAAAAAA&#10;KEtJ4oPRDZgeM78rugG1pWG0/peSxqM7SsEs+XF0AwAAAACUu478wM2W+nMlTUa3oKJMWurP7Rre&#10;+vPokHLEqAwAAAAAAJQll7ZGN2B6CprkZCXMqmU7N+2R9JPojhK485zBLZujIwAAAACgEnSODPTJ&#10;dGF0ByqHmV7VOTLQF91RrhiVAQAAAACAspRasi26AdNyx7n5PNdfYta5tC66oQSuMsmjIwAAAACg&#10;UnQN5b7g8o9Gd6ACmD7eOZS7LDqjnDEqAwAAAAAAZWlcE4PRDZiW26IDUJsKafI1SYXojmIy829E&#10;NwAAAABApenOD7xNpn+P7kAZM328ayj35uiMcseoDAAAAAAAlKVnDw7eKykX3YH94y6uvkSIFSNb&#10;tku2IbqjiIbvGxr4YXQEAAAAAFSizqHcm+X6QnQHytJlnUO5t0RHVAJGZQAAAAAAoGyZ9NPoBuwf&#10;46QyBHL5Z6IbisXNL11ZZSevAQAAAMBsMckPP+LgV7l0dXQLyoeZvn/44Qe/2iSPbqkEjMoAAAAA&#10;AED5Mv0oOgH7J5FzshLC3JjPfVeqitPy7huzwmXREQAAAABQyU69+eaJA5LJ50taE92CeCZdcdhh&#10;B6889eabJ6JbKgWjMgAAAAAAULYmZT+JbsB+2XHO8EA1DHpQoVZJqbt/MLpjpkz24T9cAQwAAAAA&#10;mIFlg4Oju/O5Z3MVZq3zSzvyuRcyKNs/jMoAAAAAAEDZWj7Uf7tMO6M7MDUmXcf1AYjWPTxwheTX&#10;RXfMwG8a8sd8PDoCAAAAAKrFSqlww3DuFZJ9LroFAVz/2ZkfuIj3rPYfozIAAAAAAFC2THJz/SC6&#10;A1Pjcv5ZoSwULHm9pPHojmlIU7fXLtOGyegQAAAAAKgmq6S0M99/4R9Ot2ZcVBtc0ju7hnOvZVA2&#10;PYzKAAAAAABAWUvdL49uwJR4fSbti44AJOncof7bzPyd0R3T8NHlw/0/jI4AAAAAgGpkkncPD7zX&#10;zJ4vaV90D0pqr7s/pyuf+0h0SCVjVAYAAAAAAMraHh9bJ2lPdAce0S/P2rbtd9ERwB91DA18XNLq&#10;6I6pMumHuxc0vC+6AwAAAACqXedQ/3eUqFvS3dEtKIm7lWh59/DA96NDKh2jMgAAAAAAUNZWjozs&#10;k8SbQGXOzL8U3QD8JZN87r6GfzHTDdEtj8Sk2yY1/o8rN22qxCs7AQAAAKDidA3mNmTS9HSX/je6&#10;BUX1i8Qyp3YN5jZEh1QDRmUAAAAAAKDseQWdNlSjxlSY+43oCOBvLdu5ac8+m+yU9IvolocxkKlL&#10;O8/N5++JDgEAAACAWnLOyNZ+zdGpki6LbsHMmXTJ3HzjaR1Dm7dFt1QLiw4AAAAAAAB4JOtbW+eO&#10;el1ersOjW/Ag3L7XNdz/nOgM4KH0NS451JOxqyQ9ObrlL5l0W+KZs84Z3rwjugUAAAAAallPc/Yi&#10;kz4qqT66BfvtfjNd1DmUYxxYZJxUBgAAAAAAyt6ywcFRuf4zugMPzrn6EmWuc2TT3XOTybMkfSu6&#10;5S9cU1eoeyqDMgAAAACI153PfcKkx5r0q+gW7AfXhjRTWMKgrDQ4qQwAAAAAAFSEq5ubH5XRnLyk&#10;+dEt+DOX/rcrn1tqkke3AI/EJettzr7BpH+T1BCUUTDpwxvzufevktKgBgAAAADAg1jf2jp3LK1b&#10;5dLF4qCmcjZmsrd15Psv5T2p0mFUBgAAAAAAKkZvc/ulkr8uugN/yV/clR/4cnQFsD96G49dqqTu&#10;MskfP8uP/mUif3lHfuDmWX4uAAAAAGA/9LYs6pYnn5HUFN2Cv2F2S+LpS/mzdemxqgQAAAAAAJUj&#10;yXxc0mR0Bh7grvzhhx/yjegOYH91jWy7pTPff5rczpe0bRYeOWxur5qbb3wCb3oDAAAAQPnrGtra&#10;szsdPU7S+yWNRfdAknS/5K+8Yaj/sfzZenZwUhkAAAAAAKgoPU3Zr5vp/OgOSDJ7a9dQ/8eiM4CZ&#10;WK8z6/Y1DT/XzN4k6QlFfvnfyPUZb9AXunM5PgkBAAAAABVobWv7Y5LUP6vi/5kRU/cTk17Zmc9t&#10;ig6pJYzKAAAAAABARVnTuPiYuiS9XdL86JaaZtqye37DSSs3bRqPTgGKpa9x8ROUpM9x6VxJS6b5&#10;Mre6qzdJ9I3OodwvitkHAAAAAIjT05xdYdInJC2KbqkVLv1vouSNnfkt10W31CJGZQAAAAAAoOL0&#10;tbS/x90/EN1Ry1x6Znc+tya6AyiVtcce25KkyeMstRM8sZPkfoSkQ/7w7Y/udmlI8oHEkhsnCrZx&#10;xciW7UHJAAAAAIASW3fk0gPThr0XS7pY0rzoniq2y6WPHJBMfnLZ4OBodEytYlQGAAAAAAAqzurG&#10;xgMWJA23StYanFKTzNXbOZzrju4AAAAAAACIsKZx8TEZS99uppdJmhvdU0V2ufulic/9ROfIpruj&#10;Y2odozIAAAAAAFCRepuz/yTpq9EdNWjcpMd15nObokMAAAAAAAAirVm4+LC6uvS1kt4o6aDongp2&#10;h8n+zcYOuKzjd7fcHx2DBzAqAwAAAAAAFckl623OrjPp7OiWGvPOrnzuI9ERAAAAAAAA5eKapuMW&#10;FqzwOkkvl/To6J4KskNmn67LFD519tatu6Jj8NcYlQEAAKAqrVm4cF6mbl5rYnas5Ee76zC5Pdrk&#10;h7rp0ZIfKtmj9cCx1HMkHSipTtKCB3m53ZImH/ivPirZ3ZLfLdnd5vq9y+6W+d3mdoeZRpTY8Pj4&#10;nvyKHTv2ztKHCwA1q+eo7OE2R7dIOiq6pSaYrr9hKPf0VVIanQIAAAAAAFBuVi9ZMmfB7rFn6YGT&#10;y54Y3VOm3KW1iZJPbsxv+cEq3mcqW4zKAAAAULFWL1ky56C9Eyf4pJ8o85NMWiRTq7uOlXREdJ+k&#10;38s1ItOgmzYlrl9Pmv3mwKFj+pdpw2R0HABUi96mbIdMveJ9jlLbk1hmacfQ5m3RIQAAAAAAAOXM&#10;JetrzZ6hVC+T9Fw98AXutW6PuVanif6jeyj3y+gYPDLebAUAAEBF6MlmD9KYTpfpdJNOMmmJS+16&#10;4HSxSjMmaZNkv3GlNydp5ob7Dq7/1cpNm8ajwwCgUvU2t39W8ldEd1Qzl7+iOz/w+egOAAAAAACA&#10;StLXuORQT8b/Se4vlenk6J5ZNiH5NWbJNyYm7v8+N7xUFkZlAAAAKEs9Tdm2xPSkVP4ks+RJcl8i&#10;KRPdVUJjZvqVu90o+Y1ppvCj5du2DUVHAUClWHfk0gPThr03SFoS3VKVTP/VNZR7TXQGAAAAAABA&#10;JVt7zKLFSSZ5jmTPkfxUVeduZ1Kmn5j0rYmJ5IoVO7bcFR2E6anGH5wAAACoQGsaFx9TlxSWS3aW&#10;pDNUHtdXRrtD0o8kvy7jdVefM7x5R3QQAJSza5qOWzipws/M1BzdUk3M1XvfcG7FSqkQ3QIAAAAA&#10;AFAtrl20qLkwkel282WSzlRlf17kTsl6Td6zL5m85tmDg/dGB2HmGJUBAAAgTG/jsUuVZJ4tqUPS&#10;E1TdJ5HN1KRkGyXvyaTpt88Z2dofHQQA5ainJftYc10vaUF0S5XYmtT7EzsGBu6MDgEAAAAAAKhW&#10;Ltm65uyJMl/mqZbJ7AxJj47uehhDJm10141S+qMbhrfevEpKo6NQXIzKAAAAMGtcsr7mRU+W7PmS&#10;PVtSU3RTBdsm+RrJv9WV3/rj6BgAKCc9jdkzLNE6SQ3RLRVumxf0tO7tuZHoEAAAAAAAgFrT23p8&#10;qwqTS11+kpmdLPlSybKa3S/Qn5R8QK5Nkm6V7Of1dYUbztq27Xez2IAgjMoAAABQcj1N2bbE9CKX&#10;Vko6Prqn6pjdIvfLJ9PkKytGtmyPzgGActDX1P4SN79MUhLdUqHuTJLkjI7BLbdHhwAAAAAAAOAB&#10;axYunJepn3ecXI3mavJEx5irSa4mNx1j0mF/+FsP1sO/L3a/pHF37TbTneba6aa7ZLpLrjvdfZt5&#10;etvug+fdvnLTpvHSf2QoR4zKAAAAUBJ9jUsOVTJ+gcsvkHRKdE8NuVnyzyVjB36943e33B8dAwCR&#10;elqy/8dcX5JUH91SYX5vmeQZndu2/Do6BAAAAAAAANO37silB0403Dvnj//7wCTZt2xwcDSyCZWD&#10;URkAAACKqq8l+zhJL5PrhS4dEt1Tw+4y6WuTZp87d6j/tugYAIjS19K2zN2ulLQguqUy+ObE6ro6&#10;hjZviy4BAAAAAAAAEIdRGQAAAGZsfWvr3NE08yLJLpT02Oge/J2bXX7pAfmmbyzThsnoGACYbb1N&#10;ix4vS3r05+P/8eB+YmnDMztHNt0dHQIAAAAAAAAgFqMyAAAATNuahYsPq6tLX+vShSYdGd2DR7TN&#10;pc+mGv/cufn8PdExADCb1ra2PyZJ/buSjo1uKUumvvG5mZXP2rx5d3QKAAAAAAAAgHiMygAAALDf&#10;1ra2HpV43cVyvVxcJ1aJ7pb0qYLGP8m4DEAtufK44xbM2Vf4oqTnRbeUkYJL7+rK5z5qkkfHAAAA&#10;AAAAACgPjMoAAAAwZT1N2TYzvU/SeZLqo3swY/dL/oWM111yzvDmHdExADAbXLJ1ze2vd/nHVOP/&#10;LnPpd5bovK7B3IboFgAAAAAAAADlhVEZAAAAHhFjsqo3JtmXJ1P7wIqRLdujYwBgNvQ1tnV6Yl+S&#10;dFR0S5D1BSUvOze/ZWt0CAAAAAAAAIDyw6gMAAAAD2n94Uvmjx4w9k5JF0k6ILoHJbdb0r/OTSY/&#10;sWxwcDQ6BgBKbc3ChfPq6+a916U3S6qL7pkVpp1yvaYrn/tWdAoAAAAAAACA8sWoDAAAAH9nvc6s&#10;G2ve/hqXv1fSodE9mHU7JH//7vzAF1ZKhegYACi1ntbs6eb2WbkvjW4pIZf07YxnLuLKYwAAAAAA&#10;AACPhFEZAAAA/kpf0+KnuqWfkPS46BZEsx+nXnjj8uGtN0WXAECprdeZdaNNI6+T6e2SjojuKS77&#10;sSd+cfdgbmN0CQAAAAAAAIDKwKgMAAAAkqS+lhOOlk/8u0sviG5BWUklfbGg8beem8/fEx0DAKW2&#10;7silB6Zz9r5S5m+R7Ojonhn6jczf1zU08L3oEAAAAAAAAACVhVEZAABAjbvplFPqd+7c9S5JF0ua&#10;F92DsnWP5G/vzA983h64Qg0Aqtr61ta5+9LMy012saSm6J79tN7NP9Y1NNDHr9kAAAAAAAAApoNR&#10;GQAAQA3rac2ebgV9RqaTo1tQGUz6oSXJKzsGt9we3QIAs2G1lJnf0nZO4vbPLj1L0tzopoewy1zf&#10;KSj9NNcWAwAAAAAAAJgpRmUAAAA16A+nr7zfZG+SVBfdg4pzv8ne1ZHvv5QTcADUku+1th5yQKH+&#10;PDe/QNLpkpLgpHGXrpH71/b42FUrR0b2BfcAAAAAAAAAqBKMygAAAGrMupa2J6VuX5W0KLoFFc61&#10;0dwv6BwZyEWnAMBsW3fk0gO9YfSJrsIKSc+UrHUWHptK+qWkqxP5mjn5pl8v04bJWXguAAAAAAAA&#10;gBrDqAwAAKBGrJYyC5qz75H0LnE6GYpnt+Rv6coPfC46BACiuGQ9xyxqT5LMKS4/xRKdKtdSSY+a&#10;4Utvl/xXkt2UyG6aTCZuWj44eEcxmgEAAAAAAADg4TAqAwAAqAE9Tdk2k74m0+nRLahOLn1nTqHu&#10;lWdtv/330S0AUC56stmDfDRtsSRplbxVsnlmVm/u8//y73PpXpfc5Pe426DVZYbm+tjQssHB0Zhy&#10;AAAAAAAAALWOURkAAECV62lp67IHrrt8dHQLqp0Ppu7PXz689aboEgAAAAAAAAAAAEwfozIAAIAq&#10;tV5n1o02D/8/yV4nft+H2TPp0ru787lLokMAAAAAAAAAAAAwPXxyEQAAoApdd+yxR06kmSvkOiO6&#10;BTXK7PK5e+e8fNnOTXuiUwAAAAAAAAAAALB/GJUBAABUmbWN7acliX9bUmN0C2qdbzbZczvzuU3R&#10;JQAAAAAAAAAAAJi6JDoAAAAAxdPTnH1ekvgPxKAMZcGOc+lHPY1ZTswDAAAAAAAAAACoIIzKAAAA&#10;qsAqKelrzv6bSaslzYvuAf7CoyzRdX1N7RdGhwAAAAAAAAAAAGBquP4SAACgwq1ubDxgQTL3y5Ke&#10;H90CPDy/tDM/cJFJHl0CAAAAAAAAAACAh8aoDAAAoIKta2s7Ih23K2U6PboFmKJvzU0mX7RscHA0&#10;OgQAAAAAAAAAAAAPjlEZAABAhbp20aLmyclknaTjo1uA/WGu3onC3uet2LFjb3QLAAAAAAAAAAAA&#10;/h6jMgAAgAq0tnHRSUmSXCPpqOgWYJpunpxMOlfs2HJXdAgAAAAAAAAAAAD+GqMyAACACrO2sf20&#10;JPFeSY+KbgFm6NaMZ84+Z3jzjugQAAAAAAAAAAAA/FkSHQAAAICp62lpe3qS+HViUIbqcGLBCj++&#10;unnxougQAAAAAAAAAAAA/BknlQEAAFSIvpa2Ze52laT50S1AkW1NLHNWx9DmbdEhAAAAAAAAAAAA&#10;YFQGAABQEfoa2zo9sSslzYluAUpke0HJ087Nb9kaHQIAAAAAAAAAAFDrGJUBAACUubVN7U9LzHsl&#10;zYtuAUrJXXnL1J3RNXj7YHQLAAAAAAAAAABALWNUBgAAUMZ6mxY9XpZcJ+mg6BZgluTM6p/WOXTb&#10;b6NDAAAAAAAAAAAAalUSHQAAAIAH19eSfZxZco0YlKG2ZFOfuOa6Y45/dHQIAAAAAAAAAABArWJU&#10;BgAAUIZ6W49vddcalw6JbgFmm0n/MJGZXLPuyKUHRrcAAAAAAAAAAADUIkZlAAAAZWZdW9sRSif/&#10;R9LC6BYg0BPThr3fWa8z66JDAAAAAAAAAAAAag2jMgAAgDKyvrV1bjqRfEfSougWoAx0jDaNfCY6&#10;AgAAAAAAAAAAoNYwKgMAACgTq6RkNK37iuRPiW4ByobpX3pb2i+OzgAAAAAAAAAAAKgljMoAAADK&#10;xGnN2Q9Jen50B1B23C/pbWp/YXQGAAAAAAAAAABArbDoAAAAAEi9Te0vlPnXxe/PgIeyx01P6x7K&#10;/TI6BAAAAAAAAAAAoNrxSUsAAIBgvU2LHi9LfihpbnQLUOZGkno/pWNg4M7oEAAAAAAAAAAAgGrG&#10;9ZcAAACBeo7KHu5Kvi0GZcBUNKYTdvl6nVkXHQIAAAAAAAAAAFDNGJUBAAAEWa8z62yOLjdTc3QL&#10;UEGWjTaPfDA6AgAAAAAAAAAAoJoxKgMAAAgy2jz8r5KeHt0BVKC39TRnnxcdAQAAAAAAAAAAUK0s&#10;OgAAAKAW9bYs6pYnV4vfjwHTdU9Byann5rdsjQ4BAAAAAAAAAACoNpxUBgAAMMv6Wk44Wp58WQzK&#10;gJl4VEbpt1YvWTInOgQAAAAAAAAAAKDaMCoDAACYRS5Z6hNflnRYdAtQBR43f8/Y+6IjAAAAAAAA&#10;AAAAqg2nYwAAAMyi3ub210v+yegOoIqkSvSMrsHchugQAAAAAAAAAACAasGoDAAAYJb0Nh67VEnm&#10;RkkN0S1AlRkpaHzpufn8PdEhAAAAAAAAAAAA1YDrLwEAAGbBep1ZpyTzBTEoA0rh/7N353GSmAWd&#10;/79PVc+RG4EYTKa7JzM1GXAElQTCIZpokjkSTiWoC8rLWxQRQVlxdwnqKgiCiLLoT1fEA41BwCTd&#10;PRCdRRFQibqBCMn0XD2TyE3INVd3Pb8/AixMJskc3fNUd7/ff0+6Pv1H6lVd9a3nWdGtS1/XOgIA&#10;AAAAAGChMCoDADgB9o/c9nNJLmjdAQtWyQ+Pja7e2DoDAAAAAABgIXD9JQDAHLtudM1jurX+W5xS&#10;BnNt9/K9y77x4s/cfHfrEAAAAAAAgPnMSWUAAHOoJmWo1rfGoAxOhOF9J+9/desIAAAAAACA+c5J&#10;ZQAAc2h8ZM2PJ/WtrTtgEZkpJU/csGvyX1uHAAAAAAAAzFdOKgMAmCM3nHvuWUn9tdYdsMh0a83v&#10;XOVvHQAAAAAAgGPmgxYAgDkyPd39tSQPb90Bi9CTLxxZ/SOtIwAAAAAAAOYr118CAMyBiRXnPbF2&#10;+h+O11vQyheWzAytueS2T3yudQgAAAAAAMB846QyAIBZVpNSS/9NMSiDlr7u4ND0K1tHAAAAAAAA&#10;zEc+6AQAmGXjw2u+L6X+eesOIAe6/f43XbZn+9bWIQAAAAAAAPOJk8oAAGbR5rMed0pK/Y3WHUCS&#10;ZOlM6b62dQQAAAAAAMB8Y1QGADCL+sv3vijJitYdwJeU+qzNo6uf0joDAAAAAABgPjEqAwCYJVvO&#10;XHdqUn++dQfwNUq/5jWtIwAAAAAAAOYTozIAgFmyd/m+l6TmzNYdwKHK0zaPrLm0dQUAAAAAAMB8&#10;YVQGADAL3rVy5cM6pby8dQdweP3Uq1o3AAAAAAAAzBdGZQAAs+CkuuTFNXlY6w7gAT1lYnT1xa0j&#10;AAAAAAAA5gOjMgCA4/SetWtPq7W+pHUH8OD6tfxi6wYAAAAAAID5wKgMAOA4Lb135keTPKJ1B/Dg&#10;SnLp2Mrek1p3AAAAAAAADDqjMgCA43D1unVLU/JzrTuAI1P6cVoZAAAAAADAQzAqAwA4Dqfevf+5&#10;Sc5p3QEcsaePn7t2besIAAAAAACAQWZUBgBwHEp1ShnMMyUz/Z9qHQEAAAAAADDISusAAID5anxl&#10;76L0s6V1B3DU7t7XmR5+9s6dd7QOAQAAAAAAGEROKgMAOFYz9cWtE4Bjcuqy/tALW0cAAAAAAAAM&#10;KqMyAIBjMDH6mG9IKc9o3QEcm5K8+Cp/DwEAAAAAAByWD1EAAI5BrQd/nb/zfAAAIABJREFUMMlQ&#10;6w7gmK164ujqi1pHAAAAAAAADCKjMgCAo3TVfa+hfqx1B3B8Si0/1LoBAAAAAABgEBmVAQAcpQtH&#10;Vl2c5NzWHcBxe867Vq58WOsIAAAAAACAQWNUBgBwtEr54dYJwKw4aVm/+9zWEQAAAAAAAIPGqAwA&#10;4Ci8b9WqM1LLs1p3ALOjk/L81g0AAAAAAACDxqgMAOAozEx3npHkpNYdwOyoydM2j651nS0AAAAA&#10;AMBXMSoDADgKNeV7WzcAs6rM1JkrW0cAAAAAAAAMEqMyAIAjNLFi3cOTemnrDmB2lZTvbt0AAAAA&#10;AAAwSIzKAACOVDnwzCRLWmcAs61ecP255462rgAAAAAAABgURmUAAEesPrd1ATAnSpnpPrt1BAAA&#10;AAAAwKAwKgMAOAJjvd7pteS7WncAc6OUPKt1AwAAAAAAwKAwKgMAOALlYP2uJEtbdwBzpObbxh7V&#10;O7N1BgAAAAAAwCAwKgMAOAKllo2tG4A51c2yXNY6AgAAAAAAYBAYlQEAHIGaGJXBAldqubR1AwAA&#10;AAAAwCAwKgMAeAhjI71vTLKidQcw1+qlNSmtKwAAAAAAAFozKgMAeAilZn3rBuCEOHvzfSNSAAAA&#10;AACARc2oDADgoZRySesE4MSoKd/VugEAAAAAAKA1ozIAgAdxVdJJ6pNbdwAnSjUqAwAAAAAAFj2j&#10;MgCAB/Gkkd5jknxd6w7ghHlqTUrrCAAAAAAAgJaMygAAHkyJU8pgcXnE+1as6rWOAAAAAAAAaGmo&#10;dQAAwEDr58nOLILFpd/pPCnJ1tYdAAAALHxXJ92TR84bHerPnNfvZDgppyRZliQl5Y7U3Nkp/Vv3&#10;nTR06zNvueWuxrkAACwiRmUAAA+iljyldQNwYtWaC5P8SesOAAAAFp6rks6TRld/R63lsqQ+NSkX&#10;JP2Taqcc5nuNNSlJPyVL985kfLR3a2rdUlL+bv9J3XEjMwAA5pJzNwAAHsC7Vq582PL+0OfiynBY&#10;ZMq/bJza+sTWFQAAACwcY+f0VmQoP1lqXpBkeBZ+5N7UOl5Leds/T01ef1XSn4WfCQAAX2FUBgDw&#10;AK4fXvPtnVLf37oDOOEO1KU5fdPk5P7WIQAAAMxv142ueUy31l9M8r1JlszRw3yilrzu7l2Tf3xl&#10;MjNHjwEAwCLj1A0AgAfQ7fQf17oBaGJpnS6PaR0BAADA/PW+VatGxkd6V3dr/ViSF2TuBmVJ8uhS&#10;84enjfb+Y2x09cY5fBwAABYRozIAgAdQa76pdQPQRql1XesGAAAA5qfx4d4zpqc7/5rkuTmRn8XV&#10;nFdquX58ZPVbrz377JNP2OMCALAgGZUBADygYlQGi1SpMSoDAADgqGzJRUMTI703puTdSR7RKKMk&#10;5ceHhk6+ceLc8765UQMAAAuAURkAwGHUpCROKoNFzKgMAACAI/aetWtP2zeyZ3NNfjb3va/U2qPr&#10;TP+DrsMEAOBYGZUBABzGDatWDSc5o3UH0IxRGQAAAEdky5nrTl22d+a6JN/ZuuUQJ5da3jU2vPpZ&#10;rUMAAJh/jMoAAA5jejprWjcATa28esWKk1pHAAAAMNi2rFy5fN/J+6+rybe3bnkAy0opV0+Mrrm8&#10;dQgAAPOLURkAwGGU0jm3dQPQVPfk7kkrW0cAAAAwuGpS9tUlf5Sa72jd8hCW1Fr/4vrhVRe0DgEA&#10;YP4wKgMAOIzar6OtG4C2hmb6ngcAAAB4QBMjvVek1u9t3XGETu2UzrtuOOfRj2gdAgDA/GBUBgBw&#10;OKUYk8AiVzsdzwMAAAAc1vUr1lyY5JdbdxylFQe7029pHQEAwPxgVAYAcFh1ZesCoDUnFgIAAHB/&#10;W1auXN7p1D9NsqR1yzG4cnx49Xw5XQ0AgIaMygAADqNWJ5XBYldrPA8AAABwP3tnuq9M0mvdccxK&#10;eeNYr3d66wwAAAabURkAwCGuSjql5OzWHUBbpdTh1g0AAAAMlutXrnxUKeXlrTuO06M6B8tLWkcA&#10;ADDYjMoAAA7xpBXrHpZkqHUH0FgpZ7VOAAAAYLCUmaGXJzmpdcfxqrW+9D1r157WugMAgMFlVAYA&#10;cIhO9j6idQMwAGo8FwAAAPAVY73e6aXkR1t3zJKvW7J3+oWtIwAAGFxGZQAAhziY7sNbNwAD4WFX&#10;+ZsJAACALztQn5fk9NYZs6WkLJSBHAAAc8AHJAAAh+h0Z5xOBCRJ94KRkTNaRwAAADAYOinPb90w&#10;yx57/YpVj20dAQDAYDIqAwA4RKkdozIgSdKpS51cCAAAQG4459GPqMm3te6Ybd1u91mtGwAAGExG&#10;ZQAA91OMSIAkSUnf8wEAAAA5ODTzHVmAn6vVWi9u3QAAwGBacC9+AQCOV009uXUDMBhKp5zaugEA&#10;AID2Sq1Pa90wRy68et26pa0jAAAYPEZlAAD354004D4zWdY6AQAAgPZq8s2tG+bIyafftX9N6wgA&#10;AAaPURkAwCFqMSoD7lNL8XwAAABAkpzXOmCu9Gs1KgMA4H6MygAADlH6RiTAfYxMAQAAGOv1liU5&#10;u3XHXCkp57ZuAABg8BiVAQAcqvSNSID7FNdfAgAALHYz93ZOS1Jad8yVmvp1rRsAABg8RmUAAIeo&#10;cTIRcJ+OkwsBAAAWvc6yg6e0bphLnVJOa90AAMDgMSoDADhEJ6XbugEYDLVT/c0EAACwyHUPdpa0&#10;bphL/Zqh1g0AAAweH5AAAByiX7O/dQMwGErNgdYNAAAAtDW0pH9X64a5VEoW9O8HAMCxMSoDADhE&#10;6RiRAF9hZAoAALDIzdx72t2tG+ZSqVnQvx8AAMfGqAwA4FBOJgK+pF+r5wMAAIBFbv2nbronyZ2t&#10;O+ZKv9Q9rRsAABg8RmUAAIcoMSoD7lM6RmUAAAAkST7ROmDOdMqtrRMAABg8RmUAAIdwMhHwFdX1&#10;lwAAACRJbmkdMEdqZ3qZURkAAPdjVAYAcKiOEQlwn5qyr3UDAAAAg6B+oHXBXKjJzRv23Pz51h0A&#10;AAweozIAgEOUlC+0bgAGQ790vLEOAABAuv26pXXDXCg172/dAADAYDIqAwA4RO3Xz7VuAAbD8s60&#10;URkAAAC5bM/2rUl2tO6YA+9tHQAAwGAyKgMAOESNk4mAJEl92MMf7vkAAACAL3t764BZ9tkzv/6M&#10;8dYRAAAMJqMyAIBDdIuTyoAkyV0X3HjjwdYRAAAADIhu9x1JauuM2VJTr/F3LwAAD8SoDADgEDOd&#10;aaMyIEl1ShkAAABfsXHHLbck+ZvWHbNkup/u61pHAAAwuIzKAAAOUYaGvtC6ARgExcAUAACAr1FK&#10;fjkL47Syv7xi6tbtrSMAABhcRmUAAIfYNDm5P4kTioA9rQMAAAAYLBt2Tf5rUsdadxynA+l2f6V1&#10;BAAAg82oDADg8Ha0DgDaqqk7WzcAAAAweIaG6ouS3NO64zj85peu8gQAgAdkVAYAcDi17mqdALRV&#10;avE8AAAAwP1cun37VCnlta07jtHuujSvaR0BAMDgMyoDADicjjEJLHalU6ZaNwAAADCY7ty19ddK&#10;8vetO47STKmd/7JpcvLO1iEAAAw+ozIAgMOpZWfrBKCtUvs7WzcAAAAwmK5MZg72O9+f5NOtW45Y&#10;KVdt2H3rP7TOAABgfjAqAwA4jOL6S2BJdrdOAAAAYHA9fc+tt/X7/UuSfL51y0MpyW9t3LX1V1t3&#10;AAAwfwy1DgA4VjUp4+f0zknJ6nSzOjVnJklJlpfkpK/8u1LuLunfkVq+2E/u6NTOHQdn8vGn337r&#10;Z9vVA4Ou1pkdKd3WGUA7n1+/bdv8+bY5AAAATVy+Z/tHx1b0nlM6GUtycuuew6nJO++amnx56w4A&#10;AOaX0joA4EhsPutxp8wsufeCTslTa8kTS3JeTc5Nsvw4fuxnU3JzrfXjSf6j1vqhe3Zv/7crk5lZ&#10;ygbmsY+cf/6Sz3zmi3cnWdq6BWig5P0bd01e1DoDAACA+WHzyOrz+6WMf/nLz4Oipr717qltP+19&#10;bwAAjpZRGTCQtuSiob3De76zlHJFUp+S5JtzAk5XLMkdNXl/Uv6uU/t/d9nubTeXpM714wKDaWyk&#10;99GSfFPrDqCBkrds3DX5U60zAAAAmD+uX7HqsZ1O5/okw61bct/72q/dMDX5Su9xAwBwLIzKgIGx&#10;+azHnTKz7J7vTspzS/KdGYyjwm9P6jWl2/3fG3bc+n9bxwAn1vjomnek1u9t3QE0UPNTG3dPvqV1&#10;BgAAAPPLe9auPW3p3v7rk/pjDTP2lFJ/YMOubVsaNgAAMM8ZlQHNXTdy3qpOZn6mpLwgycNb9zyA&#10;WpJ/SC1vKwdOunr9p266p3UQMPfGhlf/UinlV1t3ACdev5bvuHz31r9v3QEAAMD8NDG65vtrra9L&#10;cvYJfNia5E87S+rL12/b9ukT+LgAACxARmVAEzUp4yO9K0rqzyTluzK/no/uSuof9Tszv375zp2f&#10;bB0DzJ2x4dXPKqW8q3UHcOLVA/n6TZ+c/EzrDgAAAOav96xde9qSvdP/raT8dOb6Zo6aD3c69WXr&#10;d2374Jw+DgAAi8Z8GnEAC8T46KpNqZ1XJXli65bj9MVa8rvZn9/yoTMsTNeNnLeqm/621h3AiVVr&#10;pjbtnhxt3QEAAMDCcO3Z5z2yO9R/UZIXleSsWfzRMzUZTz+v37Rn8v2z+HMBAMCoDDhxrj9n1Xmd&#10;bveNSd3UumWW3ZNSXlOX1Ndtmpzc3zoGmF1jI71PzvKbfcCgK/UdG3dt+/7WGQAAACwsW3LR0P7R&#10;29an1hfU5JIkjziGHzOd5N9TytXTM+XPn77n1ttmORMAAJIYlQEnwNijemeWpfnNJP8lSad1zxy6&#10;raa+ctPUtre3DgFmz/hI791Jntm6AziRyks2Tm397dYVAAAALFw1KdePrnl0t58LS6mPrrWcl1KH&#10;S3JKTZZ96Z/dkZo7U8qtpfRvrbX++/K9J/3TxZ+5+e6m8QAALApDrQOAhW18dM1zaq1vyeI45eec&#10;kvLHYyO9Z3Sn60vX375td+sg4PjV5EPFqAwWldIvH27dAAAAwMJWkppdWz+e5OOtWwAA4HAW8olB&#10;QEPvWrnyYeMjvatT6zsX27VxJfnu/lC5ZWJkzUtatwDHr9byodYNwAm195FnnfZvrSMAAAAAAABa&#10;cv0lMOs2j65+Sr/mz5KysnHKILhmX2f6R5+9c+cdrUOAY7P5rMed0l927x1xwissFh/aODX5lNYR&#10;AAAAAAAALTmpDJhVE6Orf7pfy98alH3F9yzvD/3j9StWPbZ1CHBs1n/qpnuSfLR1B3DCvL91AAAA&#10;AAAAQGtGZcCsuDrpjg/3fqfW8uYky1v3DJhv7HQ6/zQ2vPpZrUOAY1NT39e6AThBOtncOgEAAAAA&#10;AKA1ozLguI31eqefNrJ6IiU/1bplgJ1USvnr8eHeS1uHAMegGJnAInH3Xacs+2DrCAAAAAAAgNaM&#10;yoDjMnZOb0U5kA8k5ZLWLfNASckbJkZ6r2kdAhydu09d/oEkd7fuAOZWqfmHK2+++UDrDgAAAAAA&#10;gNaMyoBj9t7htWeXbrYkeWzrlvmkJq8YH17zupqU1i3Akbny5psP1OT/tO4A5lZNXHULAAAAAAAQ&#10;ozLgGN1w7rlnzZSZ9yfptW6Zl0p9+cRw782tM4Aj1ynVFZiwwHVSjcoAAAAAAABiVAYcg/esXXva&#10;wZmha2NQdnxKfmpsdPXLW2cAR6Z2hoxNYAGrNVOX7d52c+sOAAAAAACAQWBUBhyVsV5v2dK9M+9O&#10;6hNatywEpZbfGB9e88LWHcBD27jjlltq8rHWHcCc+auS1NYRAAAAAAAAg8CoDDgqnf15S5LvbN2x&#10;gJSU+tbxlb2LWocAR+SvWgcAc6N08s7WDQAAAAAAAIPCqAw4YmOjvR+qJT/UumMBWpZ+3rn57NXD&#10;rUOAB1e63b9s3QDMid0bdk1+uHUEAAAAAADAoDAqA47IxGjv8aXmLa07FrCH94c67/zI+ecvaR0C&#10;PDBXYMJCVd/l6ksAAAAAAID/x6gMeEjvW7XqjFrzl0mWtW5Z2OoTPv3ZL17VugJ4cCWuyIOFppS8&#10;u3UDAAAAAADAICmtA4DBNz7Se3uSF7TuWCRmSu1cvGH3rf/QOgQ4vImR3jqnlcGCsueuqcmVVyYz&#10;rUMAAAAAAI7W5rMed8rM0nufmpJvLcljS0mv1pya5KQv/5uS7K8lu2qtOzslk7WUG+tQ/nXT5OSd&#10;DdOBAWdUBjyo8dFVm1I717fuWGR2z+TAN18xNfWF1iHA4U2M9j5cay5s3QEcv1rrr2zave1/tO4A&#10;AAAAADhSE6OP+YbkwPfXWp6d5IlJlhzDj+kn+VBNrslMrtl02+Se2a0E5jvXXwIPaPNZjzul9jv/&#10;q3XHIjQ8VJb+z9YRwAPr1/qHrRuAWVG7naE/ah0BAAAAAHAkxkd7Tx4f6f1NrQd311pen+SpObZB&#10;WXLfXuSpJXlj6WbH+Ejv6rGVvSfNXi0w3zmpDHhA4yO9X0vyi607FqmZ9Gcev3HPjptahwD3t+XM&#10;dafuO2n/7UlOa90CHIeS92/cNXlR6wwAAAAAgAczce5531xn+r+R5LIT8HDv7dT6svW7t33sBDwW&#10;MMCcVAYc1nWjax6T5GWtOxaxbjrd32odARzexZ+5+e5ack3rDuA41eqUMgAAAABgYL1n7drTJkZ6&#10;b6wz/Y/kxAzKkuSyfin/Pjbce/O1Z5998gl6TGAAGZUBh9Wp9TeSLG3dschdPDbSe3rrCODwar+8&#10;rXUDcFzuOXDS0F+3jgAAAAAAOJyJ4fOetnTvzM01+dkkQyf44bul5KeHhk66efPo6qec4McGBoRR&#10;GXA/m0dWn1+Sy1t3kJSS12/JRSf6RSJwBDbt3voPKbm1dQdwbGrqnzzzllvuat0BAAAAAHCoidHV&#10;P11L/4Ykw21Lysp+LX87PtJ7btsOoAWjMuB++imvSlJad5Ck5ry9o3ue1zoDuL+S1NIvb2zdARyT&#10;/lC/vqF1BAAAAADAoSZG1/xqreXNGZxbpZYn+YuJkTUvaR0CnFhGZcDX2Dyy+vwkrlwcICXlF6qR&#10;HwykO+veP07y2dYdwNGq45ft2b61dQUAAAAAwFcbH+29odb6S607DqNTU39rYnT1y1qHACeOURnw&#10;Nfopr2jdwCFqfdzEyKrvbJ0B3N+Ve/bsTa1vbd0BHJ1OOm9q3QAAAAAA8NXGRno/m5qXtu54MLWW&#10;142P9n64dQdwYhiVAV9x7YrzzknynNYdHE7HcbIwoDpL8+Yk+1p3AEeolJvWT219X+sMAAAAAIAv&#10;2zyy5oqS/GbrjiNQUvPW8ZW9i1qHAHPPqAz4im6n//wk3dYdHNYV15+z6rzWEcD9rd+27dNJ/qp1&#10;B3BkSj//q3UDAAAAAMCXbR5de25N/ZPMn/3GUPp55/jKR69sHQLMrfnypATMsZqUJI4qHVyl0ykv&#10;aB0BHF7pdn4zSW3dATyk25Z1D76tdQQAAAAAQJJcnXT7dfqPa/Kw1i1H6eHpz/xu6whgbhmVAUmS&#10;8ZW9C0uypnUHD6JTrmydABzehh23/t8k17TuAB5cqeVXL96503W1AAAAAMBAOHVk9YuS8rTWHcem&#10;bpoY6fn8EhYwozLgPv36g60TeAg1512/cs23tM4ADq8kr07Sb90BPJC685Fff/oftq4AAAAAAEiS&#10;d61c+bBSyn9v3XE8auprr163bmnrDmBuGJUBX7r6sjy7dQcPrcz0n9O6ATi8DVOTN8dpZTCwai2/&#10;ccGNNx5s3QEAAAAAkCTL6tDPp+bM1h3Hp6w87a59L2xdAcwNozIgYytWfVNJzmrdwUMrJY6QhQFW&#10;nVYGg2rX3acvc0oZAAAAADAQNp/1uFNKzU+07pglv/iR889f0joCmH1GZUC63XJZ6waOVFn7vlWr&#10;RlpXAIe3aWryP2ryrtYdwNcqJa+78uabD7TuAAAAAABIkrr83hcmeXjrjtlRVn7201/c1LoCmH1G&#10;ZUDSL9/VOoEjN32w+9TWDcAD65fy35NMt+4Avqze8shHnvH7rSsAAAAAAL6s1rywdcNs6pf8SOsG&#10;YPYZlcEiN9brLasl3966g6NRjcpggF2xa+vHU/LbrTuALyn15y648caDrTMAAAAAAJLkS7cSnd+6&#10;YzaVZP37Vq06o3UHMLuMymCRK/v7j0tySusOjkLJk1snAA9uX5n+lZR8pnUHkPdu3LV9rHUEAAAA&#10;AMCXHZwuz0xSWnfMsiUzBzsXtY4AZpdRGSxyJd1vat3AUfsWS38YbM/eufOO2s+rWnfAIjeT/szP&#10;t44AAAAAAPhqpXSe0rphLvSTS1o3ALPLqAwWuVr6j2ndwFHrTM90vrF1BPDgvv7rz/iDkny8dQcs&#10;Yn++cc+Om1pHAAAAAAB8tdqvC3JUVkq5sHUDMLuMymDR66xrXcDRq8mq1g3Ag7vgxhsPpl9/rnUH&#10;LEYluaOUJa9o3QEAAAAA8NXes3btaaVkpHXH3KiPrgvvWk9Y1IzKYNHrO/FqPurXla0TgIe2Yc+2&#10;iZK8vXUHLDq1/NyGXR//z9YZAAAAAABfbfm906OtG+bQaePn9M5pHQHMHqMyWMS2rFy5PCkLdAm/&#10;sHVKWcgvOGFBGZoZ+rkkn27dAYtHvWH97q1va10BAAAAAHCo2uks7M/4hnJm6wRg9gy1DgDa2Xtw&#10;6JGla1w6H9UU11/CPHHJbZ/43MTompfWWv+sdQssAvu6/fqiktTWIQAAMNu2nLnu1HtPvfcR3X73&#10;Ef1+HllSHpHSPy1JSjoP66fe/6qhUmc6/c7naurnaqmf65fO55dPdz99yW2f+NwJ/wUAAEi/3z+1&#10;lIV7Q2Sndh7RugGYPUZlsIjV0v+6YlM2T1VHx8I8smHX1j8fH+l9b5Knt26BBa2U/3nZnu1bW2cA&#10;AMCxqEmZWPno0VoPPibJupJybq0ZSbKyJMP7sv+Mzkw3Ncl9n0PWJOVL/23NYT+arCW13Pedi5KS&#10;bq052J3O+Ejvi0m2JdleU7eXUm7tz5SPLV0684lLt2//4tz/tgAAi1OnlKUL+Rux/fRPat0AzB6j&#10;MljMSvfrHOQxP9Wak1s3AEen1ry0lHxX4v9fmAs1+ViW1Ne17gAAgCN13ch5q7rpPyU1T0rJhRPJ&#10;Y9KfPqV81TxsDs+wOCPJ45M8vuS+s347nZrp6U7GR3p7knJTKflwrTMfPHDSkn9+5i233DV3KQAA&#10;i0c/tZS5fJXXWs3+1gnA7DEqg0WspP/wOX1rijlTSpa3bgCOzqbdk9vGR3s/k5o/aN0CC9DeJM/b&#10;NDnpDQsAAAbWDeeee9bBmc6GpGxK8u1J/1FJBvHtuRVJXVFrNiWdLN07MzMx0vtov+ZvS/K+u+q+&#10;v79yz569rSMBAOajUssdA/j6b/YYlcGCYlQGi1hJ52FOKpu3lrUOAI7exl2Tfzgx0ru0Js9r3QIL&#10;Ss0vbdo9+R+tMwAA4FBjo71v7dQ8qyaXH5zJ4zOIE7KH1q3Jt5SSb0nystPK8n3jI6s/UNK57mC/&#10;XPP0Pbfe1joQAGC+qKV+biGfVFaWdD/ZugGYPUZlsIiVpJiUzVtOKoN5am9n+ieWzQw9uZSMtG6B&#10;BeLv/mn35JtaRwAAQJLUpIyPrH5Kanl2KXlOas5dgO+/LU/KJTX1kqFOfcP4yJoP1vSv7pSl12zY&#10;9fH/bB0HADDIlgzV3dPTC3ZUVqf337W7dQQwexbssxXw0MaH13xfSv3z1h0ck7pxarLTOgI4NhPD&#10;5z2tlv6WJN3WLTDPfX6633mckxEAAGhtYsXqXjrlR2rqDyTlG1r3NFKTfDCpb+/sP+XP1n/qpnta&#10;BwEADJqalImR3heSnNG6ZfbV/9w4te3s1hXA7DFIgMWs407reeze1gHAsduw+9Z/SImTleA41dSX&#10;GpQBANDKVUlnYrj3zInh3ljtlE/U5BWLeFCW3Pcl9qcm5ff6y+7dPjbce/3YcG916ygAgEFS7tuV&#10;fbR1x9wo/9y6AJhdRmWwqM3sa13AMft86wDg+Nx16rJfTM2HW3fAPPYHm6a2vb11BAAAi88N5zz6&#10;EeMjvasuHOndVkveXUs2xknUh/r6UvKyUjI5PtL7wNhI7+nVzSkAAF9S/7Z1wVwoKR9s3QDMLqMy&#10;WMyqk8rmrVK+0DoBOD5X3nzzgSVDM89KcnvrFph/ygfOPPOMF7WuAABgcbnh3HPPGhvuvf5gd3pb&#10;klcleVTrpnniqSX5m4mR3r+MDa9+3lU+lwAAFrl+LX/XumEu1DqzpXUDMLv88QaLWCfljtYNHKtq&#10;VAYLwCU7dnwqJd+T5EDrFpg/6n/2Owefe8GNNx5sXQIAwOIwdk5vxfjImt87ONOdKiUvS3JG66Z5&#10;6vxSyl9cONLbPjGy5iVbVq5c3joIAKCFs77+9A+l5DOtO2ZX3blh9/aPtK4AZpdRGSxi3ZklO1s3&#10;cGxKYlQGC8TGXZMfyn3fcAce2kyt5YWX79z5ydYhAAAsfBMr1j18fHjN60o3tyT1x5Isbd20QIzW&#10;1N/a1x+6eWKk9wLXYgIAi80FN954MLW+o3XHLPurktTWEcDsMiqDReyS2z7xuSR3tu7g6NV+bmvd&#10;AMyeDVOTry0l727dAYOu1vqqTbsn39u6AwCAhe09a9eeNjHSe03t7J9KqS9PcnLrpgVqVU3evnmk&#10;d/PY6OqNrWMAAE6kWsrbWjfMoplay++1jgBmn1EZLHY1O1oncEz+o3UAMHtKUvtL8oMp5abWLTDA&#10;/nTj7m2/1joCAICFbXx49fcu3Tt9U01ekeSU1j2LQU0eU2q5fmKk9xebz1493LoHAOBE2LRr8t9S&#10;MtG6YzaU5JpNuye3te4AZp9RGSxypWNUNi91jcpgodk0OXln3V8vSTLZugUGTU3ed+aZZ/yQ49MB&#10;AJgrm4dXf9P4SO8DKeUdSVnZOGcxKjV5Xn+o3DI+0rtqrNdb1joIAGCu9fvl11s3zIJ+SX1d6whg&#10;bhiVwSJXY1Q2Hy0pMx9v3QDMvk2fnPzMTCnPSPL51i0wQD6apfltssvMAAAgAElEQVSeC2688WDr&#10;EAAAFp4tZ647dXxk9Zv6pfxrkqe27iEnJXlVDuSj4yOrvqt1DADAXLp899a/r8l1rTuOT/mT9VPb&#10;bmxdAcwNozJY7Go+1DqBo/bZS3bs+FTrCGBuXLFr68dL7Twryb7WLTAAPpnO0DM2TU7e2ToEAICF&#10;5/qVa75l30n7P5yUn0mypHUP/09J1iSd946NrH7t1evWLW3dAwAwV2p35qeT3NO64xjd1a2dV7aO&#10;AOaOURkscp3p+uHWDRy1j7YOAObWht23/kNN/fG46o/FbV9N/Z6NOz+xs3UIAAALy9Xr1i2dGOm9&#10;ptOv/5JkXeseHlCnpPzC6Xft//eJ0d7jW8cAAMyFy3fs2FVTf7F1xzGp5ccv233L7a0zgLljVAaL&#10;3Prbt+1Osqt1B0eu1NzQugGYe5umtr29lvxIDMtYnPYl/Ss2TW37x9YhAAAsLNefe+7oaXftu6Em&#10;r0gy1LqHh1aTx9SafxwbWf3impTWPQAAs23T1LY3J/mz1h1Hp/72xt1b39G6AphbRmVAao0PbOeT&#10;2jEqg0Vi067J/11SXtq6A06w/al51sap7X/bOgQAgIVlfHTNczoz3ZuS8rTWLRy15SXltydGVl97&#10;3cjI17WOAQCYbTM58OIkk607jtBHlndmXtE6Aph7RmVAOp36odYNHLEvLttz9r+2jgBOnA1TW99U&#10;k1e17oATZDqlft/G3ZObW4cAALBwXJ10J0Z6r0mt1yQ5vXUPx6Nc3s3Sf75+xarHti4BAJhNV0xN&#10;fWG637koyY7GKQ+h/MvQUP+Si3fu3Ne6BJh7RmVAysG8J65Xmx9q/duL83+mW2cAJ9amqclfTvLr&#10;rTtgjvVL8kMbd217V+sQAAAWji1nrjv19NHeNV+67tLViQtDr9PpfGB8uPeM1iEAALPp6XtuvW2m&#10;lMuT+p+tWw6nJB/vLOlfcen27V9s3QKcGEZlQNbfvm13kn9p3cFDqymuvoRFasPU5C/V1Le27oA5&#10;Umvqz26YmvyT1iEAACwc4ysfvXLfSfs/XGue1bqFWXd6St49PtK7qnUIAMBsumLX1o93ytBTk3pL&#10;65ZD/ONQd+bi9du2fbp1CHDiGJUBSZKavKN1Aw9pf78c+IvWEUAbJambprb9ZE3+a+sWmGXTpZTn&#10;b5ra9ubWIQAALBzjI6u+Lf3pf0myrnULc6YkedX4yOo/unrduqWtYwAAZsv6XbfsWDKz5KlJ3tu6&#10;5T719+46bdl3XrJjx6dalwAnluO+gSTJtSvOO2eo05+Ksekgu2bj1ORzW0cA7Y2N9F5Rkte07oBZ&#10;sK8mV26amry2dQgAAAvH2OjqjaWWq5Oc2rqFE6WMTU/f89yn3377va1LAABmS03KxHDvJ1PyuiQn&#10;N0j4XFJftnFq2x83eGxgABiPAEnuu6M7KR9s3cEDq8nbWzcAg2HT1ORrSy0/maTfugWOw92l1E0G&#10;ZQAAzKax0d4PlVqujUHZIlM3DQ2d/PfXnn3eI1uXAADMlpLUjbsn39Lvznxjue9zwhP1mUAtNf97&#10;errzaIMyWNyMyoCvqKX+UesGHtBn7z5t2ebWEcDg2LB761tryQ8kmW7dAsfgzlI7mzbs2raldQgA&#10;AAvH+HDvpaXmD5J0W7fQxPlLhvp/P3ZOb0XrEACA2XT5jh27NkxN/mD6M99aasbn8KGmS/KX/dp/&#10;4obdkz/89Ntv/ewcPhYwD7j+EviKsV5vWTlQdyTlG1q3cIiSN27cNflzrTOAwTM2vPp5pZS3JVne&#10;ugWORE0+VfvlmZfv2fpPrVsAAFg4JkbWvKSmvjHe86bk1m6/e/Flu2+5vXUKAMBcGBvpfWNJfWGS&#10;58/S57q7aupf1m7/LZfv2LFrFn4esED4Axv4GhMja36hpr62dQdfY2+/M73q8p07P9k6BBhM4yvO&#10;fVw63euSDLdugYfwkW7tPtOHOwAAzKbx0TU/n1p/o3UHA2WylCXfvmHXx/+zdQgAwFy5OumevmL1&#10;pemUi2ryhCQXJDn9CP7TL5Tko0k+VGv/nRt2b/9ISerc1gLzkVEZ8DXGer3Ty4FMJTmjdQtfUvKW&#10;jbsmf6p1BjDY3ju89uyZMvM3Sc5v3QKHU0reXfad/Pz1n7rpntYtAAAsHBPDa36ilvqWeK+bQ9Tk&#10;Y0tnhi665LZPfK51CwDAiXBV0nnCOat6pVvOTMrDS+rDkyyryb7U3Nnp5IvlYCbX375td+tWYH7w&#10;hzZwP2PDvdeXkpe17iBJcqAzXXte3AFHYvNZjzulv+zeP0vyzNYtcIhXb5iafLVvuwEAMJvGRnrf&#10;U5K/SNJt3cLA+lBn/8mX+nILAADA0eu0DgAGz0ztvDHJ3a07SJLyDoMy4Eit/9RN9yyfWvE9SXlz&#10;6xb4koOl1BdvnJq8yqAMAIDZtHlkzaUl+fMYlPHgntxfdu+1V69bt7R1CAAAwHxjVAbcz9P33Hpb&#10;kl9r3UH2l37/V1tHAPPLxfk/0xuntv5MTZ5Rkjta97Coba8lF27Yte13WocAALCwjK8493H91GuS&#10;LGndwrxw8el37v9frSMAAADmG6My4LDOPPOM1yf5ROuOxayU8j837Nk22boDmJ82TU1em359Qkq5&#10;qXULi1At76pL862bdk3+W+sUAAAWlrFzeivS6Y4lOb11C/NHLfmhseHVv9S6AwAAYD4xKgMO64Ib&#10;bzxY0nlx645F7BN3nrr0ta0jgPltw55tk8vLwQuT/EHrFhaNmZr81w27t373psnJO1vHAACwsHzk&#10;/POXlG55R5JzWrcw/5RSfnnzyJorWncAAADMF6V1ADDYxkfWXJ/UTa07Fp3Sv3zjru1jrTOAhWNs&#10;ZPWLS8prk5zUuoWFqSaf6pTywxt2bb2+dQsAAAvTxEjv92vyo607mNfuLsmTNkxN3tw6BAAAYNA5&#10;qQx4UENDMz+Z5AutOxaVWt5lUAbMtk1T296cztA3puT9rVtYiMrvLxnqrzUoAwBgroyNrP5RgzJm&#10;wam15K/ft2rVGa1DAAAABp2TyoCHNDa6emOp5fp4zjgB6s6ZHHz8FVNThnzAnKhJ2Tyy5mdq6muT&#10;LGvdw7z32Zr85KapyWtahwAAsHBdv3LNt3T69YNx8jKzpdR3bNy17ftbZwAAAAwyJ5UBD2nTrm3j&#10;teZ3W3csAgdKv/s8gzJgLpWkbpja+qaSnJ/kX1v3MK/9zZLuzDcZlAEAMJfes3btaZ1+fWcMyphN&#10;tXzf+MjqH2udAQAAMMiMyoAjsywvT83/bZ2xkJVSX7lhz63/3LoDWBw2TE3evLwz/dTU+qtJDrTu&#10;YV75QlJ+YsPU5LMu2bHjU61jAABY2Jbsm3lTklWtO1iIyhvGz127tnUFAADAoHKVHXDErl+x6rGd&#10;Tucfk5zWumWhKTXjH949ecVVSb91C7D4XDdy3qpu6f9uaja0bmGg9ZP6O/s6M6969s6dd7SOAQBg&#10;4RsfXv29KeUdrTtY0G4888wznnzBjTcebB0CAAAwaIzKgKMyNty7rJRcl2RJ65aFoiQfH5oZetol&#10;t33ic61bgMVtbKT39JK8JcmK1i0Mlpp8LKk/sWlq2z+2bgEAYHEYe1TvzLIsN6fmzNYtLHiv3Dg1&#10;+eutIwAAAAaN6y+Bo7Jp9+R7S/L8OFFrltRbypJ6kUEZMAg2TU1eOz3d+daS/H9JZlr3MBDuSXLV&#10;SZ3pJxiUAQBwInWW5s0GZZwgV02M9Na1jgAAABg0TioDjsn4cO9FKfnd1h3zWa2Z6s7Ub1t/+7bd&#10;rVsADnX9ueeOdma6v5L7hsReMy4++0vyW+kv+40Ne27+fOsYAAAWl/Hh3jNS8p7WHSwepeSf7tw1&#10;+dQrfcEKAADgK3xACByz8dHeG1Lz0tYd81FJ7pjplIsv37n131u3ADyY8eFVT0in87rUfEfrFk6I&#10;muRPh4b6/+3S7dunWscAALD4bDlz3al7l++/uZSMtG5hcSmlvnjDrm2/07oDAABgUBiVAcdlbKT3&#10;P0ry6tYd88zn+v1y+eV7tv5T6xCAI1GTMjG8+nnplFen5rzWPcyZD9Z+Xrlpz+T7W4cAALB4TYyu&#10;+dVa6y+17mDxKckd/QM5b9MnJz/TugUAAGAQGJUBx21sZPUPlJQ/TDLUumXw1Vs6ZWjj+l237Ghd&#10;AnC0alLGR3pXlOSqJI9v3cPsqMl13VJ/ff2ubR9s3QIAwOL23hWr1sx0Oh9LsrR1C4vWH2ycmvzR&#10;1hEAAACDwKgMmBXjw71npOQvkyxv3TLAPlj6y56+Yc/Nn28dAnA8vmpc9uok39q6h2NTk+uS+ppN&#10;U9v+sXULAAAkyfjwmr9Oqc9u3cGi1u+kPnH91LYbW4cAAAC0ZlQGzJqJ0dUX11r+PMmjWrcMnvK3&#10;dWl9zqbJyTtblwDMli25aGjvyO7vLykviZPL5otakxtKzW9u3D25uXUMAAB82eaRNZf2U9/bugOS&#10;bNk4NfmdrSMAAABaMyoDZtW1Z5/3yCXd/ttrycbWLQPiQEn5hfVTW3+7JLV1DMBcGRvtfWup5SeS&#10;+vwkJ7fu4X4+m+R3u7X7+5ftvuX21jEAAHCoidHeh2vNha07IEk6KZetn9r6vtYdAAAALRmVAbOu&#10;JmXzyJqfqamvTzLUuqeZklv7/f5/uXz39o+0TgE4USZGH/MNtR78sSQ/luTs1j3kE6Xkd/Yv7779&#10;mbfcclfrGAAAOJyJ4d4za8m7W3fAV7lxw9TkE3xJFAAAWMyMyoA5Mz7cW1+T3y8lI61bGvizoaH+&#10;T126ffsXW4cAtHBV0rlwZNVTku4Lkvp9SU5r3bRY1ORTneRtSf5kw9Tkza17AADgwVyVdC4c6f17&#10;kse2boGvUfPMjbsn/6Z1BgAAQCtGZcCc2nLmulP3Lt9/VSl5SRbHqWW7Sykv3bBr6ztbhwAMiqtX&#10;rDjptM7yK2ryAyXZmKTbumkB2pvkmpLO2++cunXLlclM6yAAADgSE6NrvrvWek3rDjiMj/7T1OS3&#10;XJX0W4cAAAC0YFQGnBDvXbFqzUynvCUpl7RumSN3l5T/9sgzT3/LBTfeeLB1DMCgmlixutfvlO8u&#10;yXOSPCFejx6P6Zps6dTy1zPdg+++fOfOT7YOAgCAozU+0vuXJBe07oDDKv3LN+7aPtY6AwAAoAUf&#10;4gEnzFVJ50nDa36wX+ovlmRN655ZMpPkL2rNqzbtntzWOgZgPrnhnEc/4kD34OVJeW5JLkuytHXT&#10;PHBnkvfU5K/u7u+74co9e/a2DgIAgGM1vrJ3UfrZ0roDHlDJ+zfumryodQYAAEALRmXACVeTMj7S&#10;u6LUvDIlT2rdc4z2J/X3+t3+Gy7fsWNX6xiA+e7as8975FB35pLaKZeVmsuSnNO6aXDUW5LOezvJ&#10;e7P/pC3rP3XTPa2LAABgNoz//+zde5zddWHn//fnzOTC1QviBZJJSCYERa0K9VKthYqQDKhVW7pe&#10;27W7utW2rq69/Nptl92267q1brVVd3uzWvtri7bKApkEtXirl1ZqvaRymQlkEqiCKBAMucw5n98f&#10;0J9WgUzCzPmcOfN8Ph7wUB7JnNdweDySnO/7+/mOjX8wyfNad8D9qr0nb9614+9bZwAAAPSbURnQ&#10;TE3KtjUbJmqtr09yVpJO46S5+GZK3jXS7f3vc3fvuK51DMCw2rZ6/WN7KeemlGcl9WlJHtK6qY9u&#10;TPKpmvqhOtK7wngZAIBhtGX1+PpScm0Wx+dBLG1/unlm6uWtIwAAAPrNqAwYCJNrT1tbe7MvL8lP&#10;JFnXuue71CSfTskfzx7c++fPuemmva2DAJaaK1ZvPGm2dM8oyRlJfXpSnp7kqNZd8+DWmny6JFeV&#10;dD45Mjr798/eseP21lEAALDQtqwef3Mp+U+tO2AO9neW1bHzpqdvbh0CAADQT0ZlwECpSZlcNf7M&#10;0ikvTuo5aTcw66Xm75Jc3OnW95930/SuRh0A3Isr165duTfLTut0e6clOT2lnJbkMUk2JFnWtu5e&#10;7U1ydZKvlJp/qp1ydTqd7Sc+9NgdZ1511cHWcQAA0E9Xrl27cl9v9MYkD23dAnNRk1+amJl6U+sO&#10;AACAfjIqAwba5NrT1qbOPqv28sOl5IeTPHKBXqomuaaUXJmUj4zOjnz0nBuvvnWBXguABfK5M85Y&#10;dsut3zq5dHurU3pre7WOlZLVpZaxlDyqJifk7r+OnseX3ZPUW5POLUn9alJuqKU3k152lU6ZGemN&#10;7PzUrmu+elHSm8fXBACARWvrmg0vrrX+WesOmLOSazftnDqt3P0ZIgAAwJJgVAYsKltOHl9VRnuP&#10;T+08vtRsqMm6lKzP3AcCt9bkn0tyY2p211K/0Kkj/9hb0fvCxNTUHQucD8CAuHjVqqOOytEPHc3B&#10;E8pI54TUkZEk6dXusaWU7znprCb7OunclSTdWg+MlHprtzN76yNOOOFWJ40BAMDhmVw9fmVKzmrd&#10;AYejV8sPnb/ruo+37gAAAOgXozJgaFy5du3K/fWoh8zW7lHf+c9Hy8hds/Vb+47pdO46+4Yb9rXq&#10;AwAAAFjqLhs7dd1Ietcl6bRugcNRS941sXPqFa07AAAA+sWoDAAAAACAvti6ZsOv1lr/W+sOOAJ3&#10;7unte/iFu3ff1ToEAACgH9wNBgAAAABAX9Raf6x1AxyhY48bWbGpdQQAAEC/GJUBAAAAALDgLluz&#10;4dFJHte6A45YLS9snQAAANAvo60DAAAA4IHa8sjxEzvL8gMpZWOt9dSUrE5yTJKV9/yQO5LcmZLr&#10;Sq9c1yu9L9153Mq/v3D79gPtqgFgaek4pYzF77lXrl278uwbbtjXOgQAAGChGZUBAACwKF2+dsMT&#10;Ot28pJa6qSSn16Qkd//9PtWklpqSkuP27N87Obb+U6Xkkt7+8pcTX526pW/xALAElZQLkto6Ax6I&#10;4+6qI2cnmWwdAgAAsNDu76N2AAAAGCgXr1p11LFl5U+WktckOX0ev/RsTbZ20nnrpplrPzyPXxcA&#10;SLJt/fqH9w6Wr8Zn0ix65Xc3z1z3c60rAAAAFpqTygAAABh4W8bHV5QDeV1KXp+aExfgJUZLckFN&#10;74KtY+P/WFJ+9byZ6y5bgNcBgCWpd7CcG4MyhkLv3NYFAAAA/dBpHQAAAAD3Z8vq8XNzIF9K8sYF&#10;GpT9KzV5Qi/10smx9ZdtWT2+fqFfDwCWiPNaB8D8KBu3rdl4SusKAACAhWZUBgAAwEDa9ojHHzM5&#10;Nv6eUrKtJBv6X1DOLyVf3jq24bX9f20AGDb1Wa0LYL500z27dQMAAMBCMyoDAABg4FyxeuNJvRV7&#10;P57kZY1TVtbU39k6Nv7ui08/fXnjFgBYlK5YtW5DUh7VugPmS6fmh1o3AAAALDSjMgAAAAbKttXr&#10;H9sts59L8qTWLf+iJi8//s79H7/0pFMf1roFABabbqf8QOsGmE+95GmtGwAAABaaURkAAAADY+uq&#10;9eO9UrYN4mkmteYpo6O9rVvGx49v3QIAi4wBDkOlJONuNgAAAIadURkAAAADYduajafUTvlokpNa&#10;t9yPMzoHc8W2Rzz+mNYhALBo1PLU1gkwz8rIsu73t44AAABYSEZlAAAANHfxqlVH9Wr3kiQnt245&#10;lFrzlLpi7ztadwDAYrBlfHxFSk5v3QHzrdTy5NYNAAAAC8moDAAAgOaO66x4R5LHte6Yq5q8fHJs&#10;/StbdwDAwDuYxyQZbZ0B860uot+7AgAAHAmjMgAAAJraunr8eUn5ydYdh6+8Zcvq8fWtKwBgoNVq&#10;eMNQKqmPbd0AAACwkIzKAAAAaOZD69Y9qJb879YdR+iYUupibQeAvii1Y1TGkCrrt4yPr2hdAQAA&#10;sFCMygAAAGjmYLfzC0ke2brjyJVzJlePP7d1BQAMrNJ7dOsEWCCjdV/v1NYRAAAAC8WoDAAAgCa2&#10;rnn0o0rN61t3PFCl5H9c5M/XAHCvSsq61g2wUDojZbx1AwAAwELxoTcAAABN1Hrw55KsbN3xQNXk&#10;0U9Zs/55rTsAYNDUpNRkTesOWCildsZaNwAAACwUozIAAAD6bsv4+Iokr2zdMW9q+dnWCQAwaK5Y&#10;v/7EJEe37oCF0qt1desGAACAhWJUBgAAQN+VA3lukoe27phHZ21bs/GU1hEAMEhmD1SnODHUSolR&#10;GQAAMLSMygAAAOi/Wl7UOmGelV56P9o6AgAGyWgZeWTrBlhgq1oHAAAALBSjMgAAAPrq4tNPX55S&#10;z2vdMf/q+a0LAGCQ9Goe1roBFlY9oXUBAADAQjEqAwAAoK+Ou3P/GUmObt0x72qeevGqVUe1zgCA&#10;QVE6PYMbhlx5SOsCAACAhWJUBgAAQF/V1Ke3blggK47trHhS6wgAGBS1FqMyht2DWwcAAAAsFKMy&#10;AAAA+qrUnN66YaGUDO/3BgCHqxSDG4be8m2PePwxrSMAAAAWglEZAAAAfVY2tC5YMLUzvN8bABym&#10;2svy1g2w0Lpl7/A91h0AACBGZQAAAPTfWOuABdPJqtYJADAwilEZw6+zYtlo6wYAAICFYFQGAABA&#10;vw3vI4Jq77jWCQAwQFa0DoCFNjKyf1nrBgAAgIVgVAYAAEC/De8jgko5tnUCAAyK4qQyloD9s6NO&#10;KgMAAIaSURkAAAD9VlsHLJhaZlsnAMCgqL3aa90AC215b3akdQMAAMBCcAcNAAAA/XZ7kqNaRyyI&#10;mjtaJwAL75KNG48b3XtwY6d0TivJhlrL0Sk5PqV3XGo5OqnHJElN2VeSvUm5LaV+q6TsranXd1K/&#10;Ursrr960e/s3Wn8vsKA62T/EU3JIktRe2de6AQAAYCEYlQEAANBn9fakPLJ1xUKonXpb6wZgfm0Z&#10;Hz++c7D8YO3lrJTeE5JyWu7qrkq5+wEANUnKPauZWu75WeU7/n7Pj6pJvWdd00tJOvszuWb8llLz&#10;lV7NF1PysZFl9ePnTU/f3KdvDRZe7RwY5gNKIUkOZOSu1g0AAAALwagMAACAPutMJ3Vj64qFUGqu&#10;a90APDBX5qzR/at2nVNL51kp9awcyBNr6sjdC7FyqJ9+eGpOrMmJpeSZSX6md7DUybHxf0rNR0un&#10;XHlH964tF+7ebazAYra/dQAstGMPLnNSGQAAMJSMygAAAOivUq9JzUTrjIVQSrm2dQNw+GpSto2d&#10;+qya3sv3Zfdzk/KgRqcrlSSnp+T0Wutrjuus3LdlbPzDJXnPiSc+6INnXnXVwRZRcOR6++Z9jAmD&#10;5pYTjcoAAIChZFQGAABAX9Xky8N6ebnT7X6xdQMwdx9at+5B3dmRV21N/Ymk95jWPfdiZUkuSHLB&#10;zTffPrNlzfh7R3sjbz931zU3tQ6DuSil8/VaPf6SoXbn2fnobOsIAACAhdBpHQAAAMDSsmyk9+HW&#10;DQtk57m7d3j8JSwCW04eXzU5tv6ts7OdG2vqm5IM4qDsXyklY6Xml7ulu2tybPziy9ZseHTrJjiU&#10;2qu3tm6ABXZL6wAAAICFYlQGAABAXz17x46ZJNe37lgAn2gdANy/fxmTlZFck5SfS3JM66Yj0Eny&#10;YyO1fnFybPw9xmUMshqjMoaeURkAADC0jMoAAADou5r6vtYN865m+L4nGBLbHvH4Y+4Zk+24Z0x2&#10;dOumeTCa5GUjtW6fHBt/z6Unnfqw1kHw3TplxKiMIVe+3roAAABgoRiVAQAA0Hel1/uz1g3z7Osn&#10;PvxBk60jgO81uWbdRG/F3i/eMyZb1rpnAZQkLxsd7V2zdWzDay/yeR8DpHSyu3UDLKRS61dbNwAA&#10;ACwUHzIBAADQd5t3X//F1Hyhdce8Kbn4zKuuOtg6A/i2LY8cP3FybPy9qZ3Lk6xr3dMHD62pv/OU&#10;sfXbtqweX986BpJkeQ7ckKS27oCFUjtlGB/pDgAAkMSoDAAAgEZKyX9v3TBPZlNGf6t1BPBtW9as&#10;31xWZHuSl7Ru6b9yTin50uTY+le2LoGzb7hhX5Kvte6AhVKSHa0bAAAAFopRGQAAAE3cMTP1V0mm&#10;W3fMg7/YfMPVN7SOAJLPnXHGssmx9W8ttVyemhNb9zR0VFL+z+TY+HuuPPH0Y1vHsMTV3NA6ARZK&#10;r1SjMgAAYGgZlQEAANDEhUm39OrPtO54gPbO9jq/1DoCSD58yimPuOWW27Yk5eeSlNY9A+Jl+1bu&#10;/+TlJ687tXUIS1d1khNDbGTEqAwAABheRmUAAAA0s2n39NZSM9m640iV5M3P2X3tja07YKmbXHXK&#10;4w92O59PyjmtWwZOyfd1RjpXbVk9fm7rFJaoki+2ToAFcvN509M3t44AAABYKEZlAAAANNUd7f50&#10;SW5r3XHYar5wx3ErfrN1Bix1k2PrnpHOyEeT8qjWLQPs2FJy6ZbV63+8dQhLTym9L7VugIVR/LcN&#10;AAAMNaMyAAAAmjr/+ut39mr9t607DtPtpdYfvXD79gOtQ2Ap27pmw/lJZ1uSh7RuWQSWl1L+bMvq&#10;8Z9uHcLS0jloeMOQKtUpfAAAwFAzKgMAAKC5iV3TH6w1v9e6Y45qKeXVm3ZPT7UOgaVscs2GF9Ra&#10;/zrJ0a1bFpGRUvL2ydXjr28dwtJx7k3Tu5Pc3roDFsD21gEAAAALyagMAACAgbB519TPJeXdrTsO&#10;odaa12zaed3/2zoElrKtaza8MLVenGR565ZFqKTktw3L6JeS1Jr8XesOmG81+YfWDQAAAAvJqAwA&#10;AICBUJJal9dXJbm0dct9qLXUX5jYNfXO1iGwlE2uHT+r1vreJCOtWxa1kjdvWTP+itYZLA0l+dvW&#10;DTDPbv+7nVNfaB0BAACwkIzKAAAAGBgTU1P7V86sekGSP2zd8l0OlJJXTuycfnPrEFjKLl+97sz0&#10;ckmSla1bhkApNb+/dc2GF7YOYfh1Uj7VugHm2WcuSnqtIwAAABaSURkAAAAD5ex8dHbzzNS/T83r&#10;kxxs3ZNkZ+l1fnDTzqlBG7rBknLpqlNP7pTOpUmOb90yREZqre/Zsmb8ia1DGG77jup8Jkm3dQfM&#10;l1KK0/cAAIChZ1QGAADAQNq8a+p/1U6emdQb2lWULaW34ulAyiYAACAASURBVEmbdl/7d+0agItP&#10;P335aKf310ke2bplCB1dai758MmnndA6hOH1vGuu2ZPkH1t3wHyptev0PQAAYOgZlQEAADCwJm6Y&#10;+syJJz741Jr8UpJ9fXzp7SWdZ2+eue78Tbu3f6OPrwvci+Pu3P/GJE9u3THEVh8cOfjumpTWIQyx&#10;WidbJ8A82bPnuKM+0ToCAABgoRmVAQAAMNDOvOqqgxMzU2/qdDpPLMl7srCPxNyT5JdXdmbP3DRz&#10;7YcX8HWAOZpcs/75qXld647hV87funrcv2cWTqnbWifAPLnywu3bD7SOAAAAWGjuPgQAAGBR+dC6&#10;dWOzs52frjUvLiVj8/Ala0k+0St5d5bl/RNTU3fMw9cE5sEVqzee1C3dLyR5WOuWJWJ/LXnaxM6p&#10;z7cOYfhcmbNG94/tvqUmD27dAg9ErXn1xK6pd7buAAAAWGhGZQAAACxKFyWd71+94RmdUjen5qyU&#10;nJlkdI4/fVeST6fmM93SueSCmWt3LFwpcKQmV2/465T6/NYdS8yXVs6setLZ+ehs6xCGz+Tq9X+V&#10;Ul7QugMeiFozPrFrarp1BwAAwEIzKgMAAGAoXLxq1VHHLzv61NrtnVpLXVNqObYkK5OkJr1ScmMv&#10;dcdob/QL5+665qbWvcD92za24YJe6qWtO5am8trNM9e9rXUFw2fL6vU/Xkr5i9Yd8AB8fvPM1JNa&#10;RwAAAPSDURkAAAAAA+XiVauOOq6z8ktJ1rduWaLuGKkjjzbAZb5detJJR4+OHn1zkmNat8AR+uXN&#10;M1NvbB0BAADQD53WAQAAAADwnY7vrPylGJS1dPxsur/VOoLh85ybbtpbk62tO+AI1W46f9k6AgAA&#10;oF+MygAAAAAYGJevXfvImvx8646lrpS8aNvY+jNadzB8Si1/1boBjkRJvnDBzLU7WncAAAD0i1EZ&#10;AAAAAAOjU0d/IclRrTtI6aX8l9YRDJ+VIwc/kOSbrTvg8JU/aV0AAADQT0ZlAAAAAAyEbevXPzw1&#10;r2rdwf/vOU4rY76dfcMN+1Ly56074DDtH+2OvLd1BAAAQD8ZlQEAAAAwELqz5bVJjm7dwbf1Un6x&#10;dQPDpyR/1LoBDtMl59x49a2tIwAAAPrJqAwAAACA5j6wdu2DS83PtO7ge7xw69j46a0jGC6bdk79&#10;Q0n+sXUHzFWthpAAAMDSY1QGAAAAQHNH1ZGXJjm+dQffo1NTPJKUeder+f3WDTBHO+7cNfWR1hEA&#10;AAD9ZlQGAAAAQHO1lle0buC+1JdsGR9f0bqCIbMif5zUf26dAYdSSt5yYdJt3QEAANBvRmUAAAAA&#10;NDW56pTHJ3li6w7u00PLwXJ+6wiGy8TU1P6kvK11BxzCrQcP7n1X6wgAAIAWjMoAAAAAaKqWkZe3&#10;buAQavUeMe/q8rwjye2tO+B+/MFzbrppb+sIAACAFozKAAAAAGjmypw1mpKXtu7gkCa2PHL8xNYR&#10;DJeJqak7SuIUKAbVvtrN21tHAAAAtGJUBgAAAEAz+1ff9LSSPKJ1B4e0rLOsXNA6guFzsNd5c5ID&#10;rTvge5S8Y+LGqd2tMwAAAFoxKgMAAACgmV66z27dwNzUTs5t3cDwec7ua29Myp+37oDvctdIb+S3&#10;W0cAAAC0ZFQGAAAAQDOllGe1bmCOav3hmpTWGQyf2V75lSTfat0B31Z/79xd19zUugIAAKAlozIA&#10;AAAAmtgyPn58kie37mDOHr5l1brHto5g+Nx9Wlne1roD7nFHZ1ne3DoCAACgNaMyAAAAAJooB3vP&#10;SDLauoO5K52Ok+VYECvvWvHfkzgZivZq/ut509M3t84AAABozagMAAAAgDZq5xmtEzhs3jMWxNm3&#10;bL+zlvxq6w6WuJJr9xy/4vdaZwAAAAwCozIAAAAAWnlM6wAOT0ke3bqB4XXnzql31+TLrTtYukrN&#10;r164ffuB1h0AAACDwKgMAAAAgEbqaa0LOGzjV+YsjyxlQVyYdEvNG1p3sFSVj5w3M/W+1hUAAACD&#10;wqgMAAAAgL773BlnLEvKutYdHLble0+e8b6xYDbvmtpWS97VuoMl51u9kdmfKkltHQIAADAojMoA&#10;AAAA6LtbvnHnuiTLWndw+MpIZ2PrBobbspHe65Lsat3BkvKb519//c7WEQAAAIPEqAwAAACAvqvd&#10;7qmtGzgynVK9dyyoZ+/YcXut9edad7BkXF2X5y2tIwAAAAaNURkAAAAAfVdSH9W6gSPT6xXvHQtu&#10;Ytf0B5Py7tYdDL0DteTFE1NT+1uHAAAADBqjMgAAAAD6rpQc17qBI9MpOb51A0vD6Gj3tUl2t+5g&#10;qF00sXPq860jAAAABpFRGQAAAAB9V2sxKlukavHe0R/3PAbzZ5PU1i0Mn1Ly2ZUzq36rdQcAAMCg&#10;MioDAAAAoP+cVLZ41Z73jr6Z2DX9wZT8TusOhs4dnW7vZWfno7OtQwAAAAaVURkAAAAAfVeqUdli&#10;VeKkMvrrszun3pDkitYdDI3aSXnJubt3XNc6BAAAYJAZlQEAAADQdzU5unUDR6Ymx7RuYGm5KOl1&#10;ltWXJdnduoWh8D/Om7nustYRAAAAg86oDAAAAID+q9nXOoEj5r2j786bnr65V8tLknhcIQ9A/cTK&#10;mVW/1roCAABgMTAqAwAAAKDvSsme1g0cmVJzR+sGlqbzd1338VLq61p3sEiVXFt6K3/k7HzUMBEA&#10;AGAOjMoAAAAA6LterUZli1Q1CKSh83ZOvz01f9S6g8WlJLfVmudv2r39G61bAAAAFgujMgAAAAD6&#10;rnQ6hkmLVTUqo52S1M/umnplkotbt7Bo7E/tPHdiZuqfWocAAAAsJkZlAAAAAPRd6RkmLVodj7+k&#10;rYuS3p7evp9MyidbtzDwamr5D5t2XfuJ1iEAAACLjVEZAAAAAH3XK/XrrRs4MqUX7x3NXbh7910H&#10;jupMJPmH1i0MrFpq+anNu677k9YhAAAAi5FRGQAAAAB9N1Lr1a0bODK1U7x3DITnXXPNnnogm1Jy&#10;besWBk9Jed2mXde9q3UHAADAYmVUBgAAAEDfdVeU65J0W3dw+Eqt17RugH8x8dWpW2ovE0m9oXUL&#10;g6PW/Pammeve2roDAABgMTMqAwAAAKDvJqam9ifZ2bqDw9btLc9U6wj4ThO7pqaXjfSemlK+2LqF&#10;9mrySxO7pt7QugMAAGCxMyoDAAAAoIlS48SrxeeGewaBMFDOuf76r3Xr/rNS85nWLTRTa6k/PzEz&#10;9abWIQAAAMPAqAwAAACAJnqlXtu6gcNTarxnDKwLZma+2S0HJgzLlqSamjdM7Jx+c+sQAACAYWFU&#10;BgAAAEATndL5ROsGDk8t8Z4x0C6Ymfnmyn0rnp2Uj7RuoW8OJHn55l1Tb2kdAgAAMEyMygAAAABo&#10;o7v8yiS91hnMXel1DHUYeGffsv3OPTPXnVcSj0EcdiW31E5+aPPM1HtbpwAAAAyb0joAAAAAgKVr&#10;cmz8qiRPat3BnHxzz8zUiRcm3dYhMFeTY+tfmZTfTbK8dQvzq9bMjKSef96u6S+3bgEAABhGTioD&#10;AAAAoJ1a/qZ1AnP2cYMyFpvNM9O/X0ueWmtmWrcwj2r5QFbkcQZlAAAAC8eoDAAAAIBmSu15nOIi&#10;UVO9VyxKEzunPt/pLHtqaj7TuoUHrFuTX9q067oXTkxN3dE6BgAAYJgZlQEAAADQzMHeXR9PYhgw&#10;+OpIGb2sdQQcqU07v/LPe+q+H07N25PU1j0ckW+UmhdOzEy9qXgPAQAAFlxpHQAAAADA0rZ1bPz3&#10;a/LvW3dwP2o+unnX1NmtM2A+bFmz/odLLe9Osqp1C3NTk8tGltWfOm96+ubWLQAAAEuFk8oAAAAA&#10;aKt2/rR1AvevduI9YmhM7Jz+m32d2cel1D9v3cIh7U3qqzbPTD3XoAwAAKC/nFQGAAAAQFM1KVvH&#10;xqeSrGvdwr3aW5fnURNTUx5TylCpSdm2Zv1rai3/M8lRrXv410ryj72SV0zsnPp86xYAAIClyEll&#10;AAAAADRVklqS97bu4D6U8n8NyhhGJambdk7/3myvsyFxGt8AuTOpr/rMzNQZBmUAAADtOKkMAAAA&#10;gOa2rdl4Sq92r0myrHUL/1ot9VkTO6f/pnUHLLStq8efV0v9naSsbZyyhNVPdDojrzzvhmuvbl0C&#10;AACw1BmVAQAAADAQJsfG/yDJv2vdwXco+djmnVNntc6AfvncGWcs+/otd7y6pv5GkmNb9ywhXyrp&#10;vH7TzLUfbh0CAADA3Tz+EgAAAICB0E3njUlmW3fwHWrv11snQD+dedVVBzfNXPfW0qtPTPK+JL3W&#10;TcOsJLeVUt9Ql+f7DcoAAAAGi5PKAAAAABgYW8fG312Tl7fuIEnKJzfPXPeDrSugpW2r1z+2V8qv&#10;JXlh3KQ9n/aUUt6W7vK3bNq9/RutYwAAAPheRmUAAAAADIwtY+OPKcmXYrzRXE2eOzEzdWnrDhgE&#10;k2tPW5te9/9J6iuSjLbuWcS+WZM3HXXXireffcv2O1vHAAAAcN+MygAAAAAYKJNrxt+emle37lja&#10;ypbNM9ed37oCBs3WsfHTa+obkvJvkqxs3bOI3JzkHfVA3jHx1albWscAAABwaEZlAAAAAAyULePj&#10;x5cD9eqkPKp1yxK1r/Tq4zbtnp5qHQKD6pKNG49bftfsi2rKz5bksa17Btina/LGO2emtlyYdFvH&#10;AAAAMHdGZQAAAAAMnMmx9T+RlD9p3bEU1Vp/fWLX9K+17oDF4KKk8+Sx8fNL8pokz45H9ybJt0ry&#10;V7WTd226YepjJamtgwAAADh8RmUAAAAADJyalK2rx/8mJWe1blliduzp7Xvshbt339U6BBaby085&#10;Zc1Id/THa+q/SfLE1j191kvKp1Lqn9Rled/E1NQdrYMAAAB4YIzKAAAAABhIW0859ftqt/d3SZa3&#10;blkyap63edfU/22dAYvdtpPWr66jnRfU1B9L8vTWPQvkYE22JfV9nd7Kyzbt3v6N1kEAAADMH6My&#10;AAAAAAbW1tUb/kMt9Z2tO5aCWvPbE7um3tC6A4bN5KpTHl9HOueW2jk7qT+Y5LjWTQ/AN5J8pKZ+&#10;qNsb2fKc3dfe2DoIAACAhWFUBgBLxKUnnfqwZct6Y+lldS13n/RQSh5Ua+18+0eVb3ZSbqu9cnu3&#10;zt42Uo76ujuNAQBobXJs/E+TvLR1x5D725Uzq846Ox+dbR0Cw+zKnDV619rdZ5Zezq7J2SV5WpJj&#10;W3fdp5JbUvOZJJ9K7X1kz64d/3Bh0m2dBcBwuzgZedD69SccnO2cMFK7J5TaOeFfPtOuSe2kc1vu&#10;/j/7Z0tu3Hvcst0Xbt9+oGk0AAwhozIAGDJXrN54Uq/Te1pN/YHUclpS1yZZk+SYI/uK9Z9rypdT&#10;88VOyvZSel+8fWb6H32IDABAv1x54unH7jtq/98nOa11y5D6eu3miRM3Tu1uHQJLzUVJ5ymnbNxQ&#10;Z2ef0CnliTV5YpInJHl4g5ydSa6uNV8upX6p162fPv/GHdc26ABgidi66vSH1tH9jy/dclov9fRS&#10;yqOT3mOS8qjD/FI1qV9NOrtTs7uU+qVaep9dNrv8s+fcePWtCxIPAEuAURkALHKXrjr15JHSe27p&#10;1B9MLT+QuwdkC+2bST6Skq11NttcfAIAYKFtG1t/Ri/lk0lWtm4ZMjWlvnDzzukPtA4Bvu3SVaee&#10;PNqZPaWUkbFeeielZlVSVpXkpCRjSY5O0knyoDl8udma3FqSW5N6a2puKaXMJOWGWnoznZqZfUeN&#10;Xvu8a67Zs6DfFABL3pVr167c31v+jKR3Tk2enbuH1J1D/bwHoibXleSzpeRjZbT+3/Omp29eyNcD&#10;gGFiVAYAi9C2NRtP6Wb2haWWFyR5atr/mr69lPKXB7vlj5+z+9obG7cAADCkto1tuKCX+oEko61b&#10;hkWtefXErql3tu4AHpgPrVv3oP2zs99zUX7F6Gjv2Tt23N6iCQCS5NKTTjp6dPToF+Tux9k/M8lR&#10;DXN6SflULb1LOt18cNPu6amGLQAw8FpfgAYA5ujKtWtX7qujL0nNf0hyZuue+9CtyWSp+YOVu1Zt&#10;OTsfnW0dBADAcNmyZvwlpeY9WeATDZaCWuuvT+ya/rXWHQAADJ/JNeNPKzX/tiYXZm4na7ZwVVJ/&#10;ty4vfzExNbW/dQwADBqjMgAYcFtOHl9VRvLqJP8+ycNa9xyGm2rytpH9R//eeV/74rdaxwAAMDy2&#10;rln/M7WW323dsbjVt22emX5t6woAAIbHxcnIsWPrX1JSfjHJY1r3HIabSyl/0Ol13nHurmtuah0D&#10;AIPCqAwABtS2NRtP6fa6v1FKfizJstY9R6zklpr6P7sH73rHc266aW/rHAAAhsPkmvG3pOZ1rTsW&#10;qUtWzqz6UScLAwAwHy5ORo4fG39xLfnPqTm1dc8DcDCpf9aZza+dd9P0rtYxANCaURkADJgt4+PH&#10;dw7kl2vyH5OsaN0zX2rytVLzproi73CUOAAA82Hr2IbX1tS3xKMw56yUvPOOnVM/e2HSbd0CAMDi&#10;VpOybc2GF9XU/7LIx2TfbV9Nfdv+TveNz7/hhttaxwBAK0ZlADAgtoyPr8iB/MeS/GKSh7TuWUDX&#10;p+anN++a2tY6BACAxW9ybPylSf4oyfLWLQOulpTXbZq57q2tQwAAWPwuW7Ph0SOp70zND7VuWUDf&#10;SM1v7jl+xe9duH37gdYxANBvRmUAMAAmT9m4Md3ue5I8uXVLn9Qkf9TNgV+4YGbmm61jAABY3Las&#10;Wf/DpZYPJDm+dcuAOlhT/93EzPR7WocAALC4XbJx43HL75r9jaS8Oslo655+KMlXSurLzpuZvqp1&#10;CwD0k1EZADR09/Hg619Ta3lTkqNb9zTw1Zr87MTM1PtbhwAAsLhNrl73/Snl4qSsbZwyaL5RSnn5&#10;pp3XXd46BACAxW1y7fhZ6eUPk6xv3dLAvlLqf/7Mzun/dVHSax0DAP1gVAYAjWxdtX68dsp7kjyt&#10;dcsA+NM9vX2vunD37rtahwAAsHhdsnHjccv2dv93KXlx65YBcUVnWX3ZedPTN7cOAQBg8apJ2bpm&#10;wxtS6xuTjLTuaarkYymjP7n5hqtvaJ0CAAvNqAwAGrh89YZndkr96yQntG4ZFCX5+OhI98Jzrr/+&#10;a61bAABY3LaMrX95SXlnluZpwEnSTfIbe2amfv3Cu/83AAAckQ+sXfvglb2R9ybl/NYtA+TOUvPS&#10;TbumLmkdAgALyagMAPps65rx19Sa30ky2rplAH096f2bzTM7PtI6BACAxe3y1evOLKXzrpI8tnVL&#10;n+2qpb5qYuf0ZOsQAAAWt22r1z+2V8oHkoy3bhlANcl/2zwzdVHrEABYKEZlANAnNSmTq9f/11LK&#10;f45fg+/P/pq8dGJm6v2tQwAAWNwuSjpPHlv/0pLylgz/KcH7krxpT2/fmzxWHgCAB2pybN0zSjqX&#10;1uTBrVsGW/0/J5744J8986qrDrYuAYD55oI2APTB5844Y9ktX7/t3anlRa1bFoluTX3FxMz0e1qH&#10;AACw+H34lFMecbA78ltJXpph/DysZGvt5Wcmdk1Nt04BAGDxm1w9fl5K/jpL93Hyh+vKlXeteO7Z&#10;t2y/s3UIAMyn4fsQDQAGzJU5a3Tf2O73J3le65ZFppZSf37Tzunfbh0CAMBw2Da24dm91P+S5Omt&#10;W+ZDTb5cav3NTbum/7Lc/fgdAAB4QCbH1v9EUv4oyUjrlkWl5jMHjh4593nXXLOndQoAzBejMgBY&#10;QDUp21aP/2EteUXrlkWq1lJ/YWLn9JtbhwAAMDwuX7vhCZ1efX2SF2dRXiyrH07qf908s+OTrUsA&#10;ABgeBmUPVPnInt5dz/E4egCGhVEZACyQmpStY+v/OCk/2bplsavJ6yZmpn6ndQcAAMPl8tXrzuyU&#10;zs8neW6Sla17DqGb5MO15i0Tu6auaB0DAMBw2bJm/CWl5k/j+vEDVD7Z2X/UpvO+9sVvtS4BgAfK&#10;bwoAYIFsXbPhN2qtv9K6Y0h0Oyk/ct7MdZe1DgEAYPhcvGrVUcd1Vl5Qk5eXZFOS0dZN96hJPpXU&#10;93Rz8H0XzMx8s3UQAADD556bLT6W5OjWLUPiks/OTL3goqTXOgQAHgijMgBYAJNrxn8qNX/YumPI&#10;7Kup50zMTP9t6xAAAIbXZWOnruvU7otKKc9K8tQkR/U5YTY1n0vJlel1/2Lz7uu/2OfXBwBgCdm6&#10;av147ZRPJ3lY65bhUn9r88z0L7SuAIAHwqgMAObZ5Ws3PKHTq38bd3XNu5p8baSMPO28nddc37oF&#10;AIDht2V8fEXdX55SSj2rJGcleUKSh8zzy9yZ5EtJPlZ69WMr9q/85Nm3bL9znl8DAAC+xyUbNx63&#10;fF/vk6n18a1bhlAtNc/ftGvqktYhAHCkjMoAYB59+OTTTjg4cvBzSVnbOGWYfX7PcSueeuH27Qda&#10;hwAAsPR8+JRTHnGwjjw6vbKxpJ5WUzck5egkx6fkuNQcneSYu3903ZeUvUluK8m3asneklzfq/Ur&#10;I+lc3RntXvPsHTtmGn47AAAsYVvGxt9fkhe27hhit/e6vSeff+OOa1uHAMCRMCoDgHly8emnLz9u&#10;z/4rk/xA65ZhV2t+e2LX1BtadwAAAAAALEaTq8dfnZK3t+4YeiXXjo70nvzsHTtub50CAIer0zoA&#10;AIbFcXv2vz4GZX1RSv7j5Ni6Z7TuAAAAAABYbC4/ed2pKfmfrTuWhJpTu93OG1tnAMCRcFIZAMyD&#10;y9ZsePRIrZ9PsqJ1yxJyYzcHHnfBzMw3W4cAAAAAACwGV65du/Ku3ujfl+SxrVuWkFpLPWdi5/Tf&#10;tA4BgMPhpDIAmAedWt8ag7J+O3k0y9/UOgIAAAAAYLHY1x35FYOyviullrddfPrpy1uHAMDhMCoD&#10;gAdoy5rxV5Tk2a07lqKa/Lutq059cusOAAAAAIBBd/djL8svtu5Yok4/bs/+X24dAQCHw6gMAB6A&#10;ratOf2hJ/kfrjiWspNP7rdYRAAAAAACDrjPS+fUky1p3LGG/eMWqdRtaRwDAXBmVAcAD0Cv7fzk1&#10;J7buWMpq8szJ1Rte1LoDAAAAAGBQXb56wzOTXNi6Y4lb2e10/nvrCACYq9I6AAAWqytWbzypW7rT&#10;SVa2biG7Z2f3bnzOTTftbR0CAAAAADBILko6Txkb/1ySJ7ZuIbWMdJ646fprv9A6BAAOxUllAHCE&#10;uum9LgZlg2LVyOhRP9U6AgAAAABg0DxlzfrnxaBsUJTa7f1K6wgAmAujMgA4AltOHl+VUn+mdQff&#10;VlL+05U5a7R1BwAAAADAQKnlDa0T+Fd+dHL1uu9vHQEAh2JUBgBHoIzGKWWDZ82+NTc+t3UEAAAA&#10;AMCg2Lpm/ElJfqB1B/9KSen8QusIADgUozIAOEyXnnTS0anxqMVBVOv/0zoBAAAAAGBQ9Hr5T60b&#10;uFfP33bS+tWtIwDg/hiVAcBhWrbsmB9J8qDWHdyrM7eMrX966wgAAAAAgNa2nDy+qpT8WOsO7tVI&#10;b7S8tHUEANwfozIAOEy11pe3buC+lZSfbN0AAAAAANBcp/5EkmWtM7hPrjUAMNCMygDgMFw2duq6&#10;JOe27uC+leRHLz799OWtOwAAAAAAWiql/HjrBu7XaZev3vDM1hEAcF+MygDgMHRq90VJSusO7ltN&#10;HvygPQd+qHUHAAAAAEArW1etH0/yuNYd3L9OqS9r3QAA98WoDAAOQymd57Vu4NB6tboDDwAAAABY&#10;ukq5sHUCc/Lc6kZ2AAaUURkAzNGWR46fmNQzWncwByU/8rkzzljWOgMAAAAAoIVa8sLWDczJw7es&#10;3fB9rSMA4N4YlQHAHJXlOSt+7VwsTrj167d9f+sIAAAAAIB+u3TVqScneWLrDuam1N45rRsA4N64&#10;MA4Ac1RqNrVuYO566Ty9dQMAAAAAQL+NlO4z4pGKi0apOa91AwDcG6MyAJijXuJuoUWk1vqU1g0A&#10;AAAAAP1WOuXJrRs4HOXpV65du7J1BQB8N6MyAJiDK1ZvPKmUjLXu4LA8o3UAAAAAAEDf1TytdQKH&#10;5ai9s8u+r3UEAHw3ozIAmIPZdB/buoHDU5JHbFuz8ZTWHQAAAAAA/bJlfHxFkie17uDwjIzUx7Vu&#10;AIDvZlQGAHNR8pjWCRy+Xu2e2boBAAAAAKBfyv7e45OsaN3B4alxDQKAwWNUBgBz0Klxl9AiVGo2&#10;tG4AAAAAAOiX2umc2rqBI1CdVAbA4DEqA4A5qCUef7kI1VLWtG4AAAAAAOiXUrO6dQOHr6YYlQEw&#10;cIzKAGAuSk5pncCRqEZlAAAAAMDSUbOqdQKHrySP2PaIxx/TugMAvpNRGQAcwkVJJzUPbd3BETAG&#10;BAAAAACWkpKx1gkcmc4xd57QugEAvpNRGQAcwpljYw9KMtK6gyNQM1aT0joDAAAAAKAfSjz+crE6&#10;2O0YlQEwUIzKAOAQRnvL/EFu8Vr5vlWrVraOAAAAAADoh5r6iNYNHJlSe56YAsBAMSoDgEPoxt1B&#10;i9lDli9f3roBAAAAAKA/is9DF6niWgQAA8aoDAAOoZT6oNYNHLmDezs+RAEAAAAAlorR1gEcmV5c&#10;iwBgsBiVAcAhlNLrtm7gyHVHjcoAAAAAgCVjWesAjkwppde6AQC+k1EZABxCqaMHWjdw5JaPOO4d&#10;AAAAAFgyjMoWqVLjWgQAA8WoDAAOoVurP8gtYt1e1+93AAAAAIClwuMvF6la68HWDQDwnVxkBYBD&#10;KCNGZYtZrxz4RusGAAAAAIA+uaN1AEeo03EtAoCBYlQGAIfQceT0Ytb93MzM7a0jAAAAAAD65Out&#10;AzgyTioDYNAYlQHAIRyc7XytdQNHqOQbFyW91hkAAAAAAH1yc+sAjkyn51oEAIPFqAwADuE5N137&#10;9STfat3BEai5tXUCAAAAAEAfOalskRpddnBn6wYA+E5GZQAwJ3V36wKOiFEZAAAAALBklJpbWjdw&#10;RPY96/rrnTIHwEAxKgOAOSnuEFqUylTrAgAAAACAsZ6hNQAAIABJREFUfqklu1o3cPhqsqsktXUH&#10;AHwnozIAmJuZ1gEcvlJ6X2rdAAAAAADQN6V+oXUCh6+kurEdgIFjVAYAc1BLvaZ1A0egm+2tEwAA&#10;AAAA+qV040bbxagW1yAAGDhGZQAwByPJp1o3cARGlrsrDwAAAABYMs7bPT2d5I7WHRye2smnWzcA&#10;wHczKgOAOVheuv+Q5EDrDg7L1zft/Mo/t44AAAAAAOiXktQkX27dwWHq5TOtEwDguxmVAcAcnH3D&#10;DfsSx4YvMle1DgAAAAAA6Luaz7dO4LDcunnX1I7WEQDw3YzKAGDOikdgLiIlZbJ1AwAAAABAv5WO&#10;z0YXk5p8+p4T5gBgoBiVAcAcldRPtm5g7nqpH2rdAAAAAADQbyv2Lv9Ykv2tO5ibkvxt6wYAuDdG&#10;ZQAwRwdn916WZG/rDuZkx8TM1D+1jgAAAAAA6Lezb9l+Z5KPte5gbkqvvr91AwDcG6MyAJij59x0&#10;095SckXrDg6tpnqfAAAAAIClq2Zr6wTmoJQvbto9PdU6AwDujVEZAByG2iuXtG7g0Eotk60bAAAA&#10;AABa6XaKUdkiUGr9YOsGALgvRmUAcBj2jRz8YJIDrTu4b7VmZs+uqctbdwAAAAAAtHLBzuu+kuTT&#10;rTu4f6XW97VuAID7YlQGAIfh+TfccFtSPty6g/vRyXsvTLqtMwAAAAAAWqqp72rdwH0ryVfO2/X/&#10;sXfvcZ7XBb3H35/fzF4AwUsCuuzOXmYWPGIooZJWBqbs7iCaZVie1MiuJ+tkeTla5mpeMj1WdlHz&#10;qHnrgpopMruLFFhpqaDliaMsM8vO7IIiisgCe5v5fc4fkqEC7rIz8/nN/J7Pv3g8eDDz4sHvwWO/&#10;39/7+/lO/EfrDgC4O0ZlAHC4an1j6wTu1szAwfrm1hEAAAAAAK3d2t3/npLc3LqDu1ZT/qh1AwDc&#10;E6MyADhMG3eNX5LkC607uAslH91w/cSu1hkAAAAAAK2dv3v33m7qX7fu4C59dXr6tne3jgCAe2JU&#10;BgCHqSS1pDgNqyfVP29dAAAAAADQK2qtb2vdwF0oeed5119/e+sMALgnRmUAcC8s27v0bUm+3rqD&#10;b/GpTZMTH2wdAQAAAADQK87dteOKJB9u3cG3mB4c6Hr1JQA9z6gMAO6Fs2+86taUvL11B/+l1Ly6&#10;dQMAAAAAQK/ppL4iSW3dwTf97RN37JhqHQEA341RGQDcS/vK9CuSfLV1B0lq/nXjrvEPtc4AAAAA&#10;AOg1G6YmrkzyvtYdJEn2pTP4otYRAHAojMoA4F566s6dN9fkla07SJJsbh0AAAAAANCrujPdlyaZ&#10;bt3R72rqGzft/MLO1h0AcCiMygDgSCzNm5Jc2zqjr5V8bNOu8W2tMwAAAAAAetW51+3YXpK/bN3R&#10;527qdJe/tnUEABwqozIAOAKj4+P7a/LC1h197NaUwZ9pHQEAAAAA0PO6y55XkxtaZ/Srmrp54+6r&#10;bmrdAQCHyqgMAI7QpqnxDyT10tYdferVjgoHAAAAAPjuNu6+6qaSPL91R5/6zAnH3+/NrSMA4HAY&#10;lQHAESpJLWXps5J8tXVLfymf3jM1/vutKwAAAAAAFopNU+PvSfKh1h195tZac/4jr7zyYOsQADgc&#10;RmUAMAs2Tn7+i7Xkf7bu6CPTnXR/+fxkpnUIAAAAAMBCMlAH/kdJbm7d0S9q6ktGd41PtO4AgMNl&#10;VAYAs2R0cvy9Sd7buqM/lN/cMDVxZesKAAAAAICF5pxdV1+f5Ndad/SFko99amriT1tnAMC9YVQG&#10;ALNoyczg/0yyu3XHIvf+jVPX/HHrCAAAAACAhWrj1Pi7k+I+69z6WicDF2xOuq1DAODeMCoDgFn0&#10;hOu+8NWZUs5xdPic+eye7r5nlaS2DgEAAAAAWMj2TF3zvCTbWncsUvtr6nkbJq++tnUIANxbRmUA&#10;MMueNHnN52snT01yoHXLYlKSm0u3nn/+7t17W7cAAAAAACx05yczpbvsGUkMn2ZXrbU+e3Rq4uOt&#10;QwDgSBiVAcAc2LRz/PLUPK91xyIy3U2etXH3xHjrEAAAAACAxWLj7qtuKt3OTya5rXXLYlFr3jC6&#10;a+JvWncAwJEyKgOAObJp1/ifpeQNrTsWgW6SC0anxi9qHQIAAAAAsNhs3L39U7Xmx+LtG7PhQ5/a&#10;Nf7C1hEAMBuMygBgDm2cHH9+Tf2j1h0LWK01z900Nf6e1iEAAAAAAIvV6K7xS0opz0gy3bplAbuo&#10;Ls3TN3/jQWkAWPBK6wAA6AdjQyMvKsnvte5YYKZT6zM37Zr469YhAAAAAAD9YGz18KZSyweSHNW6&#10;ZWGpf7FnauLnzk9mWpcAwGxxUhkAzIPRqfHXlprfat2xgBxMcoFBGQAAAADA/BmdnNiS0n1akr2t&#10;WxaKkrzLoAyAxcioDADmycZd468uKb8eR19/N1/vpJzrlZcAAAAAAPNv0+SOsdrJ41NyY+uWXldK&#10;3vSvU+MXGJQBsBh5/SUAzLMtq9eNpnbek+T+rVt60GSn1idt2DXxH61DAAAAAAD62diqkeFS8pEk&#10;D2nd0oMO1JpfH901/qbWIQAwV5xUBgDzbNPkjrE6k9NKySdbt/SSmnygLs1pBmUAAAAAAO2N7hqf&#10;WN6ZPj2pb2zd0mOu7XbKmQZlACx2TioDgEa2nXjaMd3lt701tfxU65bGppO8as/U+O86IhwAAAAA&#10;oPdsGRr+haT8QZKjW7c0VfKxJZ2Zpz/h2mtvaJ0CAHPNqAwAGhsbGjmvJH+WZGXrlgau7NT6M04n&#10;AwAAAADobRevXbt6YGbgXTV5XOuWBm6qqc/bNDXx7pLU1jEAMB+8/hIAGhudGr9oerpzepJ3t26Z&#10;RwdKKa9a3pn+QYMyAAAAAIDed+61104+8Pj7PqGU8jtJ9rbumUeXdMrAI0enJt5lUAZAP3FSGQD0&#10;kC2rRjak5E+SjLRumTvln0vqL22cGr+qdQkAAAAAAIdv2+pT1nbrzB8meXLrlrlSkxs6yQs2To33&#10;0wPhAPBNRmUA0GM2J50zh0Z+PMlrkgw3zplNnynpvGjj1PZLW4cAAAAAAHDktqxa96iUzu8leXzr&#10;lln0paS+bM+xy//i/KuuOtA6BgBaMSoDgB514cqVRx07cNRzU+uLknxP6557qySfr6mv3TM18Z7z&#10;k5nWPQAAAAAAzJ6alK2rRs4rnbyk1pzZuucI3JbkjTM58LonTU19rXUMALRmVAYAPe5Dp5xy7NLb&#10;Z56Zkl9J8tDWPYeqJP9YS/mjT05e83ebk27rHgAAAAAA5tbY6uHHp5bnlWQ0Sad1zyGarMmbZqY7&#10;bzvv+u1faR0DAL3CqAwAFoialC2rh88u3c5zU+qTkwy0bvoOJTemmws7qW/esGviP1rnAAAAAAAw&#10;/7atPmVtrTO/WJNnJlnRuucu1KT+fanlT27ZNf4Rb9kAgO9kVAYAC9BFK05+4JKBel4t9UeTPDHJ&#10;Ue1q6heTzkUl5X23TG2/zMU3AAAAAABJcmEycN+h9Y/vpvuMmrKpJCc2zDlYk8tLzd/Vbj48et34&#10;7oYtANDzjMoAYIG7aMWKoweXHLOx1u7jSsqjkzwiczsyuy0p/5rUf+52y5ZP777m05u93hIAAAAA&#10;gHuwOek8Zmj49G7KOUn5wZL62Jrcbw5/5cEk/15KPl275Z/2DRzc8tSdO2+ew98HAIuKURkALDJX&#10;nHHGki9/5esPK7U+qtZycqeT4W7NSEmGc3hjswMp2Vm6maidfL7W+u+dgYF/X3btiqvOzuXTc9UP&#10;AAAAAMDitznpPHL1+lMGunlEKfXhNXlovnEfe12S5Yfxo/YnubYm40mdKLVs79ZyZVle/210fHz/&#10;XLQDQD8wKgOAPnLJqlNWHCh1ead075uSZZ1u5z53/vvdTvfWerB7U5npfO3WL43f5FWWAAAAAADM&#10;p5qUvz/pIQ+YLgfvnww8IJ0c9y1/v3Rv69R64GAGvtaZ6R741HXj12/2Ng0AAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAFrrSOgAAAOgtlx1/6n1uX7p3xeBA&#10;OXYmWd7JwFGp3WNqydIkqUntpHNzurmlDOaWA9PZ8+ATj/3yI6+88mDrdgAAAHrP5qTzqDVrTlgy&#10;3Tm2dspxNQP3r2Xm2NQymCQpZabUckvJzNemZ+qeLOne8umdO7+8Oek2DQcAgD5mVAYAAH1o2/Dw&#10;CTMHyiNKKQ9Jqaek1pOTsjbJg5Mcfa9+aMmNqflykt215pqUur3Usr07MP3v5+7c+aXZ7AcAAKC3&#10;fHDNmvsdVQdOr7Vzcq11fSlZn1LWpNYTkhyfZOAwf+RMkhtTypdrrVMldUdJZ0dJJjqDM5974o4d&#10;U7P+LwEAAHyTURkAACxyF5566tL77Nn3qNScVUrnsUl9RJIV85xxXZIrSs2naieXLZ9c+emzc/n0&#10;PDcAAAAwC2pSxlaue9hAZ+DxtXTPrLU8siQjmd/vnW5KymdrqZ8cqOXy7D/qExtu+Nxt8/j7AQBg&#10;UTMqAwCARWjryuGRdDrn1tTRJD+Ye3v62NzZU5OPlZot07XzofN2b7+udRAAAAB3b+xBI8eXpXW0&#10;pGyqydlJTmjd9G0OJuWTpdYtMwNl7Nyd1/xb6yAAAFjIjMoAAGCRuHjN+kd0uvX8lPx4ak5u3XMY&#10;ain5VGr525mB6b8599prJ1sHAQAAkFy08uSTBjrdny7JU5KcmaTTuukwXJfUD3S7nb88d/c1n2wd&#10;AwAAC41RGQAALGB33OB/TpKfLsn61j2zoCb1n5O8Z19n5sKn7tx5c+sgAACAfjI2MrKs7K9PTSk/&#10;k+QJSQYaJx2xmlxTkvd2B2b+woNMAABwaIzKAABggalJ2bZyeEPtlF9Kcm6SwdZNc+TWlLwrnYE3&#10;brr26qtbxwAAACxmF69du7ozM/BLKXlOao5v3TNHujX5+9T6tqN2rfrA2bl8unUQAAD0KqMyAABY&#10;IMZGRpblYP57qfmNJKe27plHNSXbSurvb5ycuKx1DAAAwGJy8Zr1j+h060uS/FgWwalkh+HaWvO6&#10;owam33H2zp37WscAAECvMSoDAIAed+Gppy497tZ9v1BrXpKUB7fuaezjqfndTbvGt7UOAQAAWMi2&#10;rh4+u6a8MDUb0t/fF30pNa+bnrn9zeddf/3trWMAAKBX9PNFAgAA9LTNSefMoeFnfuMvy5qWLT3o&#10;E51SX7BhcuITrUMAAAAWkq1rT354nan/O6k/0rqlx3ypJq89qjP9ZieXAQCAURkAAPSkrUMnP6HW&#10;7utT8vDWLT2tlg9msPPiTddefXXrFAAAgF528Zo1D+p0B383yQXpr9dcHq4dKfX5myYnPtg6BAAA&#10;WjIqAwCAHrJ15fBI7eQPk3Ju65YF5ECS/z09ffsrvaoEAADgW12YDNxnaPh/lJTfTXLf1j0LR/n7&#10;mZJffdLkNZ9vXQIAAC0YlQEAQA+4LGcN7h+67jdq6uYkR7XuWaAma/Kro1PjF7UOAQAA6AUXr1x/&#10;ZqdT35Tk9NYtC9T+UsqrHvjA437vkVdeebB1DAAAzCejMgAAaGzLyrWnpTPwF3GTf1bUknccXD7w&#10;P59y9dV7WrcAAAC0MDYysiwH6itKym/Gqy5nw//tpF6wYWriytYhAAAwX4zKAACgkZqUratGfj0l&#10;r06yvHXPInNtTX3m6NTEx1uHAAAAzKetq0e+r9a8K8mprVsWmYNJfueTU+O/vznpto4BAIC5ZlQG&#10;AAANbBsePmHmYHlPSZ7YumURmy41L9uwa/w1JamtYwAAAOba1lXrf6mW+odJlrVuWbRKPlan89Oj&#10;143vbp0CAABzyagMAADm2ZY1I2el5sLUHN+6pS+UfGygO/CMc3ZdfX3rFAAAgLnw0XXr7js93Xln&#10;kqe0bukTt9Ranz26a+LvWocAAMBc6bQOAACAfrJ1aOSZ6WaLQdk8qvnhmTLziW2rhh/WOgUAAGC2&#10;bVsxvGpmunN5DMrm03GllPePDY28qDrAAQCARcofdAEAYB5sTjpnDg3/QVJ+rXVLH7stNc/YtGv8&#10;w61DAAAAZsOWNSNnpZv3J/me1i39qiYfmJm+/VnnXX/97a1bAABgNhmVAQDAHLtszZrl++qSd6TW&#10;n2zdQqZryS+OTo6/vXUIAADAkRgbGnlaSd6dZHnrln5Xkn8cnBn8sSdc94Wvtm4BAIDZYlQGAABz&#10;6EOnnHLssr0zH6nJ41q38E21lvrC0cmJ17cOAQAAuDfGhoZ/vqS8KclA6xa+6QvT3c4Tztu9/brW&#10;IQAAMBs6rQMAAGCx+uCaNfdbevvMJQZlPaeUWl43tnrkVa1DAAAADtfWofUvLClviUFZr3nIYKd7&#10;+UfXrRtqHQIAALPBSWUAADAHtq489QG1s/+SJGe0buGe1Ndtmpp4YesKAACAQ7FlaOR/JXlN6w7u&#10;Sd3ZKYOP3zB59bWtSwAA4EgYlQEAwCzbuvLUB9SBA5el1tNat/DdleQPN06NP691BwAAwD3ZMjTy&#10;4iSvbt3BIdndKQOPMywDAGAh8/pLAACYRdtOPO2Y2jnwIYOyhaMmv37H0/4AAAA9aevqkZ9L8qrW&#10;HRyyld3MbL107doTW4cAAMC95aQyAACYJZflrMF9Q7s/kmRD6xYOW03qBZumJt7ZOgQAAODOxlYP&#10;byq1fDjJYOsWDlMpn6tL6g+Njo/f0joFAAAOl5PKAABgluwbuu7/xKBsoSpJeduW1cNPbR0CAADw&#10;n7asHnlMqeUDMShbmGo9rRzMhy889dSlrVMAAOBwGZUBAMAs2LJq5HlJfXbrDo7IQGp559ahkVNb&#10;hwAAAFy8Zs2DUvO+JEe1buEI1PzwsXsOvL51BgAAHC6vvwQAgCO0bWj9E7upW5IMtG7hyNXkmv2d&#10;6Uc/defOm1u3AAAA/enCU09deuye/f+Q5AdatzBLSn5u0+T421pnAADAoXJSGQAAHIFtq09Z2039&#10;mxiULRolWb+8u+T9l+Usr5cBAACaOHbP/v8Tg7LFpeZNW1aPPKZ1BgAAHCqjMgAAuJeuOOOMJd06&#10;8+4k92/dwmyrP7JvaPcLWlcAAAD9Z+vq9c9I8szWHcy6Jal510fXrbtv6xAAADgURmUAAHAv3Xjj&#10;118eT44vZi+/eNW6R7aOAAAA+sfYqpHhWuubWncwZ0ZmpjtvaR0BAACHwqgMAADuhYtXrX9ckhe2&#10;7mBOLel0Ou/dduJpx7QOAQAAFr8rzjhjSSnlr5Ic17qFuVOTp28dGnESHQAAPc+oDAAADtOlJz3k&#10;ezql/mWSgdYtzLGak2eW3fb61hkAAMDid+OXb/6dpD6qdQdzryZvuvikdSe37gAAgHtiVAYAAIfp&#10;4MDMq5Oc1LqD+VFSfmHb6uHHtu4AAAAWr7GhkYemlBe07mDeHNMZ6Pxx6wgAALgnRmUAAHAYtqwe&#10;eUxSf651B/Oq063lrWMjI8tahwAAAIvP5qRTkrcmcc3RX87Zsmr4J1tHAADA3TEqAwCAQ3TFGWcs&#10;Sc1b48/R/eihOZAXtY4AAAAWnzOH1v98Eqcj96NS/viiFSc/sHUGAADcFV+GAQDAIbrxxlt+Ocmp&#10;rTtooyQvuGjlyV57CgAAzJoPnXLKsUnd3LqDZh64ZLD7W60jAADgrhiVAQDAIbhoxckPLKkvb91B&#10;U/dZ0un+79YRAADA4rHk9pmXJXlQ6w7aqclzx4ZGHtq6AwAAvp1RGQAAHILBJd0X1+R+rTtoqybn&#10;bxsaPqN1BwAAsPBtWzG8qpT8SusOmhtM8orWEQAA8O2MygAA4LvYtvqUtal5busOekLplvLK1hEA&#10;AMDCVwfLS5Msb91BeyX58W2rhx/bugMAAO7MqAwAAL6L2p357SRLW3fQI2o2bhla9yOtMwAAgIXr&#10;I6vX/7ea/GzrDnpHt5bfbd0AAAB3ZlQGAAD34KPr1g3Vkp9u3UGv6fxW6wIAAGDhGqh5UZKB1h30&#10;lMePrRn5/tYRAADwn4zKAADgHkzPdF4Up5Txnc7euvLkR7eOAAAAFp5tK4ZXJfUZrTvoPaVbXtq6&#10;AQAA/pNRGQAA3I1tw8MnpOY5rTvoTbXTfUnrBgAAYOHpDnZekGRJ6w56UR3duvbkh7euAACAxKgM&#10;AADu1sx0npVkWesOetZ5Hxk6eV3rCAAAYOEYGxk5LqkXtO6gd3VnZn6pdQMAACRGZQAAcJcuy1mD&#10;6ZZfbd1BT+sMxM1+AADg0HUO1mcluU/rDnpXSXn2pSc95HtadwAAgFEZAADchf2rr9tQSoZad9Db&#10;asqzrjjjDK+tAQAADkmt5WdbN9DzjjowMP3M1hEAAGBUBgAAd6HW+uzWDfS+kpz4la/c8uTWHQAA&#10;QO+7eNW6RyY5vXUHva8kz2rdAAAARmUAAPBtLlpx8gOTPKV1BwuDASIAAHAoSjquHThUp4+tHjFA&#10;BACgKaMyAAD4NoOD9ceTLG3dwYJxzgfXrLlf6wgAAKB3XZgMlJKnte5g4Sjd8ozWDQAA9DejMgAA&#10;+DYl1Y1bDsey5d2B81tHAAAAveu4lcNPTPKg1h0sIKU+vSaldQYAAP3LqAwAAO7k0pMe8j01eWzr&#10;DhaajtelAgAAd6t28qOtG1hwVm1be/JprSMAAOhfRmUAAHAnBwann5JksHUHC039kQ+dcsqxrSsA&#10;AIDec8dpU09u3cHCU2e6T23dAABA/zIqAwCAOynd8qTWDSxIy5bsnTmrdQQAANB7xtasf3hSHty6&#10;gwVpU+sAAAD6l1EZAADc4cJkoJR6dusOFqo62roAAADoPQMzrhW41874yNDQ/VtHAADQn4zKAADg&#10;DsesXP/ImtyvdQcLU0kMEgEAgO9QPbzEvTcwWJY9vnUEAAD9yagMAADu0OlUN2o5AuWUS1adsqJ1&#10;BQAA0DsuPPXUpUl5bOsOFrL6I60LAADoT0ZlAADwXx7TOoCFrdvp+gwBAADfdNzXDz4iydGtO1i4&#10;ajdGiQAANGFUBgAAd6jJo1s3sLDVbr6/dQMAANBDOtWDJxyZkodtO/G0Y1pnAADQf4zKAAAgydhJ&#10;IytLcmLrDha4ktNbJwAAAL2jpvuI1g0seAMzR93+va0jAADoP0ZlAACQpNPJGa0bWAzq6TUprSsA&#10;AIAeUTrf1zqBha/MxOcIAIB5Z1QGAABJaslDWzewKDzg0nXrVrWOAAAA2rvijDOWpNb/1rqDRcE9&#10;CwAA5p1RGQAAJEnKKa0LWBy60wM+SwAAQL761T3DSZa07mARKOUhrRMAAOg/RmUAAJAktRoCMStm&#10;ah1p3QAAALQ30+2ub93AYlGNygAAmHdGZQAAkKSWrG3dwKIx3DoAAABor9R44ITZsmJsZGRZ6wgA&#10;APqLURkAAH3vwlNPXVqSE1p3sDiUktWtGwAAgPZKyVDrBhaNMnBwYEXrCAAA+otRGQAAfe/+e/c+&#10;KElp3cGi8eDWAQAAQHu1lAe1bmDxmKnTRmUAAMwrozIAAPregQMDRkDMphNbBwAAAD2gW43KmDWd&#10;0vF5AgBgXhmVAQDQ98pA9wGtG1hUjMoAAICk5ITWCSwe3ereBQAA88uoDACAvtep5djWDSwq99ns&#10;WgsAAEiOax3A4tEpPk8AAMwvX3QAAND3aolRGbOp/PDxpx7dOgIAAGirJPdp3cDiUT0QBwDAPDMq&#10;AwCg79VaDYCYVTP3uf2Y1g0AAEBbNXFdwKyp1UgRAID5ZVQGAEDf66Tjz8XMqpn9naWtGwAAgHZq&#10;UpIsad3B4lE6Ka0bAADoL748AwCg73VT3ZgFAABg1pSktm4AAAA4EkZlAAD0vVI97QsAAMCsMyxj&#10;Nrl3AQDAvDIqAwCg75VOPdi6gcVlphRfHgEAAN3WASwepeZA6wYAAPqLURkAAH2vdju3tm5gcdm/&#10;ZNpnCgAAuK11AItIKT5PAADMK6MyAAD6Xi3VAIjZVA/u3LmndQQAANCca01mTe26dwEAwPwyKgMA&#10;oO+VGgMgZtPt5yczrSMAAIDWqmtNZk3puHcBAMD8MioDAKDv1U6+3LqBReWm1gEAAEAPqOVrrRNY&#10;PLo1N7RuAACgvxiVAQDQ92qZ/mLrBhaRmutaJwAAAO3V4tqA2TOQen3rBgAA+otRGQAAfe+2nTtv&#10;jNcVMmvc6AcAAJKS4tqAWVPqoAfiAACYV0ZlAAD0vfO/MShzc5ZZUnyWAACAJNW1AbPlwJJdD/5y&#10;6wgAAPqLURkAAHzD9tYBLA61ZLx1AwAA0BNcGzBbdpydy6dbRwAA0F+MygAAIElNNSpjdpR6desE&#10;AACgB3RnXBswK6qBIgAADRiVAQBAko7TpZglnZlc07oBAABob7q7fzxJbd3BwtcxKgMAoAGjMgAA&#10;SJI68O+tE1gU9i7bvWpn6wgAAKC9866//vakTrbuYOGrtbhnAQDAvDMqAwCAJNPZd2U8Qc6R++zZ&#10;uXy6dQQAANAryqdbF7AI1OnPtE4AAKD/GJUBAECSJ01NfS3Jta07WOjKla0LAACA3lFSrmjdwIK3&#10;b/nu1f+vdQQAAP3HqAwAAP6Lm/0cmRpPjwPHalgwAAAgAElEQVQAAN9UM+PBE45Mzb85ERsAgBaM&#10;ygAA4A615vLWDSxsNfWfWjcAAAC948BRSz6V5GDrDhauWuo/tm4AAKA/GZUBAMAdOiVu1HIkJkd3&#10;jU+0jgAAAHrHU66+ek9SPtm6g4Wr1PIPrRsAAOhPRmUAAHCHf50a/3ySr7TuYMEySgQAAL5T7V7e&#10;OoEF62Bdln9pHQEAQH8yKgMAgDtsTrpJtrXuYIHy9DgAAHAXai2Xtm5ggar5+Oj4+C2tMwAA6E9G&#10;ZQAAcCcl+XDrBhak6SXdgYtaRwAAAL3n1t3j/xynYnPvuEcBAEAzRmUAAHAn3aXZmuRA6w4WmJKP&#10;P+G6L3y1dQYAANB7zk9mkmxt3cHC0xnobGndAABA/zIqAwCAO7njtRKXt+5gYSmpTikDAADuXql/&#10;2zqBBef/bti5/QutIwAA6F9GZQAA8B3qX7YuYEHpznS6728dAQAA9K7OvmMuSXJr6w4Wjpq4zgQA&#10;oCmjMgAA+Dad/ce8P8ltrTtYKMpl51577WTrCgAAoHdtuOFzt9WS97XuYMGo3XTe0zoCAID+ZlQG&#10;AADfZsMNn7stpXidIYek1Ly3dQMAAND7Su26duBQXfmkqe07WkcAANDfjMoAAOAulHT/vHUDC8Jt&#10;+4/ueCUJAADwXX1yasdltWaqdQe9r5S8pXUDAAAYlQEAwF3YODlxWU3+o3UHva3WvOMpV1+9p3UH&#10;AADQ+zYn3U4pf9q6g5530y0z+5xqBwBAc0ZlAABw997WOoCeVjslb24dAQAALBwHp8vbk+xt3UEv&#10;K+89f/dunxEAAJozKgMAgLsxsP/otyb5ausOetYlG6fGr2odAQAALBznXb/9K0l9V+sOetbBznT3&#10;da0jAAAgMSoDAIC7teGGz91WU51Wxl2r+YPWCQAAwMIzUzp/lKTbuoMeVMoHNlw/sat1BgAAJEZl&#10;AABwj2a6A29McqB1Bz3nXzbtGt/WOgIAAFh4njR5zedrzV+37qDn1Jr6+60jAADgPxmVAQDAPThv&#10;9/brkvrm1h30llrqb7duAAAAFrTfSTLdOoIeUusHRyfHP9s6AwAA/lNpHQAAAL1u7EEjx5elmUhy&#10;bOsWekDJxzZNjp/VOgP4L5flrMG9q3d/b5LTS82qJCtLzUndklWdZGVN7nc3/+jXU3JDar6S5Cul&#10;5iu1ZDw1n6kH85nRL43fOH//FgBAvxlbPfL2UnNB6w56Qrckp22cGr+qdQgAAPwnozIAADgEY6tH&#10;XlVqXtK6g/ZKqY/fODlxWesO6GfbhodP6B7I49Mpj07No5N8X5Kj5uBX7UrymVrrpwdKtp4zNfGZ&#10;ktQ5+D0AQB+6eO3a1Z2Zge1JlrZuobFS/nrT5DU/1ToDAADuzKgMAAAOwUeGhu4/UJZenZrjW7fQ&#10;1CWbpsY3tI6AfrRl7SmnZGbmp5L8RJKHNsq4KcnfJ/XSUpZetHHy819s1AEALBJbV4/8Wa355dYd&#10;NHUgAwOnbbr26qtbhwAAwJ0ZlQEAwCHaumr9BbXUt7fuoJl9teZho7vGJ1qHQL8YGxk5rnOwPqt2&#10;y39PyZnprfsYB5L8XUnnrf86tf0fNifd1kEAwMIzNjJyXDlQv5CUB7duoZnXbJoadzI6AAA9p5du&#10;xgIAQE+rSdm2euRfas2ZrVtoYvOmqfGXt46AfrBt9fBju7X8epInJ1nWuue7q18sKe8qZeAtGyav&#10;vrZ1DQCwsGxZtf5nUuo7WnfQxHXL9y57yNk3XnVr6xAAAPh2RmUAAHAYLl65/sxOp348yUDrFuZT&#10;3bmnu/+h5+/evbd1CSxmY6tGzinJi1NyVuuWe+lgUt7Rme6+csP1E7taxwAAC8PmpHPm0Pp/Teqj&#10;Wrcwv2rJT49Ojr+3dQcAANwVozIAADhMW1aPvCE1z2vdwfypyZNHp8Yvat0Bi9XY0PAPlFpen5Lv&#10;b90ySw4m+eta83KvzAUADsXWlSc/una6/5Kk07qF+VLGNk1dc27rCgAAuDsuTgAA4DDVJXlxST7f&#10;uoP5Ut9iUAZz46KVJ5+0ddXI20rKPy6iQVmSLEnyzFLyf8eGhl970YoVR7cOAgB628bd2z9Vkle2&#10;7mDefK2UwZ9rHQEAAPfEqAwAAA7T6Pj4/m43v5yk27qFOTe+fO/y57eOgMWmJmXr6pFfGex0r64l&#10;P5vFe3/iqJLywsHBoz938ar1j2sdAwD0tluOXfaqJFe27mDu1ZLnb5z8/BdbdwAAwD3x+ksAALiX&#10;tgyNbE7yssYZzJ0DteT7RyfHP9s6BBaTi09ad3Kn03nnIjuZ7FC9r3SX/dLG3Vfd1DoEAOhNHxk6&#10;ed1Aup9NclzrFuZGSd61cWr82a07AADgu1msTwIDAMCcWz618pVJPtG6g7lRUl5qUAaza8vqked0&#10;Bjqf7tNBWZL8RO3sv2LL6pHHtA4BAHrTk6a270jqC1p3MGeuHRjs/lrrCAAAOBROKgMAgCOwbfUp&#10;a7t15tNJvqd1C7Pqkj1T46PnJzOtQ2AxuGjFiqMHB49+R5LzW7f0iAM19bmjUxNvbR0CAPSmLavX&#10;/1Vq/cnWHcyqvZ3UH9owNeEVpwAALAhOKgMAgCOwYfLqa2vqU5IcaN3CrLnqwFEDTzMog9mxbfUp&#10;awcGj/5kDMrubGlJ+fOxVSPvvWjFiqNbxwAAvWd5OXhBkn9p3cGsqSnlpw3KAABYSIzKAADgCI1O&#10;TXw8pfx26w5mxZ6SPP0pV1+9p3UILAZja0a+v1tnPlGSh7Vu6UWl5BmDg0dfcvGaNQ9q3QIA9Jaz&#10;d+7cV2dyflK/2LqF2VD/eNPkNX/bugIAAA6HURkAAMyCTZPXvC4pf9y6gyMyU2uetnFq/KrWIbAY&#10;jK0afnrp5rIkBlP37Ac63cF/+ui6dUOtQwCA3jJ63fjubqczmuS21i0cgVr/9pNTE89rnQEAAIfL&#10;qAwAAGbJ8ccf95tJLmndwb1TUl4yumvcfz+YBVtWjfyPUspfJVneumWBGJme7nxybGjkoa1DAIDe&#10;cu7Oa/4ttf5ckpnWLdwrn12+b/mzNyfd1iEAAHC4SusAAABYTMZGRo4rB3J5ktNbt3DoSvKKjVPj&#10;L2vdAYvBlqHhZyflbUkGWrcsQLsGut0fOWf3jmtahwAAvWXrqvUX1FLfFt/rLCB150Ad/IFzdl19&#10;fesSAAC4N5xUBgAAs2h0fPyWwcHu2Uk+1bqFQ/ZygzKYHWOrR342KW+PQdm9tWqm07n84pPWndw6&#10;BADoLRt3XfOOpF4QJ14tFDvqTPkhgzIAABYyT7QAAMAc+Oi6dfednu5ckuTRrVu4R6/ZNDX+ktYR&#10;sBiMrRp+einlL+MBttkwXrrLzty4+6qbWocAAL1ly+qR56TmrfH9Tg+rOwcH6w8/cceOqdYlAABw&#10;JNzoBQCAOfDEHTu+Pj3dOTfJla1buBslb9g4Nf5brTNgMbh41frHlVLeFfcZZstI7ey/aGxkZFnr&#10;EACgt2yaHH9bTX4jSW3dwl3a1ekMbDIoAwBgMXCzFwAA5sh512//Smf/0T+c1Etbt/AtuqXUX900&#10;Of6bxRcxcMS2rRheVUq9MMnS1i2LzGM7B/LnrSMAgN4zOjX+h7XWH0uyr3ULd1LK57qd6Udv2Ln9&#10;C61TAABgNhiVAQDAHNpww+du6+w/5keTXNK6hSTJTCn5xY2TE3/SOgQWg8vWrFneHSzvL8mJrVsW&#10;o5o8a8vQ+l9r3QEA9J7RXRN/10n5iSR7W7eQJLmiM9h94rk7d36pdQgAAMwWozIAAJhjG2743G3L&#10;p1aem5I/a93S5/amlPM3To7/n9YhsFjsnxn80ySPbt2xuNXXX7xq3SNbVwAAvWfD1DUfSbrnJLmp&#10;dUufe9/09O0/vGFi4sutQwAAYDaV1gEAANBPtq4efm6t5Q+SDLZu6TMT3U552rk7r/m31iGwWIwN&#10;jTytJO9r3dEndizfu+zhZ9941a2tQwCA3rNt9Slru3Xm/Um+r3VLn6m11ldu2jXxspLU1jEAADDb&#10;nFQGAADzaOPkxJ90a/cxSSZbt/SLkvzN8r3LHmFQBrPn0rVrTyzJm1p39JF1e5fvf03rCACgN22Y&#10;vPra5VMrzyzJa1u39JGbaqnnju6a+B2DMgAAFisnlQEAQAOXrDplxUzp/k1Sf7B1yyI2k+S3N06N&#10;v9ZNfphdW4ZG/i7JU1p39JlaSz13dHJiS+sQAKB3bV21/oJa6p8mOap1y2JVk/+oM90fP/e6Hdtb&#10;twAAwFwyKgMAgEauOOOMJV/5yi0vq7W+KF6HOdvGO6U+e8PkxCdah8BiM7Zq+EdLKR9s3dGf6s49&#10;3f0PPX/37r2tS4Dec1nOGjy46osnHCh1eZIMdpfcvHH3VTe17gLm39jQyENLyl8k9VGtWxaZWkre&#10;XPYd/YINN3zuttYxAAAw14zKAACgsW2rhh/WLeWdSb6vdcsi0C3J65Z1pjefvXPnvtYxsNhctGLF&#10;0YODR29PclLrln5Vk5eNTo2/onUH0Na2VcMPm0n5oU7J6TX5vpqsLMkJ+c77vXuSTCX5fzW5MqV+&#10;OkvKx0fHx/fPfzUwn2pStg4N/3xS3pDkmNY9C17J9iQ/s2ly/F9apwAAwHwxKgMAgB5w2Zo1y/d1&#10;B1+W5DeTLGndszDVL9aS53g1HMydsdXDzy+1vK51R5+7tduZXn/uzp1fah0CzK9tq4YfVkt5Tv3G&#10;64fXHsGPuiXJ1lrrX926a+Ki87/xynBgkbp45brv7XQ670xyeuuWBapbU/98yWD9X0/csePrrWMA&#10;AGA+GZUBAEAPGVs1MpySN5Xkia1bFpC9SX5/evr23z/v+utvbx0Di9XWlac+oHb2jye5f+uWvlfy&#10;Z5smx3+ldQYwP8aGRs4rNb+RkrNm/6fXnaXkTw4e3Psmf46Cxesbp5aNPK3WvL6UDLXuWUA+VQY6&#10;v7Dx2u3/3joEAABaMCoDAIAesznpfP/qkZ+tNS9PsqJ1T4/78EC3+/xzdu+4pnUILHZbhkZek+R/&#10;te4gSTI9U8ppT5q85vOtQ4C5c/Gq9Y/rlPp7SR4zD7/u+qS+fPnUqrefncun5+H3AQ18ZGjo/oNZ&#10;+js1+ZU4Ifue3JSaVx1/wn3/+JFXXnmwdQwAALRiVAYAAD3qohUrjh4YOOp5pZQXJjmudU+PuaKk&#10;8+KNU9svbR0C/WDb8PAJ3YNlR5JjWrfwDSV518ap8We37gBm3x3/z/2TJD8x37+7Jv9RavdnN+3a&#10;8en5/t3A/Nm25uSHdGfqq1Pqj8b3RHe2tyRv3NuZ/r2n7tx5c+sYAABozcUCAAD0uItWnPzAJUvq&#10;r9dan5vkvq172qr/lFpetWnX+LbWJdBPtgyNvCzJ5tYdfIuD093O2vN2b7+udQgwe7asGTkr3fxV&#10;kgc1zDiQmhdv2jX+hoYNwDzYuvbkh3dnui8tyY+lv78vur0kf96pA687Z9fV17eOAQCAXtHPFwkA&#10;ALCgfHDNmvstr0uem9RfS83xrXvmUU3y0W4trzp31zX/2DoG+s0VZ5yx5MYbb55MyoNbt/CtSvKK&#10;jVPjL2vdAcyOsaGRF5XkVUkGWrfc4cI93X0/c/7u3XtbhwBz6+KV67630+m8NN8Yl/XK/4PmXElu&#10;TvKWsqS+YcPExJdb9wAAQK8xKgMAgAXmwmTgPkMjoyX115LyhNY9c6bkxtT82XS381Yn8UA7Y0Mj&#10;TyvJ+1p3cBdKblxepofO3rlzX+sU4MiMrRp+RSnlpa077sK2Pd19TzUsg/5w6dq1J07PDP5kTf35&#10;JKe27plDn0jyh3uOXfah86+66kDrGAAA6FVGZQAAsIBtWz382G4tFyT58ST3b90zS64oJW8p+47+&#10;qw03fO621jHQ77YMjfxDkrNbd3DXauqzR6cm3tW6A7j3tqwa/t2U8tutO+5e+fvp6duefN7119/e&#10;ugSYHxcmA/cdWr+p+41x2cYkS1s3HamS3FxrPlBr3j26e/xjrXsAAGAhMCoDAIBFYGxkZFlnfzbm&#10;/7d370F21vUdx7+/5+wmkCAolVsuG8iFVhFRg7alU5AWyO4miM5UWpxRO9brTKet1al17B/W2o7O&#10;ONN2Cq1VUeu0Y2FGHYSQRGlFxqIi8RINl+RsNnvCLUSICAGzl+fXP2i3DSHJ7mbP/s7uvl4z+9/Z&#10;87zP7B8788zn/J4U1+SIvog4uXTTJOSI+E5O+ct1bnx5Q2vHrtJBwLM2Ll15btWo7gv3DzpXjtv7&#10;9jSN/mCW2rxi1ftyTp8o3TEBXzuhtWz9pXH7aOkQYGbd0tPzokZeeFWKfHVOcVlEdJdumqgU8bOc&#10;0uZc1zfEwrSpv9k8WLoJAABmEzeFAQBgjrl77druffv2XxypWh8590ekXy7ddJgU+3KOO1KO/xzN&#10;1U0ebwmdadOKNX8ROf9V6Q6Oqq6r0aXrd+9+pHQIMDlbetZsqCPfFBFV6ZaJSBF/19tqvrd0B1DO&#10;5mXnnRpp+Kqc8m/HsyfZLind9Bw5R2xPOW2ORt54wu5l3zKGBQCAqTMqAwCAOW7j2Wef2ai7Lq5z&#10;/GZKcVFEvDQiTpjBhDoiBiPi+ynlO1Idt1+xZ2B7evaEMqCDbepZ/d2IeE3pDo4upXhH71DzM6U7&#10;gIm77ZxzzhgZa/wkIl5cumVSUr2+b2jXraUzgM7wtWUr14xW6bUp0iUR8YqIODdm9iSzAxGxLVJ8&#10;J9Xxza6661uXPXjfYzN4fQAAmNOMygAAYJ65MaKxeOnKVY2uxvk54iWR61URsSoirYqpf9M8R8Te&#10;FPFIjvxgpDQUOW3LVf7RiQcW/uTSfdufmr5PAMyEzSteclbOIw/ELDlBZ37LG/taAxtKVwATkyPS&#10;pp7VW1LE5aVbJi3Fvqorv2zdwMCjpVOAznP32rXdj+57Yk2KOC+e/VkZKXoix/KIWBoRC6f41j9N&#10;KQbqOgaqFM2c871Vo/HDb+/esePDz36JCQAAaAOjMgAAYNw34rVdB1fsPS2P/eK0quo6o478wue+&#10;por0TI70i7E6P9lV1aNjY2nv6WeesvfCrVtHSjQD7bF5xeq35xyfLt3BhBzMC+L0/mbz56VDgGPb&#10;3LP66hxxQ+mOqUuf6mvtfFfpCmB2yRFpy4qXnFnHyJmprrtS6jolp9EFkavF4y9K9YGUu4brqn4q&#10;j9SPp7Fq/1OPNB+/OmKsYDoAAMxbRmUAAADAYTavWP2VnOP1pTuYmBzxuv5W8+bSHcDR3bp69cI0&#10;HPdHxIrSLcehriK/Zl1rYGvpEAAAAKB9PMICAAAAOESOSDnHJaU7mLiU82tKNwDHlg7GH8TsHpRF&#10;RFR1VB8pHQEAAAC0l1EZAAAAcIhNy1evjIgXle5gElIyKoMOd2NEI1L8WemO6ZH7Ny075+WlKwAA&#10;AID2MSoDAAAADpFSvKp0A5N2YY5IpSOAIzt5+eoNMftPKRuXq+o9pRsAAACA9jEqAwAAAJ7rlaUD&#10;mLRTN/ace07pCODIcqS3lm6YTinSNTeed96C0h0AAABAexiVAQAAAIdIOV5RuoHJq6J2whx0qJuX&#10;LFkUKfeW7phmp7zg5wcvLR0BAAAAtIdRGQAAAHCInOKC0g1MXkrJSWXQobqrEy+OiBNLd0y7lNaX&#10;TgAAAADaw6gMAAAAGHf32rXdEXFW6Q6mINfLSicAzy9X6eLSDW2R4pLSCQAAAEB7GJUBAAAA4x5/&#10;9KnTIiKV7mDycqSlpRuAI8mvLl3QFjm/9MZly+beCWwAAACAURkAAADwf0arsTNKNzA1VQonlUHH&#10;Si8vXdAmXYvTgvNKRwAAAADTz6gMAAAA+H/ymaULmJqcw0ll0IG+cfbZJ0TEaaU72qWqGj2lGwAA&#10;AIDpZ1QGAAAAjEs5Ti/dwJSdXDoAONxwXnhWzOXHCtfGyAAAADAXGZUBAAAA41JKJ5VuYMrc54EO&#10;NJrqU0o3tFOq0i+VbgAAAACmn5uNAAAAwLi6jrp0A1PmPg8AAAAAMC3cbAQAAADGpZSMymavuft4&#10;PaBj1XXt/wYAAADMQUZlAAAAwLgcxgGzmPs80IGqaPysdEM7pUhPl24AAAAApp+bjQAAAMA4J5XN&#10;av520IFy1+jDEZFLd7RNigdKJwAAAADTz6gMAAAAGJdzHindwJT9tHQAcLj+ZvNgRDxWuqNtjMoA&#10;AABgTjIqAwAAAMY1onq4dANTlR4pXQAcSfpR6YI2qbsa9T2lIwAAAIDpZ1QGAAAAjBtx4syslSPv&#10;Ld0AHEGOH5ROaIcUcf/lu3Y9UboDAAAAmH5GZQAAAMC4qjs/WLqBqUk5jMqgU1X1naUT2qFO8Z3S&#10;DQAAAEB7GJUBAAAA4/qbzZ9HxJOlO5i8XBmVQaeqfrH4axFxsHTHtKvzV0snAAAAAO1hVAYAAAAc&#10;IoVHYM5SA6UDgOe3bu+2AznijtId0+yZxvDir5eOAAAAANrDqAwAAAA4RI74cekGJq+qqq2lG4Cj&#10;yPn60gnTKqWb1u3ddqB0BgAAANAeRmUAAADAIXLK3yvdwKQdfPGpL7indARwZE+dfMJXcsydx9Tm&#10;XF9bugEAAABoH6MyAAAA4FBjyahs9vnJhVu3jpSOAI7s6u3bh1PE35XumCZ397cG/qt0BAAAANA+&#10;RmUAAADAIU48uHBrRIyV7mBSflA6ADi26uCif4iIR0t3HK9cx/tLNwAAAADtZVQGAAAAHOLSfduf&#10;ioidpTuYjHR36QLg2Nbt3XYgR/5o6Y7jtKX/geY3S0cAAAAA7WVUBgAAADyPdEfpAiauboxuLt0A&#10;TMxdrYHrItK3SndM0ZNRdb27dAQAAADQfkZlAAAAwGFyzl8q3cDEpIgfrh8cHCrdAUzMhyPqHPld&#10;EXGgdMtk5cgf6tt93+7SHQAAAED7GZUBAAAAhzn99FO+ERH7S3dwbDnnW0o3AJPT32rek1O8q3TH&#10;JN3U1xq4tnQEAAAAMDOMygAAAIDDXLh160jOsal0B8eWG2lj6QZg8vqHmv+WIj5eumOCfjx8YuPN&#10;KSKXDgEAAABmhlEZAAAAcAT5q6ULOKZHn9rd/F7pCGBq1rWaH4zIny/dcXR5d90Yu/Kq++9/snQJ&#10;AAAAMHOMygAAAIDnNbKo69aIMCLoYDny56+OGCvdAUxNisi9rYG3RYq/Ld1yBPd0N+pfWz84OFQ6&#10;BAAAAJhZRmUAAADA87rq/vufTBHXl+7giMa6u/J1pSOA45Micu9Q830R8bHSLc9xdyM3Lr9scHBv&#10;6RAAAABg5hmVAQAAAEdU57g2IurSHTyfvPnyXbtapSuA45cicl+r+cHI6U0R8XQH9NwwOvr0JVfs&#10;uf+h0i0AAABAGUZlAAAAwBH172kORMTG0h0crorqk6UbgOnVt2fnF8dSujBSfLNQwmMR8ebeVvP3&#10;rnzooeLjNgAAAKAcozIAAADgqFKd/7F0A4fKOVoLWks3l+4Apt+GoZ339g41L82R3xoRD87QZUci&#10;0qe6G2Pn9bWa/zpD1wQAAAA6WCodAAAAAHS2HJG29Kz+fo54RekW/keKt/cNNa8vnQG0181Llizq&#10;biz6k5zyH0aks9pwiYMp4oaqrj96xQO7drbh/QEAAIBZyqgMAAAAOKZbl6++IqXYUrqDiIi474TW&#10;svMvjdtHS4cAM+PutWu79+174vUpxZtyjisiYtFxvWFK2yLnf8/D8Zn+R5r7pqcSAAAAmEuMygAA&#10;AIAJ2dSzZmNE7i/dMd+lHK/v3dO8qXQHUMbNS5YsWtC1+LfqHJdEyhdHxK9ExMlH/aUUOyLHXTnH&#10;nblr7Nb1g4NDMxILAAAAzFpGZQAAAMCEbFy28vyqqn4QEY3SLfPYnX2t5m+UjgA6y81Lzn1xo7te&#10;XtXVSZFiYV3XIznqx1Ou9jdGF+1ft3fbgdKNAAAAwOxiVAYAAABM2Kae1V+IiDeX7pincp3Ta9fv&#10;2XlH6RAAAAAAYG6rSgcAAAAAs0dK3R+IiMdKd8xHKcUnDcoAAAAAgJlgVAYAAABMWO/QvQ9HjreV&#10;7piHmiMjT7+/dAQAAAAAMD8YlQEAAACT0ren+dWI/PnSHfNIjireceVDDz1dOgQAAAAAmB+MygAA&#10;AIBJG4uRP42IB0t3zAs5Ptu3u3l76QwAAAAAYP4wKgMAAAAmbUOrtT9F9fsRMVa6ZU7L8aNqeNEf&#10;l84AAAAAAOYXozIAAABgSnpbO25LKQye2ufBVHX3rdu77UDpEAAAAABgfjEqAwAAAKasd6h5XUrx&#10;T6U75qCDkeKNvUP3Plw6BAAAAACYf4zKAAAAgOOycGjZH0Wk/yjdMZfkyO/sG2p+u3QHAAAAADA/&#10;GZUBAAAAx+XSuH00D+drImKwdMtckFP8TX9r4AulOwAAAACA+cuoDAAAADhu/Y8099XV6EURcU/p&#10;ltksRfpA/1DzQ6U7AAAAAID5LZUOAAAAAOaO284554yRscbXI+L80i2zTY748/5W8+OlOwAAAAAA&#10;nFQGAAAATJvLBgf3ptS9LkXcW7pllvmYQRkAAAAA0CmcVAYAAABMuy2rVp1ej6TNEfHK0i0dbixF&#10;el9va+fflw4BAAAAAPhfTioDAAAApt26gYFH84L49chxfemWDvZojnyJQRkAAAAA0GmcVAYAAAC0&#10;1aaeVe+MSNdGRHfplg6yfSyq121o7dhVOgQAAAAA4LmMygAAAIC2u3X56itSii9GxKmlW0rLEbfU&#10;MfyWDa3W/tItAAAAAADPx6gMAAAAmBFblqxaXnelT0fEutIthTyRcnpv756dnysdAgAAAABwNEZl&#10;AAAAwIza1LP6jZHiushxWumWGZPTV7q7Rt9z2eDg3tIpAAAAAADHYlQGAAAAzLibl527tKsa++eI&#10;tL50S5s9kFL6wLqhnV9MEbl0DAAAAADARBiVAQAAAMVsXrFmfc75IxHxqtIt0+yZnPMnGsOLP75u&#10;77YDpWMAAAAAACbDqAwAAAAoKkekzSvWvCHn/Jcp4mWle47TcIr4l7HG2F+vHxwcKh0DAAAAADAV&#10;RmUAAABAR/hwRPWry9f8bqR4b0R+dTWjv9wAAAbqSURBVOmeSTqQIj49UlefuPKBHQ+WjgEAAAAA&#10;OB5GZQAAAEDH2dKzam0d6d0RcU1ELC7dcxT3RUqfHR1Jn7vyoR0/LR0DAAAAADAdjMoAAACAjvX1&#10;lStPGRlNb6ki/U6OuCgiuko3pYif5Rxfqqr82XVDA3eW7gEAAAAAmG5GZQAAAMCscPOSJYu6u066&#10;KMfYlRHpDRGxfIYuPRyR78iRbqsibultNbfP0HUBAAAAAIowKgMAAABmnQ9HVK9etvK81KhennK+&#10;ICJdkCMuSBFnHPebp9gXOd+VUvXdXOe7xtLwXRtarf3HXw0AAAAAMDsYlQEAAABzxpZVq07Po2lZ&#10;nWNpirQkIp+Vc5yUUnpBRH5hRKQUUedIT0TKB3LEM1Xkh+uchlI9NtS1IA1dvmvXE6U/BwAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwB/03n6E9cpqg/+gAAAAASUVORK5CYIJQSwME&#10;FAAGAAgAAAAhAHOryvTgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+N&#10;7Ib8OZZDCG1PodCkUHLbWBvbxFoZS7Gdt698am+zzDD7TboZTC06al1lWUE8iUAQ51ZXXCj4Pr6/&#10;LEE4j6yxtkwK7uRgkz0+pJho2/MXdQdfiFDCLkEFpfdNIqXLSzLoJrYhDt7FtgZ9ONtC6hb7UG5q&#10;+RpFc2mw4vChxIZ2JeXXw80o+Oix307jt25/vezup+Ps82cfk1LPT8N2DcLT4P/CMOIHdMgC09ne&#10;WDtRK1itwhSvYLqYgRj9aLEM6jyqeQwyS+X/CdkvAAAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwA&#10;AAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh&#10;4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BS&#10;sFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhisko&#10;SJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhABmAxZaDBAAAgwoAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0ACgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAAAAAAAAAAAAAAAA6QYAAGRycy9t&#10;ZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAHOryvTgAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;bG8CAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAA&#10;AAAAAHlwAgBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAGxxAgAAAA==&#10;">
+            <v:group w14:anchorId="23FF1B5B" id="Gruppieren 32" o:spid="_x0000_s1027" style="position:absolute;margin-left:49.5pt;margin-top:18.75pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="61672,4367" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCfn8EpEwQAAKUJAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vm2P4yYQ/l6p/wH5&#10;+65jJ3YSa53Tdfc2PenarnrXfscY22gxUCBx0l/fAey8bau2VzXSesEww8wzzzzm4d2h52hPtWFS&#10;lFFyP4sQFUTWTLRl9MuX57tVhIzFosZcClpGR2qid5tvv3kYVEFT2UleU43AiTDFoMqos1YVcWxI&#10;R3ts7qWiAhYbqXtsYarbuNZ4AO89j9PZLI8HqWulJaHGwNunsBhtvP+mocT+1DSGWsTLCGKz/qn9&#10;s3LPePOAi1Zj1TEyhoG/IooeMwGHnlw9YYvRTrM3rnpGtDSysfdE9rFsGkaozwGySWY32Wy13Cmf&#10;S1sMrTrBBNDe4PTVbsmP+61Wn9WLBiQG1QIWfuZyOTS6d/8hSnTwkB1PkNGDRQRe5kmeL1dJhAis&#10;LeZZPhsxJR0A78zuknU+X6wjdDYm3Yez+TJdZpN5vkxXriTxdHh8FdKggCTmjIP5bzh87rCiHl5T&#10;AA4vGrEaksgjJHAPXP0CSTaU1yh1MbnDYZeDCtnDdxJSS3zJjfokyatBQj52WLT0vdZy6CiuIbzE&#10;Z3NhGvwY56QafpA1HIN3VnpHN3hfAgcYLzwyuJiQz7JZtlqPyM+zdJFmV9DhQmljt1T2yA3KSEMz&#10;+HPw/pOxAeVpiyuzkZzVz4xzP9Ft9cg12mNonGf/G71fbeMCDWW0zuBsZyWkswfXuOiZhcbmrC+j&#10;1cz9nDkuHC4fRO3HFjMexlBvLqDsDiiHTUDJHqqDL4lH0a1Vsj4CclqGPgbdgUEn9e8RGqCHy8j8&#10;tsOaRoh/FID+OlksXNP7ySJbpjDRlyvV5QoWBFyVkY1QGD5aLxQhsfdQpYZ52M6RjCEDJzcPipEC&#10;/sYmhdEbcv69mIGV3bn4gyD2/8hHj/XrTt2BnihsWcU4s0evjVASF5TYvzDiMHWTC54vJ55vNW7Y&#10;K1osXYmmTcEESMTIDb2NAiJN1L7eHrvp1XkVZ2rilBuPmQGwNwr2J+AEdXySZNdTYYPca8ohSSlM&#10;x5SBaha0r2gN5P5Ye5YAja2mlnSuag2Q8WcIFtIChp0WfJTnwFzMgXST6pwkLwPOJGtgzVm7pvab&#10;r1fLOUhF0L03wvUvu8+HFILwQ4gp9MD/L3fwgQ5yt6Ua1xT9SnXFRL0TLQqSM6rXoxi/EVOLBrRQ&#10;A1X9ftLC8VNxl8yS1H0VALf5YpYmeej+CTzAdTlfzQN6XhlOiv8GOM6EE2lc/IVsXWhOUKN8nkHF&#10;iJODBsgCw14BQ4xoobF5C9cUYrX3eCVl5mhOggcXjFoOICPYWHh5UkAXBt/1oNtBGPNsFDZHL28f&#10;mHappE5in7DpgoU/clRSJ3mg5/6WMirytQAGuXPsde+9yvgPItwF/DnjvcVdNi7nfv/5drX5AwAA&#10;//8DAFBLAwQKAAAAAAAAACEAxOVqi1FoAgBRaAIAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBO&#10;Rw0KGgoAAAANSUhEUgAACZUAAAp4CAYAAAAkRdHYAAAABHNCSVQICAgIfAhkiAAAAAlwSFlzAAC4&#10;jAAAuIwBzPa7LwAAABl0RVh0U29mdHdhcmUAd3d3Lmlua3NjYXBlLm9yZ5vuPBoAACAASURBVHic&#10;7N17lJ11fe/x7+/Zk4QEEqQVAsnMnmRmJ0GjFAh6ilIBi5IEkNYjtGpb7EW7jr2ss7p6r+3hnLan&#10;Z7W1rra6WvVcqrb2GKwthcxFQ6na1qrQi56ogRBCMlyE1gJBcpv9/M4fVC3llkxm5rdnP6/XH1n8&#10;kct7/prk4bO/TwQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAADAnUukAAAAAAAAiJleec3Ja&#10;9NiqbhUrU2qtjKjPqnM6ucrRihQr6sgpRfW8Z/s9cs5Hqio9kiMeybl+OEV6uIr0cK7TIxHdrywZ&#10;6E5dunfvofn6mgAAAICFyagMAAAAAGAejHU6K+JojFaRRiLHaI4YjYjRiDwcEWdFxMnzlPJgirgv&#10;R+yPFPsj0v25ru9sRez85jOet+uC228/Ok8dAAAAQI8yKgMAAAAAmGWTwxvW1lGfF3V9XqQ4LyKd&#10;FxGrSncdg6M5YlcVsbPO+fNVpP8X1aLPbL7ni/eXDgMAAADmj1EZAAAAAMAJmFx5zsl5yaELc9QX&#10;RaSLUuRNOeJZX1O50OQc+1KKT0eOv80pf/qx+vDfXTs1dbB0FwAAADA3jMoAAAAAAI7DjRs2LF/y&#10;ePeVuYpXRI6LIuL8iBgo3TXPjkbEbTnnHZHTLY+duuRT1+7ceaR0FAAAADA7jMoAAAAAAJ7D5NDo&#10;i+qq2hI5b4mIiyJiUemmHvN4RHwyp7wjdeuPbpm6+3OlgwAAAICZMyoDAAAAAPh3tkW0lrdHLolo&#10;XRuRt0TEUOGkBSbvihw31Dlvu2Jqz+dL1wAAAADHx6gMAAAAACAickQaX9P5D6nOr4+IayLSWaWb&#10;+sSXcs43VCl9aPO+3TtLxwAAAADPzagMAAAAAGi0m9vrRwZS/oGc8xsiYm3pnj53W0r5fdE96YOb&#10;p3Z+pXQMAAAA8PSMygAAAACAxrlp1aplAwNLvycivSUiNpXuaaA6Iv9FjvjAY/XhG66dmjpYOggA&#10;AAD4BqMyAAAAAKAxJoc3rK1z980R8f0RcWbpHiIi4t6IeGeql7zH9TIAAADoDUZlAAAAAEDfG2t3&#10;rkqRfzwifXt4LtqrjkTEh6Lu/uaWqbs/VzoGAAAAmszDEwAAAACgL+WINDE8siXq6qcixSWlezhm&#10;dURsz3W8fevU7o+XjgEAAIAmMioDAAAAAPrK9RHVS4c7r085fi4iNpbuYeZSxCciql/evO+OHaVb&#10;AAAAoEmMygAAAACAvrAtorW8PfqDEfFzEWlN2RpmVUqfy7l++2f23fWH1z9xyQwAAACYQ0ZlAAAA&#10;AMCCNz48sjVy9d8iYlPpFubUZ1JUv+ByGQAAAMwtozIAAAAAYMEaHxp5SaTqHRHx8tItzKubotX6&#10;qS1379pVOgQAAAD6kVEZAAAAALDgjK85e02up383RVxZuoVi6oj4o7qa/ukr9u59oHQMAAAA9BOj&#10;MgAAAABgwdi2cePiFQeO/Occ+W0Rsbx0Dz3hKynl//LoPXf93rUR3dIxAAAA0A+MygAAAACABWFs&#10;qPPqlOJdEdEp3UJP+kzU3Tdvmbr7c6VDAAAAYKEzKgMAAAAAetrk6OgZ9dH0zoi4pnQLPa+OSP/z&#10;yNLqJ6/etetA6RgAAABYqIzKAAAAAICeNd4efUtE+h8RcVrpFhaUe3POP7p1/11/VjoEAAAAFiKj&#10;MgAAAACg52xfs+bMqtt6V6T02tItLFg553jXY/nQT187NXWwdAwAAAAsJEZlAAAAAEBPGRvuvDHl&#10;eFdEnFq6hX6Q99a5uu6K/Xd+onQJAAAALBRGZQAAAABAT/jTNWued1I98J6IuKZ0C32nmyJ+89Hl&#10;S37p2p07j5SOAQAAgF5nVAYAAAAAFDcx3Dk/5/ijiDi7dAt97W+iGnjjlr1f2ls6BAAAAHpZVToA&#10;AAAAAGiuHJHGhzo/kXN8KgzKmHsvi3r69onhdVeUDgEAAIBe5lIZAAAAAFDEE6+7bP1hRDLwoYD0&#10;ngPLF/+Y12ECAADAUxmVAQAAAADzbnJo9EXdlD6SItaVbqHJ0mfr1vQ1V9x99z2lSwAAAKCXGJUB&#10;AAAAAPNqrN25KkV8ICJOLd0CEXFfXafXXjF156dLhwAAAECvqEoHAAAAAADNMT687m0p4sYwKKN3&#10;rKqqfOt4u3NN6RAAAADoFS6VAQAAAABzbtvg4NLl1Unvj4jXlW6BZ5BTxK//7b7dP399RF06BgAA&#10;AEoyKgMAAAAA5tTk6OgZ9ZF0Y6T41tItcAxuOFAfuu7aqamDpUMAAACgFKMyAAAAAGDOjK85e03U&#10;09sj4oWlW+A4/EVeHN+5dffuR0uHAAAAQAlGZQAAAADAnBgb7pwXOcZTxMrSLTADty3qDmy+7N4v&#10;/XPpEAAAAJhvRmUAAAAAwKybaK+/LEf9ZxFxcukWOAF3d6O67Mp9d+wpHQIAAADzqSodAAAAAAD0&#10;l7Gh0e/IUd8cBmUsfGurXN86vnbDhtIhAAAAMJ9cKgMAAAAAZs3EUOfqnOJDEbGkdAvMovtyxKu2&#10;7tv9hdIhAAAAMB9cKgMAAAAAZsX40Oh35xQfDoMy+s+qFHHL9tUj60uHAAAAwHxwqQwAAAAAOGHj&#10;w6PfGTlti4iB0i0wh6a6UV185b479pQOAQAAgLlkVAYAAAAAnJCxdueqFPEnEbGodAvMg3tzjou3&#10;7t99V+kQAAAAmCtefwkAAAAAzNjE4OjmFPHhMCijOVanFLdODm9YWzoEAAAA5opLZQAAAADAjGwf&#10;GrmgStUtEbGidAsU8IVuHLnoyn37/qV0CAAAAMw2l8oAAAAAgOP20cGRdVWqxsOgjOZ6YSsv/si2&#10;jRsXlw4BAACA2dYqHQAAAAAALCw71q5dOR3VxyPSqtItUFSKNUuOdM9e98hX/uQvI3LpHAAAAJgt&#10;RmUAAAAAwDGbXHnOyd2q+7GI9MLSLdAjNg6d+k0n/eEjX9lROgQAAABmi9dfAgAAAADHJEekvOTx&#10;/xURm0q3QC/JET89PrTuTaU7AAAAYLYYlQEAAAAAx2Si3fnVHPFdpTugB6VI+d2Tw6MvKx0CAAAA&#10;syGVDgAAAAAAet/E0Lrvzyn/79Id0OP+uUqtl1x+z667S4cAAADAiTAqAwAAAACe1WR7dFMd6a8i&#10;4qTSLbAA/P2B+tDLr52aOlg6BAAAAGbK6y8BAAAAgGd006r1z68j/UkYlMGxOm95ddK7S0cAAADA&#10;iTAqAwAAAACeVo5IixbV742I4dItsMB878Rw54dKRwAAAMBMef0lAAAAAPC0xtudn4uI/166Axao&#10;Q3Vdv/SKqT2fLx0CAAAAx8uoDAAAAAB4ionh0UtzTjvC2w7gROw+srR1/tW7dh0oHQIAAADHwwMh&#10;AAAAAOBJbm63T8s5vT88P4QT1Vl0qPvbpSMAAADgeHkoBAAAAAA8SZUXvzMiBkt3QD9IOb5/bLjz&#10;xtIdAAAAcDy8/hIAAAAA+Lqxdud1KeKG0h3QZ/5lYKA+91V79uwrHQIAAADHwqUyAAAAACAiIm4a&#10;XL86Rby7dAf0odOmp6v3Zh/0BgAAYIEwKgMAAAAAIkekgap+f0R8U+kW6FOvnmiPvrl0BAAAABwL&#10;n4oCAAAAAGK8PXpdRPqD0h3Q5x6tpvOLLr/vrv2lQwAAAODZuFQGAAAAAA23Y+3alRHpt0p3QAOs&#10;qAeq3y8dAQAAAM/FqAwAAAAAGu5oXb0jvPYS5kneOjbceWPpCgAAAHg2Xn8JAAAAAA02NtR5dUox&#10;WboDmiXff2TpwIard+06ULoEAAAAno5LZQAAAADQUGOdzpKU4vdKd0DzpLOWHOz+QukKAAAAeCZG&#10;ZQAAAADQVIfzT0bESOkMaKIc8ROTa9afXboDAAAAno5RGQAAAAA00MTwC85KKf1s6Q5osEV13f3d&#10;0hEAAADwdIzKAAAAAKCJ6qO/EhGnlM6AZkuXTbbXXVm6AgAAAP49ozIAAAAAaJjtgyMvzimuK90B&#10;ROTIv74tolW6AwAAAP4tozIAAAAAaJiqSr8VRizQE3LEC1YMrfu+0h0AAADwb6XSAQAAAADA/Bkb&#10;6rw6pZgs3QE8yX0H6kOda6emDpYOAQAAgAiXygAAAACgUVLEfy3dADzFqlOqk364dAQAAAB8jUtl&#10;AAAAANAQY8OjW1JOY6U7gKf1T0eWtkau3rXrQOkQAAAAcKkMAAAAABoi5fS20g3AM3r+ooPdt5aO&#10;AAAAgAiXygAAAACgESbb666sI99UugN4Vl856eCS4Usf2vlY6RAAAACabaB0AAAAAMBsuWnVqmUD&#10;i1ec0a3rJ11nXzTdPfrIaSd9+dqdO4+UaoPS6sg/X7oBeE7fdHjZoTdFxDtLhwAAANBsLpUBAAAA&#10;C8a2jRsXn/LY4Y0RcV6V48U5YlVEPisizohIqyPilGf55TkiPxCR7o2IeyPSvhx5T5Wr2w8vS/9w&#10;9a5dB+bli4ACtg+te0WV8sdLdwDHZOrA8iWjhtAAAACUZFQGAAAA9KyxMzunx5K4KiIuSjnOjYgX&#10;RcSiOfij6hSxK0fcniN/JlWLbtqy90t75+DPgSLG250bI+I1pTuAY5XftGXfXe8rXQEAAEBzGZUB&#10;AAAAPWWyPbqpjnRVRFwTES8smLInIt8ckW/YvG/PX6eIXLAFZuzm4XUvaOW8MzwLhIXkS5/et3vj&#10;9RF16RAAAACayYMkAAAAoLixTmdFOhzfk1K8OUecW7rnaXw+R37vooH8/lft2fNI6Rg4HmNDnd9N&#10;KX60dAdwfHLKW7fec9d46Q4AAACayagMAAAAKCJHpMn2+m/PUb8lnngt35LSTcfgcET8eYrqPZv3&#10;3bGjdAw8l5tWrX/+wEC9LyKWlm4Bjk/KMb55/+6tpTsAAABoJqMyAAAAYN6NDY++MuX0KxFxYemW&#10;GUvx8VRXv7h5/x2fLJ0Cz2RsePQnU06/UboDmJHuwEA98qo9e/aVDgEAAKB5qtIBAAAAQHOMt0cu&#10;Gm93/ibldEss5EFZRESOi3OqPzHeXrdj+9DIBaVz4N/LESlFenPpDmDGWke71Q+XjgAAAKCZXCoD&#10;AAAA5tzkqtGheqD65Yj8vdGfH3KrI9IHqun6Fy+/7679pWMgImJiaP235VR/onQHMHM54stnnH7q&#10;0AW33360dAsAAADN0o8PcQEAAIAesS2iNdbu/Ew9kHZF5Ouif59FVBH5unog7Rprd37m+v79OllA&#10;cur+QOkG4MSkiJUPPfTId5TuAAAAoHlcKgMAAADmxPbVI+urVvV/IuJlpVsK+OtU5zdtnrprd+kQ&#10;munW0zeecmjp4fsiYnnpFuDEpBzjm/fv3lq6AwAAgGbxqVkAAABg1k0Md36oalWfjWYOyiIiXp6r&#10;9Jnxdud7SofQTAeXHnp9GJRBX8gpXr1j7dqVpTsAAABoFqMyAAAAYNbctGrVsvF2Z1vO8d6IWFG6&#10;p7DTIuIDY0OdP9o2OLi0dAzNklJ6Y+kGYNa0jky3Xls6AgAAgGYxKgMAAABmxfa1a4cHWsv+JiKu&#10;Kd3SS1KKNyyvTrpl+5o1Z5ZuoRluGly/OnJ8W+kOYPakFC5fAgAAMK+MygAAAIATNjbYubjqtm6L&#10;FN9SuqVHXVjVA7dtHxq5oHQI/a9VdV8bnvtBv7lwcnjD2tIRAAAANIeHSwAAAMAJmRgc3ZyqGI+I&#10;55du6XGrq1TdMjG03gUp5lRyLRD6Uapz97tKRwAAANAcRmUAAADAjE0Mda7OVboxIpaWblkgVuRU&#10;f2ys3bmqdAj9acfatSsj0stKdwBz4j+WDgAAAKA5jMoAAACAGZkY6lydU2yLiMWlWxaYJSniw+ND&#10;ndeUDqH/TNet10VEq3QHMCc2ja3uDJaOAAAAoBmMygAAAIDjNtle96qc4o/DoGymFkeK/zs+1Lm8&#10;dAj9pc5xdekGYM6kaiA2l44AAACgGYzKAAAAgOMy2R7dVEf+s/DKyxO1NFJ8ZGK4c37pEPrDradv&#10;PCVFXFy6A5g7OYcrlwAAAMwLozIAAADgmH1sZKTdjbQ9IpaVbukTy3KO7ZOrRodKh7DwHV525OJw&#10;PRD63WU3rVrlezAAAABzzqgMAAAAOCa3nr7xlOmj1Z+niJWlW/rMmXkg/fnkynNOLh3CwpZz/erS&#10;DcCcW7p44ORXlo4AAACg/xmVAQAAAM9pW0Tr0NIjH4oU31K6pR/liHPrxV99f45IpVtYyNJlpQuA&#10;uVdHGJACAAAw54zKAAAAgOe0fKjz4xF5a+mOvpbSayeH1v1w6QwWpsnhDWsj4oWlO4D5kC8pXQAA&#10;AED/MyoDAAAAntX44NpzIsWvle5ogpzy27evHllfuoOFpxvdS0s3APNm483t9mmlIwAAAOhvRmUA&#10;AADAM9q2cePiVLXeFxFLSrc0xLKqqt63LaJVOoSFJeX8baUbgHlTDeTFrygdAQAAQH8zKgMAAACe&#10;0SmPHnpbjji3dEejpPjW5e3OT5XOYMG5sHQAMH/qCENSAAAA5pRRGQAAAPC0tg+OvDil9LOlOxrq&#10;lz46OLKudAQLw47VZ39zRPLaVGiQlJJLZQAAAMwpozIAAADgaVWp+p2IWFS6o6GWdqvq7aUjWBiO&#10;VtMXREQq3QHMp3zutsHBpaUrAAAA6F9GZQAAAMBTTLTXXxYpLind0XBXjbVHX146ggUgefUlNNCi&#10;FbHsxaUjAAAA6F9GZQAAAMCTbIto5ah/q3QHESmqd2QXqHgOOeJlpRuAAlI+v3QCAAAA/cuoDAAA&#10;AHiSFUPrvi8iXD/pCfklE0Oj31W6gt6WUpxbugGYf3Wqv6V0AwAAAP3LqAwAAAD4uusjqpzyL5Tu&#10;4BtSSr/kWhnPZMfatSsjx+mlO4D5lyK5VAYAAMCcMSoDAAAAvu6lQ6OviYjR0h18Q454weTg6OWl&#10;O+hN03X1wtINQDEvvjUuGSgdAQAAQH8yKgMAAAC+LqX0Y6UbeKq6Sj9SuoHelOv0gtINQDFLj6y5&#10;r1M6AgAAgP5kVAYAAABERMT44NpzIuKVpTt4qhSx9eb2+pHSHfSeVMWLSjcA5XS73bNLNwAAANCf&#10;jMoAAACAJ1TVW0sn8IyqVs7/qXQEvSdHeP0lNFkVLpUBAAAwJ4zKAAAAgNi2cePiiPTdpTt4FlW+&#10;bltEq3QGvSXncKUIGqyK5IolAAAAc8KoDAAAAIjljx28LCJOLd3Bs8hx+orh0VeUzqB3TK485+QU&#10;sbJ0B1BOznld6QYAAAD6k1EZAAAAEJGr7yydwHPLka4q3UDvqJcdHizdABTn9ZcAAADMCaMyAAAA&#10;aLh/faXia0p3cAxyXF06gd6RunmodANQWhp64hXWAAAAMLuMygAAAKDhlrdHLoyIM0p3cExGJtqd&#10;jaUj6A11qtulG4DiWsu/2l1VOgIAAID+Y1QGAAAATZfT5aUTOHY5pa2lG+gNKYdRGRD1dHdl6QYA&#10;AAD6j1EZAAAANF2qLiydwHHI+aLSCfSGlMPrL4GoUjYqAwAAYNYZlQEAAECDXR9RReSXlu7guGwq&#10;HUDPOKt0AFBeqrzCGgAAgNlnVAYAAAAN9tJ25+yIWF66g+OyemL4BcZERI44rXQDUF5du1QGAADA&#10;7DMqAwAAgAZLOblStiBNn1+6gB6Q4nmlE4DyUqqMygAAAJh1RmUAAADQZCmMkxagHHFe6QZ6glEZ&#10;EDnnby7dAAAAQP8xKgMAAIBGy+3SBczIxtIB9ASvvwQipTi5dAMAAAD9x6gMAAAAmm2odAAzkc8q&#10;XUBZ2wYHl0bEktIdQHk5YlnpBgAAAPqPURkAAAA0WI5YXbqBGcj5zNIJlLWitdyrL4GIiEiRlpZu&#10;AAAAoP8YlQEAAEBDjXU6S1LEGaU7mIlkVNZwOWVXyoB/lV0qAwAAYNYZlQEAAEBD5W73zIhIpTuY&#10;kVNvXbPmpNIRlJO7063SDUDPMCoDAABg1hmVAQAAQENVR+PU0g3M3OMprSzdQDm5ro3KgK/x+ksA&#10;AABmnVEZAAAANFQ9MOC5wAJWxWKXyhosD7SMyoCv8f0cAACAWecfmwAAANBQrZw9F1jAWkeP1qUb&#10;KGeRS2XAN0yXDgAAAKD/eHgMAAAADdWta88FFrDpVBmVNdh0qxoo3QD0jG7pAAAAAPqPh8cAAADQ&#10;UK3s9ZcLWatqGZUBEBHZqAwAAIBZ5+ExAAAANFRO07l0AzNXtY4aETTZ0e7jpROAXpF8PwAAAGDW&#10;GZUBAABAU7UWP1Q6gZk7UtdHSjdQTorKqAx4QkrTpRMAAADoP0ZlAAAA0FB5YPr+iHCtbGE6+tm9&#10;ex8sHUE5VVpiVAY8IWcjYwAAAGadURkAAAA01Nbduw9HxMOlOzh+Ocf910fUpTsoZ8nAV43KgH+V&#10;fS8HAABg1hmVAQAAQLPdXzqA45dSTJVuoKxL9+49FBHd0h1AL0j/UroAAACA/mNUBgAAAM32QOkA&#10;ZsSojIiIg6UDgJ7wSOkAAAAA+o9RGQAAADRYyrG3dAMzkOLe0gn0gvxPpQuAXpBdKgMAAGDWGZUB&#10;AABAk1Xxd6UTOH6pTp8v3UB5KaUvl24AysvZpTIAAABmn1EZAAAANFiK/PelGzh+KerPlm6gvDrH&#10;Q6UbgPKqKj1cugEAAID+Y1QGAAAATXbo5H+MiG7pDI7Lo5/af9cXSkdQXop4oHQDUF6OdH/pBgAA&#10;APqPURkAAAA02OVf/txXI+LO0h0chxx/d31EXTqD8nKKB0s3AOXVdXdf6QYAAAD6j1EZAAAANF76&#10;dOkCjke6rXQBvaHKyagMiCUDeX/pBgAAAPrPQOkAAACgN9y4YcPyxUdiVZrOZ+Qqnx51rMipXh45&#10;VlQpLf/az6sjHo+Iw5Hj0ZRyN+d4sFXFg0dz64E8/dgDV9133+MFvwxgBlLksRxxXekOjlX+ZOkC&#10;ekMd+d5UOgIo7fBf3X33Q6UjAAAA6D9GZQAA0CA5In1scKTTTa0LcpVflHKsSxHrcsS6ONg9OSIi&#10;pyd+YqSI9MQPkf/N75Ge9B8pUoqoc0Qr6oiBZTHe7kxFxB058h1Vip055384snTRP169a9eB+fxa&#10;gWNXL46JdCSORMTi0i08p0fzkpgsHUFvqFrVnbnrTajQcFPXeyUyEa1RRAAAIABJREFUAAAAc8CH&#10;GQEAoI/dtmnTogcfevilVapemXNcnCJvyhHPK5CSI8WdUccnU4qP1924deu9u6cKdADPYLzduSUi&#10;Xlm6g+eQ8h9vueeuN5TOoDfcevrGUw4tPfxoeMYHzZXjL7fs331p6QwAAAD6j0tlAADQZ8ZWdwZT&#10;K12RI1/50EOPXJIinZLzE7fG8nP82jmUIsf6SLE+R/xgakWMt0d3RUrbI9djB5Yv/eS1O3ceKZcH&#10;RI7tkYzKel3O6SOlG+gdlz6087GxdufBFLGydAtQRkqxr3QDAAAA/cmoDAAA+sD2tWuHq27rDRFx&#10;TUSc98RhsF6XNkSODRHVTyw/cPiRiXbnxhTphkeWL/6ogRnMv6pq/Wmdu78REVXpFp7RoaNLW159&#10;yZOkSHdGZKMyaKg64gulGwAAAOhPvf//mQAAgKe1bXBw6fLWSW+InK+LSBdFn/z9PkU8nFN8MLrd&#10;d2+ZuvtzpXugScbbox+LSJeV7uAZfXjLvt3XlI6gt4y31/1BRL6udAdQRhXpqsv33Xlz6Q4AAAD6&#10;j0tlAACwwHx0aMOq6ar7IynHWyLH8/tkS/Z1OeJ5keOtUbXeOt7ufCqneNcZzz912wW33360dBv0&#10;u5Sq3885G5X1rPq3SxfQe3Ku70ypv/4uABy7bs5fLN0AAABAf/LECQAAFojtgyMvrlqtn4+cXxfN&#10;+4DI/pzy78Si9J6tu3c/WjoG+tWtccnAofb+fRHprNItPMVtW/btfknpCHrP+PDI1sjV9tIdQBFf&#10;/fS+3Suuj6hLhwAAANB/qtIBAADAs5sY7pw/Mdz506qq/jFy/u5o3qAsImIo5fQb6UjsHW93fvam&#10;VauWlQ6CfnRp/OV0zumDpTt4qhz5PaUb6E0plvx96QagmC9db1AGAADAHDEqAwCAHnVze/3I+PDo&#10;B3OO23KO7wiXhiMiTouIXxsYWLp7fKjz1ts2bVpUOgj6TW5N/2ZEPF66gyd5MBan95eOoDdtvueL&#10;90fEg6U7gPmXInaWbgAAAKB/GZUBAECP+djIyKkT7c47WlF/MXJ6fRiTPY10VqR410MPPfz58aHO&#10;a0rXQD+5Yu/eB/4/e/ceZ4dZ0Pn/+5yZNGlpy2Wp1TaZpMn0IpWLWygXUQi2TSZpQUCiuOsNWEAR&#10;gfUC+PMSxHWBhZVFFwVFKYpiERDb5kKLveC6FlvuAZLMJJmZtLaUAm1KkzQz5/n9QVlR2pLLzDxz&#10;zrzfr1f/yWsm5zN5zSs5nfM9z1NT/7h1B/+q1vqOdaOjB1t3MI+VfKJ1AjD3as0NrRsAAADoX0Zl&#10;AAAwj2waGv7RqanO52vyyiTHte6Z/8rZKfnw5qHhj155+sqzWtdAv5ieGvidJPtad5Ak2Xt3Pfjf&#10;W0cwz9W4AhMWoE6pRmUAAADMGqMyAACYBzadPrx009Dw5SV5f5LTWvf0oGd0Bjqf3jw0/FpXYsKx&#10;u+SWHV8uydtbd5DU1N/esHfv/tYdzG8l+VTrBmDOHbzzpCWfbR0BAABA/zIqAwCAxjYNrfqpzkA+&#10;W5KLW7f0uCVJfvfLt9/58S1Dw+e2joFed2iq8+Ykd7TuWNjq9u865WHvbl3B/Dfdmbq+dQMw5z6x&#10;Ydu2e1tHAAAA0L+MygAAoJHLTzvrkZuHhv+2pFxak4e17ukXNXlcTW7cNLTq5TUprXugV11yy44v&#10;p+TVrTsWslrzmsffdNOh1h3Mf+v37Lk1JTtadwBzpySuvgQAAGBWGZUBAEADW5aedf7gYPcTSZ7V&#10;uqVPLSkpb9sydOYVVwwNPbx1DPSqkfHRdyX5+9YdC9T7102O/W3rCHpH6eYfWjcAc6db6z+1bgAA&#10;AKC/GZUBAMAc27Rs+Odqp3t9kmWtW/pfXTeQ4/5567JV39e6BHpVd7r7c0kOtO5YSGpy29RU5+db&#10;d9BjSq5tnQDMme5x3UVXt44AAACgvxmVAQDAHLnxvPMWbR468x2l5O1JFrfuWUBWdUv5v5uXn/mc&#10;1iHQi9bfvGtHSd7UumNBKfmlS27Z8eXWGfSWMlWvbd0AzJlPX3DzF+9oHQEAAEB/MyoDAIA5cPUZ&#10;Z5x6++13XpfUF7duWaBOTK1/s2Vo+A01Ka1joNf808To65J8pHXHAvH+deOj720dQe9Zc8vYZK2Z&#10;aN0BzL5aXU0NAADA7DMqAwCAWbZ5xTkrDnUHrk/y5NYtC1ypyau3DA2/88bzzlvUOgZ6ycakO1AH&#10;fjbJl1q39LmbFw1Mv7x1BL2r08mVrRuA2VeSq1o3AAAA0P+MygAAYBZdueLMx9Xu1D+l5qzWLfw/&#10;L7r99jsvv2zp0uNbh0AvuWhy+y21mw1Jplu39Kk7a3LRBbt339Y6hF5WjMqg/x2cmr7nY60jAAAA&#10;6H9GZQAAMEs2L1v5hE63Xl2SU1u38G3WnFyWfOCaFSuWtA6BXrJu7+h1peY3W3f0oVpKeeG6idHP&#10;tw6htx069PVrkhxo3QHMpvIPl9xyyz2tKwAAAOh/RmUAADALNi0f/v6UztYk/6F1C/evlowc6A44&#10;sQyO0NrJ0d9NLW9u3dFPaqm/unZ85wdad9D7LrnllntqcnXrDmAW1frB1gkAAAAsDEZlAAAww7YM&#10;DZ9baj6S5OGtW/hOygUndY7/m8vOPfe41iXQS26Y3Pnqkvx1645+UEv+bGR87C2tO+gfpWZz6wZg&#10;1tTBRd0rWkcAAACwMBiVAQDADNq84pwVNfWqJI9s3cLhqutOuuvAX12Tpw+2LoFesTHp3nXS4p9K&#10;qhORjkFJ3vPx8dEXlaS2bqF/dAenr4zvKehXn7xw166J1hEAAAAsDEZlAAAwQ64YGnp46U5tSsr3&#10;tG7hCJXynANDe/+wdQb0kg3btt2776Ql62vi2sajUfL2NROjP7Mx6bZOob+s3717PMn/bd0BzLzq&#10;6ksAAADmkFEZAADMgMtPO+2EgSzeWpPvbd3CUXvR5uVn/nrrCOglG7Ztu/fuidEfKzV/2rqll5SS&#10;P1w7PvoLTihjtpSUy1o3ADOv1vp3rRsAAABYOIzKAABgBgwOnPC2pD6hdQfHqNbXbVq26kdaZ0Av&#10;2ZBM3zU5+uKkvLN1S28ov3/X+OjLDcqYTd17618mmWrdAcygmk+v37vrs60zAAAAWDiMygAA4Bht&#10;Ghp+ZUpe2LqDGdEppfzlluXD/7F1CPSSDcn02omdL00pvxHXOT6Qe2vqi0cmdv7ihmS6dQz9bd2t&#10;o7cn+fvWHcDMKZ36560bAAAAWFiMygAA4BhsGlr1AyV5Y+sOZtTxtea9m4aHT24dAr2kJHVkfOfv&#10;dGtZneTW1j3zSa2ZqCVPWjcx9setW1hAavmr1gnAjJlOjvvL1hEAAAAsLEZlAABwlLYsPfcRJeV9&#10;SY5r3cKMO6ccrH9Wk9I6BHrN+smd16cz+OQkn2jdMk/cWAenf2jd+OgnW4ewsEyXgx9OcrB1BzAT&#10;6jVrx7/wL60rAAAAWFiMygAA4CjUpNSBg+9NsrR1C7OklOdsXT78860zoBeN7PniniWdqR+oNW9J&#10;MtW6p5F7U8pvLJlY+uT1u3ePt45h4bl4YuKrSS5r3QEcu1rKu1s3AAAAsPB41z0AAByFzcuGfz4l&#10;/7t1B7Pu7ul0HnvxxI5drUOgV21dtur7uqW8M8mTW7fMlZJc3615wbrJ0bHWLSxsVy4784c6pV7X&#10;ugM4Jnct2b/49NW3b7u7dQgAAAALi5PKAADgCG1ecc6KlLypdQdz4sSB1Es3+n8nOGprJsc+t2Ri&#10;6Q/VUn8lyddb98yyr5dSfvORpzz0AoMy5oP1kzuvT/LZ1h3A0SvJnxqUAQAA0IIXRgAA4AjUpKRO&#10;vTvJQ1q3MFfqU5+4bPgVrSugl63OtVPrxsfeXLqLh0ryxiQHWjfNsP0leWPpLh5aO77z9Y+/6aZD&#10;rYPgm0qp72zdABy1brrV6cgAAAA04fpLAAA4ApuGVv1USbm0dQdz7q6pbudRl+zdcXPrEOgHW09b&#10;taw72Pn1pL4wyUDrnmMwlZQ/neqW3/b3A/PVVStXPnRqqnNzDOKh59TkqnUToxe17gAAAGBhclIZ&#10;AAAcpk3DwyeXlDe27qCJkwdL/f3WEdAv1twyNjkysfMlndQnJvnzJAdbNx2hfaXkD6dLeczIxM6X&#10;GJQxn124a9edteSy1h3AkeuU8o7WDQAAACxcRmUAAHCYyqH8VpLvbt1BI6U+e9PyVSOtM6CfrJkY&#10;u2lkYvSnBge7p5aUVybZ3brpwZTkUzX1p+txOWXt+OjPXzy+8wutm+BwdGrekqS27gCOyN7F46d/&#10;uHUEAAAAC5frLwEA4DBcMXTWyoF0P59kcesWmvrEDROjT9iYdFuHQD+68bzzFn35tq/9cO3kR5I8&#10;Mynf07opye6kXFFK90NrxseuLYY59Kgty4c/VGt+pHUHcLjKK0Ymdr6tdQUAAAALl1EZAAAchs1D&#10;w3+dZEPrDuaBWn52ZHLnu1tnQL/bmHTOXzF8funmWUmeluS8JMfNwUNPJfl4kss7tV6xZnLsc3Pw&#10;mDDrtiw96/za6d7QugM4DCW3Tx26Z8Ult9xyT+sUAAAAFi6jMgAA+A6uXLry0Z1O51NxfTzfsPuU&#10;Ux569uNvuulQ6xBYSC5buvT4h5Tjn1DS/cFSyhOTnJnkjBzbCZLTNflCSbmplO6N3VJuvHvqwKc3&#10;7N27f2aqYX7ZMjR8XU1+qHUH8OBKKb+5dnzn61t3AAAAsLANtg4AAID5rtPpvD4GZfyrM27/8p0/&#10;leRdrUNgIblv6HX9ff8lSWpSNp8+fHpKVpVOXVFKTqq1nFiSh9WSk1LL4Dc+rru/k3KgJvtTy3jK&#10;9GR3OpMnLOpOrN6z50CrrwnmXClvSq1GZTC/7ZuqB/+gdQQAAAA4qQwAAB7E1qFV53VTbmzdwfxS&#10;aybuPnnxmRu2bbu3dQsAHK6NSeeJy8/8ZGp9TOsW4P6V5K1rJ0Zf1boDAAAAnLYAAAAPopviBR2+&#10;TSkZOnHfgR9v3QEAR2Jj0k2mX9u6A3hA+7r35ndbRwAAAEBiVAYAAA9oy9JVw0kMh7hfJeVXq9Of&#10;AegxI+O7NqXkutYdwLcrpbxt3a2jt7fuAAAAgMSoDAAAHlC3lJcmGWjdwbx17qZlZ/5g6wgAOGK1&#10;++utE4Bvc8fAwPT/aB0BAAAA3+Rd9QAAcD+uWbFiyYHu4M1JHtG6hfmrlPzt2vHRZ7fuAIAjtXlo&#10;eGuSi1p3AN9QUl69dmLnm1p3wFy4Ymjo4Z1y3IpON0O15Lhv/not9Y5OZ+COxXcvGlt9+7a7WzYC&#10;AABGZQAAcL82LVv1Y6WU97XuYN6b6namlq3fs+fW1iEAcCQ2Lx9+cmr+T/x8EJqryW0DB09Ytea2&#10;z3y9dQvMtMuSgZOXr/qhbsoFpea8JI9P8h++w6fVJHuSfKamfrQMDH5kZPf27bPdCgAA/Ft+aAQA&#10;APdj89Cqq5JyQesO5r9S6i+vHR97S+sOADhSm5YNv7eU/ETrDqC8dGRi5ztaV8BMunLFmY/rdOvL&#10;kjw733lE9h2V5Avd5J2d7uL3rN277SvHXggAAHwnRmUAAPDvbDp9eGkZyHiSTusWesLnRyZGz20d&#10;AQBH6uozzjj10PTA9iQPbd0CC1UpueGfxkefsjHptm6BmbB5aOUPp3R+IzVPm6WHOFBr/mS6dt5w&#10;yd4dN8/SYwAAAPEiGQAAfJvSyfPiuTKH71Fbzjjrsa0jAOBIXbB7922p+e3WHbCAdUutL9toUEYf&#10;2Lps1fdtHhremnSunsVBWZIsKSW/MNjpjm4eWvWmy0877YRZfCwAAFjQvFAGAAD/XinPb51Ab+lO&#10;TT+3dQMAHI0lk0vfluSzrTtgYarvWTMxdlPrCjgWlyUDm4aGX90t5cYkF83hQy9Jyq8MDp7w6U1L&#10;h2dzxAYAAAuWURkAAHyLzSvOWZHUJ7TuoLeUUp7TugEAjsbqXDuVdF/VugMWoDsXDXRf0zoCjsXW&#10;Vau+66Tlwx8tyRuSLG6UMVw6+eimoeFX16Q0agAAgL5kVAYAAN9qempd6wR60rlXnr7yrNYRAHA0&#10;RiZ2fTTJ37TugAWl5nUX7N59W+sMOFpXLlv5+O6hcuMsX3V5uAZK8oYty1e997Jzzz2udQwAAPQL&#10;ozIAAPgWtWSkdQO9qTMwsLZ1AwAcrUXTgy9N8qXWHbAQlOT6GyZH/1frDjham5avekandK5Lsqx1&#10;y79Ry/NP3HfwisuWLj2+dQoAAPQDozIAALjPZeeee1xJntG6g15Vfe8A0LMuuPmLd6TWV7TugAVg&#10;//R0979sTLqtQ+BobF4+/ORSy98mOaF1y/0pyYUndpZcdk2ePti6BQAAep1RGQAA3Ochd937pMzT&#10;H4zTE57uhQsAetnI5Nj7UsuHWndAPyspG9ffvGtH6w44Gh9ZuvLM1FyZ5KTWLQ+mJBfvX773na07&#10;AACg1xmVAQDAfUq6P9i6gZ720HuWTTyudQQAHIvOdPcVSe5q3QF9qebTjzzl5N9rnQFHY+upj3nI&#10;dOm8P8nDW7ccjlLzs5uHVr24dQcAAPQyozIAALhPKeWHWjfQ20opT27dAADHYs0tY5Ol5Jdad0Af&#10;OtBJ/c+Pv+mmQ61D4Gh0F9/z1pQ8tnXHkSlvu3Lpyke3rgAAgF5lVAYAAElqUkpyfusOeltJeULr&#10;BgA4VmvHR/8kyXtbd0B/Ka9cMzn2udYVcDQ2LR1+WpIXtu44Cos7nc6fXJOnD7YOAQCAXmRUBgAA&#10;SbasOGd5TR7WuoPeVpLHt24AgJkwONh9WZLdrTugT1w2MrHzHa0j4Ghck6cPlk59R5LSuuUonX9g&#10;aPIFrSMAAKAXGZUBAECSOn3oca0b6H01Oevy0047oXUHAByrC3ftujO1+2NJXNUHx6DWTEzn3pe2&#10;7oCjdWDo5hcm5ezWHceklN+5auXKh7bOAACAXmNUBgAASUqn832tG+gLA4sWn3hm6wgAmAkjk7v+&#10;ObW+sXUH9LBuSV588cTEV1uHwNG47Nxzj0vqa1t3HLOaU6amB17cOgMAAHqNURkAACRJrb39zmvm&#10;je7U9DmtGwBgpiyZXPa6pH6sdQf0olLKxpHJ0a2tO+BonbTv4IYky1t3zIhaX3njeectap0BAAC9&#10;xKgMAACSlBKnSzEjSilGZQD0jdW5dqp0l/xIkt2tW6DHXLZmfOfvtI6AY1LzwtYJM+i0L33pa+tb&#10;RwAAQC8xKgMAgCS1ZlXrBvpDLX3yTn4AuM/avdu+0u2U5yS5p3UL9IhtS/YvfmFJausQOFqblg2v&#10;SsnTWnfMpFLK81s3AABALzEqAwBgwbts6dLjkzyydQf9odSc1roBAGba+j07P1VLXty6A3rAnd3p&#10;7nNW377t7tYhcExKLklSWmfMsIu3nvqYh7SOAACAXmFUBgDAgnfS4Imntm6grxiVAdCX1o2Pvjcp&#10;72zdAfNYt9T89Pqbd+1oHQLHqpSsad0wC06YPu6eH2gdAQAAvcKoDACABa87NW1Uxswp+e7WCQAw&#10;W+px9RdTc23rDpiPavJLaydHP9y6A47VxqSTmqe27pgNnU55YusGAADoFUZlAAAseIOdnNK6gT5S&#10;87DWCQAwW9aNjh6894SBZ5bkU61bYD6pNW9ZNzH61tYdMBPOXzZ8RpITW3fMhm6t57duAACAXmFU&#10;BgDAgtetOal1A31l0WVLlx7fOgIAZsuztm/f16kD65OMt26BeaHWD358cvRXW2fATOkk39e6YRad&#10;3ToAAAB6hVEZAAALXi3dvnwHNu08YtGik1s3AMBsumhy+y215NlJ9rVugcZuXHJgyU9vTLqtQ2Cm&#10;dEsdat0wW0oytNFrYwAAcFg8cQYAgJSHtC6gvxyqi51UBkDfWzc++snUPC/JodYt0MgX671Zt/r2&#10;bXe3DoGZVFIe0bphFi1+6unnPLx1BAAA9AKjMgAAFrxOqQOtG+gvnVpL6wYAmAsjk6NbS7c+M8nB&#10;1i0wp0p2dBbVp627dfT21ikw02pqX4+u9pfuktYNAADQC4zKAABY8Gq31NYNAAC9au3esS0p5SeS&#10;TLVugTlyy3TtjKwZG/tS6xCYDaWU6dYNs+m4gXJc6wYAAOgFRmUAAJAYlQEAHIOR8Z0fTMlL43kV&#10;/e+rpeSSiyd27GodArOl1P6+1nh6arqvvz4AAJgpRmUAANDn78Jm7tV0DrRuAIC5NjI++q7U8oIk&#10;3dYtMEtu6XQ6T1k7PvqJ1iEwq2ruap0wm45fNPXl1g0AANALjMoAAFjwSs2+1g30l4NLune3bgCA&#10;FkYmd767pr4yTiyj/9xakovW7NnxxdYhMNtqyUTrhlm0b/WePd4EBAAAh8GoDACABa9bqlEZM6l+&#10;cvv2r7eOAIBW1k2M/X6t9flJf1+fxoIy1h2YftLaidFtrUNgLpTaGW/dMIt2tA4AAIBeYVQGAMCC&#10;1+lWp0oxk+7e6NovABa4dZNjf51SfjzJwdYtcIzGOmXgwvW7d/fzyAb+jYMnlE8lmW7dMStqPtU6&#10;AQAAeoVRGQAAC17p5PbWDfSPmtzaugEA5oOR8Z0f7NZyUZK7WrfAUfrH0l18/prx7btbh8Bcetb2&#10;7fuSbG/dMRtKpxqVAQDAYTIqAwBgwavluFtaN9A/Osm/tG4AgPli/eTO6zuljiS5o3ULHJGaawcH&#10;u+vW7t32ldYp0Eb5h9YFs6F2Bq9q3QAAAL3CqAwAgAXvrvEvfCn9erUHc85JZQDwb60ZH/vHThl4&#10;QpLPt26Bw1LqX+07efGaC3fturN1CrRSa/1A64ZZMDaye3tfnsAGAACzwagMAIAFb8M3BmVOl2JG&#10;1NQ9rRsAYL5ZM75996LpwR9K6sdat8CDqTV/sG987Cc3bNt2b+sWaOnukxdfW5Kvte6YUSUfbp0A&#10;AAC9xKgMAAC+YUfrAPpDp5SdrRsAYD664OYv3rFkYtkzSskftm6B+3FPan3+usnRl29wijFkw7Zt&#10;99bU97TumEHd2s3bW0cAAEAvMSoDAIAkpcQVGMyI7nSMygDgAazOtVNrxkdfVpPfSlJb90CS1OS2&#10;pLtmZHLsfa1bYD6ZLp0/Sv/8XX3dusnRsdYRAADQS4zKAAAgSe0aAjEzBsuA7yUAeBAlqesmRn+7&#10;k/LMJF9t3cOC94mBqfqEkYld/9A6BOabi8d3fiEpm1t3zISSzu+2bgAAgF5jVAYAAEk6pXyudQO9&#10;rya3XTS5/ZbWHQDQC9ZM7Lyi1jwhNZ9u3cJCVd65r3vgqWtuGZtsXQLzVnfqten1K2FLrls7sePq&#10;1hkAANBrjMoAACBJZ3D64+mfaz1opKTe2LoBAHrJusnRsbo4T0zq21q3sKB8JTXPGpnY+ZINe/fu&#10;bx0D89nI3t2fKTWXtu44BtNluvOrrSMAAKAXGZUBAECSC3ftujPJrtYd9LZSOp9q3QAAvWbd6OjB&#10;kYmxVyTlpUnuad1D3/vkQLf7pJHJ0b9rHQK9YmBR97/WmonWHUfpTWv37vh46wgAAOhFRmUAAPBN&#10;pfxz6wR63v9tHQAAvWpkYuc7Op3OeUmc/Mls6JbkrUs6U0+5aO+una1joJdcuGvXnenUl6bHTvcu&#10;yRf2dQ+8vnUHAAD0KqMyAAC4T+nmutYN9LTp7qL6sdYRANDL1uzZ8cV9E6NPqslrktzbuod+Ubd3&#10;u+UpaydGX7V6z54DrWugF60bH9tcSvmt1h1H4I7aGVznilsAADh6RmUAAHCfOti5pnUDPe1T60ZH&#10;72odAQC9bkMyvW5i9I3dbvfxST7buoee1i3JG/d1D37/+r07b2gdA71uzfjO36nJB1p3HIbp1Lxg&#10;ZM8X97QOAQCAXmZUBgAA91m7e/uOJLe27qBHlVzfOgEA+sn6vbs+u2T/4qeU5K1Jplv30HMmU7qX&#10;rJ0YfY2TimBmlKTe3T3wkzW5qnXLg+gm+ZmRydG/ax0CAAC9zqgMAADuU5Ka5OrWHfSo2r2ydQIA&#10;9JvVt2+7e+3E6Ku6091HJfn71j30hINJXreve+DskfFdm1rHQL/ZsHfv/ru7B541T4dlh5L6gpGJ&#10;0b9oHQIAAP3AqAwAAL5VqR9snUDvKcnXlkwMXde6AwD61fqbd+1YOzF6QU396SRfbt3DfFWvHuh2&#10;Hz0yMbrR6WQwezbs3bv/+Iml60ryxtYt32K8lDxpZGLs0tYhAADQL4zKAADgWyy5Z8lVSQ607qC3&#10;1OTq1bl2qnUHAPSzktR1E2Pvmep2HpdS3pdvnDILSXJHrfn5GybG1ly0d9fO1jGwEKzOtVNrJ0Zf&#10;k5qXJWk94rxmqtv5gbXjo59o3AEAAH3FqAwAAL7F6tu33Z35eY0H81hJ3t+6AQAWikv27rh5ZHzn&#10;80vJ41PipNCFbX+S13UOnrB83eToH25Muq2DYKEZmRx9e+nWxzS6DvNgktfeMDF6wSV7d9zc4PEB&#10;AKCvldYBAAAw32xaturHyjdOv4DDceeSztR3r96zxwl3ANDApqHhS0rye0lWtW5hznST8idT3fLb&#10;hiQwf2xZfuZzU+vra/K9s/xQ07XkPYsGuhsv3LVrYpYfCwAAFiyjMgAA+HeuWbFiycHu4L/U5GGt&#10;W+gF9d0jE2M/27oCABayy0877YSBwRN+uZO8ynO4flf+odTya2snd3ysdQnw7S5LBk5aduZPptSX&#10;JXn8DP/2X0/JpQPT3be66hYAAGafURkAANyPLcuG31VLXtC6g/mvpHPh2okdV7fuAACSrac+5iF1&#10;8f4X1dRfTXJa6x5mUvlop3R/c8342D+2LgEOz5VLVz66UwZ+qpS6/hhOL9uf5Oqaenmnu+QDa/du&#10;+8pMNgIAAA/MqAwAAO7H5qGVT006Tj/gOxlbOzF6Zklq6xAA4F99+OyzTzpu//QvJPmvSR7Zuodj&#10;clMp5bfWju+8snUIcPSuPOOM5Z2pwdVJzk3pfm+S4VrL8aXkpG/5sENJGS+pu1LKtnTLtd3F3Y+v&#10;Gx092CgbAAAWNKMyAAB4AJuHhm9Icn7rDuavWuqvrBsfe3MLqSP7AAAgAElEQVTrDgDg/l1zyrkn&#10;Hlhy8MUp+cUky1v3cNhqko90Ut5y0cTOqw34AQAAYO4ZlQEAwAPYvOzMn0mpf9a6g3nrQGdRXb5m&#10;bOxLrUMAgAe3Mek8aeisZ3TTfUVJ1sfPReerryf1XdMZ+F8XT+zY1ToGAAAAFjI/PAEAgAdwzYoV&#10;Sw50B8eTfFfrFuaj+o6RibGXtq4AAI7M5uXDT07Nq5I8J8lA6x6SJOMp5U8Wdab++ILdu29rHQMA&#10;AAAYlQEAwIPasnzVL9VaXG/IvzfVKQNnrRnfvrt1CABwdK4YGnr4QBY9L7X8fEoe27pnAdqflD/v&#10;pPvONRNjN7WOAQAAAP4tozIAAHgQ15xy7okHTji4KzWntG5hXnn/yMTohtYRAMCxq0nZunzV02st&#10;L0zy3CRLWjf1s5J8oVvre6frwLsv2bvj5tY9AAAAwP0zKgMAgO9g09DwK0vye607mDemBrrdR120&#10;d9fO1iEAwMz60IoVD1vcHXheSXlukmckWdS6qU/ckpL3leS9a8dHP9E6BgAAAPjOjMoAAOA7uGbF&#10;iiUHuoOjSU5v3cI8UPOukcnRF7XOAABm1xVDQw/vZNEl9w3MLooTzI5IrZkonVyR2v3gvold125I&#10;pls3AQAAAIfPqAwAAA7D5mXDr0rJ/2zdQXP3dsrAOWvGt+9uHQIAzJ0Pn332Scftn16bmjU1ubCU&#10;DLVumodqUm5Myd91S65Yv2fnp1oHAQAAAEfPqAwAAA7DNXn64IGhvZ9I8ujWLTT1hpGJ0de2jgAA&#10;2tq64qxzut16UdK9KClPT/KQ1k0N1CSfT821teTagUX1+jVjY19qHQUAAADMDKMyAAA4TJuWr3pG&#10;qeWjrTtopf7LvccPnv2s7dv3tS4BAOaPG887b9GXb9v3/d3O9BNLyhOTPDHJcOuuWXBPkk+m5OO1&#10;5h9zb65bd+vo7a2jAAAAgNlhVAYAAEdg87IzP5hSn926g7lXavm5tZM7/6h1BwAw/11+2lmPXLSo&#10;PrEm35/k3FLrOTU5J8mS1m2HoyRfqzVfTMnnkvrP3U7n4yfsOf1zq3PtVOs2AAAAYG4YlQEAwBHY&#10;dPrw0jKQLyQ5sXULc6jkuhvGR5+xMem2TgEAetPGpHP+suEzBkr53po8KqWu6NYsK8nykiyrycPm&#10;OOnLJdlbk8laM97p1O211i8M1EVfuGhy+y1z3AIAAADMM0ZlAABwhLYsG/61WvLfWncwZw5kYOBx&#10;I7u3b28dAgD0r2tOOffEg4sPfHcZyHfVbjmllnpqTXl4J3l4Sk7udvPQUupDkyy+v8+vKbUkX0uS&#10;knS7qV8tKV+tpX6lpHw1KV9NqV/ppHPrnVP3jG/Yu3f/nH6BAAAAQE8xKgMAgCN0TZ4+eGBo73VJ&#10;ntK6hdlXS/2VdeNjb27dAQAAAAAAMFeMygAA4Cjcdw3mp5M8onULs6fUbF4zObq+JLV1CwAAAAAA&#10;wFzptA4AAIBetO7m0b2llBe37mBWfbmTgRcZlAEAAAAAAAuNURkAABylteM7P1CSv27dwewoycsu&#10;mtx+S+sOAAAAAACAuWZUBgAAx+Cu7oGfTXJj6w5mVk1909qJ0ctadwAAAAAAALRgVAYAAMdgw969&#10;+wcHu8+tyW2tW5gZpWbzxyfGXtu6AwAAAAAAoBWjMgAAOEYX7to1UTr58SSHWrdwrOqe7qH89Mak&#10;27oEAAAAAACgFaMyAACYASN7Rq+tqS9q3cExKLm91nLBultHb2+dAgAAAAAA0JJRGQAAzJB1E2Pv&#10;KckbW3dwVO6tqT++bnJ0rHUIAAAAAABAa0ZlAAAwg9ZOjL4mNf+7dQdHpFtLXrBufOzvW4cAAAAA&#10;AADMBwOtAwAAoN/8xV1f2bzzoQ8/taQ8vnUL39F0kuevmxh9X+sQAAAAAACA+cJJZQAAMMNKUu+e&#10;GPuFJH/TuoUHVVPziyMTo+9vHQIAAAAAADCfGJUBAMAs2JBM75sY/fGa+ketW7hfh0op/3lkcvTt&#10;rUMAAAAAAADmm9I6AAAA+t2moeFXl+QNrTv4f/aXUp63dnznla1DAAAAAAAA5iOjMgAAmAObhoZf&#10;WZK3xGnBTZXka0nneWsndlzdugUAAAAAAGC+MioDAIA5smnZqh8rpfxpkhNatyxQo51O55I1e3Z8&#10;sXUIAAAAAADAfGZUBgAAc+jKFWc+rtOtH0iysnXLAnPNounB511w8xfvaB0CAAAAAAAw3xmVAQDA&#10;HPvw2WeftGj/9J+V5LmtWxaAbk1+bWRi9E0lqa1jAAAAAAAAeoFRGQAANLAx6Txp+Zm/XWt9bZJO&#10;654+dVdK/ZmR8bEPtQ4BAAAAAADoJUZlAADQ0JYzznpsnepempLHtm7pM3/X7Uy9ZP2ePbe2DgEA&#10;AAAAAOg1RmUAANDYNStWLDnYHdxYk19OMtC6p8d9NclLRiZG3986BAAAAAAAoFcZlQEAwDyxZfmq&#10;1bWWP06yqnVLj/rIdDo/d/HEjl2tQwAAAAAAAHqZURkAAMwj1+TpgweGJl+QUn4nNae07ukRkzV5&#10;2bqJ0ctbhwAAAAAAAPQDozIAAJiHrj7jjFMPTQ38t5T8bJJO6555an9J3ra/M/WGZ+/Z87XWMQAA&#10;AAAAAP3CqAwAAOaxTcuHv7/UvC7JxfH8/Zuma8l7MpXfXHfz6N7WMQAAAAAAAP3Gi1IAANADNg0N&#10;P6okr0nyE0kGWvc0sj+pfzw4WN9y4a5dE61jAAAAAAAA+pVRGQAA9JD7Ti57bZIfSbKodc9cKMnX&#10;aup7ugPd/7l+9+7x1j0AAAAAAAD9zqgMAAB60FUrVz50aqr8WErnZan1Ma17ZkFN6keT8s59Jy3+&#10;8IZt2+5tHQQAAAAAALBQGJUBAEAP25h0njx05g9P1/ozpeTiJCe3bjoWNbmtlPxl6XQuXbt7x6db&#10;9wAAAAAAACxERmUAANAnNg0PL+4cKhekW59TS56Z5JGtmw5HTW7r1FyZTvng4vHTt67OtVOtmwAA&#10;AAAAABYyozIAAOhDlyUDJw2tfHIpA6trzdOS+uQkJ7Tuus/BpH48KX+f2r3yhsldN21Muq2jAAAA&#10;AAAA+AajMgAAWAAuO/fc407at//8pPPUlPLY1ProJGcnGZyDh9+VWj9Vk0/UdD52wsChj6/es+fA&#10;HDwuAAAAAAAAR8GoDAAAFqhvXJeZc1NzbkpZUWuWllqX1ZKhJMuSnHwYv83BJF9O8qVSc2tK9tZS&#10;Jkqt4zXd3Qc63c89e8+er83qFwIAAAAAAMCMMioDAAAe1NZTH/OQQ4u/dty///XOccdNrxsdvatF&#10;EwAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwGEq&#10;rQMAgJl1zYoVSw5MlbNqZ+CsUrOslAzVZGmS02tyUklOSnJykod/y6fdm+TrST2QlP1Jvl6TW0ty&#10;W0q+VGqZqGV658B0di7aO7R7da6davG1AQAAAAAAADD7jMoAoId9aMWKhy2eHjw/qU8opTwhyeOS&#10;DGV2/40/lOSLST5dS/10J7np0KH9N1xyyy33zOJjAgAAAAAAADBHjMoAoId8+OyzT1p0z9QPp+Tp&#10;nZSn1eQxSTqtu/KNk87+Ocn1tdSr7z5xyT9s2Lbt3tZRAAAAAAAAABw5ozIAmOeuPuOMUw9ND/5I&#10;qfVZteQZSRa3bjoM+1LL1enUK6frvR+8eGLiq62DAAAAAAAAADg8RmUAMA9tGh5enHtzSZKfLsna&#10;JIOtm47BwSRbaq1/lcXlb9eNjh5sHQQAAAAAAADAAzMqA4B5ZOuKs87p1u6LU/PTSR7RumfGldye&#10;mnelM/iOkT1f3NM6BwAAAAAAAIBvZ1QGAI1tTDrnL1v1zNIpr0zN01r3zJHp1Prhbu28af3enTe0&#10;jgEAAAAAAADgXxmVAUAjN5533qLbb//aT5SUV9fke1v3NFNzbU3++7rJ0Y+0TgEAAAAAAADAqAwA&#10;5txlycBJQ6temJTfSLK0dc+8UcpnUuvvjEyMvr91CgAAAAAAAMBCZlQGAHNoy7KzfrCW7puTnN+6&#10;Zd4q2VJqfnntxOi21ikAAAAAAAAAC5FRGQDMgc0rzllRu1O/X5KLW7f0iG6S93Y7U7+6fs+eW1vH&#10;AAAAAAAAACwkRmUAMIs2Jp0nDp35C0l9fZKTW/f0oDtK8qq1E6N/3joEAAAAAAAAYKEwKgOAWbL5&#10;jLPPLt3pS2vNE1u39L76sYFufeFFe3ftbF0CAAAAAAAA0O86rQMAoB9tXj78wkxP/7NB2UwpP9jt&#10;dD6+ZfmZz21dAgAAAAAAANDvnFQGADPoyhUrvrvTHbw0yUWtW/rYn3cOnvBza277zNdbhwAAAAAA&#10;AAD0I6MyAJghW5evekq3lr9Msrx1ywJwU3dg+rnrd+8ebx0CAAAAAAAA0G9cfwkAM2DT0PCru7Vc&#10;H4OyuXJeZ3rgM1uWDT+rdQgAAAAAAABAv3FSGQAcg2vy9MEDQzf/z6S+vHXLAjVVk19ZNzH61tYh&#10;AAAAAAAAAP3CqAwAjtLWUx/zkO7i/ZcldV3rlgWv5PduGB/95Y1Jt3UKAAAAAABHpyblqmVnf0/t&#10;TK3odjvLU7onfePXywlJFn/z4zq13FlLvaOWekenM3BHOTj9lYtuGdtbktosHgD6jFEZAByFy5ee&#10;dfpgp7s5yaNbt/D/fHhf98DzN+zdu791CAAAAAAAD27r8rPP6HannphOOT+1PCapy5MMJTnuKH/L&#10;ryfl86n1M0m2ldL57P7OvTc+e8+er81cNQAsHEZlAHCErjzjjOWd7sBHUnNW6xb+rVKzefHA1HNW&#10;79lzoHULAAAAAAD/autpq5Z1B8qP1pJnlOT8JN81Bw87neSfSilbM122/tPeHTdudOMFABwWozIA&#10;OAJXDJ21ciDd65Isbd3CA6kfu/f4wfXP2r59X+sSAAAAAICF7PKlZ52+qFN/tKZuSPLktH99+ssl&#10;2VQ7+bO1e0avc10mADyw1v9oA0DP+Miys0+bKtPXluTM1i08uJpcdXxn6plOLAMAAAAAmFsbk86T&#10;lg1fUkt5eVJXJ+m0bnoAu0op7x4YmL70wl27JlrHAMB8Y1QGAIdh03cPn1KOy/VJzmndwmH7uyUT&#10;S5+7OtdOtQ4BAAAAAOh3V61c+dCpQ50XpuRlSVa27jkC3aRuLt2B3167d8fHW8cAwHxhVAYA38GW&#10;pec+onYOXpvk0a1bOEKlvO+G8Z3/aWPSbZ0CAAAAANCPrlq58qFTU+X/S8rPJTmxdc+xqMkVA6kb&#10;10yM3dS6BQBaMyoDgAdxzYoVSw50BzclWd26haNTU9+0bmLs1a07AAAAAAD6yTV5+uD+ZXv/S+nk&#10;dak5pXXPDKpJ/q5T66+vmRz7XOsYAGjFqAwAHkBNypZlq/4mpTyndQvHppT8wtrx0f/dugMAAAAA&#10;oB9sXja8JiVvSXJu65ZZdCjJm/d1D7x+w969+1vHAMBcMyoDgAewaWj41SV5Q+sOZsR0KeVZa8d3&#10;Xtk6BAAAAACgV11+2lmPHBjs/lFJntu6ZQ7dklJePjK+84OtQwBgLhmVAcD92LR81TNKLVuTDLZu&#10;YcbcMTjY/Y8X7to10ToEAAAAAKDXbB5a+cNJ58+SLGvd0kBNynsGB6dfceGuXXe2jgGAuWBUBgD/&#10;zlUrVw5NTXU+leThrVuYcTfV4/ID60ZHD7YOAQAAAADoBdeccu6JB44/+PYkP9m6ZR6Y7HbL89bv&#10;3XlD6xAAmG2d1gEAMJ9clgxMTZW/iEFZvzovB/Pm1hEAAAAAAL3g8qVnnX7g+IPXx6Dsm5Z1OvXv&#10;twwN+/MAoO85qQwAvsWWZcO/Vkv+W+sOZlUt3bpu7d6xLa1DAAAAAADmq81DK5+adD6U5JGtW+ap&#10;v5iauucll9xyyz2tQwBgNhiVAcB9tiw96/za6f6fJIOtW5hlJbd3Buv3rRkb+1LrFAAAAACA+WbT&#10;0PAlJfnLJCe2bpnnrlmyf/EzV9++7e7WIQAw01x/CQBJrlmxYkntdC+NQdnCUHNKnSrvaJ0BAAAA&#10;ADDfbFk+/LKSfCgGZYdj9YHjD269auXKh7YOAYCZZlQGAEkOdgdfm+Sc1h3MnVrzI1uHzry4dQcA&#10;AAAAwHyxafmqX641f5BkoHVLD3nK1FTnHz+y7OzTWocAwExy/SUAC97mpWc8Jp2Bm+KUsoVosnPw&#10;hO9dc9tnvt46BAAAAACgpU3Lh/9TqXlPHExyVGryudqZunD9nj23tm4BgJngCQEAC1pNSjqdP4hB&#10;2UK1bHrJPb/WOgIAAAAAoKXNy858vkHZsSnJ9w10B//+QytWPKx1CwDMBE8KAFjQtgwN/2hSfrB1&#10;B+2Umv965RlnLG/dAQAAAADQwpahsy5Iqe+O146PWU2+d0l38NKN/iwB6AP+MQNgwdo0PLw4yf9o&#10;3UFzSzrdzn9vHQEAAAAAMNc2DQ0/qqb7wSTHtW7pI8984tDwO1pHAMCxMioDYMEq95aXJHFCFUkt&#10;P751aNV5rTMAAAAAAObKVStXPrSkfjDJSa1b+tCLNg2tennrCAA4FkZlACxIl5922glJ9zWtO5g3&#10;ynTKxtYRAAAAAABzoSbl0FTnXUk5u3VLvyopb9m0YvhJrTsA4GgZlQGwIA0OnPCSpHxP6w7mj5Ks&#10;d1oZAAAAALAQbF02/NqSPLd1R59bVGou/cab3IH/n717D9P7LOj8/7mfmSQ90HJs6bbJ5DRJC5WT&#10;rRwEhUoPSdpyWDEcVgQUz+K6gqI/XYnKKqK7LIKLuKCswgIFRbbkBMVWBKTYgqIF2kxOk7S0FFpo&#10;ekoyz3P//oBdS23TJJ2Z+zm8XtfV/9p53rmeXJ2Z5/v53l9g8BiVATByLl+27Jha8trWHfQdp5UB&#10;AAAAAENv89LJp9WS327dMRJqVo+PH/+m1hkAcDSMygAYOXfV8ZeU5NGtO+g/Jblw4+IVj2vdAQAA&#10;AAAwFy7Ps8ZT85a4TjyP6o9vnVh1XusKADhSflgAYKTUpJSaV7fuoG+VTqfz860jAAAAAADmwt1L&#10;r/9PSc5q3TFiSi/1Tz+0bNnDWocAwJEwKgNgpGydWP3sJI9t3UFf+w+XnXbGI1tHAAAAAADMpo8s&#10;XfWY1Oqxl20sXtQb29A6AgCOhFEZACOl1u5Pt26g7x17cLz7o60jAAAAAABm01itb0qyqHXHqCop&#10;P/WRidUrWncAwOEyKgNgZGxctuyUlHJx6w4GQK0vb50AAAAAADBbNk+seHaSC1p3jLhFY7X7+60j&#10;AOBwGZUBMDLG6th/SLKgdQcD4bGbl6z4ntYRAAAAAAAPVk1KMva7rTtIUsq/37Jk9fe1zgCAw2FU&#10;BsDIqLW8pHUDA6SMvbR1AgAAAADAg7V5yeR5SXUTbZ+opftfWjcAwOEwKgNgJHx08YpVSb67dQeD&#10;pP7QBj8rAQAAAAADrCallDilrK+U79u8dPJprSsA4IG4UArASOh2Oi9o3cDAOeXJEyv9Yg8AAAAA&#10;DKytE6ufHTdc95+an2mdAAAPxKgMgNFQ85zWCQyeUsq/b90AAAAAAHC0ano/2bqB+/SiTadNLm4d&#10;AQCHYlQGwNC79NTVj0rJ97TuYCBd1DoAAAAAAOBobDpl8qTEDdd9arwzXn6qdQQAHIpRGQBDb2xB&#10;74IkY607GEA1qzcvO2NZ6wwAAAAAgCNVFpYXJ1nYuoP7Vmv9sUtcuwCgjxmVATAKnt06gMFV6sy5&#10;rRsAAAAAAI5c/enWBRzSKSdMrHhW6wgAuD9GZQAMvVLzzNYNDK5eL+e0bgAAAAAAOBJblq9+QpIz&#10;WndwaLV2nte6AQDuj1EZAEPto0tOPzXJitYdDLRntA4AAAAAADgSvZnuRa0bOAwlP7TBNXsA+pRv&#10;UAAMtW6n99TWDQy2UjJx2fLlj27dAQAAAABwuEopa1s38MBK8ugnT6x8WusOALgvRmUADLWSfHfr&#10;Bgbfge7Yk1s3AAAAAAAcjg8tW/awJE9p3cHh6aRc3LoBAO6LURkAQ61X6xNaNzD4jBMBAAAAgEGx&#10;qDt2QZLx1h0cnpo8o3UDANwXozIAhlpJnti6gaFwZusAAAAAAIDD0Snl2a0bOCJPuuqssxa0jgCA&#10;ezMqA2Boffj0009Isrh1B0PhjNYBAAAAAACHoyZPat3AETnupq/e6qkrAPQdozIAhtb4/t7K1g0M&#10;jckNfm4CAAAAAPrchm99jvnY1h0cmbFO5ymtGwDg3lwcBWBodWpWtG5gaBz7tFNXntY6AgAAAADg&#10;UL538YqVSY5r3cGRqbV8T+sGALg3ozIAhlZJb3nrBoZHd2ExKgMAAAAA+lpvbOzxrRs4GnVV6wIA&#10;uDejMgCGVu11TmndwPDoVKMyAAAAAKC/9Wo9s3UDR2VJ6wAAuDejMgCGV6lGZcyaXu2d2roBAAAA&#10;AOBQOsni1g0clVOvOuusBa0jAOCejMoAGGYntw5geJSUR7ZuAAAAAAA4lFrLo1o3cFTGbv76HZ6W&#10;AUBfMSoDYIiVh7cuYIiUnNg6AQAAAADgUEqpbo4dUL1ud6J1AwDck1EZAEOsHt+6gCHSMyoDAAAA&#10;APpbTYzKBlRJ7xGtGwDgnozKABhmRmXMmlLykNYNAAAAAAAP4KTWARydTikLWzcAwD0ZlQEwvEqO&#10;a53A8KjJWOsGAAAAAIAH4GbrAdUrWdC6AQDuyagMgOFVU1onMDxq/H0CAAAAAPpbSQ62buDodHpO&#10;KgOgvxiVATDMeq0DGB6lVqMyAAAAAKCv1WJUNqhq6TmpDIC+YlQGwDAzKmP2lOLvEwAAAADQ32oO&#10;tE7g6NSktm4AgHsyKgNgmLkji1lTkjtbNwAAAAAAPACjsgHVKZ1bWjcAwD0ZlQEwtGryzdYNDI9a&#10;cnvrBgAAAACAQ6tGZQOrZ1QGQF8xKgNgaJVkX+sGhkitd7ROAAAAAAA4tHJD6wKOTu32vt66AQDu&#10;yagMgGF2W+sAhkm5tXUBAAAAAMChlenWBRydmSwwKgOgrxiVATDMvto6gGFS3eEHAAAAAPS1WntG&#10;ZYOp3pU7Pf4SgL5iVAbAMNvbOoDhUWv5SusGAAAAAIBDKZ2yu3UDR2XX+r1772odAQD3ZFQGwNAq&#10;xclSzJ5Suze2bgAAAAAAOJRO9fjLAfXPrQMA4N6MygAYWr2ek8qYNfWY/cftaB0BAAAAAHAonfHu&#10;ta0bOCrXtA4AgHszKgNgaI2NjX25dQND4yvn3HzN7a0jAAAAAAAO5bwdO6YTN1wPnFqcVAZA3zEq&#10;A2BoPfKRJ2xPcrB1B0Og5rrWCQAAAAAAh6XWz7ZO4AjVGSeVAdB3jMoAGFpnX331wZTsbN3BECjV&#10;kfEAAAAAwEAonXy6dQNH5Ov79u40KgOg7xiVATDcar7QOoFh0Pl86wIAAAAAgMPRq/lM6waOyN+s&#10;T7qtIwDg3ozKABhqtdQrWzcw+Hq1e3XrBgAAAACAw3F7b//nktzduoPDVT7eugAA7otRGQBDrZRy&#10;VesGBt7MHfWAo8cBAAAAgIGwfu/eu1LrptYdHJ7e2MyW1g0AcF+MygAYagcWjV2dZKZ1B4OsfH79&#10;3r13ta4AAAAAADhcpdP5y9YNHI567YU7d+5uXQEA98WoDICh9txrr92X5LOtOxhcNb3LWzcAAAAA&#10;AByJu8rBTUkOtO7g0Gry4dYNAHB/jMoAGH61/k3rBAZXp3Q+0boBAAAAAOBIPH/Xrm8k2dq6g0Oq&#10;vYy9vXUEANwfozIAhl+pV7ROYGDN3FUOfqp1BAAAAADAkasegdnX6icvmr5uR+sKALg/RmUADL2T&#10;Tnr4J0ryjdYdDKJ6xbfv6AMAAAAAGCh1YXlfTW5q3cF9q6U4pQyAvmZUBsDQO/vqqw/GMd8chZr8&#10;n9YNAAAAAABHY93U1P7U+ietO7hPtx5bZpwkB0BfMyoDYFRsbB3A4OllzN8bAAAAAGBw9cqfJDnY&#10;OoPvVGv+9Jxdu+5u3QEAh2JUBsBo6C3amORA6wwGSfmHi6av29G6AgAAAADgaK27fmpvkve37uA7&#10;7FvYG//d1hEA8ECMygAYCWv2XnNLPMqQI1DT+4vWDQAAAAAAD1bpdd7SuoF7KPmf517/5a+3zgCA&#10;B2JUBsDIqMmft25gYMzkQHlf6wgAAAAAgAdrzd7rPptS39u6gyTJvgUz47/TOgIADodRGQAj4/YT&#10;Fm1N8rXWHfS/UvOxdTdO3dy6AwAAAABgNtSZ8stJ7mzdMepq6tucUgbAoDAqA2BkrL/mmgOllLe3&#10;7qD/1U7vra0bAAAAAABmy7rrp/aWxGMw2/rqwu6CN7aOAIDDZVQGwEjp9Dr/I8nB1h30tZ1X7t6x&#10;pXUEAAAAAMBsWnTXotcnuaF1x6gqpfyMU8oAGCRGZQCMlPP3XHtDar20dQf9q9S8Y0PSa90BAAAA&#10;ADCbzrn5mttL8iutO0ZT3bhm97a/bF0BAEfCqAyAkdPp5L+2bqBv7Utd9MetIwAAAAAA5sKa6am/&#10;SPKe1h0j5tZSFv546wgAOFJGZQCMnAt2b/90Ui9r3UH/qalvW7P3mltadwAAAAAAzJVuDrwqyd7W&#10;HSOj5tfX7P7SV1pnAMCRKq0DAKCFTUsmzy8lW1t30FcO1G5Wrrt+yocpAAAclQ+ffvoJxx84cNzd&#10;3QXHJ8nCWu6+Y2z/nc/ftesbrdsAAOCeNk2sfHpJ+dskY61bhlt919rp7a9oXQEAR8OoDICRtXli&#10;8tNJnta6g/5Qa966bs/Uq1p3AADQnzYknbMnVi8bK64hE2UAACAASURBVDNnlJTHpJbTa+oZSVmV&#10;5LgkJz7Al7gjJXemZmdSvpTUL6fUaztl7EuPfOQJ28+++uqDc/+nAACAf7VlYvINNXlt644hds0x&#10;dy166jk3X3N76xAAOBpGZQCMrC2LVz+5dnqfie+HJLfNzHRWXnzDdV9rHQIAQH/YNDm5qHOg831J&#10;79yaPCPJk/Kt8dhcmEnyTyW5rJd8Kgvzt+umpm6bo9cCAIAkSU3KlqUr35NaXty6ZQh9vTfWPevC&#10;nTt3tw4BgKPlIjoAI23zxOT7k6xv3UFbJfmtNdNTr2vdAQBAW5smJxflQC4utbyklHpOTR7WKOXO&#10;JJ8stbyvt6j+pYEZAABz5ZLFi489oXPMx+OpHrOp20lZe8H0to+1DgGAB8OoDICR9tHFK1Z1O51/&#10;SbKwdQut1K/UheUMF+oAAEbT5XnW+F0Te9eW5KVJLkpybOume+km9fKa/EV35q4PXnzDDXe2DgIA&#10;YLh8dMnpp3ZL9zNJlrRuGQYl5bVrpre9sXUHADxYRmUAjLwtE5O/WZPfaN1BGyV54ZrpqUtadwAA&#10;ML82TU4uKgfKy5P6miSTrXsO041J/rAuzB+5KQIAgNm0efHyx6cz9ndJTmzdMsg8FQOAYWJUBsDI&#10;+/bx3v+SZEXrFuZZyZa1u6fWts4AAGD+fGRi4uFjWfgfk/xskke17jlKdyT1nTO9sTdevPe661vH&#10;AAAwHDYuW/XETq9uTXJy65aBVOvr1+7Z/p9bZwDAbDEqA4Akm5eufH5q+avWHcyruzudzpMu2HXd&#10;l1uHAAAw9751Mln+U5JXZ3DHZPd2R2p52/iC7uvP27Hjm61jAAAYfJuXn356ut3Lkixu3TJIauob&#10;101vf23rDgCYTUZlAPBtmydWvSupL2vdwfwoKb+wZnrbm1t3AAAw9zZNTL6gJG/K8F4Yu7Wk/OZn&#10;pre9ZUPSax0DAMBg23jaitWl0/lYKZlo3TIQavmDNXu2/XJJausUAJhNRmUA8G0fW7HioQcPdr7g&#10;F+URUPK3V+6e+oENLrgBAAy1zcvOWFZ7M28pyUWtW+bJVam9n1m7Z8c/tA4BAGCwbVy+fGmnO7Yl&#10;yRmtW/rYwZr6s+umt//P1iEAMBc6rQMAoF+ct2PHN9OpPxV3Ew27fWPd3o9vMCgDABhqm5esenl6&#10;M/80QoOyJDk7pfPJTUtW/toGn/sBAPAgXLhz5+7O/uPOTnJJ65Y+9dWUPNOgDIBh5qQyALiXzROT&#10;G5K8rnEGc6QmP7RueuqDrTsAAJgbH5mYePhYXfTOlPr81i0tleQTB3udl1y897rrW7cAADC4alK2&#10;Ll3167XWDXHjQpKkJtt6pTz3ot3bvtS6BQDmkm/8AHAvV05P/VaSra07mBPvMCgDABhem5ZNPnUs&#10;Cz8/6oOyJKnJ9493ev+4eemKda1bAAAYXCWpa3Zv++1SynOS3NK6p7FaSt42tv+4JxmUATAKnFQG&#10;APdh47Jlp3R641clOa11C7OjJP9Y9h/3jAtu+sIdrVsAAJh9WyYmX1qTtyc5tnVLn+nWWl+3bs/2&#10;/9I6BACAwfaRiYmHj2XRG5L6E61bGpjqlPqyC3Zv/3TrEACYL0ZlAHA/tixf/YTa7X0qyfGtW3jQ&#10;9pay4Mlrdn/pK61DAACYfVsmJt9Qk9e27uhzf3HSSQ/9sbOvvvpg6xAAAAbblonJ9TV5S5KTW7fM&#10;k/d0c+BVF01P39o6BADmk1EZABzC5iWrXpxS3xPfMwfZ/qR37trpHZ9sHQIAwOzakHSeunTyrbXm&#10;p1u3DIKafKQ7c+cLL77hhjtbtwAAMNguPXX1oxaM9X6vlrwsyVjrnjlyVamdX1yz57q/ax0CAC24&#10;QA4AD2DzxOTrkmxo3cFR6SZ58drpqQ+0DgEAYHZdvmzZMfvr+HtrzfNatwyYz87MdC68+IbrvtY6&#10;BACAwbdx+fKlne74/5fUVybptO6ZJdtr8p/WTU9d2joEAFoyKgOAw+BxOgOpJvmRtdNT724dAgDA&#10;7LokGXvIxOT7S/KDrVsGUSm5ctGdi8495+Zrbm/dAgDAcNi6dOX39lJ+JzXPbN3yIFyf5K0zM3f+&#10;odN9AcCoDAAOS03K1onJd9XkR1q3cHhKza+t2TP1O607AACYXRuSzlMmJv88yX9o3TLQaq44Zmxm&#10;7Tm7dt3dOgUAgOGx8bQVqztj5WeT8qNJHtK65zDUmmzspPPmz0xf9zcbkl7rIADoF0ZlAHCYalI2&#10;T6z8HyXlp1q38ABqXr12z9R/a50BAMDs27Rk8i2l5OdadwyJ/3PM9OIfPCdXzLQOAQBguGw6ZfKk&#10;sjCvTPJjSVa27rkPt6TmQ51S33bB9ParW8cAQD8yKgOAI2BYNgAMygBGzqbJyUVjtT607K8PrZ1y&#10;Ys3Yw+/r36ud3kynV/clScr4Ld0F3a+vm5q6bV5jgQdl08Tka0vyhtYdw6Qkf37B9NTLy7ceHw8A&#10;ALNu69LTl9fae05N76KkPCvJeJuS+pUkH0jqB66c3vHpDU4lA4BDMioDgCN0STJ2wsTknyV5aesW&#10;vkOtpf7yut3b/6B1CACza9Pk5KIczGNT6+NKyoqkLEvqkiQTSZYkWfQgvvzBJF9PckuS7TV1R5Lt&#10;ndLZMVPLly6cvm6noQX0h01LV64ttXwkSad1y7Appb5qze7tb23dAQDA8PvYihUTMwfHfqCkfl8t&#10;9elJOX0OX+6WlHy21Hy21nx634mLLl9/zTUH5vD1AGCoGJUBwFGoSdkyMfm6JK9r3UKS5O5a64vX&#10;7dn+161DAHhwNk1Ontg5WM9K7XxPTT2rJI+ryao0u4s5+5L8c039QpLPjdX8/d/v2f7FDe5mhnm1&#10;acnkyk7JVTV5WOuWITVTaucH1uy57u9ahwAAMFq2rlx5cm8mT08tZ6RmZUpW1JqVpWRxDu+GkoNJ&#10;vT6l7C41u5PsSinXptv77Jq926fmOB8AhppRGQA8CFsmVv1yTX1DfE9t6bbUrF+7Z2pr6xAAjtyW&#10;xWc+Ip3956bmglryvUlWp89PISrJN2rKp2vtfbrWzmV37N121fqk27oLhtUlixcfe8LYsZ9JrY9v&#10;3TLkbux1Zp504a5dN7YOAQCAS848c+Fx+/Ydv2BmwUO6Y2XhWKn/7waTmV49UDvjd3S6vQO3Xz/1&#10;Fb+TA8DccAEcAB6kzROTP5Tkz5Ic37plBE3V5Lnrpqe+2DoEgMO3efHyx9fO2PNKsibJk5OMtW56&#10;kL5ekstSy9aysLfxgu3bv9o6CIbJ5olVb0/qT7TuGBGX75ueOs9FOQAAAACMygBgFmxcvOJxnU7n&#10;r5OsaN0yOuplpXfMC9fsveaW1iUAHNrledb4/okbnlXTvTgpz0+ypHXTHPtikg+UXn23R23Ag7Nl&#10;6aoLa60fad0xSkrKL6yZ3vbm1h0AAAAAtGVUBgCzZMviMx9RO/v/LMlzWrcMuVpLfvf23VO/4QQF&#10;gP72sRUrJma6Yz+SWl+WZLJ1TwPdpF5eSufPFpWDf3XOrl13tw6CQXL5SWc+5O5j938xwz9E7Td3&#10;pjN+5tpdX97VOgQAAACAdozKAGAW1aRsmVj1qqS+Mcmi1j1D6JaavHzd9NSlrUMAuG+bJicXlQP5&#10;oaS8PKnnJOm0buoHJflGLfnfNXnHut1Tn2/dA4Ngy8TkG2ry2tYdo6gmf7lueuoFrTsAAAAAaMeo&#10;DADmwMZlq57Y6dU/T/K41i1D5AMLxrqvOnfnzptahwDwb209deWS3nhek5SXJXlo654+97ma+uaT&#10;T3rYe8+++uqDrWOgH22amHxsST6fZGHrllFVSrloze5tG1t3AAAAANCGURkAzJHL86zxuyb2vrok&#10;vxmnlj0Yu1Pzk2v3TG1tHQLAv/XRxStW9TqdX6rJS5Mc07pnwEyVUt98W3f/O9fv3XtX6xjoJ5sn&#10;JrcmOb91x4j78r4TFj1h/TXXHGgdAgAAAMD8MyoDgDm2aenkk0ov/yMlT23dMmBqknfe3Zn5pefv&#10;2vWN1jEAfKeNy1Y9sfTqb5fkwvjd8sH6epK3dnPgzRdNT9/aOgZa2zKx+tya3sdad5DUmp9Zt2fq&#10;ba07AAAAAJh/PvgHgHlQk7J1YvKHa/KGJKe27hkAny+lvnrN7u2Xtw4B4DttXL586djM2G/Ukh9J&#10;Mt66Z8h8vdT8t9vq3W9ychmjbPOSyctT8qzWHSS1Zvr2ExetcloZAAAAwOgxKgOAeXT5SWc+ZP+x&#10;+3+pJr+Y5CGte/rQjlLKf/7M7m3v25D0WscA8K+2rlx5cu9g57eT+ookC1r3DLmvlZTX3za97a3r&#10;k27rGJhPmydWPCPp/F3rDu6hlles3bPtXa0zAAAAAJhfRmUA0MDGZctOGavjv1FrXhkX5pPkqzX1&#10;9befcMzbnYIA0F+uOuusBV/72jd/otZsSPKo1j2jpJRc2Sv5hXW7pj7TugXmy5Ylk5tqydrWHXyH&#10;qX3TU2cYuQIAAACMFqMyAGho87IzltXuzKtLyY8lObZ1z/yrXyml87b9x3T++3OvvXZf6xoAvtOW&#10;xaufXDu9dyR5XOuWEdZLyjtKb+Gvrtl7zS2tY2AubVy84nGdTuef4vOq/lPKD67dve2vWmcAAAAA&#10;MH98SAcAfWDrypUn14PlZ2vyyiSntu6ZayX5RJI/etRJD/3Q2VdffbB1DwDfadPk5InlQPn9pP54&#10;/N7YF0ryjaRs8EhMhtnmpZN/lJqfad3BfamXrZ3efl7rCgAAAADmj4sDANBHLs+zxvcv2XthLfXH&#10;k7ImyVjrpll0e1Lf0+vVP7pw745/bh0DwH3buGTV93dK/dMkK1u3cJ8+OtPr/OjFe6+7vnUIzKZN&#10;k5OLyoHckOQRrVu4T73OTF12wQ3b97QOAQAAAGB+GJUBQJ+6bPnyRx/odtaXlBcneWoG8/v2Xal1&#10;c9L54IHjOh/xiEuA/nXpqaceNz5+/JucTjYQ9iX1NWunt/9J6xCYLVuWrvrBWusHW3dwSL+6dnrq&#10;Da0jAAAAAJgfLhQAwAD42IoVE91ueU6vlueU5JlJFrZuOoQ7k2wsyQfL/uM2XnDTF+5oHQTAoW08&#10;bcXqzljnPUnObt3C4SvJ+8fGez953o4d32zdAg/W5onJ/5Pk4tYd3L+SfGnN9NRjW3cAAAAAMD+M&#10;ygBgwHz49NNPWHhn93tT8rSafG9JnpLkxHZF9SullCt7NZ9JL5/p9u78h4tvuOHOdj0AHInNE5M/&#10;nOSPkxzfuoWjMlXGOi9Ys/O6f2odAkfrstPOeOTBsZkb0t83TpCklnz3ut1Tn2/dAQAAAMDcMyoD&#10;gAG3Iek8Zfnpq2qve3an5uxecmZJXZWUiSSdWXypO1PKVHq9qVoylZrP1fHeZy7cuXP3LL4GAPPk&#10;W4+7PO6Pk7y0dQsP2v6S8to109ve3DoEjsaWpateUmt9T+sOHlhNXrdueuq3WncAAAAAMPeMygBg&#10;SG2anFyUA1lZOjm51HJqak5KyUmpdbymPLzUOl5LTrjnf1OSXk35Zkm9tSbfLCU315KpmZnOtov3&#10;Xnd9qz8LALPr0sWrTxvv9D6Q5GmtW5hN9e3HTC/5uXNyxUzrEjgSW5ZMvrOW/GjrDh5YST6xZnrq&#10;ma07AAAAAJh7RmUAAAAjZMvSye+utX4kKf+udQuzryYfWzDe+6Hzduz4ZusWOFyblkzuLiUTrTs4&#10;LAc6+497xAU3feGO1iEAAAAAzK3ZfCQWAAAAfWzLxOT6WvMpg7LhVZLzZmY6V29efvrprVvgcHxk&#10;YvUKg7KBsrC38M5ntI4AAAAAYO4ZlQEAAIyALUsnX1mT9yQ5pnULc25lut0rNi5b9cTWIfBAOuk+&#10;u3UDR6hU7xkAAADACDAqAwAAGHKbJyZ/pdb8zyTjrVuYN6eM9erlmydWOFGIvlaSs1o3cKTK2a0L&#10;AAAAAJh7RmUAAABDqiZl85JVv5/kd1u3MP9q8rCk8/FNE5MvaN0C96ekPKZ1A0fMewYAAAAwAozK&#10;AAAAhlBNypYlq96YUl/TuoWmFpbkf29ZuuoHW4fAfeklp7du4Iid8qFlyx7WOgIAAACAuWVUBgAA&#10;MIS2LJ38A4Myvm1BrfW9m5asfF7rELinDy1b9rCSPLp1B0fumG5nVesGAAAAAOaWURkAAMCQ2TIx&#10;+abU/GLrDvrKglLKBzcvWfmi1iHwfy2cWeCUsgFVSueM1g0AAAAAzC2jMgAAgCGyZenKV9fkF1p3&#10;0JfGUsq7Ni2ZPL91CCTJ2FhWtm7g6NR47wAAAACGnVEZAADAkNi0dPJHay2/37qDvraolHxw09LJ&#10;J7UOgaT3iNYFHK3ivQMAAAAYckZlAAAAQ2DzksnnlJo/SVJat9D3Tig1H9142orVrUMYbbWWh7Ru&#10;4Gj1TmhdAAAAAMDcMioDAAAYcJsmJh9bSv5XkrHWLQyMR42Ndf56y+IznTZEM7XEMGlA1RTvHQAA&#10;AMCQMyoDAAAYYFtXrjy5JB+pycNatzBYavKY2tn/3kuMEWmkVMOkQVViEAgAAAAw7IzKAAAABtQl&#10;Z565sHegfDjJ8tYtDKzzH7Jk8vdaRzCqPEJxYNWc2DoBAAAAgLllVAYAADCgTty3//dS8tTWHQy2&#10;UvLqTUtWvrB1B6OoLGhdwFEq8d4BAAAADDmjMgAAgAG0acnK59XkP7buYDiUUv5k42krVrfuYLTU&#10;1H2tGzhqt7UOAAAAAGBuGZUBAAAMmK1LT19eSnlXktK6haFxYmes878vOfPMha1DGB0lMSobXN47&#10;AAAAgCFnVAYAADBArjrrrAW92r0kyUNbtzB0znrIvrvf2DqC0VFKxzBpcHnvAAAAAIacURkAAMAA&#10;+erN3/zVJGe37mA4lZSf3zQxeXHrDkZDr3r85aAqxeMvAQAAAIadURkAAMCA2Lhs1RNL8mutOxhq&#10;pSR//KFlyx7WOoThV4rTrgaVQSAAAADA8DMqAwAAGABXnXXWgk63vivJwtYtDL1Tj+mN/37rCIZf&#10;qZ3drRs4OqUW7x0AAADAkDMqAwAAGABfvfmbv5qSJ7TuYGS8csvilWtaRzDcet3el1s3cHRqp3rv&#10;AAAAAIacURkAAECf2zQx+ViPvWS+9Up5+4dPP/2E1h0Mr7XXT12f5PbWHRy5bnfs2tYNAAAAAMwt&#10;ozIAAIA+V5K3xGMvmWelZGLB3d1fad3B8CpJLclU6w6O2B0X7b3uhtYRAAAAAMwtozIAAIA+tnnJ&#10;qhcn+YHWHYymUvOazctPP711B8OrluIxioPn2pLU1hEAAAAAzC2jMgAAgD516amnHpdS39i6g5G2&#10;MN3ef2sdwfCqvd6/tG7gyJTEewYAAAAwAozKAAAA+tSCseN+Icni1h2Murpu89IV61pXMKTGysdb&#10;J3BkeqneMwAAAIARYFQGAADQhy49dfWjaskvt+6AJEmv8zs1Ka0zGD7H7lp8VZLbWndw+Mbr+GWt&#10;GwAAAACYe0ZlAAAAfWh8rL42yUNbd0CSpOQJW5aselHrDIbPOblipiafaN3B4arXnr/n2htaVwAA&#10;AAAw94zKAAAA+szWlStPTqk/3boD7qmW+puX51njrTsYSh6nOCiKx5UCAAAAjAqjMgAAgD7TO5jX&#10;JDm+dQfcU0lW7Z/Y++LWHQyf0uv+TesGDpdRGQAAAMCoMCoDAADoI1sWn/mIpPxU6w64LzX5lZqU&#10;1h0Ml7V7d34hpXyhdQeHVpJvHFMObmrdAQAAAMD8MCoDAADoJ2MHfjbJCa0z4H48dsuSyYtbRzCU&#10;3t06gAf0gXN27bq7dQQAAAAA88OoDAAAoE9cvmzZMbXWn2vdAYdSSl7duoHhM9brvCdJt3UHh1A7&#10;f9E6AQAAAID5Y1QGAADQJ+7uLnhRkpNbd8Ch1OT7Ny5e9ZTWHQyX8/dce0OSj7fu4H7tuGDPdZ9s&#10;HQEAAADA/DEqAwAA6BfFKWUMhk6n/mzrBoZPTX1P6wbuWynlvSWprTsAAAAAmD9GZQAAAH1g89LJ&#10;pyU5q3UHHKYXbjpl8qTWEQyXk0962HuTuqt1B//GnWW894etIwAAAACYX0ZlAAAAfaAmP966AY7A&#10;ws7C8pLWEQyXs6+++mCt5Y2tO7iXkrdfsH37V1tnAAAAADC/jMoAAAAa+9CyZQ8rNS9q3QFHopf6&#10;ytYNDKFF+dMk17fO4P+5q1dmDP0AAAAARpBRGQAAQGPH9MbWJzm2dQcciZJ815alk9/duoPhsm5q&#10;an9J+f3WHXxLrXnnhbt23di6AwAAAID5Z1QGAADQWi0vbp0AR6MmP9y6geFT9h/7jprc1LqD3F3G&#10;xv9r6wgAAAAA2jAqAwAAaOijS04/NSXf37oDjkrN+g0+W2CWXXDTF+4otf5C646RV8p/Wbvry7ta&#10;ZwAAAADQhg9+AQAAGup1us+P380YXKc9benKp7aOYPis3bP9fSnZ0rpjhH1530MWvrF1BAAAAADt&#10;jLcOAAAAGGW1lxektK6Ao9dLeUGST7fuYPiMdXs/3+10/jnJotYto6ak86r111xzoHUHcP8uXbz6&#10;tAXpPi6dzuk1WVlqPb6WnPD//oVSuqXW3bVkWyf1S90F5ep1U1P7GyYDAAAwYFy6AAAAaORDy5Y9&#10;7Jje+M1xww+Dbefa6akVrSMYTluWrnp9rfXXWneMkpK8f8301ItadwDfaUPSeerE6h+o6b4gpZyT&#10;mtVH+CXuTsmVqdnaTef9F01ft2MuOgEAABgeRmUAAACNbFqy8oWllPe17oAHq9PpPOaCXdd9uXUH&#10;w2frox9/fF105z/U5DGtW0ZCyc0z3c6TLt573fWtU4Bv2XTK5Emdhfm5mrwiyZJZ+rI1NVfWTt56&#10;7O7F7z8nV8zM0tcFAABgiHRaBwAAAIyqUrKmdQPMhl6vnt+6geF0wU1fuKPT6z03yW2tW0ZANyXr&#10;DcqgP1y2fPmjNy2ZfEtZmF01+Y3M3qAsSUpKnlpq3n33xN4vb16y6uUbXCsAAADgXvyiCAAA0EBN&#10;SlKMyhgKNfW81g0Mr/P37thWa/2J1h3Dria/tXbX1BWtO2DUXXXWWQs2LV35moPdsetKyc8lOW6O&#10;X3JlSv2zp0xM/v3GJSvOnuPXAgAAYIB4/CUAAEADmyYmH1uSa1p3wCy57aSTHvqos6+++mDrEIbX&#10;5olVb0+My+bIR6+cnlq7Iem1DoFRtnXJyu/qlfL+JI9tlFCT+pZ9JxzzS+uvueZAowYAAAD6hJPK&#10;AAAAGiipz2jdALPoxK/dtO9JrSMYbp39x/5iks+17hhCe8bq2Cs2GJRBU5uWrHxer5RPpd2gLPnW&#10;Sbo/f+K+/R+7bPnyRzfsAAAAoA8YlQEAADRRjMoYKrX0nt66geF2wU1fuGNBd/z8JF9s3TJEbqw1&#10;55y/59obWofAKNs8MbmhlPJXSU5s3ZIkNfn+g92xz21evPzxrVsAAABox6gMAACgDQMchkvJ01on&#10;MPzOvf7LX5/pdc5Psrt1y6AryTfS616wbs/U9tYtMMo2L13160lel6S0brmXU9MZ+9imicmWJ6cB&#10;AADQkFEZAADAPNu6cuXJSVa07oDZVGue0rqB0XDx3uuuH+v1zkvy1dYtA+zu2snz1+7d+YXWITDK&#10;Ni1Z+Wup9bdbdxzCySW5/KOLV6xqHQIAAMD8MyoDAACYZ70D5UmtG2C2lZKJLUsf8+9adzAazt+7&#10;Y1tKnpfk1tYtA2h/TV66dtfUFa1DYJRtWbrqJaWUfh6U/V8ndzudD11+0pkPaR0CAADA/DIqAwAA&#10;mGe15ImtG2Au9HoHH9e6gdGxdvfU33fTObsm21q3DIySm3u98sx101MfbJ0Co2zL8tVPqLW+M/33&#10;yMv7c+bdx+5/Tx2cXgAAAGaBURkAAMA8K6U+oXUDzIWSnNm6gdFy0fR1OxaOdb8vydWtWwbAVOnW&#10;771w77YrW4fAKLvqrLMW1Jne/0pyTOuWI/ScrUsnf6x1BAAAAPPHqAwAAGC+1fL41gkwF0rJY1o3&#10;MHrO3bnzprs7M+em5orWLX3si+PjvWev2bt9qnUIjLqbb/7ma1IykDcY1Jr/+tElp5/augMAAID5&#10;YVQGAAAwjy5JxpKsbt0Bc6Em39W6gdH0/F27vrFvz9S5SX4zSbd1T3+pf3hMZ+as83bsmG5dAqPu&#10;0sWrT0vyq607HoQTe+n+dusIAAAA5odRGQAAwDx66KkrT02yoHUHzJGVrQMYXeuT7trpqQ3p5Nyk&#10;fqV1Tx+4PclL105v/4/n7Np1d+sYIBnrdH89yQmtOx6MWvKKrUtWGpEDAACMAKMyAACAedTtlBWt&#10;G2AOnXTpqace1zqC0bZ219QV9UB5Qkq2tG5ppST/2Ov2zlo7PfXu1i3At1y6ePVpJeUVrTtmQemV&#10;8trWEQAAAMw9ozIAAIB5VEpZ3roB5lAZX3TCktYRsO7GqZuP2b344tT8YpJ9rXvm0cGS/N7BmTuf&#10;fuH1O65rHQP8q7HS/ckki1p3zJIXbly27JTWEQAAAMwtozIAAIB5VEudaN0Ac6l0q1EZfeGcXDGz&#10;ds/Um0pv0bKk/EmS2rppbpVNteYxa6anfuXiG264s3UN8K82JJ1Systbd8yiBaWO/XDrCAAAAOaW&#10;URkAAMA8KjUnt26AuVRrXdy6Ae5pzd5rblk7ve0na82alAzj6V03JnnpmultF63bM7W9dQzwbz11&#10;yeqnJxmq0XWp5UWtGwAAAJhbRmUAAADzqRiVMdxKp/fI1g1wX9btmfrolbunHlOT5yTlH1r3PGgl&#10;19XUl+07YdHStdNT7y5DfxIbDK7a6T2vdcMcOOvSxatPax0BAADA3BlvHQAAADBiHtU6AOZW5+Gt&#10;C+D+bEh6mZ66NMmlmydWPCMZ25DUZzfOOlKfq8mGz+6e2rgh6bWOAQ5DzTmtE+bC2FjvWUne07oD&#10;AACAuWFUBgAAML+MyhhqNdWojIGwdnrHJ5Ocu3lixbOTzsuSPD/JQxpn3Z8DSTanlD/ft3vbh9cn&#10;3dZBwOHZNDl5Yg7k8a075kStz4hRGQAAwNAytQGkHQAAIABJREFUKgMAAJhfJ7YOgLllVMZgWTu9&#10;4+NJPr5pcnJRDuT8krw0yXOTLGyc1q3J5qR+IAvLX6+bmrqtcQ9wNGby2CRjrTPmQknnu1o3AAAA&#10;MHeMygAAAOZRTY4prSNgLtXSryc9wSGtm5ran+TSJJdetnz5ow/OdM5JybOS8swkZ8xHQ62Z7pRc&#10;kVquqGNjl6/b9eVd8/G6wBzq1dXJkP70V+rprRMAAACYO0ZlAAAA86gkx7RugLlUqs8aGHzn7tx5&#10;U5L3ffufbFy27JROd+xZpZQn1uSMlDwmNSty9J+t9ZLsTsm1Sb6UXvlCp9P52wumr905O38CoG/U&#10;LBnWTVlqTrpk8eJj1+/de1frFAAAAGafD3oBAADm17GtA2Au1VIXtG6A2Xbhrl035h4jsyS56qyz&#10;Ftz4tdsmx3p1VVKPS8mJpeSEpHNcaj0+SWpyd0m5s6b3jVrKHSX1zl7p7Lxj5q5rjTBgNHRKOaG2&#10;jphDj1iw4MQk/n8GAAAwhIzKAAAA5pfBDcOtFp81MBLOvvrqg0m+9O1/AO5Tr+b4MqwnlSWZOdg5&#10;IclNrTsAAACYfZ3WAQAAACOm2zoA5lSpY60TAKBflFKG+aCylLFxP9sCAAAMKaMyAACA+TXTOgDm&#10;VudA6wIA6Be11H2tG+bSgYPD/ecDAAAYZUZlAAAA88tpDgy1mnpX6wYA6Bs1t7VOmEN17LieURkA&#10;AMCQMioDAACYX04qY6iV5O7WDQDQR7a3DphD16+bmtrfOgIAAIC5YVQGAAAwv5zmwLBzUhkAfFvp&#10;da9r3TB3yrWtCwAAAJg7RmUAAADz69bWATCnhvsxXwBwRPbl4LYkB1p3zI3eNa0LAAAAmDtGZQAA&#10;APOoGJUx7Epubp0AAP1i/d69d6Xk71t3zIVac3nrBgAAAOaOURkAAMA8qkZlDLtqVAYA91R79ROt&#10;G+ZAb2Fvwd+1jgAAAGDuGJUBAADMo1Lz9dYNMJdKyddaNwBAP6ljnb9q3TAH/vbc67/s51oAAIAh&#10;ZlQGAAAwj2rJntYNMJdqJ19t3QAA/eTCXdv+Mck/t+6YTbXk3a0bAAAAmFtGZQAAAPOolky3boC5&#10;1Cvdna0bAKDflJRhGmHdub/MDOPpawAAANyDURkAAMA86tSOURnD7MAdO3fubR0BAP1m/7GdtyW5&#10;tXXHrCh5+/N37fpG6wwAAADmllEZAADAPKpjxeMvGWZ71ifd1hEA0G+ee+21+5L8ceuOWbC/1+m+&#10;uXUEAAAAc8+oDAAAYB7tO258Z5KDrTtgLtRkR+sGAOhXpbfoD1Jyc+uOB6Xkjy7cuXN36wwAAADm&#10;nlEZAADAPFp/zTUHkmxr3QFzo36xdQEA9Ks1e6+5Jcmvtu54EG7s1gOvbx0BAADA/DAqAwAAmH/X&#10;tA6AuVBK+efWDQDQz67cPfVnKfnb1h1Ho9b60xdNT9/augMAAID5YVQGAAAw/5zmxFAq3Y5RGQAc&#10;woakV2fyw0m+3rrlCL1j3Z7tf906AgAAgPljVAYAADDPnObEkOoe7N3+L60jAKDfrbt+am8p5WVJ&#10;uq1bDtPn9/Xu/vnWEQAAAMwvozIAAIB51pupV7ZugDlw7cU33HBn6wgAGARrdm/bmOTlSWrjlAfy&#10;xZmZzvnr9+69q3UIAAAA88uoDAAAYJ6tu35qb62Zbt0Bs6t8snUBAAyStdNT707ya6077k9Nto2P&#10;99ZefMN1X2vdAgAAwPwzKgMAAGigU/L3rRtgNtX0PtW6AQAGzdrpqd8ttfx0+u9RmJ+vnZnvP2/H&#10;DjdCAAAAjCijMgAAgAZqzWdbN8BsGu9VQ0kAOApr9mz745o8P8mtrVuSJDXv3Ne7++kX7tp1Y+sU&#10;AAAA2jEqAwAAaKB2cnnrBphFN56/d8e21hEAMKjWTU9dOj7ee2KSlid/3plaXrF2z9Qr1+/de1fD&#10;DgAAAPqAURkAAEADa3dP/WNSv9K6A2ZH2dq6AAAG3Xk7dkzvm556Zq35mSS3zONL15r85Viv98S1&#10;e7a9ax5fFwAAgD5mVAYAANBASWpSPt66A2ZF7W1pnQAAw2B90l23Z+ptMzOd00vy35PcMccv+amU&#10;PH3d9NQLnDoKAADAPZXWAQAAAKNq08TKHykp/6t1BzxI3W4OnHTR9PStrUMAYNhsOmXypCyor0rK&#10;y0rJxCx92TuS+oGkvnPt9I5PztLXBAAAYMgYlQEAADTy0SWnn9ot3T1xijQDrfzD2ultT25dAQDD&#10;bEPS+Z4lq57RKb0fTMo5Sb4rR/D5fq2ZLiWfqamXZWF5/7qpqdvmLBYAAIChYFQGAADQ0OaJlZ9I&#10;yve17oCjVZNfWTc99XutOwBglFx66upHjS3oPr7T66yunbo6NSckeWiSlJp9NeWWWur1pdTdY73x&#10;K8/fc+0N/z979x5l91nQ+//z7D1J2tIb0IC2zSRNJi0YwMOvRcpBsIHSTFIqh1tBDkU9IhwFPYqi&#10;Hjxo4OgPQVQunh8CRxEFKeUI9pQmKUVS5Ca1BRRKSTK5zCQNtLSlN9pcZvbz+6OgljZtbpNn9uzX&#10;a62s1dU13d93/ujMnr0/+/k2TgYAAKDPDLUOAAAAGGyd/5NUozL6Ve2W7iWtIwBg0Fywc+PNST71&#10;vT8AAABw2LnFCgAAQEOTvfK3SXqtO+DglGtWjG/Y2roCAAAAAIDDy6gMAACgoQt2bLwhNVe37oCD&#10;Uz/augAAAAAAgMPP7S8BAADa++skZ7eOgAPU63WnPtQ6AgAAAGBQXbl48Ql79mR4qFPmJkkv9cSS&#10;oZIkKVNTvZTbuunetrfec9v5ExO3laQ2DQb6SmkdAAAAMOjWz1927K6jd38zybGtW2B/lZq1o9vH&#10;VrXuAAAAAJjNalIuX7j0MUO9nJ1Sn5CSRalZVJOFSR5+gI/2zaTz9SRfLzVf79V6fSfzvjq647pb&#10;p6Md6G9GZQAAADPAmoUjf1FqfrZ1B+yvUsoLRsc3/W3rDgAAAIDZZHXSecrCJWdP9bK8lDwlKU9J&#10;8ohpvGSvJP9SS9Z3avnUrqM7n37Ohg13TuP1gD5hVAYAADADrBle8tSS8tnWHbCfbrrzuHkLLrzu&#10;uj2tQwAAAAD63eqkc/aC059ay9QLkvL8JKc0zJlMcnVSPtyZ07t4xebNNzVsARoyKgP61scWLTrx&#10;6MnuSUn3Eb3u1CNLLccmSSflnpqyq9fp3dXt1b2ZzE2379y888JkqnUzAMC+1KSsGx75apJlrVvg&#10;IdXy1pXbN722dQYAAABAP/v48OmLh9L7pZpcmOTk1j0PYLLUXNnr5IPdXcf83Yob/+W7rYOAI8eo&#10;DJjRrjnzzDm33HTbGVPJsk6n8/jay4+k1McnOS1J9wAeam+S7UnGkzpea8a6pXP1rqM7/+j4VgBg&#10;plg7PPLSJH/dugMewp5u7Z523vYNO1uHAAAAAPSjK4aXnNlL+Y0kz8+BvefZ0h1J/ldnTn2b08tg&#10;MBiVATPK6qRz9sKR/5Bazq2pz0jytCTHTOMlp1LKdSX1c6n5QnrzLh/dcd2t03g9AIB9Wp9zhnYN&#10;7xhLsrB1CzyID6ycGLuodQQAAABAv1m7YGRFSn4zyfLWLYfg7pr63kyVt666YWxH6xhg+hiVAc1d&#10;c+aZc7590+0rU/LSJM9I8siGOXtq8omUXHz03fMuXf7t6+5q2AIADKB1w0v/W019W+sO2JdScubo&#10;+NiXWncAAAAA9IsrFix53FQpf1ySZ7VuOYz2pOR/l6l5r3doB8xORmVAM+uGR5bVkv9Sa/5zSR7d&#10;uucB3J3k4yWd966Y2Pj3JamtgwCA2e/SM844bu49U+NJHt66Be6n5NMrx8fOaZ0BAAAA0A+uXLx4&#10;eHKy89YkL8gs3WeU5LakrL5jYtOfXphMte4BDp9Z+U0LmLlWJ52zFy59bq31N5L8WOue/VWTr3VK&#10;3j6vTH5g+bZtu1r3AACz27rhkTfU5Hdad8AP6pT61BXjmz/fugMAAABgJluddH5seOSXS7I6yQmN&#10;c46Uz/c65VXnb9v0ldYhwOFhVAYcEauTztnDIy/oJa8vyeNa9xy0km+XlPcMTXb/5NwbvnFL6xwA&#10;YHb65GmnPXrvVHdrkqNbt8D3leQfRifGfqJ1BwAAAMBMtm7hY3+41j1/lZRzW7c0MFWS379jYuyN&#10;Ti2D/mdUBky7dcMjF9bkd5P8SOuWw+jWmrr66IkF71qeqyZbxwAAs8+aBUveWEp5fesO+D6nlAEA&#10;AAA8uLULlv5USn1XBud0sn0o/9QpnRetGN+wtXUJcPCMyoBps254ZFlN3p3kqa1bptFYktetnBj7&#10;SOsQAGB2WTMycnzZm7HUzG/dAkk+tXJi7JmtIwAAAABmovWLFh11z9TQH5aSV8UO4/tu6qS8dMXE&#10;pitbhwAHxzcz4LC7ZNmyucfeseu1pZT/keSo1j1HQin5u06v+6rztm/Y2boFAJg91g4veUVS3t26&#10;g4E3OVXKE549vun61iEAAAAAM83Hh4cf3s2cS5PytNYtM1AvpfzuyvFNv9c6BDhwRmXAYbV2weIn&#10;pXTel2RZ65YGbq61/vyq7Zv/rnUIADA7XJJ0jx0e+UpJHte6hcFVU/9s1cTmX2jdAQAAADDTfOLU&#10;xUunOp11SRa3bpnhPjB//gn/5axrr93bOgTYf0ZlwGGxOuk8eXjkd5L8dpKhxjmtfWQqe1757ImJ&#10;77QOAQD635qFS1aWWta07mBg3V73ZOmqb419u3UIAAAAwExyxfCSM6dSLi/Jo1u39If6yT1HDz3v&#10;ORs23Nm6BNg/RmXAIbv0jDOOm7ur957U+uLWLTNH3dDrdF58/rZNX2ldAgD0v7ULRtan5JzWHQye&#10;WuprV41vfmvrDgAAAICZZM3wkqd2Uj5ekxNbt/SX+pmp7H2OwzmgP3RaBwD9bd3wyLK590xdbVD2&#10;g8oZnV797NoFIz/ZugQA6H+9Xu+VSe5p3cHA+cLV45v/uHUEAAAAwEyybuHI/1NSLjcoOxjlad3M&#10;vfLSM844rnUJ8NCMyoCDtnZ48TNr8sUkj2ndMkM9LCV/t3Z4ZHXrEACgv51/w5aNpdTXt+5goOzt&#10;9XqvXJ30WocAAAAAzBSXL1r6H1Lz90lOaN3Sx86cd8/Ux9cvWnRU6xDgwRmVAQdl3YKR5ySdy5M8&#10;rHXLDFeS/O6ahSN/cc2ZZ85pHQMA9K954wvenpR/at3BgCh55/k7tny1dQYAAADATHH5KYtP7/Tq&#10;FU4oO3Q1efqu3tCHL0m6rVuAfTMqAw7YmuGRC2rJxUnmtW7pF6XmZ799020Xr885Q61bAID+tDxX&#10;TabbuShug8l0K+Vf6py8rnUGAAAAwEzxyVMe88hOt/zfJI9q3TKL/ORxC0fe0joC2DejMuCArBke&#10;eUFJ/jaJ40gPVCnP2zW8432rfe8FAA7Syq0bNtRSf6d1B7ParlLrS1aNje1uHQIAAAAwE9Sk7O3u&#10;fX9SzmjdMuvUvGbt8NJXts4AHphhA7Df1i4YWVGSv0niNo4H76VnD48YlgEAB+3o8QVvcxtMpk0p&#10;vz86MXZd6wwAAACAmeKKhUv/R1LOb90xe9W3r1k48sTWFcD9GTUA+2XNwpEnpuQjMSg7ZDV52Y8t&#10;GHl76w4AoD8tz1WTndJ5UZJbW7cw25TP3jm+6U2tKwAAAABminXDp59ba13dumOWm1dqLrn0jDOO&#10;ax0C3JdRGfCQLjv19FNKzaVJ/CA/TErJq9ctHHlV6w4AoD+tGN+wtZT6giSTrVuYNW6Y0518wYXJ&#10;VOsQAAAAgJngspNPP6mm977YVRwJI3PumXxL6wjgvnzzAx7UFY9+wsOGSu/yJAtat8w2teaP1i5Y&#10;/KTWHQBAfxod37y+pPx26w5mhT0peeG5W7fe2DoEAAAAYKbodntvT3Jq645BUVL+69qFS57bugP4&#10;N0ZlwIPqzbv7XSn50dYds9S8lM5H1/zQyPzWIQBAf1oxsekPk1zSuoM+V/PfV46PfaF1BgAAAMBM&#10;sW7h0vNLyUtadwyaWsu7rly8+ITWHcC9jMqAfVqzcOQ/J7modccsd2qZm4svSbqtQwCA/lOSOjTU&#10;e0VNNrVuoT+V5MOj28f+pHUHAAAAwEyxftGio2qtb2/dMYhK8ui9k+V1rTuAexmVAQ/oipOXLCg1&#10;72zdMSCecezCJb/aOgIA6E/P2rLl9l4pz0lyS+sW+s7n53Umf6YktXUIAAAAwEyxqzf0W0mWtO4Y&#10;VCXlV9aedsYZrTsAozLgAVxz5plzekOdv03y8NYtg6LU8nsfX7j0sa07AID+9OzxTdd3UlckubN1&#10;C/2ibii9eRcs37ZtV+sSAAAAgJniysWLh5O8tnXHgJubqak3t44AjMqAB3Dzzbe9MqlPat0xYOZ1&#10;a+8drSMAgP61YmLztaWUn0oy2bqFGe/mTqf7n0Z3XHdr6xAAAACAmWRyqvObSY5p3UGes2bByHmt&#10;I2DQGZUB97Hmh0bmp5b/2bpjMJVz1y4c+bnWFQBA/xod33R5ar0oSa91CzPWrb1e7xkrtm38RusQ&#10;AAAAgJnk8tNOW5ian2/dwb1KKb/XugEGnVEZcF9z6xtrcmLrjIFV85ZPnnbao1tnAAD9a+X2zRfX&#10;mle37mBGurPXK6vO37Hlq61DAAAAAGaazlTnNUnmtO7g++qT1g4v/vHWFTDIjMqAf7VueGRZSXl5&#10;644B94g9U53/3joCAOhvq7aPvavW6vRZ/r3dtdQXnb9j0xdbhwAAAADMNOsWPvaHk/KK1h3cVymd&#10;X2vdAIPMqAz4VzV5Z5Kh1h2DrqT81zWnjJzaugMA6G+rtm/+nVrzi3ErTJI7e7Wct2p889rWIQAA&#10;AAAzUa17X5nkqNYd3FetuWDNgpElrTtgUBmVAUmSyxcsfXqS5a07SJLMK0N5TesIAKD/rdo+9q5a&#10;8rIkk61baObW1N4zz9++6R9ahwAAAADMRDUpSf3p1h08oG5JfrV1BAwqozIgSdIp+c3WDfw7Nb9w&#10;2amnn9I6AwDof6vGxz5YS34mhmUDpyS3peTZK7dv+afWLQAAAAAz1dqFS5YnZVHjDPal5KL1ixY5&#10;RQ4aMCoDsva0M85I6mjrDu7jqKFSf6V1BAAwO6waH/tgqXlBkt2tWzhitpdan7ZyfOwLrUMAAAAA&#10;ZrJOLU4pm9mO3zU1dF7rCBhERmVAMjX16/H9YOYp9RWXnXzyMa0zAIDZYXT72KWl23lyrZlo3cK0&#10;+/ycqaEnrti++WutQwAAAABmskvPOOO4mjy/dQcPoeSFrRNgEBmRwIC7fNGiH0pyUesOHtDx3aGj&#10;X9A6AgCYPUa3bvzn7lT98SRfbt3CtPlEnZuV597wjVtahwAAAADMdPPumVqZ5GGtO3hwJXn2mpGR&#10;ea07YNAYlcGA60wNvSSJH8AzVEnnZa0bAIDZZcXOzdvr3DwlKe9v3cJh1avJb41OjI2uGhu7o3UM&#10;AAAAQD/olYy2buCh1eTE7K4rW3fAoDEqg0FXyotbJ/Bg6jPWLBhZ0roCAJhdVo2N7V45selnSsqv&#10;JOm17uGQ3ZrSu2DVxNibS1JbxwAAAAD0i1Lr8tYN7J/SKc9q3QCDxqgMBtiVixcPJ/Ws1h08qFJK&#10;Xto6AgCYnUYnNr291Dwvyc2tWzho16Xb/Y8rx7esaR0CAAAA0E8+ceripUlZ1DiD/VRrnt66AQaN&#10;URkMsMmp7ouSlNYdPLiavKB1AwAwe41uH7t0crLz2NTysdYtHJBekjfMn3/CE1du3bChdQwAAABA&#10;v5ksnXNbN7D/SrJs3anLHtG6AwaJURkMspoXtk7goZXkcWtOGTm1dQcAMHtdsHPjzSu3b3pekgtL&#10;clvrHh7Sjlrqs1ZOjK0+69pr97aOAQAAAOhHpVOcfNVfSi27n9Q6AgaJURkMqMsXLfoht77sH6Wb&#10;c1o3AACz38qJsY/UbvfsJNe0bmEfavnYnO7UWavGN3+qdQoAAABAX6v1Ca0TODClU57WugEGiVEZ&#10;DKjSG/rxuPVlP1nROgAAGAwrt27YMH/+Cf+xlvraJHe27uFffasmL1y5fdPzzt269cbWMQAAAAD9&#10;7Jozz5yTZKR1BweoV/+f1gkwSIzKYECVkqe0bmD/1eRZ1QgQADhCzrr22r2rxje/dbLXeWxKubh1&#10;z4CrSXl/6c1btmpi7P+0jgEAAACYDW769u1Lk8xt3cGBqZ0sad0Ag8SoDAZVzZNbJ7D/SvLoNacs&#10;Xtq6AwAYLBfs2HjDyvFNP9WrvSclubp1zwBaX0rOWjmx6WdGd1x3a+sYAAAAgFnkR1oHcBBqFq62&#10;c4Ejxv9sMIDWjIzMS3Jm6w4OTGeoLGvdAAAMpvO3b7lm/vwTfryU+utJbmndMwC2luRFoxNjzxwd&#10;H/tS6xgAAACA2aaU8pjWDRyUeWcvfOyjW0fAoDAqgwHU2dX50SRHte7gwNSeT0wAAO2cde21e0fH&#10;N//RnqO7pyV5XYzLpkH9Zk395To3jx2dGLukJLV1EQAAAMDsVH+4dQEHp1f3LG7dAIPCqAwGUK/b&#10;cxvFPlQ6nce1bgAAeM6GDXeunBh7U52bU5L6yiQ7WzfNAltq6k/Pn3/iwlUTm9+5amxsd+sgAAAA&#10;gNms9nJi6wYOTqlZ0LoBBsVQ6wCggV5dlFJaV3DgnFQGAMwY3xs+vefSM8740Nx7pl6V5NVJTmmc&#10;1W+2lJR37J387nsv2Lnz7ky0zgEAAAAYDKWTRzgjvk+VHN86AQaFURkMoFI6w+6k04dqPf2SpHth&#10;MtU6BQDg+56zYcOdSf5gdfKWs4dPf0ZN7xVJnpek27Zsxqo1ubyk9+aVE1s+2zoGAAAAYBCV5OHe&#10;Le1PNZnXugEGhVEZDKCaeppzyvrSUUeffPrDs3Pjza1DAAB+0Oqkl4mNn0zyyXXDI8tqyS+m5qIk&#10;xzVOmxFKclsv9eJa65+fv33LNa17AAAAAAZZTR7euoGDU0rnqNYNMCiMymAAlZKFDirrT/M6kw9P&#10;YlQGAMxooxNj1yV51ZqRkf9edpfnpdQXJ3lmBu930F5S1tdS33fn1K6PXrhjxz2tgwAAAABIUuvc&#10;xDEcfcpJZXCEDNoL+sC9LO/71N50H9G6AQBgf60aG7sjyV8m+csrFy8+Ye9keU5SXliSFUnmtK2b&#10;Nntq8omkfqSXvZc9e2LiO62DAAAAALif3a0DODglcVIZHCFGZTCIaua2TuDglG7PqAwA6EvP2rLl&#10;9iR/leSv1pwycmpnqP6n2us8I6X+RJJ+f45zeylZ3+vlE0PpXnre9g07WwcBAAAA8CBq2eWgsv7U&#10;q3VP6wYYFEZlMJiMyvpUJx2nzAEAfW/VDWM7kvxpkj9dnXR+bOHIj5ZelteS5SV5epLj2xY+pDuT&#10;cnVSP9Mp9cq54wuuXp6rJltHAQAAALCfipPK+ld1ZwA4QozKYDAZlfWpXqrjXAGAWWV10sv42JeT&#10;fDnJH1+SdI9ZuPT0oVof3yv50dQ8oSSPT7KwUeIdpeT69HJdTa4tQ53P3bF149cuTKb+7Us2N0oD&#10;AAAA4GCUZFdtHcFBKSlGZXCEGJXBgFmfc4Z2ZUe3dQcHzacmAIBZ7cJkKuObrk9yfZJLvv/vP7Zo&#10;0Ynzet1lJeW0UjNcSx1OOguSujD3Ds6OPchL3p7k5qR8M6nbaslEqWWi1rq1O1WvX7Fz8/ZD/1sB&#10;AAAAMKPUfNftL/tTKUZlcKQYlcFgqomnSf2ok7KrdQMAQAvP3bbttiSf+96f+1kzMnJ8b8+e7tx6&#10;9NF7Sj2qTE0ODXXLcQ/0tVMp98ztTt3S3brwFretBAAAABg8vVLHi7dL+1JNvbV1AwwKozIYMMtz&#10;1eTajNyR5ITWLRwUozIAgAewamzsju/94wF8UnHrtLQAAAAAMNOVba0LODi1l5taN8Cg6LQOAJqw&#10;3u5TtU4ZlQEAAAAAAMAhKMmW1g0clHuu3j7mk6JwhBiVwWByn+l+VTp3t04AAAAAAACAftarPcOk&#10;/vSN1UmvdQQMCqMyGEA1uaV1Awen2+uOt24AAAAAAACAftabGtrWuoGDUOo3WifAIDEqgwFUSjEq&#10;60+7P799w7daRwAAAAAAAEA/u2DnxpuTOK2s73S+3roABolRGQygWuv1rRs4GHXbase5AgAAAAAA&#10;wCGrNV9o3cCBqb3e11o3wCAxKoMBVErxw7YfleLTEgAAAAAAAHB4fLZ1AAdkand36qrWETBIjMpg&#10;AHVKcSxoH6q1bmvdAAAAAAAAALNBqVOfa93AgShfeu62bbe1roBBYlQGA+j2bRs3JbmndQcHpiRf&#10;bt0AAAAAAAAAs8EXd2z9WpLbW3ewv+onWxfAoDEqgwF0YTJVkg2tOzgwnZrPt24AAAAAAACA2WB1&#10;0kutf9+6g/3TSVnfugEGjVEZDK6rWgdwAEq+fd72zde1zgAAAAAAAIDZoiaXtG5gv9xze++ez7aO&#10;gEFjVAaDqhTHg/aTms+XpLbOAAAAAAAAgNliauqey5Lc1bqDh/TRC3fsuKd1BAwaozIYUGXX0Vcl&#10;2d26g/1UyudaJwAAAAAAAMBscsHOnXenlI+37uDBdVLe37oBBpFRGQyoFTf+y3eTXNO6g/1TU50s&#10;BwAAAAAAAIddzy0wZ7btX5jY9PetI2AQGZXBYLuydQAPrSabVo2Pfbl1BwAAAAAAAMw2d07tXpeS&#10;b7fuYB9q+fDqpNc6AwaRURkMsN5U70NJausOHlwn+VDrBgAAAAAAAJiNLtyx457U/K/WHTygWkr9&#10;y9YRMKiMymCAnX/Dlo2p+WLrDh6SI3cBAAAAAABgmkxlzzuS3NW6g/u5bHRi7LrWETCojMpgwJWU&#10;97du4EFd54kSAAAAAAAATJ9nT0x8p6b+eesO7qOWkje0joBBZlQGg67OvSTJ7tYZ7NMHWwcAAAAA&#10;AADAbNedzB8l2du6g3/1idHxsS+1joBBZlQGA250x3W3Jvm/rTt4QHeV3rx3t44AAAAAAACA2W7F&#10;zs3bk+rAhxmilPrm1g0w6IzKgJSSP0hKxPc5AAAgAElEQVRSW3dwX7Xm3d8b/QEAAAAAAADTrJS5&#10;r0tyZ+uOgVfy6dHxzetbZ8CgMyoDMjo+9qWUXNG6g/vYM1U7f9I6AgAAAAAAAAbF6Pj13yylvqF1&#10;x4Db3ZvsvaJ1BGBUBnxPLfHkaGb58AU7Nt7QOgIAAAAAAAAGyUknnfiOpG5o3THA/uT8G7ZsbB0B&#10;GJUB37Nq29g/puTTrTtIkkx2an1L6wgAAAAAAAAYNGdde+3elPqa1h0Dauvk5N3/s3UEcC+jMuBf&#10;1dQ3tm4gKSXvXbF989dadwAAAAAAAMAgWjm+ZU1q/WjrjgH0mxfs3Hl36wjgXkZlwL9aNb75Uynl&#10;4tYdA+7mybrnt1tHAAAAAAAAwCAr9aifT7K9dccAuWTlxNhHWkcA/8aoDLiPXtn7qyW5rXXHoCol&#10;q589MfGd1h0AAAAAAAAwyEZ3XHdrau/5Sfa2bhkAX+/sPua/tI4A7suoDLiP87dt+1ZKfX3rjgH1&#10;1TvGx/6sdQQAAAAAAACQrNy+5Z9Syhtbd8xyd5fkwhU3/st3W4cA92VUBtzPvPEFf5aaf27dMWB6&#10;vVpefWEy1ToEAAAAAAAAuNdR46f8QVI/07pj9qq/Ojoxdl3rCuD+jMqA+1meqyZ76b08yZ7WLYOi&#10;pr71/O2b/qF1BwAAAAAAAPBvlueqyTlTc56b5ButW2abWvK+lROb39O6A3hgRmXAAzp/+5ZrkvLL&#10;rTsGxNVHTyz47dYRAAAAAAAAwP2de8M3bunW7jOTjLdumTVKufjq8bGXt84A9s2oDNinlROb3p3k&#10;I607Zrnb0+2+bHmummwdAgAAAAAAADyw87Zv2FmTVUm+07ql/5U18086/mWrk17rEmDfjMqAB9XZ&#10;fczPJvl6645ZaqqT8sKVWzdsaB0CAAAAAAAAPLhVE2NfL+lcmGRX65b+Vf5pz9GdF5917bV7W5cA&#10;D86oDHhQK278l++WbuclSe5q3TLb1OSNKyY2Xdm6AwAAAAAAANg/oxMbP1lKXZXkjtYtfehLk5Nl&#10;1XM2bLizdQjw0ErrAKA/rF048pTUXJnkYa1bZoOSvG10YuxXW3cAAAAAAAAAB27N8MiPlOSKJKe2&#10;bukHNfn41OTdL7pg5867W7cA+8dJZcB+WTk+9oVOynOT7G7d0vdKufgfJ8Z+rXUGAAAAAAAAcHBW&#10;TYx9PZ2hp9VkU+uWma+++66Jsf9kUAb9xUllwAFZNzxyUU3+MkapB+sTR3Umn7N82zb3WQcAAAAA&#10;AIA+d9mpp58y1Ol9NMmPtW6ZkWp56+j2Tb9Rkto6BTgwRiHAARmdGPvr1PxS/NA/CGWNQRkAAAAA&#10;AADMHhfs2HjDncfNe1pS39G6ZYa5K7X87Mrtm15rUAb9yUllwEFZu2DpT6XUv0wyt3VLn7j0zuPm&#10;XXjhddftaR0CAAAAAAAAHH7rFi49v9b6/iSPbN3SVMmnh7q9lz1ry5aJ1inAwTMqAw7amkUjZ5de&#10;LktyUuuWGe4NoxNjb7DABwAAAAAAgNlt3alLRmqnfDCDeTvMqVrr/3v09gVvXJ6rJlvHAIfGqAw4&#10;JB9fuPSx3VrXJlnYumUG2puSX1g5PvbnrUMAAAAAAJj51s9fduzU3Kl5u7p3966ZmLh9ddJr3QTA&#10;gbsk6R6/cMkv1Fp+P8nxrXuOkOtq6itXTWz+XOsQ4PAwKgMO2ZWLFw9P7u18OCVnt26ZQW5OzUtX&#10;bh+7onUIAPu2bnhkWUpdnlqelJIzas3pSR5+/6+s30wtG1LKxpre5zJVPrXqhrEdRzwYAAAAmBXW&#10;LBhZUjo5J708pZQs7SVnlOTRD/Cl96SUTal1Y02+2qmd9XccP+eLF1533Z4jHg3AAVt36rJH1M6e&#10;NyX15zNb9xkl3661/vrVE5s/sNoYGmaV2flNCzjialKuGF76yzX1zUnmte5pq36y7ikvWfWtsW+3&#10;LgHgvlYnnScPL/6PtXZeVEp9flJ++GAfqyTX1+SSmlyyamLs64cxEwAAAJiF1p26ZCSdclFNXppk&#10;8SE81N0luaykfGDuxCnr3F4MYOZbu3DxqqT7ptT6hNYth9FkSd431J16/blbt97YOgY4/IzKgMNq&#10;zaKRs0svf51kpHVLA3tryR8+6qQTVp917bV7W8cA8G+uePQTHlbn3fPymt6vJGXRNFziyzX1bUdP&#10;LPgbL+QCAAAA/96ahUueUWr5jSTn5fC/N7czpbytzqnvXjU2dsdhfmwADrO1w4t/POm8IckzWrcc&#10;gsmk/EVnsvd7K3Zu3t46Bpg+RmXAYbd+/rJjdx2954+S+vIkndY9R8g1pdt5+ejWjf/cOgSAf1OT&#10;sm7B0hen1LckOfUIXPJLNfWXV01s/twRuBYAAAAwg61ZOPLEUvPOJE+d7muV5LZe8oajJ079Ux94&#10;A5jZalKuWLh0Ve3V/5GSs1v3HIB7asnF3V794xXbN3+tdQww/YzKgGmzdsHiJyWdd/TZk6EDdWtN&#10;XX30xIJ3+UUdYGZZs2BkSafkL2ry9CN86ZrkA6U371dGd1x36xG+NgAAANDYZSeffMzQ0MP+IKm/&#10;mKR7hC//1V6v/Pz5OzZ98QhfF4CDcPmpix/f6ZSLkvKSJKe07tmHsVrquztTR/2F17xhsBiVAdOq&#10;JmXt8JKLSsrv58icEHOkTKbkPXMmh37n3Bu+cUvrGADua93w0v9WU9+U5OiGGTd1Un5uxcSmjzds&#10;AAAAAI6gtQtHnpJa/yYpixpm9JL6p/Pnn/jrZ1177d6GHQDsp9VJ5+zh05+R9C6qyaokJzVOGk8t&#10;Hym1fGR0x8arG7cAjRiVAUfE6qTz5OGR56fk91JzeuueQ7Arqe/pTOat7hEOMPOsTjpPXjjyh6l5&#10;TeuW7+nV5NdWTYy9rXUIAAAAML3WLlz6vNT6wSRHtW65V718cvKeCy/YufPu1iUA7L/VSedJi5Y+&#10;oVt7z6y184ykPj3JsdN82VuSfDY1n+6U+g/nTWz+Urn3rhzAADMqA46oS5Ytm3vcnbt+Jim/nGRZ&#10;6579VZLbejUf6JXOnzx7YuOW1j0A3N+9t5Y45kNJfrJ1yw+qNX969fax/7Y66bVuAQAAAA6/tQtG&#10;XpOSt2bmvff21W7tjp63fcPO1iEAHJxrzjxzzs033vnEXmfqR1PLE0rJsiSLkyxI0jnAh9ud1G8m&#10;ZUNJvlJr/Uqn2/3Keds2bjAiA37QTHtiCwyQNaeO/ETp5BeTPDfJnNY9D6Am5XOp+fPJqe9e4tNc&#10;ADPX+pwztGt4x0eTXNC6ZV9qzR+t2j726607AAAAgMNr7cKRn0vNezNz33f7cp2bc1aNjd3ROgSA&#10;w+eSZcvmHvfdqZNrnXx4qb1H1HQeXv7dz6Ka1E46t9VM1k4tN+6Z6n7rgp0bb27ZDPSXmfrkFhgg&#10;a35oZH6ZW56X1AuT/ESSbuOkL9fkw7U7dfH5W7eON24B4CGsTjpPXrj0g6n1xa1bHkpJ3jg6Mfa7&#10;rTsAAACAw2Pt8MgLk1ycAz8p5ogqyT/M60yuWL5t267WLQAA9AejMmBGuWLJkkfVPZ3za8lPfO/+&#10;4KdN9zVrcmNJPpOSdZNTnXUX7Nh4w3RfE4DDZ93w0t+oqW9u3bHfSn3eyvHNH2udAQAAAByay09d&#10;/PhOp/OPSY5p3bI/SvLe0YmxV7TuAACgPxiVATPaFScvWVDndH6sV+uykjwuyeOTLEpy1EE83FSS&#10;bUn9Rmrn+iRf6nQ6/7hifMPWw1cMwJG0dnjxM5POJzLDPw38A+5Kt3vWyq0bNrQOAQAAAA7OxxYt&#10;OvGo3tA1SZa0bjkw9ZUrJza/p3UFAAAzn1EZ0Jc+ecpjHjnV2fvDtebU2inH1ZK5pdaH/eDX1Zqb&#10;Sqfc2OtM7Szd7rdWjY3tbtELwOG3fv6yY3cdvftrSRa2bjlgJZ8eHR9bXpLaOgUAAAA4cGsXjPzv&#10;lPxc646DcHendB/nw9YAADwUozIAAPrS2uGl70jqL7XuOGi1/OzK7Zv+snUGAAAAcGDWLho5J718&#10;Kv37PtsnVk6MrWgdAQDAzNZPtwkCAIAkyRULljwuqb/QuuOQlPr7l5188jGtMwAAAID9V5OSXv4w&#10;/TsoS5Lz1i4YMSoDAOBBGZUBANB3eqX8TpKh1h2H6OSh7jH/tXUEAAAAsP/WLRi5IMlZrTsOWcmb&#10;an8P4wAAmGZGZQAA9JXLT1l8epLnt+44LEpec8myZXNbZwAAAAD7p5T8WuuGw+SJVwyf/szWEQAA&#10;zFxGZQAA9JVOt7w8s+d57CnH3bXr/NYRAAAAwEO7YsGSx9Xk6a07DpvSe1XrBAAAZq7Z8mYcAAAD&#10;YH3OGUrKT7fuOJxKystaNwAAAAAPrVcyq36HrzXnX3by6Se17gAAYGYyKgMAoG/cs3D705M8qnXH&#10;4VRrRi8944zjWncAAAAAD67W8qLWDYfZnO7Q1HNbRwAAMDMZlQEA0D9qVrROmAZHzbln6pzWEQAA&#10;AMC+XbHo9MeUkuHWHYdfmY2vtQAAcBgYlQEA0DdKOstbN0yHUnJO6wYAAABg36amerPzNYnknNXe&#10;LwQA4AF4kggAQF+45swz5yT1P7TumBa1Pql1AgAAALBvneSs1g3T5JFnDZ++qHUEAAAzj1EZAAB9&#10;4cZvfee0JHNad0yLUh7TOgEAAADYt1oya39375bJWft3AwDg4BmVAQDQFzpDGWndMG1q5l+5ePEJ&#10;rTMAAACAfZrFr0t0Z+/fDQCAg2ZUBgBAXyi97qNbN0ynuiePat0AAAAA3N/qe99Pm9+6Y7rUUmf1&#10;ay4AABwcozIAAPpCLTmudcN06nU7s/rvBwAAAP3qJ+YvOyZJad0xbXo5vnUCAAAzj1EZAAB9oh7T&#10;umBa9ToPa50AAAAA3N+e43fN6tckSqnHtm4AAGDmMSoDAKAv1GRX64bpNJXJe1o3AAAAAPfXqXV3&#10;64bpVErxmgQAAPdjVAYAQF/olNzVumE6dYbm3Nm6AQAAALi/oS3D323dMJ16tXpNAgCA+zEqAwCg&#10;L9SUW1s3TKdOZ/I7rRsAAACA+1ueqyaT2fxht9n9mgsAAAfHqAwAgL7Q6fU2tm6YLiW5bcXmzTe1&#10;7gAAAAD2aVPrgOlSSp21r7kAAHDwjMoAAOgLU/PKpiRTrTumQ028eAsAAAAz21jrgOnS6c3ewRwA&#10;AAfPqAwAgL6wamxsd02ub90xPcpXWhcAAAAA+1ZqZuvv7nc98lEnbmgdAQDAzGNUBgBA3yipn2rd&#10;MC1qb33rBAAAAGDfet3MytckSs1nzrr22r2tOwAAmHmMygAA6B8lV7VOmAZ1snY/0zoCAAAA2LdH&#10;PfKEa5Pc1brjcOuVfLp1AwAAM5NRGQAAfeOoMrW2JLe17jicSvKZC3ZsvKF1BwAAALBv957mVf62&#10;dcdh1psz1PtQ6wgAAGYmozIAAPrG8m3bdqXmo607Dqea+sHWDQAAAMBD6ySz63f4ks88a8uWidYZ&#10;AADMTEZlAAD0lVp672vdcBjdWXpH/Z/WEQAAAMBDmztxyvok4607DpdS8+etGwAAmLmMygAA6Csr&#10;J7Z8NsmnWnccDrXknaM7rru1dQcAAADw0Jbnqsla8+bWHYdDTTbdMTH2N607AACYuYzKAADoOyWd&#10;N7VuOAy+O7cz9Y7WEQAAAMD+m5q6+/01ubF1xyGr+ZMLk6nWGQAAzFxGZQAA9J3RiY2fTPKR1h2H&#10;opa6+tytW/v/RWgAAAAYIBfs3Hl3p5TXtO44RFdfvX3s3a0jAACY2YzKAADoS73u1GuT3N2646CU&#10;bMyc8s7WGQAAAMCBWzG+6UMp+XTrjoNUk96vrU56rUMAAJjZjMoAAOhL52/dOl5qeXXrjoOwu1Pr&#10;S1aNje1uHQIAAAAcuJLUzt56UZJbWrcchDevnNjy2dYRAADMfEZlAAD0rdHtm95Xkr9q3XEgavJb&#10;KyY2X9u6AwAAADh4K3Zu3l5K+ekktXXL/iufPWri1Ne3rgAAoD8YlQEA0Nd6c/NLSb7cumM/XXL1&#10;xNg7WkcAAAAAh250fNPlSX1r6479tKMz2XvJ8lw12ToEAID+UFoHAADAobrs5NNPGhrqfSbJY1q3&#10;7FPJuvknnfCTZ1177d7WKQAAAMDhUZOybsHIe1Pyc61bHsRNpVefOrpj81jrEAAA+oeTygAA6HsX&#10;7Nx4c6d0V9VkU+uWB1Rz1VC392KDMgAAAJhdSlLnP+qEX0ipH2rd8oBKvt3rlZ80KAMA4EA5qQwA&#10;gFnjY4sWnXjU1NDHUnJO65bvq6l/dtfE5ldfmEy1bgEAAACmz5rhkd8syZsyQ95/K8n1tTO0auW2&#10;b2xr3QIAQP+ZEU9qAQDgcFm/aNFRu3tD76jJzzdOmUwprxsd3/TWktTGLQAAAMARsG545KKavCvJ&#10;w9qW1MvnTM356XNv+MYtbTsAAOhXRmUAAMxK64ZHLkryjpqceOSvXrcl9aKVE1s+e+SvDQAAALS0&#10;ZnjkR0opH0qtT2hw+V01Wb1yYuwtPuQGAMChMCoDAGDW+tiiRSce3Rv6rZr8SpJ50329ktyWlNUn&#10;zT/+/zvr2mv3Tvf1AAAAgJmpJmXd8MgLas1bS8nwEbhkLyn/u1s7bzhv+4adR+B6AADMckZlAADM&#10;elcsOv0xvV7vdUl+KsnQNFzirqS+qzMnb12xefNN0/D4AAAAQB9aMzJyfGd3Xl1LfjXJSdNwiVqT&#10;y2uv/N75OzZ9cRoeHwCAAWVUBgDAwPj48OmLu+ldlOTCJD9yiA9Xk3whKR+enCx/c8HOjTcfeiEA&#10;AAAwG62fv+zYXcfsflGteVFJnpGke4gPOZ5aPlKGygdGt27858PRCAAA/55RGQAAA2ntaWecUSen&#10;nlFKzqnJE0uyKMmcB/lPdiXZVGr+qZas79bup9xOAgAAADhQl518+kndod45peaclDwlyelJjn2Q&#10;/6SXZDzJ11KzvnZy1crxsa+Uez/wBgAA08KoDAAAklxz5plzbr3xO4tqpxxf0314kqRMTZWaOya7&#10;vZtXbd064cVaAAAAYDp8YsEZJ9cy+cOTtfOwbilzk6TWydtr6Xw3c7N51djY7taNAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA8P+zd+fx&#10;dddV/sff53tv2rRQ9s2S3KTJTVssglI2EYUiJUunA6IWl8F1xN1x3Jhx/GlnnFFHnRnXGZdxQ1Gn&#10;ioDQJKVokQHcwAUp2vYmbW5CpRbZWtqmzf2e3x8wigvQpvfm3OX1fDz6lzT3VWlp8s37fj4AAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKCBWHQAAAAAAAAAAFSjK9vbD5m5&#10;OzPLs3ZQmmhWkiYH/t//5pY+lLjv9lQPWCZbmrYju3XR1rXbI3sBAAAAAADKhVEZAAAAAAAAgIa0&#10;oqVlxoGZ5vlKfa4lSZfc58rV6qZjTWqV1LyPH3KHpLsf+TEks/WephuSbOZXRxw2686Tb7ttT9l/&#10;EQAAAAAAABXAqAwAAAAAAABA3XPJBnL540x+ptxOlXSyTAskZacoYbdJd0q6PZXflKRa0zM2VJii&#10;1wYAAAAAANgnjMoAAAAAAAAA1KXr58w5ek8pe4HLF5vpWXIdGd30R0bM9R1PbGXzjmnXcX0mAAAA&#10;AACoFozKAAAAAAAAANSNR4ZkF5n8uS6dKSmJbtpL45K+566rpmVL3zp348Yt0UEAAAAAAKBxMSoD&#10;AAAAAAAAUNPWtLc37yxlzjfTxZJ1a+qutKyUkqQbJfsfn+Zf6ysUHowOAgAAAAAAjYVRGQAAAAAA&#10;AICaNNAy5wQl2ddL/kJJs6J7KmRc0rcT8490jwzdEh0DAAAAAAAaA6MyAAAAAAAAADWlvyV/lmX0&#10;d3Kdp9q53nJ/uaTVSvT+3k2FG6JjAAAAAABAfWNUBgAAAAAAAKAmDLZ1LXH3d0o6I7ol2PcT2fu6&#10;ixuujQ4BAAAAAAD1iVEZAAAAAAAAgKo20J4/W6k+LGlhdEs1cekOk/6pt1j4RnQLAAAAAACoL4zK&#10;AAAAAAAAAFSlgfb57ZZOfMClZeJZ5mMzDbrrrX3Fwp3RKQAAAAAAoD7wIAYAAAAAAABAVbl63rxZ&#10;03ZO/LNkr5XUFN1TI1JJl/tuvbXv7sLW6BgAAAAAAFDbGJUBAAAAAAAAqBoDrflumT4pqTO6pUbd&#10;LbPX945s+FZ0CAAAAAAAqF2MygAAAAAAAACEG2xZcJgn45+S9PzolvrgKzOeveS80XWbo0sAAAAA&#10;AEDtYVQGAAAAAAAAINSqts4zUrfLxOlk5bbZlLy0p7j++ugQAAAAAABQWxiVAQAAAAAAAAhx68KF&#10;TVu33v9hyd4onlVWikv+cZ9m7+grFMajYwAAAAAAQG3gQQ0AAAAAAACAKbeqs/OodI8ul+zc6JaG&#10;4PqBp3p+312FsegUAAAAAABQ/RiVAQAAAAAAAJhSA60dp8jsasmeFN3SYO41JRdxHSYAAAAAAHgi&#10;SXQAAAAAAAAAgMbRn8svlSXfYVAW4jBXunIg13lJdAgAAAAAAKhunFQGAAAAAABQZte1zps9odLx&#10;idlxLj/EpENcfog8OViWzvq/f85lu0zaKUkm3S/XpjTRiNw3ldLMptvG1v96uZSG/UKAMhtsy7/e&#10;XR+VlIlugf6xt1hYHh0BAAAAAACqE6MyAAAAAACA/XBNy9xjM0np2YnZ6XItcOl4SYeV6cPvkvzH&#10;ZsmNKqU3jR+Qvfn8deu2leljA1NmuZScluv8D8neFN2C3zPpsunFllcu0g0T0S0AAAAAAKC6MCoD&#10;AAAAAADYB1e2tx/S7E3nKPVzZHq2pPlT+PIlST9395Xu/o0lY8O/mMLXBiZluZScnst/yqVXRbfg&#10;z7EvbStueOWyh//7AgAAAAAAIIlRGQAAAAAAwBO6deHCpq1bH7hA8kskW6QqubrPXUUzv0ryb/QU&#10;h282yaObgEdbo7Ozu3Jjl0taFt2Cx/XNI488+EUn33bbnugQAAAAAABQHRiVAQAAAAAAPIZVsztb&#10;S1l7uclfLll7cM4TuU1u/3bkUQd9k2EIqsFyKTmtNf8ZmV4Z3YK98uUfFgsvWy6l0SEAAAAAACAe&#10;ozIAAAAAAIA/MtiWPyl1/aNJfZKS6J599BtJ/zUxkXxi6eb190THoHEN5Do/Ktmbojuw91z+qb7i&#10;0GujOwAAAAAAQDxGZQAAAAAAAI+4tq3ruIz7OyW9UFVyxeV+2Oamj+9pznzg/HXrtkXHoLH05/KX&#10;mvSB6A7sOzP7l56RDe+K7gAAAAAAALEYlQEAAAAAgIa3sr39mCTNfkjSi1R7J5M9kbtletcPRwpf&#10;WM61dpgCA7n8X0m6TDx7rFlmekPPSOGT0R0AAAAAACAOD3YAAAAAAEDDWqOzsztzY2816d2SZkb3&#10;VJavc9nb+4qFa6JLUL/6W/JnWaLVkpqiW7BfUlm6tHdkuD86BAAAlM/K9vZjMmn2cHlyWKrS4Urs&#10;MJMdbu6Hu+zQx/u5Jt8hadylXS7tNNdumbbKtdWyyd3JhG29/6DsPcvWrt09Rb8cAABQYYzKAAAA&#10;AABAQxpomXOCksynJD09umUqmevz4zMzb+ZKTJTbqrZ5c1Iv/VjS4dEtKIv7Mml62nljwxuiQwAA&#10;wN5Z2d5+TMYzx7mry10tiVmbS636/Y/plW4w6f5UGjNpo+QbXbYxcW1UNtk0fXvT0KKta7dXugEA&#10;AJQHozIAAAAAANBQXLKBXP4dJv2zpGx0T5AhmS7uHSl8PzoE9WHFggXTZj04/j2ZTo9uQVn9tDmZ&#10;OGPRpk27okMAAMDvDbYsOMwzO093T55i8vlmdpxc81w6JLrtCbikjZLukLRW7ren7msfOnjGOk44&#10;AwCg+jAqAwAAAAAADWOwZcFhsvGvuKk3uqUKuOQf92n2jr5CYTw6BrWtvzX/cTO9IboD5WfSZ3uK&#10;hUuiOwAAaFQrWlpmzEqmLXQlz5B0pskXSvak6K4yK0laJ9lNrvTmjGX/t3tk3cboKAAAGh2jMgAA&#10;AAAA0BBWtXYenyZ2hVxzo1uqzM1Npez55971q99Gh6A2DbR1Pkdu34ruQEVd3FssfCU6AgCARnFd&#10;S0dXmknOc9d5khZJmhXdFOBXkm4yabXS6df3jK29NzoIAIBGw6gMAAAAAADUvf5c/nkmfVHSAdEt&#10;Vcm03lP19Y0WhqJTUFtWtrcfk6TZX0g6IroFFXVvxjNPOW903eboEAAA6tHV8+bNmr4rfWRE5osl&#10;zYluqjIlM90q1yozXzVtpPVHi3TDRHQUAAD1jlEZAAAAAACoawOt+bfI9GHxHOSJ3Je6XbBkdMON&#10;0SGoHQO5rpWS90V3YCrYd3qKG5tCbEwAACAASURBVBab5NElAADUg2tmzz0i25Se764LTDpXUnN0&#10;Uw25V64rXVoxY7TluwzMAACoDB6mAgAAAACAutWfy19q0vvFM5C9tcOlF/QVC9dEh6D6DbR2vkBm&#10;X4vuwNQx06t6Rgr/Hd0BAECtuq513uySpc+T+3NkeqakTHRTHbhHsm9JpRXbisM3LJNK0UEAANQL&#10;HqgCAAAAAIC6s1xKTmvNf0ym10e31KCS3P+qd3To69EhqF6DLQsO82R8nbj2stE8kCYT85ds2nR3&#10;dAgAALXi1oULm7be8+BSefoKyXrEkKyC/NeSvuKyL/YVC3dG1wAAUOsYlQEAAAAAgLoz0Nr1IZm/&#10;Lbqjhu1KZH/ZXdywOjoE1Wkg1/VpyS+J7kCIb/YWC8+PjgAAoNoN5DrOlDIXS36RpIOjexrQnS5d&#10;Ni1T+uK5GzduiY4BAKAWMSoDAAAAAAB1pb+t823m9qHojjqw280v6BsZGogOQXUZaJlzgpLMT8Qp&#10;Gw0sPbe3OPyd6AoAAKrNGp2d3dk6+lwze5OkM6J7IEnaZdKK1PSRvpHCT6NjAACoJYzKAAAAAABA&#10;3RhszZ/vpivE2KVctsnTZ/eODv84OgTVY6A1v0ams6M7EMelO7YXC09dJpWiWwAAqAb9x+Zbkoze&#10;4NLLJR0V3YPHdJvLPzaj2PrVRbphIjoGAIBqx6gMAAAAAADUhf62znPMbUDStOiWeuLSlqxnTjpv&#10;dN3m6BbE68/ll5r07egOVAN/dW9x6DPRFQAARFrVPnd+mpbeLNnFkmZG92AvmdZ7qo9s911fXDY2&#10;tjM6BwCAasWoDAAAAAAA1LyV7e3HJGn25+JUgArx67cVh3o4laixLZeSU3P5n5t0fHQLqoH/Ohk/&#10;oKt7y+0PRZcAADDVBtvyJ7n7v0p2bnQL9stvJX0im03/Y/Hw8APRMQAAVJskOgAAAAAAAGB/rJAy&#10;mTT7P2JQVkF27qzWrg9EVyDWqa2dz2dQht+zJ6XTdlwSXQEAwFRa2d711P5c/hp33cqgrC4cLuk9&#10;ExPJ0EAuv7w/nz8oOggAgGrCSWUAAAAAAKCmDea6/sblH4nuaADu0vl9xcI10SGYesul5LRcfq2k&#10;+dEtqB4ubdme7prDtVEAgHo30D6/3UoT/89NL5GUje5BxWw28/cfccQhnz75ttv2RMcAABCNURkA&#10;AAAAAKhZgy1zT/UkvUlSU3RLg7g3afLjuoeGfhMdgqnV39p5gZldGd2B6mPmb+wZGfpEdAcAAJWw&#10;qrPzqHRP8l7JXy6+5mgkY5K/d1tx6HPLpFJ0DAAAUbj+EgAAAAAA1KT+fH56mqSfE9/cmUqHpbvt&#10;fdERmHpm9rboBlQnd3vzcp4zAwDqTH8+P70/l7803WO/kvwS8TVHo2mR7NOzcvmfD7R19EXHAAAQ&#10;hS/2AQAAAABATUrG9VaTjo/uaDimV67KdS2OzsDU6W/Pny7pGdEdqFqdp7Z2/mV0BAAA5dLf1tlr&#10;u/UTkz4g6dDoHoRaIE9W9ufy3xxon98eHQMAwFRjVAYAAAAAAGrOda3zZrvp76M7GlUq/88VLS0z&#10;ojswNSy110Q3oLqZ2RujGwAA2F/Xtc6bPZDLX2Vu/ZKeHN2D6mHSc5VO3DHY1vnWNTo7G90DAMBU&#10;YVQGAAAAAABqTslK/yjpwOiOBpY/0Ka/JToClXdle/shkj8/ugNVb9HAnHnzoiMAAJiMFVKmP5e/&#10;tGSlDZLOj+5B1TrA3T68Mzd2Z39b5znRMQAATAVGZQAAAAAAoKYMtsw9VdIrojsanZm9Y7BlwWHR&#10;HaisGZ59saSZ0R2oeqZS6aXREQAA7KvBls78rFx+9SNXXfI5D56QSV3mdt1ArvOjV8+bNyu6BwCA&#10;SmJUBgAAAAAAaoon/j7xTKMaHOTJOFfe1b+LowNQM166QspERwAAsDeWS8lgW+dbPbHbJS2K7kHN&#10;yUj2pmk7Sz/vb8mfFR0DAEClWHQAAAAAAADA3hpoyz9drluiO/A7D1o6fU7P2Np7o0NQfqva5s1J&#10;vTQkniFir6Xn9haHvxNdAQDA4xls6cwrY19x12nRLagLLtlnm3dOe+uirWu3R8cAAFBOvKsXAAAA&#10;AADUjtTfFp2AP3CQ266/jY5AZaReeoEYlGGfZJZFFwAA8HgGcp2XeGK3MShDGZnkl+yaMX77ytau&#10;Z0XHAABQTjwUAgAAAAAANeHa3NyOjNL14nq1anPfxMSOlqWbN++IDkF5DebyP3XpqdEdqCn3NBdb&#10;nrRIN0xEhwAA8Ghrjlxw4Hjz+Efd9IroFtS1PZLe01MsfMAkj44BAGB/cVIZAAAAAACoCVlL3yYG&#10;ZdXo0Gx2xvOjI1Beq9rmzWFQhkk4YkfrXWdERwAA8GiDc+aeuHPG+E8YlGEKNEl632Cu69rrj51/&#10;eHQMAAD7i1EZAAAAAACoeqs7Og5210uiO/BYjH83dSZNS73RDahNZumS6AYAAP7PYK7rb7yU/tCk&#10;rugWNBLv25OZuHMg1/Hs6BIAAPYHozIAAAAAAFD19pSS50o6ILoDj2lRf2u+MzoCZWTeF52A2mQy&#10;vnkKAAh3zezZMwdy+ctc/hFJ06N70JCOkpLBgVx++XK+Jw8AqFH8BQYAAAAAAKqeuS6KbsDjMslf&#10;Gh2B8lijs7OSnRXdgZr1tGtmzz0iOgIA0LiuaZl7bDY7c7Wki6Nb0PCykt5zamv+y2va25ujYwAA&#10;2FeMygAAAAAAQFW7/tj5h0taFN2Bx2dmL45uQHnszo2eKOnA6A7UrCTbVHpmdAQAoDENtHackk3S&#10;WyWdEd0C/B8zvWhXmv3Oqs7Oo6JbAADYF4zKAAAAAABAVZtISs+X1BTdgSfU0Z/LPzk6AvsvdXtW&#10;dANqXJrwjXwAwJQbaO18gSz5X0nHRLcAf8YZ6R776apc58LoEAAA9hajMgAAAAAAUNVS8wujG7B3&#10;THZudAPKwPT06ATUOHN+DwEAptRALr9cZl+VND26BXgcs1PZ9/pbOy+IDgEAYG8wKgMAAAAAAFWr&#10;P5+fbhLXqNWO7ugAlAWnJ2B/Lbx14UJOmAQAVJxL1p/r/FdJ75Fk0T3AXjjAzL4x2Jb/6+gQAACe&#10;CKMyAAAAAABQtTJ7fKGk5ugO7C0/uz+f53SIGra6o+NgSXOiO1DzmrdsuW9+dAQAoL7dunBh02Bb&#10;5+Ume0d0C7CPsu76TH8uf2l0CAAAj4dRGQAAAAAAqFouruGrMTO1S6dHR2Dydu/JnChO+UAZmNmT&#10;oxsAAPVrzZELDty69YFVcnthdAswSWbSBwba8p9czvfsAQBVir+gAAAAAABA1XI3rr6sMUlip0U3&#10;YPLM0nnRDagPCaMyAECFrO7oOHjXjN0DkhZFtwD7zfW6U1vzX+bqcABANWJUBgAAAAAAqhknldUY&#10;lxiS1LZ8dADqBgNFAEDZXdnefsjERNIv+ZnRLUC5mOlFW39z/9cZlgEAqg2jMgAAAAAAUJWunzPn&#10;aElHRXdgX/lTogsweeZJV3QD6oPLOqIbAAD15ZrZc49oTrPfkXRGdAtQdmYXbt36wFfX6OxsdAoA&#10;AP+HURkAAAAAAKhKuz0zJ7oBk/LkFVImOgKTZJ6LTkC98NboAgBA/RhsWXBYNpt+V9JJ0S1ABT1v&#10;V+tdKxiWAQCqBaMyAAAAAABQlazk7dENmJTmA47t6IyOwGT57OgC1I2j17S3N0dHAABq39Xz5s1S&#10;ZrxfEifiov6ZP2dXbuxrDMsAANWAURkAAAAAAKhOZu3RCZicJEk4Za4GLZcSyY6M7kDdsB1mR0dH&#10;AABq25r29uZpO0tXueu06BZgCj1vPDf2ueV8Lx8AEIy/iAAAAAAAQFUyqSO6AZNjiR0e3YB99/TO&#10;ziMkcSICyiajpkOiGwAAtWuFlNmVZi+TdE50CzDVXHrJ6bn8+6I7AACNjVEZAAAAAACoSqn0pOgG&#10;TJYfGl2AfefjOii6AfUl3ZMyKgMATNqsXOcnJT0/ugOI4tKl/a3510Z3AAAaF6MyAAAAAABQlUw2&#10;I7oBk5O6OKmsFjVlDohOQH0x08HRDQCA2tTf2vkPkr06ugOIZqZPDLZ1PTe6AwDQmBiVAQAAAACA&#10;KuWMympUInFSWQ2ytMSoDGVlpuboBgBA7Rls63qRmb03ugOoEom7f6U/1/mM6BAAQONhVAYAAAAA&#10;AKoVY4QalXI6UU0q8WcOZeZumegGAEBtGWzLn+Tun5Fk0S1AFWmW7IpVbfPmRIcAABoLozIAAAAA&#10;AFCtGLjUqMQ1Ed2AfZdIHt2A+mLm2egGAEDt6G/Nd7prlSROTwX+iElHpz4xsLqjgzfwAACmDKMy&#10;AAAAAABQraZFB2ByUtd4dAP2nZsxKkNZuZznzwCAvbKmvb3ZTF+XdER0C1C9bF5pIvm0c5IfAGCK&#10;8EU9AAAAAACoVtuiAzBpjMpqUFqyNLoB9cVdu6IbAAC1YWcp+zlJJ0d3ANXOpYsGWjvfGd0BAGgM&#10;jMoAAAAAAECVsnujCzBJCaOy2lTaEV2A+mKyndENAIDqN9ja9RozvSi6A6gVZvZPg21dS6I7AAD1&#10;j1EZAAAAAACoUn5fdAEmx1y7oxswCakejE5AfTFLGCoCAB5Xf1v+aW7+79EdQI1J3P2LA+3z26ND&#10;AAD1jVEZAAAAAACoUv7b6AJMlt0dXYBJaEoZlaGsSqlzjTEA4DH1H5M/0lxXS5oR3QLUoCOUTlyx&#10;YsGCadEhAID6xagMAAAAAABUKa6/rFXuvjG6AftupnR/dAPqSzaT/Ca6AQBQvazJPyWpNboDqGEn&#10;HbR997ujIwAA9YtRGQAAAAAAqE6usegETI5lMyPRDdh3izZt2iWJEwJRNrv3bNsS3QAAqE4Duc5L&#10;ZHZhdAdQ69z971fluhZHdwAA6hOjMgAAAAAAUJVMyS+iGzApqWdKm6IjMDku/Tq6AXXjoaWbN++I&#10;jgAAVJ+Vx3bMlezfozuAOpGk8q+sbG8/JjoEAFB/GJUBAAAAAICqNGG77ohuwKT8uq9QGI+OwOSY&#10;tDm6AXWDEwsBAH/i1oULm5JMcrmkA6JbgDpyVOLZL7hk0SEAgPrCqAwAAAAAAFSlvygW75OcU5Nq&#10;jv8yugCTZ6ah6AbUjQ3RAQCA6nPP1gf/VtLJ0R1A3XH1DOY6XxKdAQCoL4zKAAAAAABAFTOuwKw5&#10;dnN0ASbP3X4V3YD64K5CdAMAoLoM5vILXP7e6A6gftm/cw0mAKCcGJUBAAAAAIAq5j+PLsA+cn0/&#10;OgH7wX1ddALqBqfeAQB+Z4WUcdkXJE2LbgHq2GFJmvnv6AgAQP1gVAYAAAAAAKqWKXNddAP2SWn3&#10;zMwt0RGYvGxTyvWlKItMwigYAPB7B+Y6Xyf5KdEdQP2zJf2tnRdFVwAA6gOjMgAAAAAAULWmJ7tv&#10;krQjugN7yXXH+evWbYvOwOQtHh4uurQlugM1r6RdBzAqAwBIklbN7mw12b9EdwCNwsw+0X9M/sjo&#10;DgBA7WNUBgAAAAAAqtaiTZt2uXRzdAf22k3RAdh/iesn0Q2odV7o3nL7Q9EVAIDqkGbt3yXNiu4A&#10;GsgRyTQx5AQA7DdGZQAAAAAAoKol5quiG7B3UtmK6Absv1R+a3QDap39OLoAAFAdBtu6lkh6XnQH&#10;0GhceuVgW/6k6A4AQG1jVAYAAAAAAKqal9LV0Q3YK3c/NLqBU+XqQOK6JboBtc3lN0Y3AADi9efz&#10;0939Y9EdQINKPNUnXbLoEABA7WJUBgAAAAAAqlrv2MbbTfpZdAeeiK9YJpWiK7D/9qQ7b5Q0Ht2B&#10;2pVN/YboBgBAFdjjb5TUEZ0BNCzT6avaul4YnQEAqF2MygAAAAAAQA2wL0YX4In4N6ILUB5LN2/e&#10;IYkrMDEpLm1ZPDZciO4AAMS6fs6co83t3dEdQKNz9w+uOvqEA6I7AAC1iVEZAAAAAACoetaUfk3S&#10;nugOPKaxHxaHuTKxjpj0negG1KZEWmWSR3cAAGJNpJn3SJoV3QFAx6bTd7w9OgIAUJsYlQEAAAAA&#10;gKrXPTT0G5e+Hd2Bx2D2seVSGp2B8klNV0U3oDa5Ob93AKDBDcyZN89dfx3dAeB33tp/TP7I6AgA&#10;QO1hVAYAAAAAAGqCuS6LbsCf9ZCVpn0uOgLl1TdS+Knkm6I7UHN2JbsOuC46AgAQbCJ9v6Sm6AwA&#10;v3NgMk3vjI4AANQeRmUAAAAAAKAm9IwWrpHZ7dEd+EMmfbZnbO290R2oALP+6ATUGNMN3Vtufyg6&#10;AwAQZ6C14xSZXxDdAeAPufSa/mPzLdEdAIDawqgMAAAAAADUBJPc3d8b3YE/MOFJ9qPREagML2lF&#10;dANqi7t/LboBABDMkndJsugMAH+iWYkujY4AANQWRmUAAAAAAKBm/KhY+JakO6M78DtX9W761abo&#10;CFRG71jhRklD0R2oGdsz4wdcER0BAIgz0NpxiqS/jO4A8OeZ6ZKB9vnt0R0AgNqRjQ4A9sUanZ3d&#10;0VI8LslkuuQ+16SjJR3m0gyZT8iTbWbamnq6XomtL+3ecfvSzZt3RHcDAAAAAMpjuZQOmP0/uTNc&#10;iLcrscw7oiNQOSb5oHS5S++ObkENMLuWqy8BoLG5Je/miDKgqk1TuufvJL0mOgRA5azR2dmdbWNP&#10;SVxdqXuXmVql5Pd/RbselPl2SXcmSfKLaZtmFxbphom4YlQzPrdD1Vs5Z05bppS9yM0XyXWmpAP3&#10;4afvlvRjM7vBPL2yuzh0W4UyAQB7YYWUmZmb25ZNS3OVJPMkf5LLDjX5wS4dYqZD3H83en/QpQmT&#10;7n94OGwjbtpgnq5Pmmx999DQb0J/MQAAIMxyKTktl/+ZpKdEtzQ0tw/3jm54e3QGKqu/Nd9ppvXi&#10;xgM8gUR2Xndxw+roDgBAjME5c0/0UvpT8b1HoNrtasqU2s/duHFLdAiA8hmYM2+eTZSem5rONukM&#10;SQfsw09/0KUbzfXdbFN6xeLh4WKlOlF7+MQOVemR9exFiesSl56p8v1eHXb3z49nSp98zqZN95fp&#10;YwIAHsOq9rnzS6V0UWI6y6XjJeUlTS/Th39A0h1u+p6lurF51/SbF21du71MHxsAAFS5wZa5p3qS&#10;fl8MXaJsbt45fR6ffzWGgVz+25KWRnegqq3tLRaOj44AAMTpb81fbqYXRXcAeGJuel/fSOEfojsA&#10;7J8VLS0zDkym/7XJXqXyvfEylXSD3D/bPNr6TU4wA6MyVJXlUnJaW/7lcv29pM4KvtQDcv+4T7cP&#10;9RUKD1bwdQCgoVzZ3n5Ic6npApk/W9I5kmZP4ctPSPqJy29I0swVPWPrfzSFrw0AAAIMtOU/Kdfr&#10;ojsaktvLe0c3fDE6A1NjoDXfLdNgdAeql8ne3FPc8NHoDgBAjFWzO1vTrA1Lv7uBAEB1u6955/Qc&#10;bxICalN/Pj892eNvSN3ebtLRFXypYck+2Fw89nOMyxoXozJUjf62/NPM7dOSnzJVr+nSlsT0rh+M&#10;FD6//OHVLQBgH605csGBO2fsutCkiyVbJCkT3fSIuyS/QvJv9BSHbzbJo4MAAEB5XZvLHZpo2i8r&#10;/AANf8RMP3xwpPCMZVIpugVTY/nDV86u08MnDwN/bLul09t6xtbeGx0CAIgxmMt/wKVLozsA7D0z&#10;vaFnpPDJ6A4A+2awreu57v5BSR1T9qKunyeJv657ZOiWKXtNVA1GZQi3QsoclMu/26V3KuxdLH69&#10;2bSX9Iz88tcxrw8AtWdgzrx5Kk38rWTLJB0a3fO4zG43+WceLO36/LKxsZ3ROQAAoHweeZj2zeiO&#10;BnJfMuEndm8eGo0OwdTqb8u/wlyfi+5A9XH5B/uKQwwJAKBBrTlywYHjM8ZHXTokugXA3nNpw4+K&#10;hfnLOXQDqAn9+fxBtsc+LfcXBCW43P7tyKMOeufJt922J6gBARiVIdR1rfNmp1b6mkvPim6R9Bsl&#10;uqh3U+GG6BAAqGb9ufxSe/idh8+IbpmEByX/Ysaz/3re6LrN0TEAAKA8BtvyV7rrguiORmBur+gZ&#10;3fCF6A5MvVsXLmzauvWBdZLmRLegquxsypTmnLtx45boEABAjP5c5xtN9rHoDgD7zt2f0zc6dFV0&#10;B4DHt7Kl4ylJklwpqTO6Ra4fJCVfxpsNG0cSHYDGtbKl4yklm7i1SgZlknSUUq3uz3W+KjoEAKpR&#10;f1vnOQO5/HdN+rZqc1AmSQdJ9qaSldYNtOX/7fo5c7gqCwCAOjB9x/SLTfpldEe9c9dXGZQ1rpNv&#10;u22PXB+O7kC1sS8zKAOAxmayV0c3AJgcM3tNdAOAxzfQ1tGXJMn3VQ2DMkkynV7K2o8H2/InRadg&#10;anBSGUL05/JPNuk7ko6JbvkzUpe/pq849NnoEACoBo+8A+Ijks6JbqmAHZI+5NP0/r5CYTw6BgAA&#10;TN7K9q6nJqnfImlGdEudGrN0+ok9Y2vvjQ5BnP58frrt9l9J1h6cguqw00ua23dXYSw6BAAQYyDX&#10;caaU/G90B4BJc3d19Y0WhqJDAPypwbauJe5+haTp0S1/xn3ytLt3dPjH0SGoLE4qw5S7rqWjy0w3&#10;qDoHZZKUmOzTA61dL4sOAYBI18yee8RAruvTSZL8RPU5KJOkmZLeo936xUBbR190DAAAmLwlmzb8&#10;TG6vjO6oRybd71I3gzL0FQrj8uSd0R2oGh9hUAYAjY7Pv4EaZ5K/NDoCwJ/qb82f5+7fUnUOyiTp&#10;UFmyemV711OjQ1BZnFSGKdWfzx9ku3WLpAXRLXthXKZFvSOF70eHAMBUG2zNn+/m/yXZk6JbppBL&#10;+uquZOINz9m06f7oGAAAMDkDufxnJf11dEcdKZnZ+T0jG1ZGh6A6LJeS01rzP5HpxOgWhHqgqZTt&#10;PPeuX/02OgQAEOPK9vZDmtPsZnFSMFDrxrYVC+3LpFJ0CICH9bfmO830Y0mHRrc8EXcVp2VLp567&#10;ceOW6BZUBieVYcq4ZNqty1UbgzJJmi7Xt1a2t1friWoAUHarjj7hgIFc/jI3XdVggzLp4bH9i5vT&#10;7B2DrXOfGR0DAAAm54fFwqslXR7dUS/M7VUMyvBoy6U0MXt7dAdiubScQRkANLbmtOkiMSgD6kHL&#10;QS2di6MjADzsmtmzZ8p0lWpgUCZJZsrtmchcdevChU3RLagMRmWYMqtau15t0l9Ed+yjYzKe/a/o&#10;CACYCgMtc05Ip++4VdLF0S3BjnVL1wzk8suX87kSAAA1Z7mUbps1/RUuXRvdUuvc9W89oxu+EN2B&#10;6tNd3LBajDcblkk/214sfDy6AwAQzP1l0QkAyiSxl0UnAHhYU3bmv5h0fHTHPjGdfs/WB94VnYHK&#10;4PpLTInVHR25iYnkl5JmRrdMhru/oG906H+iOwCgUvpbOy8ys89KmhXdUmWu3pVMvIzrMAEAqD23&#10;LlzYtHXrA1dIWhrdUpv8Qz3FoUvt4SvCgT9xTcvcY7NJ+kvxNUTDMfNzekaG1kR3AADiPHItVyG6&#10;A0DZjGez6dGLh4cfiA4BGtlAW/7pct2k2jzwYCJN7JQlmzb8LDoE5VWLvxlRgyYmMv+kGh2USZKZ&#10;fXjNkQsOjO4AgHJzyQZz+Q+Y2dfFN4P+nPOb0+ytgy2d+egQAACwb06+7bY9ExM7XiDZd6Jbao2Z&#10;/UtvcegdDMrweJaOrb/LpXdHd2BquekLDMoAAJbYC6MbAJTV9IkJuyA6Amhky6VEro+pdjc82cT9&#10;I87BVnWnVn9Dooasau08XvKXRHfsp5ZdM8bfEB0BAOV068KFTYO5ri+4dGl0S5Xr9MT+t78t/7To&#10;EAAAsG+Wbt68Y1txQ7eZ/iu6pUakcr2+Z2QDVxZgr/QWCx+VtCq6A1NmOLNr5hujIwAAVeH50QEA&#10;ys2eG10ANLJT2/IvlHRydMd+cZ21qjX/l9EZKC9GZai4NNE7VR+L1LddPW8ep/gAqAurOzoO3rr1&#10;wQHJXxrdUiOOMdeNA6357ugQAACwb5ZJpe6Rwuvd/b3RLVVuwtxe3zta+M/oENQOk7yk5HWStke3&#10;YApY+sbuLbc/FJ0BAIh1bVvXcXI/IboDQNmdt7qj4+DoCKARLZeSxPUP0R3l4KZ3RjegvBiVoaL6&#10;j823yO150R1lcvj0HemLoyMAYH+taGmZMTFh10j+7OiWGnOgTFf2t+bPiw4BAAD7xiTvGx16tz98&#10;osKu6J4qNJzIT+8Z3fCp6BDUnr8orh82099Gd6DS7OO9I8P90RUAgHhZqV6+5wPgD03fU0r+IjoC&#10;aESntXX0uHRcdEeZnNrfnj89OgLlw6gMFWUZXSypKbqjXNz0iugGANgf/fn89FlJ87WSPTO6pUbN&#10;MNNVg61z+f8PAIAa1FcsfDN165Y0Et1SPfz6pMmf3l0cui26BLWrZ6Tw35J9KboDFXNLc/HYt0RH&#10;AACqhPuF0QkAKsT1nOgEoBG5J3W1QUhSNhX1hFEZKsqkZdEN5eWnXNfS0RVdAQCTsULKJHv0dUnn&#10;RLfUuBlu6TWDc+aeGB0CAAD23ZLRDTdms+mJJl0W3RIslfSPPywOdXcPDf0mOga1z6f5m1zaEN2B&#10;snvAXS9ZpBsmokMAAPFWze5sdemp0R0AKsOk3mtmz54Z3QE0ktUdHQebtCS6o5xcunDFggXTojtQ&#10;HozKUDED7fPb6/GLi5IlS6MbAGBfuWSzcl2fc9cF0S114mAvpf0D7fPbo0MAAMC+Wzw8/EBPsfBS&#10;uXokbY7uCfB9paWn9RYLy5c/PC4D9ltfofCgJ7ZM0o7oFpRNamYv7hstDEWHAACqQ5pN+qIbAFTU&#10;zGxT89nREUAj2TORLJbUHN1RZocfvG33WdERKA9GZagY94n6PAkn0eLoBADYV6vaOl8v+UujO+rM&#10;bHnpat65BQBA7eodLazKeOYUd31Vkkf3TIFtcr2ludjyrN6xjbdHx6D+LNm04WfmepEYK9YH19t7&#10;RjasjM4AAFQRV3d0AoDKcrfzohuARpJIdflnrmR+dnQDyoNRGSrG3J8Z3VARrmcs588OgBrSn+t8&#10;hrv9R3RHXXI/oSk78/PRDYvwhwAAIABJREFUGQAAYPLOG123uW+08GJLk9Ml3RLdUykuXeElPbl3&#10;tPAfXGOHSuoZLVxt0j9Hd2A/mX+tZ7TA15EAgN+5deHCJpmfG90BoLISMSoDppJLdbmpSFxnRjeg&#10;PBjGoILsxOiCCpl1cm5ue3QEAOyNa2bPPcJkX5OUjW6pVy5dNNCWf2V0BwAA2D89Y+t/1FssPMOU&#10;LHbpjuieMilJ+rJJx/cVC8/ru6swFh2ExtBdLCx/5ARA1CT7zrYDm19mjXGCIwBgL/1mywNnSJoV&#10;3QGgslw6bnVHRy66A2gEa9rbmyXNje6oBJfqdSvScBiVoSJcMkld0R2VkjU/LroBAJ6IS5bN+pck&#10;tUa31D3XJ1a2dz01OgMAAOy/nuL66zVNJ5vpVS5tiO6ZPOu3NDmjt1h4SU+xsDa6Bo3FJN8+WniJ&#10;S1dEt2Cf3bwt3bl02dq1u6NDAADVJcnY4ugGAFOjtCfz7OgGoBHsmEi6VL+bnYOvP3b+4dER2H/1&#10;+hsUwQaOyR8h6cDojopJGWgAqH6DrfnXSt4X3dEgmpPUL3vkXSUAAKDG9RUK4z0jhf/+UbEw36Xn&#10;S1qj2jixZ7u5Pp96ekpvccOSnrH1P4oOQuNaJpUy4zNfKun70S3YOyb9MmnyC5eNje2MbgEAVB93&#10;nRXdAGBqeJIyIgWmQJKp781BKbOnPboB+49RGSoiyfrB0Q2V5OaHRDcAwOMZaJ/fLtOHojsazFN2&#10;ljLvjI4AAADls1xK+4qFb/YWC+dY6nMlfcBdxeiuP2U3mdsrmndOf1LPaOGVS0aHb40uAiSpe8vt&#10;DyXjMxfr4WEmqphLd6S7dVb30NBvolsAANXn4TdS+inRHQCmiOvs6ASgEZgydb05SMWmoh4wKkNl&#10;NGUOiE6oJDfNim4AgMfj6cSHJc2M7mg0ZnbpwJx586I7AABA+fWMDRV6i4W/7x0ttEvpM+X6pKTh&#10;oJw9ct0g6e+VyczvLW54Zs/ohi8s2rp2e1AP8Ji6t9z+kE/TBZJuiW7BYyqU0qSn7+7C1ugQAEB1&#10;2plmFkqaHt0BYKrYk1bOmdMWXQHUvVQHRSdUUqLMjOgG7L9sdADqU2lioimx+t0sWuppdAMAPJZV&#10;ua6/SOXPje5oUNO8VPq4pPOiQwAAQGWY5CoO3yTpJklaOWdOW1JKzpbsTJmdKvcFkjJlftl7Jf1M&#10;pp9bqu+Nz8x89/x167aV+TWAiukrFB68et68nmk7St+WcepBlflJmkwsWVrcdHd0CACgeiVKnuE1&#10;cRs8gHJJJpKnSxqJ7gDqmVuaShadUTGppU3RDdh/jMpQGakeLPsj9Gpi9lB0AgD8OStaWmak8o9E&#10;dzQykxYPtHVd2Duy4VvRLQAAoPKWbNw4IulLj/zQqqNPOGCiaefxSeJd7j7XzDokHSnX0TIdoYdP&#10;kz1Ivx+ebZO0U9J2SfdIGpHbiCXpiMuHkz32i+7NQ6NT/gsDyuz8deu2rdHZi8dzY//p0quieyC5&#10;dG1pYsdFSzdv3hHdAgCobi5/RnQDgClmerqkr0dnAPXMzR6yOt5su/RAdAP2H6MyVEZT+qDSOj6p&#10;zMQ7wgFUpVnW/FpJndEdDc/9g2t09rcX6YaJ6BQAADC1urfc/pCkHz7yA8CjLNINE8uLes1pbfnt&#10;cv1tdE9j8y9un9X86mVrC7ujSwAANeH06AAAU8vMTotuAOqdpdpWxweVKZHdH92A/Ve/qx+Emrmp&#10;/R5JdfxQyjZFFwDAH1vR0jJDpkujOyBJ6tzVetdfRUcAAAAA1Wa5lPaOFN4i9xdK4oSsqbdH8lf3&#10;Fodevmzt2jp+dgcAKJeVc+a0SToqugPA1HLXSdfMnj0zugOoZ6mnG6MbKimblO6KbsD+Y1SGilik&#10;GyZcWh/dUSlJqVS3vzYAtWuWNb9cPOCpHpb+3XI+1wIAAAD+rN7Roa+7/DxJd0e3NJD7EtmFvcWh&#10;z0SHAABqR7aUfUp0A4AQTUmm+cnREUA9m5lNN0hKozsq5J5zN27cEh2B/cc3OlFJ66IDKmTHYUcf&#10;uik6AgAe7daFC5tcnFJWXWze6W1dz4muAAAAAKpVX3Ho5oxnFrq0OrqlAdycZkpP6y5uuDY6BABQ&#10;W1LTU6MbAMRIlDk+ugGoZ4s2bdrl0lB0RyWYdGd0A8qDURkqyL8XXVAJLt188m237YnuAIBHu2fr&#10;Ay8wUy66A3/E/V0uWXQGAAAAUK3OG123ubdY6JbrLZLGo3vqUEnu/9xcbDl7ycaNI9ExAIAa5H5C&#10;dAKAMAuiA4B6Z7I10Q2V4O43RjegPBiVoWIyrrr8D6Ckm6IDAOCPufQ30Q34Uy49dVXr3DOjOwAA&#10;AIBqZpL3jhb+I03TUyTdFt1TN0zrPdGZvaND/2+RbpiIzgEA1CjTidEJAGKYnFEZUGFu9Tm+8qRu&#10;tyINh1EZKua80aG1kuruHZBJJrk6ugEAHm2gZc4JkhZGd+CxpC+LLgAAAABqwZKx4V80F1tOd/d3&#10;iVPL9kcq+ccm9ux4Wt+mwg+iYwAAteua2bNnytUZ3QEghpsfF90A1LtpE9lBSfV2S9oDM6x0S3QE&#10;yoNRGSrGJJf0xeiOsjK7vWfj+p9HZwDAH7DsxdEJeGxuet6KlpYZ0R0AAABALVikGyb6Rof+xaWT&#10;JH03uqcG3WKmU3qLQ3+zdPPmHdExAIDa1jT9wC5JmegOAFGs7ep582ZFVwD17Ny7fvVbSYPRHeVk&#10;pq8u2rRpV3QHyoNRGSrKUv+KHh6X1QVzXR7dAACPtkLKyPxF0R14XAcdlDQvjY4AAAAAaklfsXBn&#10;b7HwbHd/gaSx6J4asFnyl/UUC2f2jBR+Eh0DAKgTE2l7dAKAUNa8c2JudATQAL4cHVBOqemy6AaU&#10;D6MyVFTP2FBB7ldGd5SDSfePz0j+K7oDAB7t4FzXOZJmR3fg8bn04ugGAAAAoBb1jQ79TzI+c75L&#10;fyfp3uieKrTdzN6djM+c21sc+pLV0Zs7AQDxXFx9CTQ6t6Q9ugGod9uKhW9JGo7uKAeTbuzbVPhB&#10;dAfKh1EZKs4886/RDeXg8s+ev27dtugOAHi01P2i6Absle7VHR0HR0cAAAAAtah7y+0P9RUL/+rT&#10;NEfSP5p0f3RTFXhI8o+lyURXz8iG93Zvuf2h6CAAQP1xaU50A4BYnnouugGod8ukkmQfje4oB7e0&#10;LrYh+D1GZai4nrH1P5J8ZXTHfrp3YiLzwegIAPgTpu7oBOyV6aU9ydnREQAAAEAt6ysUHuwtFpan&#10;03SMy18q+bropgBjJnvz7hmZJ/UWh/5myaZNd0cHAQDql5kzKgMaXaLW6ASgEWybNe1TkjZGd+yn&#10;m3tGhgeiI1BejMowJbJZf52k7dEdk+Xyv1u6ef090R0A8GiDLZ15SS3RHdg7qfmi6AYAAACgHvQV&#10;CuN9xaHLts1qPsFNfyXp5uimKXCrZK+ZmNgxr6e44aOcpg8AmAom64huABDLXZxUBkyBZWvX7pb5&#10;W6M79sOeNE1fa5JHh6C8GJVhSiweHi6a6/3RHZN0y/bi0OejIwDgj6WJGCnVELOEf18AAABAGS1b&#10;u3Z330jh8t5i4UylpRNl+k9Jv43uKqP75PpkmtjTeouFU3qLGz69dPPmHdFRAIDG4dKx0Q0AYpk4&#10;qQyYKr0jQ1ea9D/RHZP0b0vGhn8RHYHyY1SGKfOD0cIHJOuP7thHdzdlShc+fI8xAFQZt7OjE7AP&#10;3J9yzey5R0RnAAAAAPWod2zj7b0jhdcfeeTBT3LzPsm+JOm+6K5JeEDSlxPZ0m2zph/TO1p4w5JN&#10;G34WHQUAaDxr2tubJR0U3QEgHCeVAVMoW8q+XvJN0R376PtHHnnwu6MjUBkWHYDG0n9M/kibpttU&#10;G6v2CTf/y76RIe79BVCVBnL5UXH9ZU1x9+f0jQ5dFd0BAAAANIIVUubgts7TSql6zJIeyReqOt9k&#10;+yt3XZ8xW1Wa5qv7CoXx6CAAAFZ3dOQmJpKR6A4A4SZ6ioVpXGkHTJ3BtvxJ7rpJ0ozolidk2prN&#10;pCcvHh4uRqegMhiVYcoNtnTm08RuMuno6JbHkcr9xb2jQ1+PDgGAP2dVZ+dR6R7bEt2BfWPSP/UU&#10;C++J7gAAAAAa0TWz5x7R1OTnuev0RwZmJ0o6YIozUkm/NNcPJbvJSun13ZuHRqe4AQCAJ7Qq17kw&#10;ld0a3QEg3u4ZmYPOX7duW3QH0Ej62zrPMbeVkpqjWx7HfWmansW1l/UtGx2AxtMzNlRY1dZ5Yep2&#10;nab+wd3ecLnezqAMQDVL9/hctuG1x83mRjcAAAAAjWrp5vX3SPrqIz+0QsocmMvPM+kkdz3V5HNk&#10;SavkrZKO2c+Xm5A0ImlIpoJSFRKzO0rT/Id9hcKD+/mxAQCoOE91ZFWe7wlgys3cs+dQSYzKgCnU&#10;NzL03cFc/qUufUVSU3TPn7HLXS9gUFb/GJUhRPfI0C2rWjtPT82uldQW3fMoe9z08r5i4fLoEAB4&#10;XJbM47DpGuQ+LzoBAAAAwMOWSSUVC3dKulMPP6j/nf58fnqyy1tT2bGJfIYnNstNsxL5zNTtd2+S&#10;TEzb3X2PyXaa7G55+mtN02/OGxrayhVBAICaltiR0QkAqkPJs4dK4mo7YIr1FAsrBlrzu2RaIWl6&#10;dM+j3GeenN87uv5/o0NQeYzKEKZ7dOiO1R0dz5qYSK6UdFJ0j6T7zPXy3mLh6ugQAHhC7vM4qawm&#10;zXXJ+OYSAAAAUN36CoVxSYVHfgAA0IDsMB5hAZCkdE96SHQD0Kh6RwvfHmyZ+6zU0m+YKRfdI9N6&#10;c13YM7p+bXQKpgYH1yLU4uHhok/TGS7/qEK/OrGbstn0qT2jDMoA1ArjxKvadMDAsfljoyMAAAAA&#10;AACAx+PymdENAKqE+aHRCUAj6xlb/6NSKVkoKXjLYF9q3jF9YU+xwKCsgTAqQ7i+QmG8rzj05kTW&#10;Lfm6qXxtk+6X6/U/LG44a/HwMMe2AqglrdEBmKQmtUQnAAAAAAAAAP+fvXuPs7su7Pz//pyZXEDw&#10;SkSRTBIzQDVKW0WLddsFBZIJUKtds6vt7qrd2rUXq91a7Xbbsr/au1ardr1ta9ttdct2bS2Qi1rB&#10;1gsq1FaJkmQml8kQQUTBAAnJnPP5/QF2vaAkITOfc+Y8n49H/oDA+b4m83hM5px5n8/3AfTTbbaA&#10;hkopJ7VugGF36b7tX5qYnvzhWvLjSb40z5ef7KRcOjG940Xn37r1znm+No0ZldE31k7v+MD+k5ee&#10;XVJeneSLc3y5u1Pzh93O7BMm9k7+j8uS3hxfD+B4O7l1AMeom4e2TgAAAACA76QkS1s3AP2h1LKo&#10;dQNwr/V7Jv94dLQ3XpLfSTKnA6+a3FJSXl0X50lrp3dcOZfXon+Ntg6Ar7dh69ZDSX738tNPf/ND&#10;ywn/sXbystR69vF6/Hu/8OVts7Odt1y6b/t8L3gBjifvDBpQpeNdXQAAAAD0t17q0pLSOgPoA73S&#10;symAPnLhzp13JHnN5tPX/G6vHHxZKeXFSVYfr8evyQ2dkrft7x784w0zMweO1+MymPwFQF+674vT&#10;25K87arHPf7MkU7n3/RKzivJ05M87Cgfbk9S31d75b13zkx+ZEPSPf7FAPPOMGlQ1Z5T5gAAAADo&#10;a04qA77GSWXQn9bNbP1ykt9I8hsbV46fW3r1eUl5bpLxo3you0tyXa317zvJX67dO3XD8a9lUBmV&#10;0fcuvmnn9iS/meQ3L0s6546NP6GWnJua5ak5JSWPTuojasrBknJbrfVLKXVPp+SGdJf+831fTAEW&#10;jMvuvX31Q1p3cGxKcetSAAAAAPpdZ2lSW0cA/aAUmwLoc+t3T16b5Nokv7hl9epH53Dnu7vpfVdq&#10;WVE69bTUzsOS3uLUzv5aerek5tZOOvvSqZ9csuf0z5yfa2Zbfwz0J38BMFAuS3qZntyaZGvrFoBW&#10;nnHq2Sf0crez5wdV7ZzYOgEAAAAAvpNaaq/YlAFJSuk5qQwGyNqpqS8m+cB9v47A5FzmMOA6rQMA&#10;gKOz+JZH3tO6gWPXS8/95wEAAADoa50aJ5YASZJe4k3uAEPKqAwABsx9R9AaJg2oUjv7WzcAAAAA&#10;wHdUjMqAe3WSg60bAGjD7S8BYDDtT3JC6wiOXunEqAwAAICBcFnS+VerVi3rznaW9Uo9tZSRU2vt&#10;nfQt/2Ep3ZJyc+n19tw90p157u7dt89/LXA81VpmE/e/BJKkGJUBDCmjMgAYTPuTPLp1BEev16tG&#10;ZQAAAPSVq3Pe6F0rbjpjtNYn11qfXDrlSbXmyUlWHe6mc+9Nr0pqrbnfO2DVpKamlpKlvdFsGhu/&#10;M8l0kslSynW99K7LPeW69TdP3jqfHxfwIJQ6a1MGJEnPnVMAhpZRGQAMopo77+81XPrfSKfe2boB&#10;AAAArlq1akWn21mbmrUHy8yzR2oeVpOklNQHPyQ5KckTkzyx1vpDJSVZnGwaG9+TUj+WXv52dFHd&#10;dOHOnXc86CsBc6PW2fsdkQJDp+OkMoChZVQGAIOoky+k5rtbZ3D0emXRvtYNAAAADKfNY+Nrai0v&#10;SqmXpJvvSjLfm5EVqWVFSl4wO1sObRobv7rU8jfpjL5v3Z7Pf2FeS4DvqKbcaVIGJElN10llAEPK&#10;qAwABlCpubEm61p3cNTu/sTuG6dbRwAAADA8rjjtzFNGRns/XpL/UJMnpvTN/ewWJ1lbS12bevgP&#10;N42t/lBS3rFs2cP+5pzrrz/cOg6GXUm5Pe5/CSQpKUZlAEPKqAwABlEt2/roRWCOVCmTlyW91hkA&#10;AAAsfFtWnLWqV3uvSXovSHJy654H0EnKBUkuuPXWO/ZsXL76nXWk+0cX7959c+swGFYl9StefQSS&#10;pHZ7t7VuAKCNTusAAOAYdHrbWidwDGrd3joBAACAhe2qxz3+zE1j45f3ancyqS9N/w/KvtmKUspr&#10;O73R6U1jZ7x9y+rVj24dBMOopHyldQPQH8rI0ltbNwDQhlEZAAygTm/UqGwA1RKjMgAAAObEFaef&#10;+bhNy8ff0hnpfDbJ8zP4r/8vSupLe4fL1s1jZ/zc5WvWLG4dBMOkm55RGZAk9ZRTTvxS6wgA2hj0&#10;J5UAMJQu3LvtCyW5vXUHR6eTsrV1AwAAAAvLZUln49jqnx3t9G5MyU8nWWjjq1Nq6htP3n/P5zcv&#10;H39O6xgYHk4qA5KS3HHO9dcfbt0BQBtGZQAwgEpSay1Xt+7gaI36nAEAAHDcbFwx/r3njo1fX1Le&#10;lOSk1j1z7PG15G82ja2+8orTz3xc6xhY6BaPdG9r3QC010vc+hJgiBmVAcCAqqVnoDRQ6rZ1ez7/&#10;hdYVAAAADL7L16xZvHls/LdLzSdq8j2te+ZXuXhRp3fDprHVL21dAgvZs3ft+mKSe1p3AG0VozKA&#10;oWZUBgADaqTGqGyA1Ph8AQAA8OB9cNWqU0/ef/CDNXl1kkWte1qoycOT8vZNK1a/+31nnXVy6x5Y&#10;iEpSazLdugNorBRfBwCGmFEZAAyoi/ZObU1yc+sOjlDNNa0TAAAAGGwbV6x+1uHuyA1J+YHWLX2h&#10;lhcsPtD9x41j409snQILUUn2tm4AGqt1V+sEANoxKgOAAVWSmuTvW3dwRHp1pPvh1hEAAAAMro1j&#10;468utWxJckrrlj4zXpJrNy8ff07rEFh4qhOKYMjVGJUBDDOjMgAYYLXW97Ru4EjUD128e7dT5QAA&#10;ADhqlycjm1eM/4+S/HaS0dY9ferkWvJXm8bOeHnrEFhIStz2DoZdSd3ZugGAdozKAGCA3fnQpRuT&#10;3Na6gwdQO3/ROgEAAIDBc91Tn7ropLHxv6w1L2vdMgBGk/oHm8fG39A6BBaM4vaXMOxq7exu3QBA&#10;O0ZlADDANmzdeqim/p/WHXxHd9cl9b2tIwAAABgsG8fHl9x66+1/XZIfad0ySGryik0rxn+/dQcs&#10;BCX1c60bgKZmT9h7+p7WEQC0Y1QGAAOupDoFq79duX5y8qutIwAAABgcG8fHl5RD5b1Jubh1y0Cq&#10;eaVhGTx4h+vhz7duANqpya7zc81s6w4A2jEqA4ABt25650eTeLdQn6q1vqd1AwAAAIPjsqRTDuXP&#10;krq+dctAq3nlpuWrf711BgyyS6anv5LkptYdQBsl+afWDQC0ZVQGAAOuJDU1b2rdwf3a+sm9U3/b&#10;OgIAAIDBce7Y+OuTbGjdsSCU8t82jZ3x8tYZMOC2tg4A2iilfLZ1AwBtGZUBwALQOXTi21Nya+sO&#10;vln9vcuSXusKAAAABsPm5Wf855q8onXHwlJfv2ns8c9uXQEDqxiVwdDq1c+0TgCgLaMyAFgA1t7y&#10;mbuS4rSy/rJr2bKHv7t1BAAAAINh09jjn11L9dz++BtNOpdvPn31eOsQGEQl+VzrBqCN2dJxUhnA&#10;kDMqA4AFYnSk++aS3N66g3vVmt875/rrD7fuAAAAoP9dtWrViqTz7iSLWrcsUI+snfKXV5x22omt&#10;Q2DQdEu5rnUD0MRXL57evqt1BABtGZUBwAJx4c6dd9Ra/mfrDpIkN99ZD/5J6wgAAAD6X01KZ3bk&#10;T5I8unXLAveUkUUnvqV1BAyaE3c/7oYkd7XuAOZb/eeS1NYVALRlVAYAC0hdUn89yb7WHUOvlp/f&#10;MDNzoHUGAAAA/W/z8vFXpOS81h3DoNS8eNOK1c9t3QGD5PxcM5vkk607gPlVS/mH1g0AtGdUBgAL&#10;yPrJya+WUl7VumPIfWhi7473tI4AAACg/20cG39iSn6zdcdQqfnDK8fGHtE6AwbMta0DgPlV0vto&#10;6wYA2jMqA4AFZt2eHe9Oyt+17hhSh2vys60jAAAA6H+XJyOl5o+SLG3dMlzKY0fr4te1roBBUpOP&#10;t24A5lXvYOl9rHUEAO0ZlQHAAjTS674sycHWHcOnvnH99OTnWlcAAADQ/04aW/2SlJzbumMY1ZIX&#10;b1yx+lmtO2BgHHJSGQyTmnzuubt33966A4D2SusAAGBubF5xxmtrrb/cumN41N11cfnu9ZOTX21d&#10;AtAv3r/8rNNq6T2ll/qkmrqipDOW1FOTJDWHU/LFUnJTr1dvSrK1V0Y+c/H09l0lqW3LAQDm1pZT&#10;z35Ib8ldO5Ly2NYtQ+xzn5iefPJlSa91CAyCjWPj20tyRusOYO6V5J3rpidf2roDgPZGWwcAAHPj&#10;2j07fvX7xs44N6nPbt0yBA6k13vO+sldBmXAULt65cqlB3qjF3aSS2tycTfd0772eyUl37AVu+8t&#10;TrUmpdz7DyPpZdPY+C2bky211k376z3v2zAzc2A+PwYAgPnQW3L3qwzKmnvi942t/veZnvrT1iEw&#10;CErJB1KNymAY1OTvWzcA0B+cVAYAC9gHV6069XB35J+SPKZ1y0JWSn5m3Z7JP2zdAdDKBx7/+LHZ&#10;2c7LkvynJKccr8ctye29mj8voyNvmdi1bdvxelwAgJauWrnyMZ3e6I4kJ7Vuoe7ef/LSszZs3Xqo&#10;dQn0u41j45eW5G9bdwBzrjc72zn10n3bv9Q6BID2Oq0DAIC5c8GuXbeUUl+YpNu6ZaGqNe82KAOG&#10;1ebT1zxy89j4G2ZnO5NJXpPjOChLkpo8vJT8TLrdGzauGP/jq1atWnE8Hx8AoIVOHf2VGJT1ibLy&#10;5P0HX9S6AgbB4RNGrklyuHUHMNfK9QZlAHyNURkALHDr9kxdnVre0LpjYaq7O3XJz7auAJhvNSkb&#10;x1b/RO3cs6Mmr0iyaI4vOVpqXtzpjnx+0/Lxn7/Mc1kAYEBtfMz4stT8eOsOvsEvXb5mzeLWEdDv&#10;nrNt2/6SfLx1BzC3au1tbt0AQP/wQjwADIF1e3f8Yi15V+uOBebmbkaevW5m65dbhwDMp6tWrVqx&#10;eeyMD5SUdyR55Dxf/oSUvP77xsb/4QOPf/zYPF8bAOBBK4vzn5Isad3B1ysrT7rznue3roBBUEv5&#10;QOsGYI6VbGmdAED/MCoDgCFQkvroUx72k0m9qnXLQlCS23u93kWXTG/f2boFYD5tHjvzgk535NNJ&#10;fXbjlO+fne18esvYGRc27gAAOGLXPfWpi5L8TOsOvlWpeVnrBhgEvW6MymBhu+OE6eWfaB0BQP8w&#10;KgOAIXHO9dcf3t+75/kl+fvWLQPuYO3kuRfP7Pxs6xCA+bR5xRkvrOldleQRrVvu88he6pWbV5zx&#10;wtYhAABH4ou33vGcJKe17uB+PXPL8tVPah0B/W79zI5PJplp3QHMmS3n55rZ1hEA9A+jMgAYIhtm&#10;Zg6MdkefV5MbWrcMqG4p5ccndk9e0zoEYD5tXDH+o7XW/5VkceuWb7K41vrnG8dW/2zrEACAB1JS&#10;f7J1A99er1Ne0roB+l1Jakoub90BzJFS/3frBAD6i1EZAAyZC2668bYTDix5RpL3t24ZMF9NemvX&#10;7dnx7tYhAPNp4/Lxi0rNH6d/nz+WkvLGTcvPeEHrEACAb2fLaauXJ6X1LcT5DkrNi6847bQTW3dA&#10;v6sl/6d1AzAnvrq0dDe1jgCgv/TrDwUAgDl0/q1b79x/8pJLU4p3Hh2BmtzSq71nT0zv/LvWLQDz&#10;afPY+JpS8lfpvxPKvlknpf7pxhWrn9U6BADg/nRHyiVJSusOvr2aPHzRyIkXtu6Afjexe/ITSfa0&#10;7gCOuyvO3737YOsIAPqLURkADKkNW7ceWrdnxwtTy+tat/S1ku0jZeQZF+/deV3rFID5tOXUsx9S&#10;k8uTnNy65QgtKrW8Z8vq1Y9uHQIA8M1Kqc9r3cADqyWXtG6AfnffLTDf27oDOL5KdQohAN/KqAwA&#10;hlhJ6sTeHa9K8ktJZlv39J/ykZHeyPlr92zb1boEYL71ltz1+iRPbN1xlB7dO5w/bh0BAPD1rhwb&#10;e0RS/nXrDo5Evbg6UQ4eUK31/7ZuAI6r/V+tB9/fOgKA/mNUBgBkYnrytzup59ZkR+uWPtGtyWvW&#10;Te/4wYv2btvXOgZgvm1aOX5eUn6idcexKRdvXL7637auAAD4mk5ZvD7JotYdHIny2M2nr3py6wro&#10;dxPTUx9LMtm6AzhmseszAAAgAElEQVQ+SvLXG2ZmDrTuAKD/GJUBAEmStdNT1x8+YeSpSf68dUtj&#10;+2ovz14/Pfk7JamtYwDm29U5bzS9+rYM9PPF8rsbx8eXtK4AAEiS0sv5rRs4CiOja1snQL8rSS0p&#10;72zdARwfvdR3tG4AoD8N8A8JAIDj7Tnbtu2fmJ7890n5z0nuaN3TwJbZXufp62cmP9w6BKCVAytm&#10;/m1Szmrd8WCUkrEcqi9t3QEAkCTplKe1TuAo1Prs1gkwCEZHZv80yeHWHcCD9rn101MfbR0BQH8y&#10;KgMAvsXE9I63d3NoVVLflKTbumcefLaW+uyJ6cl1l85sv6l1DEArNSml1l9p3XE8lJRXXZ3zRlt3&#10;AADD7epla05KrWtad3DkavI9rRtgEFywa9ctpeSq1h3Ag1NLfVfrBgD6l1EZAHC/Lpme/srE9NTP&#10;lZKnJ/l465458qWk/uTS6dOfsn7P1IdaxwC0tmn5+IWDfkrZ11l+cGzmua0jAIDhdvfSQ09JMtK6&#10;gyNXklM/uGrVqa07YBCUWv6odQPwoBweGc2ftY4AoH8ZlQEA39G6PZP/uH968gfuuyXmztY9x8nd&#10;SX1TKYvOnpieesf5uWa2dRBAP+iUvKR1w3H2460DAIDhVjq9p7du4Oh1u6Nnt26AQfCoZQ/dkuTm&#10;1h3AMdu0dmrqi60jAOhfRmUAwAPakHQnpne8fd305HhNfijJx1o3HaObS8orDp0w8piJ6amfW7fn&#10;819oHQTQL6447bQT7/sav5BccMVpZ57SOgIAGF6ldp7UuoGj16vV5w2OwDnXX3+4Jm9t3QEcq96b&#10;WhcA0N+MygCAI1aSun568oqJ6clnpmZdkvcn6bXuOgIzKeVXDnZmn7BuescfPGfbtv2tgwD6zaLO&#10;CT+Y5ITWHcfZyMii3trWEQDAMKvLWxdw9EpiVAZH6lDemuRA6wzgqH16Ynrn37WOAKC/GZUBAMdk&#10;Yu/klonpybXdHDolqT+Z5KNJauuur6nJLSX5nZI8aWJ6cvnEnh2vfe7u3be37gLoV3WkXNS6YS50&#10;enlW6wYAYKiNtQ7g6NWSx7VugEGx/ubJW1Pz7tYdwNGpqW9s3QBA/xttHQAADLZLpqe/kuQdSd6x&#10;ZfnqJ3U75QWllguT+pQkI/Ocsy/J1SnlvVlUr1o3OXnPPF8fYHDV8rQ+2gYfN7Xk3NYNAMBwqknZ&#10;nJzeuoNjsqx1AAySUvKGmrwkSWndAhyRmUcve/h7Mt06A4B+55s7AGBObBwff+jIofKD3VrPKyX/&#10;OsnZSRYf58vsrTX/kFKvqd364Ytv2rn9OD8+wFC4LOl839j4V5I8tHXLHOjOzt790Ev37bu7dQgA&#10;MFyuOO3MU0ZHe7e27uCYzExMT7p1KRyFjWPj7y/Jha07gCPyXyemJ3+rdQQA/c9JZQDAnFg/OfnV&#10;JFfe9yuXJyMnLR9fmU49s1M7Z6bUs9LLypQ8pCYPSfKImjyk/L/h2e01uatTcletdX9SbimlbOv1&#10;ets7nbLjnqUjO56zbdv+Vh8fwEJy7oonnFrr4YU4KEuSkdElJy9Psq11CAAwXDqd2ccmndYZHJtT&#10;WgfAoBlJeVMv1agM+t/ds7Odd7aOAGAwGJUBAPNiQ9LN3smpJFNJNrXuAeDrdLqPTrd1xNwp3WpU&#10;BgDMv5IlrRM4Zks3jo8/9L43zAFHYO30jis3jY1/MsnTW7cA39GbLt23/UutIwAYDN4mBQAAMOy6&#10;WdY6YS7V2nXSBAAw/+rISOsEHoQ7jQLhqJXef2+dAHxHX13UHX1d6wgABodRGQAAwLDrdRf2Kdal&#10;LOyPDwDoS6MjPaOyAdZbfGi2dQMMmok9Ozcm+XjrDuD+lVLefMFNN97WugOAwWFUBgAAMOR6pfRa&#10;N8ypalQGAMy/2V7H9yADrLN48QK+QTzMnZLOr7ZuAL5VSW4/UA47pQyAo2JUBgAAMOTKSA61bphL&#10;tdQ7WzcAAMNnpOOkskHWvftuJ5XBMVg3vf2DqbmmdQfwjXq1vvm5u3ff3roDgMFiVAYAADDsysgX&#10;WifMpVrLF1s3AADDp9ur+1s3cOwOPOIRRmVwjGqn/nrrBuAbfLlTl76xdQQAg8eoDAAAYMh17l4y&#10;07phLi2q3QU9mgMA+tRovbV1Asfs0PO3bj3cOgIG1fo9Ux9KLX/dugO4T82vrJvZ+uXWGQAMHqMy&#10;AACAIbf2ls/clWRf6445cvD2mZ07W0cAAMPnrsOHnZY6sOq+ktTWFTDIuqX8QpJ7WncA+ez+vZNv&#10;bx0BwGAyKgMAACCp5ROtE+bI1g1Jt3UEADB8NszMHEhyV+sOjkVnQZ/kC/PhkuntO1PyP1p3AL1X&#10;el0EgGNlVAYAAEBK6nWtG+ZCKflk6wYAYJi5BeZAKjEqg+OgWw/9epLbWnfA8CobJ6Z3/l3rCgAG&#10;l1EZAAAASSebWyfMjXJV6wIAYKjtbR3AsagL9dbwMK8umZ7+Sin1t1p3wJCa7dTeq1tHADDYjMoA&#10;AADI2j2Tn87C+6HnwXLwhGtaRwAAw6vW8s+tGzh6pZbp1g2wUHz1pKVvTvK51h0wbGrq76/dO3VD&#10;6w4ABptRGQAAAClJranvbd1xPNWa96695TN3te4AAIZX6eSfWjdw9HrpLchbw0MLG7ZuPZTae1GS&#10;busWGCI3ZnH51dYRAAw+ozIAAACSJJ1e3pKk17rjeCml99bWDQDAcOv1ek4qGzyz3dkDn24dAQvJ&#10;xN6dnyrJm1t3wJCotZf/vH5y8p7WIQAMPqMyAAAAkiTrZqYmk3J1647jouaf103v/GjrDABguN1V&#10;D21NMtu6gyNXkhsu3bfv7tYdsNAcnr37l5PsbN0BC1/90/Uzkx9uXQHAwmBUBgAAwL8opfcbrRuO&#10;k18tSW0dAQAMtw0zMwdqcmPrDo5cTdz6EubApfv23V2TV7TugAXuy51FeXXrCAAWDqMyAAAA/sW6&#10;PVNXJ7midceDUnPtxN7Jv22dAQCQJKXk/a0bOHI19ZOtG2ChWj89eUVKfU/rDlioaq0/tXZq6out&#10;OwBYOIzKAAAA+Aa9bu8Xkhxo3XGMZmsnP9U6AgDga2rqVa0bOGJ1tI76fMEcWnr30pfWZEfrDlho&#10;asm71u+d+svWHQAsLEZlAAAAfIOLb9q5vdTy8607jkWt9bfW75n8dOsOAICvefQpD/+HJHe07uCI&#10;fOqivdv2tY6Ahez8W7feOVLqi5LMtm6BBWTyhLuXvLx1BAALj1EZAAAA32Lt3h1vT7KldcdRqbn2&#10;hJHub7bOAAD4eudcf/3hUnJ16w4eWKl5X+sGGAZr90x9LMlvtO6ABaJbU190/q1b72wdAsDCY1QG&#10;AADAtyhJPXTCyPOTbG3dcoQmF/VGLzl/9+6DrUMAAL5ZrWVz6wYeWLf2rmjdAMNi2bKH/UaS61p3&#10;wKCrNW9cPz310dYdACxMRmUAAADcr+ds27a/JhtKcnvrlgfw1fS6P3LBTTfe1joEAOD+dHPP5UkO&#10;tO7gO5q6eGbnZ1tHwLA45/rrD/e6vR9N4nQlOEal5BNZkl9u3QHAwmVUBgAAwLe1fnryc7OlfH+S&#10;m1q33K+SW3ud8q8nZnZ9pnUKAMC3c8n09FeS+petO/j2avLO1g0wbC6+aef2mrwwSW3dAgNoX7fM&#10;/vD6ycl7WocAsHAZlQEAAPAdXbJnx+drclGtmW7d8g1Kbu2VctHFu3f8U+sUAIAH0ilGS33s4OLu&#10;6P9sHQHDaP305BVJfrt1BwyYw51Sn3/x7t03tw4BYGEzKgMAAOABrZ+e/FwO55zUXNO65V7lU7WX&#10;ZxiUAQCDYu2eqY8l2dq6g/tT/7dbqUM7n5ie/G9JtrTugIFRyi/f930FAMwpozIAAACOyPqbJ29d&#10;uvf0C5P8VpLZRhk1qb+3bNlDn7l+7+RUowYAgGNT88etE/hWtVPe3roBhtllSa/XmX1RUr/QugX6&#10;XU2uXLdnx+tadwAwHErrAAAAAAbP5tPPfHrt9N6W5Hvn7aI119aRvHL97slr5+2aAADH0dXL1px0&#10;8MR7dqZmWesW/sV1E9OTT2sdASSbxh7/r5LO3yVZ3LoF+tTW0dHeMy/cufOO1iEADAcnlQEAAHDU&#10;1s1s/+QnpifPqSU/luTGubxWST6fWl+wbu/k9xuUAQCD7Pxbt95Za/311h38P52U/9q6AbjXxPTO&#10;j9TkR5P0WrdAH5oZqSMXGZQBMJ+cVAYAAMCDUpOyefn4RSn5qSTrk4weh4edTXJVSecta6e3/11J&#10;6nF4TACA5i5fs2bxyfvvuTHJqtYtw64mH1g/PXlR6w7gG21csfoXSi2/17oD+shdpeQH1+2Z/MfW&#10;IQAMF6MyAAAAjpvNK57w2F7v8A+Xkmcl9ZlJeeyR/9/1CymdD5fkitl6z6ZLpqe/MnelAADtbFwx&#10;/pJS80etO4Zcr4x0nrJu1/Z/bh0CfKtNY2e8Kak/27oD+kC3lPKcdXt2XNU6BIDhY1QGAADAnPng&#10;qlWnHu6WJ6V0VtZeXdEpZfF9v3VPrbm9pNyelMnURVvXzWz9ctNYAIB5ct1Tn7ro1lvv+FyS8dYt&#10;Q+yvJqYnn986Arh/V+e80YMrZq5IzbrWLdBUKb8ysWfHa1tnADCcjMoAAAAAAGCebVyx+lmllg/G&#10;6/QtHBzp9c6+aGbnjtYhwLf3vrPOOnnxge6HkpzTugVaqKl/sH566hWtOwAYXp3WAQAAAAAAMGzW&#10;75n6UFLe0rpjGNXklwzKoP89Z9u2/aOjvQuSXN+6BeZbTX3bxPTUK1t3ADDcjMoAAAAAAKCB2dm7&#10;XpNkqnXHUCn58CenJ9/UOgM4Mhfu3HnH7GxnXZLPtW6BeVPqez45PfXTJamtUwAYbkZlAAAAAADQ&#10;wKX79t1dSv2J+KHxfLmzk5EXX5b0WocAR+7Sfdu/NNvrXJRkZ+sWmGs1uXLZKQ//j5f5uwqAPmBU&#10;BgAAAAAAjazbM3V1Ut7ZumMYlFIvW7tn267WHcDRu3Rm+029bm+iJre0boE5dPXIPSf+u3Ouv/5w&#10;6xAASIzKAAAAAACgqbq4vjw117buWOD+9to9U29oHQEcu4tv2rm9dEbPTTLZugXmwF/tP3nJurW3&#10;fOau1iEA8DWldQAAAAAAAAy7D65aderh7sinkixv3bIAfXJ/7+B5G2ZmDrQOAR68q1aufEynLtqS&#10;Ws9u3QLHQy151517Jn9iQ9Jt3QIAX8+oDAAAAAAA+sDGFePfW2o+kuTE1i0LyEwpi56+bs/nv9A6&#10;BDh+rhwbe8RIFl+V5BmtW+DBqKl/MDE99cqS1NYtAPDN3P4SAAAAAAD6wPo9k59Oyctbdywg93RK&#10;/bcGZbDwXDI9/ZXR0d5EUj7SugWOXX2TQRkA/cyoDAAAAAAA+sTEnsk/Sim/2LpjAThckx9bu2fq&#10;Y61DgLlx4c6dd8zO3rW2lPxN6xY4Sr1a6qsmpqd+zqAMgH7m9pcAAAAAANBnNo6Nv6Ikb2jdMaAO&#10;lF593rqZqc2tQ4C5V5OyeWz815L8WusWOAJ3l5oXrts7+b7WIQDwQIzKAAAAAACgD21aPv7zKXl9&#10;644Bc2ft5ZL1M5Mfbh0CzK/Ny894cS317UkWtW6B+1OTW0rtXTqxd+enWrcAwJFw+0sAAAAAAOhD&#10;E3snf7/W+uutOwbI3Z2U5xmUwXBat3fHuzopz0tyZ+sWuB+7Rjqd8wzKABgkTioDAAAAAIA+dt/p&#10;O29NsqR1S/+qX0gpPzKxZ/LjrUuAtq5aecb3dHr1vUlWtW6B+2xZ1B390QtuuvG21iEAcDSMygAA&#10;AAAAoM9dtfKM7ynd+r5SMta6pe/UXDPb7Tz/0n3bv9Q6BegP7zvrrJMXH+j+UZLnt25hqHVr8ssT&#10;05O/W5LaOgYAjpZRGQAAAAAADID3Lz/rtG7p/nWSp7du6R/lzUunH/fz5+ea2dYlQH+pSdkydsbL&#10;a+rvJVnUuofhUpNbSif/bmL35DWtWwDgWBmVAQAAAADAgNhy6tkP6S256/VJeWmG+zX+w6l5zcTe&#10;yd9vHQL0ty1jZ1zYS313klNatzAkav651Ppv1s1MTbZOAYAHY5ifcAIAAAAAwEDasmL19/dq+dMk&#10;461b5ltJ/r5X85L1eyenWrcAg2HLaauX90bKn6XkvNYtLGi1pr7phE73Nefv3n2wdQwAPFhGZQAA&#10;AAAAMICuOO20E0dHT/itpPxshuP1/ruT+spPTE/9z8uSXusYYLDUpGweW/0TSfn9JA9p3cOCszMl&#10;PzaxZ/LjrUMA4HgZhieZAAAAAACwYG1a8fj1qZ3fTvLk1i1zaEun1l9Yu3fqhtYhwGC7csUZTxip&#10;9c+TPKV1CwvGX4yO9n76wp0772gdAgDHk1EZAAAAAAAsAJvHzryglvr61Hp265bj6KO1k19Yv3vy&#10;2tYhwMJx+emnn3By54TfSerPxM9LOXb7k/Kqiekdb28dAgBzwTdJAAAAAACwQFy+Zs3ih9558KW1&#10;ll9KclrrngfhszX1dXdOT/3FhqTbOgZYmDauGP/eUvOOJOe0bmHg/K9FI91XXbBr1y2tQwBgrhiV&#10;AQAAAADAAnNZ0jl37Mxn9dL7uZJcnMH4eUA3yXuT3psmpnd+pHUMMByuznmj94zd9NM19bVJTmrd&#10;Q9+b6aS8bO30jitbhwDAXBuEJ5EAAAAAAMAxumrlGd/T6dafSckLkpzYuud+3Jxa/ryU+ifrpie3&#10;to4BhtOWFWet6tXuW5Osbd1CX6pJeefoaPcXL9y5847WMQAwH4zKAAAAAABgCFx++uknnNRZekFJ&#10;fijJJUke0zDntpTygU7NXyyeftzm83PNbMMWgCT3roY2Lz/jP6bU38hg30KY46gk/9Qr9b+s3zP1&#10;odYtADCfjMoAAAAAAGDIXJZ0nnb6GU8b6dT1Nfm+JE9L8sg5vOT+JJ9K8sFe7X3gU3t3/uNlSW8O&#10;rwdwzC5fs2bxQ/cfellN/e9JHta6h2Z2JXn1uunJvypJbR0DAPPNqAwAAAAAAMjm01eP19J5Wjr1&#10;aanlrKSuTLIyR3fLzC+llH211umSurOkXDdbynXX7dmx7TIjMmDAfPBx3/WowyOHfzUpP5VktHUP&#10;8+aOkvJrXz158Vs3bN16qHUMALRiVAYAAAAAAHxbGx8zvqwuLY8b7fVGZmvnISOlLE6SmtnaSbn9&#10;cOncPVJGDizNwZvP3737YOtegONt44rx7y21vDap61u3MKcOJfVdtVteu/6myZnWMQDQmlEZAAAA&#10;AAAAwAPYPDa+piavTvLCJCOtezhuDpbkD8qi+vtrp6a+2DoGAPqFURkAAAAAAADAETIuWzAOJvUd&#10;ndm8bu2+qb2tYwCg3xiVAQAAAAAAABylzSvGn9Lr5b+UkucnWdS6hyN2Vyn5s06394aLZnbuaB0D&#10;AP3KqAwAAAAAAADgGG18zPiyLM5LSvLTSZa37uH+leTzNfWNSw8sfff5t269s3UPAPQ7ozIAAAAA&#10;AACAB+ny008/4aTOkh9LystL8qTWPfyLj5XkD5ZMn/7e83PNbOsYABgURmUAAAAAAAAAx9HmsfE1&#10;Sf59TX48ySmte4bQnpq8dWS2vnvtvqm9rWMAYBAZlQEAAAAAAADMgY3j40vKofxQTf5DSSaSjLRu&#10;WsAOJXlfSecd105v/9BlSa91EAAMMqMyAAAAAAAAgDm2adVZZ5Veb0Pt1R9JyXe37lkgekmuTc3/&#10;rb1cvv6myZnWQQCwUBiVAQAAAAAAAMyjLaetXl5HO8+r6V2SlPOSjLZuGiCHavL+pP6fTm/pletm&#10;tn65dRAALERGZQAAAAAAAACNbFr5XStLnb241qxN8qwkD2nd1Ie+kuSDtWTz4k73qgt27bqldRAA&#10;LHRGZQAAAAAAAAB94PI1axafvP/ADyRlbUpnbWo9u3VTI70k19Vat5RO2bR/z+QnNyTd1lEAMEyM&#10;ygAAAAAAAAD60NXL1px08IQD31PTeWaSf1WSc5Oc0rprDnwxyYdLykdLeh951LKHf+ac668/3DoK&#10;AIaZURkAAAAAAADAALg6543es2Lm7PTK02vqk1LyxCRPzkANzeoXasoNnWRrLbmh06uf+Pjeqc9d&#10;du/pZABAnzAqAwAAAAAAABhgW1avfnTvcH1yKeUJqWV1SlamZmVNViV5WIOk25LsTrIrtewuyVQ3&#10;+dxIXXzDupmtX27QAwAcJaMyAAAAAAAAgAXqyrGxR3TK4pVJfUxSHllqeVRJfVSv5pGlUx+VWh6V&#10;1E6SpJaTUrLofh7mnqTenSQpZTY1tyXly0m9rZR6W9L5cu3V21K7Xzj0kMW7nrNt2/75+wgBAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACAPlFaBzC/alI2PWb8lCzOsvSyrDNSTqm1dr7T/1Nq&#10;DpVOvXV2tn6pnNC5ef3k5FfnqxcAAAAAAAAAAJhfRmUL0BWnnXnKyKLu2alZXVJWpZRVJXVVrVmR&#10;ZFmSkQd5iXtqzS2lk12pdVdN2dVJdqXX2VYOL9269pbP3HUcPgwAAAAAAAAAAKABo7IBt2nld61M&#10;t/uMdOo5qfXspDwpyWMaJvWS7Coln+316mc7nc4nRmdHrr3gphtva9gEAAAAAAAAAAAcIaOyAbNl&#10;5Znf1ev2JpLyAym9c5Py2NZNR6AmdXvSuTY11ywand10wa5dt7SOAgAAAAAAAAAAvpVRWZ/bOD6+&#10;pHO4XFBT16dmIsmq1k3HQU3yj6l1U692rlw/s+OT5d5/BwAAAAAAAAAANGZU1oe2nHr2Q7pL7vqR&#10;pDy/JBckWdq6aY7dlmRjSefPrp3e/qHL7r2FJgAAAAAAAAAA0IBRWR/ZvOrM766zvZ9Iyb9L8qjW&#10;PY1M1lr/ZDSj77po77Z9rWMAAAAAAAAAAGDYGJU1dvWyNScdOOHgC0rKf0ry9NY9fWQ2ycZOyjvv&#10;mN6xaUPSbR0EAAAAAAAAAADDwKiskc1j42tq8uokz8/Cv73lg3VzkrfPznbecum+7V9qHQMAAAAA&#10;AAAAAAuZUdk827Ri/Bm15r+U5IeTjLTuGTD7k/qudBa9YWL3jbtbxwAAAAAAAAAAwEJkVDZPNq0c&#10;Py+9vDbJM1u3LAC9JP+31vzS+r2TU61jAAAAAAAAAABgITEqm2Obx8bX1Fr/v5Ty3PjzPt4OpOSt&#10;s4c7v+W2mAAAAAAAAAAAcHwYOc2Rq1atWtHpjvxekn8Tf85z7a4kr9vfO/g7G2ZmDrSOAQAAAAAA&#10;AACAQWbsdJxtHB9f0jlUfq6m/tckD2vdM2QmU+ovTuyZ+uvWIQAAAAAAAAAAMKiMyo6jTcvH16bk&#10;rUlWtW4ZbvUfOp2Rl67dvf3G1iUAAAAAAAAAADBojMqOg42PGV9WFucPkzy/dQv/4mCS39l/8pLf&#10;3LB166HWMQAAAAAAAAAAMCiMyh6kzSvOuLjW3juT8tjWLdyf8qlOp/wHp5YBAAAAAADw/7N373Fy&#10;1fX9x9+fM7u5kQRvQQzZ2c3uJEHjPSBeUMAC2V1ARH+NN8Bqpdri7Vdbq9ZLWq9of7ZV1HqhFRDU&#10;1IqK2d0gGOqlCgIqFUOS2WR3dhMuQSQEkmx25nx+fwRbLyFsNrP7mXPm9Xw8+kcfDx87Lx5zMnPm&#10;nM/5fgEAADAxDJVN0voFy+funT32aUnnRbfgEY259L4bK+WPrZbS6BgAAAAAAAAAAAAAAACgkTFU&#10;NgkDi5c+zWvpFZKWR7dg4sz0jfHx5IKztm+6J7oFAAAAAAAAAAAAAAAAaFQMlR2ivmLpb0z6gKSW&#10;6BZMgmmHPH1FT2XLddEpAAAAaHxrli+fMXfXWMks7fA0aZd5h0lHSfaY/f/nj5E06yB/Yqdk90p+&#10;r8t/JdkdibRVngylabq1d1t5dLr+WwAAAAAAAAAAACaKobIJWvf4px5Rm7H7c2Z6ZXQLDlvVpXf3&#10;VMofNcmjYwAAANAY1ixfPuPIB/YeV5Oea25Pl/RUScdKap2q1zTpPkm3uuznct3i8u/3jpQHp+r1&#10;AAAAAAAAAAAAJoKhsgn4TmdnsVpN/kPScdEtqKvLZyXVPztlaGhvdAgAAACm33qd3LK3WHm2lPyR&#10;XCfLdIKk2dFdkrbJ/HvuWp+qcN2ZlU1booMAAAAAAAAAAEBzYajsEfQXO0+Ukm9Iemx0C6aA6+dV&#10;T844a3TTtugUAAAATL3vdHYeWR0vnOPmLzXpZElzo5smYIuZ1tVS+8pPRjb/YLWURgcBAAAAAAAA&#10;AIB8Y6jsIK4a66sAACAASURBVPrbul4usy9KmhndgqnkQzVLes8c3rwhugQAAAD1d9OKFa077rnv&#10;TKXJeTLvkTQruukwjLrrq4np37or5duiYwAAAAAAAAAAQD4xVPYw+otLXi/5pyQVolswLe7xRGf1&#10;DpV/HB0CAACA+uhrK3WZ6XWS/kTS0cE5U+FH5vZ52zd7zcq7bn0wOgYAAAAAAAAAAOQHQ2UHMFAs&#10;fcSlv4nuwLQbM9fLukfK34wOAQAAwOS4ZP3F0pm2/3z+edE90+QBya5Ma7X/d8a2LZuiYwAAAAAA&#10;AAAAQPYxVPZbXLL+ttInzPTG6BaE2Sfp3J5K+d+jQwAAADBxLtm69iUvcfd3SXpmdE+QfZJ9Oa3V&#10;PsRwGQAAAAAAAAAAOBwMlf2W/vbSx+X6v9EdCDdu0rndlfKa6BAAAAAc3P8Mk0nvlftTo3saRE3S&#10;lWkt/QDDZQAAAAAAAAAAYDIYKntIX1vpk6xQht9SM7Pzu4c3XxkdAgAAgAPrbyutNNM/uvTE6JYG&#10;lUq6orVQ++tTt269KzoGAAAAAAAAAABkB0NlkgaKpX906a3RHWg4NUmvYCtMAACAxjLQ/sQnuI9f&#10;JOlc8ZtmIn4l13t3jZQ/u2r/OS4AAAAAAAAAAMBBNf0NmP5i6R2SPhzdgYa1x83P7B0e/G50CAAA&#10;QLNbIxXmFkt/ZdJ7Jc2J7skcs1utZhd0j266MToFAAAAAAAAAAA0tqYeKhto73qju30yugMNb48n&#10;emHvUPnH0SEAAADNamBRV8kL9gW5TopuybhxuV+0a/6s96+67bZ90TEAAAAAAAAAAKAxNe1QWV9b&#10;14vN7GuSCtEtyIR7LPXndI8OlqNDAAAAmolLtq645M0u/4ikWdE9eWHShlpirzxjaPPPolsAAAAA&#10;AAAAAEDjacqhsr6O0rMt1XclzY5uQaaUfZ+e23tneUd0CAAAQDMYWLT8MW57Py+zl0S35NRuyf6y&#10;p7L5s9EhAAAAAAAAAACgsTTdUNnajo6jk7TlJknHRLcge1z6zgOVcs8qqRbdAgAAkGf97aXnyPXv&#10;4rx9OnyrpSU9/7QtW3ZGhwAAAAAAAAAAgMaQRAdMp75SaWbBW74hbkxhkkw6bX6x9A/RHQAAAHnW&#10;X+x6tVzXifP26fKiaq3wvYFFXaXoEAAAAAAAAAAA0Biaaqgs2afPueuE6A5km0tv7W9b8ifRHQAA&#10;AHmzXie3DBRLn5Psi2Kr+unl/lRP7Kf97Z290SkAAAAAAAAAACBe02x/2V/sevVDN6eAenjApGd3&#10;V8q3RYcAyKe+Y0qLCgV/fNWTIwqezvHE5sk0X+6F/f8L+3Ui21OzdHfBtbPmdt/skUXDp+j6amw5&#10;AExOX6k03/ZpjaSV0S1Nrmpub+oe2fwv0SEAAAAAAAD14JJd29nZllZtQS21uSr4HHOba6Yj3T1x&#10;yU12n5ntltLd5rpf1nLvzuGNlVVSLbofAPJuzfLlM+btri5OatW5rsKj3dM5ks+Rab4kmSfjbv6A&#10;u3aapbvNkt3W4qMrBwfvjm7Pu6YYKlu7qPMpSZLcKGlWdAvyw6QN49Xdx521ffvu6BYA2dXXVuoy&#10;2fNlvsylJeYqybRE0pxJ/Ll9km912WYzbfZUm71gP/rJ0OZbV0tpndMBoG6+XSw+uqAZ35b03OgW&#10;SJLcpXf2VsoXRYcAAAAAAAAciv7Fy5YprZ3o7kvNkyUyL0laosndJx4zaYtLm9xVNrPNiac/PH1k&#10;8DaTvM7pAJB763Vyy772kWelnhwn96Uy/eYzul1SYRJ/cqekzTIre5puNiUbLGm5vnt4wx11DW9i&#10;uR8qW7N8+Yx5u8Z+LOkZ0S3IIdenekbKb4zOAJAd69qXLU69eppkp0o6SdJR0/CyD0r+I5ddW5Bf&#10;e3pl8BZ+8AJoFOsWdrWlLXaNpGOjW/B7TJ++Ybj8ptUMJgMAAAAAgAY1UCwtd/nzHrrmfoqkx03D&#10;yz4g+Y+55g4AB3fTihWt9+zYdZKUnurSiZKeKWn21L+y3yHZDyS/1mvW17utPDr1r5lPuR8q6yt2&#10;XWSyt0d3ILfcpbN7K+Wro0MANK79K/DMXCX5edq/Ck/o969JG+T6UqE1/dJpW7ZUIlsANLf+jmM7&#10;lFavldQV3YKH4brkhpHyn61msAwAAAAAADSIvqNLCzTDX26ycyU9K7pHZre60stb0pYrTx/ZuD06&#10;BwCi9RVLTzLpPEmvktQWnFMz1zVK7Evj4w9+g53oDk2uh8r620vPkev7mtwyecBEba9p35PPrFR+&#10;HR0CoHHctGJF6z137+xNTeeZdKakmdFNB5DK9T2TXTY2J/na2Rs37ooOAtA8Hhoo+76kRdEteESX&#10;31Ap/8lqBssAAAAAAECQvlJppu3Ti7R/SKFbUmtw0oHUJF0n6fJqdffXGVwA0Ez6ji4tSGbYK33/&#10;Ihsronsexi7J/8NNl/cMD65nlclHltuhsjWLFs2eV5j1M7mWRregKVzeUymfHx0BIN53OjuPrFaT&#10;/yvpzzU9W1vWy4OSX1JNCx89a3TTtugYAPk20P7EJ7iPf09SKboFE8S27wAAAAAAIMD+nUBmvEXS&#10;hZqerS3rZZfk/2Y24yPdwxvuiI4BgKmyrmPpsWmavkvSy9WYA78PZ6vJ/nlmMv7ZU4aG9kbHNKrc&#10;DpX1F0sflvSO6A40EdfZPSPlb0VnAIgxsGj5Y5SMvd33D5PNj+45DPskfbWQpu8/fXTL5ugYAPmz&#10;fsHyuXtnj12vxn1SCQ/vnT2V8keiIwAAAAAAQP7tfyhx3zske42kedE9h+FByS/xmn2sd1t5NDoG&#10;AOplbVvncWbJ+0zqlZRE90yWuyqJ2cfHqw9+nhUm/1Auh8rWFbtWpLIfS2qJbkHzcFdlfE7hyWwf&#10;BzSXNVJhXnHJhZK/T9JjonvqaMxdF8/eO3P1KTtueyA6BkA+9JVKM21MAzKdHN2CyXHTn/YOl/81&#10;ugMAAAAAAOTTTStWtO7YsfNtkt6pbD/A/ft2y/3ju3zsQ6tGR/dExwDAZK3t6Dg6SVs+KulVyvAw&#10;2QGMyP3tPSODX4kOaSS5GypzyQaKpR9Kek50C5rSR3oq5XdGRwCYHuuKS05LzS/O+VbL90r+zu7K&#10;4OfZVxzA4Roolj7n0gXRHTgs+8y8u3t4cH10CAAAAAAAyJf+9s5eefJJSZ3RLVNou8vf2VsZvCw6&#10;BAAOxZrly2fM2zX2Lkl/LWlOdM/UsR+kae0vzhjd8t/RJY0gd0NlA21LXuPmPDmPKOMqFJ7Ss3Xj&#10;xugQAFPn2sWLHz9eK3xS0h9Ht0wf/37i+ouVI4O/iC4BkE0DxSVvd/lF0R2oi101sxPOHN68IToE&#10;AAAAAABk39rFi9utVrjYpDOjW6bR+prZhVxfAZAFA8Wlp7qln8r5Qhu/rSr5p32Gvae3XL4/OiZS&#10;robKvtPZeeR4Ndlo0uOjW9DMfG1PZbCZTnqBptLXVjpdpsua9Ltmj7ve1jtS/kx0CIBs6W8rrZSp&#10;T/laCrvZ3e4zdEKz/6AGAAAAAACHp6+t68Vmdomkx0S3BHjA5ReyahmARrVeJ7eMtW9b7e7vVFNe&#10;3/eNbvaK3uHyT6NLouRqqGygfckH3P1vozsAU3Jad2XTtdEdAOrn6oUL57S0zPkXSedFt8Tza9Ok&#10;dt4ZQ0N3RpcAaHzXtC1bWLXaLU06jJt3l/dUyudHRwAAAAAAgOxZv2D53L2zxz4trrlLbleZz3hd&#10;9+ht90anAMBvXLOoc0ktSb4saUV0S7CqpA/eUCn//WopjY6ZbrkZKlu3sKstbbFNkmZFtwAu/eLG&#10;Svlpq5vwQwXIo7WLOp+S7D9pWh7d0kDuttRf3T06OBAdAqBxrdfJLXuLo9dLel50C6aKv76nMvi5&#10;6AoAAAAAAJAdfe2lZ5j7lyVbFt3SKNxVMUtf1VPZ8oPoFgAYKJbOc+lTkuZFtzSQ7xa8cN7pIxu3&#10;R4dMp9wsT+ct9h4xUIYGYdKTn92+5OXRHQAOX1971wuTJPm+GCj7fUd5YlcPtC15Q3QIgMa1tzj6&#10;bjFQlnP2z2sXdT4lugIAAAAAAGTDuuKSM831AwbKfpeZilJyXV976VXRLQCal0vWV+y6yKXLxEDZ&#10;73thzWo/HiiWmuqecS5WKutfvGyZarXbJBWiW4DfUl6w4MgnHXfzzePRIQAmp6+99FpzfVZSS3RL&#10;Y/NPdFcG32qSR5cAaBwDi5Y+y5P0B5Jao1sw5W5esODI53DeCwAAAAAADmagbckb3PxicU/3YFzS&#10;3/dUyqujQwA0l/UdHbP21lqvlPk50S0N7gF3vbR3pHxNdMh0yMdKZbX0neLkA42ndM/d958bHQFg&#10;cgaKS95uri+IgbIJsDcPFEuX3rRiBYMjACTt//HphfRyMVDWLFbs2LHzb6MjAAAAAABA4xoolj7i&#10;5p8R93QfiUl6X39b6eLVebmXD6Dh9ZVK8/emLWsZKJuQuWa6eqBYWhUdMh0y/0XU11bqkpzBHTQk&#10;N3/PGk6OgczpL5be5/KLlJMVPafJeXfv2PnlNcuXz4gOARBvj7e8R66l0R2YVu9c19b15OgIAAAA&#10;AADQWFyyvrbSP7j0N9EtmWK68ITikn/lPiOAqXZVR8ejbJ/6JL0wuiVDZrh0RX+x69XRIVMt80Nl&#10;ZvYW8WWKxrV4brHENC+QIf3F0vskrY7uyCKTXjpv19i/r9fJrO4GNLG+YulJ5vqr6A5Muxmp6dPO&#10;QDYAAAAAAPgt/W2lT5jpbdEd2eSvnlcsXbo6B/f0ATSm9QuWz52Vtl4j6XnRLRnUItm/DbQteU10&#10;yFTK9BfQtccc+1jJ/zS6AzgYk709ugHAxAwUl7xFDJQdrheNFUcvYagAaF7m+pQkVi1sSvb8/mLX&#10;edEVAAAAAACgMfQXS+8w0xujOzLuVc9qK/1zdASA/OkrlWbunT32TcmPj27JMHPzz/a3d/ZGh0yV&#10;TA+VjReqF0iaE90BHJwf31/sPDG6AsDB9bV1vczlH4/uyAOXzu9vL30gugPA9Otv7zpHppOjOxDH&#10;ZB9ev2D53OgOAAAAAAAQa6C99DpJH4ruyAMzvbGvWGL7UAB1s0Yq2Jh9WWx5WQ+t8uRreZ0JyexQ&#10;2Wopkfz10R3AxCRviC4A8PDWti15gZl9URn+Xmw05npXf3EJ39NAE7lpxYpWuT4c3YFwC/fMHvvL&#10;6AgAAAAAABBnYFFXt7s+LXa0qBuTPtTftuQV0R0A8mFe25KPyPyc6I4cmS1Lvn7Nos4l0SH1ltkv&#10;8oH2JWe4+7ejO4AJ2uf7tKj3zvKO6BAAv2vt4sXtSa1wi6THRLfkUNU8eWH3yKbvR4cAmHoD7V1v&#10;dLdPRnegITyYJtXSGUNDd0aHAAAAAACA6dW/eNky1Wo3SWIl8/obM9Nzu4fLt0SHAMiuvmLX+Sa7&#10;NLojl0yb9s0qHHf2xo27olPqJbMrsrj7BdENwCGYkcz086MjAPyum1asaE2qha+IgbKp0uKWXtl3&#10;dGlBdAiAqfXNZcvmuey90R1oGEckaeu7oiMAAAAAAMD0WrNo0Wyl6RoxUDZVZrrrq9/p7DwyOgRA&#10;NvUVS08y2aejO3LLtXTG3upnozPqKZNDZWs7Oo6W1BvdARwKd3tNdAOA33XPjp3vlunZ0R05t8hm&#10;6Aue4dVRATyy1r3V18vFACl+i1+wbmFXW3QFAAAAAACYPvOTWR+S+1OjO3KuVK0mF0dHAMie9R0d&#10;sxLpCklHRLfkmtsr+oulc6Mz6iWTQ2WJt54nqTW6AzhEywcWLX1WdASA/dYVl5zm0rujO5rEi9a1&#10;d/1ldASAqbFm0aLZJnt7dAcazqy0Jfnr6AgAAAAAADA9+tu7znHpLdEdTeLcgfbS66IjAGTL3rTw&#10;Ty49PbqjSXxmXcfSY6Mj6iGTQ2VK/VXRCcBkeFLj2AUawFUdHY9K5Zcpq9+DGeRuH+lftJgn1IAc&#10;mpvMPJdVynBg/qfXHnPsY6MrAAAAAADA1FrX1XWU3C4RO1ZMG3d94tvFpZ3RHQCyYV1xyZmSvT66&#10;o4nMTdP0S2ukQnTI4crczfS+YulJMj0tugOYHFuVhw8OIOtmpoXVko6O7mgyLUpaPsU2mEC+rJYS&#10;k94W3YGGNWe8UL0gOgIAAAAAAEytWtU+IunR0R1NZnZB6T9FRwBofFcvXDgnlbNt7vRbMa+tlPlB&#10;vswNlZm0KroBOAxHz2/vekF0BNDM+tpLzzDZG6M7mpOfuC5He4gDkJ7d3nWSZMuiO9DQ3sBDFQAA&#10;AAAA5FffotJJ5vqT6I4mdVZ/W+lF0REAGltry5y/kdQe3dGUTB8eaH/iE6IzDkdLdMAkvCQ6ADgc&#10;ntpLJa2P7gCa0WopMbfPSs7N7SCp9LGrOjquPmdo6L7oFgCHz93+IroBDa99brHUq0r56ugQAAAA&#10;YCqt7eg4Oqm1PMsSX+KuJZI9RtL8/70OZfdJ9qB7ujkx22xJcuvKoU23h0YDwGG6acWK1rt37LxY&#10;7FARxqVPrnv8U69bedetD0a3AGg8/YuXLfNa7R3RHU1svnz8I5JeHR0yWZkaKuvvOLZDafUp0R3A&#10;YTG9SBKrJAEBntVeeoXcj4/uaGYmPX5mreXdkv4qugXA4bmmbdnCmmovju5A4zPpAkkMlQEAACB3&#10;+tpLzzD3V8iSlUr9KTKZ++/PVfz2/+8yM7kkT1P1tZUqZrpGrq/tGilfu0qqTWM+ABy2u+/e+Toz&#10;PTm6o5mZqeiz9vylpPdHtwBoQLXaRZJmRGc0M5fOXbtoyafPGN18Q3TLZGRqanygbckb3Pwz0R3A&#10;4XJpeW+l/MvoDqCZrNfJLXuLoxsldUa3QGPVNOk6a3TTtugQAJPX1971V+b2segOZELVrLXYPbzh&#10;jugQAAAA4HCte/xTj0hn7vlTl19gqucghd/h0uW1tPAJrpkAyII1ixbNnpfM2iLp6OgW6H5LZy7u&#10;Hr3t3ugQAI2jr9j1PJP9ILoDkuTX9lQGT4uumIwkOuBQuHlPdANQDwnHMjDt9hRHXikGyhrFzNYk&#10;ZaUyIONMyXnRDciMFk/HXxEdAQAAAByOqxcunNNfLL0vnbl7WPJ/ru9AmSTZE0z29pYk3TLQVrqk&#10;75jSovr+fQCor/mFmX8qBsoaxXxPxt4cHQGgsZj0zugG/Iad2l/sPDG6YjIyM1S2ZvnyGZJOie4A&#10;6sHdTo9uAJrJGqlgsvdEd+B/ufSGgfYnPiG6A8Dk9BVLT5L7U6M7kCGml0UnAAAAAJM10FY6u6Vl&#10;zi8lrZb02Cl+uRlueq0VtGGgvettN61Y0TrFrwcAh6yvVJrpbn8T3YHf8darOjoeFR0BoDGsbes8&#10;TrIzojvwv8yTd0U3TEZmhsrm7tp7vKR50R1AnTz/oUFJANNgXlvXH0sqRXfgd8xy3/d/oyMATNr/&#10;iQ5A5hzf33FsR3QEAAAAcCiu6uh4VH/bkq+76RuS2qf55ee62z/s2LHzhmsWdS6Z5tcGgIOyff5q&#10;Sayo2FiOnOWtb4yOANAYEhUyOcCUZ27q6W/rPD6641BlZqgsUfK86AagjmbPfXDsmdERQNOw5C+j&#10;E3Ag9vr1C5bPja4AcOjM9ZLoBmSOqVY9JzoCAAAAmKi1x3QunZ22/JfMo89jn1FLkhv62zt7gzsA&#10;QJLkkknimnsjcn8Ti1oA6Gsrdcn87OgOHEBimVtwIzNDZS5nqAz54p7JPXOBrBlYvPRpkmdu6rtJ&#10;zN8zZ2xVdASAQ3P1oqXHyMTWlzh0pu7oBAAAAGAi+oudJxYKyQ0uPTG65SGPliff6msr/Xl0CACs&#10;a1t6omTLojtwQEfNf2DfWdERAIIleq0yNAvUVNxeeu0xxz42OuNQZOJAemji/bnRHUA9JTIGJYFp&#10;4Gn66ugGPDyTzo9uAHBoCoV0pfafnwOH6iRWqAQAAECj6y92nigl/S49Krrl9xTM9KmB4pK3RIcA&#10;aG4urrk3MnfnmjvQxNZIBXPxOd24ZuxLqplacCMTQ2XrFnV1SXpcdAdQT+5+QnQDkHc3rVjRKter&#10;ojtwEK4XfLu4tDM6A8DEmfzU6AZk1sy9s8Z4sAIAAAANq6/Y9TwpWSepUR+GMJf/Y39xyeujQwA0&#10;p6sXLpwj0x9Hd+Cgeq9dvPjx0REAYswrdp4s6ZjgDBxE1hbcyMRQmSf2jOgGoP7sCZzUAVPrVzvu&#10;XynpqOgOHJS1mDP4B2SJ20nRCcgwE8cPAAAAGlLfMaVFJvu6pDnRLY/AJL94XXHJadEhAJpPa+sR&#10;L5Y0P7oDB9UyXmt5WXQEgCgJq5Q1OtOz13UsPTY6Y6IyMVQm96dGJwBToVZr4dgGplAq54dTBrjz&#10;PgFZ8dDKggujO5Bl9vzoAgAAAOD3rVm+fIYV7OvKzsOJLan8q/0dx3ZEhwBoLlzLzQreJ6AZrVm+&#10;fIakF0d34JG5e2ZW/czGUJkZgzfIJbeUYxuYIi6ZpNOjOzAhy/uOKS2KjgDwyBLVToxuQNb58es7&#10;OmZFVwAAAAC/bd79e98j+fHRHYfo0Uqr//rQNTAAmHI3rVjRKumF0R2YkBOu6uh4VHQEgOk178Gx&#10;50qaF92BR+aenXvY2Rgqk54SHQBMBXc9OboByKtr2rqWKztPlza9pKBTohsAPDKTVkQ3IPNm7q4l&#10;nAMDAACgYaztWPJ0mb0jumOSThkodl0QHQGgOfzqnvuOlzQ3ugMTUphVa3lBdASA6WUp99qyw09Y&#10;v2B5Jr5TG36o7KGn2DuiO4Ap4ZaZvXKBrKkZJ05Z4nKecAMywGRPj25A9iVJ8rToBgAAAOA3Evd/&#10;ktQS3TF59sFvF4uPjq4AkH81hhUyxY1r7kCzcRn/7rOjdc+cvc+PjpiIhh8q2z2eFMXyzcgpNy2O&#10;bgDyyjzhB26m2B9FFwA4uIe2VGHrbhw2d2clagAAADSE/rbSSrlOiu44TI8reOtfRkcAyD8zrrln&#10;iTFcAjSVdY9/6hGSPyu6AxNnno1h7YYfKkuShKEb5JZJR129cOGc6A4gb1wymbO0c7a0rWtfxnc+&#10;0MC+vWjpQpceFd2B7DNpeXQDAAAAIElK9M7ohLowe9NVHR38XgMwZdYsXz5D8udEd+CQLL964dLH&#10;RUcAmB4+c+9zJM2I7sChsEw83NLwQ2Um4wYz8swKLXM6oiOAvOlbvLgo6bHRHTg0qdJnRDcAeHgt&#10;LemS6Abkg7stjW4AAAAA1i7qfEoOVin7jSNn1VpeGR0BIL+O2LlnmSQWSciWpKWl+rToCADTw825&#10;x5Y9T1sjFaIjHknDD5WlibdFNwBTyrw9OgHIG6sWlkU3YBLced+ABmY1HvZAfZjpmP1POAMAAABx&#10;Ckny2uiGujLl678HQEOxJOHabRY57xvQNFLusWXQzDnFpQ0/K9LwQ2XmOiq6AZhKHONA/ZnZsdEN&#10;mAzjhBdoYKlShspQL4W594/x8BAAAADCrJEKLr08uqPOVvQvXsa1FQBTgmvuGWUMmQBNw7jHlkUF&#10;qzb892vjD5WZ2OsZ+ebGFn1AvfFDKZPMvOFPnIBmZiaGgFA3SeLF6AYAAAA0r3ltnc+UdHR0R91V&#10;a2dEJwDIKXaZyCiGAYHmwT22TEqThn/fGn6ozN0ZuEGueSKOcaDeXA3/BYw/5LxvQKNbEB2AHHHj&#10;eAIAAEAYt+SF0Q1TwU2nRDcAyC2u3WYQ19yB5nD1wqWPk1isKZMysMJcww+VmYyDH7lmzjEOTAFW&#10;P8mmI7/T2XlkdASAh8Hqqqgjdy5yAAAAII5Jz4lumAomPS+6AUBucc09g8y0aHUG5gEAHJ7W1pTP&#10;6Mzy9uiCR9LwXyIucXMZuWZyjnGg3ozvjqxK99r86AYAD4Nt6VFHljCkCAAAgFDLowOmyKOvaVu2&#10;MDoCQC5x3TabkmeVSnOjIwBMLTc+ozOs4d+7hh8qkzQjOgCYUqaZ0QlA7rjmRSdgcmotxnsHNCgX&#10;n62oH08b/8cyAAAA8qmvVJopaXF0x1SpJlW2OgNQVzetWNEqaVZ0ByZpD9dggLxLUmN4NKOycN8l&#10;C0NlDNwg31KOcaCe1uvkFvEDN7M8ZagMaFQJ5+WoJx6sAAAAQBCv1Y6WVIjumCqJ2zHRDQDy5c4d&#10;OxhWyLCUB7mB3EtZbCO7vPEHf7MwVMZKZcg154YaUFf3dQzxAzfDCgk/cIFG5ZyXo744BwYAAECI&#10;lmqS72sP5kdGJwDIl5ktLfn+3My5lhrX3IHcs5R/5xll1vgDgQyVAeGMYxyoozn7Cg3/5YuH51bj&#10;/QMaF+csqKOU4wkAAAAh0pw/0Oae7/8+ANNvvJrwIHeGeVLlewHIO2f7ywxr+PcuC0NlaXQAMLVS&#10;jy4A8sQKLbXoBhyG1Hj/gMbFOQvqxs04ngAAABDCakmurz2YuLYCoL6sUOBzJcuSfH/vAZDMOP/L&#10;sIafh8rCUNm+6ABgio1FBwB5smeOdkU3YPIscd4/oHFxzoL6ced4AgAAQIg0SR+IbphSrvujEwDk&#10;S6HKNfcsS1KuuQN5lxr/zjPLGv/cnaEyIB431IA6+unGjQ+K1XQyq8YPXKCRcV6OeuIcGAAAACEK&#10;1Xxfe0h5YA9AnVVn1vI9jJtzlnrDDywAODyJi8/prPLGH9xu/KEy4+YVcs65oQbU0+r9y4Q+GN2B&#10;yUlaWhv+5AloXqwshbrieAIAAECIndsHtyvH56MF+dboBgD5cmO5/IB4kDuzxltSrrkDOcdKZRnG&#10;UFkdMHCDvEs4xoH64+Qpq1hKHWhk9uvoAuSHcTwBAAAgyCqp5tLm6I6p4rVZt0c3AMiX1fsf5N4d&#10;3YHJadkzn2vuQM6Zc180s8wa/r1r/KEys3ujE4AplXKMA/VnO6MLMDm+bybvHdCw/FfRBcgPM90T&#10;3QAAAIDmZdIvoxumyJ3do7dxvRnAVOC6bTaNn37XrQwEAnnHNreZ5fL7ohseSeMPlTk3r5BvZuIY&#10;B+ovt0+b5tz2lXfdytalQKPyhCEg1I0zpAgAAIBA5rY+umGKXBcdACCnjGvuWWRS2di6FMi9ajpW&#10;1v5VXPOY3gAAIABJREFUJZExloHv18YfKhNPsCPfXMYNNaDe3DZGJ2BSeN+ARmbaEZ2AHHHneAIA&#10;AEAcT6+NTpgK5sZQGYCpwTX3bDKuuQPN4Kzt23e7azS6A5OQge/Xhh8q4wl25B1b/wD1Z4k3/Bcw&#10;/pCZbo9uAPDwzH04ugH5UU1btkY3AAAAoHl1jw6WpdxdP6opaRmIjgCQU567z8ym4M41d6BZcI8t&#10;ozJwT7vhh8rkrIiAfDOOcaDu3FNOnLIoA9P4QFNLbCg6AbkxdvPopjuiIwAAANDs7NLognoy1zXd&#10;wxs4zwYwNRKuuWcS19yBJuJ8TmdQqmrDv28NP1SWKOEJduRazX1LdAOQN9VqS8N/AeMPuXPCCzQy&#10;UzoU3YB8cKmyWkqjOwAAANDcEit8RTk6L3XTldENAPKr5lxzzyIvcM0daBoMkWaOSfedMTR0Z3TH&#10;I2n4oTIl3LxCrtWOOurISnQEkDdnbd90j7v4t5Utnszwn0ZHADiIFpWjE5APJtsc3QAAAACsHN64&#10;1V1fie6oky0LFhz51egIAPl1U2XTkKR7oztwSPYV9sz57+gIANPDC7olugGHxpWN96zhh8rcWlmp&#10;DLnlrm3H3XzzeHQHkEeJdG10AybOpJ+vHBy8O7oDwMN76N/o9ugOZJ+b/yy6AQAAAJCkNLEPKAer&#10;lbn8I1xnBjCVVu//rPxudAcOgelHK++69cHoDADT44Gh8k9Mui+6A4ckE/eyG36obNbQ0aOSqtEd&#10;wFRITEPRDUBeuWl9dAMmzo0LEkAWmOvn0Q3IPkudp2QBAADQEM4c3rxB0hXRHYfp9gfmzbo0OgJA&#10;E3CuuWcK7xfQVFZJNZe+F92BiUtTy8S90YYfKjtF11dNYnsU5FIq/2V0A5BXZq3XRTdg4hI3fuAC&#10;WWC6NToB2WdmDJUBAACgYVg6860y7YjumCSX0gtW3XbbvugQAPmXFJJM3PzGfua8X0CzcTFMmiE7&#10;54wec3N0xEQ0/FDZQ7h5hVwy54YaMFW6hzfcIen26A5MyPje2cl/RkcAmADXj6ITkHn3rqyUebAC&#10;AAAADaN79LZ7ldrbozsmxfWvPZUtP4jOANAcVg5tul3StugOTMiD989vvSE6AsD0srTGMGl2fO8U&#10;XZ+JHRuzMVTmDJUhpyzl2AamlH0nugATYTecvXHjrugKAI9svJb8UJJHdyDL7MfGMQQAAIAG0zOy&#10;+YuSvhDdcYhu8Zm6MDoCQLOxa6MLMBF+PatYAs3nhtGtv5D8jugOPDKXZ+YedjaGyhL7eXQCMAW8&#10;pUWsVAZMITP/YnQDHpmZXxrdAGBiztq+6R4ZW9Nj8sz9h9ENAAAAwIEkY3PeKrNMPARs0n01s3N7&#10;y+Wx6BYATSbhmns2GNfcgSa0WkpNdll0Bx7RWJLOuiI6YqIyMVRm46zmhDzy4dO2bNkZXQHkWfdw&#10;+ZasXAxsYrvTVq2JjgAwcZaKrVVwGJLvRxcAAAAAB7LyrlsfrI7bH0m+MbrlETyoNFl55vDmDdEh&#10;AJpP91D5PyVtie7AQf16VlK9OjoCQIyqMVTa8Nz6ukdvuzc6Y6IyMVS2cvvgiLsq0R1AfRk3ZIFp&#10;4Eovj27AQZh/s7dcvj86A8DEeWJroxuQWb+6f2TTf0VHAAAAAA/nrO2b7lGh5WxJ26JbHsaYzM/r&#10;Ht10Y3QIgOZkkrt7ZlZXaUYu/+opQ0N7ozsAxNj/4IH9JLoDD8+VZmo1uUwMlT2EARzkirmx9Q8w&#10;DWYk6eWSqtEdODCrKVMnTgCkfbOS70jaF92B7DHp2lVSLboDAAAAOJierRs3pkn1OEk3R7f8nrst&#10;TV7QMzx4VXQIgOaWuC6T5NEdODAztr4Dmp2Zs1pZozLtOOqoR2Xqwf3MDJWZxAAOcsWUMigJTINT&#10;t269S7JrojtwQNtmjrZdGx0B4NCcvXHjLrlYbQqHzm1ddAIAAAAwEWcMDd3Z0pL+kdy/Ht0iSTK7&#10;VYXCC1ihDEAj6B4dLEssnNCYfGP3cPnH0RUAYqVjWiNpT3QHDsD9y8fdfPN4dMahyMxQmSf6UXQD&#10;UC8m3fejkcFfRncAzSJN9ffRDfhDZvrwKbqeVeSADLJEX4tuQObs21MYZ0UFAAAAZMZpW7bs7BkZ&#10;fKnL3ywpahsxl+xzu2p7nt2zdePGoAYA+EPuH4hOwIHYB4xV5ICm13tneYdM/xLdgT8wVk0LH42O&#10;OFSZGSq7cbj8c5fuiu4A6iGVrlstpdEdQLM4Y3TzDZK+G92B37F9plUviY4AMDktSe1rYhtDHBK7&#10;9pyhofuiKwAAAIBD1VsZ/GQ1TUqSLp/eV7afJPLjeyqbX79qdJSVJgA0lJ6R8jrJfhLdgf/l0uZd&#10;lfKXozsANIbUqh9V3IMROCD/4lmjm7ZFVxyqzAyVrZZSkw1EdwD1YKb+6Aag2bj5B6Mb8L/c/B9P&#10;GRriZBbIqP1bC+t70R3IknRNdAEAAAAwWWeNbtrWUymf79KLJN08xS836vI375o348SVlcGpfi0A&#10;mDT39EPRDfht/rFVPAQK4CFnDA3dKfml0R34H9XEWi6KjpiMzAyVSZJ7yiAO8sBNrX3REUCz6R0e&#10;/K6kH0Z3QJJpR2HvEZ+JzgBwuOyr0QXIjD17k9o3oyMAAACAw9VbKV/dXSkfL0vPkPQtSeN1++Ou&#10;H0v+ep+hUm9l8JOrbrttX93+NgBMgZ6RwW9K+u/oDkiSho9a8KgvRkcAaCwPDTFVozsgSXbFyuGN&#10;W6MrJiNTQ2WpjV8jDnpk38+6hzfcER0BNCXX+6MTIMn18ZV33fpgdAaAw5OMzf6SpPujO9D43PQV&#10;tr4EAABAXpjkPcNb+noq5bOr1WSh5K+X2Vck3XmIf2qXufpdekdaS5f1jJSf01MZ/FxvuTw2Fd0A&#10;UG8mucQ190bgrouOu/nm+g06A8iFlcMbt5rrsugOaJ8KyYejIybLogMOVX+x63uSPT+6A5gsM/tg&#10;9/Dmd0d3AM2qr610hZleGd3RrEz62czKouNP0fUMiQM50Ffs+ozJ3hDdgQZnem7PcPlH0RkAAADA&#10;VLt60dJjWlrSJZ76ErPk8ZI/Rm5HSBqT/F6X/ypJtTk12zx7ZNEw10cA5EF/sfQtSWdFdzSx/7qh&#10;Un7+aimNDgHQeL5dLD66oBm3SzoquqWJ/V1Ppbw6OmKysjdU1lb6C5k+Fd0BTFbi/pSVI4O/iO4A&#10;mtW1ixc/frxW2CDp0dEtTSi1NHlO9+imG6NDANTHumLXilR2U3QHGtptPZXyk6MjAAAAAADA1PhO&#10;Z2exWk1+KemI6JYmNJ64P5P7jgAOpq/Ydb7JLo3uaFK3+ww9PcurEWdq+0tJ8nH9u9gCE9l1Gyd2&#10;QKxTt269Sy5WCwxg0iUMlAH5srIyeLOk70Z3oJH5x6ILAAAAAADA1Dlty5aKpA9EdzQlt3/mviOA&#10;R9JbGbxMXMeP4J7qDVkeKJMyOFTWe2d5h6TvRXcAk+HSmugGANKukfJnJd0S3dFkfpXu099GRwCo&#10;Pzf/h+gGNKyRBQsedWV0BAAAAAAAmFo+Q/8o6fbojiazzWf6+6MjAGRD4v4WSePRHU3ma72j5f+M&#10;jjhcmRsqkyR3fS26AZgkjl2gAaySakmSvErSA9EtTcLleu1Dg+EAcubG4cF14qIhDuwzx918Mxcq&#10;AAAAAADIud5yecxNr5S0N7qlSdTM/Lzecvn+6BAA2bByZPAXcr0juqOJjLTWWv48OqIeMjlUNj6n&#10;8CVJu6I7gEP0w95K+ZfREQD2Wzm06XaXXhPd0Qzc9OGekfK3ojsATI3VUuruq6M70HDuTsbmfCI6&#10;AgAAAAAATI/e4fJPZXpjdEczcOlvu4cH10d3AMiWnpHyx93FzhJTbyz19CWnbrv9V9Eh9ZDJobKz&#10;N27cJWcbQWSNfz66AMDv6q2UvybXp6I78s2ue2C4/N7oCgBTq2dkcI1cP4/uQOMw84+uvOvWB6M7&#10;AAAAAADA9OkZLl8i2aXRHTn3zZ5K+aPREQCyafbema+XfGN0R77Z288Y2XJTdEW9ZHKoTJJSNwZ0&#10;kCW/3pWOMQgJNCCfqbdJujm6I6fubC1UX7VKqkWHAJhaJrmL1crwP7bNtBpD2wAAAAAANKFkbPaF&#10;kti5Z0r4UE37XmOSR5cAyKZTdtz2gNJ0laQ90S155NJ/9FQ252oHj8wOlZ0xuvkGl34R3QFMhMu/&#10;ump0lA9moAH1lstjiRX+WPI7oltyZszMX3nq1q13RYcAmB49I4PfNNMN0R2I564PnjI0tDe6AwAA&#10;AAAATL+Vd936YM3s/0jKxbZfDeQBSwsvO7NS+XV0CIBs6xndeqvkfy4GVOvtv8eS6uuiI+ots0Nl&#10;kmRu/y+6AZiAWqrCx6IjADy8lcMbtxZSP0nS3dEtOVE1s5d2Dw+ujw4BMH1M8lT6c7E6YbO78caR&#10;8mejIwAAAAAAQJwzhzdvUFp7oUn3RbfkxF4lOqt7dNON0SEA8qGnMnipuy6M7sgP31itJi88Z2go&#10;d997mR4qW3DU/CskjUR3AAfj0jfOrGzaEt0B4OBOH92yWZ6eKemB6JaMS930J93Dm9dGhwCYfr3D&#10;5Z9Kdkl0B8K4TG9dLaXRIQAAAAAAIFbP6NZbPdE5kljN/PBU5XpZz1D5+ugQAPnSO1L+jEl/H92R&#10;AyNJVaedtX3TPdEhUyHTQ2XH3XzzuMkuju4ADsY8vSi6AcDE9Ixs+Ymbny1pLLolq8z8Lb3D5Sui&#10;OwDESVrT94jtDZrVFT3D5R9FRwAAAAAAgMbQM1S+Xq6XSapGt2SUu/xPe0bK34oOAZBP3ZXy+1z+&#10;z9EdGXZv4t67cvtgbhfDyvRQmSRVNfZ5saoMGtd/9Yxs+Ul0BICJ6x0e/K67v1w8PXWo3N3f3T08&#10;yLA30ORWDg7eLbc3RXdg2m1raUnfGB0BAAAAAAAaS89I+Vtu+hNJ49EtGZNK9tbeyuBl0SEA8u2B&#10;yuDbJH0huiODfpWm1rtyZPAX0SFTKfNDZWdWKr+W+z9FdwAHlr43ugDAoesdGfyGPH2BTDuiWzJi&#10;3E3n9Y4MfjA6BEBj6BnZ/GVJ34zuwPRx6a2nbdmyM7oDAAAAAAA0nt7h8hVKdLokrh1MzB65zump&#10;bP5EdAiA/Fsl1Xoq5Qtceockj+7JApc2J1Y4/ozRzTdEt0y1zA+VSVJLq/+DpHujO4Df4bq+p7Ll&#10;uugMAJPTM7LlJzXZSe6qRLc0uF1S2sOWlwB+X0tL+mZJv47uwDRw/3pvpfy16AwAAAAAANC4eobK&#10;1yfuJ0raHt3SyEy6L3XrZstLANOtt1K+SPLXiC2LH8ktMwq1568c3rg1OmQ65GKo7LQtW3bK7B+j&#10;O4Df5ubvjm4AcHjOHN68oZAUTjZpQ3RLg7rHPDmDAVoAB3Lali0VWXqueLIp77a2tPproyMAAAAA&#10;AEDjWzky+Iua2amStkS3NKjtNU9PO2Nk8/eiQwA0p57K4KVyP0/SnuiWhmT6z5r2nXrq1q13RadM&#10;l1wMlUlSS6H2SbFaGRrHd3srgz+MjgBw+FYOb9w6M6k+U3KWmf5tpgHfpyd1j2z6fnQKgMbVM7yl&#10;T6bPRHdgyozL05ex7SUAAAAAAJioM4c3b5i1Z+bTJH0puqXB/HtLS/qkM0a23BQdAqC59YwMfiWt&#10;pU836WfRLQ1k3GRv7R4un3JmpdJUO7RYdEA99beV/kKmT0V3oOlVTXp6d6V8W3QIgPrqb1/yEnO/&#10;xKVHRbcEGjfZX6+sbP6EsfoQgAm4euHCOS2FOf8l09OiW1Bf5vrb7pHyh6I7AAAAAABANvUVu843&#10;2aclHRHdEmifyd7ONXcAjWZ9R8esvWnhIsneHN0SbFvq9spmXUUyV0Nla6TC/GLpJpeeHt2C5uWu&#10;i3tHym+K7gAwNfqKpSeZ9BVJT4lumW4u3SXX+b0j5WuiWwBky7qFXW1pq90s14LoFtSHSV/trpRf&#10;Ht0BAAAAAACyra+99AyTviLX0uiWACPmyavYEQRAI+svdr1asoslzY1uCfBds9Zzu4c33BEdEiU3&#10;219K0iqplsrfKKa4EcW0I7V9743OADB1eivlX95QKT/d5a+WdE90zzQZk/R3teruTgbKAEzGyu2D&#10;Iw99bqbRLagH35jO0J9FVwAAAAAAgOzrHS7/dMHjjnyyyd4q6f7onmmyR9Lf7Ur3LmOgDECj66kM&#10;Xtpaa+mQ/BNqnmv8wy69qKdS/qNmHiiTcrZS2W/0F0trJP1xdAeakOvCnpHyp6MzAEyPgUXLH+PJ&#10;3vdJdqGkQnTP1LC+Qlp76+mjWzZHlwDIvoH20uvc9fnoDhyWUa/pOb3byqPRIQAAAAAAIF8G2p/4&#10;BPfxiySdq5zex5Z0udf0Lq6tAMiitW2dxxWS5GJ3nRDdMkX2SrqoWt390bO2b98dHdMIcvllfPXC&#10;pY9raUk3SHpcdAuaiX+/uzJ4EvudA81nbduSFyTmH5P0rOiWOtpiZu9ZObz5y3yuAainvvbSB831&#10;rugOTMoDZjqpe7h8S3QIAAAAAADIr/620kpJF8n0tOiWOrpd5u/qGR68KjoEAA7HTStWtN69Y+eF&#10;ZnqXXAuie+rFXP0y/XV3pXxbdEsjyeVQmSQNtC15jZv/a3QHmsbetJY+7YxtWzZFhwCI01/sPNGV&#10;/I1JZ0a3HIZbXFp9Y6W8dnXzLGELYBqtlpJnF0tXuvSy6BYckqpcL+0ZKX8rOgQAAAAAADSH/mLn&#10;iVLyd5JeGN0yefYTl7+/p1L+Ng9wA8iTNcuXz5i7a+/LTfZeSV3RPZNUk3Rl4v7RlSODv4iOaUS5&#10;HSpzyQaKXddIdmp0C5rC6p5K+e+iIwA0hoHi0lOl9D0uvSC6ZeJ8o8k+eH+lfOWq/SdQADBl1kiF&#10;ecXSlZJWRbdgQqoyX8WTtAAAAAAAYLq5ZOval/RK/p6Mbbf235Lef0Ol/B+reYAbQI6tWbRo9vxk&#10;9p+5/K8lHRPdM0Eu6Vtm+nt25ji43A6VSVL/4mXLVKvdImlOdAvyy6QNM5PqM08ZGtob3QKgsXyn&#10;s7NYqxbOcfmrJT0juucAtpt0uaTLWcoVwHRbs3z5jHm79l0leW90Cw4qdflreiuDl0WHAAAAAACA&#10;5tbfcWyHp9WXmem1ci2N7jmAQUlfMunfueYOoNmslpITip3PleyPZfaKBtwa0yX9l+SXtdZa/+PU&#10;bbf/KjooC3I9VCZJfe2l15rrkugO5NZul47vrZR/GR0CoHG5ZAPtpWd7qlea6WxJbYE590rqN7Mv&#10;P+5x86857uabxwNbADS59QuWz907e+xbkk6JbsEBucvf0lsZ/GR0CAAAAAAAwG+slpLj25acmFj6&#10;SkkvkuwJYTGmHXJf625ffmCkfB07gQCAdPXChXNaCrNfJLOXSzpV0hFxNb5Rsq8n7leyxeWhy/1Q&#10;mST1t3ddKbdXRHcgh1wX9oyUPx2dASBb1nZ0HJ2kLc+X7FR37zZTcQpf7teSrpX82poK155Z2bRl&#10;Cl8LAA7ZmuXLZ8zdNXalSS+NbsHvGJf7+T0jg1+JDgEAAAAAADiYa9qWLaxZ7XmSnfrQqviLpvDl&#10;fiXpu1xzB4CJWS0lzyl2PcOVnOjy50laKWn+FL7kLyX7geTXVqvJ+rO2b7pnCl8r95piqOyqjo5H&#10;zUoLP5WsIzgF+fLNnkr5xdERALJttZScsGjxk92SJ5rZsSY9UdIyl5ZJmn0If2pc8i3y5Jcy3yi3&#10;jalrg83yn/WWy2NTUw8A9bF/K8yxyyWtim6BJGnMpPO7K+U10SEAAAAAAACHYo1UmNteeqqldqwr&#10;faKZHSuzZXJfJmnmIfypfZLKLm2QaWPiut09vX3BUY/+GTuAAMDkrV+wfO7YrPFnpFY7Vm7LzOyJ&#10;kh8rqUNScgh/6n7JNkp+u6QNMtuYVmu/OGPblk1TEt6kmmKoTJIG2pY+3y29TlJrdAuyz10Vjeu4&#10;3jvLO6JbAOTTaik5rlg8MqnNOMKVzmkp2Dw3zZcXCpJkqv26JttjScvuWrp759ELFjzAD1kAWTdQ&#10;XPIWl39ch/bDEfU1YoXkrO6tm34eHQIAAAAAAFAva6TCnGJxfmu1dW46s2VOUqvOrZmOTLyQuKqe&#10;yO4bt2S3JdXdXqvdf0Slc9cpur4a3Q0AzaKvVJqZ7ts3R5r16FavzXEvzFGyf0WzNE3HC4k/4Kl2&#10;Jtay+8HC2O5zhobui25uBk0zVCZJfcWu8012aXQHMu9BpbXn9oxuvTU6BAAAIG/62kuvMtcXJM2K&#10;bmk2Lv3CkpazeoZuH4puAQAAAAAAAAAAsZpqBYDeyuBlkn82ugMZ53YBA2UAAABTo3e4fEWSJM8w&#10;aUN0S5P5wuykejwDZQAAAAAAAAAAQGqylcokaX1Hx6y9aev3JD8+ugXZ466Le0fKb4ruAAAAyLu+&#10;Umm+jfm/yewl0S05t0/yN/VUBj8XHQIAAAAAAAAAABpHU61UJkmnDA3tba0VelzaHN2CjHG76saR&#10;8luiMwAAAJpBb7l8/66RwVXm+ltJ49E9ObXFE53EQBkAAAAAAAAAAPh9TbdS2W/0L162TLXajyQ9&#10;OroFjc9MN9xf23vKqtHRPdEtAAAAzWagWFruritkelp0S0645J/clY69g/NbAAAAAAAAAABwIE07&#10;VCZJfW2l0820VlJLdAsa2nav6YTebeXR6BAAAIBmdfXChXNaWud8QK43SypE92TYdne/sHdk8BvR&#10;IQAAAAAAAAAAoHE19VCZJPW3d50jtzVisAwH5HcUUj/p9NEtbJcKAADQANYu6nxKoZB83l0nRLdk&#10;zP9n796j7D4Lev9/nj2TW2kKtE2BNpncdppCuEkqiFykSNskpYelYhWxCgfvIBzxKBw4R6vi7afo&#10;QTzHHx5+osIRDCqnlsxMSjFwRCnQolwi0k7uaYG2VHshbZKZ/fz+KCKFXnKZmWf2ntdrra6u1Wb2&#10;973brmZm789+vlMl+e2jk4d++dKbbz7UOgYAAAAAAJjb5v2oLElGR7ovLsl74sQD7u/LvV7vgksO&#10;7v5M6xAAAP7ddRs3Lrjt1jt/qqb+YtzO/lh8vHbymi17J65tHQIAAAAAAPQHo7KvGhtZ+8NJ+aMk&#10;ndYtzAn/0uuU51+y98Z/bB0CAMADu+rsc88cGp76lZLyI3Hy8AO5Oalv2LR/15+WpLaOAQAAAAAA&#10;+odR2dcZX9l9Za35vRiWzWsl+dea3qWb9+/+SOsWAAAe3vaz167oDec/J+XHkixu3TMH7Kqpv3zW&#10;ske9+/zrrz/aOgYAAAAAAOg/RmXfYHxF90W15D3xZtR8dWCqlItfuO/Gz7UOAQDg+IwvX9utpbw+&#10;JZcnWdi6Z7bVmv2llDff1bvnf1128OA9rXsAAAAAAID+ZVT2AMZXrr2g1nJlkqWtW5hFJTf0OlMX&#10;XbJnz77WKQAAnLirV6w/e6pM/qek/HiS01r3zLSafDapv+VkMgAAAAAAYLoYlT2IsZE1z046VyY5&#10;vXULM68k/9ipQ5dcdODzN7duAQBgeox2u4tyJBeV5PIk35VkuHXTNLqlJO9I8s5N+yd2to4BAAAA&#10;AAAGi1HZQ9i+cv3qWqe21eTxrVuYUVsXdyZ/+IK9e+9tHQIAwMzYvnL96qne5A+UUl6SZEPrnhN0&#10;JMn21PLuyamvXHnpzTcfah0EAAAAAAAMJqOyh/H+kZFHD5WF70vNd7RuYfqV5Dcv3j/xX0pSW7cA&#10;ADA7ti1f86ShTufFNWVzUjcm6bRuegh3pZZr0qnbytSi9206uPP21kEAAAAAAMDgMyo7BluXL1+y&#10;tLPkD5L6w61bmDZHS8rPbdp/41tahwAA0M7oY7vLysJcnJTnJPWZSZ6QZKhh0l1J+Xhq76MZKh9c&#10;dsYj/+78668/2rAHAAAAAACYh4zKjsPYSPcHk7wtySmtWzgpe0rJizftm/hk6xAAAOaWK9evX7rg&#10;3slvLb3ylJT65KQ8OcnjkyyZ7mvV5Esl5bMp9dOp9VPp9f7hroN7dl6WTE33tQAAAAAAAI6HUdlx&#10;Gl9+7tN7pffeUjLSuoUTUPOh3tDkSy7Zu/eLrVMAAOgf16xe/ZjJowtWptNblVLP6tVyelJPLymn&#10;J1mc1FOSLPraF9TOXSl1MskdNfX2pNzeKflyUr7Qq3XP1OShvZfefPOhVs8HAAAAAADgoRiVnYAr&#10;169fuvCe3m8n9cdat3DMDpeU1128/8bfK0ltHQMAAAAAAAAAAHOVUdlJGB3pvrjcdzvM01u38JA+&#10;06n1By4+sOuzrUMAAAAAAAAAAGCu67QO6Gdb9k/8RenVZyT1b1u38IBqkrcfWTL0LIMyAAAAAAAA&#10;AAA4Nk4qmyZjI93vTcn/SM2y1i0kST5ZSn50076JT7YOAQAAAAAAAACAfuKksmmyef/Ee4d6Q0+t&#10;yV+2bpnnjpRSfnVxZ/JZBmUAAAAAAAAAAHD8nFQ2A8aXn/v02un9TpJntW6ZR2qSd9WpvGHLTRMH&#10;W8cAAAAAAAAAAEC/MiqbITUp4yPdFyf1/0nKqsY5A658JHXqtZsP7P5E6xIAAAAAAAAAAOh3RmUz&#10;bMeyDaceXnz41bXkPyd5dOuegVJyQ0n5pWv33fieK5Je6xwAAAAAAAAAABgERmWzZPtjnvyIqUWH&#10;XlWS18W47CTVzyflv31s/8RfXmFMBgAAAAAAAAAA08qobJZdc855Z0wOT/1UrfVVSc5q3dNPavLZ&#10;Usub7zpt4Z9dtnPnkdY9AAAAAAAAAAAwiIzKGtmxatXie3pDl5eU1yY5r3XPHPc3tdTf3rxv13hJ&#10;ausYAAAAAAAAAAAYZEZlc8D2kbUbe8kPJeWlSc5o3TNH7KrJ/8pU/veWmyYOto4BAAAAAAAAAID5&#10;wqhsDrly/fqlC++duiy9/GBKnpNkqHXTLDtUkqtSyjvv3Hfj+GXJVOsgAAAAAAAAAACYb4zK5qj3&#10;j4w8upMFlyble0tycZIFrZtmyJ1JrqzJe7MwV2+ZmDjcOggAAAAAAAAAAOYzo7I+ML7y8Y/r5egY&#10;mEe8AAAgAElEQVTmUrM5yYVJHtm66SQdSMpYrb2xJfcuvuaCW3fe3ToIAAAAAAAAAAC4j1FZn9mR&#10;5w0fWnHTt5f0npNSvq0k35bkzNZdD2NPrfloSr229uqHLjm4+zOtgwAAAAAAAAAAgAdmVDYAtp2z&#10;5tzOUOfpteappZSnJvVbkpzeoqXW7C8l/5jkH0rNP0wNTX7skr17v9iiBQAAAAAAAAAAOH5GZQNq&#10;2+rVKztTpVtKZ3UvWV1SV6eWlblvbPZvfwwf58Pem+T2mtxeam6rnezppOypte6pqXs6vcWf23Rw&#10;5+3T/VwAAAAAAAAAAIDZY1Q2j412u6eVyeHTp3q9znB6S0rq4q//+72h4bunpurRzlTvyFQ9dPul&#10;N998qFUrAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAbZXWAQAAAAAAQFtbk6FHr1lzzpGjQ6s6pbc6KatLyVlJHldrzqrJspIM&#10;JXn0A3z5PUm9K+ncmfTuqLXc0umUPTV1T03dM3Q0N150866DJamz/LQAAAA4QUZlAAAAAAAwj2zd&#10;sGHhqV85/LT06reWlCcn5SlJ3ZDklBm87KGS3FCTnaXko73k75fsW/6ZC/KhyRm8JgAAACfIqAwA&#10;AAAAAAbY1g0bFi69657nJOXipDwrydOSLG7dleTuJH+f5EOdUj98xpmP+sT5119/tHUUAAAARmUA&#10;AAAAADBwPrBmzSMnjw59V0r9riTPT3Jq66aHU5J/TfLXveQvsjBXb5mYONy6CQAAYL4yKgMAAAAA&#10;gAGwdcOGhafdfeTS2stLU+rmzI3TyE7UHUnem/T+ZNP+3X9Xkto6CAAAYD4xKgMAAAAAgD42tnr9&#10;+kz2fiSl/lCSs1r3zICJJP/f5GTn7ZfefMNtrWMAAADmA6MyAAAAAADoMzUp4yu6F6XkZ5JclPnx&#10;ev+9SfnzTnpvvXj/rutbxwAAAAyy+fBDJgAAAAAADIQrks4zRro/kOT1STY0zmmm1IyVTn3Txft2&#10;/X3rFgAAgEFkVAYAAAAAAHNcTcr2leu+u9b6y0me0Lpn7qjXlFJet2nfxCdblwAAAAwSozIAAAAA&#10;AJjDtq9c++292vnvSf3W1i1zVC8p75zslTdeevCGm1rHAAAADAKjMgAAAAAAmINGz+kuTye/WUpe&#10;Eq/nH4tDSX5l2bJHvvn8668/2joGAACgn/khFAAAAAAA5pCtGzYsXHrX4Tck+fkkS1r39KFdqXnl&#10;5gMT21uHAAAA9CujMgAAAAAAmCPGlq9+cjpD/yvJ01u39LlaU9+25J7FP3fBrTvvbh0DAADQb4zK&#10;AAAAAACgsSuSzjNGur+Q5I1JhhvnDJD6hZry41v2T1zVugQAAKCfGJUBAAAAAEBDo4/tLisL6zuS&#10;cknrlgHVK8lvLdq//L9ekA9Nto4BAADoB0ZlAAAAAADQyPjIuS+opfdnqVnWumUeuH4qncteuP+G&#10;3a1DAAAA5rpO6wAAAAAAAJiPRkfW/nRNb5tB2azZOFR6146vXHtB6xAAAIC5zkllAAAAAAAwi67b&#10;uHHBrbf+6x8m5WWtW+apo0l91eb9u/6wdQgAAMBcZVQGAAAAAACz5Mr165cuvGfqL5Jc1LqF+nt3&#10;7d/12suSqdYlAAAAc41RGQAAAAAAzIJtq1Y9dqg3PFaTp7Zu4Wu23rV00eWX7dx5pHUIAADAXGJU&#10;BgAAAAAAM2x0RXdtKflgkpWtW7i/kvzfoeHef7hw9+47WrcAAADMFZ3WAQAAAAAAMMjGVp23qpRc&#10;HYOyOakmz52c7GzbsWzDqa1bAAAA5gonlQEAAAAAwAwZPae7vAzVv03KqsYpPJyaD01OHbrk0ptv&#10;PtQ6BQAAoDUnlQEAAAAAwAwYfWx3WWcoVxuU9YmS5w0PL7lyx6pVi1unAAAAtDbUOgAAAAAAAAbN&#10;aLd7WkmuSfLk1i0cj7LmaO08ft0dt//Fh5LaugYAAKAVJ5UBAAAAAMA02rphw8LOkVyV5GmtWzh+&#10;JfmeZ4x039a6AwAAoCWjMgAAAAAAmEZL7zz8OzV5busOTsqPjI+s+/nWEQAAAK2U1gEAAAAAADAo&#10;xleufVWt5a2tO5gWU7XUS7fs2zXWOgQAAGC2GZUBAAAAAMA02LZi3XM7pX4wyXDrFqbNXSV55qb9&#10;EztbhwAAAMwmt78EAAAAAICTdNXZ557ZKfVdMSgbNEt7yXu2Ll++pHUIAADAbDIqAwAAAACAk1CT&#10;Mryg984kK1q3MP1K8sSlZfFvte4AAACYTUZlAAAAAABwEsZXdH8mNZtadzCDSl45umLt97XOAAAA&#10;mC2ldQAAAAAAAPSrsdXr12dq6pNJTmndwgwrubUezoYtX5y4tXUKAADATHNSGQAAAAAAnICtyVCm&#10;pv40BmXzQ82ysqi+pXUGAADAbDAqAwAAAACAE7B05brXJnl66w5mUS0vGR3pvrh1BgAAwExz+0sA&#10;AAAAADhOVy0/95zhTu9zSZa2bmHW3bT4nkXnXXDrzrtbhwAAAMwUJ5UBAAAAAMBxGur03hKDsvnq&#10;nHuXHH5j6wgAAICZ5KQyAAAAAAA4DttH1l3YS726dQdNTXZq/ZaLD+z6bOsQAACAmeCkMgAAAAAA&#10;OEY1Kb3UX2vdQXPDvVLe1DoCAABgphiVAQAAAADAMRofWftDSc5v3cGc8KJtK9Y9t3UEAADATDAq&#10;AwAAAACAY7AjzxtOyi+07mDu6JT6xtYNAAAAM8GoDAAAAAAAjsG9K276wSRrWncwp1w0NrLm2a0j&#10;AAAApptRGQAAAAAAPIytGzYsTKlXtO5g7im184bWDQAAANPNqAwAAAAAAB7G0juPfE+Sla07mHtq&#10;yabRke4TWncAAABMJ6MyAAAAAAB4WPXVrQuYs0qn5mdbRwAAAEyn0joAAAAAAADmsm3L1z2j06nX&#10;tu5gTjtcj2TFli9O3No6BAAAYDoMtw4AAABgMI2tOm9VqVMba60bk3J2Uk9PckaSRV/9JV8uyb5a&#10;yv4k/5Qy9MnNe/95b7NgAIAH0enkJ1s3MOct6iwsP5DkLa1DAAAApoOTygAAAJgW123cuOC2W+7Y&#10;UkvZUmvdVEpGjvtBSm5NzXhN/nrJPYvGL7h1590zkAoAcMzet2rVoxb3hr+QZHHrFua8XZv2T6wr&#10;SW0dAgAAcLKMygAAADgp289eu6IOl1f2kpeV5DHT+NB3JvWPe1P1f1xy0+4bpvFxAQCO2fiKdS+v&#10;pf5R6w76Q+3kmVv2TrhVKgAA0Pc6rQMAAADoT9vXrj1rfKT7u73hckNNXjfNg7IkOS0pr+4MdT43&#10;urL7R1evWH/2ND8+AMDDqqX38tYN9JGpvLR1AgAAwHRwUhkAAADHbWzFupeVUn+3Jo+axct+pSa/&#10;smT/8jdfkA9NzuJ1AYB56uoV68+eKlMH4gPaHLP6hbv271pxWTLVugQAAOBk+EEYAACAYzb62O6y&#10;sZF121LqO2Z5UJYkjyjJb9w7cvCj4yPdDbN8bQBgHprM1IvidXSOS3nc0lXd57SuAAAAOFl+GAYA&#10;AOCYjI2s+c6yKDuTuqVxyvk1uW5spPuDjTsAgAFXSv3u1g30n9LLi1o3AAAAnCyjMgAAAB7W2Ej3&#10;e5POttQsa93yVYuT/MnYiu5rW4cAAINptNs9LSnPbd1B/6nJptYNAAAAJ8uoDAAAgIc0tqL7U0n+&#10;PMmi1i3foJOSN4+OdH+hdQgAMICO5DuSLGydQV86b3RFd23rCAAAgJNhVAYAAMCDGl/RfVFKfi9J&#10;ad3yYEryS+Mru69s3QEADJaS+oLWDfSvTsqFrRsAAABOhlEZAAAAD2hsxZpvrSXvTjLUuuXh1Jrf&#10;2z6y7oWtOwCAwVFTnt+6gf5VS31W6wYAAICTYVQGAADAN9mxbMOpKZ33JFnSuuUYdXqpf/yBNWtG&#10;WocAAP3vfatWPaokG1p30Ne+vXUAAADAyTAqAwAA4Jvcu+Tw7yZZ07rjOJ0xebTzJ3UO36oTAOgP&#10;S3oLz4/vKTg5a8ZXPv5xrSMAAABOlFEZAAAA9zO6vPsdSV7RuuOElDxv+0j3B1tnAAD9rVenntG6&#10;gf5X6uTG1g0AAAAnyqgMAACAr9maDJVO3po+Ppmjlrz5yvXrl7buAAD6V0me1rqB/jdVe09p3QAA&#10;AHCijMoAAAD4mqUj3ZckeVLrjpNSs2zhvb2faJ0BAPSxkg2tE+h/xokAAEA/MyoDAADg672+dcC0&#10;qPXnty5fvqR1BgDQf67buHFBUta07mAAlPKE1gkAAAAnyqgMAACAJMn4yLkvSAbmVI4zTytLvr91&#10;BADQf754253dJAtadzAQVm9NhlpHAAAAnAijMgAAAJIkvdp7eeuG6VRL/mPrBgCg/wwnTiljuix6&#10;9Jo157SOAAAAOBFGZQAAAGS0211USv5D647pVZ+9bfXqla0rAID+UmuWt25gcExNlbWtGwAAAE6E&#10;URkAAADpHOk8J8mprTum21Bv6MLWDQBAn6k9ozKmTa3FSWUAAEBfMioDAAAgKfV5rRNmQq25uHUD&#10;ANBfSsrZrRsYIDVntU4AAAA4EcOtAwAAAGiv1t4zktI6YyZsbB0AAPSZTk5PbR3BoKilPqZ1AwAA&#10;g2u0212Ue7KsdnqPHeoMPab2siydLKu1dlLrIzqlLHzAL6y5Mym390q9rVPql9MZuv3o4dx06c03&#10;3DbLT4E5zKgMAACAJOVbWhfMkJU7lm049YJbd97dOgQA6A+15rTWDQyOUssZrRsAAOhv123cuOCW&#10;2+54YkmeluQJqVlRSkZqrSM5ksdlKCnppNZ63+eGv/qnlPLgn5cpSVLv++W1JFO9DA8nYyPde0qy&#10;tyYHkrK3pn4uNf+0YEHvny/cvXv/rDxh5gyjMgAAgHlutNs9LUcyqG92dQ494kg3t+YfW4cAAH3D&#10;qIzp0ymPaJ0AAED/qEm5etW56+tUfWZKfWZNNt566x1PLMn9ThyrNZmhO08sqcnjkzz+30ZnKcnk&#10;ZCdjI927S/LJJB9NzUeHh6eufcGePV+aiQjmBqMyAACAea7e21tZOp3WGTOmM+WWQwDAcTm1dQAD&#10;pNZTWicAADC3Xb18zbpeZ2hLL/UF48kz0+udMTN7sZN2ak2em+S5KcnRqaGMjXQnkvrBmnLNwqnh&#10;HS+46Z+/3DqS6WNUBgAAMM91hjtnpNe6YgaVLGudAAD0j5oMzc33b+hPRmUAANzf1mRo6cia59WU&#10;S5OyZSpZ97VTwfpPNyndkvz40aHJ3thI9x+SXJXe1Ps2H9zz6dZxnByjMgAAgHmu9DrDdYBXZbXc&#10;/2h4AICHUpKh1g0MkuK/JwAAckXSefry7nPKUC6rNd+T5DF9OiJ7KJ0kG5NsTGfoirGR7q6k/lVq&#10;fe/mA7s/0TqO42dUBgAAMM/V2hvq14/BHYtS61TrBgCgn9ROBvmbI2aZ70UBAOaz94+cu2a41P9Y&#10;a31ZknNS59VPG2uT8nMp5efGRrr/VFL+pFM777rowOdvbh3GsTEqAwAAmOc6nXpXrw7wSxm1c6R1&#10;AgDQP2rK0QH+zohZVwb3SGAAAB7QdRs3Lrj1ljtfnJJXJL3n1769s+W0ekJN/c2pMvVr4yu6V9dO&#10;7/c/tm/3+BUZ4FtoDACjMgAAgHmuTuWWdFpXzJzS6X2xdQMA0D9KzSFv+TB9ymTrAgAAZsc155x3&#10;xtGhyZ++9bY7fioly1r3zFFDtWRzamfzM0bWfmEs5Q8nJzu/f+nNN9zWOoxvZlQGAAAwz/UWl1vK&#10;AJ/lNTVZb2rdAAD0kZJDrRMYICV3tk4AAGBmbV+79qze0fIzk5n8iSSPSm1d1C/K45L84vBw72dG&#10;V3Z/f+po53eNy+aWAf4sOgAAAMdiy8TEnbVmf+uOGXL0lAW9QX1uAMAMqMndrRsYILV3R+sEAABm&#10;xvjKxz9ubGTd23pHy4Ekr6/Jo1o39anTSs0bhod7N42NrHvb6Dnd5a2DuI9RGQAAACkl/9i6YYZ8&#10;6oK9e+9tHQEA9I+S3NK6gUFS/qV1AQAA0+vK9euXjo50f6HWo59L6o8lWdi6aUAsTOqPlaF8fmzF&#10;2l/ZsWzDqa2D5jujMgAAAFJr/XjrhplQU69r3QAA9JeS3Nq6gQFSyu2tEwAAmB5bN2xYODrSfd3C&#10;e6b2leSXkjyyddOAOiWl/Nd7lxzeNzrSfd1ot7uoddB8ZVQGAABA0imjrRNmQqllrHUDANBfqpPK&#10;mE69HGydAADAyRtdufb5S+88/PGS/EaSR7fumSdOL8lv5EiuG19x7nNax8xHRmUAAADk4/smPlWT&#10;L7XumGaHJqcOXdM6AgDoL6WUfa0bGCBl6kDrBAAATtw1q1c/Zmyk++ellg+m5Cmte+ajkjyxlt6H&#10;x1Z03z6+fMPprXvmE6MyAAAAckXSS827WndMs9FLb775UOsIAKC/1NQ9rRsYHJ2y4KbWDQAAHL+a&#10;lPEV615+dGroc0kua91DSkpeUTuHPze6svvS1jHzhVEZAAAASZJe6fzPJL3WHdOlV8tbWzcAAP1n&#10;8mjnxtYNDIx77tj3+f2tIwAAOD7bVq9eOT7SvaaW+kdxq8u55qxS866xFev+avvatWe1jhl0RmUA&#10;AAAkSV64/4bdKbm6dcc02bnlwI1/2zoCAOg/l958w21J7mjdwUCYuCyZah0BAMCxGx9Z95rOfaeT&#10;Pb91Cw+h1O/qHS03jI2s/bHWKYPMqAwAAICv6U31fj4DcFpZqXljSWrrDgCgP5XkU60bGAClfrZ1&#10;AgAAx2bHsg2njo2sfUdN/e9JlrTu4Zg8MilvG1vRffvW5cv9O5sBRmUAAAB8zSUHd38mtf6f1h0n&#10;pebaiw9M/HXrDACgf9Waz7RuYBB0/ql1AQAAD2/7irVPvPeUw9cn5WWtWzgBJa9YWhZ/9Orla9a1&#10;Thk0RmUAAADcz/CC+jNJ7mrdcYImk96rnVIGAJyMWqqTyjh5vfqJ1gkAADy00RVrv69XykdTc27r&#10;Fk5CyVOmOp3rxleu+57WKYPEqAwAAID7uXD37v1J/c+tO07QmzYf2O3NOwDgpNRevbZ1A32vd+/Q&#10;5MdaRwAA8MC2btiwcGxk3dtKKe9JcmrrHqbFabXWvxgbWfuWK+yhpoV/iAAAAHyTj+3f9fakbmvd&#10;cZyuv2vpol9vHQEA9L9PHNy9M8kdrTvoXzXZ9V179/5r6w4AAL7ZaLd72tK7Dl+V1B9r3cJMKK9+&#10;+oruO0e73UWtS/qdURkAAADf5Iqkt/iexd+fUj7duuUYHex1Jl942c6dR1qHAAD974qkl9SPtO6g&#10;f3WSD7VuAADgm31gzZqRciQfSXJR6xZmTin5gXIkH7zq7HPPbN3Sz4zKAAAAeEAX3Lrz7tqr353U&#10;L7RueRhfSclll+zd+8XWIQDAIClGZZywWsuO1g0AANzfthVrzp+cLNcmeVLrFmbFs4aHe3+7/ey1&#10;K1qH9CujMgAAAB7UlgMTu0ovz01yc+uWB/HlTup3bN438dHWIQDAgOlNjbZOoG/1JqfKB1pHAADw&#10;70ZXdC/qlM6Hk/K41i3MqvN6w+XjY8tXP7l1SD8yKgMAAOAhbTq4a6JT68VJ9rVuuZ+SW2snL7x4&#10;/67rW6cAAINn08E9n8ncHdYzl9V85tKbb7itdQYAAPfZPrLuwlLyviSntG6hicemM/SB0ZXdb2kd&#10;0m+MygAAAHhYFx/Y9dnSW/S0pHywdUuSpObaod7QU7fsnbi2dQoAMJhKUkvNeOsO+tB9b1gCADAH&#10;jK9c9z291PfHoGy+O6vUfGh0VffbWof0E6MyAAAAjsmmgztvv2vpwi2llF9NMtkoo5aSP5icOvSd&#10;Fx34vJNDAIAZ1evUv2jdQP+ZKmVr6wYAAJLx5Ws31Vr/LMnC1i3MCaeVXt4/vvrcp7QO6ReldQAA&#10;AAD9Z3z5uU+vnd4fJHnarF20lE/3evnpSw7c+H9n7ZoAwLy2dcOGhafddfhLNXlU6xb6RMkNm/dN&#10;rG+dAQAw340vX7updsqVMSjjm93Rq70XXHJg93WtQ+Y6J5UBAABw3DYdvOHjm/ZPnF9r/f6kfn6G&#10;L7e7lrziY/tu/BaDMgBgNl22c+eRWvOXrTvoJ+WdrQsAAOa77SNrN9ZOeU8Mynhgjyyl8/73j5y7&#10;pnXIXGdUBgAAwAkpSd1yYNeff2z/rifUUreUmrEkU9P08L0kO1LrSxbvX75+y76JP7rivr8GADCr&#10;Sum8p3UDfaOXMvSu1hEAAPPZ1cvXrOuljCd5ZOsW5q6SPGYoU6PXnHPeGa1b5jK3vwQAAGDaXHX2&#10;uWcOD09dkpQXJnl2kscex5f/S03+rtSM1V7+estNEwdnKBMA4JjVpIyv7P5zas5t3cLcVpMPbNk/&#10;cVHrDgCA+eqa1asfc3Sqc21SVjVOoX9c1zl8yvMu/tKnv9I6ZC4abh0AAADA4Lj05htuS/InX/0j&#10;21avXlkmO9/S6ZRzUnNWkkVf+8WlTKaXg71Ob18pCz63ee8/720SDQDwEEpSx2rekeTXW7cwt3VK&#10;+ePWDQAA89Vot7to8ki2JlnVuoW+cn5v0aF31OT7SlJbx8w1TioDAAAAAICHcN+JB0P78vUDebif&#10;+oW7li5eddnOnUdalwAAzEdjI90/TXJ56w761hs275/wQaJv0GkdAAAAAAAAc9kL9uz5UpJ3tu5g&#10;7iq1/L5BGQBAG2Mr1/1cDMo4OW8aX7nuktYRc42TygCApka73dOGjtR1vdJZWWp9RE1dklKmaq9+&#10;uZOhL6czNLFp3+e+0LoTAACA+W3b8jVP6nQ6n4rX1flm93YW1JUX79p1S+sQgJMx+tjusqFFdV2v&#10;V84sKWfU0luQ5HBN+UrtlQNDWXjjpoM7b2/dCfD1to+su7CXOpZkqHULfe9fas23bjkwsat1yFzh&#10;h18AYFZdvXzNut5QubjW8twkz0py9jF82Z1JPpNad5RO/ubMMx/1kfOvv/7ozJYCAADA/Y2NdMeT&#10;XNy6g7mmvHXz/htf3boC4HhckXSeuXLtt/XSeX5qfX6SpyZ59MN+Ycmtqfloaj5chjsf3LTnhk/N&#10;dCvAg/nqbeo/mWN7rwmOxceXLXvks70PeR+jMgBgxl119rlnLlgw9cO1lpck2TgND/nlpPxlTe9P&#10;t+zf9XfT8HgAAADwsLaPrN3YS/lEvLbOvzvU60yuvWTv3i+2DgE4FuOrz31Kpnovq8llmZ4Rxj/X&#10;5N0Lhnt/fOHu3fun4fEAjskVSecZI+uuTup3tm5hsJTkNzftn3h96465wA++AMCM+cCaNSOTk+Vn&#10;k/KKJI+Yocv8fU1+Y8v+iatm6PEBAADga5xWxv2U/M/N+yZe2ToD4OFsW7HuuZ1O/S+puTgz8x7x&#10;0ZK8u5f85pb9E/80A48PcD9jI93XJ/n11h0MpFqTF3nv0agMAJgBO5ZtOPXeJff+alJ+MsmC2blq&#10;+Uh6k6/cfHDPp2fnegAAAMxH25ave0anU69t3cGccHcpC87dtO9zX2gdAvBgti1f86ROp/Pfkzx/&#10;li5Zk7yrHsnPbvnixK2zdE1gnvnq/9s+nmRx6xYGVf1CZ0GeevGuXbe0Lmmp0zoAABgs21asOf/e&#10;Uw5fn5RXZ9YGZUlSn53O0CfGV3TfsDUZmr3rAgAAMJ9ccvDGj6XUd7fuoL1S8+sGZcBcVZMytqL7&#10;2k6n84nM3qAsue9Qk8vLwvqp8eVrN83idYF5YrTbXdQpnXfGoIwZVR7XO1re2rqiNaMyAGDajK9c&#10;+6pO6XwkNec2SlhYS3516cjaHR9Ys2akUQMAAAADrk6Wn0/yldYdNLVv0dDk77SOAHgg15xz3hnj&#10;I+ven5I3J1nUpqI8rnbKttGV3V/1IWBgOpUj+cWUPKV1B/PCZaMj3Re3jmjJ7S8BgJO2I88bvnfk&#10;4B8k+ZHWLf+ufqHX6Wy5ZO+N/9i6BAAAgMEzNtL9tST/pXUHbZRSXrpp341/1roD4BuNrTpvVXqT&#10;Y0nOa93y78po5/CSyy7+0qcNsoGTsm3Vuqd2evUTSYZbtzBvfLH0Fm3YdHDn7a1DWnBSGQBwUrYu&#10;X77k3pGDf5U5NShLkvK4Tq9+eHR59ztalwAAADB4Ft+z6NeS7GvdweyryQcMyoC5aHykuyG9o3+f&#10;OTUoS5K6pbfo0N9cdfa5Z7YuAfpXTcpQr74lBmXMrsfWzr2/1jqiFaMyAOCEjXa7i5Z2Fr8/yaWt&#10;Wx7EaaWT0bGRNc9uHQIAAMBgueDWnXeXUl+epLZuYVbdvWC4N8c+WAeQjK1ev76W7EjK45cH/pkA&#10;ACAASURBVFq3PIinDw33drxv1apHtQ4B+tP4yu5/rMlzW3cwH5Uf3T6ydmPrihaMygCAE1aO5PeT&#10;PL91x8M4JaXzV6MrumtbhwAAADBYNu3btSPJe1t3MHtq8qYLd+/e37oD4Otdc855Z2Rq6v2pWda6&#10;5aGU5ImL6/C7d+R5ThkCjsv48g2np+a3Wncwb3V6KW+7Yh5urObdEwYApsf4yLrXZM7d8vJB1CxL&#10;yf+56uyzT2mdAgAAwGDpLKg/XZMvte5gVvzd3fsnfrt1BMDX25oMHR2afG+SbuuWY1Kz6fDIQcMQ&#10;4LjUzr2vT/Lo1h3MaxufMbL28tYRs82oDAA4buOrz31KTf2N1h3HoyRPXLDgFC/8AgAAMK0u3rXr&#10;lvTyfUmmWrcwo/6lTuX7L/PvGZhjlq5c99okF7TuOB41ec3YyjVbWncA/WH72WtXJOVVrTsgKW+a&#10;bwdYGJUBAMdlR543XKd6/zvJ4tYtx6vW/OT2kXUXtu4AAABgsGw5OPHhkry1dQczp5b89JabJg62&#10;7gD4eqMj3Sek1je17jgBJbXzjg+sWfPI1iHA3FeHy5uSLGndAUmWDy94xCtbR8wmozIA4LgcXnnw&#10;x5NsaN1xonqp/3PHqlV9N4gDAABgbustzOtLycdadzD9aupbtuyb+N+tOwC+Xk1KSf1/kyxs3XKC&#10;zjp6tPPfWkcAc9u25WueVJN5d8tB5q5S6xvet2rVo1p3zBajMgDgmG1/zJMfUZNfbN1xkrr39IZ+&#10;tHUEAAAAg2XLxMTh4c7Ui5Lc1LqFaXX1x/fvem3rCIBvdPXIukuS8pzWHSejlLzqA2vWjLTuAOau&#10;ztDQG5KU1h3wb2ryqMW94de07pgtRmUAwDGbWvyVn0zNstYdJ6ukvG60213UugMAAIDB8oI9e76U&#10;Tn4wyWTrFqbFzb3O5A9fkfRahwB8o17qIJzytWhqqvP61hHA3HT18jXrUuv3tu6AB/Ca+XILZ6My&#10;AOCYXLdx44JSy6tbd0yTc8qR+v2tIwAAABg8m/dOfCi1Xp6ktm7hxJXkX0ty0SV7936xdQvANxod&#10;WfusJE9v3TEdas3LRh/b7fsPMgPTb6oz9MYkQ6074AE8enKy85OtI2aDURkAcExuueVfL0myonXH&#10;9Ck/3roAAACAwbT5wK73JHlj6w5O2OHayXdt2j+xs3UIwAMpg/Xa5pLOovpDrSOAueW+W+PWl7bu&#10;gIfwM1uXL1/SOmKmGZUBAMekpDNoP9g/c2z1+vWtIwAAABhMm/ZP/EaSt7fu4PiVkldt3jvxodYd&#10;AA9kx7INpyb57tYd06n2yuWtG4C5ZWqy81NJhlt3wEM467Sy5IdbR8w0ozIA4GHtWLVqcUrd3Lpj&#10;upWp3otaNwAAADCYSlLv2j/xEyn13a1bOHa11v+6ad+EMSAwZx0+5cjFSR7RumNalTzl/SPnrmmd&#10;AcwNW5cvX1KTV7TugIdTS33NFQO+uxroJwcATI97e51nJVncumO61dTvbN0AAADA4Losmbpr367L&#10;a82ftW7hGNT87JYDu361dQbAQxvM1zSHMvWC1g3A3LC0s+jyJGe27oBjcN7TV3QH+vcvozIA4GGV&#10;dJ7bumGGPHNHnuf4ZAAAAGbMZcnU3actenmSK1u38OBK8subD0z8TusOgIdTa76jdcPMKIP6GjRw&#10;3MqrWhfAsSopP9G6YSYZlQEAD6smT23dMEOW3jNy8NzWEQAAAAy2y3buPLJs2SO/160w56xf2rR/&#10;4hdbRwA8nB3LNpya5PGtO2bIoL4GDRyH8ZXdpyV5UusOOGalXnr1ivVnt86YKUZlAMDDKzmvdcKM&#10;qdWoDAAAgBl3/vXXH71r367Lk7y9dQtfM5nUH9+8f+KK1iEAx+LQI450k5TWHTOkuzUZah0BtNXr&#10;5eWtG+A4DU+VqR9qHTFTjMoAgIdUk5Ka1a07Zkqnk7WtGwAAAJgfLkumNu+f+NGS8p+STLXumefu&#10;qKVevHn/rj9sHQJwrEqvdls3zKBFj16z5pzWEUA7WzdsWFhKvr91B5yAy1sHzBSjMgDgIf31+vWn&#10;JlnQumOm9FJOb90AAADA/LJp/41vKaV8X5JDrVvmqZtSexdu2bfrb1qHAByPkjrQr2Ue6Q0N9PMD&#10;Htqpdx2+OMmZrTvgBDxhbPnqJ7eOmAlGZQDAQ1pw99QjWzfMqF5Oa50AAADA/LNp341/WUuenWRP&#10;65Z5peTDC4amNm4+sPsTrVMAjlstp7ZOmEllsg72a9HAQyrJ97ZugBNVO52Xtm6YCUZlAMBDKguG&#10;h1s3zKRSysLWDQAAAMxPW/ZN/MORJUNPKcmft26ZB3o1ef2mfRMXvGDPni+1jgE4ISWLWifMpNLp&#10;DfRr0cCD27phw8KSXNq6A05USXlJTUrrjunmN2b6xtZk6LSV3ack9dt7Nd1OKStrzdlJHpFkSZKk&#10;5q6UfCWpNyTlhk7KZzrDU3974e7ddzSNB+hjnaGjh3q9gfse6N+VenfrBAAAAOavF33+83fV5CVj&#10;I93/n707D6+7LvM+/rl/J2lKaQGRtWSjOSlLh6KCgitUgSylOm4VeQZHHRfcccF9qds46PM4ijPj&#10;hjruUFcoTVJgbHEtCC44BdqctMlJWpEiUFrabOd3P3/gLkuanJP7LO/XdfVSkZ7fOxdtaU8++X5/&#10;adIHJPHFT8Vm2inZhd1D/d+NTgGAmXD5Hqu+z1f/iSfJ/dENAGIctHviaS4dEt0BzEBTX9OiU1Vl&#10;JyIzKkNZW71kyZyD7hvrctP5Jp3jrkOkB3677P4g3+FPv4+2J0lSKlc6mRR6m9t/Ifl3k0n/eseO&#10;geHZ6geAajDnvrl7Rw8Yi84oGU+dNyoAAAAAAKFMcuVzl/Q2HturJPMlSY+LbqoiV9UnhVdwOhmA&#10;apB4ssftwT5BVh1ssrA3ugFADLf02areX95QKyxZLqmqRmVcf4my1NdywtG9zdmPLNg99ls3fV/S&#10;yhkskzOSP17SR9I6G+xtzq7rbcp2VOPRgwBQCst2btoj6e7ojlIxS7ZHNwAAAAAAIEldI9tumZtv&#10;PM3d3y2per/Ca3bcY24v7crnnsWgDEDV8PS30QmlZJo3Et0AIIhreXQCUATnRgcUG6MylJWeo7KH&#10;97Vk/8t9Ypukt0s6tMiPSCSdI1NfX0v7r3qasucU+fUBoFrlogNKxS3tj24AAAAAAOCPlmnDZPfw&#10;wIcT91Mlq6qvcp8lLtmXk3o/vnO4/0vRMQBQTIX69LbohhK6q3NkU9V+cTOAh9bX2JaV1BLdARTB&#10;49a2th4VHVFMjMpQFlZJSW9T9k02R/3uepWkhpI/1H2pmdb1trR/s9p+YgNACWyODiiZSdsSnQAA&#10;AAAAwN/qGB743935/ifK9DJJnLI9Nb8xT87oyve/uGNg4M7oGAAotp9v2zYsaV90R4lU73vQAB6W&#10;J8kzohuAIrFMWnd2dEQxMSpDuHUtxx17WnP2ZzL9P0kHz3qA+3lJWnd7b1PbebP+bACoEC7/UXRD&#10;iWzr3p7jSHUAAAAAQFlaKRW6hnJf2L2gYZHkr5RpZ3RTmRqQtLIznzu5c3hLtb6HAQBaJaWS/TS6&#10;o0T49RuoVa6O6ASgWFz+9OiGYmJUhlBrG9tPS72wUdITglMOltk3epuzH3HJglsAoOx4wa+PbigF&#10;c62PbgAAAAAA4JGs3LRpvCs/8Ln6pHCSmT4taTy6qRyYdK9Lb9+djp7Ulc99yySPbgKAUnNPq/I9&#10;TTf/YXQDgNnnksn8qdEdQNGYPSk6oZgYlSFMT1PbC5LEr5d0RHTLH5ikt/e1tH/jplNOqY+OAYBy&#10;0r19a7+koeiOYkvl10Q3AAAAAAAwVWdt2/a7zqHcq31cjS69XdKO6KYgm1z+z+kcHdWdz12ycmSk&#10;Wq+CA4C/455cF91QAvsm5tb9ODoCwOzrOWZRu6TDojuAonEt7ms54ejojGJhVIYQPc3ZFWb2NUkN&#10;0S1/x/28nTt3fW21lIlOAYByYZK7+1eiO4ps1wGZwpXREQAAAAAA7K/uO3I7u/O5S+buazhOsjdI&#10;2hrdNAtcputl9tzd+dzJ3fmBr3TncmPRUQAw25aP9N8g6fbojqIyu/JZmzfvjs4AMPsymeS06Aag&#10;2FKfeHJ0Q7EwKsOs623Kdpj0bUl10S0PY+WC5ux/cxUmAPxZmiTfjG4osjXLBgdHoyMAAAAAAJiu&#10;ZTs37enK91+6O59bLNezXPqOpGobWt0l08eTJDmxayh3ZtdQ/3dXSoXoKAAIdnl0QDFZ6lX18QCY&#10;Opc9ProBKD6vmh/XjMowq3pbj2+V6RuS5kS3TME/rWtpe1N0BACUi3OH+m8zV290R5G4ZZL/Gx0B&#10;AAAAAEAxrJQKXcO5q7rzuecVNH60ub1K0k8leXTbNN0v6VuSVvocNXYN5d7cMbiluk7lAYAZqM8U&#10;PiOpOq7+NW25bzh3dXQGgCjOSWWoOiY7ObqhWDiFCbNmzcKF8+rq5m2UdFJ0y36YdPmZ3fmBn0SH&#10;AEA56Gta/FS39IfRHTPna7vyA+dGVwAAAAAAUEo9Tdk2mXeb7CxJZ0g6OLrpYeww6To3//7uwljf&#10;ypGR6hhLAECJ9DRlP2Wm10Z3zJSb/qV7KPfF6A4As2+VlJzWnN0j6YDoFqCoTDu7hnJHRGcUA6My&#10;zJqe5rZLTPbW6I5pGJic3Lt0xY4de6NDAKAc9LZkN8h1RnTHDLgnelL3YG5jdAgAAAAAALNlvc6s&#10;29c6cqq5nSVPzzDZqS4dEpg0JOkGc1vvdcn6rm2bNwe2AEDF6W09vlXp5G2S5ka3zMBWn6MTu3O5&#10;aru6GcAU9DRl28yUi+4ASiFNJo9ePjh4R3THTNVFB6A29B27+GQvpJV6lWRbfd2890p6e3QIAJSD&#10;dDJ9RZJJbpHUEN0yHS7/bPfgAIMyAAAAAEBNWaYNkxrURkkbJX1Ikvoa27Kp6RQznSLZKZKOk3Sk&#10;ivu5g12SciblUulWs/QmH0t+3n1HbmcRnwEANadr8PbBvqbsB9304eiW6UpkF3bk+hmUAbXKdGJ0&#10;AlAqmXTOP0hiVAZMRVpIP2YV/OPNpYv6Gtsu6xwZYCkNoOYt3751S09T9j/M9Obolmm4S+P23ugI&#10;AAAAAADKwR/e78xJuuKPf221lDmk6bgjU/dGWXq0Em9K3Q406RDJ50k2T39xjaZJ+1w2KmnMTDtT&#10;+faM252TXrjDJpIhxmMAUDoNmcmPj6Z1L5GUjW6Zhis78v3XRkcAiGPSP0Q3AKXini6WdF10x0xV&#10;7MgHlaOvpW2Zu86O7pihBk/sfZIuiA4BgHJwxBEHv2Pnzl2nS3pydMt+KJj5yq47BngzGwAAAACA&#10;h7BSKmh48w5JO6JbAAAPb9ng4OjaxkXPSZJko6R50T37YVtB4y+JjgAQy03t5tEVQImYt0YnFEMS&#10;HYDq527viW4okvN6W49vjY4AgHJw6s03T7jrn026N7plqtz1ic6hgfXRHQAAAAAAAABQLMtHtv7G&#10;XW+J7tgP44n5P52bz98THQIglrk3RTcAJeNqi04oBkZlKKme5uyJkpZFdxRJnacTr4qOAIBy0T2c&#10;G1CadEjaE93ySEy64sbh3FujOwAAAAAAAACg2LqHc5826ZLojikoyPX8jqGBn0aHACgLjMpQvcyO&#10;jU4oBkZlKCmTvzi6oZhMumC1lInuAIBy0Tmy5UZ3v0DSZHTLQzJd35BMvniVlEanAAAAAAAAAEAp&#10;bMzn3inp69EdD8dkb+4azl0V3QGgXNgx0QVAyZgaoxOKgVEZSsYlk+y86I7isqMPaml7WnQFAJST&#10;7uGB77t5h6T7olv+jtnlXq+OZYODo9EpAAAAAAAAAFAqq6S0M5+7QG7/N7rlQUyY9KLOfP8no0MA&#10;lIfvtbYeIml+dAdQMq5DV1XBJqviPwCUr77GY09SFR5Zmaa2PLoBAMpN99DADzxRh6Q7olv+yEyf&#10;njt0zAXdudxYdAsAAAAAAAAAlJpJ3jXcf7GkVZI8OOeP7pPreZ353FejQwCUjwMnk8OjG4ASy5yy&#10;cPGh0REzxagMpWOZs6ITSsFMZ0Q3AEA56h7MbayrS4836YrIDpPudfdndw7lXr1MG8r3Wk4AAAAA&#10;AAAAKIGufO79nmqZpO2xJf6jZNL/gSsvAfytgumQ6Aag1KzeK348yagMpWN6YnRCiTxmzcKF86Ij&#10;AKAcnb11666OfO6F5vYqSXfPeoDp+lR6cvfwwPdn/dkAAAAAAAAAUCa6R3LXp8nkqUFfBLxXZu/Z&#10;vWDuWR07BoYDng+gzCWWYVSGqpfxwqOjG2aKURlK6cTogBKpS+YcuDg6AgDKlUneOdz/mfpC3WIz&#10;fVrS+Cw8dpvczu8cyi3rzudunYXnAQAAAAAAAEBZWz44eEdnPneemz/DpF/NwiNTk65IM4UTu4b6&#10;P7Ry06bZeG8YQAVK5YzKUPXck4o/rIhRGUpitZSR1BbdUSoZr96PDQCK5aztt/++cyj36sk0WWTS&#10;JyTtLsFjfipp5e58rr1ruP+bJnkJngEAAAAAAAAAFat7aOAHnfncYxPZOZKukZQW+RFjkn05SZIl&#10;nfncecu3bRsq8usDqDJuWhDdAJSaSXOjG2aqLjoA1Wn+UdlDJTVEd5SKp94c3QAAlWLFyJbtkt64&#10;urHxnfOt4Zlmdr6kp0uaP82XvNXdv2N1dV/v2rZ5c/FKAQAASsslW9vcfEh9fX39xERmviQlhXR8&#10;Yn5m17M2by7FAB8AAAAA/qQj33+tpGvXLWxrKtTZ+SatlPQYTe8gklHJfiLzb47a5HeePTh4b3Fr&#10;AVQzc6vnnABUOzNGZcCDSur8YJdFZ5SO6aDoBACoNCtHRvZJukLSFet1Zt2+1pFTE/cny+04d7XL&#10;1CTpQP1plOy7XLbH3LfIbIvcf51mChuWDw7eEfdRAAAAPLRVUvL4xkVLMklygktteuCU6zaXFpmp&#10;sU9KMpLSCSnzx4MBMtKcfQX1NmcLknZJulfy7Sa7XeabXX5bwetuvym/ZXBV8U8TAAAAAFCDOnYM&#10;DEu6RNIlVzc3Pyrjc57q8lMTs8UuLZZ0sKRDJJmkCUl7JN3hps3m6lein83V5MZlg4OjcR8FgIrm&#10;nqnmOQEgSamcURnwYNKMLbCqHhb7gdEFAFDJlmnDpAa1UdLG6BYAAIDpWn/4kvn75o0+IVHyZJc/&#10;Sa4nSjr4T38ctr/6j0eSkXToA99skUtPlZskU0apTmvO7u01/dDk1ynJXNexbcstXP0NAAAAYKbO&#10;zefvkXTVH74BwKywxBN3VmWobubJdE4CLSuMylAarrHohNKyQnQBAAAAAGD2rT98yfzRueMrZP6C&#10;UY11mluDz862a55cnS7rVCFVX3P2zl6zHyjVVXMzE9/jhAAAAAAAAFAxPMnwtXKodp74RHTDTDEq&#10;Q0l4pnC/FTLRGSVjrt3RDQAAAACA2bFaysxvalthZuePamy5pHnRTZKOkPt5Mp03ltbd29PcdrkS&#10;+3L3YI6TYAEAAAAAQHkzn2RThmqXuBiVAQ9mjtm9k9ERpZRoV3QCAAAAAKC01h259MBCw/0vNdlF&#10;khZF9zwUlw4x2YVKdWFfc/Y2d31+srD3syt27Ngb3QYAAAAAAPB3UtsrY1WG6uZW+SeVVfz9nShP&#10;Z2/dukumndEdJVPwgegEAAAAAEBprG1tPaq3OfuvacPevMkuVRkPyv6WSyfI9PG6unkDPc3Zi1Y3&#10;Nh4Q3QQAAAAAAPCXUqV8IRyqnikZj26YKUZlKB1XLjqhVCaTzJboBgAAAABAcX2vtfWQ3ua2TyZp&#10;XV7SOyQdGt00A0eZ9O8LkrnDvc3ZVT3Z7EHRQQAAAAAAAJIkM0ZlqHruhYq/AY9RGUrGXTdHN5TI&#10;fXvzW4aiIwAAAAAAxbFayvS2ZP9lbpq5VbLXS6qPbiqiR0t6n43rl71N2Y7oGAAAAAAAAJnfH50A&#10;lJopuSe6YaYYlaFkLPEfRDeUyIaVUiE6AgAAAAAwc+ta2p60oKX9F3JdJtnR0T0ltEimvt7m7NfW&#10;tbUdER0DAAAAAABqVybVndENQKklnmFUBjwUH7MfS0qjO4rOtSE6AQAAAAAwMzedckp9b1PbB1O3&#10;H8p9aXTPLPo/6YTd1tfU/hKXLDoGAAAAAADUnsKE/S66ASi1e/1+RmXAQ+m+I7fTpf+J7iiywqQn&#10;q6MjAAAAAADTt7a1/TE7d+76pczeLSkT3RPgUDf/4rqm7Nq+xiWHRscAAAAAAIDacuMdud+L28FQ&#10;3XavHBnZFx0xU4zKUFKJ2zejG4rs+hUjW7ZHRwAAAAAApqevJfuyJPWfSFoS3RLNTV2eGfvZ2sZF&#10;J0W3AAAAAACA2rFKSiXnCkxULZeGohuKgVEZSipTX/iupPuiO4rHvxJdAAAAAADYfzedckp9b3P2&#10;8+76vKR50T1lw7U4SZKf9zW3vyE6BQAAAAAA1JJkJLoAKBWT5aMbioFRGUrq7K1bd7npP6I7imTo&#10;8MMP+UZ0BAAAAABg/6w/fMn8nTt3fUfSy6JbylSDyz/R29z2UZcsOgYAAAAAANQAS3PRCUCpmDkn&#10;lQFTkaj+PyRV/F2xcl166s03T0RnAAAAAACmrrf1+NbRA8Y2SloR3VL+7OLepuzX1uvMuugSAAAA&#10;AABQ3UzJ1ugGoFRS5/pLYEo6h277rbt/OLpjhm7ffVBDtZy4BgAAAAA1Yd3CtialE+slLYluqRRm&#10;On+seeQLq6VMdAsAAAAAAKhe7ml/dANQQrdGBxQDozLMij0Hzf2YTFuiO6bJPdWFKzdtGo8OAQAA&#10;AABMzbWLFjUXMvZjyVqDUyqOSy9a0Nx25erGxgOiWwAAAAAAQLXygegCoFSS1G+LbigGRmWYFSs3&#10;bRo3+YWSCtEt+8ukr3aP5K6P7gAAAAAATM3Vzc2Pmixk1pipObqlctny+Tb3MpcsugQAAAAAAFSf&#10;8QPqfy0pje4ASuD+jSMDVXG9K6MyzJrOoYH1Lr0rumO/uH7dkEy+MjoDAAAAADA1Vx533II6m9Mr&#10;96XRLZXOTOf3NbV9ILoDAAAAAABUn2dt3rzbJU4rQzXavKpKBpOMyjCrbsznPibpyuiOKbov9fSC&#10;ZYODo9EhAAAAAIBHtlrKzNk3+V13nRbdUjXM3t3Xkn1NdAYAAAAAAKhKt0QHAMXmpl9HNxQLozLM&#10;qlVSOjeZPE+yH0e3PIL7PVHH8pGtv4kOAQAAAABMzYKmtlWSnRXdUW3c9cme5uyK6A4AAAAAAFBl&#10;3H8ZnQAUm7lvjG4oFkZlmHXLBgdHfdyfI+nm6JaHMCrX+d2Duar5iQ4AAAAA1a6npa1LZu+M7qhS&#10;GZP+u+eYbGN0CAAAAAAAqB5Jop9GNwDFlnj1/LhmVIYQ3XfkdvocPVnSt6Nb/sadliZndA3nrooO&#10;AQAAAABMTU9z9kRzu0K8z1FKh1pGl6+WMtEhAAAAAACgOtxXGNsoaTy6AyiiXT8bHrg1OqJYeLMV&#10;YbpzubG5+cYXSvqIpDS6R9KmgtmZnSNbbowOAQAAAABMzXqdWWfSVyQtiG6pAU+e35x9S3QEAAAA&#10;AACoDitHRvaZiSswUUX856vKY/9SFIzKEGqZNkx25XPvlNJzJA0HZbjLP7M7HX38uUP9twU1AAAA&#10;AACmYV/T8NsknRLdUStM+lBvS/aJ0R0AAAAAAKA6pO7XRzcAxWJKro1uKCZGZSgLXfmt/zM3mVws&#10;6f2SxmbtwabrzXRqd37gVStHRvbN2nMBAAAAADPW05RtM7N3RnfUmDq5f6knm22IDgEAAAAAAJXP&#10;jFEZqkfBCz+IbigmRmUoG8sGB0e78rlVymROlnSZSjkuM7vFpBd0DuWWdQ7lflGy5wAAAAAASsIl&#10;S0xflDQvuqX22HEac67BBAAAAAAAM+b1yf9I2hPdARTBnd3DW2+Ojigmiw4AHkpfywlHp5p4rbnO&#10;k7SoCC85Lqk3kV12Tr5/rUlehNcEAAAAAAToa2p/iZt/Mbqjht2XJpPHLR8cvCM6BCi1tcce25KZ&#10;SE7wRM1yO9BNc/74/yXm96epbckkmf6fDW0eWiWlgakAAAAAUJF6m7NXSnpmdAcwI2aXdw31vzA6&#10;o5gYlaEi9LRkH2upP0dmT5J0sqRHT+G7jUl2i5nf5KndaD7nqs6RTXeXOBUAAAAAUGLrD18yf/SA&#10;sW2SDotuqXFf7crnXhQdARTb1S3tJyTuHSY7W/KnSDpoit91l0w/k+wnaaFw5fKRrb8pZScAAAAA&#10;VIuepuyrzPRf0R3ATJj0os587qvRHcXEqAwV6Zqm4xYWMoXFnuowuQ6X6SCT7TPTXe6F36Wp7jzy&#10;yEfdfurNN09EtwIAAAAAiquvuf2tLr8kugNyKX1aV37rj6NDgJm68rjjFszZl54v+UslPaFIL3ur&#10;pK/WF+o+f9b2239fpNcEAAAAgKqzbmFbU1pnQ2LDgso1XleXHnH21q27okOKiZ+QAAAAAACgYqw7&#10;cumBhYa9AyYdGd0CSaa+rqFcV3QGMF3XLlp0cKGQeb27v0FTOxl/OvZK/tWM133gnOHNO0r0DAAA&#10;AACoaL3NbT+U7KnRHcA0XdWVzz0rOqLYkugAAAAAAACAqSrMuf8iBmVlxNW5trX9MdEZwP5aJSW9&#10;zW2vmJxMtrr7B1S6QZkkzZPslQUrbO5pantXTzbbUMJnAQAAAEBlcrs8OgGYLpd/J7qhFBiVAQAA&#10;AACAirD+8CXzzeyi6A78NXN/fXQDsD96mrJtpzVlfyLZZyUdOouPnm9mH7Jx/by38dils/hcAAAA&#10;ACh7aWbyu5IK0R3ANIylmlgTHVEKjMoAAAAAAEBFGD1g9HxJh0V34K+Z65/WLWxriu4ApqKnObsi&#10;Md0k0+mBGScpydzY05R9VWADAAAAAJSV5YODd0i2IboDmIYrz83n74mOKAVGZQAAAAAAoEIkF0QX&#10;4EHVF+rtwugI4JH0Nbe/waQrXTokukVSg5n+q6e57ROrpUx0DAAAAACUA5N/LroBTzULAwAAIABJ&#10;REFU2F+m5PPRDaXCqAwAAAAAAJS9q1vaT5D8KdEdeHDmeinDGJSzvpb297j8E5IsuuUvmewNBzVn&#10;v87PHwAAAACQ7lvQ8H1Jd0Z3APthaGN+yw+iI0qFURkAAAAAACh7iacvjm7AwzpqfkvbGdERwIPp&#10;a2l/j7t/ILrjobj0gvnN2SvW68y66BYAAAAAiLRy06Zxd301ugOYMvevrpLS6IxSYVQGAAAAAADK&#10;2gNDC/vn6A48PPPkBdENwN/qa2k/393fH93xSEx67mjzSNkO3wAAAABgtlhd5vOSPLoDmIIJT+2z&#10;0RGlxKgMAAAAAACUtbGmHU806cjoDjwS/0dOWkI5Wdva/hh3/6LK7MrLh/GOnua2F0VHAAAAAECk&#10;rm2bN0taE90BTMHq7u25keiIUmJUBgAAAAAAylviHdEJmJIj9jWNPD06ApCknmy2ISn4f0tqiG7Z&#10;Hyb7VM8x2cboDgAAAAAIlejfoxOAR2T6z+iEUmNUBgAAAAAAypq7d0U3YGrMfHl0AyBJNq53yHRy&#10;dMc0HJTU6VPREQAAAAAQqWswt0HSjdEdwMO4sWso97PoiFJjVAYAAAAAAMrWura2IyQ9NroDU2VP&#10;iS4A1i1sa5J0cXTHdLnrH3ubss+M7gAAAACASGb20egG4KG4+0eiG2YDozIAAAAAAFC2fDI5S5JF&#10;d2DKTr520aKDoyNQ29I6+1dJ86I7ZsT0oVW8dwsAAACghnUM9X9X0i+iO4C/Zz/vHh74fnTFbOCN&#10;CQAAAAAAULbcdUZ0A/ZLZmIiOS06ArWrpynbJumF0R1FcNLpzdnnRUcAAAAAQBST3MzeG90B/C2X&#10;fzC6YbYwKgMAAAAAAOXLfWl0AvZPktjTohtQuxLT2yRlojuKwSv4Ck8AAAAAKIaOof4eSTdGdwB/&#10;YnZLVz53dXTGbGFUBgAAAAAAypJLJtMJ0R3YT6k/LjoBtWndkUsPdOn86I4iOrWvObskOgIAAAAA&#10;opjkiezd0R3AnxXeYZJHV8wWRmUAAAAAAKAsXbdoUZOkg6M7sH/c1B7dgNrkDXuXSzowuqOY3O3F&#10;0Q0AAAAAEKkj33+tpKuiOwDJ13YNbe2JrphNjMoAAAAAAEBZmizoH6IbMC0t63VmXXQEao9Lz49u&#10;KDrz7ugEAAAAAIjmrjdJGovuQE2bSJLMW6IjZhujMgAAAAAAUJZMxtWXlal+tPWOxugI1JZVD7zP&#10;+YzojhI48dpFi5qjIwAAAAAgUvdwbkDyz0Z3oJbZlzoGt9weXTHbGJUBAAAAAICylKZ2dHQDpsfS&#10;NBvdgNryxNbFiyU9KrqjFAqFzFOiGwAAAAAgmqVz3y/prugO1CDTzvpC5p3RGREYlQEAAAAAgPKU&#10;6NDoBEyPW9oS3YDaUkgLT4huKBV35ypgAAAAADWvc2TT3Sa9JroDtcdTf91Z22//fXRHBEZlAAAA&#10;AACgLJkzKqtU7loQ3YAa46rm0/GWRAcAAAAAQDnozOdWm+n70R2oKWu6hweuiI6IwqgMAAAAAACU&#10;KWdUVqFMOiC6AbXFzFqjG0rFpOboBgAAAAAoF5lM+gZJu6M7UBP2uuuN0RGRGJUBAAAAAICy5LJH&#10;RTdgetydURlm2xHRAaXi0sHRDQAAAABQLs7eujXvrrdFd6D6uest3cO5geiOSIzKAAAAAABAWeK0&#10;q0pm86ILUGNMc6MTSohRGQAAAAD8he7h3KdNqtkrCTErvtU9nPt0dEQ0RmUAAAAAAKBcjUYHYHos&#10;YRCIWZaqITqhhDw6AAAAAADKzb5k8kJ35aM7UI38t5OTyaujK8oBozIAAAAAAFCuGJVVKHONRzeg&#10;trhpd3RDqbjr/ugGAAAAACg3zx4cvDdj9jJJaXQLqkoq85et2LHlruiQcsCoDAAAAAAAlCtGZRXK&#10;pV3RDagtJt0T3VAqZtoT3QAAAAAA5agj33+tma2K7kBV+UDX0Nae6IhywagMAAAAAACUKWNUVqFc&#10;uje6AbXGfhddUDq+LboAAAAAAMpVx1D/h+T2vegOVAFT3w353AejM8oJozIAAAAAAFCmfG90AaYn&#10;ceOkMsy2TdEBpWKy/ugGAAAAAChXJnl9mnm5pKHoFlQy/219UnjxKq5T/SuMygAAAAAAQFly583A&#10;SpUqrdqrCFGezO3W6IaSseodzAEAAABAMZy1/fbfJ/LnSuILFDEde+X+rLO2baviU9Cnh1EZAAAA&#10;AAAoS0nig9ENmB4zvyu6AbWlYbT+l5LGoztKwSz5cXQDAAAAAJS7jvzAzZb6cyVNRregokxa6s/t&#10;Gt768+iQcsSoDAAAAAAAlCWXtkY3YHoKmuRkJcyqZTs37ZH0k+iOErjznMEtm6MjAAAAAKASdI4M&#10;9Ml0YXQHKoeZXtU5MtAX3VGuGJUBAAAAAICylFqyLboB03LHufk8119i1rm0LrqhBK4yyaMjAAAA&#10;AKBSdA3lvuDyj0Z3oAKYPt45lLssOqOcMSoDAAAAAABlaVwTg9ENmJbbogNQmwpp8jVJheiOYjLz&#10;b0Q3AAAAAECl6c4PvE2mf4/uQBkzfbxrKPfm6Ixyx6gMAAAAAACUpWcPDt4rKRfdgf3jLq6+RIgV&#10;I1u2S7YhuqOIhu8bGvhhdAQAAAAAVKLOodyb5fpCdAfK0mWdQ7m3REdUAkZlAAAAAACgbJn00+gG&#10;7B/jpDIEcvlnohuKxc0vXVllJ68BAAAAwGwxyQ8/4uBXuXR1dAvKh5m+f/jhB7/aJI9uqQSMygAA&#10;AAAAQPky/Sg6AfsnkXOyEsLcmM99V6qK0/LuG7PCZdERAAAAAFDJTr355okDksnnS1oT3YJ4Jl1x&#10;2GEHrzz15psnolsqBaMyAAAAAABQtiZlP4luwH7Zcc7wQDUMelChVkmpu38wumOmTPbhP1wBDAAA&#10;AACYgWWDg6O787lncxVmrfNLO/K5FzIo2z+MygAAAAAAQNlaPtR/u0w7ozswNSZdx/UBiNY9PHCF&#10;5NdFd8zAbxryx3w8OgIAAAAAqsVKqXDDcO4Vkn0uugUBXP/ZmR+4iPes9h+jMgAAAAAAULZMcnP9&#10;ILoDU+Ny/lmhLBQseb2k8eiOaUhTt9cu04bJ6BAAAAAAqCarpLQz33/hH063ZlxUG1zSO7uGc69l&#10;UDY9jMoAAAAAAEBZS90vj27AlHh9Ju2LjgAk6dyh/tvM/J3RHdPw0eXD/T+MjgAAAACAamSSdw8P&#10;vNfMni9pX3QPSmqvuz+nK5/7SHRIJWNUBgAAAAAAytoeH1snaU90Bx7RL8/atu130RHAH3UMDXxc&#10;0urojqky6Ye7FzS8L7oDAAAAAKpd51D/d5SoW9Ld0S0oibuVaHn38MD3o0MqHaMyAAAAAABQ1laO&#10;jOyTxJtAZc7MvxTdAPwlk3zuvoZ/MdMN0S2PxKTbJjX+jys3barEKzsBAAAAoOJ0DeY2ZNL0dJf+&#10;N7oFRfWLxDKndg3mNkSHVANGZQAAAAAAoOx5BZ02VKPGVJj7jegI4G8t27lpzz6b7JT0i+iWhzGQ&#10;qUs7z83n74kOAQAAAIBacs7I1n7N0amSLotuwcyZdMncfONpHUObt0W3VAuLDgAAAAAAAHgk61tb&#10;5456XV6uw6Nb8CDcvtc13P+c6AzgofQ1LjnUk7GrJD05uuUvmXRb4pmzzhnevCO6BQAAAABqWU9z&#10;9iKTPiqpProF++1+M13UOZRjHFhknFQGAAAAAADK3rLBwVG5/jO6Aw/OufoSZa5zZNPdc5PJsyR9&#10;K7rlL1xTV6h7KoMyAAAAAIjXnc99wqTHmvSr6BbsB9eGNFNYwqCsNDipDAAAAAAAVISrm5sfldGc&#10;vKT50S34M5f+tyufW2qSR7cAj8Ql623OvsGkf5PUEJRRMOnDG/O596+S0qAGAAAAAMCDWN/aOncs&#10;rVvl0sXioKZyNmayt3Xk+y/lPanSYVQGAAAAAAAqRm9z+6WSvy66A3/JX9yVH/hydAWwP3obj12q&#10;pO4yyR8/y4/+ZSJ/eUd+4OZZfi4AAAAAYD/0tizqliefkdQU3YK/YXZL4ulL+bN16bGqBAAAAAAA&#10;lSPJfFzSZHQGHuCu/OGHH/KN6A5gf3WNbLulM99/mtzOl7RtFh45bG6vmptvfAJvegMAAABA+esa&#10;2tqzOx09TtL7JY1F90CSdL/kr7xhqP+x/Nl6dnBSGQAAAAAAqCg9Tdmvm+n86A5IMntr11D/x6Iz&#10;gJlYrzPr9jUNP9fM3iTpCUV++d/I9Rlv0Be6czk+CQEAAAAAFWhta/tjktQ/q+L/mRFT9xOTXtmZ&#10;z22KDqkljMoAAAAAAEBFWdO4+Ji6JL1d0vzolppm2rJ7fsNJKzdtGo9OAYqlr3HxE5Skz3HpXElL&#10;pvkyt7qrN0n0jc6h3C+K2QcAAAAAiNPTnF1h0ickLYpuqRUu/W+i5I2d+S3XRbfUIkZlAAAAAACg&#10;4vS1tL/H3T8Q3VHLXHpmdz63JroDKJW1xx7bkqTJ4yy1Ezyxk+R+hKRD/vDtj+52aUjygcSSGycK&#10;tnHFyJbtQckAAAAAgBJbd+TSA9OGvRdLuljSvOieKrbLpY8ckEx+ctng4Gh0TK1iVAYAAAAAACrO&#10;6sbGAxYkDbdK1hqcUpPM1ds5nOuO7gAAAAAAAIiwpnHxMRlL326ml0maG91TRXa5+6WJz/1E58im&#10;u6Njah2jMgAAAAAAUJF6m7P/JOmr0R01aNykx3Xmc5uiQwAAAAAAACKtWbj4sLq69LWS3ijpoOie&#10;CnaHyf7Nxg64rON3t9wfHYMHMCoDAAAAAAAVySXrbc6uM+ns6JYa886ufO4j0REAAAAAAADl4pqm&#10;4xYWrPA6SS+X9OjongqyQ2afrssUPnX21q27omPw1xiVAQAAoCqtWbhwXqZuXmtidqzkR7vrMLk9&#10;2uSHuunRkh8q2aP1wLHUcyQdKKlO0oIHebndkiYf+K8+Ktndkt8t2d3m+r3L7pb53eZ2h5lGlNjw&#10;+Pie/IodO/bO0ocLADWr56js4TZHt0g6KrqlJpiuv2Eo9/RVUhqdAgAAAAAAUG5WL1kyZ8HusWfp&#10;gZPLnhjdU6bcpbWJkk9uzG/5wSreZypbjMoAAABQsVYvWTLnoL0TJ/iknyjzk0xaJFOru46VdER0&#10;n6TfyzUi06CbNiWuX0+a/ebAoWP6l2nDZHQcAFSL3qZsh0y94n2OUtuTWGZpx9DmbdEhAAAAAAAA&#10;5cwl62vNnqFUL5P0XD3wBe61bo+5VqeJ/qN7KPfL6Bg8Mt5sBQAAQEXoyWYP0phOl+l0k04yaYlL&#10;7XrgdLFKMyZpk2S/caU3J2nmhvsOrv/Vyk2bxqPDAKBS9Ta3f1byV0R3VDOXv6I7P/D56A4AAAAA&#10;AIBK0te45FBPxv9J7i+V6eTonlk2Ifk1Zsk3Jibu/z43vFQWRmUAAAAoSz1N2bbE9KRU/iSz5Ely&#10;XyIpE91VQmNm+pW73Sj5jWmm8KPl27YNRUcBQKVYd+TSA9OGvTdIWhLdUpVM/9U1lHtNdAYAAAAA&#10;AEAlW3vMosVJJnmOZM+R/FRV525nUqafmPStiYnkihU7ttwVHYTpqcYfnAAAAKhAaxoXH1OXFJZL&#10;dpakM1Qe11dGu0PSjyS/LuN1V58zvHlHdBAAlLNrmo5bOKnCz8zUHN1STczVe99wbsVKqRDdAgAA&#10;AAAAUC2uXbSouTCR6XbzZZLOVGV/XuROyXpN3rMvmbzm2YOD90YHYeYYlQEAACBMb+OxS5Vkni2p&#10;Q9ITVN0nkc3UpGQbJe/JpOm3zxnZ2h8dBADlqKcl+1hzXS9pQXRLldia1PsTOwYG7owOAQAAAAAA&#10;qFYu2brm7IkyX+aplsnsDEmPju56GEMmbXTXjVL6oxuGt968Skqjo1BcjMoAAAAwa1yyvuZFT5bs&#10;+ZI9W1JTdFMF2yb5Gsm/1ZXf+uPoGAAoJz2N2TMs0TpJDdEtFW6bF/S07u25kegQAAAAAACAWtPb&#10;enyrCpNLXX6SmZ0s+VLJsprdL9CflHxArk2SbpXs5/V1hRvO2rbtd7PYgCCMygAAAFByPU3ZtsT0&#10;IpdWSjo+uqfqmN0i98sn0+QrK0a2bI/OAYBy0NfU/hI3v0xSEt1Soe5MkuSMjsEtt0eHAAAAAAAA&#10;4AFrFi6cl6mfd5xcjeZq8kTHmKtJriY3HWPSYX/4Ww/Ww78vdr+kcXftNtOd5trpprtkukuuO919&#10;m3l62+6D592+ctOm8dJ/ZChHjMoAAABQEn2NSw5VMn6Byy+QdEp0Tw25WfLPJWMHfr3jd7fcHx0D&#10;AJF6WrL/x1xfklQf3VJhfm+Z5Bmd27b8OjoEAAAAAAAA07fuyKUHTjTcO+eP//vAJNm3bHBwNLIJ&#10;lYNRGQAAAIqqryX7OEkvk+uFLh0S3VPD7jLpa5Nmnzt3qP+26BgAiNLX0rbM3a6UtCC6pTL45sTq&#10;ujqGNm+LLgEAAAAAAAAQh1EZAAAAZmx9a+vc0TTzIskulPTY6B78nZtdfukB+aZvLNOGyegYAJht&#10;vU2LHi9LevTn4//x4H5iacMzO0c23R0dAgAAAAAAACAWozIAAABM25qFiw+rq0tf69KFJh0Z3YNH&#10;tM2lz6Ya/9y5+fw90TEAMJvWtrY/Jkn9u5KOjW4pS6a+8bmZlc/avHl3dAoAAAAAAACAeIzKAAAA&#10;sN/WtrYelXjdxXK9XFwnVonulvSpgsY/ybgMQC258rjjFszZV/iipOdFt5SRgkvv6srnPmqSR8cA&#10;AAAAAAAAKA+MygAAADBlPU3ZNjO9T9J5kuqjezBj90v+hYzXXXLO8OYd0TEAMBtcsnXN7a93+cdU&#10;4/8uc+l3lui8rsHchugWAAAAAAAAAOWFURkAAAAeEWOyqjcm2ZcnU/vAipEt26NjAGA29DW2dXpi&#10;X5J0VHRLkPUFJS87N79la3QIAAAAAAAAgPLDqAwAAAAPaf3hS+aPHjD2TkkXSTogugclt1vSv85N&#10;Jj+xbHBwNDoGAEptzcKF8+rr5r3XpTdLqovumRWmnXK9piuf+1Z0CgAAAAAAAIDyxagMAAAAf2e9&#10;zqwba97+Gpe/V9Kh0T2YdTskf//u/MAXVkqF6BgAKLWe1uzp5vZZuS+Nbikhl/TtjGcu4spjAAAA&#10;AAAAAI+EURkAAAD+Sl/T4qe6pZ+Q9LjoFkSzH6deeOPy4a03RZcAQKmt15l1o00jr5Pp7ZKOiO4p&#10;LvuxJ35x92BuY3QJAAAAAAAAgMrAqAwAAACSpL6WE46WT/y7Sy+IbkFZSSV9saDxt56bz98THQMA&#10;pbbuyKUHpnP2vlLmb5Hs6OieGfqNzN/XNTTwvegQAAAAAAAAAJWFURkAAECNu+mUU+p37tz1LkkX&#10;S5oX3YOydY/kb+/MD3zeHrhCDQCq2vrW1rn70szLTXaxpKbonv203s0/1jU00Mev2QAAAAAAAACm&#10;g1EZAABADetpzZ5uBX1GppOjW1AZTPqhJckrOwa33B7dAgCzYbWUmd/Sdk7i9s8uPUvS3Oimh7DL&#10;XN8pKP001xYDAAAAAAAAmClGZQAAADXoD6evvN9kb5JUF92DinO/yd7Vke+/lBNwANSS77W2HnJA&#10;of48N79A0umSkuCkcZeukfvX9vjYVStHRvYF9wAAAAAAAACoEozKAAAAasy6lrYnpW5flbQougUV&#10;zrXR3C/oHBnIRacAwGxbd+TSA71h9ImuwgpJz5SsdRYem0r6paSrE/maOfmmXy/ThslZeC4AAAAA&#10;AACAGsOoDAAAoEasljILmrPvkfQucToZime35G/pyg98LjoEAKK4ZD3HLGpPkswpLj/FEp0q11JJ&#10;j5rhS2+X/FeS3ZTIbppMJm5aPjh4RzGaAQAAAAAAAODhMCoDAACoAT1N2TaTvibT6dEtqE4ufWdO&#10;oe6VZ22//ffRLQBQLnqy2YN8NG2xJGmVvFWyeWZWb+7z//Lvc+lel9zk97jboNVlhub62NCywcHR&#10;mHIAAAAAAAAAtY5RGQAAQJXraWnrsgeuu3x0dAuqnQ+m7s9fPrz1pugSAAAAAAAAAAAATB+jMgAA&#10;gCq1XmfWjTYP/z/JXid+34fZM+nSu7vzuUuiQwAAAAAAAAAAADA9fHIRAACgCl137LFHTqSZK+Q6&#10;I7oFNcrs8rl757x82c5Ne6JTAAAAAAAAAAAAsH8YlQEAAFSZtY3tpyWJf1tSY3QLap1vNtlzO/O5&#10;TdElAAAAAAAAAAAAmLokOgAAAADF09OcfV6S+A/EoAxlwY5z6Uc9jVlOzAMAAAAAAAAAAKggjMoA&#10;AACqwCop6WvO/ptJqyXNi+4B/sKjLNF1fU3tF0aHAAAAAAAAAAAAYGq4/hIAAKDCrW5sPGBBMvfL&#10;kp4f3QI8PL+0Mz9wkUkeXQIAAAAAAAAAAICHxqgMAACggq1razsiHbcrZTo9ugWYom/NTSZftGxw&#10;cDQ6BAAAAAAAAAAAAA+OURkAAECFunbRoubJyWSdpOOjW4D9Ya7eicLe563YsWNvdAsAAAAAAAAA&#10;AAD+HqMyAACACrS2cdFJSZJcI+mo6BZgmm6enEw6V+zYcld0CAAAAAAAAAAAAP4aozIAAIAKs7ax&#10;/bQk8V5Jj4puAWbo1oxnzj5nePOO6BAAAAAAAAAAAAD8WRIdAAAAgKnraWl7epL4dWJQhupwYsEK&#10;P766efGi6BAAAAAAAAAAAAD8GSeVAQAAVIi+lrZl7naVpPnRLUCRbU0sc1bH0OZt0SEAAAAAAAAA&#10;AABgVAYAAFAR+hrbOj2xKyXNiW4BSmR7QcnTzs1v2RodAgAAAAAAAAAAUOsYlQEAAJS5tU3tT0vM&#10;eyXNi24BSsldecvUndE1ePtgdAsAAAAAAAAAAEAtY1QGAABQxnqbFj1ellwn6aDoFmCW5Mzqn9Y5&#10;dNtvo0MAAAAAAAAAAABqVRIdAAAAgAfX15J9nFlyjRiUobZkU5+45rpjjn90dAgAAAAAAAAAAECt&#10;YlQGAABQhnpbj2911xqXDoluAWabSf8wkZlcs+7IpQdGtwAAAAAAAAAAANQiRmUAAABlZl1b2xFK&#10;J/9H0sLoFiDQE9OGvd9ZrzProkMAAAAAAAAAAABqDaMyAACAMrK+tXVuOpF8R9Ki6BagDHSMNo18&#10;JjoCAAAAAAAAAACg1jAqAwAAKBOrpGQ0rfuK5E+JbgHKhulfelvaL47OAAAAAAAAAAAAqCWMygAA&#10;AMrEac3ZD0l6fnQHUHbcL+ltan9hdAYAAAAAAAAAAECtsOgAAAAASL1N7S+U+dfF78+Ah7LHTU/r&#10;Hsr9MjoEAAAAAAAAAACg2vFJSwAAgGC9TYseL0t+KGludAtQ5kaSej+lY2DgzugQAAAAAAAAAACA&#10;asb1lwAAAIF6jsoe7kq+LQZlwFQ0phN2+XqdWRcdAgAAAAAAAAAAUM0YlQEAAARZrzPrbI4uN1Nz&#10;dAtQQZaNNo98MDoCAAAAAAAAAACgmjEqAwAACDLaPPyvkp4e3QFUoLf1NGefFx0BAAAAAAAAAABQ&#10;rSw6AAAAoBb1tizqlidXi9+PAdN1T0HJqefmt2yNDgEAAAAAAAAAAKg2nFQGAAAwy/paTjhannxZ&#10;DMqAmXhURum3Vi9ZMic6BAAAAAAAAAAAoNowKgMAAJhFLlnqE1+WdFh0C1AFHjd/z9j7oiMAAAAA&#10;AAAAAACqDadjAAAAzKLe5vbXS/7J6A6giqRK9IyuwdyG6BAAAAAAAAAAAIBqwagMAABglvQ2HrtU&#10;SeZGSQ3RLUCVGSlofOm5+fw90SEAAAAAAAAAAADVgOsvAQAAZsF6nVmnJPMFMSgDSuH/s3fncZKY&#10;BZ3/v09Vz5EbgRhMprsnMzUZcASVBMIhmmiSORJOJagLystbFBFBWXF3CeoqCIKIsuhPV8QDjUHA&#10;JN09EJ1FEVCJuoEIyfRcPZPITcg1V3c9vz8CLEwmyRzd81R3v99/T7o+/UfqVV31redZ0a1LX9c6&#10;AgAAAAAAYKEwKgMAOAH2j9z2c0kuaN0BC1bJD4+Nrt7YOgMAAAAAAGAhcP0lAMAcu250zWO6tf5b&#10;nFIGc2338r3LvvHiz9x8d+sQAAAAAACA+cxJZQAAc6gmZajWt8agDE6E4X0n73916wgAAAAAAID5&#10;zkllAABzaHxkzY8n9a2tO2ARmSklT9ywa/JfW4cAAAAAAADMV04qAwCYIzece+5ZSf211h2wyHRr&#10;ze9c5W8dAAAAAACAY+aDFgCAOTI93f21JA9v3QGL0JMvHFn9I60jAAAAAAAA5ivXXwIAzIGJFec9&#10;sXb6H47XW9DKF5bMDK255LZPfK51CAAAAAAAwHzjpDIAgFlWk1JL/00xKIOWvu7g0PQrW0cAAAAA&#10;AADMRz7oBACYZePDa74vpf556w4gB7r9/jddtmf71tYhAAAAAAAA84mTygAAZtHmsx53Skr9jdYd&#10;QJJk6UzpvrZ1BAAAAAAAwHxjVAYAMIv6y/e+KMmK1h3Al5T6rM2jq5/SOgMAAAAAAGA+MSoDAJgl&#10;W85cd2pSf751B/A1Sr/mNa0jAAAAAAAA5hOjMgCAWbJ3+b6XpObM1h3AocrTNo+subR1BQAAAAAA&#10;wHxhVAYAMAvetXLlwzqlvLx1B3B4/dSrWjcAAAAAAADMF0ZlAACz4KS65MU1eVjrDuABPWVidPXF&#10;rSMAAAAAAADmA6MyAIDj9J61a0+rtb6kdQfw4Pq1/GLrBgAAAAAAgPnAqAwA4DgtvXfmR5M8onUH&#10;8OBKcunYyt6TWncAAAAAAAAMOqMyAIDjcPW6dUtT8nOtO4AjU/pxWhkAAAAAAMBDMCoDADgOp969&#10;/7lJzmndARyxp4+fu3Zt6wgAAAAAAIBBZlQGAHAcSnVKGcwzJTP9n2odAQAAAAAAMMhK6wAAgPlq&#10;fGXvovSzpXUHcNTu3teZHn72zp13tA4BAAAAAAAYRE4qAwA4VjP1xa0TgGNy6rL+0AtbRwAAAAAA&#10;AAwqozIAgGMwMfqYb0gpz2jdARybkrz4Kn8PAQAAAAAAHJYPUQAAjkGtB3+dv/N8AAAgAElEQVQw&#10;yVDrDuCYrXri6OqLWkcAAAAAAAAMIqMyAICjdNV9r6F+rHUHcHxKLT/UugEAAAAAAGAQGZUBAByl&#10;C0dWXZzk3NYdwHF7zrtWrnxY6wgAAAAAAIBBY1QGAHC0Svnh1gnArDhpWb/73NYRAAAAAAAAg8ao&#10;DADgKLxv1aozUsuzWncAs6OT8vzWDQAAAAAAAIPGqAwA4CjMTHeekeSk1h3A7KjJ0zaPrnWdLQAA&#10;AAAAwFcxKgMAOAo15XtbNwCzqszUmStbRwAAAAAAAAwSozIAgCM0sWLdw5N6aesOYHaVlO9u3QAA&#10;AAAAADBIjMoAAI5UOfDMJEtaZwCzrV5w/bnnjrauAAAAAAAAGBRGZQAAR6w+t3UBMCdKmek+u3UE&#10;AAAAAADAoDAqAwA4AmO93um15LtadwBzo5Q8q3UDAAAAAADAoDAqAwA4AuVg/a4kS1t3AHOk5tvG&#10;HtU7s3UGAAAAAADAIDAqAwA4AqWWja0bgDnVzbJc1joCAAAAAABgEBiVAQAcgZoYlcECV2q5tHUD&#10;AAAAAADAIDAqAwB4CGMjvW9MsqJ1BzDX6qU1Ka0rAAAAAAAAWjMqAwB4CKVmfesG4IQ4e/N9I1IA&#10;AAAAAIBFzagMAOChlHJJ6wTgxKgp39W6AQAAAAAAoDWjMgCAB3FV0knqk1t3ACdKNSoDAAAAAAAW&#10;PaMyAIAH8aSR3mOSfF3rDuCEeWpNSusIAAAAAACAlozKAAAeTIlTymBxecT7VqzqtY4AAAAAAABo&#10;aah1AADAQOvnyc4sgsWl3+k8KcnW1h0AAAAsfFcn3ZNHzhsd6s+c1+9kOCmnJFmWJCXljtTc2Sn9&#10;W/edNHTrM2+55a7GuQAALCJGZQAAD6KWPKV1A3Bi1ZoLk/xJ6w4AAAAWnquSzpNGV39HreWypD41&#10;KRck/ZNqpxzme401KUk/JUv3zmR8tHdrat1SUv5u/0ndcSMzAADmknM3AAAewLtWrnzY8v7Q5+LK&#10;cFhkyr9snNr6xNYVAAAALBxj5/RWZCg/WWpekGR4Fn7k3tQ6Xkt52z9PTV5/VdKfhZ8JAABfYVQG&#10;APAArh9e8+2dUt/fugM44Q7UpTl90+Tk/tYhAAAAzG/Xja55TLfWX0zyvUmWzNHDfKKWvO7uXZN/&#10;fGUyM0ePAQDAIuPUDQCAB9Dt9B/XugFoYmmdLo9pHQEAAMD89b5Vq0bGR3pXd2v9WJIXZO4GZUny&#10;6FLzh6eN9v5jbHT1xjl8HAAAFhGjMgCAB1Brvql1A9BGqXVd6wYAAADmp/Hh3jOmpzv/muS5OZGf&#10;xdWcV2q5fnxk9VuvPfvsk0/Y4wIAsCAZlQEAPKBiVAaLVKkxKgMAAOCobMlFQxMjvTem5N1JHtEo&#10;oyTlx4eGTr5x4tzzvrlRAwAAC4BRGQDAYdSkJE4qg0XMqAwAAIAj9p61a0/bN7Jnc01+Nve9r9Ta&#10;o+tM/4OuwwQA4FgZlQEAHMYNq1YNJzmjdQfQjFEZAAAAR2TLmetOXbZ35rok39m65RAnl1reNTa8&#10;+lmtQwAAmH+MygAADmN6OmtaNwBNrbx6xYqTWkcAAAAw2LasXLl838n7r6vJt7dueQDLSilXT4yu&#10;ubx1CAAA84tRGQDAYZTSObd1A9BU9+TuSStbRwAAADC4alL21SV/lJrvaN3yEJbUWv/i+uFVF7QO&#10;AQBg/jAqAwA4jNqvo60bgLaGZvqeBwAAAHhAEyO9V6TW723dcYRO7ZTOu24459GPaB0CAMD8YFQG&#10;AHA4pRiTwCJXOx3PAwAAABzW9SvWXJjkl1t3HKUVB7vTb2kdAQDA/GBUBgBwWHVl6wKgNScWAgAA&#10;cH9bVq5c3unUP02ypHXLMbhyfHj1fDldDQCAhozKAAAOo1YnlcFiV2s8DwAAAHA/e2e6r0zSa91x&#10;zEp541ivd3rrDAAABptRGQDAIa5KOqXk7NYdQFul1OHWDQAAAAyW61eufFQp5eWtO47TozoHy0ta&#10;RwAAMNiMygAADvGkFeselmSodQfQWClntU4AAABgsJSZoZcnOal1x/Gqtb70PWvXnta6AwCAwWVU&#10;BgBwiE72PqJ1AzAAajwXAAAA8BVjvd7ppeRHW3fMkq9bsnf6ha0jAAAYXEZlAACHOJjuw1s3AAPh&#10;YVf5mwkAAIAvO1Cfl+T01hmzpaQslIEcAABzwAckAACH6HRnnE4EJEn3gpGRM1pHAAAAMBg6Kc9v&#10;3TDLHnv9ilWPbR0BAMBgMioDADhEqR2jMiBJ0qlLnVwIAABAbjjn0Y+oybe17pht3W73Wa0bAAAY&#10;TEZlAAD3U4xIgCRJSd/zAQAAADk4NPMdWYCfq9VaL27dAADAYFpwL34BAI5XTT25dQMwGEqnnNq6&#10;AQAAgPZKrU9r3TBHLrx63bqlrSMAABg8RmUAAPfnjTTgPjNZ1joBAACA9mryza0b5sjJp9+1f03r&#10;CAAABo9RGQDAIWoxKgPuU0vxfAAAAECSnNc6YK70azUqAwDgfozKAAAOUfpGJMB9jEwBAAAY6/WW&#10;JTm7dcdcKSnntm4AAGDwGJUBAByq9I1IgPsU118CAAAsdjP3dk5LUlp3zJWa+nWtGwAAGDxGZQAA&#10;h6hxMhFwn46TCwEAABa9zrKDp7RumEudUk5r3QAAwOAxKgMAOEQnpdu6ARgMtVP9zQQAALDIdQ92&#10;lrRumEv9mqHWDQAADB4fkAAAHKJfs791AzAYSs2B1g0AAAC0NbSkf1frhrlUShb07wcAwLExKgMA&#10;OETpGJEAX2FkCgAAsMjN3Hva3a0b5lKpWdC/HwAAx8aoDADgUE4mAr6kX6vnAwAAgEVu/aduuifJ&#10;na075kq/1D2tGwAAGDxGZQAAhygxKgPuUzpGZQAAACRJPtE6YM50yq2tEwAAGDxGZQAAh3AyEfAV&#10;1fWXAAAAJEluaR0wR2pneplRGQAA92NUBgBwqI4RCXCfmrKvdQMAAACDoH6gdcFcqMnNG/bc/PnW&#10;HQAADB6jMgCAQ5SUL7RuAAZDv3S8sQ4AAEC6/bqldcNcKDXvb90AAMBgMioDADhE7dfPtW4ABsPy&#10;zrRRGQAAALlsz/atSXa07pgD720dAADAYDIqAwA4RI2TiYAkSX3Ywx/u+QAAAIAve3vrgFn22TO/&#10;/ozx1hEAAAwmozIAgEN0i5PKgCTJXRfceOPB1hEAAAAMiG73HUlq64zZUlOv8XcvAAAPxKgMAOAQ&#10;M51pozIgSXVKGQAAAF+xcccttyT5m9Yds2S6n+7rWkcAADC4jMoAAA5Rhoa+0LoBGATFwBQAAICv&#10;UUp+OQvjtLK/vGLq1u2tIwAAGFxGZQAAh9g0Obk/iROKgD2tAwAAABgsG3ZN/mtSx1p3HKcD6XZ/&#10;pXUEAACDzagMAODwdrQOANqqqTtbNwAAADB4hobqi5Lc07rjOPzml67yBACAB2RUBgBwOLXuap0A&#10;tFVq8TwAAADA/Vy6fftUKeW1rTuO0e66NK9pHQEAwOAzKgMAOJyOMQksdqVTplo3AAAAMJju3LX1&#10;10ry9607jtJMqZ3/smly8s7WIQAADD6jMgCAw6llZ+sEoK1S+ztbNwAAADCYrkxmDvY735/k061b&#10;jlgpV23Yfes/tM4AAGB+MCoDADiM4vpLYEl2t04AAABgcD19z6239fv9S5J8vnXLQynJb23ctfVX&#10;W3cAADB/DLUOADhWNSnj5/TOScnqdLM6NWcmSUmWl+Skr/y7Uu4u6d+RWr7YT+7o1M4dB2fy8aff&#10;futn29UDg67WmR0p3dYZQDufX79t2/z5tjkAAABNXL5n+0fHVvSeUzoZS3Jy657Dqck775qafHnr&#10;DgAA5pfSOgDgSGw+63GnzCy594JOyVNryRNLcl5Nzk2y/Dh+7GdTcnOt9eNJ/qPW+qF7dm//tyuT&#10;mVnKBuaxj5x//pLPfOaLdydZ2roFaKDk/Rt3TV7UOgMAAID5YfPI6vP7pYx/+cvPg6KmvvXuqW0/&#10;7X1vAACOllEZMJC25KKhvcN7vrOUckVSn5Lkm3MCTlcsyR01eX9S/q5T+3932e5tN5ekzvXjAoNp&#10;bKT30ZJ8U+sOoIGSt2zcNflTrTMAAACYP65fseqxnU7n+iTDrVty3/var90wNflK73EDAHAsjMqA&#10;gbH5rMedMrPsnu9OynNL8p0ZjKPCb0/qNaXb/d8bdtz6f1vHACfW+Oiad6TW723dATRQ81Mbd0++&#10;pXUGAAAA88t71q49bene/uuT+mMNM/aUUn9gw65tWxo2AAAwzxmVAc1dN3Leqk5mfqakvCDJw1v3&#10;PIBakn9ILW8rB066ev2nbrqndRAw98aGV/9SKeVXW3cAJ16/lu+4fPfWv2/dAQAAwPw0Mbrm+2ut&#10;r0ty9gl82JrkTztL6svXb9v26RP4uAAALEBGZUATNSnjI70rSurPJOW7Mr+ej+5K6h/1OzO/fvnO&#10;nZ9sHQPMnbHh1c8qpbyrdQdw4tUD+fpNn5z8TOsOAAAA5q/3rF172pK90/+tpPx05vpmjpoPdzr1&#10;Zet3bfvgnD4OAACLxnwacQALxPjoqk2pnVcleWLrluP0xVryu9mf3/KhMyxM142ct6qb/rbWHcCJ&#10;VWumNu2eHG3dAQAAwMJw7dnnPbI71H9RkheV5KxZ/NEzNRlPP6/ftGfy/bP4cwEAwKgMOHGuP2fV&#10;eZ1u941J3dS6ZZbdk1JeU5fU122anNzfOgaYXWMjvU/O8pt9wKAr9R0bd237/tYZAAAALCxbctHQ&#10;/tHb1qfWF9TkkiSPOIYfM53k31PK1dMz5c+fvufW22Y5EwAAkhiVASfA2KN6Z5al+c0k/yVJp3XP&#10;HLqtpr5y09S2t7cOAWbP+Ejv3Ume2boDOJHKSzZObf3t1hUAAAAsXDUp14+ueXS3nwtLqY+utZyX&#10;UodLckpNln3pn92RmjtTyq2l9G+ttf778r0n/dPFn7n57qbxAAAsCkOtA4CFbXx0zXNqrW/J4jjl&#10;55yS8sdjI71ndKfrS9ffvm136yDg+NXkQ8WoDBaV0i8fbt0AAADAwlaSml1bP57k461bAADgcBby&#10;iUFAQ+9aufJh4yO9q1PrOxfbtXEl+e7+ULllYmTNS1q3AMev1vKh1g3ACbX3kWed9m+tIwAAAAAA&#10;AFpy/SUw6zaPrn5Kv+bPkrKyccoguGZfZ/pHn71z5x2tQ4Bjs/msx53SX3bvHXHCKywWH9o4NfmU&#10;1hEAAAAAAAAtOakMmFUTo6t/ul/L3xqUfcX3LO8P/eP1K1Y9tnUIcGzWf+qme5J8tHUHcMK8v3UA&#10;AAAAAABAa0ZlwKy4OumOD/d+p9by5iTLW/cMmG/sdDr/NDa8+lmtQ4BjU1Pf17oBOEE62dw6AQAA&#10;AAAAoDWjMuC4jfV6p582snoiJT/VumWAnVRK+evx4d5LW4cAx6AYmcAicfddpyz7YOsIAAAAAACA&#10;1ozKgOMydk5vRTmQDyTlktYt80BJyRsmRnqvaR0CHJ27T13+gSR3t+4A5lap+Ycrb775QOsOAAAA&#10;AACA1ozKgGP23uG1Z5dutiR5bOuW+aQmrxgfXvO6mpTWLcCRufLmmw/U5P+07gDmVk1cdQsAAAAA&#10;ABCjMuAY3XDuuWfNlJn3J+m1bpmXSn35xHDvza0zgCPXKdUVmLDAdVKNygAAAAAAAGJUBhyD96xd&#10;e9rBmaFrY1B2fEp+amx09ctbZwBHpnaGjE1gAas1U5ft3nZz6w4AAAAAAIBBYFQGHJWxXm/Z0r0z&#10;707qE1q3LASllt8YH17zwtYdwEPbuOOWW2rysdYdwJz5q5LU1hEAAAAAAACDwKgMOCqd/XlLku9s&#10;3bGAlJT61vGVvYtahwBH5K9aBwBzo3TyztYNAAAAAAAAg8KoDDhiY6O9H6olP9S6YwFaln7eufns&#10;1cOtQ4AHV7rdv2zdAMyJ3Rt2TX64dQQAAAAAAMCgMCoDjsjEaO/xpeYtrTsWsIf3hzrv/Mj55y9p&#10;HQI8MFdgwkJV3+XqSwAAAAAAgP/HqAx4SO9bteqMWvOXSZa1blnY6hM+/dkvXtW6AnhwJa7Ig4Wm&#10;lLy7dQMAAAAAAMAgKa0DgME3PtJ7e5IXtO5YJGZK7Vy8Yfet/9A6BDi8iZHeOqeVwYKy566pyZVX&#10;JjOtQwAAAAAAjtbmsx53yszSe5+akm8tyWNLSa/WnJrkpC//m5LsryW7aq07OyWTtZQb61D+ddPk&#10;5J0N04EBZ1QGPKjx0VWbUjvXt+5YZHbP5MA3XzE19YXWIcDhTYz2PlxrLmzdARy/WuuvbNq97X+0&#10;7gAAAAAAOFITo4/5huTA99danp3kiUmWHMOP6Sf5UE2uyUyu2XTb5J7ZrQTmO9dfAg9o81mPO6X2&#10;O/+rdcciNDxUlv7P1hHAA+vX+oetG4BZUbudoT9qHQEAAAAAcCTGR3tPHh/p/U2tB3fXWl6f5Kk5&#10;tkFZct9e5KkleWPpZsf4SO/qsZW9J81eLTDfOakMeEDjI71fS/KLrTsWqZn0Zx6/cc+Om1qHAPe3&#10;5cx1p+47af/tSU5r3QIch5L3b9w1eVHrDAAAAACABzNx7nnfXGf6v5HkshPwcO/t1Pqy9bu3fewE&#10;PBYwwJxUBhzWdaNrHpPkZa07FrFuOt3fah0BHN7Fn7n57lpyTesO4DjV6pQyAAAAAGBgvWft2tMm&#10;RnpvrDP9j+TEDMqS5LJ+Kf8+Ntx787Vnn33yCXpMYAAZlQGH1an1N5Isbd2xyF08NtJ7eusI4PBq&#10;v7ytdQNwXO45cNLQX7eOAAAAAAA4nInh8562dO/MzTX52SRDJ/jhu6Xkp4eGTrp58+jqp5zgxwYG&#10;hFEZcD+bR1afX5LLW3eQlJLXb8lFJ/pFInAENu3e+g8pubV1B3BsauqfPPOWW+5q3QEAAAAAcKiJ&#10;0dU/XUv/hiTDbUvKyn4tfzs+0ntu2w6gBaMy4H76Ka9KUlp3kKTmvL2je57XOgO4v5LU0i9vbN0B&#10;HJP+UL++oXUEAAAAAMChJkbX/Gqt5c0ZnFullif5i4mRNS9pHQKcWEZlwNfYPLL6/CSuXBwgJeUX&#10;qpEfDKQ7694/TvLZ1h3A0arjl+3ZvrV1BQAAAADAVxsf7b2h1vpLrTsOo1NTf2tidPXLWocAJ45R&#10;GfA1+imvaN3AIWp93MTIqu9snQHc35V79uxNrW9t3QEcnU46b2rdAAAAAADw1cZGej+bmpe27ngw&#10;tZbXjY/2frh1B3BiGJUBX3HtivPOSfKc1h0cTsdxsjCgOkvz5iT7WncAR6iUm9ZPbX1f6wwAAAAA&#10;gC/bPLLmipL8ZuuOI1BS89bxlb2LWocAc8+oDPiKbqf//CTd1h0c1hXXn7PqvNYRwP2t37bt00n+&#10;qnUHcGRKP/+rdQMAAAAAwJdtHl17bk39k8yf/cZQ+nnn+MpHr2wdAsyt+fKkBMyxmpQkjiodXKXT&#10;KS9oHQEcXul2fjNJbd0BPKTblnUPvq11BAAAAABAklyddPt1+o9r8rDWLUfp4enP/G7rCGBuGZUB&#10;SZLxlb0LS7KmdQcPolOubJ0AHN6GHbf+3yTXtO4AHlyp5Vcv3rnTdbUAAAAAwEA4dWT1i5LytNYd&#10;x6Zumhjp+fwSFjCjMuA+/fqDrRN4CDXnXb9yzbe0zgAOrySvTtJv3QE8kLrzkV9/+h+2rgAAAAAA&#10;SJJ3rVz5sFLKf2/dcTxq6muvXrduaesOYG4YlQFfuvqyPLt1Bw+tzPSf07oBOLwNU5M3x2llMLBq&#10;Lb9xwY03HmzdAQAAAACQJMvq0M+n5szWHcenrDztrn0vbF0BzA2jMiBjK1Z9U0nOat3BQysljpCF&#10;AVadVgaDatfdpy9zShkAAAAAMBA2n/W4U0rNT7TumCW/+JHzz1/SOgKYfUZlQLrdclnrBo5UWfu+&#10;VatGWlcAh7dpavI/avKu1h3A1yolr7vy5psPtO4AAAAAAEiSuvzeFyZ5eOuO2VFWfvbTX9zUugKY&#10;fUZlQNIv39U6gSM3fbD71NYNwAPrl/Lfk0y37gC+rN7yyEee8futKwAAAAAAvqzWvLB1w2zql/xI&#10;6wZg9hmVwSI31ustqyXf3rqDo1GNymCAXbFr68dT8tutO4AvKfXnLrjxxoOtMwAAAAAAkuRLtxKd&#10;37pjNpVk/ftWrTqjdQcwu4zKYJEr+/uPS3JK6w6OQsmTWycAD25fmf6VlHymdQeQ927ctX2sdQQA&#10;AAAAwJcdnC7PTFJad8yyJTMHOxe1jgBml1EZLHIl3W9q3cBR+xZLfxhsz965847az6tad8AiN5P+&#10;zM+3jgAAAAAA+GqldJ7SumEu9JNLWjcAs8uoDBa5WvqPad3AUetMz3S+sXUE8OC+/uvP+IOSfLx1&#10;Byxif75xz46bWkcAAAAAAHy12q8LclRWSrmwdQMwu4zKYNHrrGtdwNGryarWDcCDu+DGGw+mX3+u&#10;dQcsRiW5o5Qlr2jdAQAAAADw1d6zdu1ppWSkdcfcqI+uC+9aT1jUjMpg0es78Wo+6teVrROAh7Zh&#10;z7aJkry9dQcsOrX83IZdH//P1hkAAAAAAF9t+b3To60b5tBp4+f0zmkdAcweozJYxLasXLk8KQt0&#10;Cb+wdUpZyC84YUEZmhn6uSSfbt0Bi0e9Yf3urW9rXQEAAAAAcKja6Szsz/iGcmbrBGD2DLUOANrZ&#10;e3DokaVrXDof1RTXX8I8ccltn/jcxOial9Za/6x1CywC+7r9+qKS1NYhAAAw27acue7Ue0+99xHd&#10;fvcR/X4eWVIekdI/LUlKOg/rp97/qqFSZzr9zudq6udqqZ/rl87nl093P33JbZ/43An/BQAASL/f&#10;P7WUhXtDZKd2HtG6AZg9RmWwiNXS/7piUzZPVUfHwjyyYdfWPx8f6X1vkqe3boEFrZT/edme7Vtb&#10;ZwAAwLGoSZlY+ejRWg8+Jsm6knJurRlJsrIkw/uy/4zOTDc1yX2fQ9Yk5Uv/bc1hP5qsJbXc952L&#10;kpJurTnYnc74SO+LSbYl2V5Tt5dSbu3PlI8tXTrziUu3b//i3P+2AACLU6eUpQv5G7H99E9q3QDM&#10;HqMyWMxK9+sc5DE/1ZqTWzcAR6fWvLSUfFfi/1+YCzX5WJbU17XuAACAI3XdyHmruuk/JTVPSsmF&#10;E8lj0p8+pXzVPGwOz7A4I8njkzy+5L6zfjudmunpTsZHenuSclMp+XCtMx88cNKSf37mLbfcNXcp&#10;AACLRz+1lLl8lddazf7WCcDsMSqDRayk//A5fWuKOVNKlrduAI7Opt2T28ZHez+Tmj9o3QIL0N4k&#10;z9s0OekNCwAABtYN55571sGZzoakbEry7Un/UUkG8e25FUldUWs2JZ0s3TszMzHS+2i/5m9L8r67&#10;6r6/v3LPnr2tIwEA5qNSyx0D+Ppv9hiVwYJiVAaLWEnnYU4qm7eWtQ4Ajt7GXZN/ODHSu7Qmz2vd&#10;AgtKzS9t2j35H60zAADgUGOjvW/t1DyrJpcfnMnjM4gTsofWrcm3lJJvSfKy08ryfeMjqz9Q0rnu&#10;YL9c8/Q9t97WOhAAYL6opX5uIZ9UVpZ0P9m6AZg9RmWwiJWkmJTNW04qg3lqb2f6J5bNDD25lIy0&#10;boEF4u/+affkm1pHAABAktSkjI+sfkpqeXYpeU5qzl2A778tT8olNfWSoU59w/jImg/W9K/ulKXX&#10;bNj18f9sHQcAMMiWDNXd09MLdlRWp/fftbt1BDB7FuyzFfDQxofXfF9K/fPWHRyTunFqstM6Ajg2&#10;E8PnPa2W/pYk3dYtMM99frrfeZyTEQAAaG1ixepeOuVHauoPJOUbWvc0UpN8MKlv7+w/5c/Wf+qm&#10;e1oHAQAMmpqUiZHeF5Kc0bpl9tX/3Di17ezWFcDsMUiAxazjTut57N7WAcCx27D71n9IiZOV4DjV&#10;1JcalAEA0MpVSWdiuPfMieHeWO2UT9TkFYt4UJbc9yX2pybl9/rL7t0+Ntx7/dhwb3XrKACAQVLu&#10;25V9tHXH3Cj/3LoAmF1GZbCozexrXcAx+3zrAOD43HXqsl9MzYdbd8A89gebpra9vXUEAACLzw3n&#10;PPoR4yO9qy4c6d1WS95dSzbGSdSH+vpS8rJSMjk+0vvA2Ejv6dXNKQAAX1L/tnXBXCgpH2zdAMwu&#10;ozJYzKqTyuatUr7QOgE4PlfefPOBJUMzz0pye+sWmH/KB84884wXta4AAGBxueHcc88aG+69/mB3&#10;eluSVyV5VOumeeKpJfmbiZHev4wNr37eVT6XAAAWuX4tf9e6YS7UOrOldQMwu/zxBotYJ+WO1g0c&#10;q2pUBgvAJTt2fCol35PkQOsWmD/qf/Y7B597wY03HmxdAgDA4jB2Tm/F+Mia3zs4050qJS9Lckbr&#10;pnnq/FLKX1w40ts+MbLmJVtWrlzeOggAoIWzvv70D6XkM607ZlfduWH39o+0rgBml1EZLGLdmSU7&#10;WzdwbEpiVAYLxMZdkx/Kfd9wBx7aTK3lhZfv3PnJ1iEAACx8EyvWPXx8eM3rSje3JPXHkixt3bRA&#10;jNbU39rXH7p5YqT3AtdiAgCLzQU33ngwtb6jdccs+6uS1NYRwOwyKoNF7JLbPvG5JHe27uDo1X5u&#10;a90AzJ4NU5OvLSXvbt0Bg67W+qpNuyff27oDAICF7T1r1542MdJ7Te3sn0qpL09ycuumBWpVTd6+&#10;eaR389jo6o2tYwAATqRayttaN8yimVrL77WOAGafURksdjU7WidwTP6jdQAwe0pS+0vygynlptYt&#10;MMD+dOPubb/WOgIAgIVtfHj19y7dO31TTV6R5JTWPYtBTR5Tarl+YqT3F5vPXj3cugcA4ETYtGvy&#10;31Iy0bpjNpTkmk27J7e17gBmn1EZLHKlY1Q2L3WNymCh2TQ5eWfdXy9JMtm6BQZNTd535pln/JDj&#10;0wEAmCubh1d/0/hI7wMp5R1JWdk4ZzEqNXlef6jcMj7Su2qs11vWOggAYK71++XXWzfMgn5JfV3r&#10;CGBuGJXBIldjVDYfLSkzH2/dAMy+TZ+c/MxMKc9I8vnWLTBAPpql+W2yy8wAACAASURBVJ4Lbrzx&#10;YOsQAAAWni1nrjt1fGT1m/ql/GuSp7buIScleVUO5KPjI6u+q3UMAMBcunz31r+vyXWtO45P+ZP1&#10;U9tubF0BzA2jMljsaj7UOoGj9tlLduz4VOsIYG5csWvrx0vtPCvJvtYtMAA+mc7QMzZNTt7ZOgQA&#10;gIXn+pVrvmXfSfs/nJSfSbKkdQ//T0nWJJ33jo2sfu3V69Ytbd0DADBXanfmp5Pc07rjGN3VrZ1X&#10;to4A5o5RGSxynen64dYNHLWPtg4A5taG3bf+Q0398bjqj8VtX039no07P7GzdQgAAAvL1evWLZ0Y&#10;6b2m06//kmRd6x4eUKek/MLpd+3/94nR3uNbxwAAzIXLd+zYVVN/sXXHManlxy/bfcvtrTOAuWNU&#10;Bovc+tu37U6yq3UHR67U3NC6AZh7m6a2vb2W/EgMy1ic9iX9KzZNbfvH1iEAACws15977uhpd+27&#10;oSavSDLUuoeHVpPH1Jp/HBtZ/eKalNY9AACzbdPUtjcn+bPWHUen/vbG3Vvf0boCmFtGZUBqjQ9s&#10;55PaMSqDRWLTrsn/XVJe2roDTrD9qXnWxqntf9s6BACAhWV8dM1zOjPdm5LytNYtHLXlJeW3J0ZW&#10;X3vdyMjXtY4BAJhtMznw4iSTrTuO0EeWd2Ze0ToCmHtGZUA6nfqh1g0csS8u23P2v7aOAE6cDVNb&#10;31STV7XugBNkOqV+38bdk5tbhwAAsHBcnXQnRnqvSa3XJDm9dQ/Ho1zezdJ/vn7Fqse2LgEAmE1X&#10;TE19YbrfuSjJjsYpD6H8y9BQ/5KLd+7c17oEmHtGZUDKwbwnrlebH2r924vzf6ZbZwAn1qapyV9O&#10;8uutO2CO9UvyQxt3bXtX6xAAABaOLWeuO/X00d41X7ru0tWJC0Ov0+l8YHy494zWIQAAs+npe269&#10;baaUy5P6n61bDqckH+8s6V9x6fbtX2zdApwYRmVA1t++bXeSf2ndwUOrKa6+hEVqw9TkL9XUt7bu&#10;gDlSa+rPbpia/JPWIQAALBzjKx+9ct9J+z9ca57VuoVZd3pK3j0+0ruqdQgAwGy6YtfWj3fK0FOT&#10;ekvrlkP841B35uL127Z9unUIcOIYlQFJkpq8o3UDD2l/vxz4i9YRQBslqZumtv1kTf5r6xaYZdOl&#10;lOdvmtr25tYhAAAsHOMjq74t/el/SbKudQtzpiR51fjI6j+6et26pa1jAABmy/pdt+xYMrPkqUne&#10;27rlPvX37jpt2XdesmPHp1qXACeW476BJMm1K847Z6jTn4qx6SC7ZuPU5HNbRwDtjY30XlGS17Tu&#10;gFmwryZXbpqavLZ1CAAAC8fY6OqNpZark5zauoUTpYxNT9/z3Kfffvu9rUsAAGZLTcrEcO8nU/K6&#10;JCc3SPhcUl+2cWrbHzd4bGAAGI8ASe67ozspH2zdwQOrydtbNwCDYdPU5GtLLT+ZpN+6BY7D3aXU&#10;TQZlAADMprHR3g+VWq6NQdkiUzcNDZ3899eefd4jW5cAAMyWktSNuyff0u/OfGO573PCE/WZQC01&#10;/3t6uvNogzJY3IzKgK+opf5R6wYe0GfvPm3Z5tYRwODYsHvrW2vJDySZbt0Cx+DOUjubNuzatqV1&#10;CAAAC8f4cO+lpeYPknRbt9DE+UuG+n8/dk5vResQAIDZdPmOHbs2TE3+YPoz31pqxufwoaZL8pf9&#10;2n/iht2TP/z022/97Bw+FjAPuP4S+IqxXm9ZOVB3JOUbWrdwiJI3btw1+XOtM4DBMza8+nmllLcl&#10;Wd66BY5ETT5V++WZl+/Z+k+tWwAAWDgmRta8pKa+Md7zpuTWbr978WW7b7m9dQoAwFwYG+l9Y0l9&#10;YZLnz9Lnurtq6l/Wbv8tl+/YsWsWfh6wQPgDG/gaEyNrfqGmvrZ1B19jb78zverynTs/2ToEGEzj&#10;K859XDrd65IMt26Bh/CRbu0+04c7AADMpvHRNT+fWn+jdQcDZbKUJd++YdfH/7N1CADAXLk66Z6+&#10;YvWl6ZSLavKEJBckOf0I/tMvlOSjST5Ua/+dG3Zv/0hJ6tzWAvORURnwNcZ6vdPLgUwlOaN1C19S&#10;8paNuyZ/qnUGMNjeO7z27Jky8zdJzm/dAodTSt5d9p38/PWfuume1i0AACwcE8NrfqKW+pZ4r5tD&#10;1ORjS2eGLrrktk98rnULAMCJcFXSecI5q3qlW85MysNL6sOTLKvJvtTc2enki+VgJtffvm1361Zg&#10;fvCHNnA/Y8O915eSl7XuIElyoDNde17cAUdi81mPO6W/7N4/S/LM1i1wiFdvmJp8tW+7AQAwm8ZG&#10;et9Tkr9I0m3dwsD6UGf/yZf6cgsAAMDR67QOAAbPTO28McndrTtIkvIOgzLgSK3/1E33LJ9a8T1J&#10;eXPrFviSg6XUF2+cmrzKoAwAgNm0eWTNpSX58xiU8eCe3F9277VXr1u3tHUIAADAfGNUBtzP0/fc&#10;eluSX2vdQfaXfv9XW0cA88vF+T/TG6e2/kxNnlGSO1r3sKhtryUXbti17XdahwAAsLCMrzj3cf3U&#10;a5Isad3CvHDx6Xfu/1+tIwAAAOYbozLgsM4884zXJ/lE647FrJTyPzfs2TbZugOYnzZNTV6bfn1C&#10;SrmpdQuLUC3vqkvzrZt2Tf5b6xQAABaWsXN6K9LpjiU5vXUL80ct+aGx4dW/1LoDAABgPjEqAw7r&#10;ghtvPFjSeXHrjkXsE3eeuvS1rSOA+W3Dnm2Ty8vBC5P8QesWFo2ZmvzXDbu3fvemyck7W8cAALCw&#10;fOT885eUbnlHknNatzD/lFJ+efPImitadwAAAMwXpXUAMNjGR9Zcn9RNrTsWndK/fOOu7WOtM4CF&#10;Y2xk9YtLymuTnNS6hYWpJp/qlPLDG3Ztvb51CwAAC9PESO/3a/KjrTuY1+4uyZM2TE3e3DoEAABg&#10;0DmpDHhQQ0MzP5nkC607FpVa3mVQBsy2TVPb3pzO0Dem5P2tW1iIyu8vGeqvNSgDAGCujI2s/lGD&#10;MmbBqbXkr9+3atUZrUMAAAAGnZPKgIc0Nrp6Y6nl+njOOAHqzpkcfPwVU1OGfMCcqEnZPLLmZ2rq&#10;a5Msa93DvPfZmvzkpqnJa1qHAACwcF2/cs23dPr1g3HyMrOl1Hds3LXt+1tnAAAADDInlQEPadOu&#10;beO15ndbdywCB0q/+zyDMmAulaRumNr6ppKcn+RfW/cwr/3Nku7MNxmUAQAwl96zdu1pnX59ZwzK&#10;mE21fN/4yOofa50BAAAwyIzKgCOzLC9Pzf9tnbGQlVJfuWHPrf/cugNYHDZMTd68vDP91NT6q0kO&#10;tO5hXvlCUn5iw9Tksy7ZseNTrWMAAFjYluybeVOSVa07WIjKG8bPXbu2dQUAAMCgcpUdcMSuX7Hq&#10;sZ1O5x+TnNa6ZaEpNeMf3j15xVVJv3ULsPhcN3Leqm7p/25qNrRuYaD1k/o7+zozr3r2zp13tI4B&#10;AGDhGx9e/b0p5R2tO1jQbjzzzDOefMGNNx5sHQIAADBojMqAozI23LuslFyXZEnrloWiJB8fmhl6&#10;2iW3feJzrVuAxW1spPf0krwlyYrWLQyWmnwsqT+xaWrbP7ZuAQBgcRh7VO/Msiw3p+bM1i0seK/c&#10;ODX5660jAAAABo3rL4Gjsmn35HtL8vw4UWuW1FvKknqRQRkwCDZNTV47Pd351pL8f0lmWvcwEO5J&#10;ctVJneknGJQBAHAidZbmzQZlnCBXTYz01rWOAAAAGDROKgOOyfhw70Up+d3WHfNZrZnqztRvW3/7&#10;tt2tWwAOdf255452Zrq/kvuGxF4zLj77S/Jb6S/7jQ17bv586xgAABaX8eHeM1LyntYdLB6l5J/u&#10;3DX51Ct9wQoAAOArfEAIHLPx0d4bUvPS1h3zUUnumOmUiy/fufXfW7cAPJjx4VVPSKfzutR8R+sW&#10;Toia5E+Hhvr/7dLt26daxwAAsPhsOXPdqXuX77+5lIy0bmFxKaW+eMOubb/TugMAAGBQGJUBx2Vs&#10;pPc/SvLq1h3zzOf6/XL55Xu2/lPrEIAjUZMyMbz6eemUV6fmvNY9zJkP1n5euWnP5PtbhwAAsHhN&#10;jK751VrrL7XuYPEpyR39Azlv0ycnP9O6BQAAYBAYlQHHbWxk9Q+UlD9MMtS6ZfDVWzplaOP6Xbfs&#10;aF0CcLRqUsZHeleU5Kokj2/dw+yoyXXdUn99/a5tH2zdAgDA4vbeFavWzHQ6H0uytHULi9YfbJya&#10;/NHWEQAAAIPAqAyYFePDvWek5C+TLG/dMsA+WPrLnr5hz82fbx0CcDy+alz26iTf2rqHY1OT65L6&#10;mk1T2/6xdQsAACTJ+PCav06pz27dwaLW76Q+cf3UthtbhwAAALRmVAbMmonR1RfXWv48yaNatwye&#10;8rd1aX3OpsnJO1uXAMyWLbloaO/I7u8vKS+Jk8vmi1qTG0rNb27cPbm5dQwAAHzZ5pE1l/ZT39u6&#10;A5Js2Tg1+Z2tIwAAAFozKgNm1bVnn/fIJd3+22vJxtYtA+JASfmF9VNbf7sktXUMwFwZG+19a6nl&#10;J5L6/CQnt+7hfj6b5He7tfv7l+2+5fbWMQAAcKiJ0d6Ha82FrTsgSTopl62f2vq+1h0AAAAtGZUB&#10;s64mZfPImp+pqa9PMtS6p5mSW/v9/n+5fPf2j7ROAThRJkYf8w21HvyxJD+W5OzWPeQTpeR39i/v&#10;vv2Zt9xyV+sYAAA4nInh3jNrybtbd8BXuXHD1OQTfEkUAABYzIzKgDkzPtxbX5PfLyUjrVsa+LOh&#10;of5PXbp9+xdbhwC0cFXSuXBk1VOS7guS+n1JTmvdtFjU5FOd5G1J/mTD1OTNrXsAAODBXJV0Lhzp&#10;/XuSx7Zuga9R88yNuyf/pnUGAABAK0ZlwJzacua6U/cu339VKXlJFsepZbtLKS/dsGvrO1uHAAyK&#10;q1esOOm0zvIravIDJdmYpNu6aQHam+Saks7b75y6dcuVyUzrIAAAOBITo2u+u9Z6TesOOIyP/tPU&#10;5LdclfRbhwAAALRgVAacEO9dsWrNTKe8JSmXtG6ZI3eXlP/2yDNPf8sFN954sHUMwKCaWLG61++U&#10;7y7Jc5I8IV6PHo/pmmzp1PLXM92D7758585Ptg4CAICjNT7S+5ckF7TugMMq/cs37to+1joDAACg&#10;BR/iASfMVUnnScNrfrBf6i+WZE3rnlkyk+Qvas2rNu2e3NY6BmA+ueGcRz/iQPfg5Ul5bkkuS7K0&#10;ddM8cGeS99Tkr+7u77vhyj179rYOAgCAYzW+sndR+tnSugMeUMn7N+6avKh1BgAAQAtGZcAJV5My&#10;PtK7otS8MiVPat1zjPYn9ff63f4bLt+xY1frGID57tqzz3vkUHfmktopl5Way5Kc07ppcNRbks57&#10;O8l7s/+kLes/ddM9rYsAAGA2jP//7N17nN11Yef/9+fM5MLVC+IFkklIJgRFrQr1Uq2FipAMqFVb&#10;ul7btbu61baurr382m2X3bbrurVutVV3e7Na+2uLtsoCmQS1eKuXVmq9pHKZCWQSqIIoEAy5zDmf&#10;3x/Qn1aBTMLM+Zw583w+HvBQHsmc13B4PJKc7/v7+Y6NfzDJ81p3wP2qvSdv3rXj71tnAAAA9JtR&#10;GdBMTcq2NRsmaq2vT3JWkk7jpLn4ZkreNdLt/e9zd++4rnUMwLDatnr9Y3sp56aUZyX1aUke0rqp&#10;j25M8qma+qE60rvCeBkAgGG0ZfX4+lJybRbH50EsbX+6eWbq5a0jAAAA+s2oDBgIk2tPW1t7sy8v&#10;yU8kWde657vUJJ9OyR/PHtz758+56aa9rYMAlporVm88abZ0zyjJGUl9elKenuSo1l3z4NaafLok&#10;V5V0PjkyOvv3z96x4/bWUQAAsNC2rB5/cyn5T607YA72d5bVsfOmp29uHQIAANBPRmXAQKlJmVw1&#10;/szSKS9O6jlpNzDrpebvklzc6db3n3fT9K5GHQDciyvXrl25N8tO63R7pyU5PaWcluQxSTYkWda2&#10;7l7tTXJ1kq+Umn+qnXJ1Op3tJz702B1nXnXVwdZxAADQT1euXbtyX2/0xiQPbd0Cc1GTX5qYmXpT&#10;6w4AAIB+MioDBtrk2tPWps4+q/byw6Xkh5M8coFeqia5ppRcmZSPjM6OfPScG6++dYFeC4AF8rkz&#10;zlh2y63fOrl0e6tTemt7tY6VktWllrGUPKomJ+Tuv46ex5fdk9Rbk84tSf1qUm6opTeTXnaVTpkZ&#10;6Y3s/NSua756UdKbx9cEAIBFa+uaDS+utf5Z6w6Ys5JrN+2cOq3c/RkiAADAkmBUBiwqW04eX1VG&#10;e49P7Ty+1GyoybqUrM/cBwK31uSfS3JjanbXUr/QqSP/2FvR+8LE1NQdC5wPwIC4eNWqo47K0Q8d&#10;zcETykjnhNSRkSTp1e6xpZTvOemsJvs66dyVJN1aD4yUemu3M3vrI0444VYnjQEAwOGZXD1+ZUrO&#10;at0Bh6NXyw+dv+u6j7fuAAAA6BejMmBoXLl27cr99aiHzNbuUd/5z0fLyF2z9Vv7jul07jr7hhv2&#10;teoDAAAAWOouGzt13Uh61yXptG6Bw1FL3jWxc+oVrTsAAAD6xagMAAAAAIC+2Lpmw6/WWv9b6w44&#10;Anfu6e17+IW7d9/VOgQAAKAf3A0GAAAAAEBf1Fp/rHUDHKFjjxtZsal1BAAAQL8YlQEAAAAAsOAu&#10;W7Ph0Uke17oDjlgtL2ydAAAA0C+jrQMAAADggdryyPETO8vyAyllY6311JSsTnJMkpX3/JA7ktyZ&#10;kutKr1zXK70v3Xncyr+/cPv2A+2qAWBp6TiljMXvuVeuXbvy7Btu2Nc6BAAAYKEZlQEAALAoXb52&#10;wxM63byklrqpJKfXpCR3//0+1aSWmpKS4/bs3zs5tv5TpeSS3v7ylxNfnbqlb/EAsASVlAuS2joD&#10;Hojj7qojZyeZbB0CAACw0O7vo3YAAAAYKBevWnXUsWXlT5aS1yQ5fR6/9GxNtnbSeeummWs/PI9f&#10;FwBIsm39+of3DpavxmfSLHrldzfPXPdzrSsAAAAWmpPKAAAAGHhbxsdXlAN5XUpen5oTF+AlRkty&#10;QU3vgq1j4/9YUn71vJnrLluA1wGAJal3sJwbgzKGQu/c1gUAAAD90GkdAAAAAPdny+rxc3MgX0ry&#10;xgUalP0rNXlCL/XSybH1l21ZPb5+oV8PAJaI81oHwPwoG7et2XhK6woAAICFZlQGAADAQNr2iMcf&#10;Mzk2/p5Ssq0kG/pfUM4vJV/eOrbhtf1/bQAYNvVZrQtgvnTTPbt1AwAAwEIzKgMAAGDgXLF640m9&#10;FXs/nuRljVNW1tTf2To2/u6LTz99eeMWAFiUrli1bkNSHtW6A+ZLp+aHWjcAAAAsNKMyAAAABsq2&#10;1esf2y2zn0vypNYt/6ImLz/+zv0fv/SkUx/WugUAFptup/xA6waYT73kaa0bAAAAFppRGQAAAANj&#10;66r1471Stg3iaSa15imjo72tW8bHj2/dAgCLjAEOQ6Uk4242AAAAhp1RGQAAAANh25qNp9RO+WiS&#10;k1q33I8zOgdzxbZHPP6Y1iEAsGjU8tTWCTDPysiy7ve3jgAAAFhIRmUAAAA0d/GqVUf1aveSJCe3&#10;bjmUWvOUumLvO1p3AMBisGV8fEVKTm/dAfOt1PLk1g0AAAALyagMAACA5o7rrHhHkse17pirmrx8&#10;cmz9K1t3AMDAO5jHJBltnQHzrS6i37sCAAAcCaMyAAAAmtq6evx5SfnJ1h2Hr7xly+rx9a0rAGCg&#10;1Wp4w1AqqY9t3QAAALCQjMoAAABo5kPr1j2olvzv1h1H6JhS6mJtB4C+KLVjVMaQKuu3jI+vaF0B&#10;AACwUIzKAAAAaOZgt/MLSR7ZuuPIlXMmV48/t3UFAAys0nt06wRYIKN1X+/U1hEAAAALxagMAACA&#10;JrauefSjSs3rW3c8UKXkf1zkz9cAcK9KyrrWDbBQOiNlvHUDAADAQvGhNwAAAE3UevDnkqxs3fFA&#10;1eTRT1mz/nmtOwBg0NSk1GRN6w5YKKV2xlo3AAAALBSjMgAAAPpuy/j4iiSvbN0xb2r52dYJADBo&#10;rli//sQkR7fugIXSq3V16wYAAICFYlQGAABA35UDeW6Sh7bumEdnbVuz8ZTWEQAwSGYPVKc4MdRK&#10;iVEZAAAwtIzKAAAA6L9aXtQ6YZ6VXno/2joCAAbJaBl5ZOsGWGCrWgcAAAAsFKMyAAAA+uri009f&#10;nlLPa90x/+r5rQsAYJD0ah7WugEWVj2hdQEAAMBCMSoDAACgr467c/8ZSY5u3THvap568apVR7XO&#10;AIBBUTo9gxuGXHlI6wIAAICFYlQGAABAX9XUp7duWCArju2seFLrCAAYFLUWozKG3YNbBwAAACwU&#10;ozIAAAD6qtSc3rphoZQM7/cGAIerFIMbht7ybY94/DGtIwAAABaCURkAAAB9Vja0LlgwtTO83xsA&#10;HKbay/LWDbDQumXv8D3WHQAAIEZlAAAA9N9Y64AF08mq1gkAMDCKURnDr7Ni2WjrBgAAgIVgVAYA&#10;AEC/De8jgmrvuNYJADBAVrQOgIU2MrJ/WesGAACAhWBUBgAAQL8N7yOCSjm2dQIADIripDKWgP2z&#10;o04qAwAAhpJRGQAAAP1WWwcsmFpmWycAwKCovdpr3QALbXlvdqR1AwAAwEJwBw0AAAD9dnuSo1pH&#10;LIiaO1onAAvvko0bjxvde3Bjp3ROK8mGWsvRKTk+pXdcajk6qcckSU3ZV5K9SbktpX6rpOytqdd3&#10;Ur9Suyuv3rR7+zdafy+woDrZP8RTckiS1F7Z17oBAABgIRiVAQAA0Gf19qQ8snXFQqidelvrBmB+&#10;bRkfP75zsPxg7eWslN4TknJa7uquSrn7AQA1Sco9q5la7vlZ5Tv+fs+Pqkm9Z13TS0k6+zO5ZvyW&#10;UvOVXs0XU/KxkWX14+dNT9/cp28NFl7tHBjmA0ohSQ5k5K7WDQAAAAvBqAwAAIA+60wndWPrioVQ&#10;aq5r3QA8MFfmrNH9q3adU0vnWSn1rBzIE2vqyN0LsXKon354ak6syYml5JlJfqZ3sNTJsfF/Ss1H&#10;S6dceUf3ri0X7t5trMBitr91ACy0Yw8uc1IZAAAwlIzKAAAA6K9Sr0nNROuMhVBKubZ1A3D4alK2&#10;jZ36rJrey/dl93OT8qBGpyuVJKen5PRa62uO66zct2Vs/MMlec+JJz7og2deddXBFlFw5Hr75n2M&#10;CYPmlhONygAAgKFkVAYAAEBf1eTLw3p5udPtfrF1AzB3H1q37kHd2ZFXbU39iaT3mNY992JlSS5I&#10;csHNN98+s2XN+HtHeyNvP3fXNTe1DoO5KKXz9Vo9/pKhdufZ+ehs6wgAAICF0GkdAAAAwNKybKT3&#10;4dYNC2Tnubt3ePwlLAJbTh5fNTm2/q2zs50ba+qbkgzioOxfKSVjpeaXu6W7a3Js/OLL1mx4dOsm&#10;OJTaq7e2boAFdkvrAAAAgIViVAYAAEBfPXvHjpkk17fuWACfaB0A3L9/GZOVkVyTlJ9LckzrpiPQ&#10;SfJjI7V+cXJs/D3GZQyyGqMyhp5RGQAAMLSMygAAAOi7mvq+1g3zrmb4vicYEtse8fhj7hmT7bhn&#10;THZ066Z5MJrkZSO1bp8cG3/PpSed+rDWQfDdOmXEqIwhV77eugAAAGChGJUBAADQd6XX+7PWDfPs&#10;6yc+/EGTrSOA7zW5Zt1Eb8XeL94zJlvWumcBlCQvGx3tXbN1bMNrL/J5HwOkdLK7dQMspFLrV1s3&#10;AAAALBQfMgEAANB3m3df/8XUfKF1x7wpufjMq6462DoD+LYtjxw/cXJs/L2pncuTrGvd0wcPram/&#10;85Sx9du2rB5f3zoGkmR5DtyQpLbugIVSO2UYH+kOAACQxKgMAACARkrJf2/dME9mU0Z/q3UE8G1b&#10;1qzfXFZke5KXtG7pv3JOKfnS5Nj6V7YugbNvuGFfkq+17oCFUpIdrRsAAAAWilEZAAAATdwxM/VX&#10;SaZbd8yDv9h8w9U3tI4Aks+dccayybH1by21XJ6aE1v3NHRUUv7P5Nj4e6488fRjW8ewxNXc0DoB&#10;FkqvVKMyAABgaBmVAQAA0MSFSbf06s+07niA9s72Or/UOgJIPnzKKY+45ZbbtiTl55KU1j0D4mX7&#10;Vu7/5OUnrzu1dQhLV3WSE0NsZMSoDAAAGF5GZQAAADSzaff01lIz2brjSJXkzc/Zfe2NrTtgqZtc&#10;dcrjD3Y7n0/KOa1bBk7J93VGOldtWT1+busUlqiSL7ZOgAVy83nT0ze3jgAAAFgoRmUAAAA01R3t&#10;/nRJbmvdcdhqvnDHcSt+s3UGLHWTY+uekc7IR5PyqNYtA+zYUnLpltXrf7x1CEtPKb0vtW6AhVH8&#10;tw0AAAw1ozIAAACaOv/663f2av23rTsO0+2l1h+9cPv2A61DYCnbumbD+UlnW5KHtG5ZBJaXUv5s&#10;y+rxn24dwtLSOWh4w5Aq1Sl8AADAUDMqAwAAoLmJXdMfrDW/17pjjmop5dWbdk9PtQ6BpWxyzYYX&#10;1Fr/OsnRrVsWkZFS8vbJ1eOvbx3C0nHuTdO7k9zeugMWwPbWAQAAAAvJqAwAAICBsHnX1M8l5d2t&#10;Ow6h1prXbNp53f/bOgSWsq1rNrwwtV6cZHnrlkWopOS3Dcvol5LUmvxd6w6YbzX5h9YNAAAAC8mo&#10;DAAAgIFQklqX11clubR1y32otdRfmNg19c7WIbCUTa4dP6vW+t4kI61bFrWSN29ZM/6K1hksDSX5&#10;29YNMM9u/7udU19oHQEAALCQjMoAAAAYGBNTU/tXzqx6QZI/bN3yXQ6UkldO7Jx+c+sQWMouX73u&#10;zPRySZKVrVuGQCk1v791zYYXtg5h+HVSPtW6AebZZy5Keq0jAAAAFpJRGQAAAAPl7Hx0dvPM1L9P&#10;zeuTHGzdk2Rn6XV+cNPOqUEbusGScumqU0/ulM6lSY5v3TJERmqt79myZvyJrUMYbvuO6nwmSbd1&#10;B8yXUorT9wAAgKFnVAYAAMBA2rxr6n/VTp6Z1BvaVZQtpbfi6UDKJgAAIABJREFUSZt2X/t37RqA&#10;i08/fflop/fXSR7ZumUIHV1qLvnwyaed0DqE4fW8a67Zk+QfW3fAfKm16/Q9AABg6BmVAQAAMLAm&#10;bpj6zIknPvjUmvxSkn19fOntJZ1nb5657vxNu7d/o4+vC9yL4+7c/8YkT27dMcRWHxw5+O6alNYh&#10;DLFaJ1snwDzZs+e4oz7ROgIAAGChGZUBAAAw0M686qqDEzNTb+p0Ok8syXuysI/E3JPkl1d2Zs/c&#10;NHPthxfwdYA5mlyz/vmpeV3rjuFXzt+6ety/ZxZOqdtaJ8A8ufLC7dsPtI4AAABYaO4+BAAAYFH5&#10;0Lp1Y7OznZ+uNS8uJWPz8CVrST7RK3l3luX9E1NTd8zD1wTmwRWrN57ULd0vJHlY65YlYn8tedrE&#10;zqnPtw5h+FyZs0b3j+2+pSYPbt0CD0StefXErql3tu4AAABYaEZlAAAALEoXJZ3vX73hGZ1SN6fm&#10;rJScmWR0jj99V5JPp+Yz3dK55IKZa3csXClwpCZXb/jrlPr81h1LzJdWzqx60tn56GzrEIbP5Or1&#10;f5VSXtC6Ax6IWjM+sWtqunUHAADAQjMqAwAAYChcvGrVUccvO/rU2u2dWktdU2o5tiQrk6QmvVJy&#10;Yy91x2hv9Avn7rrmpta9wP3bNrbhgl7qpa07lqby2s0z172tdQXDZ8vq9T9eSvmL1h3wAHx+88zU&#10;k1pHAAAA9INRGQAAAAAD5eJVq446rrPyS0nWt25Zou4YqSOPNsBlvl160klHj44efXOSY1q3wBH6&#10;5c0zU29sHQEAANAPndYBAAAAAPCdju+s/KUYlLV0/Gy6v9U6guHznJtu2luTra074AjVbjp/2ToC&#10;AACgX4zKAAAAABgYl69d+8ia/HzrjqWulLxo29j6M1p3MHxKLX/VugGOREm+cMHMtTtadwAAAPSL&#10;URkAAAAAA6NTR38hyVGtO0jppfyX1hEMn5UjBz+Q5JutO+DwlT9pXQAAANBPRmUAAAAADIRt69c/&#10;PDWvat3B/+85Titjvp19ww37UvLnrTvgMO0f7Y68t3UEAABAPxmVAQAAADAQurPltUmObt3Bt/VS&#10;frF1A8OnJH/UugEO0yXn3Hj1ra0jAAAA+smoDAAAAIDmPrB27YNLzc+07uB7vHDr2PjprSMYLpt2&#10;Tv1DSf6xdQfMVa2GkAAAwNJjVAYAAABAc0fVkZcmOb51B9+jU1M8kpR516v5/dYNMEc77tw19ZHW&#10;EQAAAP1mVAYAAABAc7WWV7Ru4L7Ul2wZH1/RuoIhsyJ/nNR/bp0Bh1JK3nJh0m3dAQAA0G9GZQAA&#10;AAA0NbnqlMcneWLrDu7TQ8vBcn7rCIbLxNTU/qS8rXUHHMKtBw/ufVfrCAAAgBaMygAAAABoqpaR&#10;l7du4BBq9R4x7+ryvCPJ7a074H78wXNuumlv6wgAAIAWjMoAAAAAaObKnDWakpe27uCQJrY8cvzE&#10;1hEMl4mpqTtK4hQoBtW+2s3bW0cAAAC0YlQGAAAAQDP7V9/0tJI8onUHh7Sss6xc0DqC4XOw13lz&#10;kgOtO+B7lLxj4sap3a0zAAAAWjEqAwAAAKCZXrrPbt3A3NROzm3dwPB5zu5rb0zKn7fugO9y10hv&#10;5LdbRwAAALRkVAYAAABAM6WUZ7VuYI5q/eGalNYZDJ/ZXvmVJN9q3QHfVn/v3F3X3NS6AgAAoCWj&#10;MgAAAACa2DI+fnySJ7fuYM4evmXVuse2jmD43H1aWd7WugPucUdnWd7cOgIAAKA1ozIAAAAAmigH&#10;e89IMtq6g7krnY6T5VgQK+9a8d+TOBmK9mr+63nT0ze3zgAAAGjNqAwAAACANmrnGa0TOGzeMxbE&#10;2bdsv7OW/GrrDpa4kmv3HL/i91pnAAAADAKjMgAAAABaeUzrAA5PSR7duoHhdefOqXfX5MutO1i6&#10;Ss2vXrh9+4HWHQAAAIPAqAwAAACARupprQs4bONX5iyPLGVBXJh0S80bWnewVJWPnDcz9b7WFQAA&#10;AIPCqAwAAACAvvvcGWcsS8q61h0ctuV7T57xvrFgNu+a2lZL3tW6gyXnW72R2Z8qSW0dAgAAMCiM&#10;ygAAAADou1u+cee6JMtad3D4ykhnY+sGhtuykd7rkuxq3cGS8pvnX3/9ztYRAAAAg8SoDAAAAIC+&#10;q93uqa0bODKdUr13LKhn79hxe63151p3sGRcXZfnLa0jAAAABo1RGQAAAAB9V1If1bqBI9PrFe8d&#10;C25i1/QHk/Lu1h0MvQO15MUTU1P7W4cAAAAMGqMyAAAAAPqulBzXuoEj0yk5vnUDS8PoaPe1SXa3&#10;7mCoXTSxc+rzrSMAAAAGkVEZAAAAAH1XazEqW6Rq8d7RH/c8BvNnk9TWLQyfUvLZlTOrfqt1BwAA&#10;wKAyKgMAAACg/5xUtnjVnveOvpnYNf3BlPxO6w6Gzh2dbu9lZ+ejs61DAAAABpVRGQAAAAB9V6pR&#10;2WJV4qQy+uuzO6fekOSK1h0MjdpJecm5u3dc1zoEAABgkBmVAQAAANB3NTm6dQNHpibHtG5gabko&#10;6XWW1Zcl2d26haHwP86bue6y1hEAAACDzqgMAAAAgP6r2dc6gSPmvaPvzpuevrlXy0uSeFwhD0D9&#10;xMqZVb/WugIAAGAxMCoDAAAAoO9KyZ7WDRyZUnNH6waWpvN3XffxUurrWnewSJVcW3orf+TsfNQw&#10;EQAAYA6MygAAAADou16tRmWLVDUIpKHzdk6/PTV/1LqDxaUkt9Wa52/avf0brVsAAAAWC6MyAAAA&#10;APqudDqGSYtVNSqjnZLUz+6aemWSi1u3sGjsT+08d2Jm6p9ahwAAACwmRmUAAAAA9F3pGSYtWh2P&#10;v6Sti5Lent6+n0zKJ1u3MPBqavkPm3Zd+4nWIQAAAIuNURkAAAAAfdcr9eutGzgypRfvHc1duHv3&#10;XQeO6kwk+YfWLQysWmr5qc27rvuT1iEAAACLkVEZAAAAAH03UuvVrRs4MrVTvHcMhOddc82eeiCb&#10;UnJt6xYGT0l53aZd172rdQcAAMBiZVQGAAAAQN91V5TrknRbd3D4Sq3XtG6AfzHx1albai8TSb2h&#10;dQuDo9b89qaZ697augMAAGAxMyoDAAAAoO8mpqb2J9nZuoPD1u0tz1TrCPhOE7umppeN9J6aUr7Y&#10;uoX2avJLE7um3tC6AwAAYLEzKgMAAACgiVLjxKvF54Z7BoEwUM65/vqvdev+s1LzmdYtNFNrqT8/&#10;MTP1ptYhAAAAw8CoDAAAAIAmeqVe27qBw1NqvGcMrAtmZr7ZLQcmDMuWpJqaN0zsnH5z6xAAAIBh&#10;YVQGAAAAQBOd0vlE6wYOTy3xnjHQLpiZ+ebKfSuenZSPtG6hbw4kefnmXVNvaR0CAAAwTIzKAAAA&#10;AGiju/zKJL3WGcxd6XUMdRh4Z9+y/c49M9edVxKPQRx2JbfUTn5o88zUe1unAAAADJvSOgAAAACA&#10;pWtybPyqJE9q3cGcfHPPzNSJFybd1iEwV5Nj61+ZlN9Nsrx1C/Or1syMpJ5/3q7pL7duAQAAGEZO&#10;KgMAAACgnVr+pnUCc/ZxgzIWm80z079fS55aa2ZatzCPavlAVuRxBmUAAAALx6gMAAAAgGZK7Xmc&#10;4iJRU71XLEoTO6c+3+kse2pqPtO6hQesW5Nf2rTruhdOTE3d0ToGAABgmBmVAQAAANDMwd5dH09i&#10;GDD46kgZvax1BBypTTu/8s976r4fTs3bk9TWPRyRb5SaF07MTL2peA8BAAAWXGkdAAAAAMDStnVs&#10;/Pdr8u9bd3A/aj66edfU2a0zYD5sWbP+h0st706yqnULc1OTy0aW1Z86b3r65tYtAAAAS4WTygAA&#10;AABoq3b+tHUC96924j1iaEzsnP6bfZ3Zx6XUP2/dwiHtTeqrNs9MPdegDAAAoL+cVAYAAABAUzUp&#10;W8fGp5Ksa93Cvdpbl+dRE1NTHlPKUKlJ2bZm/WtqLf8zyVGte/jXSvKPvZJXTOyc+nzrFgAAgKXI&#10;SWUAAAAANFWSWpL3tu7gPpTyfw3KGEYlqZt2Tv/ebK+zIXEa3wC5M6mv+szM1BkGZQAAAO04qQwA&#10;AACA5rat2XhKr3avSbKsdQv/Wi31WRM7p/+mdQcstK2rx59XS/2dpKxtnLKE1U90OiOvPO+Ga69u&#10;XQIAALDUGZUBAAAAMBAmx8b/IMm/a93Bdyj52OadU2e1zoB++dwZZyz7+i13vLqm/kaSY1v3LCFf&#10;Kum8ftPMtR9uHQIAAMDdPP4SAAAAgIHQTeeNSWZbd/Adau/XWydAP5151VUHN81c99bSq09M8r4k&#10;vdZNw6wkt5VS31CX5/sNygAAAAaLk8oAAAAAGBhbx8bfXZOXt+4gSconN89c94OtK6ClbavXP7ZX&#10;yq8leWHcpD2f9pRS3pbu8rds2r39G61jAAAA+F5GZQAAAAAMjC1j448pyZdivNFcTZ47MTN1aesO&#10;GASTa09bm173/0nqK5KMtu5ZxL5ZkzcdddeKt599y/Y7W8cAAABw34zKAAAAABgok2vG356aV7fu&#10;WNrKls0z153fugIGzdax8dNr6huS8m+SrGzds4jcnOQd9UDeMfHVqVtaxwAAAHBoRmUAAAAADJQt&#10;4+PHlwP16qQ8qnXLErWv9OrjNu2enmodAoPqko0bj1t+1+yLasrPluSxrXsG2Kdr8sY7Z6a2XJh0&#10;W8cAAAAwd0ZlAAAAAAycybH1P5GUP2ndsRTVWn99Ytf0r7XugMXgoqTz5LHx80vymiTPjkf3Jsm3&#10;SvJXtZN3bbph6mMlqa2DAAAAOHxGZQAAAAAMnJqUravH/yYlZ7VuWWJ27Onte+yFu3ff1ToEFpvL&#10;TzllzUh39Mdr6r9J8sTWPX3WS8qnUuqf1GV538TU1B2tgwAAAHhgjMoAAAAAGEhbTzn1+2q393dJ&#10;lrduWTJqnrd519T/bZ0Bi922k9avrqOdF9TUH0vy9NY9C+RgTbYl9X2d3srLNu3e/o3WQQAAAMwf&#10;ozIAAAAABtbW1Rv+Qy31na07loJa89sTu6be0LoDhs3kqlMeX0c655baOTupP5jkuNZND8A3knyk&#10;pn6o2xvZ8pzd197YOggAAICFYVQGAEvEpSed+rBly3pj6WV1LXef9FBKHlRr7Xz7R5VvdlJuq71y&#10;e7fO3jZSjvq6O40BAGhtcmz8T5O8tHXHkPvblTOrzjo7H51tHQLD7MqcNXrX2t1nll7OrsnZJXla&#10;kmNbd92nkltS85kkn0rtfWTPrh3/cGHSbZ0FwHC7OBl50Pr1Jxyc7ZwwUrsnlNo54V8+065J7aRz&#10;W+7+P/tnS27ce9yy3Rdu336gaTQADCGjMgAYMles3nhSr9N7Wk39gdRyWlLXJlmT5Jgj+4r1n2vK&#10;l1PzxU7K9lJ6X7x9ZvoffYgMAEC/XHni6cfuO2r/3yc5rXXLkPp67eaJEzdO7W4dAkvNRUnnKads&#10;3FBnZ5/QKeWJNXlikickeXiDnJ1Jrq41Xy6lfqnXrZ8+/8Yd1zboAGCJ2Lrq9IfW0f2PL91yWi/1&#10;9FLKo5PeY5LyqMP8UjWpX006u1Ozu5T6pVp6n102u/yz59x49a0LEg8AS4BRGQAscpeuOvXkkdJ7&#10;bunUH0wtP5C7B2QL7ZtJPpKSrXU221x8AgBgoW0bW39GL+WTSVa2bhkyNaW+cPPO6Q+0DgG+7dJV&#10;p5482pk9pZSRsV56J6VmVVJWleSkJGNJjk7SSfKgOXy52ZrcWpJbk3pram4ppcwk5YZaejOdmpl9&#10;R41e+7xrrtmzoN8UAEvelWvXrtzfW/6MpHdOTZ6du4fUnUP9vAeiJteV5LOl5GNltP7f86anb17I&#10;1wOAYWJUBgCL0LY1G0/pZvaFpZYXJHlq2v+avr2U8pcHu+WPn7P72hsbtwAAMKS2jW24oJf6gSSj&#10;rVuGRa159cSuqXe27gAemA+tW/eg/bOz33NRfsXoaO/ZO3bc3qIJAJLk0pNOOnp09OgX5O7H2T8z&#10;yVENc3pJ+VQtvUs63Xxw0+7pqYYtADDwWl+ABgDm6Mq1a1fuq6MvSc1/SHJm65770K3JZKn5g5W7&#10;Vm05Ox+dbR0EAMBw2bJm/CWl5j1Z4BMNloJa669P7Jr+tdYdAAAMn8k1408rNf+2JhdmbidrtnBV&#10;Un+3Li9/MTE1tb91DAAMGqMyABhwW04eX1VG8uok/z7Jw1r3HIabavK2kf1H/955X/vit1rHAAAw&#10;PLauWf8ztZbfbd2xuNW3bZ6Zfm3rCgAAhsfFycixY+tfUlJ+McljWvcchptLKX/Q6XXece6ua25q&#10;HQMAg8KoDAAG1LY1G0/p9rq/UUp+LMmy1j1HrOSWmvo/uwfvesdzbrppb+scAACGw+Sa8bek5nWt&#10;OxapS1bOrPpRJwsDADAfLk5Gjh8bf3Et+c+pObV1zwNwMKl/1pnNr5130/Su1jEA0JpRGQAMmC3j&#10;48d3DuSXa/Ifk6xo3TNfavK1UvOmuiLvcJQ4AADzYevYhtfW1LfEozDnrJS8846dUz97YdJt3QIA&#10;wOJWk7JtzYYX1dT/ssjHZN9tX0192/5O943Pv+GG21rHAEArRmUAMCC2jI+vyIH8x5L8YpKHtO5Z&#10;QNen5qc375ra1joEAIDFb3Js/KVJ/ijJ8tYtA66WlNdtmrnura1DAABY/C5bs+HRI6nvTM0PtW5Z&#10;QN9IzW/uOX7F7124ffuB1jEA0G9GZQAwACZP2bgx3e57kjy5dUuf1CR/1M2BX7hgZuabrWMAAFjc&#10;tqxZ/8Ollg8kOb51y4A6WFP/3cTM9HtahwAAsLhdsnHjccvvmv2NpLw6yWjrnn4oyVdK6svOm5m+&#10;qnULAPSTURkANHT38eDrX1NreVOSo1v3NPDVmvzsxMzU+1uHAACwuE2uXvf9KeXipKxtnDJovlFK&#10;efmmnddd3joEAIDFbXLt+Fnp5Q+TrG/d0sC+Uup//szO6f91UdJrHQMA/WBUBgCNbF21frx2ynuS&#10;PK11ywD40z29fa+6cPfuu1qHAACweF2yceNxy/Z2/3cpeXHrlgFxRWdZfdl509M3tw4BAGDxqknZ&#10;umbDG1LrG5OMtO5pquRjKaM/ufmGq29onQIAC82oDAAauHz1hmd2Sv3rJCe0bhkUJfn46Ej3wnOu&#10;v/5rrVsAAFjctoytf3lJeWeW5mnASdJN8ht7ZqZ+/cK7/zcAAByRD6xd++CVvZH3JuX81i0D5M5S&#10;89JNu6YuaR0CAAvJqAwA+mzrmvHX1JrfSTLaumUAfT3p/ZvNMzs+0joEAIDF7fLV684spfOukjy2&#10;dUuf7aqlvmpi5/Rk6xAAABa3bavXP7ZXygeSjLduGUA1yX/bPDN1UesQAFgoRmUA0Cc1KZOr1//X&#10;Usp/jl+D78/+mrx0Ymbq/a1DAABY3C5KOk8eW//SkvKWDP8pwfuSvGlPb9+bPFYeAIAHanJs3TNK&#10;OpfW5MGtWwZb/T8nnvjgnz3zqqsOti4BgPnmgjYA9MHnzjhj2S1fv+3dqeVFrVsWiW5NfcXEzPR7&#10;WocAALD4ffiUUx5xsDvyW0lemmH8PKxka+3lZyZ2TU23TgEAYPGbXD1+Xkr+Okv3cfKH68qVd614&#10;7tm3bL+zdQgAzKfh+xANAAbMlTlrdN/Y7vcneV7rlkWmllJ/ftPO6d9uHQIAwHDYNrbh2b3U/5Lk&#10;6a1b5kNNvlxq/c1Nu6b/stz9+B0AAHhAJsfW/0RS/ijJSOuWRaXmMweOHjn3eddcs6d1CgDMF6My&#10;AFhANSnbVo//YS15ReuWRarWUn9hYuf0m1uHAAAwPC5fu+EJnV59fZIXZ1FeLKsfTup/3Tyz45Ot&#10;SwAAGB4GZQ9U+cie3l3P8Th6AIaFURkALJCalK1j6/84KT/ZumWxq8nrJmamfqd1BwAAw+Xy1evO&#10;7JTOzyd5bpKVrXsOoZvkw7XmLRO7pq5oHQMAwHDZsmb8JaXmT+P68QNUPtnZf9Sm8772xW+1LgGA&#10;B8pvCgBggWxds+E3aq2/0rpjSHQ7KT9y3sx1l7UOAQBg+Fy8atVRx3VWXlCTl5dkU5LR1k33qEk+&#10;ldT3dHPwfRfMzHyzdRAAAMPnnpstPpbk6NYtQ+KSz85MveCipNc6BAAeCKMyAFgAk2vGfyo1f9i6&#10;Y8jsq6nnTMxM/23rEAAAhtdlY6eu69Tui0opz0ry1CRH9TlhNjWfS8mV6XX/YvPu67/Y59cHAGAJ&#10;2bpq/XjtlE8neVjrluFSf2vzzPQvtK4AgAfCqAwA5tnlazc8odOrfxt3dc27mnxtpIw87byd11zf&#10;ugUAgOG3ZXx8Rd1fnlJKPaskZyV5QpKHzPPL3JnkS0k+Vnr1Yyv2r/zk2bdsv3OeXwMAAL7HJRs3&#10;Hrd8X++TqfXxrVuGUC01z9+0a+qS1iEAcKSMygBgHn345NNOODhy8HNJWds4ZZh9fs9xK5564fbt&#10;B1qHAACw9Hz4lFMecbCOPDq9srGknlZTNyTl6CTHp+S41Byd5Ji7f3Tdl5S9SW4rybdqyd6SXN+r&#10;9Ssj6VzdGe1e8+wdO2YafjsAACxhW8bG31+SF7buGGK397q9J59/445rW4cAwJEwKgOAeXLx6acv&#10;P27P/iuT/EDrlmFXa357YtfUG1p3AAAAAAAsRpOrx1+dkre37hh6JdeOjvSe/OwdO25vnQIAh6vT&#10;OgAAhsVxe/a/PgZlfVFK/uPk2LpntO4AAAAAAFhsLj953akp+Z+tO5aEmlO73c4bW2cAwJFwUhkA&#10;zIPL1mx49Eitn0+yonXLEnJjNwced8HMzDdbhwAAAAAALAZXrl278q7e6N+X5LGtW5aQWks9Z2Ln&#10;9N+0DgGAw+GkMgCYB51a3xqDsn47eTTL39Q6AgAAAABgsdjXHfkVg7K+K6WWt118+unLW4cAwOEw&#10;KgOAB2jLmvFXlOTZrTuWopr8u62rTn1y6w4AAAAAgEF392Mvyy+27liiTj9uz/5fbh0BAIfDqAwA&#10;HoCtq05/aEn+R+uOJayk0/ut1hEAAAAAAIOuM9L59STLWncsYb94xap1G1pHAMBcGZUBwAPQK/t/&#10;OTUntu5YymryzMnVG17UugMAAAAAYFBdvnrDM5Nc2LpjiVvZ7XT+e+sIAJir0joAABarK1ZvPKlb&#10;utNJVrZuIbtnZ/dufM5NN+1tHQIAAAAAMEguSjpPGRv/XJIntm4htYx0nrjp+mu/0DoEAA7FSWUA&#10;cIS66b0uBmWDYtXI6FE/1ToCAAAAAGDQPGXN+ufFoGxQlNrt/UrrCACYC6MyADgCW04eX5VSf6Z1&#10;B99WUv7TlTlrtHUHAAAAAMBAqeUNrRP4V350cvW6728dAQCHYlQGAEegjMYpZYNnzb41Nz63dQQA&#10;AAAAwKDYumb8SUl+oHUH/0pJ6fxC6wgAOBSjMgA4TJeedNLRqfGoxUFU6//TOgEAAAAAYFD0evlP&#10;rRu4V8/fdtL61a0jAOD+GJUBwGFatuyYH0nyoNYd3Kszt4ytf3rrCAAAAACA1racPL6qlPxY6w7u&#10;1UhvtLy0dQQA3B+jMgA4TLXWl7du4L6VlJ9s3QAAAAAA0Fyn/kSSZa0zuE+uNQAw0IzKAOAwXDZ2&#10;6rok57bu4L6V5EcvPv305a07AAAAAABaKqX8eOsG7tdpl6/e8MzWEQBwX4zKAOAwdGr3RUlK6w7u&#10;W00e/KA9B36odQcAAAAAQCtbV60fT/K41h3cv06pL2vdAAD3xagMAA5DKZ3ntW7g0Hq1ugMPAAAA&#10;AFi6SrmwdQJz8tzqRnYABpRRGQDM0ZZHjp+Y1DNadzAHJT/yuTPOWNY6AwAAAACghVrywtYNzMnD&#10;t6zd8H2tIwDg3hiVAcAcleU5K37tXCxOuPXrt31/6wgAAAAAgH67dNWpJyd5YusO5qbU3jmtGwDg&#10;3rgwDgBzVGo2tW5g7nrpPL11AwAAAABAv42U7jPikYqLRqk5r3UDANwbozIAmKNe4m6hRaTW+pTW&#10;DQAAAAAA/VY65cmtGzgc5elXrl27snUFAHw3ozIAmIMrVm88qZSMte7gsDyjdQAAAAAAQN/VPK11&#10;AoflqL2zy76vdQQAfDejMgCYg9l0H9u6gcNTkkdsW7PxlNYdAAAAAAD9smV8fEWSJ7Xu4PCMjNTH&#10;tW4AgO9mVAYAc1HymNYJHL5e7Z7ZugEAAAAAoF/K/t7jk6xo3cHhqXENAoDBY1QGAHPQqXGX0CJU&#10;aja0bgAAAAAA6Jfa6ZzauoEjUJ1UBsDgMSoDgDmoJR5/uQjVUta0bgAAAAAA6JdSs7p1A4evphiV&#10;ATBwjMoAYC5KTmmdwJGoRmUAAAAAwNJRs6p1AoevJI/Y9ojHH9O6AwC+k1EZABzCRUknNQ9t3cER&#10;MAYEAAAAAJaSkrHWCRyZzjF3ntC6AQC+k1EZABzCmWNjD0oy0rqDI1AzVpPSOgMAAAAAoB9KPP5y&#10;sTrY7RiVATBQjMoA4BBGe8v8QW7xWvm+VatWto4AAAAAAOiHmvqI1g0cmVJ7npgCwEAxKgOAQ+jG&#10;3UGL2UOWL1/eugEAAAAAoD+Kz0MXqeJaBAADxqgMAA6hlPqg1g0cuYN7Oz5EAQAAAACWitHWARyZ&#10;XlyLAGCwGJUBwCGU0uu2buDIdUeNygAAAACAJWNZ6wCOTCml17oBAL6TURkAHEKpowdaN3Dklo84&#10;7h0AAAAAWDKMyhapUuNaBAADxagMAA6hW6s/yC1i3V7X73cAAAAAgKXC4y8XqVrrwdYNAPCdXGQF&#10;gEMoI0Zli1mvHPhG6wYAAAAAgD65o3UAR6jTcS0CgIFiVAYAh9Bx5PRi1v3czMztrSMAAAAAAPrk&#10;660DODJOKgNg0BiVAcAhHJztfK11A0eo5BsXJb3WGQAAAAAAfXJz6wCOTKfnWgQAg8WoDAAO4Tk3&#10;Xfv1JN9q3cERqLm1dQIAAAAAQB85qWyRGl12cGfrBgD4TkZlADAndXfrAo6IURkAAAAAsGSUmlta&#10;N3BE9j3r+uudMgfAQDEqA4A5Ke4QWpTKVOsCAAAAAICxnqE1AAAgAElEQVR+qSW7Wjdw+GqyqyS1&#10;dQcAfCejMgCYm5nWARy+Unpfat0AAAAAANA3pX6hdQKHr6S6sR2AgWNUBgBzUEu9pnUDR6Cb7a0T&#10;AAAAAAD6pXTjRtvFqBbXIAAYOEZlADAHI8mnWjdwBEaWuysPAAAAAFgyzts9PZ3kjtYdHJ7ayadb&#10;NwDAdzMqA4A5WF66/5DkQOsODsvXN+38yj+3jgAAAAAA6JeS1CRfbt3BYerlM60TAOC7GZUBwByc&#10;fcMN+xLHhi8yV7UOAAAAAADou5rPt07gsNy6edfUjtYRAPDdjMoAYM6KR2AuIiVlsnUDAAAAAEC/&#10;lY7PRheTmnz6nhPmAGCgGJUBwByV1E+2bmDueqkfat0AAAAAANBvK/Yu/1iS/a07mJuS/G3rBgC4&#10;N0ZlADBHB2f3XpZkb+sO5mTHxMzUP7WOAAAAAADot7Nv2X5nko+17mBuSq++v3UDANwbozIAmKPn&#10;3HTT3lJyResODq2mep8AAAAAgKWrZmvrBOaglC9u2j091ToDAO6NURkAHIbaK5e0buDQSi2TrRsA&#10;AAAAAFrpdopR2SJQav1g6wYAuC9GZQBwGPaNHPxgkgOtO7hvtWZmz66py1t3AAAAAAC0csHO676S&#10;5NOtO7h/pdb3tW4AgPtiVAYAh+H5N9xwW1I+3LqD+9HJey9Muq0zAAAAAABaqqnvat3AfSvJV87b&#10;9f+xd+9xntcFvcffn9/MXgDBSwK67M5eZhY8YiihklYGpuzuIJplWJ7UyK4n62R5OVrmal4yPVZ2&#10;UfOoeeuCmikyu4sUWGmpoOWJoywzy87sgiKKyAJ7m/l9zh+SoQLusjPz+c38ns+/eDx4MPPiwe/B&#10;Y7/f3/v7+U78R+sOALg7RmUAcLhqfWPrBO7WzMDB+ubWEQAAAAAArd3a3f+ektzcuoO7VlP+qHUD&#10;ANwTozIAOEwbd41fkuQLrTu4CyUf3XD9xK7WGQAAAAAArZ2/e/febupft+7gLn11evq2d7eOAIB7&#10;YlQGAIepJLWkOA2rJ9U/b10AAAAAANAraq1va93AXSh553nXX3976wwAuCdGZQBwLyzbu/RtSb7e&#10;uoNv8alNkxMfbB0BAAAAANArzt2144okH27dwbeYHhzoevUlAD3PqAwA7oWzb7zq1pS8vXUH/6XU&#10;vLp1AwAAAABAr+mkviJJbd3BN/3tE3fsmGodAQDfjVEZANxL+8r0K5J8tXUHSWr+deOu8Q+1zgAA&#10;AAAA6DUbpiauTPK+1h0kSfalM/ii1hEAcCiMygDgXnrqzp031+SVrTtIkmxuHQAAAAAA0Ku6M92X&#10;Jplu3dHvauobN+38ws7WHQBwKIzKAOBILM2bklzbOqOvlXxs067xba0zAAAAAAB61bnX7dhekr9s&#10;3dHnbup0l7+2dQQAHCqjMgA4AqPj4/tr8sLWHX3s1pTBn2kdAQAAAADQ87rLnleTG1pn9Kuaunnj&#10;7qtuat0BAIfKqAwAjtCmqfEPJPXS1h196tWOCgcAAAAA+O427r7qppI8v3VHn/rMCcff782tIwDg&#10;cBiVAcARKkktZemzkny1dUt/KZ/eMzX++60rAAAAAAAWik1T4+9J8qHWHX3m1lpz/iOvvPJg6xAA&#10;OBxGZQAwCzZOfv6LteR/tu7oI9OddH/5/GSmdQgAAAAAwEIyUAf+R0lubt3RL2rqS0Z3jU+07gCA&#10;w2VUBgCzZHRy/L1J3tu6oz+U39wwNXFl6woAAAAAgIXmnF1XX5/k11p39IWSj31qauJPW2cAwL1h&#10;VAYAs2jJzOD/TLK7dcci9/6NU9f8cesIAAAAAICFauPU+LuT4j7r3PpaJwMXbE66rUMA4N4wKgOA&#10;WfSE677w1ZlSznF0+Jz57J7uvmeVpLYOAQAAAABYyPZMXfO8JNtadyxS+2vqeRsmr762dQgA3FtG&#10;ZQAwy540ec3naydPTXKgdctiUpKbS7eef/7u3XtbtwAAAAAALHTnJzOlu+wZSQyfZlettT57dGri&#10;461DAOBIGJUBwBzYtHP88tQ8r3XHIjLdTZ61cffEeOsQAAAAAIDFYuPuq24q3c5PJrmtdctiUWve&#10;MLpr4m9adwDAkTIqA4A5smnX+J+l5A2tOxaBbpILRqfGL2odAgAAAACw2Gzcvf1TtebH4u0bs+FD&#10;n9o1/sLWEQAwG4zKAGAObZwcf35N/aPWHQtYrTXP3TQ1/p7WIQAAAAAAi9XorvFLSinPSDLdumUB&#10;u6guzdM3f+NBaQBY8ErrAADoB2NDIy8qye+17lhgplPrMzftmvjr1iEAAAAAAP1gbPXwplLLB5Ic&#10;1bplYal/sWdq4ufOT2ZalwDAbHFSGQDMg9Gp8deWmt9q3bGAHExygUEZAAAAAMD8GZ2c2JLSfVqS&#10;va1bFoqSvMugDIDFyKgMAObJxl3jry4pvx5HX383X++knOuVlwAAAAAA82/T5I6x2snjU3Jj65Ze&#10;V0re9K9T4xcYlAGwGHn9JQDMsy2r142mdt6T5P6tW3rQZKfWJ23YNfEfrUMAAAAAAPrZ2KqR4VLy&#10;kSQPad3Sgw7Uml8f3TX+ptYhADBXnFQGAPNs0+SOsTqT00rJJ1u39JKafKAuzWkGZQAAAAAA7Y3u&#10;Gp9Y3pk+PalvbN3SY67tdsqZBmUALHZOKgOARradeNox3eW3vTW1/FTrlsamk7xqz9T47zoiHAAA&#10;AACg92wZGv6FpPxBkqNbtzRV8rElnZmnP+Haa29onQIAc82oDAAaGxsaOa8kf5ZkZeuWBq7s1Poz&#10;TicDAAAAAOhtF69du3pgZuBdNXlc65YGbqqpz9s0NfHuktTWMQAwH7z+EgAaG50av2h6unN6kne3&#10;bplHB0opr1remf5BgzIAAAAAgN537rXXTj7w+Ps+oZTyO0n2tu6ZR5d0ysAjR6cm3mVQBkA/cVIZ&#10;APSQLatGNqTkT5KMtG6ZO+WfS+ovbZwav6p1CQAAAAAAh2/b6lPWduvMHyZ5cuuWuVKTGzrJCzZO&#10;jffTA+EA8E1GZQDQYzYnnTOHRn48yWuSDDfOmU2fKem8aOPU9ktbhwAAAAAAcOS2rFr3qJTO7yV5&#10;fOuWWfSlpL5sz7HL/+L8q6460DoGAFoxKgOAHnXhypVHHTtw1HNT64uSfE/rnnurJJ+vqa/dMzXx&#10;nvOTmdY9AAAAAADMnpqUratGziudvKTWnNm65wjcluSNMznwuidNTX2tdQwAtGZUBgA97kOnnHLs&#10;0ttnnpmSX0ny0NY9h6ok/1hL+aNPTl7zd5uTbuseAAAAAADm1tjq4cenlueVZDRJp3XPIZqsyZtm&#10;pjtvO+/67V9pHQMAvcKoDAAWiJqULauHzy7dznNT6pOTDLRu+g4lN6abCzupb96wa+I/WucAAAAA&#10;ADD/tq0+ZW2tM79Yk2cmWdG65y7UpP59qeVPbtk1/hFv2QCA72RUBgAL0EUrTn7gkoF6Xi31R5M8&#10;MclR7WrqF5PORSXlfbdMbb/MxTcAAAAAAElyYTJw36H1j++m+4yasqkkJzbMOViTy0vN39VuPjx6&#10;3fjuhi0A0POMygBggbtoxYqjB5ccs7HW7uNKyqOTPCJzOzK7LSn/mtR/7nbLlk/vvubTm73eEgAA&#10;AACAe7A56TxmaPj0bso5SfnBkvrYmtxvDn/lwST/Xko+Xbvln/YNHNzy1J07b57D3wcAi4pRGQAs&#10;MlecccaSL3/l6w8rtT6q1nJyp5Phbs1ISYZzeGOzAynZWbqZqJ18vtb6752BgX9fdu2Kq87O5dNz&#10;1Q8AAAAAwOK3Oek8cvX6Uwa6eUQp9eE1eWi+cR97XZLlh/Gj9ie5tibjSZ0otWzv1nJlWV7/bXR8&#10;fP9ctANAPzAqA4A+csmqU1YcKHV5p3Tvm5JlnW7nPnf++91O99Z6sHtTmel87dYvjd/kVZYAAAAA&#10;AMynmpS/P+khD5guB++fDDwgnRz3LX+/dG/r1HrgYAa+1pnpHvjUdePXb/Y2DQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAWutI6AAAA6C2XHX/qfW5funfF&#10;4EA5diZZ3snAUandY2rJ0iSpSe2kc3O6uaUM5pYD09nz4BOP/fIjr7zyYOt2AAAAes/mpPOoNWtO&#10;WDLdObZ2ynE1A/evZebY1DKYJCllptRyS8nM16Zn6p4s6d7y6Z07v7w56TYNBwCAPmZUBgAAfWjb&#10;8PAJMwfKI0opD0mpp6TWk5OyNsmDkxx9r35oyY2p+XKS3bXmmpS6vdSyvTsw/e/n7tz5pdnsBwAA&#10;oLd8cM2a+x1VB06vtXNyrXV9KVmfUtak1hOSHJ9k4DB/5EySG1PKl2utUyV1R0lnR0kmOoMzn3vi&#10;jh1Ts/4vAQAAfJNRGQAALHIXnnrq0vvs2feo1JxVSuexSX1EkhXznHFdkitKzadqJ5ctn1z56bNz&#10;+fQ8NwAAADALalLGVq572EBn4PG1dM+stTyyJCOZ3++dbkrKZ2upnxyo5fLsP+oTG2743G3z+PsB&#10;AGBRMyoDAIBFaOvK4ZF0OufW1NEkP5h7e/rY3NlTk4+Vmi3TtfOh83Zvv651EAAAAHdv7EEjx5el&#10;dbSkbKrJ2UlOaN30bQ4m5ZOl1i0zA2Xs3J3X/FvrIAAAWMiMygAAYJG4eM36R3S69fyU/HhqTm7d&#10;cxhqKflUavnbmYHpvzn32msnWwcBAACQXLTy5JMGOt2fLslTkpyZpNO66TBcl9QPdLudvzx39zWf&#10;bB0DAAALjVEZAAAsYHfc4H9Okp8uyfrWPbOgJvWfk7xnX2fmwqfu3Hlz6yAAAIB+MjYysqzsr09N&#10;KT+T5AlJBhonHbGaXFOS93YHZv7Cg0wAAHBojMoAAGCBqUnZtnJ4Q+2UX0pybpLB1k1z5NaUvCud&#10;gTduuvbqq1vHAAAALGYXr127ujMz8EspeU5qjm/dM0e6Nfn71Pq2o3at+sDZuXy6dRAAAPQqozIA&#10;AFggxkZGluVg/nup+Y0kp7bumUc1JdtK6u9vnJy4rHUMAADAYnLxmvWP6HTrS5L8WBbBqWSH4dpa&#10;87qjBqbfcfbOnftaxwAAQK8xKgMAgB534amnLj3u1n2/UGtekpQHt+5p7OOp+d1Nu8a3tQ4BAABY&#10;yLauHj67prwwNRvS398XfSk1r5ueuf3N511//e2tYwAAoFf080UCAAD0tM1J58yh4Wd+4y/LmpYt&#10;PegTnVJfsGFy4hOtQwAAABaSrWtPfnidqf87qT/SuqXHfKkmrz2qM/1mJ5cBAIBRGQAA9KStQyc/&#10;odbu61Py8NYtPa2WD2aw8+JN1159desUAACAXnbxmjUP6nQHfzfJBemv11werh0p9fmbJic+2DoE&#10;AABaMioDAIAesnXl8Ejt5A+Tcm7rlgXkQJL/PT19+yu9qgQAAOBbXZgM3Gdo+H+UlN9Nct/WPQtH&#10;+fuZkl990uQ1n29dAgAALRiVAQBAD7gsZw3uH7ruN2rq5iRHte5ZoCZr8qujU+MXtQ4BAADoBRev&#10;XH9mp1PflOT01i0L1P5Syqse+MDjfu+RV155sHUMAADMJ6MyAABobMvKtaelM/AXcZN/VtSSdxxc&#10;PvA/n3L11XtatwAAALQwNjKyLAfqK0rKb8arLmfD/+2kXrBhauLK1iEAADBfjMoAAKCRmpStq0Z+&#10;PSWvTrK8dc8ic21Nfebo1MTHW4cAAADMp62rR76v1rwryamtWxaZg0l+55NT47+/Oem2jgEAgLlm&#10;VAYAAA1sGx4+YeZgeU9Jnti6ZRGbLjUv27Br/DUlqa1jAAAA5trWVet/qZb6h0mWtW5ZtEo+Vqfz&#10;06PXje9unQIAAHPJqAwAAObZljUjZ6XmwtQc37qlL5R8bKA78Ixzdl19fesUAACAufDRdevuOz3d&#10;eWeSp7Ru6RO31FqfPbpr4u9ahwAAwFzptA4AAIB+snVo5JnpZotB2Tyq+eGZMvOJbauGH9Y6BQAA&#10;YLZtWzG8ama6c3kMyubTcaWU948NjbyoOsABAIBFyh90AQBgHmxOOmcODf9BUn6tdUsfuy01z9i0&#10;a/zDrUMAAABmw5Y1I2elm/cn+Z7WLf2qJh+Ymb79Weddf/3trVsAAGA2GZUBAMAcu2zNmuX76pJ3&#10;pNafbN1CpmvJL45Ojr+9dQgAAMCRGBsaeVpJ3p1keeuWfleSfxycGfyxJ1z3ha+2bgEAgNliVAYA&#10;AHPoQ6eccuyyvTMfqcnjWrfwTbWW+sLRyYnXtw4BAAC4N8aGhn++pLwpyUDrFr7pC9PdzhPO2739&#10;utYhAAAwGzqtAwAAYLH64Jo191t6+8wlBmU9p5RaXje2euRVrUMAAAAO19ah9S8sKW+JQVmvechg&#10;p3v5R9etG2odAgAAs8FJZQAAMAe2rjz1AbWz/5IkZ7Ru4Z7U122amnhh6woAAIBDsWVo5H8leU3r&#10;Du5J3dkpg4/fMHn1ta1LAADgSBiVAQDALNu68tQH1IEDl6XW01q38N2V5A83To0/r3UHAADAPdky&#10;NPLiJK9u3cEh2d0pA48zLAMAYCHz+ksAAJhF20487ZjaOfAhg7KFoya/fsfT/gAAAD1p6+qRn0vy&#10;qtYdHLKV3cxsvXTt2hNbhwAAwL3lpDIAAJgll+WswX1Duz+SZEPrFg5bTeoFm6Ym3tk6BAAA4M7G&#10;Vg9vKrV8OMlg6xYOUymfq0vqD42Oj9/SOgUAAA6Xk8oAAGCW7Bu67v/EoGyhKkl525bVw09tHQIA&#10;APCftqweeUyp5QMxKFuYaj2tHMyHLzz11KWtUwAA4HAZlQEAwCzYsmrkeUl9dusOjshAannn1qGR&#10;U1uHAAAAXLxmzYNS874kR7Vu4QjU/PCxew68vnUGAAAcLq+/BACAI7RtaP0Tu6lbkgy0buHI1eSa&#10;/Z3pRz91586bW7cAAAD96cJTT1167J79/5DkB1q3MEtKfm7T5PjbWmcAAMChclIZAAAcgW2rT1nb&#10;Tf2bGJQtGiVZv7y75P2X5SyvlwEAAJo4ds/+/xODssWl5k1bVo88pnUGAAAcKqMyAAC4l64444wl&#10;3Trz7iT3b93CbKs/sm9o9wtaVwAAAP1n6+r1z0jyzNYdzLolqXnXR9etu2/rEAAAOBRGZQAAcC/d&#10;eOPXXx5Pji9mL7941bpHto4AAAD6x9iqkeFa65tadzBnRmamO29pHQEAAIfCqAwAAO6Fi1etf1yS&#10;F7buYE4t6XQ679124mnHtA4BAAAWvyvOOGNJKeWvkhzXuoW5U5Onbx0acRIdAAA9z6gMAAAO06Un&#10;PeR7OqX+ZZKB1i3MsZqTZ5bd9vrWGQAAwOJ345dv/p2kPqp1B3OvJm+6+KR1J7fuAACAe2JUBgAA&#10;h+ngwMyrk5zUuoP5UVJ+Ydvq4ce27gAAABavsaGRh6aUF7TuYN4c0xno/HHrCAAAuCdGZQAAcBi2&#10;rB55TFJ/rnUH86rTreWtYyMjy1qHAAAAi8/mpFOStyZxzdFfztmyavgnW0cAAMDdMSoDAIBDdMUZ&#10;ZyxJzVvjz9H96KE5kBe1jgAAABafM4fW/3wSpyP3o1L++KIVJz+wdQYAANwVX4YBAMAhuvHGW345&#10;yamtO2ijJC+4aOXJXnsKAADMmg+dcsqxSd3cuoNmHrhksPtbrSMAAOCuGJUBAMAhuGjFyQ8sqS9v&#10;3UFT91nS6f7v1hEAAMDiseT2mZcleVDrDtqpyXPHhkYe2roDAAC+nVEZAAAcgsEl3RfX5H6tO2ir&#10;JudvGxo+o3UHAACw8G1bMbyqlPxK6w6aG0zyitYRAADw7YzKAADgu9i2+pS1qXlu6w56QumW8srW&#10;EQAAwMJXB8tLkyxv3UF7JfnxbauHH9u6AwAA7syoDAAAvovanfntJEtbd9AjajZuGVr3I60zAACA&#10;hesjq9f/t5r8bOsOeke3lt9t3QAAAHdmVAYAAPfgo+vWDdWSn27dQa/p/FbrAgAAYOEaqHlRkoHW&#10;HfSUx4+tGfn+1hEAAPCfjMoAAOAeTM90XhSnlPGdzt668uRHt44AAAAWnm0rhlcl9RmtO+g9pVte&#10;2roBAAD+k1EZAADcjW3Dwyek5jmtO+hNtdN9SesGAABg4ekOdl6QZEnrDnpRHd269uSHt64AAIDE&#10;qAwAAO7WzHSelWRZ6w561nkfGTp5XesIAABg4RgbGTkuqRe07qB3dWdmfql1AwAAJEZlAABwly7L&#10;WYPpll9t3UFP6wzEzX4AAODQdQ7WZyW5T+sOeldJefalJz3ke1p3AACAURkAANyF/auv21BKhlp3&#10;0NtqyrOuOOMMr60BAAAOSa3lZ1s30POOOjAw/czWEQAAYFQGAAB3odb67NYN9L6SnPiVr9zy5NYd&#10;AABA77t41bpHJjm9dQe9ryTPat0AAABGZQAA8G0uWnHyA5M8pXUHC4MBIgAAcChKOq4dOFSnj60e&#10;MUAEAKApozIAAPg2g4P1x5Msbd3BgnHOB9esuV/rCAAAoHddmAyUkqe17mDhKN3yjNYNAAD0N6My&#10;AAD4NiXVjVsOx7Ll3YHzW0cAAAC967iVw09M8qDWHSwgpT69JqV1BgAA/cuoDAAA7uTSkx7yPTV5&#10;bOsOFpqO16UCAAB3q3byo60bWHBWbVt78mmtIwAA6F9GZQAAcCcHBqefkmSwdQcLTf2RD51yyrGt&#10;KwAAgN5zx2lTT27dwcJTZ7pPbd0AAED/MioDAIA7Kd3ypNYNLEjLluydOat1BAAA0HvG1qx/eFIe&#10;3LqDBWlT6wAAAPqXURkAANzhwmSglHp26w4WqjraugAAAOg9AzOuFbjXzvjI0ND9W0cAANCfjMoA&#10;AOAOx6xc/8ia3K91BwtTSQwSAQCA71A9vMS9NzBYlj2+dQQAAP3JqAwAAO7Q6VQ3ajkC5ZRLVp2y&#10;onUFAADQOy489dSlSXls6w4WsvojrQsAAOhPRmUAAPBfHtM6gIWt2+n6DAEAAN903NcPPiLJ0a07&#10;WLhqN0aJAAA0YVQGAAB3qMmjWzewsNVuvr91AwAA0EM61YMnHJmSh2078bRjWmcAANB/jMoAACDJ&#10;2EkjK0tyYusOFriS01snAAAAvaOm+4jWDSx4AzNH3f69rSMAAOg/RmUAAJCk08kZrRtYDOrpNSmt&#10;KwAAgB5ROt/XOoGFr8zE5wgAgHlnVAYAAElqyUNbN7AoPODSdetWtY4AAADau+KMM5ak1v/WuoNF&#10;wT0LAADmnVEZAAAkScoprQtYHLrTAz5LAABAvvrVPcNJlrTuYBEo5SGtEwAA6D9GZQAAkCS1GgIx&#10;K2ZqHWndAAAAtDfT7a5v3cBiUY3KAACYd0ZlAACQpJasbd3AojHcOgAAAGiv1HjghNmyYmxkZFnr&#10;CAAA+otRGQAAfe/CU09dWpITWnewOJSS1a0bAACA9krJUOsGFo0ycHBgResIAAD6i1EZAAB97/57&#10;9z4oSWndwaLx4NYBAABAe7WUB7VuYPGYqdNGZQAAzCujMgAA+t6BAwNGQMymE1sHAAAAPaBbjcqY&#10;NZ3S8XkCAGBeGZUBAND3ykD3Aa0bWFSMygAAgKTkhNYJLB7d6t4FAADzy6gMAIC+16nl2NYNLCr3&#10;2exaCwAASI5rHcDi0Sk+TwAAzC9fdAAA0PdqiVEZs6n88PGnHt06AgAAaKsk92ndwOJRPRAHAMA8&#10;MyoDAKDv1VoNgJhVM/e5/ZjWDQAAQFs1cV3ArKnVSBEAgPllVAYAQN/rpOPPxcyqmf2dpa0bAACA&#10;dmpSkixp3cHiUToprRsAAOgvvjwDAKDvdVPdmAUAAGDWlKS2bgAAADgSRmUAAPS9Uj3tCwAAwKwz&#10;LGM2uXcBAMC8MioDAKDvlU492LqBxWWmFF8eAQAA3dYBLB6l5kDrBgAA+otRGQAAfa92O7e2bmBx&#10;2b9k2mcKAAC4rXUAi0gpPk8AAMwrozIAAPpeLdUAiNlUD+7cuad1BAAA0JxrTWZN7bp3AQDA/DIq&#10;AwCg75UaAyBm0+3nJzOtIwAAgNaqa01mTem4dwEAwPwyKgMAoO/VTr7cuoFF5abWAQAAQA+o5Wut&#10;E1g8ujU3tG4AAKC/GJUBAND3apn+YusGFpGa61onAAAA7dXi2oDZM5B6fesGAAD6i1EZAAB977ad&#10;O2+M1xUya9zoBwAAkpLi2oBZU+qgB+IAAJhXRmUAAPS9878xKHNzlllSfJYAAIAk1bUBs+XAkl0P&#10;/nLrCAAA+otRGQAAfMP21gEsDrVkvHUDAADQE1wbMFt2nJ3Lp1tHAADQX4zKAAAgSU01KmN2lHp1&#10;6wQAAKAHdGdcGzArqoEiAAANGJUBAECSjtOlmCWdmVzTugEAAGhvurt/PElt3cHC1zEqAwCgAaMy&#10;AABIkjrw760TWBT2Ltu9amfrCAAAoL3zrr/+9qROtu5g4au1uGcBAMC8MyoDAIAk09l3ZTxBzpH7&#10;7Nm5fLp1BAAA0CvKp1sXsAjU6c+0TgAAoP8YlQEAQJInTU19Lcm1rTtY6MqVrQsAAIDeUVKuaN3A&#10;grdv+e7V/691BAAA/ceoDAAA/oub/RyZGk+PA8dqWDAAACAASURBVAAA31Qz48ETjkzNvzkRGwCA&#10;FozKAADgDrXm8tYNLGw19Z9aNwAAAL3jwFFLPpXkYOsOFq5a6j+2bgAAoD8ZlQEAwB06JW7UciQm&#10;R3eNT7SOAAAAesdTrr56T1I+2bqDhavU8g+tGwAA6E9GZQAAcId/nRr/fJKvtO5gwTJKBAAAvlPt&#10;Xt46gQXrYF2Wf2kdAQBAfzIqAwCAO2xOukm2te5ggfL0OAAAcBdqLZe2bmCBqvn46Pj4La0zAADo&#10;T0ZlAABwJyX5cOsGFqTpJd2Bi1pHAAAAvefW3eP/HKdic++4RwEAQDNGZQAAcCfdpdma5EDrDhaY&#10;ko8/4bovfLV1BgAA0HvOT2aSbG3dwcLTGehsad0AAED/MioDAIA7ueO1Epe37mBhKalOKQMAAO5e&#10;qX/bOoEF5/9u2Ln9C60jAADoX0ZlAADwHepfti5gQenOdLrvbx0BAAD0rs6+Yy5JcmvrDhaOmrjO&#10;BACgKaMyAAD4Np39x7w/yW2tO1goymXnXnvtZOsKAACgd2244XO31ZL3te5gwajddN7TOgIAgP5m&#10;VAYAAN9mww2fuy2leJ0hh6TUvLd1AwAA0PtK7bp24FBd+aSp7TtaRwAA0N+MygAA4C6UdP+8dQML&#10;wm37j+54JQkAAPBdfXJqx2W1Zqp1B72vlLyldQMAABiVAQDAXdg4OXFZTf6jdQe9rda84ylXX72n&#10;dQcAAND7NifdTil/2rqDnnfTLTP7nGoHAEBzRmUAAHD33tY6gJ5WOyVvbh0BAAAsHAeny9uT7G3d&#10;QS8r7z1/926fEQAAmjMqAwCAuzGw/+i3Jvlq6w561iUbp8avah0BAAAsHOddv/0rSX1X6w561sHO&#10;dPd1rSMAACAxKgMAgLu14YbP3VZTnVbGXav5g9YJAADAwjNTOn+UpNu6gx5Uygc2XD+xq3UGAAAk&#10;RmUAAHCPZroDb0xyoHUHPedfNu0a39Y6AgAAWHieNHnN52vNX7fuoOfUmvr7rSMAAOA/GZUBAMA9&#10;OG/39uuS+ubWHfSWWupvt24AAAAWtN9JMt06gh5S6wdHJ8c/2zoDAAD+U2kdAAAAvW7sQSPHl6WZ&#10;SHJs6xZ6QMnHNk2On9U6A/gvl+Wswb2rd39vktNLzaokK0vNSd2SVZ1kZU3udzf/6NdTckNqvpLk&#10;K6XmK7VkPDWfqQfzmdEvjd84f/8WAEC/GVs98vZSc0HrDnpCtySnbZwav6p1CAAA/CejMgAAOARj&#10;q0deVWpe0rqD9kqpj984OXFZ6w7oZ9uGh0/oHsjj0ymPTs2jk3xfkqPm4FftSvKZWuunB0q2njM1&#10;8ZmS1Dn4PQBAH7p47drVnZmB7UmWtm6hsVL+etPkNT/VOgMAAO7MqAwAAA7BR4aG7j9Qll6dmuNb&#10;t9DUJZumxje0joB+tGXtKadkZuankvxEkoc2yrgpyd8n9dJSll60cfLzX2zUAQAsEltXj/xZrfnl&#10;1h00dSADA6dtuvbqq1uHAADAnRmVAQDAIdq6av0FtdS3t+6gmX215mGju8YnWodAvxgbGTmuc7A+&#10;q3bLf0/Jmemt+xgHkvxdSeet/zq1/R82J93WQQDAwjM2MnJcOVC/kJQHt26hmddsmhp3MjoAAD2n&#10;l27GAgBAT6tJ2bZ65F9qzZmtW2hi86ap8Ze3joB+sG318GO7tfx6kicnWda657urXywp7ypl4C0b&#10;Jq++tnUNALCwbFm1/mdS6jtad9DEdcv3LnvI2TdedWvrEAAA+HZGZQAAcBguXrn+zE6nfjzJQOsW&#10;5lPduae7/6Hn7969t3UJLGZjq0bOKcmLU3JW65Z76WBS3tGZ7r5yw/UTu1rHAAALw+akc+bQ+n9N&#10;6qNatzC/aslPj06Ov7d1BwAA3BWjMgAAOExbVo+8ITXPa93B/KnJk0enxi9q3QGL1djQ8A+UWl6f&#10;ku9v3TJLDib561rzcq/MBQAOxdaVJz+6drr/kqTTuoX5UsY2TV1zbusKAAC4Oy5OAADgMNUleXFJ&#10;Pt+6g/lS32JQBnPjopUnn7R11cjbSso/LqJBWZIsSfLMUvJ/x4aGX3vRihVHtw4CAHrbxt3bP1WS&#10;V7buYN58rZTBn2sdAQAA98SoDAAADtPo+Pj+bje/nKTbuoU5N7587/Lnt46AxaYmZevqkV8Z7HSv&#10;riU/m8V7f+KokvLCwcGjP3fxqvWPax0DAPS2W45d9qokV7buYO7VkudvnPz8F1t3AADAPfH6SwAA&#10;uJe2DI1sTvKyxhnMnQO15PtHJ8c/2zoEFpOLT1p3cqfTeeciO5nsUL2vdJf90sbdV93UOgQA6E0f&#10;GTp53UC6n01yXOsW5kZJ3rVxavzZrTsAAOC7WaxPAgMAwJxbPrXylUk+0bqDuVFSXmpQBrNry+qR&#10;53QGOp/u00FZkvxE7ey/Ysvqkce0DgEAetOTprbvSOoLWncwZ64dGOz+WusIAAA4FE4qAwCAI7Bt&#10;9Slru3Xm00m+p3ULs+qSPVPjo+cnM61DYDG4aMWKowcHj35HkvNbt/SIAzX1uaNTE29tHQIA9KYt&#10;q9f/VWr9ydYdzKq9ndQf2jA14RWnAAAsCE4qAwCAI7Bh8upra+pTkhxo3cKsuerAUQNPMyiD2bFt&#10;9SlrBwaP/mQMyu5saUn587FVI++9aMWKo1vHAAC9Z3k5eEGSf2ndwaypKeWnDcoAAFhIjMoAAOAI&#10;jU5NfDyl/HbrDmbFnpI8/SlXX72ndQgsBmNrRr6/W2c+UZKHtW7pRaXkGYODR19y8Zo1D2rdAgD0&#10;lrN37txXZ3J+Ur/YuoXZUP940+Q1f9u6AgAADodRGQAAzIJNk9e8Lil/3LqDIzJTa562cWr8qtYh&#10;sBiMrRp+eunmsiQGU/fsBzrdwX/66Lp1Q61DAIDeMnrd+O5upzOa5LbWLRyBWv/2k1MTz2udAQAA&#10;h8uoDAAAZsnxxx/3m0kuad3BvVNSXjK6a9x/P5gFW1aN/I9Syl8lWd66ZYEYmZ7ufHJsaOShrUMA&#10;gN5y7s5r/i21/lySmdYt3CufXb5v+bM3J93WIQAAcLhK6wAAAFhMxkZGjisHcnmS01u3cOhK8oqN&#10;U+Mva90Bi8GWoeFnJ+VtSQZatyxAuwa63R85Z/eOa1qHAAC9Zeuq9RfUUt8W3+ssIHXnQB38gXN2&#10;XX196xIAALg3nFQGAACzaHR8/JbBwe7ZST7VuoVD9nKDMpgdY6tHfjYpb49B2b21aqbTufzik9ad&#10;3DoEAOgtG3dd846kXhAnXi0UO+pM+SGDMgAAFjJPtAAAwBz46Lp1952e7lyS5NGtW7hHr9k0Nf6S&#10;1hGwGIytGn56KeUv4wG22TBeusvO3Lj7qptahwAAvWXL6pHnpOat8f1OD6s7BwfrDz9xx46p1iUA&#10;AHAk3OgFAIA58MQdO74+Pd05N8mVrVu4GyVv2Dg1/lutM2AxuHjV+seVUt4V9xlmy0jt7L9obGRk&#10;WesQAKC3bJocf1tNfiNJbd3CXdrV6QxsMigDAGAxcLMXAADmyHnXb/9KZ//RP5zUS1u38C26pdRf&#10;3TQ5/pvFFzFwxLatGF5VSr0wydLWLYvMYzsH8uetIwCA3jM6Nf6HtdYfS7KvdQt3Usrnup3pR2/Y&#10;uf0LrVMAAGA2GJUBAMAc2nDD527r7D/mR5Nc0rqFJMlMKfnFjZMTf9I6BBaDy9asWd4dLO8vyYmt&#10;Wxajmjxry9D6X2vdAQD0ntFdE3/XSfmJJHtbt5AkuaIz2H3iuTt3fql1CAAAzBajMgAAmGMbbvjc&#10;bcunVp6bkj9r3dLn9qaU8zdOjv+f1iGwWOyfGfzTJI9u3bG41ddfvGrdI1tXAAC9Z8PUNR9Juuck&#10;ual1S5973/T07T+8YWLiy61DAABgNpXWAQAA0E+2rh5+bq3lD5IMtm7pMxPdTnnauTuv+bfWIbBY&#10;jA2NPK0k72vd0Sd2LN+77OFn33jVra1DAIDes231KWu7deb9Sb6vdUufqbXWV27aNfGyktTWMQAA&#10;MNucVAYAAPNo4+TEn3Rr9zFJJlu39IuS/M3yvcseYVAGs+fStWtPLMmbWnf0kXV7l+9/TesIAKA3&#10;bZi8+trlUyvPLMlrW7f0kZtqqeeO7pr4HYMyAAAWKyeVAQBAA5esOmXFTOn+TVJ/sHXLIjaT5Lc3&#10;To2/1k1+mF1bhkb+LslTWnf0mVpLPXd0cmJL6xAAoHdtXbX+glrqnyY5qnXLYlWT/6gz3R8/97od&#10;21u3AADAXDIqAwCARq4444wlX/nKLS+rtb4oXoc528Y7pT57w+TEJ1qHwGIztmr4R0spH2zd0Z/q&#10;zj3d/Q89f/fuva1LgN5zWc4aPLjqiyccKHV5kgx2l9y8cfdVN7XuAubf2NDIQ0vKXyT1Ua1bFpla&#10;St5c9h39gg03fO621jEAADDXjMoAAKCxbauGH9Yt5Z1Jvq91yyLQLcnrlnWmN5+9c+e+1jGw2Fy0&#10;YsXRg4NHb09yUuuWflWTl41Ojb+idQfQ1rZVww+bSfmhTsnpNfm+mqwsyQn5zvu9e5JMJfl/Nbky&#10;pX46S8rHR8fH989/NTCfalK2Dg3/fFLekOSY1j0LXsn2JD+zaXL8X1qnAADAfDEqAwCAHnDZmjXL&#10;93UHX5bkN5Msad2zMNUv1pLneDUczJ2x1cPPL7W8rnVHn7u125lef+7OnV9qHQLMr22rhh9WS3lO&#10;/cbrh9cewY+6JcnWWutf3bpr4qLzv/HKcGCRunjluu/tdDrvTHJ665YFqltT/3zJYP1fT9yx4+ut&#10;YwAAYD4ZlQEAQA8ZWzUynJI3leSJrVsWkL1Jfn96+vbfP+/6629vHQOL1daVpz6gdvaPJ7l/65a+&#10;V/JnmybHf6V1BjA/xoZGzis1v5GSs2b/p9edpeRPDh7c+yZ/joLF6xunlo08rda8vpQMte5ZQD5V&#10;Bjq/sPHa7f/eOgQAAFowKgMAgB6zOel8/+qRn601L0+yonVPj/vwQLf7/HN277imdQgsdluGRl6T&#10;5H+17iBJMj1TymlPmrzm861DgLlz8ar1j+uU+ntJHjMPv+76pL58+dSqt5+dy6fn4fcBDXxkaOj+&#10;g1n6OzX5lTgh+57clJpXHX/Cff/4kVdeebB1DAAAtGJUBgAAPeqiFSuOHhg46nmllBcmOa51T4+5&#10;oqTz4o1T2y9tHQL9YNvw8Andg2VHkmNat/ANJXnXxqnxZ7fuAGbfHf/P/ZMkPzHfv7sm/1Fq92c3&#10;7drx6fn+3cD82bbm5Id0Z+qrU+qPxvdEd7a3JG/c25n+vafu3Hlz6xgAAGjNxQIAAPS4i1ac/MAl&#10;S+qv11qfm+S+rXvaqv+UWl61adf4ttYl0E+2DI28LMnm1h18i4PT3c7a83Zvv651CDB7tqwZOSvd&#10;/FWSBzXMOJCaF2/aNf6Ghg3APNi69uSHd2e6Ly3Jj6W/vy+6vSR/3qkDrztn19XXt44BAIBe0c8X&#10;CQAAsKB8cM2a+y2vS56b1F9LzfGte+ZRTfLRbi2vOnfXNf/YOgb6zRVnnLHkxhtvnkzKg1u38K1K&#10;8oqNU+Mva90BzI6xoZEXleRVSQZat9zhwj3dfT9z/u7de1uHAHPr4pXrvrfT6bw03xiX9cr/g+Zc&#10;SW5O8paypL5hw8TEl1v3AABArzEqAwCABebCZOA+QyOjJfXXkvKE1j1zpuTG1PzZdLfzVifxQDtj&#10;QyNPK8n7WndwF0puXF6mh87euXNf6xTgyIytGn5FKeWlrTvuwrY93X1PNSyD/nDp2rUnTs8M/mRN&#10;/fkkp7bumUOfSPKHe45d9qHzr7rqQOsYAADoVUZlAACwgG1bPfzYbi0XJPnxJPdv3TNLriglbyn7&#10;jv6rDTd87rbWMdDvtgyN/EOSs1t3cNdq6rNHpybe1boDuPe2rBr+3ZTy26077l75++np25583vXX&#10;3966BJgfFyYD9x1av6n7jXHZxiRLWzcdqZLcXGs+UGvePbp7/GOtewAAYCEwKgMAgEVgbGRkWWd/&#10;Nub/t3fvQXbW9R3Hv7/n7CaQICiVWy4byIVWEVGDtqVTkBbI7iaIzlRanFE71utMp63VqXXsH9ba&#10;js4403YKrVVR67RjYUYdhJBEaUXGoiLxEg2X5Gw2e8ItRIgIAbOX59c/aLcNIcnuZs/+zu6+XjP7&#10;39nzvM/sHzvzzOf8nhTX5Ii+iDi5dNMk5Ij4Tk75y3VufHlDa8eu0kHAszYuXXlu1ajuC/cPOleO&#10;2/v2NI3+YJbavGLV+3JOnyjdMQFfO6G1bP2lcfto6RBgZt3S0/OiRl54VYp8dU5xWUR0l26aqBTx&#10;s5zS5lzXN8TCtKm/2TxYugkAAGYTN4UBAGCOuXvt2u59+/ZfHKlaHzn3R6RfLt10mBT7co47Uo7/&#10;HM3VTR5vCZ1p04o1fxE5/1XpDo6qrqvRpet3736kdAgwOVt61myoI98UEVXplolIEX/X22q+t3QH&#10;UM7mZeedGmn4qpzyb8ezJ9kuKd30HDlHbE85bY5G3njC7mXfMoYFAICpMyoDAIA5buPZZ5/ZqLsu&#10;rnP8ZkpxUUS8NCJOmMGEOiIGI+L7KeU7Uh23X7FnYHt69oQyoINt6ln93Yh4TekOji6leEfvUPMz&#10;pTuAibvtnHPOGBlr/CQiXly6ZVJSvb5vaNetpTOAzvC1ZSvXjFbptSnSJRHxiog4N2b2JLMDEbEt&#10;Unwn1fHNrrrrW5c9eN9jM3h9AACY04zKAABgnrkxorF46cpVja7G+TniJZHrVRGxKiKtiql/0zxH&#10;xN4U8UiO/GCkNBQ5bctV/tGJBxb+5NJ925+avk8AzITNK15yVs4jD8QsOUFnfssb+1oDG0pXABOT&#10;I9KmntVbUsTlpVsmLcW+qiu/bN3AwKOlU4DOc/fatd2P7ntiTYo4L579WRkpeiLH8ohYGhELp/jW&#10;P00pBuo6BqoUzZzzvVWj8cNv796x48PPfokJAABoA6MyAABg3DfitV0HV+w9LY/94rSq6jqjjvzC&#10;576mivRMjvSLsTo/2VXVo2Njae/pZ56y98KtW0dKNAPtsXnF6rfnHJ8u3cGEHMwL4vT+ZvPnpUOA&#10;Y9vcs/rqHHFD6Y6pS5/qa+18V+kKYHbJEWnLipecWcfImamuu1LqOiWn0QWRq8XjL0r1gZS7huuq&#10;fiqP1I+nsWr/U480H786YqxgOgAAzFtGZQAAAMBhNq9Y/ZWc4/WlO5iYHPG6/lbz5tIdwNHdunr1&#10;wjQc90fEitItx6GuIr9mXWtga+kQAAAAoH08wgIAAAA4RI5IOcclpTuYuJTza0o3AMeWDsYfxOwe&#10;lEVEVHVUHykdAQAAALSXURkAAABwiE3LV6+MiBeV7mASUjIqgw53Y0QjUvxZ6Y7pkfs3LTvn5aUr&#10;AAAAgPYxKgMAAAAOkVK8qnQDk3ZhjkilI4AjO3n56g0x+08pG5er6j2lGwAAAID2MSoDAAAAnuuV&#10;pQOYtFM39px7TukI4MhypLeWbphOKdI1N5533oLSHQAAAEB7GJUBAAAAh0g5XlG6gcmronbCHHSo&#10;m5csWRQp95bumGanvODnBy8tHQEAAAC0h1EZAAAAcIic4oLSDUxeSslJZdChuqsTL46IE0t3TLuU&#10;1pdOAAAAANrDqAwAAAAYd/fatd0RcVbpDqYg18tKJwDPL1fp4tINbZHiktIJAAAAQHsYlQEAAADj&#10;Hn/0qdMiIpXuYPJypKWlG4Ajya8uXdAWOb/0xmXL5t4JbAAAAIBRGQAAAPB/RquxM0o3MDVVCieV&#10;QcdKLy9d0CZdi9OC80pHAAAAANPPqAwAAAD4f/KZpQuYmpzDSWXQgb5x9tknRMRppTvapaoaPaUb&#10;AAAAgOlnVAYAAACMSzlOL93AlJ1cOgA43HBeeFbM5ccK18bIAAAAMBcZlQEAAADjUkonlW5gytzn&#10;gQ40mupTSje0U6rSL5VuAAAAAKafm40AAADAuLqOunQDU+Y+DwAAAAAwLdxsBAAAAMallIzKZq+5&#10;+3g9oGPVde3/BgAAAMxBRmUAAADAuBzGAbOY+zzQgapo/Kx0QzulSE+XbgAAAACmn5uNAAAAwDgn&#10;lc1q/nbQgXLX6MMRkUt3tE2KB0onAAAAANPPqAwAAAAYl3MeKd3AlP20dABwuP5m82BEPFa6o22M&#10;ygAAAGBOMioDAAAAxjWierh0A1OVHildABxJ+lHpgjapuxr1PaUjAAAAgOlnVAYAAACMG3HizKyV&#10;I+8t3QAcQY4flE5ohxRx/+W7dj1RugMAAACYfkZlAAAAwLiqOz9YuoGpSTmMyqBTVfWdpRPaoU7x&#10;ndINAAAAQHsYlQEAAADj+pvNn0fEk6U7mLxcGZVBp6p+sfhrEXGwdMe0q/NXSycAAAAA7WFUBgAA&#10;ABwihUdgzlIDpQOA57du77YDOeKO0h3T7JnG8OKvl44AAAAA2sOoDAAAADhEjvhx6QYmr6qqraUb&#10;gKPI+frSCdMqpZvW7d12oHQGAAAA0B5GZQAAAMAhcsrfK93ApB188akvuKd0BHBkT518wldyzJ3H&#10;1OZcX1u6AQAAAGgfozIAAADgUGPJqGz2+cmFW7eOlI4Ajuzq7duHU8Tfle6YJnf3twb+q3QEAAAA&#10;0D5GZQAAAMAhTjy4cGtEjJXuYFJ+UDoAOLbq4KJ/iIhHS3ccr1zH+0s3AAAAAO1lVAYAAAAc4tJ9&#10;25+KiJ2lO5iMdHfpAuDY1u3ddiBH/mjpjuO0pf+B5jdLRwAAAADtZVQGAAAAPI90R+kCJq5ujG4u&#10;3QBMzF2tgesi0rdKd0zRk1F1vbt0BAAAANB+RmUAAADAYXLOXyrdwMSkiB+uHxwcKt0BTMyHI+oc&#10;+V0RcaB0y2TlyB/q233f7tIdAAAAQPsZlQEAAACHOf30U74REftLd3BsOedbSjcAk9Pfat6TU7yr&#10;dMck3dTXGri2dAQAAAAwM4zKAAAAgMNcuHXrSM6xqXQHx5YbaWPpBmDy+oea/5YiPl66Y4J+PHxi&#10;480pIpcOAQAAAGaGURkAAABwBPmrpQs4pkef2t38XukIYGrWtZofjMifL91xdHl33Ri78qr773+y&#10;dAkAAAAwc4zKAAAAgOc1sqjr1ogwIuhgOfLnr44YK90BTE2KyL2tgbdFir8t3XIE93Q36l9bPzg4&#10;VDoEAAAAmFlGZQAAAMDzuur++59MEdeX7uCIxrq78nWlI4DjkyJy71DzfRHxsdItz3F3Izcuv2xw&#10;cG/pEAAAAGDmGZUBAAAAR1TnuDYi6tIdPJ+8+fJdu1qlK4DjlyJyX6v5wcjpTRHxdAf03DA6+vQl&#10;V+y5/6HSLQAAAEAZRmUAAADAEfXvaQ5ExMbSHRyuiuqTpRuA6dW3Z+cXx1K6MFJ8s1DCYxHx5t5W&#10;8/eufOih4uM2AAAAoByjMgAAAOCoUp3/sXQDh8o5WgtaSzeX7gCm34ahnff2DjUvzZHfGhEPztBl&#10;RyLSp7obY+f1tZr/OkPXBAAAADpYKh0AAAAAdLYckbb0rP5+jnhF6Rb+R4q39w01ry+dAbTXzUuW&#10;LOpuLPqTnPIfRqSz2nCJgynihqquP3rFA7t2tuH9AQAAgFnKqAwAAAA4pluXr74ipdhSuoOIiLjv&#10;hNay8y+N20dLhwAz4+61a7v37Xvi9SnFm3KOKyJi0XG9YUrbIud/z8Pxmf5HmvumpxIAAACYS4zK&#10;AAAAgAnZ1LNmY0TuL90x36Ucr+/d07ypdAdQxs1Llixa0LX4t+ocl0TKF0fEr0TEyUf9pRQ7Isdd&#10;OceduWvs1vWDg0MzEgsAAADMWkZlAAAAwIRsXLby/KqqfhARjdIt89idfa3mb5SOADrLzUvOfXGj&#10;u15e1dVJkWJhXdcjOerHU672N0YX7V+3d9uB0o0AAADA7GJUBgAAAEzYpp7VX4iIN5fumKdyndNr&#10;1+/ZeUfpEAAAAABgbqtKBwAAAACzR0rdH4iIx0p3zEcpxScNygAAAACAmWBUBgAAAExY79C9D0eO&#10;t5XumIeaIyNPv790BAAAAAAwPxiVAQAAAJPSt6f51Yj8+dId80iOKt5x5UMPPV06BAAAAACYH4zK&#10;AAAAgEkbi5E/jYgHS3fMCzk+27e7eXvpDAAAAABg/jAqAwAAACZtQ6u1P0X1+xExVrplTsvxo2p4&#10;0R+XzgAAAAAA5hejMgAAAGBKels7bkspDJ7a58FUdfet27vtQOkQAAAAAGB+MSoDAAAApqx3qHld&#10;SvFPpTvmoIOR4o29Q/c+XDoEAAAAAJh/jMoAAACA47JwaNkfRaT/KN0xl+TI7+wban67dAcAAAAA&#10;MD8ZlQEAAADH5dK4fTQP52siYrB0y1yQU/xNf2vgC6U7AAAAAID5y6gMAAAAOG79jzT31dXoRRFx&#10;T+mW2SxF+kD/UPNDpTsAAAAAgPktlQ4AAAAA5o7bzjnnjJGxxtcj4vzSLbNNjvjz/lbz46U7AAAA&#10;AACcVAYAAABMm8sGB/em1L0uRdxbumWW+ZhBGQAAAADQKZxUBgAAAEy7LatWnV6PpM0R8crSLR1u&#10;LEV6X29r59+XDgEAAAAA+F9OKgMAAACm3bqBgUfzgvj1yHF96ZYO9miOfIlBGQAAAADQaZxUBgAA&#10;ALTVpp5V74xI10ZEd+mWDrJ9LKrXbWjt2FU6BAAAAADguYzKAAAAgLa7dfnqK1KKL0bEqaVbSssR&#10;t9Qx/JYNrdb+0i0AAAAAAM/HqAwAAACYEVuWrFped6VPR8S60i2FPJFyem/vnp2fKx0CAAAAAHA0&#10;RmUAAADAjNrUs/qNkeK6yHFa6ZYZk9NXurtG33PZ4ODe0ikAAAAAAMdiVAYAAADMuJuXnbu0qxr7&#10;54i0vnRLmz2QUvrAuqGdX0wRuXQMAAAAAMBEGJUBAAAAxWxesWZ9zvkjEfGq0i3T7Jmc8ycaw4s/&#10;vm7vtgOlYwAAAAAAJsOoDAAAACgqR6TNK9a8Ief8lyniZaV7jtNwiviXscbYX68fHBwqHQMAAAAA&#10;MBVGZQAAAEBH+HBE9avL1/xupHhvRH51NaO/3AAABupJREFU6Z5JOpAiPj1SV5+48oEdD5aOAQAA&#10;AAA4HkZlAAAAQMfZ0rNqbR3p3RFxTUQsLt1zFPdFSp8dHUmfu/KhHT8tHQMAAAAAMB2MygAAAICO&#10;9fWVK08ZGU1vqSL9To64KCK6SjeliJ/lHF+qqvzZdUMDd5buAQAAAACYbkZlAAAAwKxw85Ili7q7&#10;Troox9iVEekNEbF8hi49HJHvyJFuqyJu6W01t8/QdQEAAAAAijAqAwAAAGadD0dUr1628rzUqF6e&#10;cr4gIl2QIy5IEWcc95un2Bc535VS9d1c57vG0vBdG1qt/cdfDQAAAAAwOxiVAQAAAHPGllWrTs+j&#10;aVmdY2mKtCQin5VznJRSekFEfmFEpBRR50hPRMoHcsQzVeSH65yGUj021LUgDV2+a9cTpT8HAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAADAH/TefoT1ymqD/6AAAAABJRU5ErkJgglBL&#10;AwQUAAYACAAAACEAc6vK9OAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hC&#10;b43shvw5lkMIbU+h0KRQcttYG9vEWhlLsZ23r3xqb7PMMPtNuhlMLTpqXWVZQTyJQBDnVldcKPg+&#10;vr8sQTiPrLG2TAru5GCTPT6kmGjb8xd1B1+IUMIuQQWl900ipctLMugmtiEO3sW2Bn0420LqFvtQ&#10;bmr5GkVzabDi8KHEhnYl5dfDzSj46LHfTuO3bn+97O6n4+zzZx+TUs9Pw3YNwtPg/8Iw4gd0yALT&#10;2d5YO1ErWK3CFK9gupiBGP1osQzqPKp5DDJL5f8J2S8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+&#10;vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWy&#10;N6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINr&#10;YFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGK&#10;yShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAn5/BKRMEAAClCQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAKAAAAAAAAACEAxOVqi1FoAgBRaAIAFAAAAAAAAAAAAAAAAAB5BgAAZHJz&#10;L21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAc6vK9OAAAAAKAQAADwAAAAAAAAAAAAAA&#10;AAD8bgIAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAA&#10;AAAAAAAACXACAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA/HACAAAA&#10;">
               <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:-1963;top:678;width:55058;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+d+mPwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9Ed1Y0qjRTbBCS279eYBj9pgEs2dDdmvi27uFQi+HmfmG2eajacWdetdYVrCYRyCI&#10;S6sbrhScT1+zFQjnkTW2lknBgxzk2ctki6m2Ax/ofvSVCBB2KSqove9SKV1Zk0E3tx1x8K62N+iD&#10;7CupexwC3LTyPYoSabDhsFBjR/uaytvxxyi4FsP0Yz1cvv15eYiTT2yWF/tQ6u113G1AeBr9f/iv&#10;XWgFcQK/X8IPkNkTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="23FF1B5D" w14:textId="1F191CDF" w:rsidR="00D367D0" w:rsidRPr="00DD7C95" w:rsidRDefault="00AB2A91" w:rsidP="00D367D0">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                         <w:rPr>
                           <w:i/>
                           <w:vanish/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:t>Zentrum für Schulqualität und Lehrerbildung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
@@ -3401,51 +3786,51 @@
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Grafik 47" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:55721;width:3988;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKKNy4xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mU2l2ppmlRoRq7eqhx5fsq9JaPZtyK4x/nu3IPQ4zMw3TLocTCN66lxtWcFzFIMg&#10;LqyuuVRwOm7GbyCcR9bYWCYFV3KwXDyMUky0vfAX9QdfigBhl6CCyvs2kdIVFRl0kW2Jg/djO4M+&#10;yK6UusNLgJtGTuJ4Jg3WHBYqbCmrqPg9nI0CylbZNN/v9tfvdT/nYjPPt2et1NPj8PEOwtPg/8P3&#10;9qdW8PIKf1/CD5CLGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKKNy4xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1030" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C275B59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CC23D90"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4622,368 +5007,382 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="909580068">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1509517523">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="930814042">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2064674240">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="717782280">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1082798557">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="239557746">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1088574609">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="675570769">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="197355390">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1864242285">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="608049492">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1629899386">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1210799210">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="596452080">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
     <w:rsid w:val="00030860"/>
     <w:rsid w:val="00037CA7"/>
     <w:rsid w:val="000401D2"/>
     <w:rsid w:val="00050284"/>
     <w:rsid w:val="000623B2"/>
     <w:rsid w:val="000647F1"/>
     <w:rsid w:val="00083036"/>
     <w:rsid w:val="00086736"/>
     <w:rsid w:val="00093F52"/>
     <w:rsid w:val="000A1E08"/>
     <w:rsid w:val="000A2301"/>
     <w:rsid w:val="000A386A"/>
     <w:rsid w:val="000B22EC"/>
+    <w:rsid w:val="00104500"/>
     <w:rsid w:val="0012320E"/>
     <w:rsid w:val="001430BD"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="00171CF9"/>
     <w:rsid w:val="0017681B"/>
     <w:rsid w:val="0019118A"/>
     <w:rsid w:val="001A1214"/>
     <w:rsid w:val="001B1F40"/>
     <w:rsid w:val="001E732B"/>
     <w:rsid w:val="001F6F64"/>
     <w:rsid w:val="00213048"/>
+    <w:rsid w:val="00220267"/>
     <w:rsid w:val="0022112D"/>
     <w:rsid w:val="002225E2"/>
     <w:rsid w:val="00231B4E"/>
+    <w:rsid w:val="00231C9E"/>
     <w:rsid w:val="002371EE"/>
     <w:rsid w:val="00280A43"/>
     <w:rsid w:val="002A22AA"/>
     <w:rsid w:val="002A6A22"/>
     <w:rsid w:val="002C15C7"/>
     <w:rsid w:val="002C3C1F"/>
     <w:rsid w:val="0031400C"/>
     <w:rsid w:val="00314D48"/>
     <w:rsid w:val="00316CB3"/>
     <w:rsid w:val="00323598"/>
     <w:rsid w:val="00325D40"/>
     <w:rsid w:val="003342F2"/>
     <w:rsid w:val="00351B57"/>
+    <w:rsid w:val="00353454"/>
     <w:rsid w:val="0036538A"/>
     <w:rsid w:val="003721D2"/>
+    <w:rsid w:val="00374214"/>
     <w:rsid w:val="00376730"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="003A6A01"/>
     <w:rsid w:val="003B1347"/>
     <w:rsid w:val="003B4606"/>
     <w:rsid w:val="003C3E9D"/>
     <w:rsid w:val="003C7685"/>
     <w:rsid w:val="003C7EE4"/>
     <w:rsid w:val="003D5F6F"/>
     <w:rsid w:val="00412F04"/>
+    <w:rsid w:val="004314E6"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="00437E62"/>
     <w:rsid w:val="00463BEE"/>
     <w:rsid w:val="0048004F"/>
     <w:rsid w:val="00484FF2"/>
     <w:rsid w:val="00486DD2"/>
     <w:rsid w:val="004D67CC"/>
     <w:rsid w:val="004E012F"/>
     <w:rsid w:val="004E4AE6"/>
     <w:rsid w:val="005030BE"/>
     <w:rsid w:val="0052056F"/>
     <w:rsid w:val="00522228"/>
     <w:rsid w:val="005416CA"/>
     <w:rsid w:val="00550B82"/>
     <w:rsid w:val="005563FF"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="00563899"/>
     <w:rsid w:val="005A0943"/>
     <w:rsid w:val="005B03C3"/>
     <w:rsid w:val="005B26D9"/>
     <w:rsid w:val="005B6B74"/>
     <w:rsid w:val="00622D73"/>
     <w:rsid w:val="00631BE3"/>
     <w:rsid w:val="006373C3"/>
     <w:rsid w:val="00653398"/>
     <w:rsid w:val="00664ACC"/>
     <w:rsid w:val="00667DDC"/>
     <w:rsid w:val="00676A78"/>
     <w:rsid w:val="006B7ACC"/>
     <w:rsid w:val="006C69C2"/>
     <w:rsid w:val="006E531D"/>
+    <w:rsid w:val="006E5642"/>
     <w:rsid w:val="006F30F7"/>
     <w:rsid w:val="00717530"/>
     <w:rsid w:val="007428CB"/>
     <w:rsid w:val="007749C7"/>
     <w:rsid w:val="0079230C"/>
     <w:rsid w:val="007D4DC0"/>
     <w:rsid w:val="007D518C"/>
     <w:rsid w:val="007E7B8C"/>
     <w:rsid w:val="007F1725"/>
     <w:rsid w:val="007F2AF1"/>
     <w:rsid w:val="007F6924"/>
     <w:rsid w:val="00806230"/>
     <w:rsid w:val="0083045F"/>
+    <w:rsid w:val="00847CBE"/>
     <w:rsid w:val="008502AD"/>
     <w:rsid w:val="008608F6"/>
     <w:rsid w:val="008730CE"/>
     <w:rsid w:val="00880F44"/>
     <w:rsid w:val="0088384A"/>
     <w:rsid w:val="0088539E"/>
     <w:rsid w:val="00890ADB"/>
     <w:rsid w:val="008D795A"/>
     <w:rsid w:val="008E64BB"/>
     <w:rsid w:val="008F519D"/>
     <w:rsid w:val="009048FE"/>
     <w:rsid w:val="00913CDF"/>
     <w:rsid w:val="009359C4"/>
     <w:rsid w:val="0095750A"/>
     <w:rsid w:val="009778F6"/>
+    <w:rsid w:val="0098650D"/>
     <w:rsid w:val="009873CB"/>
     <w:rsid w:val="00994CF1"/>
     <w:rsid w:val="009D19CB"/>
     <w:rsid w:val="009D427C"/>
     <w:rsid w:val="009D7CBB"/>
     <w:rsid w:val="009E3CCF"/>
     <w:rsid w:val="009E6007"/>
     <w:rsid w:val="00A00CC6"/>
     <w:rsid w:val="00A12AB9"/>
     <w:rsid w:val="00A158A2"/>
     <w:rsid w:val="00A25233"/>
     <w:rsid w:val="00A327BE"/>
     <w:rsid w:val="00A541B7"/>
     <w:rsid w:val="00A6740C"/>
     <w:rsid w:val="00A85999"/>
     <w:rsid w:val="00AB2A91"/>
     <w:rsid w:val="00AB2E95"/>
     <w:rsid w:val="00AB4C7A"/>
     <w:rsid w:val="00AC4C66"/>
     <w:rsid w:val="00AC7B65"/>
     <w:rsid w:val="00AD30E4"/>
     <w:rsid w:val="00B17001"/>
     <w:rsid w:val="00B23134"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B71D54"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00B85931"/>
     <w:rsid w:val="00B952F0"/>
     <w:rsid w:val="00B965B9"/>
     <w:rsid w:val="00B97CB9"/>
+    <w:rsid w:val="00B97E54"/>
     <w:rsid w:val="00BA4F1E"/>
     <w:rsid w:val="00BB5ED6"/>
     <w:rsid w:val="00BC0D32"/>
     <w:rsid w:val="00BE4706"/>
     <w:rsid w:val="00BE780E"/>
     <w:rsid w:val="00BF0577"/>
     <w:rsid w:val="00BF4010"/>
     <w:rsid w:val="00BF550E"/>
     <w:rsid w:val="00C0736B"/>
     <w:rsid w:val="00C16454"/>
     <w:rsid w:val="00C328A4"/>
     <w:rsid w:val="00C5689B"/>
     <w:rsid w:val="00C648E1"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00C92B3E"/>
     <w:rsid w:val="00CA4CD8"/>
+    <w:rsid w:val="00CC4364"/>
     <w:rsid w:val="00CD1BB8"/>
     <w:rsid w:val="00D000D8"/>
     <w:rsid w:val="00D04371"/>
     <w:rsid w:val="00D0448C"/>
     <w:rsid w:val="00D13F5B"/>
     <w:rsid w:val="00D2127E"/>
     <w:rsid w:val="00D25DCB"/>
     <w:rsid w:val="00D367D0"/>
     <w:rsid w:val="00D47AE1"/>
     <w:rsid w:val="00D572DB"/>
     <w:rsid w:val="00D82578"/>
     <w:rsid w:val="00D85F33"/>
     <w:rsid w:val="00DB684C"/>
     <w:rsid w:val="00DD7C95"/>
     <w:rsid w:val="00DF6899"/>
     <w:rsid w:val="00E059CD"/>
     <w:rsid w:val="00E05B72"/>
     <w:rsid w:val="00E227B0"/>
     <w:rsid w:val="00E27364"/>
     <w:rsid w:val="00E4725C"/>
     <w:rsid w:val="00E5073B"/>
     <w:rsid w:val="00E7410F"/>
     <w:rsid w:val="00E93A75"/>
     <w:rsid w:val="00EB0D91"/>
     <w:rsid w:val="00EB2932"/>
     <w:rsid w:val="00EB45B3"/>
     <w:rsid w:val="00EE39C5"/>
     <w:rsid w:val="00EF33AD"/>
     <w:rsid w:val="00F06675"/>
     <w:rsid w:val="00F1606D"/>
     <w:rsid w:val="00F2596E"/>
     <w:rsid w:val="00F26015"/>
     <w:rsid w:val="00F52859"/>
     <w:rsid w:val="00F63747"/>
     <w:rsid w:val="00F70A16"/>
     <w:rsid w:val="00F96625"/>
+    <w:rsid w:val="00F96B3F"/>
     <w:rsid w:val="00FC07DF"/>
     <w:rsid w:val="00FE071D"/>
     <w:rsid w:val="00FF2F9B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="23FF1B2E"/>
-  <w15:docId w15:val="{0B958BCD-FACA-491E-95F0-B260FA2C4C3F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5094,51 +5493,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5315,50 +5714,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -5817,51 +6217,51 @@
     <w:name w:val="Text Aufträge"/>
     <w:basedOn w:val="NummerierungAnfang"/>
     <w:link w:val="TextAuftrgeZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00C328A4"/>
     <w:pPr>
       <w:ind w:left="473"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextAuftrgeZchn">
     <w:name w:val="Text Aufträge Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="TextAuftrge"/>
     <w:rsid w:val="00C328A4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="164714252">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="727728235">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5892,51 +6292,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2016027427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet6.xlsx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document5.docx"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet6.xlsx"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document4.docx"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.emf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -6164,269 +6564,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...127 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8125F546-DC45-489A-B028-6CF129A034C9}">
-[...38 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14798F8E-05EF-4E72-B7D4-020A6CFC4AB7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F299527D-27D3-4E8F-BC77-E93F7423B364}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>2451</Characters>
+  <Pages>6</Pages>
+  <Words>409</Words>
+  <Characters>2508</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>156</Lines>
+  <Paragraphs>78</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2835</CharactersWithSpaces>
+  <CharactersWithSpaces>2839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title>WKA-LF10-LK01-Preiskalkulation</dc:title>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>