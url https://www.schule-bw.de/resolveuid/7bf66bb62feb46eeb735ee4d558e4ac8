--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -1,83 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="docx" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="7344662A" w14:textId="2E00E5F6" w:rsidR="00E07B17" w:rsidRPr="007248C6" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219109439"/>
+      <w:r w:rsidRPr="001D1268">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="775C2FF7" w14:textId="22106141" w:rsidR="00542EE7" w:rsidRDefault="00542EE7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="55" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2150"/>
-        <w:gridCol w:w="7489"/>
+        <w:gridCol w:w="2136"/>
+        <w:gridCol w:w="7437"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C614E" w:rsidRPr="000C614E" w14:paraId="0FE27A3F" w14:textId="77777777" w:rsidTr="00E167E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2150" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FE27A3D" w14:textId="132E68AE" w:rsidR="000C614E" w:rsidRPr="000C614E" w:rsidRDefault="0016790F" w:rsidP="00F800B1">
             <w:pPr>
               <w:pStyle w:val="tLernfeldKopf-Titel"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -168,99 +184,102 @@
         <w:t>Schneckle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> GmbH repariert Fahrzeuge aller Marken und hat einen Servicevertrag mit einem japanischen Automobilhersteller. Sie verfügt über ein großes Ersatzteile</w:t>
       </w:r>
       <w:r w:rsidR="00CF7808">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="005B4B65">
         <w:t xml:space="preserve"> und Zubehörlager mit einem Verkauf an andere Händler und Endkunden sowie einem Internetvertrieb.</w:t>
       </w:r>
       <w:r w:rsidR="000B2701">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="774510D6" w14:textId="6C968839" w:rsidR="005446FC" w:rsidRPr="000B2701" w:rsidRDefault="0028133B" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0028133B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4462FB57" wp14:editId="659D5E51">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4462FB57" wp14:editId="659D5E51">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3781425</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2051050" cy="1182972"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="15" name="Gruppieren 14">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A58A5D1A-B6E2-4131-B6AF-1137D51D4B8A}"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2051050" cy="1182972"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="2051050" cy="1182972"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Grafik 2">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{824A1C7F-605F-4DE5-B99E-3F82D5FE6BB5}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId11" cstate="print">
+                          <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="253879" y="400110"/>
                             <a:ext cx="1471459" cy="782862"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="3" name="Textfeld 9">
                           <a:extLst>
                             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EEAF942-EE17-4D07-A6B1-B34EB34C3B38}"/>
@@ -315,72 +334,72 @@
                                   <w:sz w:val="40"/>
                                   <w:szCs w:val="40"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
                                     <w14:srgbClr w14:val="000000">
                                       <w14:alpha w14:val="57000"/>
                                     </w14:srgbClr>
                                   </w14:shadow>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> GmbH</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="none" rtlCol="0">
                           <a:spAutoFit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4462FB57" id="Gruppieren 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:297.75pt;margin-top:-.35pt;width:161.5pt;height:93.15pt;z-index:251661312" coordsize="20510,11829" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBB+fUG0gMAAPQJAAAOAAAAZHJzL2Uyb0RvYy54bWzMVl1vozoQfb/S/Q+I&#10;dwoGEwhquoIEqpVW91Z39/4Ax5iACtiynSbVav/7jk0+th9Rq77sPoSMsT3MnDln7OtP+6F3HphU&#10;HR8XLroKXIeNlNfduFm4/3+rvNR1lCZjTXo+soX7yJT76ebvv653ImMhb3lfM+mAk1FlO7FwW61F&#10;5vuKtmwg6ooLNsJkw+VANAzlxq8l2YH3offDIJj5Oy5rITllSsHb1TTp3lj/TcOo/rdpFNNOv3Ah&#10;Nm2f0j7X5unfXJNsI4loO3oIg3wgioF0I3z05GpFNHG2snvhauio5Io3+orywedN01Fmc4BsUPAs&#10;m1vJt8Lmssl2G3GCCaB9htOH3dJ/Hu6k09VQu9h1RjJAjW7lVoiOSTY6CNus2F5/UdrkB9aU1/eq&#10;Cou4rLBXgeXhoMBeUeK5V4VRWoZJtQyj2Q+zG80yKhnRwJDP9RFjNHtfDodqG3Swb1G2wX7P4zSP&#10;Vyj3ilkJX0cRAiuvPISiZBWjFS7S/Ieprm9jPv7bLPyd2GQ2cUMTa95K8VXcSVhvXmymkcl338jB&#10;/EOlnL2lzeOJNgYLCi/DIEZBDOyiMIdQGs6TcCIWbYF9L/bRtnxjJwQ9fdiGegpHdDSD3wFDsF5g&#10;+LZeYJfeSuYenAzv8jEQeb8VHlBWQB3XXd/pRys/qK8Jany46+idnAZnSoVnRpGmu3fCP5RMaYhz&#10;tEwqbxbElYdXZewV83npRVUaruKqnBVFfJFMJv8DmY7mhAUxtfrC6b1yRr5sybhhuRLQkYAklplP&#10;l/tm+ATIdd+Jqut7wz9jH0oG3euZ+l+p+tRZVpxuBzbqqVVK1lsVqrYTynVkxoY1A+XLzzUC8kKb&#10;1qB+IbtRXyxUmOZBMA8LbxkHS1B9Unr5HCdeEpQJDnCKlmg5qR5nW8UgfdKvRHeSPX4R/Kut6xfZ&#10;BwfZPxDbwi9IekLIIKW0ZJq2xmwAvP8A8GnPacIifQbX4K5A/GbHM7mHcZQmc9cBXeMgQOhwXhyF&#10;j3CCcAzzRvhJGqYzq/uTeoEBUulbxgfHGIA0BGOhJQ/QiaawjkugRZ0jsSYMTT+Cg1Edaw+j9wFo&#10;jsXXjpSvLREMQjBuz0KNjkL9Bqk1rK+d+UUG/N6+n5ZlXs1x6JUlSkCqQeLlswKaf4RL+C2jIkov&#10;SvWU9Cl/0/QdvS84tHErSrPkAhmgwb/R+3EEkVmOfJQCJBu5kbyhxjkUY+n9em+PPksx82bN60eI&#10;fgeXl4U7wu0KJK37JbcysUoQ+VaDO0u0846DayCVtezVAqwnd5dfx3bV+bJ28xMAAP//AwBQSwME&#10;FAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMw&#10;EEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1&#10;MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI&#10;+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIde&#10;vjw23AEAAP//AwBQSwMEFAAGAAgAAAAhAGeddfzfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwVu7iZKaptmUUtRTEWwF6W2bnSah2dmQ3Sbpv3c86fHxPt58k68n24oBe984&#10;UhDPIxBIpTMNVQq+Dm+zFIQPmoxuHaGCG3pYF/d3uc6MG+kTh32oBI+Qz7SCOoQuk9KXNVrt565D&#10;4u7seqsDx76Sptcjj9tWPkXRQlrdEF+odYfbGsvL/moVvI963DzHr8Puct7ejofk43sXo1KPD9Nm&#10;BSLgFP5g+NVndSjY6eSuZLxoFSTLJGFUwewFBPfLOOV8YjBNFiCLXP7/oPgBAAD//wMAUEsDBAoA&#10;AAAAAAAAIQBpjRCZaD8AAGg/AAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAABYgAAALwIAwAAAQLGZDUAAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAwBQTFRF&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAszD0iAAAAP90Uk5TAAECAwQFBgcICQoLDA0ODxAR&#10;EhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElK&#10;S0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKD&#10;hIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8&#10;vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T1&#10;9vf4+fr7/P3+6wjZNQAAAAlwSFlzAAAh1QAAIdUBBJy0nQAAOuZJREFUeF7dnQegFcX18Gf2FR48&#10;eheUKgIKKKiAIkWxRKNiAY0tGv1EoiYaYxIFu8YWNRhNVGxgR40lYldEEFERRUQFlKIISEd4j1fu&#10;zsx3zpnZ3dm9u7e8dyHk/4N3d+7e3dnZqWdmzpxhMfBjN0ol5ZIjHW7OJPCKMA4L7irjinCNOfps&#10;YXDlJNUfDxHinmuuekXqY0ZW0+cq/JiXEBwLVYSfLrnDxD2L+xce5wcK6KwE25s8suirmGOcFufF&#10;PUoTPHCgOabMMQ3pPRuP/2SsjJyPMNZUCqmUkBA8YK1sTD94Xl+mD3jTDdqZjY6M/Q4O6N1hn0ry&#10;HNBJtF77dIYXliDpikIRim6xl3aHUPh+P8FffLJuh9uME64V8BjFuAqe5rGWzh0KvujfToGAKCYW&#10;gzN6MT5In6sJZbNRrBYPW6RL7xei1tWXHk6fGKbX2L1wTE5IpLaYokqyhxlrgifILxuJjIRfwCMr&#10;oxShm0ITYS96omPnqSkX1uBBZxcIZRU5iDKTGG+X0wE5jbUyrnQ4Zp49Y3OcDqv5YlDr1Hs37G/F&#10;7t+2JOTV5q9CnpGpf7Y335OIphRyOERfDDGX/hv+sEzcrr8GpF9LZ/TpyI/p1wbnOOtsXJq4a304&#10;xJlxZoHez7oW7vuHcQZ4kbAV/sCt0zX2AfrKBlbWxstiI5E1gD/bE3DTfZCO/G4pIM3FeqxWWKmo&#10;4KYgBh4vxw+o8SpPp6/Eyeao/b37TO0GXAwBv4ixDrdtlAK8BvAM/P/AhO5S+gTgJR3BKuH3UnPG&#10;UKIzGPz+4whyAQLutt9BY5/hUC94KAVloVixSvPdh0JTY70d41D3AFjnRDEXows/8JjqzdRlTB0j&#10;a+nVQgjJHMlOXWGuhavhYsZamm9RvLSaQRURXomFnnwKQZWHroK8egmasn+9Z5wx0LUp/4VkOy/8&#10;1mt7zIQmDU4fr79R2uPF89ABkFcGzj4Az6TtS1P2Ah4OwXAGD9T8vGrJY2d9Zb6AT12/ic+dIY7E&#10;qjQlr2wdbmKLGnSesEWm8DFQw9xpzubKf1RD+MTatLj7rydO+2rZ2m1CSjcFuEJUfXzjEVAdwqsp&#10;5f4LX66XUiV4IhuRF46jmLEuukDpT6xdy7Ldl4O/mH02Gpf2me66t/Xd+kssOfmLV71inN4dcODS&#10;bnLCPHGqcWRhpRdUgJtcBPGhsHaJxQ+ww85Y7koUd1JQGDYseP+dd+Z9D2mYggbHfQGT1spb3l3l&#10;WHZ9LzRCiZhCEMca2U87dtcHxk6vcR8fCVIS73L2Bnyc/8gGqrVxZWeTOSJ2+15tjhRDIG4hYog+&#10;5gSnGEV5TQzFsmqAPG1cGh1oegrfxC6gb2EwxoQdNMaeZyMf1C7FumkH4j+kFH3VadsJzvJiK6Ft&#10;0OtqxpvMhWTA7/yPrJQ8caHGT12BrjB4A/xh8V2nQy4VvGg6dKWBL1Ii9GL7jzGOAH25wKMX9jPo&#10;VAz4o/+qGkjvwyheB9FXC7gYryd/R0Psw43hBLChSACgVos8QDGT+wIosPQHeeUZuCUtVDZ30ed8&#10;rDDJxdZTO9cd/j5Ch+Y2/CCPv7yJr6vCqDCXJ7PEHD0U5RWSPf32yeCerlhvCKRqh98W0bncES/i&#10;C2IcTU+XVleq0b3hZy2t7pY10GGO0IevKf50/ynA0Z7ZBTWIZxSlEvkT/LmsLV0P8a8zrA/GAzk+&#10;pc8gottDI0ESENwZA3ozhbH9IAq8cMS8bj8oJFBHa6K/TzDHKBXwp6/9RItKkRtvxQ/stQU/qFAa&#10;xwTE0HIZxMWH5kvMhd6J5MKRjtP7+oVQ/aMMIMXa6Rf2axiupvKnEsuH/LKProU8OGux/wz9IMBU&#10;xnmg1HzjysJX8Ii/Gnd2qA9NbWWjw/44efbiVZuqpRJuCgQZIcSGp8/d50v4rQz81CKtjFT9CTyV&#10;nIg26m/wsY1VQXyBI05cjiDtEpQABFB7pD/bqp7gpMoiGYUDHVmABsH0+ouH0cFl1d386jYeEhKz&#10;AeH03twcf4n5xTsXhzjSODKiWJNI6cZoVjxR6GITMr+Oh9ftAtqbJ0Cpof5GAv712Qi8MLfACege&#10;PKu/pJEpkiwgl5saEjD3QKYfmehBjv6G38uL122YfGndRKKB6RQB7V+souoAZFApls595533F24F&#10;pws957WHRtomE8k/0jOiJZCDL/JT9sr/869LwpFqDzh00N+Qj82R3iT00kcrlaE7GEJRfxZ4yByd&#10;WUpd3KcJ9OUGQoddt7cGT3TIAXsUq7c5Bn41os829Amhz6fOt5hhjkAzc9SYYOYeWh9TmekvFhsU&#10;DikaH/Pyl1J1EvoKt/k5Tii/MiSJkWLgHfjTfhcPWAFxr9sbOMqXgiqQHwQ5jjrZgKM9lGwfOmrS&#10;u6ra06/Zt3QM40AHxk8JH/OKL4a6JMeYI1t2Cnxgb1NfdoweEoqCP4Zjsgu72Li8B2i8cOEYr/4J&#10;/ji6Y+FHwcdLjP0eYugp/N5Ui8Ls1y8fq4dnPEx8i+LN2AKQx/vSGdl77HMrsOsIDaWOZoSG1r2o&#10;LsOwHypREEvPD8ZjhfKfHotResxKmP5HmJDA1UkoqaOV/L0iFGTt8ZAedGBX4iP0xEpSZJjzUlq+&#10;eDWJn92AT+gTrj4NekzY58Uf4avueMUQ98BbGRcob9j3YA8Cr54GnyALprwbzYRDOieZo4UXHQ2u&#10;I4fNQNZbqTN1aONmAGzM+y6BpNQu70xpelcjRfEq4R+EGMhY+xrvwtcdeFLsPaYlhfQAF+C9XSxm&#10;yEZfh5SDdHkWJaA5EYAxC7lXrWILIKrwhnHml2SaQ/2hXS7DoVMq6Gfhhw12mh4SYiV4eTmdwJoo&#10;Vzj7+S3jDIJM4x+d2bNX4+9NKzEMs8sehfKW0kPAmZFQMq8DwYHiF++NxIVpL6CGiI5k50LD8diO&#10;4+yLnz88RJlJUvIzX4+DNq8b3tvN7zEoWUuDR4upfgMij82C1IESlHjRQKm+VKlqj1UD88AMQKgM&#10;Ya+iHlPr+nOTukUFsYFq6ci9nJ8NFTW66LwpmE31gUjuUlOafdOZNaE8zZ/HT49HzRHQD9SRdo9V&#10;ESUPynl3SFbNFkZSh2I9RYVY/2C9jx456UqfaaAQCde6AjwGyQ0yrXWnx7IyfG5fcqd1LO1q1uJF&#10;+JtjMirBI3OGJAGUlDqQ4TSRByfKW3iduXYLfkQDTAE6Ef78H0JXHB4/YIFYPgMifoD4t/Yre9Ox&#10;mFNpWCqBZ+TGNVJ98dI/Lj2iq/zBnAyQzDn1xVXRuYg6w9nZn4FAZsKWIyBluKmP7j2q2E60HQ30&#10;F/DR7srdTVHIH8jzpacuq/XfV66JTMwVDL4eGqr06c86E7yx8xcS8MTBBY17r1ltfcRpv0fO+9Xh&#10;+3YssRr6oqJsSjTUsUWwC5gS8E/HsiubGX+q4cTT2llPzPB6fdFTJXMsz7xi1Xo2tOv6Z3gd02DV&#10;GUcp6A8XAEFKASFVApB+jQsRo6SivpPQykB1RNXrbosKjFCutB6TRyjxTqUovx4VU3IbzotDKt0D&#10;rz+N1GD4jCprNNdzAIarTfi5a/oyeVOh8pFIM5PCsEKjHEGEIvN9/a2beo4trkOQeWHKm4ZTjo3p&#10;oKiQYlVqDR1wUHh13kF2M/d/8uRFfPvTYnLnr8MBE7/EzzV4Ms+MUdAIBlJYfmWcjpQkWdVH13EU&#10;2LyGrVJZI5hzh5W0G/CLMyf84/FpMz5e8A0wd8br/37g2vOO369lse4MBeggkDNK5Ky+kgZKsg2l&#10;G+5xsUnSbs4aTVhfi4NQwpWydukNg5uCgG4X72w4rKzHHdukLnLbY+8ULYxDQ/NW4+n69RnzRQcX&#10;u5Niw8HmeyEo244KUKvOMV8Z+8wcQ7REtRfOSzsNOPqU34z7f6f85cgW3oCVgn5PHKitIsMDlfVH&#10;iJvSMlaQ/tdvu7UVKRUi0VY5uGxAeiRfDWG9yLgLSEKpvSqc/h5ToKsYIihxIpzJtypl6SEUjkiX&#10;zCqEkULmET0dyIRN7DZRqOxjN/VmMBSNiddCbu5EX2Oqq07Las4LJclvhegcdCal//qO+hkCracR&#10;C4PDyh/fRBo7f26op5TZIYFAo9ujifpLlIXROoT7M4Dn+zmZFA+RWyVlfA69MLfym9evObFH2gB5&#10;+X6n3fbGt9uxkrPVY5xDPwax3F1wddP0+o58F6FKXX0AH/EdJCctfwcZSx3rOb42DgATJWPNZ+OV&#10;BcdS5EiHWrhI9lTLGI/qaGic6KTd+VAhGDHP90UdYhysLQY4oXDH4VXrPMM9s+EvLJUhIGn/wTgj&#10;RN9N4lQsk9vgo8iLS9UDzpDaIObyWnvYKQnuFBVj8ntDCJCR8H4c05NzBVXq1dheykdx4Cqol+jN&#10;+CXwIXEcP45QiEmkIWFjGd6qrkUnFLyQAh89OUeqY2IvwBkiXAj0dl+88QPzI7h/e575EiEUYsoO&#10;ugT0hiDrVx+sWkqjb4BIGT+XmoQKFEQ9HocOvJAn2kUN+b7YOIAi5mhZMh17ciUQMsGzojNZA/yu&#10;JckR3sj+gtzLneZAv+/XskaI+62hhwiCvS8xOxBQVN00XTEN6lUYDiUdhG0UwidJBxVfIaJrIWV/&#10;48qVHJQ1EHoswCWuJYH3WjPUnIkQrDOg2AQ56KxvSXnPxcU/8PUFfODUx/EU8JADNYkgLZWayq1r&#10;VyyaP+eNybdd9uujB3a3xCPHsUdQ1N7GYeiFmde4fbCo+9yu+g9igwIVcBvL46kQtObaL4FDARjS&#10;ZyTrpHBYxntGeEI/N270ok9DRTKqfMmMbvg3+gBRdTNrbtyJKMg7SpnJWDWHpU6HA9RQqpd+BL0c&#10;DtLmTShC/eUw5rtGfU3iAb5GiRYUfkrITHPMkbExcIVUqIuEjFVFWzbrLqLCKsjESZ/EcpOJYFEW&#10;wCm4kXzhljndwOvzyU1n0rqhHsHEg3iEVeB7ncuewrwi3GW1j9M99jhyHYfmIsoh60SKwuZz9wXQ&#10;KkFIUQU9eDtUiM0EhMuVFahr0QaF5olqgxdUfeBYmP6BAmyjNrt36znw6F+d87srrp1435SpU1+Y&#10;Nu3N6e/N+jhg1qzp0998c9q0F56YfN/fr7/ikut+dfTg3l07tGzseBIwdFb99Br0E858taUXoyxR&#10;lKIZESuqfIKme+5voS+Nl/RmR1Kbo1Qb09OS+RQ3M8MeYM5nAv03pTPFt5FyEQVcLcXPJCBbSRyG&#10;uQg1WFF9w8ppOemK1R21CAIc7YugUAJR1eDZ76uVwKULrhQ1W7796PHfY3cYf23I7hzcVJFWJ3uF&#10;jR9SJhUuJEIG/y0ueQqGayn9EJ1FrV6g5dcDASBhIVrGluwAxQLpw5qk/GUjJTs2b1xG7b5JbIJ+&#10;DWF+8DGnk+Gy6dNLNgk/41ladqZXn0wlbxtc4rDPg04BnaYAnDhq1KhjgJEjRw4dOmzYoEGDBvbv&#10;3x+auLwoMkfAPMOu/hyvwfkqW4ghJeASGgLGfDsz6JmKoAE+hGG9GSZJbzgZz4vN+hEU3sq1kP/Y&#10;Uv2TwIVmEofVeo/546S3Pl9ZReK5rFw265mJV5xxxMAerUsdzM2KmU7USbjsUzuR0MvaI6I/nMv9&#10;x4fb4kxwLw/8hIWbvvAbqDi9DdkC/UMl6GGhnl8YrWkDVJ/6LbuB9cYi1wY16TxcW4ezBXgEtd8T&#10;4OTWsH/uAYZrTfLpdURvc1YKEin2ialD6eoBrHRpKYD7orTic/FdF4FEEhphVeEZWJpJx7n9gPzm&#10;fLzAmK6kTkNcCKiHKpCIekKEoInAYMKzb2fdwjfgiEUmMnofg+ylj3a8YOj9DkZ1Zh/9jIVBXkF1&#10;UrR/llEufybfADPWTumBEVeZsEPJsWTf8FRYDLfiiIZGB37v0LwOIaAP+fYDfzpuz3L8yRLZ31S4&#10;Mjd/hKRC/LSSJ9D3ADcH1fsHgyjF+q1ERdohD46dtgaHXPXc1xXQe5euK0R1ltjIxDJogcELVKqx&#10;yFDkbCrhNhxfFy70iQo5xmbhlHQYfP6kj1ZUYxh1KMkh5Nbv5029bszB3ZuHlpf/t+BdnoBeNMVe&#10;7kDUyVUvX9yNKoKdyXwc+EEgViufP6pzExK7EgApp3H7nmMeXQTR7vq9K0wHUbvw4MQ1j4XjYhqs&#10;EqlL6x5N8Hr7PlCFiy4p6K70F28Xnkb4DHlCIXPl/bWUtYS7IyYL9gC/ReH6AZbU2ukbDLbIOLxb&#10;B8BTb1qdm8LvlLU+4IRx198/9Z3PFy35fs2GnytrhcQcioujsXpK1QpUma6tWPLGvRePPqinNwLM&#10;P9N1iliynznD2Ds4RvN54YrkcrP2qqjPqHNR6ebc844/qEdzS6mKF2fXuuEL9RGCK2UqhdYOEPGU&#10;ubE3BDof4SsTbs6LizNhQhOMHU132IGLaebT1VMh/GNZkDB3UOoW46wPDXVYVDA9cKlpCflYzE33&#10;k/taZU941I2/Z9HbzhWXhn6kJd3sbWn08KlKbabnbImO3+XL6lxlgizoTumPyjKtwkNeL0NNYAzz&#10;8PoFOVWowiDRH+6vNiJC8m4j+DKOuklD1Up9qi5sKFSAucKaLNILeTwkAMt/wgd3X2BsaR4r/iN8&#10;ULDq5ilMcK6CgVdCecPuyCUmj4xGOVs78+bi+haCAOr+PR0tw+HxP1wCiqR6RHJPzrQsUKFDSC0m&#10;bYDyudArPGweB49dl3+nDQgX5XpCIaCFEjaOCpmhMcGE3M5V8grTZLJ2JfPgNgxM6/SIUzSO6bFQ&#10;lxp88Oo6PNxNi5F6QJpgq9OL8ffhU/qV7sLQ4oBufjyjZhpXISBZUjygv9iEo71WLzTEebHMwzEx&#10;NChcNYHopT4xCa1+ZRyEGa1Vj+FH/ORfIoUsdQCGJHbw2B4LBPQ3UkjINGEfQ2G1NrXaXSQHaLqE&#10;TxZRMKndOjnu8kTOVr8wrsIwnEKcXvAw4sNRQ8GcoV/wP/iZGzxrJkYtQKfRXkNP/t2tDz779ofz&#10;UG3ziw/fefnxOy89ZXi3MuaEZx8+vBA+9oyaTCFEeIr7ZZwvaUHhjmSYjKSXU3z+4Bs/2oj6m7rb&#10;Lt2UHgaSFSsXfTbn7XfeeefdOV8sWqdPCuxawNHd/vmf2phZhUEY7DQ+ixSYIP/0zSln8sYbcADF&#10;iFSc7f1ehaQV9SkpN7w0pkt5Mc6e6F9zgPOiJr/8Cm6nL/FxFklOukgHQD2Cnxkoep4GbWRqU3PG&#10;np1y9TE4c1HPUZuSORDXnlQTn9Ui6dngC/gQZIOKNNkTuZ3SWjxSyDGxP4KfQryCS8aJw8wxDAQL&#10;S0WbXkNHnTlu3JnHik5FfPn1+MvlaZnTgy/B4IpCKvIydpBQMmz/LJgR0nC++8TlkNm/vuHUQV1b&#10;k0hQ1rb34Ys+rBGC5oW5itcRex+C604tYNQid0tJZhdtuJHTHNZn1aeH+8NLA7TyRQCt1yOUZzrM&#10;ApVZxKQCB5cVC389v41ge8UtiYwWyCC7R9USIbxQLLLVvHXg2tCS0YCEghQ9fZff+WsYzciblEpf&#10;e1h/7kxKsvjaLe00Dybp1IHGoSnMiFE6kQAHX3+Kf5W0qA/6VqFuVj9lLCwUmtCSiL1wVE2aU6Mt&#10;DUOLx2wdfp5S7hTjhhBbebb/DorgcAxDeBdfMNtf3xdjW+Ha7ctKJhs3kZJrSXeE6Bdk5IL2OsNY&#10;1a5Us+g4TgeZp83SOtgOOFoj3IKMeiM8yAco/w6TaQbG68UJy2tTIIR815mbuRypBtDR79EkxFJa&#10;agfXqSeNw3QxTpdkRYPgrGGHM2ZuA6kFx9WpzSa8E2LRtX0axywc5s0m0aShu+K4cI5g1SqwonGg&#10;Qsu8CTVp2osEZmB8iZOT0SEkJag7VStlyv3pw4fGHpxmNIbtMfKSJz/e4Lr0Hn7h4e2ugndJbXnt&#10;cHzbMDTF2zxU1dMSyGjrZshQomZ4Gfk4S/TcH18xUeaIUOvFx/mZhDrSMY0I2WpF7rmCPSZMQ6Fl&#10;e2C+5dtBjzM2LWfNQk8rNkO86B9/q3yrpcR18MiEwbQ0vyQqvGsTu15A7YHbfKLYt9qZUfGfgpBW&#10;e6qrfQO3EaIDVlLdgCsM0EoQUzfRKTvEAiS60hgZKQll1kHVZlg8By1V97QuzwKBdhrj8CabDPPV&#10;RXjiLQqjNy6r8xgK0q9g8Ugow7F4XugOPR/4yGacUhdVnvo25wc98xhcFvgptszAL9BrTrB6ekk4&#10;xF7qkBcbjT8Y4nUKW1CKipxCzJ1iLG1cmbBB74+qP+gG1jyGTpmCWlClZC+4LBhNGUmqUvgEMU5b&#10;dErDn3wiavzUQT8uMB5BrrCWJ9zyq677jfnzA+8sWQPVMYI1MFXCFKQwdqc83Ee9wq3uRSdKfwjW&#10;3U8brY8Q5Ftkgop32MIrNRXUBI2j8qBbo+1+FCAU17nC2gZ1cjplU+EtpTvHEw2u9DICrlIIPdRC&#10;234y/JuG6HRUYNj1TVyFxjqlOoEUInMBLk+rBQzXoFEHOcfviAItgkGViToAcYR0GrXvOlJKN8FN&#10;ZMZeisZK+k3A749NK9cZSR/x5x3WQmDFwjTjKNa7QXAjJpZ9ulqP5+oZzwV/cL9EjWXS9FbKTGwz&#10;+VlOJc+He2sJNH/B+f74fpLtLwRgiicaRLCN0Zl611WQYA/i9gQSO6p68B1O4gFjPI8hOSQoe5cJ&#10;8W3y8peih7q6P3YxX5CwzqLP/uaIUKC4QoVMfM4wtjuWRKXLbH9J8mrplNA8YA6syzEX0YvxNYIs&#10;7bInmePLvWHsalphankqfgI1NRuqm5kKqc+tyqONNnhVcha8bu8hZNIQskjC8mdrIOYRDIs7h80l&#10;s7javrKUDDKIhdsmNN+TC+njCHGYPV2QiSAq/4Ix3SNJY5k5AtSi6nYAU0hgWYbMoZYz1mOJtz1I&#10;6jaUx92UK1NVFZtWLf3q01nP3zPhgpOG9+0QTDbxIntdky9zerjQ9KVZefdzO8CpyTVzolGsAoqj&#10;QBDgmYz9C4O8msw17svkVmo0tI9OnsWOiOQjjBIVnTMcG27KRLJysLW4HjxupPTs9XnqE7YnRA1m&#10;DSn1uiaaYM+z1Gn8LgzhtZlhr0wUz/RWEifPjgdbnUyG0IFv+gsIPyieTAGPUqSbA+0Tnv+cfs0T&#10;GbLUSZ4B4VlnoYtHNZe/J0cuk0cuXKKoSwgUq/MxziV0XrA1RSjEdm7Lma4mGgjswhMhr+48+E0/&#10;zhfog/qzPkYJsgvUbTcGS9AkGfrEqnSN0hqU9IQ8hHkLO8R+HGsjKgb3cgcLGqnkmsi9KnSXj5WZ&#10;IHQudWjvQ1u9NWgOsj3eNFSV0BPo3RJzV0ZC2mRkqhwwXzWQwOg1RojjZWXpCQYhgj5uO/BCqudw&#10;tRtb9TnbB0LMJdqYg+MMeMDDdFVCSmVhgd34YuUGhAyqYGcMQ4xv5ufvr2OjJxjEeleyHgtVKWtq&#10;MoqapcxyJnUqnDKxVDdVzKKw+syIlAhG1gmcXnIcnR/8kcDYeV4WmK+QVzHZHa5pSgsc5jHIvbha&#10;D1Br6VAfsmSmExdjxA4nA61WFZLFJj3kNXUvhfjXkP//CVWEJ3SZhYVaQMdD89069+g7/IQzx116&#10;za0TJz8x9YUXpr355vRZH5rVhMisWdPfffPVaS9MfeKhibded7n4zQmH7tejU7vmDTxv9AJFg2TN&#10;4Yu7F57BRT8cEhxPZ66ZIFguDsA2ZS9Qc4urxukHtkExp/2fPsFJTSlqU15tV2/MPOrHnQZCyCBq&#10;Sf7AjOGO1yv5l8RmCw/HZf2W4z1NcQHwSsaqFO0jA6AyXM5gXymEOZ8J7OD00c4i3pGyBd12XsyD&#10;AwsRpWPYz8zdzq5qqu2ksz+q5d4wknrDOHYMXNRAzOoc0MxbxYhVE9RXaQTiFrwjdNU/YBwHsFB7&#10;uLFa4JlQz01crDO3TxnPTo6uWMHc0QdCPG7e5hTtOAWyQqpq9fx3bx4NwcJmBDKOYtLf0mpz/yLl&#10;LQ9nB+bb7cgP0TLdexqoOwdbLd7oD6uhTKWNOcjUbJDTjBrOJKh1Hy4KpiDfDcsABaZIRATP4sly&#10;La5+Y5/E5AqH1pnqesaB7sZwf2p3JUdJXuPepJLNmNYbMdjeBYO74/3Cmq64EYZDiPtANa7ZztRc&#10;44Q85ar/NC8vp5Wxpgog9M825gcfczoD9wo2f1V1yhuQt61NpRvRi7CRTNRdrb+8ZhnGgv5AWjaq&#10;C1ihp6HbOP4yHYCjNhsHFCxqtTMwl4n99GZ3qYPgTQOR+zsc1NBxNmrUqOP1Ut6RQ4cNO3jQoEH9&#10;67CWd4A5AvoJjj3q/7PXwcu6c8yjLHWUNm/wKn4NVGSPCMb3veoyxHhzzJl15uh1PkvQPBOOETTU&#10;a9ZM3GbUusMcdyGT3gqk7+BPBTN7Vn08dI5nu9gnTTUiK37q6YzaHLezvdxZBPnPvMwwHEY+RUGo&#10;Wo4Ye8sLsxdvrCHZwF33+asP3nzhccP77VFehGHd/ImeqmKsP4Q4aOnCZTaiec08I6bhmfdMeDGg&#10;o6ItWfH4CsX5FOM6yBdDaHIxltgP33kxDm9DllVj9UkgbHrZqunkc9oKNeK1kDmgF0YAGKbio9EF&#10;2QFifhI8mdIQ24JMopvnAcjQTnENawzfBzjWygaamQgzROul+jnSz3y50Nkz86hwTB5vdEBKMHmF&#10;v4Y1FQYmQ8fdHxgS3Fkzlx0C5eutZtYAHw8109Yql0MCs6uh4p4NL/a0fgHIFHjEk6h/U3wfZbyn&#10;M2UKP3rGL1nBHmA4H83nWCGmUYAAwXCNDvwFVhCDQOSEH2IKVaMmNFGJmZoakjKadQkt/4ii96sD&#10;uPqUjYMXmNotLLAttL9AAtButCELQIPzCvEEU9N20ZYEN1KlicNT2hdMUa5C/kfgeswWWFPEhqGF&#10;kLlhG6GcdivJRH6L6L05oVCzhnaXAlNYWcyOBvfhNnU06K+m03dDxiQCvssrihk7zly/VAW1+QB4&#10;C7+8ZDPsGgzeQtuxD0lDkSBm9sC3BJczrhF9rJEWqDVfrDnXfAkbAUxn96AdhpChbBo1z9srY5Bz&#10;3TvOwuQ6W6HHsufWzzcCk0RwG9fyZigbIzMzBLlO3SpXb4mzrxVknxwUkxYEkw7v4kdxejJfp5T4&#10;4vk7zzmoHbY4tuhbx37g60pnxnTj6h0jo3KxWG0ETtlY08k+2gSZBUi3IiVT2eMjAe6q1OaNP63+&#10;HkSchXNenzrpjivHnnjI3ru5Oa2jLFeHQdV9yB8e+mDZuu3CTdwTGV+M73HmQ++v316LAXal69m4&#10;rAu4MzNqhYen4XMc89U3atMKmUrZfxOMrwYj75izpbJGUHQh5jXzhG7FWSjypbaqYuvS9x4ae4AW&#10;O4pySOP/QzTuc1cNbsmXBsUQRBEUXLdyy7pVK5Z9Ofu155944O47brxu/B88Lht/4x133X3/I4+9&#10;8OaHC5Yu/2HV2k3bql2BBhRSqOGGGA/jkC7kfekunzL2gI7ltl2U/wPwX8xHpRwPKaRbsfDZyw5C&#10;W0ahmrVQQBeGDqxp52Fn//XpD5ZuEpAEuDWeCYKHdCFlF1w72NvH6X+RMRu9sRFXrB2/j3n3/y44&#10;qeLsfvDvpm7Uy4M8hBBzLwqmkv4HaLxN5xlX3lIWtMC7JEXFLa7bDDmawgu1Vmq7Pyq8y9JgA+UO&#10;ua5tIXItDrdxHCLDgVuywozWmEtKGpQ1bNiovHGTZs1atGzZuk3bdu1369hxj65d9+zZc+++fQcc&#10;OOTwI45Pez5v1Puur7aqym+nHhkYxffhrN+8KhPXUm7usYtWIAdSCPX0LGOtBx4z7vZHps39oQp3&#10;ntW6iigtAeQE6CxgnOYnbMVqKjetWb7oi09mvfPqS09Pmnj9ny4+95RfDhvQo0MTLShQ5KMD4t+4&#10;bIpS4VMH1sQN6UI1vXB8f5S4Azi/ZJ2uuYU8O83f/y698CWkSNBs27kcL7wpfOQ0XbAWDsXqFmPN&#10;abb/+je2Q9uL5wlwfzXOqo25c4reb1Ek6L3tfHglJnxNUtdhJzNH76moWQEhk/OjFcP9OCGgKW11&#10;9XZpdumS7saOQdblN1E0u2Gd4/8KIzB8tYUzQ1VPvrOU+h6AkKViRvGP9nRMLBy21yKaanQrreVW&#10;0zCviwxazDuB6ZhNduxcd17MC0YDHIieeAtkjaDGj99zkXG3AkXpVJB374A3FHF7Ie0U+A+Yxvma&#10;tN+RvKaEN27fDaLGX8wV4TXI3Qmt2QQcKmo7HTqPqSHmksHgk6WJuhPhGzGC859N24Ecr5S3mf0h&#10;kBcDI7ARnJSiXVbigPt0dLZY7soNuhq/A4qqtZ3CToKvxgj+r6RtIjwYpcRtgYwzjuJkq3Xoid8+&#10;8qZrUtg08lqI5J38sk9iw2DcuwoYD978DuTFjI3UvWka0z7cXxXh0asjY89CHO/MZm8YNL0ipLu5&#10;K3C89Helg/6OUV9LIqXkEcaZhhsoHSC3Q3o1Yb2gjQwtaNqRcKjJPMXtXQiccTCmXq6RUUty6UCD&#10;ZlxpOELZSuwXQeSeyVg5pFvCdtmFZi3UEWmryHcBeoOYYCrR9JmjdJ5RytraPIJQfzIuBKQ/nGvE&#10;OE5YH1JQOkMd4e6oDaHrxSKFM1XIv5RKWB5qgTsWG2c6rV3pre8BaqDUkkMoN339e6GBFkWRWsOu&#10;h1/yoZwnR15AJxHZ1NimpbDE0WZQKkic6JopWQrDfpCF1+1agprP/lIeoF0tpcypP79SBWYl0jjL&#10;jkyoKbRCwDBfat5BYB0RsjS5K1Hhx8mHOdTEhIjZoM7n79LXhsN622iQTVcqvz3w8qIdtNjvG/eu&#10;B1StnlaUVDlqnD6cUbRfauzHANAbNN0RXqXC+yQWEP4dZOFgQcEuRwdffUUvDc0FSJbQCsMwfLv0&#10;7LDBhV7BQJHbtnxUOBpAJUHKy7sqN/ijEy2E1lPKgXHKzTTKHahUHSqV11FpvoOavPsyd/nj4DgJ&#10;5JQ0aNjnpGumfpnSk0kyVestbs0LVEhBdQhg49sTT+3ZELdFttVR+DbpGagZLG8wrqyA7PGmccbh&#10;uF7bBjWFryv8iVKFnQ1xWo24ZxU0JYl6eg5v0mn/0ddPW1qJ03CkuYBxIs2knOvWblm99IuZL066&#10;+vxjD+jethyiw4saPf0ZM/tmCP8Mx4bteh4x9ranZ3y5YmMNGmLSc33oqAxGabj40biyc27mHDnY&#10;r46/tS4siFTBeYcrvsXwe7gkBXHGGwy88Im521CnC2JPuhXLP5h6z4QzjzqgM0UdPLn+D88Dzlv8&#10;4ePqPxfhk4NR8/7+4oOsQCUba0fRY5I0y+mLRVClDJRkMbhuOKzn3JpAfQlK98tDWu3cWMsJzg6a&#10;5+01o+TG6AjY8sDQWTZ+I71Odyy8wmTeIiFHaBewSckYg3rZ4Lut8nYVgeK3dqQ5vevBb8JwYhW0&#10;eSzGdSyB9nJGuMOLUvKc177Dah6V60jNwCgeGCg+qPazdrLJZQzEwumzyotb99uzAr3xXQ9+Jbyo&#10;cN/okrlc8aQlBU7xbgdc/mp19ZovXv3radrOW5Hznoo1He3TVRwESWG+eLyqtDWbHDhkky5srrx2&#10;l5lCjoefCDnrhZwEUm4W0EI6FB0wZsLtFx9BdV1Sssgs03KTYzIsF8rNIS8+ovOu++lu5sQuzEFu&#10;HpUfr8hnOoZvlri7cQZqYva6ul+pGcaZAM6pYoX2v6H9+aRrq/dkp7kIdk/OzpFZt19MpQ8WOa4/&#10;Nh3Hlah+Idfuwp3hEP2TRxwT4DLBxGQsXCTZbPMYHyM736tU0tK/Tlg9/BcmrOvMbHOMo/ym76HN&#10;//H2Jua7x6t51RTVGa7m/Q7tyLmI2eo+aUz6JKwg3v6fqB0MyQ33Ot1Sa2RoPrM4pDiYCZQVOsvf&#10;mG9RGhthwFon6POQUv4SzYBGkINFlonZ/xFuxMLojtaZhTfDqADhyke+YhwZaGeMZcj1wrJzFgEe&#10;gM/44C/6q42IqY3PA+/QosL9w3fJqbcwRay0Q79zJn1B4n911ZwD7KJH8rG9wBgn2+CUP6+2OL4Q&#10;h3luTcWmb66ErndN9n5ETNu2XknPvLcP1B5m1+DbQMZc45ncSEQPORCsrFm7zj37DBg89LAjjzz6&#10;l8DRRx552JAD+vbs2r4ZGTvCi3BISN+aJ2gNuNPIq6b9JLFvBb0L+Pzm37/fDwQez0NrIV8pFsZ0&#10;I45FcNrbYO/EXKLY58XsVfcNxxuHBcRn5HWhTLxlnEhP6NOJxc2si/aZv7qK+o7wn4oQSHXUm8Th&#10;MspNIbCzSaQvyTK3Je5ricnR+pxHv9yku6sQo9vmXndi75YY1+aSCG2DOHseHhc/7PeQ9LT7mmQc&#10;eIjSX5QbVyKOlcQGpzY6Z7IbxGh0uMQpWQ7vaMzll7qytBjesV6LAh0QIXlRadnBf35tS1TbovvM&#10;apGqxtR58899GxShzbSceXy9F6oayMJJNzre2AGvzctij2tN6CdwT4e08J6jlFl1YbhHqYhpOIPZ&#10;mq5YFFq/c5AM74HHjslr7MTGEcdpB4cqN1M4XaUnn1O2jdysyGuNI5E9vHJtb9AOhcaOdQ6ZSlv6&#10;CFNsLA/xtHXp9acdhME4Nb+qsx6cNwIMb+pb8IoDel2UAttjJNlEeKIirGE0VPPy64Fd/oatAK4w&#10;1yxX0hYccKOdkEFGzb1S2/Th1XIHDFU0jMrnI+uoUH+1zi4caon76EQyrqqBaz+/wHzNiU+3ZizA&#10;UHJkt1b6kucgkskBQBYKDepB+qfpY0G8G7OcS1RgrqOAdI5qo/eTadrp2PY1GfHQokvM9zhW4X5j&#10;2IbHTd/z4okLZvpDOe0laiJcc7n5mhM3Z1IdbgVPxY7N6/orzkAb5UTUOrJvhCjWtuD3li4IAQaj&#10;enDYjlqu0SU6XTtcit27nvjwSni23mk+QkpuPLO5wxxWtvuIOxfTVSC8bCTrCI8p9S/yxKJcurR/&#10;hdMvhVsNA7cr2YiNuEp/yY2TM8h4IyEL03gDmjwjhkpvTnW2Umj73wPeZyBjI1yx6Zes2YG/vv7x&#10;d+ev2GQaBR5nCg4kXc/UtZZ7NayoUbN2e3Tfe99BQ0cec+JZF1x69Y133Pfo86/OmLtwxZr1W7ZV&#10;pXDCkiQ6uZrjNuFh7Znu+AP8VS+b8+8bxw5pVQReorcorvW7ZTH8YiJbiPVPHuX4UhxvfY5Ma01u&#10;ExODbNQoRd1mp0ptZ13yysW0z0w8IIgpLXIF24eABI6Wz0hCt8RHFMz/aNxp1KIEbNrMwpLin6jA&#10;/GHO+PHK+JiZNZAm6Jcg8/4WD4tRxqXh28m6UlNXFBXF7imZRK/EKMZRCqN4b8lsPCVxD1isaO07&#10;U0pdZpxRHlDwo6gtPDQXDumHppnywWFtn6mE3g6lUq1ceXpgPSygk6DXDKEL40r1ETuTXDnSLbEu&#10;hiBs9H6zBbQaRYvKZqlgwGkS6htAPJr6KkSpu7jutmtyAPoDuclqvPywhdC1hGiFmqR28fklSX09&#10;gIvamB8dStRSEEDD+TsLXZOieIUlP4T5gpQ6B0tPRQoltrtAhkLlYBftPto4Fe545e15tCMYlRhO&#10;DW98ymzockPESrH1jdEluczQniHilZwvpE0ufpQNEtdxxNHDG9uIcDCEPFDP4L+nYYSfz6f0WIii&#10;EU8Z6++zoQug50b4y/AmkT7XgeJYr9+5g6iKjWPOOjyxFQKdkvKzi7pjg5c7X5DeSExSaDuTw9XF&#10;aXtOZGI/37ZqCMyZaDeQWAr1wIM9SsuHzoRihgbHlqAl79VKvoohhx+D0YnizXBJtVV1uzVcyB27&#10;ABWCGh5wfUm4X47rUOeZw1qdYsXDK1OiMrzn7tkgNsEDP7OFqawcHl8kFkDWMH5XKmGZ6ezgqmrz&#10;A47BQ9cT4tRfuY44R1UGwyRHuB1X+xsG7SAuzVJV5MlX4W75va50qzFLEbgJDZebB+tvufGnWL30&#10;ElcJ3UHuImRkt/Ll1vAE1gFpmchGbi+Os+lWUPi2pPHHuvBYTHBPguhYTkX1WXz1l5fFb/mcwLTY&#10;OYqtytiufh3i80NshSGnbDWp8ZGfaUAcluyL8EhxiEGyzRj54aR8eAC4n0AX8ODDDz86ecrjTzz1&#10;5JSHH/jnP+66/ZYbrrnst2edfMzQA3p2bt2iAZQbV7lZll5yfvwdfz+9JHvdsac0ewlGKN6k1CbO&#10;2uIeN6fcPEyfzI3quCUfe3oLJVepddiCiZ8XbCFpZwKdlQr3lgdAdJ7KbjAjt2SZQ+9v5bMOxPnS&#10;Es9oOi8qBmdkR/tCcHyWNQxzdCYBZBbNVZ4KlmBEaQ4Z6np88zYl+RjqSN+LFuAQIpLnaRsW6Y2g&#10;oPkYGma50LN4vA3n8AbRoCK9AGHP1oqdtOa0KtMqbairbTLObW7PqOmESzFoJ33q5+UITxv5APY2&#10;A9NvYYhsfeLt8ANWLELLc10kmmRoLFSq6EsKvQatOGvGFUAZOSccoW40zjTON8HyMYNacfxVdrdD&#10;LJ9KiXDL5kBv0pqLzoX2cVo7UBOjxe5TqOTrU4ZP6AR3SVcFV4FAgHC+paUOvCa4pfJx49jhvJ04&#10;W4GjwGGSZweauPNbyMDS8Tc3wwffe2vqJStrnybVlrwyziRzDKGHHxphDEeaVxSXazivoNq3r9Tr&#10;riuVpNTw8KPYwZ2SdhKuSNihFAIbIXnqCLrGNWV+8IdXeDH7G3sYGhrXvApnnPYr9Ck6QtAo1mjP&#10;X8Z28zYlLIGOxhi2DrtwvNpE5jNK/XAHBZ6QvgpCqyA/73CujvQqA5pgg20hY6ZnNO/JNqIT+7tp&#10;THiNF5F/DnttSm+uxEgf0DPGYb2/Kah5dSMy/BbcNPHjFzBRP8Wc/T1m5ZQSZkdWzPVXe/lYBn2Z&#10;wxM65zuE5OVwTUNxLMwu2ul0FTM3QtXAdZblYi86y9gt0W19oKLMPY7NlFGI0RJ7Hdx1oQLAZb9N&#10;x8DHlazpAHYyjvpBVJ72varFXoe5GUsOiMy/SAkhauyu5cSdsfbf40RpGRaP0NpbKSaFvSNsGMeV&#10;N5A58sk063C/15u5Nt2+M/YHcoxjHpPNoM3EWbk1ajQIx5hvm/ZmrEFfjklZdjKDHKy2rVHVVVaV&#10;9kF0yt/wdiYBqODIzG9dxNMU/kNw4fbdRj5wXDDU0CsU94VUBg3vK+XZtc9CbJiEaoNPEBDFNKGA&#10;UTyI6dmqtxk7FMraevW6lMHARbfIlL/Hf3ZqFHdJlhRyAS2Lf6P3Un1gHsSCeb0nrBjmfr8Za8nc&#10;Xu7YmDj+C0kRC+SAFUrQxCtG8c16d0a0E4LqHEqW2yMPUP9jhLc64Nirprz1+Y8VOO7pgWbRtUVQ&#10;QJfWnQA8C2oteC49PpivJYSs2bD08xkvP3jThScM27dLMzL7KiUO7G/5K71QquRDsz/1g95mWntu&#10;SH1UssGb2cE3Ns7MOMHWdgEbKHlkCqfj6ARG8QerMTHOoBTBiKoeIm1R/wQ4F0otmpCkCVBwFJWU&#10;lZe33K3TXn33P3jEL0adctbY310+/vpb7rzn/oenPPnsi6++/f77cz7+dMGCRYuWrlj509rNmyuq&#10;amtTOq4AEzGxmEuUqq2tqajYtvmnNSuXLl604NNP58x47+1XX3nuyckP/uuuv064/Hdjzzr1hKNG&#10;DNq3Z+f2zcobNkDFLQqc15lfb5ZkbKaubN+9zelXaKfWp2u3aj1Cxy+sDyk11TgzEjsC5KIRhenQ&#10;0FHp509QFK/B0bz9tG7WdHijH5eEEhEaPGUMYvxvco+atuV7dHBpy1j/WX56tbjGqhFqPfN3gyUI&#10;VcadibiedisUWRysmFy1DCq4krMOhShGBaMWpivZHfLOEhme5j44kC/+FymT7gDBnRrZlLsZldBP&#10;92rm3r5FMQRKRFGxB20VaCIjboyNjUb1kr3lA9jJgF7yZD8JOWnKlL7VDhVwP44uoPxBqWRl8F0d&#10;LsRuUq/ogPY8I56a2YE6in/ztSTD05nBhsHFNmDrzGuP6VlK0V8NWbkTTts7X+JXYtLAzajSdh7u&#10;tax+ek6f9DhgDDwmaZZ/l+d99cajvjZOApw1PPvDlHSNldS7oT0KFVv8Aq1P0z32GTrqgivveOTl&#10;WV8uXbl2c2U16tYQqrZy8+ols5/76696QxuAJkT6K1RES9uo5Usc9lHhUWHG+lVi65hsmGyXZqzc&#10;bG1xlMYfvhO1ctp+pVaVTMYdpxh3nYAo5mygUpBiI3AbQhsQYqCxx+2ZQ0Cpgcy9E4d9CscM6ETJ&#10;yUeN2K9bq1I09RGiJMFKFQht9TMLXgtR3FUpaOcgkkNrJR3ojSxT2BCGQW2ldiQxG3HUhiRjBIqL&#10;kbbyRBc1fXNtbWXF5k3rfvrxh2VLF33z5fzPPvlo9sz33nnz9ZdfnPrMY5MffOCef/zt9htvnDDh&#10;sssuGnfeGWecdNIxvzhs+LAhQwYPPnD/Afv222efXj17dOvWufPuHXfbbeA26Q2qYJvVNtrGNN7m&#10;D1XYoGk146wj333HsbmjKGa+4pFTvs8f34Ne3mylKiOp7ZhBmMPmZhRjdz2q/mbXqO6zxhHieffv&#10;xuVzH82914encL7TVSSlcaOAfIKvnvEW1AjRAvVPFbNk9PJykmJKibKyBkBDopxo3ARpSvgbCe8w&#10;ss5RF6ViFhMahojV9htjPyBuuigPLsN+pNSmFf0RZRoIQj6A5i7UmgIt4qfyZ8Jf+kYj6XyVwzX1&#10;JCwAAPNCFr5KUsZWCjREs+jSY8UzP9jCvrCqDJE4dUIisr6LurfwrcVeQ44/74rbn3p15rxvf6pS&#10;WsSTx0FKSVIHsstDq3vp8K1S1K8MoeJXrM+DdCnKKjF/Fnn9HWG9QkXaLZ6y7DI2dr0Wx0m1ZyPJ&#10;3JQDDZKz2p4i4c8boz2bIYoaFDnFJTi5rk9BfJorMV5znGa/Q1ZxthSu5K8z9ohuP2dgOEGi0HFt&#10;s48UiU2sk7hanjfuefJVU6N2SnyF0ALCQ4MqAK/yG+3OwSaCbVPFkCf0sGjlyfDB1y3yQ8NdrQOK&#10;SwSM3aS8SB8WdV3mYCh+BEFtxGF6a5iShawIKqL0yRLI9PYEV4hN8T+UJSwzqcppgCVf7omKvh/7&#10;Af7et7pxnG5ktHJJ81r64lS/hwfAW1n4iVJxurFZuW6ccfg8odaxCSB6F6/mrG2rPnpC5gfUj4+L&#10;zIOUSjCFsZu30mPaJSA3l2D9rOHXx1kY/GnHjHaUiEjKnekbA2W9TXXwkqlhFXWTuRePjsCZdMc3&#10;7eUqGSfJZSctYRxX9mJntN+HvQyJOpY1Qb3l7m1oPbm+IExFBmOytLtCY20jkuuh2Gab49VYquop&#10;cCbybqQmw2F1L8B8+03wsc7sPMMFqlUxdlWwxbX7l9JaczvOwuduDS/E1lnG4cOF4O5kxm4BJ1an&#10;d+PCGpyZjlX24GbdXyz8qxYOjTkjb/HLkgxk8grP1nXB4UJb3POZagu3FwkeaKVsN8vMrba+yBch&#10;oJpIfs/M9HTTNBEaiwr0DLNvJTj4vOnw4SZtaFKcuctzpS1ZJsBrMpvnqxfc9feWIVC69ZQXMAWC&#10;eHvMdLcW2ibfDb+BQlxX26xcpleCTQROrGAvbzn9Bn5fkbxlRc/6mnuE5KunRJ8ZIYP1rwgU+U+N&#10;M8Spa/VrNEt/nb3hniuNO38ayLTRHdZUvgzZsxdj/rpKeMSRxpkGKnWfYNx1YJBM0DwtGD+E+6VN&#10;cOgqJlP0MI2NU3GgdviMkkrmta4xwge+BVkLAT1Pp+2KW43i+5iY3rMFhLlO8gzAf1YycduiggHV&#10;nKWKjApvwmg8WZSppSlR9Z/j0t5kLtQS9chDgHBjatkVdpxBUc4ssNwDncMk1aeMnFLvwavc2B2e&#10;Y+lADIDWWyQZSIrQDDJQpMnMG8+2QZg+VhxvUyqYCImFox6srI1su5kNiGCFloV2Btg5k8f4RbEY&#10;Ilm6w7MHFxe9FWDBg4jbX477ejYfqVw0P1tU66EODzRynfJGirevmDvtH787um/X9s0aFTPUny86&#10;EV/ya3PzTmFPiC5RFUwPfwX5U8kbkl/NeQjygNqeV7ZJAOTqOMM31PPjZfCYJLunETg7c9qKKqj4&#10;cPaQFFUospOozWJYckcwHyMtNyjwblgaqQfdobY18xPkfQh7eVhdMTmBBqRYaXmLxjnIyzsKGm3k&#10;vLS8eZuO3fbZf8iRo3975S33PfGfmXPmL/lhY6X0Z2nuT9BeritFnbru0bFD+zatWrVo1qS8YYMS&#10;tJvkFMUZNGLs/wOIdkytfcMqfwAAAABJRU5ErkJgglBLAQItABQABgAIAAAAIQCxgme2CgEAABMC&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEH5&#10;9QbSAwAA9AkAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAOAYAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAZ511/N8AAAAJAQAADwAAAAAAAAAAAAAAAAArBwAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAi0ACgAAAAAAAAAhAGmNEJloPwAAaD8AABQAAAAAAAAAAAAAAAAANwgAAGRycy9tZWRp&#10;YS9pbWFnZTEucG5nUEsFBgAAAAAGAAYAfAEAANFHAAAAAA==&#10;">
+              <v:group w14:anchorId="4462FB57" id="Gruppieren 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:297.75pt;margin-top:-.35pt;width:161.5pt;height:93.15pt;z-index:251656704" coordsize="20510,11829" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCBFCGpuwIAAH4GAAAOAAAAZHJzL2Uyb0RvYy54bWyclV1v2jAUhu8n7T9Y&#10;vm/zARSIClXXrmhStaG1+wHGcRKL+EO2IeHf79gJMEontl40tWP75D3PeY+5vWtFjbbMWK7kDCfX&#10;MUZMUpVzWc7wr9enqwlG1hGZk1pJNsM7ZvHd/POn20ZnLFWVqnNmEASRNmv0DFfO6SyKLK2YIPZa&#10;aSZhsVBGEAdTU0a5IQ1EF3WUxvFN1CiTa6MosxbePnaLeB7iFwWj7kdRWOZQPcOgzYWnCc+Vf0bz&#10;W5KVhuiK014G+YAKQbiEjx5CPRJH0Mbws1CCU6OsKtw1VSJSRcEpCzlANkn8JpuFURsdcimzptQH&#10;TID2DacPh6XftwujX/TSAIlGl8AizHwubWGE/w8qURuQ7Q7IWOsQhZdpPEriEZClsJYkk3Q6Tjuo&#10;tALyZ+do9fXCyWj/4ehEjuY0g7+eAYzOGFz2CpxyG8NwH0T8UwxBzHqjr6Bcmji+4jV3u2A9KIwX&#10;JbdLTpemmwDOpUE8BzAYSSLA8QtDCr5GgYrf77d0B4hP6FnRtUVSPVREluzearAskPQMo9PtYXry&#10;tVXN9ROva18kP+7zAnu/scc7aDrrPSq6EUy6rpcMqyFFJW3FtcXIZEysGORivuUJVBj62EFC2nDp&#10;uhpbZ5ijlf9+ATp+gnavm2SHhSD6qNNnZMFs79grHQ0m4ylG4KNhHCdJ35t7oyXDcTIcwbo32niS&#10;Tm4C0YNbAKaxbsGUQH4AokEMlIhkZPtse1n7LT3bTkmQCMK8/+ESsnuMMDsD+V999lIRzUCCD3s0&#10;xmBvjFdIrWB1jqYeZr/JdyJy7RcFvRVM4N//hRh03YWGHA6mwzSA/CgnkknlLebLepTiR65dtb3u&#10;lcp3ILuBa3SGJdzz4B1XP6hw5/oSWH2/cRAnlMEf7k70MQF5GIVLDkYnt+if87Dr+LMx/w0AAP//&#10;AwBQSwMECgAAAAAAAAAhAGmNEJloPwAAaD8AABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcN&#10;ChoKAAAADUlIRFIAAAFiAAAAvAgDAAABAsZkNQAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEF&#10;AAADAFBMVEUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACzMPSIAAAA/3RSTlMAAQIDBAUGBwgJ&#10;CgsMDQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFC&#10;Q0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7&#10;fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0&#10;tba3uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt&#10;7u/w8fLz9PX29/j5+vv8/f7rCNk1AAAACXBIWXMAACHVAAAh1QEEnLSdAAA65klEQVR4Xt2dB6AV&#10;xfXwZ/YVHjx6F5QqAgooqIAiRbFEo2IBjS0a/USiJhpjEgW7xhY1GE1UbGBHjSViV0QQURFFRAWU&#10;oghIR3iPV+7OzHfOmdnd2b27t7x3IeT/g3d37t7d2dmpZ2bOnGEx8GM3SiXlkiMdbs4k8IowDgvu&#10;KuOKcI05+mxhcOUk1R8PEeKea656RepjRlbT5yr8mJcQHAtVhJ8uucPEPYv7Fx7nBwrorATbmzyy&#10;6KuYY5wW58U9ShM8cKA5pswxDek9G4//ZKyMnI8w1lQKqZSQEDxgrWxMP3heX6YPeNMN2pmNjoz9&#10;Dg7o3WGfSvIc0Em0Xvt0hheWIOmKQhGKbrGXdodQ+H4/wV98sm6H24wTrhXwGMW4Cp7msZbOHQq+&#10;6N9OgYAoJhaDM3oxPkifqwlls1GsFg9bpEvvF6LW1ZceTp8YptfYvXBMTkiktpiiSrKHGWuCJ8gv&#10;G4mMhF/AIyujFKGbQhNhL3qiY+epKRfW4EFnFwhlFTmIMpMYb5fTATmNtTKudDhmnj1jc5wOq/li&#10;UOvUezfsb8Xu37Yk5NXmr0Kekal/tjffk4imFHI4RF8MMZf+G/6wTNyuvwakX0tn9OnIj+nXBuc4&#10;62xcmrhrfTjEmXFmgd7Puhbu+4dxBniRsBX+wK3TNfYB+soGVtbGy2IjkTWAP9sTcNN9kI78bikg&#10;zcV6rFZYqajgpiAGHi/HD6jxKk+nr8TJ5qj9vftM7QZcDAG/iLEOt22UArwG8Az8/8CE7lL6BOAl&#10;HcEq4fdSc8ZQojMY/P7jCHIBAu6230Fjn+FQL3goBWWhWLFK892HQlNjvR3jUPcAWOdEMRejCz/w&#10;mOrN1GVMHSNr6dVCCMkcyU5dYa6Fq+Fixlqab1G8tJpBFRFeiYWefApBlYeugrx6CZqyf71nnDHQ&#10;tSn/hWQ7L/zWa3vMhCYNTh+vv1Ha48Xz0AGQVwbOPgDPpO1LU/YCHg7BcAYP1Py8asljZ31lvoBP&#10;Xb+Jz50hjsSqNCWvbB1uYosadJ6wRabwMVDD3GnO5sp/VEP4xNq0uPuvJ077atnabUJKNwW4QlR9&#10;fOMRUB3Cqynl/gtfrpdSJXgiG5EXjqOYsS66QOlPrF3Lst2Xg7+YfTYal/aZ7rq39d36Syw5+YtX&#10;vWKc3h1w4NJucsI8capxZGGlF1SAm1wE8aGwdonFD7DDzljuShR3UlAYNix4/5135n0PaZiCBsd9&#10;AZPWylveXeVYdn0vNEKJmEIQxxrZTzt21wfGTq9xHx8JUhLvcvYGfJz/yAaqtXFlZ5M5Inb7Xm2O&#10;FEMgbiFiiD7mBKcYRXlNDMWyaoA8bVwaHWh6Ct/ELqBvYTDGhB00xp5nIx/ULsW6aQfiP6QUfdVp&#10;2wnO8mIroW3Q62rGm8yFZMDv/I+slDxxocZPXYGuMHgD/GHxXadDLhW8aDp0pYEvUiL0YvuPMY4A&#10;fbnAoxf2M+hUDPij/6oaSO/DKF4H0VcLuBivJ39HQ+zDjeEEsKFIAKBWizxAMZP7Aiiw9Ad55Rm4&#10;JS1UNnfR53ysMMnF1lM71x3+PkKH5jb8II+/vImvq8KoMJcns8QcPRTlFZI9/fbJ4J6uWG8IpGqH&#10;3xbRudwRL+ILYhxNT5dWV6rRveFnLa3uljXQYY7Qh68p/nT/KcDRntkFNYhnFKUS+RP8uawtXQ/x&#10;rzOsD8YDOT6lzyCi20MjQRIQ3BkDejOFsf0gCrxwxLxuPygkUEdror9PMMcoFfCnr/1Ei0qRG2/F&#10;D+y1BT+oUBrHBMTQchnExYfmS8yF3onkwpGO0/v6hVD9owwgxdrpF/ZrGK6m8qcSy4f8so+uhTw4&#10;a7H/DP0gwFTGeaDUfOPKwlfwiL8ad3aoD01tZaPD/jh59uJVm6qlEm4KBBkhxIanz93nS/itDPzU&#10;Iq2MVP0JPJWciDbqb/CxjVVBfIEjTlyOIO0SlAAEUHukP9uqnuCkyiIZhQMdWYAGwfT6i4fRwWXV&#10;3fzqNh4SErMB4fTe3Bx/ifnFOxeHONI4MqJYk0jpxmhWPFHoYhMyv46H1+0C2psnQKmh/kYC/vXZ&#10;CLwwt8AJ6B48q7+kkSmSLCCXmxoSMPdAph+Z6EGO/obfy4vXbZh8ad1EooHpFAHtX6yi6gBkUCmW&#10;zn3nnfcXbgWnCz3ntYdG2iYTyT/SM6IlkIMv8lP2yv/zr0vCkWoPOHTQ35CPzZHeJPTSRyuVoTsY&#10;QlF/FnjIHJ1ZSl3cpwn05QZCh123twZPdMgBexSrtzkGfjWizzb0CaHPp863mGGOQDNz1Jhg5h5a&#10;H1OZ6S8WGxQOKRof8/KXUnUS+gq3+TlOKL8yJImRYuAd+NN+Fw9YAXGv2xs4ypeCKpAfBDmOOtmA&#10;oz2UbB86atK7qtrTr9m3dAzjQAfGTwkf84ovhrokx5gjW3YKfGBvU192jB4SioI/hmOyC7vYuLwH&#10;aLxw4Riv/gn+OLpj4UfBx0uM/R5i6Cn83lSLwuzXLx+rh2c8THyL4s3YApDH+9IZ2Xvscyuw6wgN&#10;pY5mhIbWvaguw7AfKlEQS88PxmOF8p8ei1F6zEqY/keYkMDVSSipo5X8vSIUZO3xkB50YFfiI/TE&#10;SlJkmPNSWr54NYmf3YBP6BOuPg16TNjnxR/hq+54xRD3wFsZFyhv2PdgDwKvngafIAumvBvNhEM6&#10;J5mjhRcdDa4jh81A1lupM3Vo42YAbMz7LoGk1C7vTGl6VyNF8SrhH4QYyFj7Gu/C1x14Uuw9piWF&#10;9AAX4L1dLGbIRl+HlIN0eRYloDkRgDELuVetYgsgqvCGceaXZJpD/aFdLsOhUyroZ+GHDXaaHhJi&#10;JXh5OZ3AmihXOPv5LeMMgkzjH53Zs1fj700rMQyzyx6F8pbSQ8CZkVAyrwPBgeIX743EhWkvoIaI&#10;jmTnQsPx2I7j7IufPzxEmUlS8jNfj4M2rxve283vMShZS4NHi6l+AyKPzYLUgRKUeNFAqb5UqWqP&#10;VQPzwAxAqAxhr6IeU+v6c5O6RQWxgWrpyL2cnw0VNbrovCmYTfWBSO5SU5p905k1oTzNn8dPj0fN&#10;EdAP1JF2j1URJQ/KeXdIVs0WRlKHYj1FhVj/YL2PHjnpSp9poBAJ17oCPAbJDTKtdafHsjJ8bl9y&#10;p3Us7WrW4kX4m2MyKsEjc4YkAZSUOpDhNJEHJ8pbeJ25dgt+RANMAToR/vwfQlccHj9ggVg+AyJ+&#10;gPi39it707GYU2lYKoFn5MY1Un3x0j8uPaKr/MGcDJDMOfXFVdG5iDrD2dmfgUBmwpYjIGW4qY/u&#10;ParYTrQdDfQX8NHuyt1NUcgfyPOlpy6r9d9XrolMzBUMvh4aqvTpzzoTvLHzFxLwxMEFjXuvWW19&#10;xGm/R8771eH7diyxGvqiomxKNNSxRbALmBLwT8eyK5sZf6rhxNPaWU/M8Hp90VMlcyzPvGLVeja0&#10;6/pneB3TYNUZRynoDxcAQUoBIVUCkH6NCxGjpKK+k9DKQHVE1etuiwqMUK60HpNHKPFOpSi/HhVT&#10;chvOi0Mq3QOvP43UYPiMKms013MAhqtN+Llr+jJ5U6HykUgzk8KwQqMcQYQi8339rZt6ji2uQ5B5&#10;YcqbhlOOjemgqJBiVWoNHXBQeHXeQXYz93/y5EV8+9NicuevwwETv8TPNXgyz4xR0AgGUlh+ZZyO&#10;lCRZ1UfXcRTYvIatUlkjmHOHlbQb8IszJ/zj8WkzPl7wDTB3xuv/fuDa847fr2Wx7gwF6CCQM0rk&#10;rL6SBkqyDaUb7nGxSdJuzhpNWF+Lg1DClbJ26Q2Dm4KAbhfvbDisrMcd26Qucttj7xQtjEND81bj&#10;6fr1GfNFBxe7k2LDweZ7ISjbjgpQq84xXxn7zBxDtES1F85LOw04+pTfjPt/p/zlyBbegJWCfk8c&#10;qK0iwwOV9UeIm9IyVpD+12+7tRUpFSLRVjm4bEB6JF8NYb3IuAtIQqm9Kpz+HlOgqxgiKHEinMm3&#10;KmXpIRSOSJfMKoSRQuYRPR3IhE3sNlGo7GM39WYwFI2J10Ju7kRfY6qrTstqzgslyW+F6Bx0JqX/&#10;+o76GQKtpxELg8PKH99EGjt/bqinlNkhgUCj26OJ+kuUhdE6hPszgOf7OZkUD5FbJWV8Dr0wt/Kb&#10;1685sUfaAHn5fqfd9sa327GSs9VjnEM/BrHcXXB10/T6jnwXoUpdfQAf8R0kJy1/BxlLHes5vjYO&#10;ABMlY81n45UFx1LkSIdauEj2VMsYj+poaJzopN35UCEYMc/3RR1iHKwtBjihcMfhVes8wz2z4S8s&#10;lSEgaf/BOCNE303iVCyT2+CjyItL1QPOkNog5vJae9gpCe4UFWPye0MIkJHwfhzTk3MFVerV2F7K&#10;R3HgKqiX6M34JfAhcRw/jlCISaQhYWMZ3qquRScUvJACHz05R6pjYi/AGSJcCPR2X7zxA/MjuH97&#10;nvkSIRRiyg66BPSGIOtXH6xaSqNvgEgZP5eahAoURD0ehw68kCfaRQ35vtg4gCLmaFkyHXtyJRAy&#10;wbOiM1kD/K4lyRHeyP6C3Mud5kC/79eyRoj7raGHCIK9LzE7EFBU3TRdMQ3qVRgOJR2EbRTCJ0kH&#10;FV8homshZX/jypUclDUQeizAJa4lgfdaM9SciRCsM6DYBDnorG9Jec/FxT/w9QV84NTH8RTwkAM1&#10;iSAtlZrKrWtXLJo/543Jt13266MHdrfEI8exR1DU3sZh6IWZ17h9sKj73K76D2KDAhVwG8vjqRC0&#10;5tovgUMBGNJnJOukcFjGe0Z4Qj83bvSiT0NFMqp8yYxu+Df6AFF1M2tu3IkoyDtKmclYNYelTocD&#10;1FCql34EvRwO0uZNKEL95TDmu0Z9TeIBvkaJFhR+SshMc8yRsTFwhVSoi4SMVUVbNusuosIqyMRJ&#10;n8Ryk4lgURbAKbiRfOGWOd3A6/PJTWfSuqEewcSDeIRV4Hudy57CvCLcZbWP0z32OHIdh+YiyiHr&#10;RIrC5nP3BdAqQUhRBT14O1SIzQSEy5UVqGvRBoXmiWqDF1R94FiY/oECbKM2u3frOfDoX53zuyuu&#10;nXjflKlTX5g27c3p7836OGDWrOnT33xz2rQXnph839+vv+KS63519ODeXTu0bOx4EjB0Vv30GvQT&#10;zny1pRejLFGUohkRK6p8gqZ77m+hL42X9GZHUpujVBvT05L5FDczwx5gzmcC/TelM8W3kXIRBVwt&#10;xc8kIFtJHIa5CDVYUX3Dymk56YrVHbUIAhzti6BQAlHV4Nnvq5XApQuuFDVbvv3o8d9jdxh/bcju&#10;HNxUkVYne4WNH1ImFS4kQgb/LS55CoZrKf0QnUWtXqDl1wMBIGEhWsaW7ADFAunDmqT8ZSMlOzZv&#10;XEbtvklsgn4NYX7wMaeT4bLp00s2CT/jWVp2plefTCVvG1zisM+DTgGdpgCcOGrUqGOAkSNHDh06&#10;bNigQYMG9u/fH5q4vCgyR8A8w67+HK/B+SpbiCEl4BIaAsZ8OzPomYqgAT6EYb0ZJklvOBnPi836&#10;ERTeyrWQ/9hS/ZPAhWYSh9V6j/njpLc+X1lF4rmsXDbrmYlXnHHEwB6tSx3MzYqZTtRJuOxTO5HQ&#10;y9ojoj+cy/3Hh9viTHAvD/yEhZu+8BuoOL0N2QL9QyXoYaGeXxitaQNUn/otu4H1xiLXBjXpPFxb&#10;h7MFeAS13xPg5Nawf+4BhmtN8ul1RG9zVgoSKfaJqUPp6gGsdGkpgPuitOJz8V0XgUQSGmFV4RlY&#10;mknHuf2A/OZ8vMCYrqROQ1wIqIcqkIh6QoSgicBgwrNvZ93CN+CIRSYyeh+D7KWPdrxg6P0ORnVm&#10;H/2MhUFeQXVStH+WUS5/Jt8AM9ZO6YERV5mwQ8mxZN/wVFgMt+KIhkYHfu/QvA4hoA/59gN/Om7P&#10;cvzJEtnfVLgyN3+EpEL8tJIn0PcANwfV+weDKMX6rURF2iEPjp22Bodc9dzXFdB7l64rRHWW2MjE&#10;MmiBwQtUqrHIUORsKuE2HF8XLvSJCjnGZuGUdBh8/qSPVlRjGHUoySHk1u/nTb1uzMHdm4eWl/+3&#10;4F2egF40xV7uQNTJVS9f3I0qgp3JfBz4QSBWK58/qnMTErsSACmncfueYx5dBNHu+r0rTAdRu/Dg&#10;xDWPheNiGqwSqUvrHk3wevs+UIWLLinorvQXbxeeRvgMeUIhc+X9tZS1hLsjJgv2AL9F4foBltTa&#10;6RsMtsg4vFsHwFNvWp2bwu+UtT7ghHHX3z/1nc8XLfl+zYafK2uFxByKi6OxekrVClSZrq1Y8sa9&#10;F48+qKc3Asw/03WKWLKfOcPYOzhG83nhiuRys/aqqM+oc1Hp5tzzjj+oR3NLqYoXZ9e64Qv1EYIr&#10;ZSqF1g4Q8ZS5sTcEOh/hKxNuzouLM2FCE4wdTXfYgYtp5tPVUyH8Y1mQMHdQ6hbjrA8NdVhUMD1w&#10;qWkJ+VjMTfeT+1plT3jUjb9n0dvOFZeGfqQl3extafTwqUptpudsiY7f5cvqXGWCLOhO6Y/KMq3C&#10;Q14vQ01gDPPw+gU5VajCINEf7q82IkLybiP4Mo66SUPVSn2qLmwoVIC5wpos0gt5PCQAy3/CB3df&#10;YGxpHiv+I3xQsOrmKUxwroKBV0J5w+7IJSaPjEY5Wzvz5uL6FoIA6v49HS3D4fE/XAKKpHpEck/O&#10;tCxQoUNILSZtgPK50Cs8bB4Hj12Xf6cNCBflekIhoIUSNo4KmaExwYTczlXyCtNksnYl8+A2DEzr&#10;9IhTNI7psVCXGnzw6jo83E2LkXpAmmCr04vx9+FT+pXuwtDigG5+PKNmGlchIFlSPKC/2ISjvVYv&#10;NMR5sczDMTE0KFw1geilPjEJrX5lHIQZrVWP4Uf85F8ihSx1AIYkdvDYHgsE9DdSSMg0YR9DYbU2&#10;tdpdJAdouoRPFlEwqd06Oe7yRM5WvzCuwjCcQpxe8DDiw1FDwZyhX/A/+JkbPGsmRi1Ap9FeQ0/+&#10;3a0PPvv2h/NQbfOLD995+fE7Lz1leLcy5oRnHz68ED72jJpMIUR4ivtlnC9pQeGOZJiMpJdTfP7g&#10;Gz/aiPqbutsu3ZQeBpIVKxd9Nuftd9555905Xyxap08K7FrA0d3++Z/amFmFQRjsND6LFJgg//TN&#10;KWfyxhtwAMWIVJzt/V6FpBX1KSk3vDSmS3kxzp7oX3OA86Imv/wKbqcv8XEWSU66SAdAPYKfGSh6&#10;ngZtZGpTc8aenXL1MThzUc9Rm5I5ENeeVBOf1SLp2eAL+BBkg4o02RO5ndJaPFLIMbE/gp9CvIJL&#10;xonDzDEMBAtLRZteQ0edOW7cmceKTkV8+fX4y+VpmdODL8HgikIq8jJ2kFAybP8smBHScL77xOWQ&#10;2b++4dRBXVuTSFDWtvfhiz6sEYLmhbmK1xF7H4LrTi1g1CJ3S0lmF224kdMc1mfVp4f7w0sDtPJF&#10;AK3XI5RnOswClVnEpAIHlxULfz2/jWB7xS2JjBbIILtH1RIhvFAsstW8deDa0JLRgISCFD19l9/5&#10;axjNyJuUSl97WH/uTEqy+Not7TQPJunUgcahKcyIUTqRAAdff4p/lbSoD/pWoW5WP2UsLBSa0JKI&#10;vXBUTZpToy0NQ4vHbB1+nlLuFOOGEFt5tv8OiuBwDEN4F18w21/fF2Nb4drty0omGzeRkmtJd4To&#10;F2TkgvY6w1jVrlSz6DhOB5mnzdI62A44WiPcgox6IzzIByj/DpNpBsbrxQnLa1MghHzXmZu5HKkG&#10;0NHv0STEUlpqB9epJ43DdDFOl2RFg+CsYYczZm4DqQXH1anNJrwTYtG1fRrHLBzmzSbRpKG74rhw&#10;jmDVKrCicaBCy7wJNWnaiwRmYHyJk5PRISQlqDtVK2XK/enDh8YenGY0hu0x8pInP97guvQefuHh&#10;7a6Cd0ltee1wfNswNMXbPFTV0xLIaOtmyFCiZngZ+ThL9NwfXzFR5ohQ68XH+ZmEOtIxjQjZakXu&#10;uYI9JkxDoWV7YL7l20GPMzYtZ81CTys2Q7zoH3+rfKulxHXwyITBtDS/JCq8axO7XkDtgdt8oti3&#10;2plR8Z+CkFZ7qqt9A7cRogNWUt2AKwzQShBTN9EpO8QCJLrSGBkpCWXWQdVmWDwHLVX3tC7PAoF2&#10;GuPwJpsM89VFeOItCqM3LqvzGArSr2DxSCjDsXhe6A49H/jIZpxSF1We+jbnBz3zGFwW+Cm2zMAv&#10;0GtOsHp6STjEXuqQFxuNPxjidQpbUIqKnELMnWIsbVyZsEHvj6o/6AbWPIZOmYJaUKVkL7gsGE0Z&#10;SapS+AQxTlt0SsOffCJq/NRBPy4wHkGusJYn3PKrrvuN+fMD7yxZA9UxgjUwVcIUpDB2pzzcR73C&#10;re5FJ0p/CNbdTxutjxDkW2SCinfYwis1FdQEjaPyoFuj7X4UIBTXucLaBnVyOmVT4S2lO8cTDa70&#10;MgKuUgg91ELbfjL8m4bodFRg2PVNXIXGOqU6gRQicwEuT6sFDNegUQc5x++IAi2CQZWJOgBxhHQa&#10;te86Uko3wU1kxl6Kxkr6TcDvj00r1xlJH/HnHdZCYMXCNOMo1rtBcCMmln26Wo/n6hnPBX9wv0SN&#10;ZdL0VspMbDP5WU4lz4d7awk0f8H5/vh+ku0vBGCKJxpEsI3RmXrXVZBgD+L2BBI7qnrwHU7iAWM8&#10;jyE5JCh7lwnxbfLyl6KHuro/djFfkLDOos/+5ohQoLhChUx8zjC2O5ZEpctsf0nyaumU0DxgDqzL&#10;MRfRi/E1giztsieZ48u9YexqWmFqeSp+AjU1G6qbmQqpz63Ko402eFVyFrxu7yFk0hCySMLyZ2sg&#10;5hEMizuHzSWzuNq+spQMMoiF2yY035ML6eMIcZg9XZCJICr/gjHdI0ljmTkC1KLqdgBTSGBZhsyh&#10;ljPWY4m3PUjqNpTH3ZQrU1UVm1Yt/erTWc/fM+GCk4b37RBMNvEie12TL3N6uND0pVl593M7wKnJ&#10;NXOiUawCiqNAEOCZjP0Lg7yazDXuy+RWajS0j06exY6I5COMEhWdMxwbbspEsnKwtbgePG6k9Oz1&#10;eeoTtidEDWYNKfW6Jppgz7PUafwuDOG1mWGvTBTP9FYSJ8+OB1udTIbQgW/6Cwg/KJ5MAY9SpJsD&#10;7ROe/5x+zRMZstRJngHhWWehi0c1l78nRy6TRy5coqhLCBSr8zHOJXResDVFKMR2bsuZriYaCOzC&#10;EyGv7jz4TT/OF+iD+rM+RgmyC9RtNwZL0CQZ+sSqdI3SGpT0hDyEeQs7xH4cayMqBvdyBwsaqeSa&#10;yL0qdJePlZkgdC51aO9DW701aA6yPd40VJXQE+jdEnNXRkLaZGSqHDBfNZDA6DVGiONlZekJBiGC&#10;Pm478EKq53C1G1v1OdsHQswl2piD4wx4wMN0VUJKZWGB3fhi5QaEDKpgZwxDjG/m5++vY6MnGMR6&#10;V7IeC1Upa2oyipqlzHImdSqcMrFUN1XMorD6zIiUCEbWCZxechydH/yRwNh5XhaYr5BXMdkdrmlK&#10;CxzmMci9uFoPUGvpUB+yZKYTF2PEDicDrVYVksUmPeQ1dS+F+NeQ//8JVYQndJmFhVpAx0Pz3Tr3&#10;6Dv8hDPHXXrNrRMnPzH1hRemvfnm9FkfmtWEyKxZ099989VpL0x94qGJt153ufjNCYfu16NTu+YN&#10;PG/0AkWDZM3hi7sXnsFFPxwSHE9nrpkgWC4OwDZlL1Bzi6vG6Qe2QTGn/Z8+wUlNKWpTXm1Xb8w8&#10;6sedBkLIIGpJ/sCM4Y7XK/mXxGYLD8dl/ZbjPU1xAfBKxqoU7SMDoDJczmBfKYQ5nwns4PTRziLe&#10;kbIF3XZezIMDCxGlY9jPzN3Ormqq7aSzP6rl3jCSesM4dgxc1EDM6hzQzFvFiFUT1FdpBOIWvCN0&#10;1T9gHAewUHu4sVrgmVDPTVysM7dPGc9Ojq5YwdzRB0I8bt7mFO04BbJCqmr1/HdvHg3BwmYEMo5i&#10;0t/SanP/IuUtD2cH5tvtyA/RMt17Gqg7B1st3ugPq6FMpY05yNRskNOMGs4kqHUfLgqmIN8NywAF&#10;pkhEBM/iyXItrn5jn8TkCofWmep6xoHuxnB/anclR0le496kks2Y1hsx2N4Fg7vj/cKarrgRhkOI&#10;+0A1rtnO1FzjhDzlqv80Ly+nlbGmCiD0zzbmBx9zOgP3CjZ/VXXKG5C3rU2lG9GLsJFM1F2tv7xm&#10;GcaC/kBaNqoLWKGnods4/jIdgKM2GwcULGq1MzCXif30Znepg+BNA5H7OxzU0HE2atSo4/VS3pFD&#10;hw07eNCgQf3rsJZ3gDkC+gmOPer/s9fBy7pzzKMsdZQ2b/Aqfg1UZI8Ixve96jLEeHPMmXXm6HU+&#10;S9A8E44RNNRr1kzcZtS6wxx3IZPeCqTv4E8FM3tWfTx0jme72CdNNSIrfurpjNoct7O93FkE+c+8&#10;zDAcRj5FQahajhh7ywuzF2+sIdnAXff5qw/efOFxw/vtUV6EYd38iZ6qYqw/hDho6cJlNqJ5zTwj&#10;puGZ90x4MaCjoi1Z8fgKxfkU4zrIF0NocjGW2A/feTEOb0OWVWP1SSBsetmq6eRz2go14rWQOaAX&#10;RgAYpuKj0QXZAWJ+EjyZ0hDbgkyim+cByNBOcQ1rDN8HONbKBpqZCDNE66X6OdLPfLnQ2TPzqHBM&#10;Hm90QEoweYW/hjUVBiZDx90fGBLcWTOXHQLl661m1gAfDzXT1iqXQwKzq6Hing0v9rR+AcgUeMST&#10;qH9TfB9lvKczZQo/esYvWcEeYDgfzedYIaZRgADBcI0O/AVWEINA5IQfYgpVoyY0UYmZmhqSMpp1&#10;CS3/iKL3qwO4+pSNgxeY2i0ssC20v0AC0G60IQtAg/MK8QRT03bRlgQ3UqWJw1PaF0xRrkL+R+B6&#10;zBZYU8SGoYWQuWEboZx2K8lEfovovTmhULOGdpcCU1hZzI4G9+E2dTTor6bTd0PGJAK+yyuKGTvO&#10;XL9UBbX5AHgLv7xkM+waDN5C27EPSUORIGb2wLcElzOuEX2skRaoNV+sOdd8CRsBTGf3oB2GkKFs&#10;GjXP2ytjkHPdO87C5Dpbocey59bPNwKTRHAb1/JmKBsjMzMEuU7dKldvibOvFWSfHBSTFgSTDu/i&#10;R3F6Ml+nlPji+TvPOagdtji26FvHfuDrSmfGdOPqHSOjcrFYbQRO2VjTyT7aBJkFSLciJVPZ4yMB&#10;7qrU5o0/rf4eRJyFc16fOumOK8eeeMjeu7k5raMsV4dB1X3IHx76YNm67cJN3BMZX4zvceZD76/f&#10;XosBdqXr2bisC7gzM2qFh6fhcxzz1Tdq0wqZStl/E4yvBiPvmLOlskZQdCHmNfOEbsVZKPKltqpi&#10;69L3Hhp7gBY7inJI4/9DNO5zVw1uyZcGxRBEERRct3LLulUrln05+7Xnn3jg7jtuvG78HzwuG3/j&#10;HXfdff8jj73w5ocLli7/YdXaTduqXYEGFFKo4YYYD+OQLuR96S6fMvaAjuW2XZT/A/BfzEelHA8p&#10;pFux8NnLDkJbRqGatVBAF4YOrGnnYWf/9ekPlm4SkAS4NZ4Jgod0IWUXXDvY28fpf5ExG72xEVes&#10;Hb+Peff/Ljip4ux+8O+mbtTLgzyEEHMvCqaS/gdovE3nGVfeUha0wLskRcUtrtsMOZrCC7VWars/&#10;KrzL0mAD5Q65rm0hci0Ot3EcIsOBW7LCjNaYS0oalDVs2Ki8cZNmzVq0bNm6Tdt27Xfr2HGPrl33&#10;7Nlz7759Bxw45PAjjk97Pm/U+66vtqrKb6ceGRjF9+Gs37wqE9dSbu6xi1YgB1II9fQsY60HHjPu&#10;9kemzf2hCnee1bqKKC0B5AToLGCc5idsxWoqN61ZvuiLT2a98+pLT0+aeP2fLj73lF8OG9CjQxMt&#10;KFDkowPi37hsilLhUwfWxA3pQjW9cHx/lLgDOL9kna65hTw7zd//Lr3wJaRI0GzbuRwvvCl85DRd&#10;sBYOxeoWY81ptv/6N7ZD24vnCXB/Nc6qjblzit5vUSTove18eCUmfE1S12EnM0fvqahZASGT86MV&#10;w/04IaApbXX1dml26ZLuxo5B1uU3UTS7YZ3j/wojMHy1hTNDVU++s5T6HoCQpWJG8Y/2dEwsHLbX&#10;IppqdCut5VbTMK+LDFrMO4HpmE127Fx3XswLRgMciJ54C2SNoMaP33ORcbcCRelUkHfvgDcUcXsh&#10;7RT4D5jG+Zq035G8poQ3bt8NosZfzBXhNcjdCa3ZBBwqajsdOo+pIeaSweCTpYm6E+EbMYLzn03b&#10;gRyvlLeZ/SGQFwMjsBGclKJdVuKA+3R0tljuyg26Gr8Diqq1ncJOgq/GCP6vpG0iPBilxG2BjDOO&#10;4mSrdeiJ3z7ypmtS2DTyWojknfyyT2LDYNy7ChgP3vwO5MWMjdS9aRrTPtxfFeHRqyNjz0Ic78xm&#10;bxg0vSKku7krcLz0d6WD/o5RX0sipeQRxpmGGygdILdDejVhvaCNDC1o2pFwqMk8xe1dCJxxMKZe&#10;rpFRS3LpQINmXGk4QtlK7BdB5J7JWDmkW8J22YVmLdQRaavIdwF6g5hgKtH0maN0nlHK2to8glB/&#10;Mi4EpD+ca8Q4TlgfUlA6Qx3h7qgNoevFIoUzVci/lEpYHmqBOxYbZzqtXemt7wFqoNSSQyg3ff17&#10;oYEWRZFaw66HX/KhnCdHXkAnEdnU2KalsMTRZlAqSJzomilZCsN+kIXX7VqCms/+Uh6gXS2lzKk/&#10;v1IFZiXSOMuOTKgptELAMF9q3kFgHRGyNLkrUeHHyYc51MSEiNmgzufv0teGw3rbaJBNVyq/PfDy&#10;oh202O8b964HVK2eVpRUOWqcPpxRtF9q7McA0Bs03RFepcL7JBYQ/h1k4WBBwS5HB199RS8NzQVI&#10;ltAKwzB8u/TssMGFXsFAkdu2fFQ4GkAlQcrLuyo3+KMTLYTWU8qBccrNNModqFQdKpXXUWm+g5q8&#10;+zJ3+ePgOAnklDRo2Oeka6Z+mdKTSTJV6y1uzQtUSEF1CGDj2xNP7dkQt0W21VH4NukZqBksbzCu&#10;rIDs8aZxxuG4XtsGNYWvK/yJUoWdDXFajbhnFTQliXp6Dm/Saf/R109bWonTcKS5gHEizaSc69Zu&#10;Wb30i5kvTrr6/GMP6N62HKLDixo9/Rkz+2YI/wzHhu16HjH2tqdnfLliYw0aYtJzfeioDEZpuPjR&#10;uLJzbuYcOdivjr+1LiyIVMF5hyu+xfB7uCQFccYbDLzwibnbUKcLYk+6Fcs/mHrPhDOPOqAzRR08&#10;uf4PzwPOW/zh4+o/F+GTg1Hz/v7ig6xAJRtrR9FjkjTL6YtFUKUMlGQxuG44rOfcmkB9CUr3y0Na&#10;7dxYywnODprn7TWj5MboCNjywNBZNn4jvU53LLzCZN4iIUdoF7BJyRiDetngu63ydhWB4rd2pDm9&#10;68FvwnBiFbR5LMZ1LIH2cka4w4tS8pzXvsNqHpXrSM3AKB4YKD6o9rN2ssllDMTC6bPKi1v327MC&#10;vfFdD34lvKhw3+iSuVzxpCUFTvFuB1z+anX1mi9e/etp2s5bkfOeijUd7dNVHARJYb54vKq0NZsc&#10;OGSTLmyuvHaXmUKOh58IOeuFnARSbhbQQjoUHTBmwu0XH0F1XVKyyCzTcpNjMiwXys0hLz6i8677&#10;6W7mxC7MQW4elR+vyGc6hm+WuLtxBmpi9rq6X6kZxpkAzqlihfa/of35pGur92SnuQh2T87OkVm3&#10;X0ylDxY5rj82HceVqH4h1+7CneEQ/ZNHHBPgMsHEZCxcJNls8xgfIzvfq1TS0r9OWD38Fyas68xs&#10;c4yj/Kbvoc3/8fYm5rvHq3nVFNUZrub9Du3IuYjZ6j5pTPokrCDe/p+oHQzJDfc63VJrZGg+szik&#10;OJgJlBU6y9+Yb1EaG2HAWifo85BS/hLNgEaQg0WWidn/EW7EwuiO1pmFN8OoAOHKR75iHBloZ4xl&#10;yPXCsnMWAR6Az/jgL/qrjYipjc8D79Ciwv3Dd8mptzBFrLRDv3MmfUHif3XVnAPsokfysb3AGCfb&#10;4JQ/r7Y4vhCHeW5NxaZvroSud032fkRM27ZeSc+8tw/UHmbX4NtAxlzjmdxIRA85EKysWbvOPfsM&#10;GDz0sCOPPPqXwNFHHnnYkAP69uzavhkZO8KLcEhI35onaA2408irpv0ksW8FvQv4/Obfv98PBB7P&#10;Q2shXykWxnQjjkVw2ttg78RcotjnxexV9w3HG4cFxGfkdaFMvGWcSE/o04nFzayL9pm/uor6jvCf&#10;ihBIddSbxOEyyk0hsLNJpC/JMrcl7muJydH6nEe/3KS7qxCj2+Zed2LvlhjX5pIIbYM4ex4eFz/s&#10;95D0tPuaZBx4iNJflBtXIo6VxAanNjpnshvEaHS4xClZDu9ozOWXurK0GN6xXosCHRAheVFp2cF/&#10;fm1LVNui+8xqkarG1Hnzz30bFKHNtJx5fL0XqhrIwkk3Ot7YAa/Ny2KPa03oJ3BPh7TwnqOUWXVh&#10;uEepiGk4g9marlgUWr9zkAzvgceOyWvsxMYRx2kHhyo3UzhdpSefU7aN3KzIa40jkT28cm1v0A6F&#10;xo51DplKW/oIU2wsD/G0den1px2EwTg1v6qzHpw3Agxv6lvwigN6XZQC22Mk2UR4oiKsYTRU8/Lr&#10;gV3+hq0ArjDXLFfSFhxwo52QQUbNvVLb9OHVcgcMVTSMyucj66hQf7XOLhxqifvoRDKuqoFrP7/A&#10;fM2JT7dmLMBQcmS3VvqS5yCSyQFAFgoN6kH6p+ljQbwbs5xLVGCuo4B0jmqj95Np2unY9jUZ8dCi&#10;S8z3OFbhfmPYhsdN3/PiiQtm+kM57SVqIlxzufmaEzdnUh1uBU/Fjs3r+ivOQBvlRNQ6sm+EKNa2&#10;4PeWLggBBqN6cNiOWq7RJTpdO1yK3bue+PBKeLbeaT5CSm48s7nDHFa2+4g7F9NVILxsJOsIjyn1&#10;L/LEoly6tH+F0y+FWw0DtyvZiI24Sn/JjZMzyHgjIQvTeAOaPCOGSm9OdbZSaPvfA95nIGMjXLHp&#10;l6zZgb++/vF356/YZBoFHmcKDiRdz9S1lns1rKhRs3Z7dN9730FDRx5z4lkXXHr1jXfc9+jzr86Y&#10;u3DFmvVbtlWlcMKSJDq5muM24WHtme74A/xVL5vz7xvHDmlVBF6ityiu9btlMfxiIluI9U8e5fhS&#10;HG99jkxrTW4TE4Ns1ChF3WanSm1nXfLKxbTPTDwgiCktcgXbh4AEjpbPSEK3xEcUzP9o3GnUogRs&#10;2szCkuKfqMD8Yc748cr4mJk1kCbolyDz/hYPi1HGpeHbybpSU1cUFcXuKZlEr8QoxlEKo3hvyWw8&#10;JXEPWKxo7TtTSl1mnFEeUPCjqC08NBcO6YemmfLBYW2fqYTeDqVSrVx5emA9LKCToNcMoQvjSvUR&#10;O5NcOdItsS6GIGz0frMFtBpFi8pmqWDAaRLqG0A8mvoqRKm7uO62a3IA+gO5yWq8/LCF0LWEaIWa&#10;pHbx+SVJfT2Ai9qYHx1K1FIQQMP5Owtdk6J4hSU/hPmClDoHS09FCiW2u0CGQuVgF+0+2jgV7njl&#10;7Xm0IxiVGE4Nb3zKbOhyQ8RKsfWN0SW5zNCeIeKVnC+kTS5+lA0S13HE0cMb24hwMIQ8UM/gv6dh&#10;hJ/Pp/RYiKIRTxnr77OhC6DnRvjL8CaRPteB4liv37mDqIqNY846PLEVAp2S8rOLumODlztfkN5I&#10;TFJoO5PD1cVpe05kYj/ftmoIzJloN5BYCvXAgz1Ky4fOhGKGBseWoCXv1Uq+iiGHH4PRieLNcEm1&#10;VXW7NVzIHbsAFYIaHnB9SbhfjutQ55nDWp1ixcMrU6IyvOfu2SA2wQM/s4WprBweXyQWQNYwflcq&#10;YZnp7OCqavMDjsFD1xPi1F+5jjhHVQbDJEe4HVf7GwbtIC7NUlXkyVfhbvm9rnSrMUsRuAkNl5sH&#10;62+58adYvfQSVwndQe4iZGS38uXW8ATWAWmZyEZuL46z6VZQ+Lak8ce68FhMcE+C6FhORfVZfPWX&#10;l8Vv+ZzAtNg5iq3K2K5+HeLzQ2yFIadsNanxkZ9pQByW7IvwSHGIQbLNGPnhpHx4ALifQBfw4MMP&#10;Pzp5yuNPPPXklIcf+Oc/7rr9lhuuuey3Z518zNADenZu3aIBlBtXuVmWXnJ+/B1/P70ke92xpzR7&#10;CUYo3qTUJs7a4h43p9w8TJ/Mjeq4JR97egslV6l12IKJnxdsIWlnAp2VCveWB0B0nspuMCO3ZJlD&#10;72/lsw7E+dISz2g6LyoGZ2RH+0JwfJY1DHN0JgFkFs1VngqWYERpDhnqenzzNiX5GOpI34sW4BAi&#10;kudpGxbpjaCg+RgaZrnQs3i8DefwBtGgIr0AYc/Wip205rQq0yptqKttMs5tbs+o6YRLMWgnfern&#10;5QhPG/kA9jYD029hiGx94u3wA1YsQstzXSSaZGgsVKroSwq9Bq04a8YVQBk5JxyhbjTONM43wfIx&#10;g1px/FV2t0Msn0qJcMvmQG/SmovOhfZxWjtQE6PF7lOo5OtThk/oBHdJVwVXgUCAcL6lpQ68Jril&#10;8nHj2OG8nThbgaPAYZJnB5q481vIwNLxNzfDB997a+olK2ufJtWWvDLOJHMMoYcfGmEMR5pXFJdr&#10;OK+g2rev1OuuK5Wk1PDwo9jBnZJ2Eq5I2KEUAhsheeoIusY1ZX7wh1d4MfsbexgaGte8Cmec9iv0&#10;KTpC0CjWaM9fxnbzNiUsgY7GGLYOu3C82kTmM0r9cAcFnpC+CkKrID/vcK6O9CoDmmCDbSFjpmc0&#10;78k2ohP7u2lMeI0XkX8Oe21Kb67ESB/QM8Zhvb8pqHl1IzL8Ftw08eMXMFE/xZz9PWbllBJmR1bM&#10;9Vd7+VgGfZnDEzrnO4Tk5XBNQ3EszC7a6XQVMzdC1cB1luViLzrL2C3RbX2gosw9js2UUYjREnsd&#10;3HWhAsBlv03HwMeVrOkAdjKO+kFUnva9qsVeh7kZSw6IzL9ICSFq7K7lxJ2x9t/jRGkZFo/Q2lsp&#10;JoW9I2wYx5U3kDnyyTTrcL/Xm7k23b4z9gdyjGMek82gzcRZuTVqNAjHmG+b9masQV+OSVl2MoMc&#10;rLatUdVVVpX2QXTK3/B2JgGo4MjMb13E0xT+Q3Dh9t1GPnBcMNTQKxT3hVQGDe8r5dm1z0JsmIRq&#10;g08QEMU0oYBRPIjp2aq3GTsUytp69bqUwcBFt8iUv8d/dmoUd0mWFHIBLYt/o/dSfWAexIJ5vSes&#10;GOZ+vxlrydxe7tiYOP4LSREL5IAVStDEK0bxzXp3RrQTguocSpbbIw9Q/2OEtzrg2KumvPX5jxU4&#10;7umBZtG1RVBAl9adADwLai14Lj0+mK8lhKzZsPTzGS8/eNOFJwzbt0szMvsqJQ7sb/krvVCq5EOz&#10;P/WD3mZae25IfVSywZvZwTc2zsw4wdZ2ARsoeWQKp+PoBEbxB6sxMc6gFMGIqh4ibVH/BDgXSi2a&#10;kKQJUHAUlZSVl7fcrdNeffc/eMQvRp1y1tjfXT7++lvuvOf+h6c8+eyLr779/vtzPv50wYJFi5au&#10;WPnT2s2bK6pqa1M6rgATMbGYS5Sqra2pqNi2+ac1K5cuXrTg00/nzHjv7Vdfee7JyQ/+666/Trj8&#10;d2PPOvWEo0YM2rdn5/bNyhs2QMUtCpzXmV9vlmRspq5s373N6Vdop9ana7dqPULHL6wPKTXVODMS&#10;OwLkohGF6dDQUennT1AUr8HRvP20btZ0eKMfl4QSERo8ZQxi/G9yj5q25Xt0cGnLWP9Zfnq1uMaq&#10;EWo983eDJQhVxp2JuJ52KxRZHKyYXLUMKriSsw6FKEYFoxamK9kd8s4SGZ7mPjiQL/4XKZPuAMGd&#10;GtmUuxmV0E/3aubevkUxBEpEUbEHbRVoIiNujI2NRvWSveUD2MmAXvJkPwk5acqUvtUOFXA/ji6g&#10;/EGpZGXwXR0uxG5Sr+iA9jwjnprZgTqKf/O1JMPTmcGGwcU2YOvMa4/pWUrRXw1ZuRNO2ztf4ldi&#10;0sDNqNJ2Hu61rH56Tp/0OGAMPCZpln+X5331xqO+Nk4CnDU8+8OUdI2V1LuhPQoVW/wCrU/TPfYZ&#10;OuqCK+945OVZXy5duXZzZTXq1hCqtnLz6iWzn/vrr3pDG4AmRPorVERL26jlSxz2UeFRYcb6VWLr&#10;mGyYbJdmrNxsbXGUxh++E7Vy2n6lVpVMxh2nGHedgCjmbKBSkGIjcBtCGxBioLHH7ZlDQKmBzL0T&#10;h30KxwzoRMnJR43Yr1urUjT1EaIkwUoVCG31MwteC1HcVSlo5yCSQ2slHeiNLFPYEIZBbaV2JDEb&#10;cdSGJGMEiouRtvJEFzV9c21tZcXmTet++vGHZUsXffPl/M8++Wj2zPfeefP1l1+c+sxjkx984J5/&#10;/O32G2+cMOGyyy4ad94ZZ5x00jG/OGz4sCFDBg8+cP8B+/bbZ59ePXt069a58+4dd9tt4DbpDapg&#10;m9U22sY03uYPVdigaTXjrCPffcexuaMoZr7ikVO+zx/fg17ebKUqI6ntmEGYw+ZmFGN3Par+Zteo&#10;7rPGEeJ59+/G5XMfzb3Xh6dwvtNVJKVxo4B8gq+e8RbUCNEC9U8Vs2T08nKSYkqJsrIGQEOinGjc&#10;BGlK+BsJ7zCyzlEXpWIWExqGiNX2G2M/IG66KA8uw36k1KYV/RFlGghCPoDmLtSaAi3ip/Jnwl/6&#10;RiPpfJXDNfUkLAAA80IWvkpSxlYKNESz6NJjxTM/2MK+sKoMkTh1QiKyvou6t/CtxV5Djj/vituf&#10;enXmvG9/qlJaxJPHQUpJUgeyy0Ore+nwrVLUrwyh4lesz4N0KcoqMX8Wef0dYb1CRdotnrLsMjZ2&#10;vRbHSbVnI8nclAMNkrPaniLhzxujPZshihoUOcUlOLmuT0F8misxXnOcZr9DVnG2FK7krzP2iG4/&#10;Z2A4QaLQcW2zjxSJTayTuFqeN+558lVTo3ZKfIXQAsJDgyoAr/Ib7c7BJoJtU8WQJ/SwaOXJ8MHX&#10;LfJDw12tA4pLBIzdpLxIHxZ1XeZgKH4EQW3EYXprmJKFrAgqovTJEsj09gRXiE3xP5QlLDOpymmA&#10;JV/uiYq+H/sB/t63unGcbmS0cknzWvriVL+HB8BbWfiJUnG6sVm5bpxx+Dyh1rEJIHoXr+asbas+&#10;ekLmB9SPj4vMg5RKMIWxm7fSY9olIDeXYP2s4dfHWRj8aceMdpSISMqd6RsDZb1NdfCSqWEVdZO5&#10;F4+OwJl0xzft5SoZJ8llJy1hHFf2Yme034e9DIk6ljVBveXubWg9ub4gTEUGY7K0u0JjbSOS66HY&#10;Zpvj1Viq6ilwJvJupCbDYXUvwHz7TfCxzuw8wwWqVTF2VbDFtfuX0lpzO87C524NL8TWWcbhw4Xg&#10;7mTGbgEnVqd348IanJmOVfbgZt1fLPyrFg6NOSNv8cuSDGTyCs/WdcHhQlvc85lqC7cXCR5opWw3&#10;y8yttr7IFyGgmkh+z8z0dNM0ERqLCvQMs28lOPi86fDhJm1oUpy5y3OlLVkmwGsym+erF9z195Yh&#10;ULr1lBcwBYJ4e8x0txbaJt8Nv4FCXFfbrFymV4JNBE6sYC9vOf0Gfl+RvGVFz/qae4Tkq6dEnxkh&#10;g/WvCBT5T40zxKlr9Ws0S3+dveGeK407fxrItNEd1lS+DNmzF2P+ukp4xJHGmQYqdZ9g3HVgkEzQ&#10;PC0YP4T7pU1w6ComU/QwjY1TcaB2+IySSua1rjHCB74FWQsBPU+n7YpbjeL7mJjeswWEuU7yDMB/&#10;VjJx26KCAdWcpYqMCm/CaDxZlKmlKVH1n+PS3mQu1BL1yEOAcGNq2RV2nEFRziyw3AOdwyTVp4yc&#10;Uu/Bq9zYHZ5j6UAMgNZbJBlIitAMMlCkycwbz7ZBmD5WHG9TKpgIiYWjHqysjWy7mQ2IYIWWhXYG&#10;2DmTx/hFsRgiWbrDswcXF70VYMGDiNtfjvt6Nh+pXDQ/W1TroQ4PNHKd8kaKt6+YO+0fvzu6b9f2&#10;zRoVM9SfLzoRX/Jrc/NOYU+ILlEVTA9/BflTyRuSX815CPKA2p5XtkkA5Oo4wzfU8+Nl8Jgku6cR&#10;ODtz2ooqqPhw9pAUVSiyk6jNYlhyRzAfIy03KPBuWBqpB92htjXzE+R9CHt5WF0xOYEGpFhpeYvG&#10;OcjLOwoabeS8tLx5m47d9tl/yJGjf3vlLfc98Z+Zc+Yv+WFjpfRnae5P0F6uK0Wduu7RsUP7Nq1a&#10;tWjWpLxhgxK0m+QUxRk0Yuz/A4h2TK19wyp/AAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBnnXX8&#10;3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcFbu4mSmqbZlFLUUxFsBelt&#10;m50modnZkN0m6b93POnx8T7efJOvJ9uKAXvfOFIQzyMQSKUzDVUKvg5vsxSED5qMbh2hght6WBf3&#10;d7nOjBvpE4d9qASPkM+0gjqELpPSlzVa7eeuQ+Lu7HqrA8e+kqbXI4/bVj5F0UJa3RBfqHWH2xrL&#10;y/5qFbyPetw8x6/D7nLe3o6H5ON7F6NSjw/TZgUi4BT+YPjVZ3Uo2OnkrmS8aBUkyyRhVMHsBQT3&#10;yzjlfGIwTRYgi1z+/6D4AQAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXt&#10;I8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzM&#10;olI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02n&#10;oH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2&#10;CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAIEUIam7AgAAfgYAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAA&#10;AAAAAAAhAGmNEJloPwAAaD8AABQAAAAAAAAAAAAAAAAAIQUAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;UEsBAi0AFAAGAAgAAAAhAGeddfzfAAAACQEAAA8AAAAAAAAAAAAAAAAAu0QAAGRycy9kb3ducmV2&#10;LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAAAAAAAMdFAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAALpGAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Grafik 2" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:2538;top:4001;width:14715;height:7828;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuHbuDwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8FN0YobWpq9ii4K002vsj+5oNZt/G7CZGf70rFHocZuYbZrEabC16an3lWMF0koAg&#10;LpyuuFRw2G/HcxA+IGusHZOCC3lYLR8fFphpd+Zv6vNQighhn6ECE0KTSekLQxb9xDXE0ft1rcUQ&#10;ZVtK3eI5wm0t0yR5kRYrjgsGG/o0VBzzzioIm76fPpuf7iM/Xb9eZ90x3bwlSo2ehvU7iEBD+A//&#10;tXdaQQr3K/EGyOUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALh27g8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
-                  <v:imagedata r:id="rId12" o:title=""/>
+                  <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Textfeld 9" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;width:20510;height:4394;visibility:visible;mso-wrap-style:none;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDjO96ewwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHa5G4gcNPEU0xCPEjcWsLfYBVvI1D4nUUGwg8PUZC6nE0M99o5svWVuJCjS8cKxgOEhDE&#10;mdMF5wp+j7v+DIQPyBorx6TgRh6Wi87bHFPtrvxDl0PIRYSwT1GBCaFOpfSZIYt+4Gri6P25xmKI&#10;ssmlbvAa4baSoySZSosFxwWDNa0NZeXhbBXMEvtVlh+jb28n9+G7WW/ctj4p1eu2q08QgdrwH361&#10;91rBGJ5X4g2QiwcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4zvensMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox style="mso-fit-shape-to-text:t">
                     <w:txbxContent>
                       <w:p w14:paraId="48134F8C" w14:textId="77777777" w:rsidR="0028133B" w:rsidRDefault="0028133B" w:rsidP="0028133B">
                         <w:pPr>
                           <w:pStyle w:val="StandardWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0028133B">
                           <w:rPr>
                             <w:rFonts w:ascii="Bradley Hand ITC" w:hAnsi="Bradley Hand ITC" w:cstheme="minorBidi"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                             <w:kern w:val="24"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="40"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
@@ -2051,67 +2070,51 @@
               <w:t>70992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16890083" w14:textId="7D3D27DE" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="003C500F" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Auto </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> GmbH</w:t>
+              <w:t>Auto Fritzle GmbH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E55957" w14:textId="3829ED50" w:rsidR="00014DEB" w:rsidRPr="0057597B" w:rsidRDefault="00851186" w:rsidP="0057597B">
             <w:pPr>
               <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057597B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Dresdner </w:t>
@@ -2242,535 +2245,542 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>358</w:t>
             </w:r>
             <w:r w:rsidR="00851186" w:rsidRPr="0057597B">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8-336 plewa@fritzle.de</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C100229" w14:textId="77777777" w:rsidR="00162403" w:rsidRDefault="00162403" w:rsidP="00434755">
       <w:pPr>
         <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2D5AAE" w14:textId="77777777" w:rsidR="00162403" w:rsidRDefault="00162403">
+    <w:p w14:paraId="19535720" w14:textId="2586712C" w:rsidR="00E07B17" w:rsidRPr="000B2701" w:rsidRDefault="00162403" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00E07B17" w:rsidRPr="000B2701">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Artikelliste:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D421CE0" w14:textId="31B072B0" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="354E5771">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:3.15pt;margin-top:3.4pt;width:375.9pt;height:701.4pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-36 0 -36 21562 21600 21562 21600 0 -36 0">
+            <v:imagedata r:id="rId10" o:title=""/>
+            <w10:wrap type="tight"/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1032" DrawAspect="Content" ObjectID="_1829723209" r:id="rId11"/>
+        </w:object>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5A8455" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17938B3F" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1251A59D" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="614B3493" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D2CE29E" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DFE7A7F" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06AE55B3" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="691A554B" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="324710F6" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B628ABA" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E70E7D9" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C7B476D" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="706FE109" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F18F834" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF6A5F3" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50494AEB" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26CC0BF0" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CF2C59C" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0893E032" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0C8EA5" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78C9176B" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55946F03" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A73ABC5" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02916AB4" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FB72F78" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A4CB4A" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A17A54F" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="382D8FDB" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F49B53" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30F7A608" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A94372" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238D2B48" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C22BD7" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2918CA46" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="371499F3" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C62D3CC" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66640EC0" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2796CD31" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4AAACA" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E86E6FE" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28586F6C" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63B75135" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB34954" w14:textId="77777777" w:rsidR="00E07B17" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72207291" w14:textId="50CDF589" w:rsidR="00E07B17" w:rsidRPr="009735BD" w:rsidRDefault="00E07B17" w:rsidP="00E07B17">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper-Erstzeileneinzug"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="197D4E3D">
+          <v:shape id="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:25.6pt;margin-top:27.15pt;width:450.95pt;height:680.05pt;z-index:-251656192;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-33 -20 -33 21600 21633 21600 21633 -20 -33 -20" stroked="t" strokecolor="black [3213]">
+            <v:imagedata r:id="rId12" o:title=""/>
+            <w10:wrap type="tight"/>
+          </v:shape>
+          <o:OLEObject Type="Embed" ProgID="Word.Document.12" ShapeID="_x0000_s1033" DrawAspect="Content" ObjectID="_1829723210" r:id="rId13">
+            <o:FieldCodes>\s</o:FieldCodes>
+          </o:OLEObject>
+        </w:object>
+      </w:r>
+      <w:r w:rsidRPr="009735BD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Briefpapier</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2D5AAE" w14:textId="3BB84150" w:rsidR="00162403" w:rsidRDefault="00162403">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...344 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId18"/>
+    </w:p>
+    <w:sectPr w:rsidR="00162403" w:rsidSect="00D96C5C">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="03A733B8" w14:textId="77777777" w:rsidR="00BC5EF9" w:rsidRDefault="00BC5EF9" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="502C0787" w14:textId="77777777" w:rsidR="00BC5EF9" w:rsidRDefault="00BC5EF9" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fett">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08080000" w:usb2="00000010" w:usb3="00000000" w:csb0="00100000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bradley Hand ITC">
     <w:panose1 w:val="03070402050302030203"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8613"/>
       <w:gridCol w:w="1026"/>
     </w:tblGrid>
     <w:tr w:rsidR="00921C3E" w:rsidRPr="00921C3E" w14:paraId="6AFC0AA3" w14:textId="77777777" w:rsidTr="00D96C5C">
       <w:tc>
         <w:tcPr>
@@ -2792,88 +2802,88 @@
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1026" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="564688D4" w14:textId="096AB5C7" w:rsidR="00921C3E" w:rsidRPr="00A16C25" w:rsidRDefault="00921C3E" w:rsidP="00D96C5C">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00213056" w:rsidRPr="00921C3E" w14:paraId="51A6DCA0" w14:textId="77777777" w:rsidTr="00CD139E">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="8613" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="10D03187" w14:textId="77777777" w:rsidR="00213056" w:rsidRPr="00A16C25" w:rsidRDefault="00213056" w:rsidP="00CD139E">
+        <w:p w14:paraId="10D03187" w14:textId="03A03EDF" w:rsidR="00213056" w:rsidRPr="00A16C25" w:rsidRDefault="00213056" w:rsidP="00CD139E">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> FILENAME  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00BE1DD0">
+          <w:r w:rsidR="00F20F0C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>WKA-LF03-Unternehmensprofil.docx</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1026" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="1E08C629" w14:textId="677F6D01" w:rsidR="00213056" w:rsidRPr="00A16C25" w:rsidRDefault="00213056" w:rsidP="00CD139E">
@@ -2986,76 +2996,76 @@
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>3</w:t>
           </w:r>
           <w:r w:rsidRPr="00A16C25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3810DAA9" w14:textId="77777777" w:rsidR="00921C3E" w:rsidRDefault="00921C3E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3B707276" w14:textId="77777777" w:rsidR="00BC5EF9" w:rsidRDefault="00BC5EF9" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="385EF865" w14:textId="77777777" w:rsidR="00BC5EF9" w:rsidRDefault="00BC5EF9" w:rsidP="00394779">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0FE27A55" w14:textId="015F7270" w:rsidR="00E156D0" w:rsidRPr="00E156D0" w:rsidRDefault="00921C3E" w:rsidP="00E156D0">
     <w:pPr>
       <w:pStyle w:val="Beschriftung"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45B5E0D8" wp14:editId="24E702FD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>620065</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>245110</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6219893" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="9525" b="3175"/>
@@ -3158,51 +3168,51 @@
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="5519075" y="0"/>
                           <a:ext cx="504967" cy="436728"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFohEzKDBAAAiwoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5KsF0uIU6ROmhXotmDt9p2WKImIRHIkHTkd9t93R0qOnbTY1mEGopAUeXruuefuePnmMPTk&#10;kWnDpdgE0UUYECYqWXPRboJfP71brANiLBU17aVgm+CJmeDN1fffXY6qZLHsZF8zTcCIMOWoNkFn&#10;rSqXS1N1bKDmQiom4GUj9UAtTHW7rDUdwfrQL+MwzJaj1LXSsmLGwOqNfxlcOftNwyr7c9MYZkm/&#10;CQCbdU/tnjt8Lq8uadlqqjpeTTDoN6AYKBfw0aOpG2op2Wv+ytTAKy2NbOxFJYelbBpeMecDeBOF&#10;L7y503KvnC9tObbqSBNQ+4KnbzZb/fR4rwmvN8EqDoigA8ToTu+V4kwzQWARGBpVW8LGO60+qns9&#10;LbR+hk4fGj3gf3CHHBy3T0du2cGSChazOCrWxSogFbxLVmkWTuRXHUQIjy2iIlslRUCeD1fd7fF4&#10;HK6KaD6e5fEakS3njy8R4xHSqEBN5pkw898I+9hRxVwcDPIwEZZkM2GfwMmG9TWZ2HK7kCpiD28l&#10;uBY5bRj1QVYPhgi57aho2bXWcuwYrQFe5LxB3PABPIqsm9Kgkd34o6whLnRvpTP0gu9T4rK8SFK0&#10;RcuZ+STJkjwDsMj8Ko2T2G04UkdLpY29Y3IgONgEGrLGfYc+fjDWszxvQcNG9rx+x/veTXS72/aa&#10;PFLIsHfuNwXmbFsvyLgJihS+jaeExPMO5sAtVICeD5tgHeLPo0debkXttljKez8G0L2AsM/ceJbs&#10;YXeAjbi4k/UTUKalz3SoTDDopP4ckBGyfBOY3/dUs4D07wXQXkRJgmXBTZI0j2GiT9/sTt9QUYGp&#10;TWAD4odb60qJ9+gawtNwx9czkgkriNHj+/9VCQV3SmOmac3Ib0zvuKj3oiWJyxkEByLbiimVvcrQ&#10;B9QVaXqufpglO2X0IgqjeA3ZhwpKwjjKziWWpnm+Wk/J7QL4dXX1XGAu0fIr6jqRhhdNtkohKhUG&#10;r+kpcF8NCuqVES2EoW+h7VRWO4tnijNP5qhLaBi1HCHo1FhYPAoVYfT7AdLL6zdLJ/0BfH/elZgz&#10;u5gJN9R0/oR7NQkelQlp57rOlDjnOvXixITCdacJxasS/qbSDqNXlervWyCcsnvUtG+jwz+yMVD9&#10;sFcL6EKKWr7jPbdPrqMCkwhKPN7zCssQTk6KXn6Ul6YNfyBJjt7Pm/wRqCi8elHrjIKqMte58+1L&#10;nJ59bwcanAsMjifPIHAv+t4XyPE99UZW+4EJ6y8JmoFw4IZiOq4MZHjJhh0DDen3NbYUuKBYqK9K&#10;c+ELH5ROCKCLJvQf18f/iNfXYVjEbxfbNNwukjC/XVwXSb7Iw9s8CZN1tI22f6IMo6TcGwbu0/5G&#10;8Qk6rL4C/8WmPV1v/HXAXSu80OasAmhOkzNEUCoyhFiN1cxWHQ4bqK6/AOGotZMXjulncpF37DB4&#10;4kVPSdOoCPP0tBnP/SQNkyIDGfhG/qoT/8t24iB5EG4ImFx+uBuPQz/dzvBKdTp3u57vkFd/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQtbMC&#10;qqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82RzM7hg&#10;MOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaUxndY&#10;FQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FrwkAQhe+F/odlCr3VTZQaTbMRkbYnKVQLxduYHZNgdjZk1yT++669tKeZ4T3efC9b&#10;jaYRPXWutqwgnkQgiAuray4VfO3fnhYgnEfW2FgmBVdysMrv7zJMtR34k/qdL0UIYZeigsr7NpXS&#10;FRUZdBPbEgftZDuDPpxdKXWHQwg3jZxG0VwarDl8qLClTUXFeXcxCt4HHNaz+LXfnk+b62H//PG9&#10;jUmpx4dx/QLC0+j/zHDDD+iQB6ajvbB2olGwTObBqWC2CPOmR0kSgzj+blOQeSb/V8h/AAAA//8D&#10;AFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/axRR&#10;EMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTmICQR&#10;G0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM9Eee&#10;m0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6jaHl07&#10;mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZQTM2&#10;zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzwDqac&#10;CqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjmKia5&#10;hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78qfKz&#10;Xvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXPVt56&#10;+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAWiETMoMEAACLCgAADgAAAAAAAAAAAAAAAAA8AgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADrBgAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQCbeOKE4AAAAAoBAAAPAAAA&#10;AAAAAAAAAAAAANwHAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAA&#10;FAAAAAAAAAAAAAAAAADpCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAAIgsA&#10;AAAA&#10;">
+            <v:group w14:anchorId="45B5E0D8" id="Gruppieren 32" o:spid="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:48.8pt;margin-top:19.3pt;width:489.75pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963" coordsize="62203,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAutrldRYEAACtCQAADgAAAGRycy9lMm9Eb2MueG1stFZRb9s2EH4fsP9A&#10;6D2xJEuyLcQpuqTNCnRbsHZ7pylKIkKRHElHTn/97kjJsZMV2zrMQBRSJI/ffffdna7eHAZJHrl1&#10;Qqttkl2mCeGK6Uaobpv89vn9xTohzlPVUKkV3yZP3CVvrr//7mo0Nc91r2XDLQEjytWj2Sa996Ze&#10;LBzr+UDdpTZcwWKr7UA9TG23aCwdwfogF3maVotR28ZYzbhz8PY2LibXwX7bcuZ/aVvHPZHbBLD5&#10;8LThucPn4vqK1p2lphdsgkG/AcVAhYJLj6Zuqadkb8UrU4NgVjvd+kumh4VuW8F48AG8ydIX3txZ&#10;vTfBl64eO3OkCah9wdM3m2U/P95Z88ncW2BiNB1wEWboy6G1A/4HlOQQKHs6UsYPnjB4WeXZZr1Z&#10;JoTBWrEsq3TilPVAPB67yDbVstgk5Pkw698dj+fpcpPNx6tVvsaQLObLF2eQRgMicc88uP/Gw6ee&#10;Gh7odTXwcG+JaMCJKiGKDqDVz+Bky2VDcsSEl8MupIr4ww8aXMtCyJ35qNmDI0rf9FR1/K21euw5&#10;bQBeFrw5ORrtODSyG3/SDVxD914HQy/4PiWuWm2KEm3Rema+KKpiVQFYZH5Z5kUeNhypo7Wxzt9x&#10;PRAcbBMLyRDuoY8fnY8sz1vQsNNSNO+FlGFiu92NtOSRQuK8D78pMGfbpCLjNtmUcDeeUhrPB5iD&#10;8JDYUgzbZJ3iL6JHXt6pJmzxVMg4BtBSQdiRKOQmsuQPuwNsxJc73TwBZVbHBIaCA4Ne2y8JGSF5&#10;t4n7Y08tT4j8oID2TVYUmO1hUpSrHCb2dGV3ukIVA1PbxCckDm98qBDRo7cQnlYEvp6RTFhBjBHf&#10;/69KqKNRlXfc0oaT37ndCdXsVUeKkDOTyG7UlMozkzGVSCuF+XGW7JTRF1ma5WvIPlRQkeZZdS6x&#10;slytluspuUMAv64uKRTmEq2/oq4TaUTRVMsSosIweK2kwD0bDKSfUx2EQXbQTZi3weKZ4tyTO+oS&#10;+kCjRwg6dR5eHoWKMOR+gPSK+q3KSX8AP54PJebMLmbCLXV9PBGWJsGjMiHtQjOZEudcp1GcmFD4&#10;PmjCCFbD31SxYfSqUv19Z4NTfo+ajt1x+Ec2Bmof9uYCmouhXuyEFP4pNEpgEkGpx3vBMMFwclL0&#10;Vkd5WdqKB1Ks0Pt5UzwCFUWwF7XOGagqc507377A6dl9O9DgXGBwPHkGgXvRzv6CnNgqbzXbD1z5&#10;2PstB+HAh4frhXGQ4TUfdhw0ZD802FLgu8NDfTVWKB+F7bzlnvUYzxYK1a+AHcMGqpgXAuhnnOhC&#10;LEhzRzq2w7LMNumqPO1rc2ku02JTAaOxJ75qav+yMgdIEUQYAqYgtfBNENBP3y/40XE6D7uev7Ku&#10;/wQAAP//AwBQSwMEFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAABkcnMvbWVkaWEvaW1hZ2UxLndt&#10;ZuyUv2sUURDH5+3X05NIApprxEIEBZGUQiBgcVhoJZ4SCMg1phQL8UcThaCHMdHLpVBBzkILiQQU&#10;jUQk5iAkERtJaeV/cEiu269aODO3e5GwpxaWPvjcvJt97zvvzezs508fHonUo2a8hhb3B9FxZTjI&#10;ThF8jPRHnptLtikIecmp7dHV9chmu6JcOBzs2fYQZIfaH7rn1es3OjPvgOrl1X7z1TrR0faHLv7I&#10;n2+o2h5dO5gz1XWPZzEb7IMxw/XIaMbd1C3KRoiSM/m1OrHTGCK71XcQv49gSt1vl8bJPkcaKXgW&#10;7TYlGUEzNs7ie1wCWEJPQr/afp7BPmcYh2iMYIBlHHVGcYwXcdK5hfM0JnGBVVxyarjGGsYSxtVX&#10;4V1M8A6mnAqqHMc0x1DjVc3iCaeh/9tUsMR7eM/7WGQd75ynWOAs5vkCLzmPOectnnERT9hAnct4&#10;4Kyo5iomuYabyvWEy1zR8xnLGOUSzjkLOE1jDkXnIY7QmMYBTmGvM6G5uI3ehLzavN6VcTXJX3bG&#10;Q/L+/Knys175/9WwivyLarS7JM26yOOhU51+a/e8dWN2zTa7pE/3WJfkpIgyi/rWFhybl5m9+28r&#10;3usVz1beevovQ8czTr95uoL2TUF7pujYfIZbNb7eGOxopDcU+VWjpfuNVd1vtFzDvn2mZfmCWhs/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAm3jihOAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvC&#10;QBCF74X+h2UKvdVNlBpNsxGRticpVAvF25gdk2B2NmTXJP77rr20p5nhPd58L1uNphE9da62rCCe&#10;RCCIC6trLhV87d+eFiCcR9bYWCYFV3Kwyu/vMky1HfiT+p0vRQhhl6KCyvs2ldIVFRl0E9sSB+1k&#10;O4M+nF0pdYdDCDeNnEbRXBqsOXyosKVNRcV5dzEK3gcc1rP4td+eT5vrYf/88b2NSanHh3H9AsLT&#10;6P/McMMP6JAHpqO9sHaiUbBM5sGpYLYI86ZHSRKDOP5uU5B5Jv9XyH8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBPoa7FugAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPywrCMBBF94L/&#10;EGZv07oQkabdiNCt1A8YkmkbbB4k8dG/N+BGQXA593LPYer2aWZ2pxC1swKqogRGVjql7Sjg0p82&#10;e2AxoVU4O0sCForQNutVfaYZUx7FSfvIMsVGAVNK/sB5lBMZjIXzZHMzuGAw5TOM3KO84kh8W5Y7&#10;Hj4Z0HwxWacEhE5VwPrFZ/N/thsGLeno5M2QTT8UXJvszkAMIyUBhpTGd1gVDzMAb2r+9VjzAgAA&#10;//8DAFBLAQItABQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPAEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALra5XUWBAAArQkAAA4AAAAAAAAAAAAAAAAAOwIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADz8GuwHAgAApgUAABQAAAAAAAAAAAAAAAAA&#10;fQYAAGRycy9tZWRpYS9pbWFnZTEud21mUEsBAi0AFAAGAAgAAAAhAJt44oTgAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAtggAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBPoa7FugAAACEBAAAZ&#10;AAAAAAAAAAAAAAAAAMMJAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEA&#10;ALQKAAAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 2" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+d+mPwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvhb7Dcgq9Ed1Y0qjRTbBCS279eYBj9pgEs2dDdmvi27uFQi+HmfmG2eajacWdetdYVrCYRyCI&#10;S6sbrhScT1+zFQjnkTW2lknBgxzk2ctki6m2Ax/ofvSVCBB2KSqove9SKV1Zk0E3tx1x8K62N+iD&#10;7CupexwC3LTyPYoSabDhsFBjR/uaytvxxyi4FsP0Yz1cvv15eYiTT2yWF/tQ6u113G1AeBr9f/iv&#10;XWgFcQK/X8IPkNkTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfnfpj8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1A76BF63" w14:textId="77777777" w:rsidR="00921C3E" w:rsidRPr="00E20335" w:rsidRDefault="00921C3E" w:rsidP="00921C3E">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1031" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3402" to="54761,3402" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjznnIwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasJA&#10;EIbvBd9hGcFb3ShSJHUVFSs9FdS0vQ7ZMQlmZ8PuNsa37xwKPQ7//N98s9oMrlU9hdh4NjCbZqCI&#10;S28brgwUl7fnJaiYkC22nsnAgyJs1qOnFebW3/lE/TlVSiAcczRQp9TlWseyJodx6jtiya4+OEwy&#10;hkrbgHeBu1bPs+xFO2xYLtTY0b6m8nb+caLxsTsW+54dPk7hu1iWs6/D8dOYyXjYvoJKNKT/5b/2&#10;uzWwEFn5RQCg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY855yMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
@@ -3211,51 +3221,51 @@
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Grafik 47" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:55190;width:5050;height:4367;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXqNY9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33VhqI9FVRIh4Eru2eH1kX5PQ7NuQXTXtr3cLBY/DzHzDrDa9bcSNOl87VjCbJiCI&#10;C2dqLhV8nPPJAoQPyAYbx6Tghzxs1sPBCjPj7vxONx1KESHsM1RQhdBmUvqiIot+6lri6H25zmKI&#10;siul6fAe4baRL0nyJi3WHBcqbGlXUfGtr1ZBfdrvZ3mfp7+XxdUc9VzbT6mVGo/67RJEoD48w//t&#10;g1HwmsLfl/gD5PoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV6jWPcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18DA292D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51185BB8"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3526,288 +3536,301 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4793" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5513" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6233" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1871605124">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="556673152">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1999918595">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="175922192">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="214902034">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1768304914">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00316CB3"/>
     <w:rsid w:val="00014DEB"/>
     <w:rsid w:val="00016CE2"/>
     <w:rsid w:val="00017041"/>
     <w:rsid w:val="0001744A"/>
     <w:rsid w:val="00022184"/>
     <w:rsid w:val="00023C28"/>
     <w:rsid w:val="00056EF8"/>
     <w:rsid w:val="0007022C"/>
     <w:rsid w:val="00076A16"/>
     <w:rsid w:val="000775C4"/>
     <w:rsid w:val="000812AA"/>
     <w:rsid w:val="000B2701"/>
     <w:rsid w:val="000C614E"/>
     <w:rsid w:val="000F260C"/>
     <w:rsid w:val="0014483D"/>
     <w:rsid w:val="00162403"/>
     <w:rsid w:val="0016790F"/>
     <w:rsid w:val="00185AB6"/>
     <w:rsid w:val="001A1B0E"/>
     <w:rsid w:val="001E5AB5"/>
     <w:rsid w:val="00213056"/>
     <w:rsid w:val="00235998"/>
     <w:rsid w:val="00250B0D"/>
     <w:rsid w:val="0028133B"/>
     <w:rsid w:val="002C40E6"/>
     <w:rsid w:val="00310E3A"/>
     <w:rsid w:val="0031686B"/>
     <w:rsid w:val="00316CB3"/>
     <w:rsid w:val="0032440D"/>
     <w:rsid w:val="003363AB"/>
     <w:rsid w:val="003426BE"/>
+    <w:rsid w:val="00351238"/>
     <w:rsid w:val="00353867"/>
     <w:rsid w:val="00393C3C"/>
     <w:rsid w:val="00394779"/>
     <w:rsid w:val="003A662D"/>
     <w:rsid w:val="003C500F"/>
     <w:rsid w:val="00410047"/>
     <w:rsid w:val="00421716"/>
     <w:rsid w:val="00434755"/>
     <w:rsid w:val="004350C7"/>
     <w:rsid w:val="004615EF"/>
     <w:rsid w:val="004E2F78"/>
+    <w:rsid w:val="00542EE7"/>
     <w:rsid w:val="005446FC"/>
     <w:rsid w:val="005502E1"/>
     <w:rsid w:val="00557E1F"/>
     <w:rsid w:val="00574452"/>
     <w:rsid w:val="0057597B"/>
     <w:rsid w:val="00576178"/>
     <w:rsid w:val="00581A90"/>
     <w:rsid w:val="005A1080"/>
     <w:rsid w:val="005B4B65"/>
     <w:rsid w:val="005C0699"/>
     <w:rsid w:val="00613633"/>
     <w:rsid w:val="00664ACC"/>
     <w:rsid w:val="00666AD0"/>
     <w:rsid w:val="00691531"/>
     <w:rsid w:val="006C2266"/>
     <w:rsid w:val="006E3B1C"/>
     <w:rsid w:val="006F30F7"/>
     <w:rsid w:val="00714355"/>
     <w:rsid w:val="00716148"/>
     <w:rsid w:val="007428CB"/>
     <w:rsid w:val="0075374F"/>
     <w:rsid w:val="00786BE3"/>
     <w:rsid w:val="00795C08"/>
     <w:rsid w:val="007A7254"/>
     <w:rsid w:val="007B0BAF"/>
     <w:rsid w:val="007B40DC"/>
     <w:rsid w:val="007B5ABE"/>
     <w:rsid w:val="007D5B33"/>
     <w:rsid w:val="007F3E85"/>
     <w:rsid w:val="008053E8"/>
     <w:rsid w:val="00851186"/>
     <w:rsid w:val="0085186D"/>
     <w:rsid w:val="008608F6"/>
     <w:rsid w:val="00875E34"/>
+    <w:rsid w:val="00880E52"/>
     <w:rsid w:val="00886234"/>
     <w:rsid w:val="00890ADB"/>
     <w:rsid w:val="008B1E96"/>
     <w:rsid w:val="008B2756"/>
     <w:rsid w:val="008C3272"/>
     <w:rsid w:val="008F1898"/>
     <w:rsid w:val="009033D3"/>
     <w:rsid w:val="00921C3E"/>
     <w:rsid w:val="009735BD"/>
     <w:rsid w:val="00976AE4"/>
     <w:rsid w:val="009A7B1F"/>
     <w:rsid w:val="009B0B65"/>
     <w:rsid w:val="009D7CBB"/>
+    <w:rsid w:val="009F2F87"/>
     <w:rsid w:val="00A01B7A"/>
     <w:rsid w:val="00A142C2"/>
     <w:rsid w:val="00A16C25"/>
     <w:rsid w:val="00A34AAD"/>
     <w:rsid w:val="00A63E9D"/>
     <w:rsid w:val="00A67258"/>
     <w:rsid w:val="00A80FA4"/>
     <w:rsid w:val="00AA2924"/>
+    <w:rsid w:val="00AB25CA"/>
     <w:rsid w:val="00B0502E"/>
     <w:rsid w:val="00B16728"/>
     <w:rsid w:val="00B37697"/>
     <w:rsid w:val="00B407F0"/>
     <w:rsid w:val="00B50256"/>
     <w:rsid w:val="00B75C92"/>
     <w:rsid w:val="00BC5EF9"/>
     <w:rsid w:val="00BE1DD0"/>
     <w:rsid w:val="00BF0748"/>
     <w:rsid w:val="00BF45E2"/>
     <w:rsid w:val="00C22F0C"/>
+    <w:rsid w:val="00C403C9"/>
     <w:rsid w:val="00C61FB9"/>
     <w:rsid w:val="00C76472"/>
     <w:rsid w:val="00C8480A"/>
     <w:rsid w:val="00C91ED2"/>
     <w:rsid w:val="00CA2AC1"/>
+    <w:rsid w:val="00CB344A"/>
     <w:rsid w:val="00CC09CF"/>
     <w:rsid w:val="00CD7E06"/>
     <w:rsid w:val="00CE3C9A"/>
     <w:rsid w:val="00CF7808"/>
     <w:rsid w:val="00D16BEC"/>
     <w:rsid w:val="00D177B3"/>
     <w:rsid w:val="00D64F77"/>
     <w:rsid w:val="00D96C5C"/>
     <w:rsid w:val="00DC19AE"/>
     <w:rsid w:val="00DD499E"/>
     <w:rsid w:val="00DD69BF"/>
     <w:rsid w:val="00DE152E"/>
+    <w:rsid w:val="00E07B17"/>
     <w:rsid w:val="00E156D0"/>
     <w:rsid w:val="00E167E5"/>
     <w:rsid w:val="00E31F0A"/>
     <w:rsid w:val="00E5719D"/>
     <w:rsid w:val="00E739CB"/>
     <w:rsid w:val="00E77658"/>
     <w:rsid w:val="00E97EA7"/>
     <w:rsid w:val="00EC68F5"/>
     <w:rsid w:val="00EF354E"/>
+    <w:rsid w:val="00F20F0C"/>
     <w:rsid w:val="00F2596E"/>
     <w:rsid w:val="00F356A6"/>
+    <w:rsid w:val="00F36636"/>
     <w:rsid w:val="00F515B0"/>
     <w:rsid w:val="00F620FF"/>
     <w:rsid w:val="00F73E87"/>
     <w:rsid w:val="00F800B1"/>
     <w:rsid w:val="00FA0B9A"/>
     <w:rsid w:val="00FA1EAC"/>
     <w:rsid w:val="00FB2F3E"/>
     <w:rsid w:val="00FF7DB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FE27A3D"/>
-  <w15:docId w15:val="{12E8105B-5027-45A1-8CC1-2FB317716987}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3918,51 +3941,50 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4139,58 +4161,60 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textkrper">
     <w:name w:val="Body Text"/>
@@ -4585,104 +4609,104 @@
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StandardWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0028133B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="226913860">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1050031066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1876458397">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document1.docx"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Word_Document.docx"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4906,262 +4930,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...127 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AD28F48-BBBE-42F8-88EA-12AB030CA8E7}">
-[...31 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACE75386-69C8-4D82-B1ED-A9777B16EA5A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05F4EF51-427F-40DB-B73E-C1AD2FBC9E7D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>183</Words>
-  <Characters>1155</Characters>
+  <Words>181</Words>
+  <Characters>1232</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>WKA-LF03-Unternehmensprofil</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1336</CharactersWithSpaces>
+  <CharactersWithSpaces>1376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title>WKA-LF03-Unternehmensprofil</dc:title>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>