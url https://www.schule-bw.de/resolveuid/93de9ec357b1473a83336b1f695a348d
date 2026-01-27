--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -1,104 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="18991D72" w14:textId="77777777" w:rsidR="006A464A" w:rsidRPr="00353454" w:rsidRDefault="006A464A" w:rsidP="006A464A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216339226"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk219110948"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00353454">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1A7F7281" w14:textId="77777777" w:rsidR="001046E2" w:rsidRDefault="001046E2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="971"/>
         <w:gridCol w:w="4868"/>
         <w:gridCol w:w="8621"/>
         <w:gridCol w:w="848"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D3218" w:rsidRPr="004D3218" w14:paraId="241146C0" w14:textId="77777777" w:rsidTr="000970ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146BF" w14:textId="77777777" w:rsidR="004D3218" w:rsidRPr="006002FE" w:rsidRDefault="004D3218" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TTitel"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006002FE">
-              <w:rPr>
+            <w:r w:rsidRPr="001046E2">
+              <w:rPr>
+                <w:color w:val="C00000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Zielanalyse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7489E" w:rsidRPr="004D3218" w14:paraId="241146C4" w14:textId="77777777" w:rsidTr="000970ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146C1" w14:textId="77777777" w:rsidR="00A7489E" w:rsidRPr="004D3218" w:rsidRDefault="00A7489E" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf"/>
             </w:pPr>
             <w:r w:rsidRPr="004D3218">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -817,79 +843,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nalysieren Kostenarten (</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kalkulatorische Kosten, Einzel- und Gemeinkosten</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) und Leistungen im U</w:t>
-[...27 lines deleted...]
-              <w:t>triebsergebnis.</w:t>
+              <w:t>) und Leistungen im Unternehmen und ermitteln hieraus das Betriebsergebnis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="216B1B49" w14:textId="78C0E6B7" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="005F6045">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BFCE681" w14:textId="20989096" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="005F6045">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="241146E5" w14:textId="02B5F6CA" w:rsidR="006763A8" w:rsidRPr="000062F8" w:rsidRDefault="006763A8" w:rsidP="005F6045">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -943,59 +941,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="446C74D6" w14:textId="6862DDC5" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="00D34367">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C92E63">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS01 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kosten und Lei</w:t>
-[...7 lines deleted...]
-              <w:t>s</w:t>
+              <w:t>Kosten und Leis</w:t>
             </w:r>
             <w:r w:rsidR="002D4423">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tungen unterscheiden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="241146E7" w14:textId="54F36037" w:rsidR="006763A8" w:rsidRPr="00C92E63" w:rsidRDefault="006763A8" w:rsidP="00D34367">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
@@ -1537,58 +1527,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="104E41B8" w14:textId="0D1225A0" w:rsidR="006763A8" w:rsidRPr="006763A8" w:rsidRDefault="006763A8" w:rsidP="006763A8">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006763A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Regeln und </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Verfahren a</w:t>
-[...6 lines deleted...]
-              <w:t>n</w:t>
+              <w:t>Verfahren an</w:t>
             </w:r>
             <w:r w:rsidRPr="006763A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>wenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48A41EE8" w14:textId="77777777" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="006763A8">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006763A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Zusammenhänge herstellen</w:t>
             </w:r>
           </w:p>
@@ -1846,117 +1829,59 @@
       <w:tr w:rsidR="006763A8" w:rsidRPr="006D185A" w14:paraId="73F1962E" w14:textId="77777777" w:rsidTr="00D45361">
         <w:trPr>
           <w:trHeight w:val="1476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C50BB64" w14:textId="33D3F8AA" w:rsidR="006763A8" w:rsidRPr="005F6045" w:rsidRDefault="006763A8" w:rsidP="002F5E33">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie erstellen im Rahmen der Vollkoste</w:t>
+              <w:t>Sie erstellen im Rahmen der Vollkostenrechnung einen Betriebsabrechnungsbogen. Sie ermitteln Zuschlagsätze für alle Kostenstellen und wenden sie in der Preiskalkulation (</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...40 lines deleted...]
-              <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vorwärts-, Rückwärts- und Differenzka</w:t>
-[...15 lines deleted...]
-              <w:t>kulation, Kalkulationsfaktor, Handelsspanne</w:t>
+              <w:t>Vorwärts-, Rückwärts- und Differenzkalkulation, Kalkulationsfaktor, Handelsspanne</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269F7C9F" w14:textId="27F47DF7" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="002F5E33">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">an. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29B44A67" w14:textId="77777777" w:rsidR="006763A8" w:rsidRPr="005F6045" w:rsidRDefault="006763A8" w:rsidP="005F6045">
@@ -2012,117 +1937,87 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F5E33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS0</w:t>
             </w:r>
             <w:r w:rsidR="00A57216">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="002F5E33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Kostenstelle</w:t>
-[...15 lines deleted...]
-              <w:t>rechnung durchführen</w:t>
+              <w:t xml:space="preserve"> Kostenstellenrechnung durchführen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="358BBE59" w14:textId="77777777" w:rsidR="006763A8" w:rsidRPr="00C92E63" w:rsidRDefault="006763A8" w:rsidP="00D34367">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A471BF8" w14:textId="267D8A32" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="002F5E33">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Betriebsabrec</w:t>
-[...13 lines deleted...]
-              <w:t>nungsbogen</w:t>
+              <w:t>Betriebsabrechnungsbogen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D1237E5" w14:textId="472A9026" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FE80ED6" w14:textId="77777777" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="00504787">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
@@ -2159,58 +2054,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EF724AE" w14:textId="2AC3306A" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="00504787">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006763A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Regeln und </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Verfahren a</w:t>
-[...6 lines deleted...]
-              <w:t>n</w:t>
+              <w:t>Verfahren an</w:t>
             </w:r>
             <w:r w:rsidRPr="006763A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>wenden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A4714E7" w14:textId="77777777" w:rsidR="006763A8" w:rsidRDefault="006763A8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2558,108 +2446,66 @@
       <w:tr w:rsidR="002F5E33" w:rsidRPr="006D185A" w14:paraId="2AC6634D" w14:textId="77777777" w:rsidTr="00D45361">
         <w:trPr>
           <w:trHeight w:val="767"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="549AF31E" w14:textId="3D52FF81" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="002F5E33">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie führen im Rahmen der Teilkostenrec</w:t>
+              <w:t>Sie führen im Rahmen der Teilkostenrechnung eine kurzfristige Erfolgsrechnung (</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>h</w:t>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Break-Even-Point, Deckungsbeiträge I, II und III, Betriebsergebnis</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>nung eine kurzfristige Erfolgsrechnung (</w:t>
-[...42 lines deleted...]
-              <w:t>nisse.</w:t>
+              <w:t>) durch. Sie beurteilen die Werte und reflektieren betriebliche Maßnahmen zur Verbesserung der Ergebnisse.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30F77A2F" w14:textId="5B8184FB" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="002F5E33">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43F625DE" w14:textId="77777777" w:rsidR="002F5E33" w:rsidRPr="005F6045" w:rsidRDefault="002F5E33" w:rsidP="005F6045">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2702,59 +2548,51 @@
               </w:rPr>
               <w:t>LS0</w:t>
             </w:r>
             <w:r w:rsidR="009754CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="002F5E33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Deckungsbeitrag</w:t>
             </w:r>
             <w:r w:rsidR="00D916F6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...7 lines deleted...]
-              <w:t>rechnung</w:t>
+              <w:t>srechnung</w:t>
             </w:r>
             <w:r w:rsidRPr="002F5E33">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D916F6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>durchführen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26357538" w14:textId="77777777" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="002F5E33">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -2800,111 +2638,83 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stückdeckungsbeitrag</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="100DEAC7" w14:textId="77777777" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="002F5E33">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gesamtdeckungsbe</w:t>
-            </w:r>
+              <w:t>Gesamtdeckungsbeitrag</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F49629" w14:textId="77777777" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="002F5E33">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>i</w:t>
-            </w:r>
+              <w:t>Betriebsergebnis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="354FEA23" w14:textId="6F03DFB8" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="00A4121F">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>trag</w:t>
-[...45 lines deleted...]
-              <w:t>lung</w:t>
+              <w:t>Handlungsempfehlung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2854200A" w14:textId="078F4739" w:rsidR="00A13BBF" w:rsidRDefault="00A13BBF" w:rsidP="00504787">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3120,65 +2930,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gewinnschwelle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FFA674E" w14:textId="3597DD06" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="002F5E33">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Handlungsempfe</w:t>
-[...13 lines deleted...]
-              <w:t>lung</w:t>
+              <w:t>Handlungsempfehlung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F0B06D6" w14:textId="34906245" w:rsidR="00A13BBF" w:rsidRDefault="00A13BBF" w:rsidP="00A13BBF">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3282,67 +3078,69 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CA6B489" w14:textId="46449CAE" w:rsidR="002F5E33" w:rsidRPr="005F6045" w:rsidRDefault="002F5E33" w:rsidP="005F6045">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Im Geschäftsfeld Teilevertrieb wählen sie relevante Kennzahlen (</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>durchschnittlicher La-gerbestand, Lagerdauer, Umschlagshäufi</w:t>
-            </w:r>
+              <w:t>durchschnittlicher La-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>g</w:t>
-            </w:r>
+              <w:t>gerbestand</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>keit, Kosten der Kapitalbindung</w:t>
+              <w:t>, Lagerdauer, Umschlagshäufigkeit, Kosten der Kapitalbindung</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) aus und beurteilen den Erfolg des Teilelagers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5268E501" w14:textId="77777777" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3409,65 +3207,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CA4F049" w14:textId="254402B3" w:rsidR="002F5E33" w:rsidRDefault="00596C49" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Handlungsempfe</w:t>
-[...13 lines deleted...]
-              <w:t>lung</w:t>
+              <w:t>Handlungsempfehlung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AD9481C" w14:textId="0F8C452B" w:rsidR="00A13BBF" w:rsidRDefault="00A13BBF" w:rsidP="00A13BBF">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
@@ -3574,51 +3358,67 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Im Neu-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>und Gebrauchtfahrzeugbereich vergleichen sie den Bruttoertrag und den Deckungsbeitrag III. Sie erstellen Umsatz-und Absatzstatistiken.</w:t>
+              <w:t xml:space="preserve">und Gebrauchtfahrzeugbereich vergleichen sie den Bruttoertrag und den Deckungsbeitrag III. Sie erstellen </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F6045">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Umsatz-und</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005F6045">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Absatzstatistiken.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="295E6599" w14:textId="77777777" w:rsidR="002F5E33" w:rsidRDefault="002F5E33" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:tcBorders>
@@ -3643,106 +3443,76 @@
               </w:rPr>
               <w:t>LS0</w:t>
             </w:r>
             <w:r w:rsidR="009754CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00832F0D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Neu- und G</w:t>
-[...15 lines deleted...]
-              <w:t>brauchtfahrzeugbereich analysieren</w:t>
+              <w:t>Neu- und Gebrauchtfahrzeugbereich analysieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A57FB4E" w14:textId="1E448988" w:rsidR="002F5E33" w:rsidRDefault="00832F0D" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Umsatz- und Absat</w:t>
-[...13 lines deleted...]
-              <w:t>statistik</w:t>
+              <w:t>Umsatz- und Absatzstatistik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DCB2FB4" w14:textId="77777777" w:rsidR="00A13BBF" w:rsidRDefault="00A13BBF" w:rsidP="00A13BBF">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
@@ -3998,151 +3768,103 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00665B74" w:rsidRPr="006D185A" w14:paraId="468FAB37" w14:textId="77777777" w:rsidTr="00665B74">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48225244" w14:textId="4572DE78" w:rsidR="00665B74" w:rsidRPr="005F6045" w:rsidRDefault="00665B74" w:rsidP="006763A8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Im Werkstattbereich ermitteln sie die Stu</w:t>
+              <w:t>Im Werkstattbereich ermitteln sie die Stundenverrechnungssätze (</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>n</w:t>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Werkstattindex,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F7ACD14" w14:textId="767571D7" w:rsidR="00665B74" w:rsidRPr="005F6045" w:rsidRDefault="00665B74" w:rsidP="005F6045">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Soll-L</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>denverrechnungssätze (</w:t>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ohnerlöse, Werkstatt-Schnittlohn, Servicegrad</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) und überprüfen die Kalkulation unterschiedlicher Werkstattaufträge (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F6045">
+              <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Werkstattindex,</w:t>
-[...70 lines deleted...]
-              <w:t>zungsarbeiten, Garantieaufträge, Reparatur mit Austauschteilen</w:t>
+              <w:t>interne und externe Wartungs- und Instandsetzungsarbeiten, Garantieaufträge, Reparatur mit Austauschteilen</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="751A1F13" w14:textId="77777777" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4151,126 +3873,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EB87BDA" w14:textId="4BA9A247" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00D34367">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS10a Stundenverrec</w:t>
-[...15 lines deleted...]
-              <w:t>nungssätze ermitteln</w:t>
+              <w:t>LS10a Stundenverrechnungssätze ermitteln</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15D16E5B" w14:textId="77777777" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00D34367">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06271F8E" w14:textId="38E12EE0" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="009754CF">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="129D2B16" w14:textId="77777777" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Stundenverrec</w:t>
-[...13 lines deleted...]
-              <w:t>nungssatz</w:t>
+              <w:t>Stundenverrechnungssatz</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C2A650B" w14:textId="77777777" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25F2439C" w14:textId="630B9F40" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
@@ -4655,156 +4347,112 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>für weitere unternehmerische Entsche</w:t>
+              <w:t>für weitere unternehmerische Entscheidungen auf. Unter Berücksichtigung von Branchen-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F6045">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>i</w:t>
-[...34 lines deleted...]
-              <w:t>besserung vor.</w:t>
+              <w:t>und Zeitvergleich schlagen sie der Geschäftsleitung Maßnahmen zur Verbesserung vor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28BA952E" w14:textId="77777777" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B13FE6C" w14:textId="5A0BD536" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00AD7E0D">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS11 Kennzahlen ve</w:t>
-[...15 lines deleted...]
-              <w:t>gleichen</w:t>
+              <w:t>LS11 Kennzahlen vergleichen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59B4AE63" w14:textId="5BC8CD3B" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00AD7E0D">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41762D1F" w14:textId="5B08B96D" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00AD7E0D">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78BE7152" w14:textId="3FAB9292" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00AD7E0D">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
@@ -4842,65 +4490,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tischvorlage</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="450A9582" w14:textId="3C95E209" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Handlungsempfe</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">lung </w:t>
+              <w:t xml:space="preserve">Handlungsempfehlung </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31044285" w14:textId="77777777" w:rsidR="00665B74" w:rsidRDefault="00665B74" w:rsidP="00A13BBF">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5092,114 +4726,84 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS12 </w:t>
             </w:r>
             <w:r w:rsidRPr="00424BBB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Maßnahmen zur Verbesserung</w:t>
             </w:r>
             <w:r w:rsidR="00424BBB" w:rsidRPr="00424BBB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> der wir</w:t>
-[...15 lines deleted...]
-              <w:t>schaftlichen Situation</w:t>
+              <w:t xml:space="preserve"> der wirtschaftlichen Situation</w:t>
             </w:r>
             <w:r w:rsidRPr="00424BBB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vorschlagen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ECBDB1B" w14:textId="015428CC" w:rsidR="00665B74" w:rsidRDefault="00424BBB" w:rsidP="00A4121F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Handlungsempfe</w:t>
-[...13 lines deleted...]
-              <w:t>lung</w:t>
+              <w:t>Handlungsempfehlung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="199EC9B6" w14:textId="77777777" w:rsidR="00590E18" w:rsidRDefault="00590E18" w:rsidP="00590E18">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
@@ -5292,184 +4896,198 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2411477E" w14:textId="34B3A556" w:rsidR="00BF4D68" w:rsidRDefault="00BF4D68" w:rsidP="005A6802">
       <w:pPr>
         <w:pStyle w:val="TZielnanalysetext"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF974F0" w14:textId="3FA1C14B" w:rsidR="004901A5" w:rsidRPr="00BF4D68" w:rsidRDefault="00BF4D68" w:rsidP="00BF4D68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="924"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004901A5" w:rsidRPr="00BF4D68" w:rsidSect="0002710B">
+      <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="397" w:left="680" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="751E3600" w14:textId="77777777" w:rsidR="00DA31C1" w:rsidRDefault="00DA31C1" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="66928305" w14:textId="77777777" w:rsidR="00DA31C1" w:rsidRDefault="00DA31C1" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6A044FB8" w14:textId="77777777" w:rsidR="00DA31C1" w:rsidRDefault="00DA31C1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="One Stroke Script LET">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica-Bold">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0794E9DE" w14:textId="77777777" w:rsidR="001046E2" w:rsidRDefault="001046E2">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="15201" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8505"/>
       <w:gridCol w:w="6696"/>
     </w:tblGrid>
     <w:tr w:rsidR="005C18AF" w14:paraId="2411478A" w14:textId="77777777" w:rsidTr="0002710B">
       <w:tc>
         <w:tcPr>
@@ -5643,80 +5261,100 @@
           <w:r w:rsidRPr="00CF03E4">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2411478B" w14:textId="03A1FC01" w:rsidR="005C18AF" w:rsidRPr="00326B2A" w:rsidRDefault="005C18AF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="325790B1" w14:textId="77777777" w:rsidR="001046E2" w:rsidRDefault="001046E2">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="782521DC" w14:textId="77777777" w:rsidR="00DA31C1" w:rsidRDefault="00DA31C1" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="279D8677" w14:textId="77777777" w:rsidR="00DA31C1" w:rsidRDefault="00DA31C1" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="60C05042" w14:textId="77777777" w:rsidR="00DA31C1" w:rsidRDefault="00DA31C1"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5D73D205" w14:textId="77777777" w:rsidR="001046E2" w:rsidRDefault="001046E2">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="24114786" w14:textId="77777777" w:rsidR="005A5F0A" w:rsidRPr="00DA0B18" w:rsidRDefault="005C18AF" w:rsidP="00DA0B18">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2411478E" wp14:editId="3D9AC9F5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>354965</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>176518</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="9836458" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="0" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Gruppieren 9"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -5807,53 +5445,53 @@
                         <a:noFill/>
                         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+        <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="92849,4367" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAHbJ1bIwQAAM4JAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vl1v2zYUfR+w/0Do&#10;PbFkyZIlxCm6pMkKdFvQdnunKUoiIpEcSUdOf/3uJSXHdhts6zADUfh5ee7h4SGv3uyHnjxxY4WS&#10;myi5jCPCJVO1kO0m+v3z3cU6ItZRWdNeSb6JnrmN3lz/+MPVqCu+VJ3qa24IBJG2GvUm6pzT1WJh&#10;WccHai+V5hI6G2UG6qBq2kVt6AjRh36xjON8MSpTa6MYtxZab0NndO3jNw1n7remsdyRfhMBNue/&#10;xn+3+F1cX9GqNVR3gk0w6HegGKiQsOgh1C11lOyM+CrUIJhRVjXukqlhoZpGMO5zgGyS+Cybe6N2&#10;2ufSVmOrDzQBtWc8fXdY9uvTgyGi3kRlRCQdYIvuzU5rwQ2XpER+Rt1WMOze6E/6wUwNbahhyvvG&#10;DPgfkiF7z+zzgVm+d4RBY1kUcZJmEWHQl6WrPJ6oZx3sD067SMo8zQAEDLjIk9Wh/90cYrnOyiKf&#10;Q+TFco3oFjOABeI8wBo16Mm+UGb/G2WfOqq53wmLXEyUJaCowNlnSLThfU2gyTPkhyFfxO1/UpBf&#10;4uVh9QfFHi2R6qajsuVvjVFjx2kN+BKfDgKHFXAqUm8ri0G24y+qhr2hO6d8oDPSj9nLizJbYSxa&#10;zfRnWZ4V+cRdulpmSz/gwB2ttLHunquBYGETGTg4fh369MG6QPM8BANb1Yv6TvS9r5h2e9Mb8kTh&#10;kN3537QzJ8N6SUZQwgrWxllS4XwPcxAOTKAXwyZax/gL6JGXd7L2QxwVfSgD6F7Cvs/cBJbcfruH&#10;gdi4VfUzUGZUOOxgTlDolPkSkREO+iayf+6o4RHp30ugvUyyDJ3BV7JVsYSKOe7ZHvdQySDUJnIR&#10;CcUb590kZPQWtqcRnq8XJBNWUOP1lRasgr/pJEPpK1n+vePBLLdD/ME1h38UY6DmcacvwHQ0dWIr&#10;euGevYHCXiAo+fQgGEoOK0cKT2aF3xvaiEeSeJXOg8IUUI9gZ7q2GhQ0a/p0+AKrJ+tte6FnMWF5&#10;ygyIPbO5b5ATLPRWsd3ApQt3guE9JKmk7YS2sJsVH7a8BlW/rz180K8z3LEOd60BFX4EsEHkhw6P&#10;8gUYYsaTiDPOzt66iMtiuTx3rvnspcW6jFev2ta/PHoeVgDii4ArqP7/NzvIcLoguKE1J39wsxWy&#10;3smWZN6KUfIgnRs53RLBu2bGSAM7+/NshNNlcZHEybIEkYHrp2mRpvmpcQG3cVrCGwLvDW8Lr3tW&#10;LyRaNK1e8awjwwlWlKdwyxCGltCAYKA4aFCJlS0c7r6F9wxzxkc88TH7bA9uBy+RWo1gJdQ6aDzY&#10;H8LodwOYdnDFfDW5GsAP8/3NdRIX/fWW2i7M8F2TjaLfgZn758xkx6fuFywPFYzt3mn8dQiPBr/O&#10;9MDBV8lx3Y9/eYZd/wUAAP//AwBQSwMECgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAmVAAAKeAgGAAAAJEXR2AAAAARzQklUCAgI&#10;CHwIZIgAAAAJcEhZcwAAuIwAALiMAcz2uy8AAAAZdEVYdFNvZnR3YXJlAHd3dy5pbmtzY2FwZS5v&#10;cmeb7jwaAAAgAElEQVR4nOzde5SddX3v8e/v2ZOEBBKkFQLJzJ5kZidBoxQIeopSAYuSBJDWI7Rq&#10;W+xFu469rLO6eq/t4Zy2p2e1ta62ulr1XKq29hisLYXMRUOp2taq0IueqIEQQjJchNYCQXKb/fzO&#10;H1Qt5ZZMZua3Zz+v1x9Z/JHLe/6a5OGzv08EAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAw&#10;J1LpAAAAAAAAIiZXnnNyWvTYqm4VK1NqrYyoz6pzOrnK0YoUK+rIKUX1vGf7PXLOR6oqPZIjHsm5&#10;fjhFeriK9HCu0yMR3a8sGehOXbp376H5+poAAACAhcmoDAAAAABgHox1OiviaIxWkUYix2iOGI2I&#10;0Yg8HBFnRcTJ85TyYIq4L0fsjxT7I9L9ua7vbEXs/OYznrfrgttvPzpPHQAAAECPMioDAAAAAJhl&#10;k8Mb1tZRnxd1fV6kOC8inRcRq0p3HYOjOWJXFbGzzvnzVaT/F9Wiz2y+54v3lw4DAAAA5o9RGQAA&#10;AADACZhcec7JecmhC3PUF0Wki1LkTTniWV9TudDkHPtSik9Hjr/NKX/6sfrw3107NXWwdBcAAAAw&#10;N4zKAAAAAACOw40bNixf8nj3lbmKV0SOiyLi/IgYKN01z45GxG055x2R0y2PnbrkU9fu3HmkdBQA&#10;AAAwO4zKAAAAAACew+TQ6IvqqtoSOW+JiIsiYlHpph7zeER8Mqe8I3Xrj26ZuvtzpYMAAACAmTMq&#10;AwAAAAD4d7ZFtJa3Ry6JaF0bkbdExFDhpAUm74ocN9Q5b7tias/nS9cAAAAAx8eoDAAAAAAgInJE&#10;Gl/T+Q+pzq+PiGsi0lmlm/rEl3LON1QpfWjzvt07S8cAAAAAz82oDAAAAABotJvb60cGUv6BnPMb&#10;ImJt6Z4+d1tK+X3RPemDm6d2fqV0DAAAAPD0jMoAAAAAgMa5adWqZQMDS78nIr0lIjaV7mmgOiL/&#10;RY74wGP14RuunZo6WDoIAAAA+AajMgAAAACgMSaHN6ytc/fNEfH9EXFm6R4iIuLeiHhnqpe8x/Uy&#10;AAAA6A1GZQAAAABA3xtrd65KkX88In17eC7aq45ExIei7v7mlqm7P1c6BgAAAJrMwxMAAAAAoC/l&#10;iDQxPLIl6uqnIsUlpXs4ZnVEbM91vH3r1O6Pl44BAACAJjIqAwAAAAD6yvUR1UuHO69POX4uIjaW&#10;7mHmUsQnIqpf3rzvjh2lWwAAAKBJjMoAAAAAgL6wLaK1vD36gxHxcxFpTdkaZlVKn8u5fvtn9t31&#10;h9c/cckMAAAAmENGZQAAAADAgjc+PLI1cvXfImJT6Rbm1GdSVL/gchkAAADMLaMyAAAAAGDBGh8a&#10;eUmk6h0R8fLSLcyrm6LV+qktd+/aVToEAAAA+pFRGQAAAACw4IyvOXtNrqd/N0VcWbqFYuqI+KO6&#10;mv7pK/bufaB0DAAAAPQTozIAAAAAYMHYtnHj4hUHjvznHPltEbG8dA894Ssp5f/y6D13/d61Ed3S&#10;MQAAANAPjMoAAAAAgAVhbKjz6pTiXRHRKd1CT/pM1N03b5m6+3OlQwAAAGChMyoDAAAAAHra5Ojo&#10;GfXR9M6IuKZ0Cz2vjkj/88jS6iev3rXrQOkYAAAAWKiMygAAAACAnjXeHn1LRPofEXFa6RYWlHtz&#10;zj+6df9df1Y6BAAAABYiozIAAAAAoOdsX7PmzKrbelek9NrSLSxYOed412P50E9fOzV1sHQMAAAA&#10;LCRGZQAAAABATxkb7rwx5XhXRJxauoV+kPfWubruiv13fqJ0CQAAACwURmUAAAAAQE/40zVrnndS&#10;PfCeiLimdAt9p5sifvPR5Ut+6dqdO4+UjgEAAIBeZ1QGAAAAABQ3Mdw5P+f4o4g4u3QLfe1vohp4&#10;45a9X9pbOgQAAAB6WVU6AAAAAABorhyRxoc6P5FzfCoMyph7L4t6+vaJ4XVXlA4BAACAXuZSGQAA&#10;AABQxBOvu2z9YUQy8KGA9J4Dyxf/mNdhAgAAwFMZlQEAAAAA825yaPRF3ZQ+kiLWlW6hydJn69b0&#10;NVfcffc9pUsAAACglxiVAQAAAADzaqzduSpFfCAiTi3dAhFxX12n114xdeenS4cAAABAr6hKBwAA&#10;AAAAzTE+vO5tKeLGMCijd6yqqnzreLtzTekQAAAA6BUulQEAAAAAc27b4ODS5dVJ74+I15VugWeQ&#10;U8Sv/+2+3T9/fURdOgYAAABKMioDAAAAAObU5OjoGfWRdGOk+NbSLXAMbjhQH7ru2qmpg6VDAAAA&#10;oBSjMgAAAABgzoyvOXtN1NPbI+KFpVvgOPxFXhzfuXX37kdLhwAAAEAJRmUAAAAAwJwYG+6cFznG&#10;U8TK0i0wA7ct6g5svuzeL/1z6RAAAACYb0ZlAAAAAMCsm2ivvyxH/WcRcXLpFjgBd3ejuuzKfXfs&#10;KR0CAAAA86kqHQAAAAAA9JexodHvyFHfHAZlLHxrq1zfOr52w4bSIQAAADCfXCoDAAAAAGbNxFDn&#10;6pziQxGxpHQLzKL7csSrtu7b/YXSIQAAADAfXCoDAAAAAGbF+NDod+cUHw6DMvrPqhRxy/bVI+tL&#10;hwAAAMB8cKkMAAAAADhh48Oj3xk5bYuIgdItMIemulFdfOW+O/aUDgEAAIC5ZFQGAAAAAJyQsXbn&#10;qhTxJxGxqHQLzIN7c46Lt+7ffVfpEAAAAJgrXn8JAAAAAMzYxODo5hTx4TAoozlWpxS3Tg5vWFs6&#10;BAAAAOaKS2UAAAAAwIxsHxq5oErVLRGxonQLFPCFbhy56Mp9+/6ldAgAAADMNpfKAAAAAIDj9tHB&#10;kXVVqsbDoIzmemErL/7Ito0bF5cOAQAAgNnWKh0AAAAAACwsO9auXTkd1ccj0qrSLVBUijVLjnTP&#10;XvfIV/7kLyNy6RwAAACYLUZlAAAAAMAxm1x5zsndqvuxiPTC0i3QIzYOnfpNJ/3hI1/ZUToEAAAA&#10;ZovXXwIAAAAAxyRHpLzk8f8VEZtKt0AvyRE/PT607k2lOwAAAGC2GJUBAAAAAMdkot351RzxXaU7&#10;oAelSPndk8OjLysdAgAAALMhlQ4AAAAAAHrfxNC6788p/+/SHdDj/rlKrZdcfs+uu0uHAAAAwIkw&#10;KgMAAAAAntVke3RTHemvIuKk0i2wAPz9gfrQy6+dmjpYOgQAAABmyusvAQAAAIBndNOq9c+vI/1J&#10;GJTBsTpveXXSu0tHAAAAwIkwKgMAAAAAnlaOSIsW1e+NiOHSLbDAfO/EcOeHSkcAAADATHn9JQAA&#10;AADwtMbbnZ+LiP9eugMWqEN1Xb/0iqk9ny8dAgAAAMfLqAwAAAAAeIqJ4dFLc047wtsO4ETsPrK0&#10;df7Vu3YdKB0CAAAAx8MDIQAAAADgSW5ut0/LOb0/PD+EE9VZdKj726UjAAAA4Hh5KAQAAAAAPEmV&#10;F78zIgZLd0A/SDm+f2y488bSHQAAAHA8vP4SAAAAAPi6sXbndSnihtId0Gf+ZWCgPvdVe/bsKx0C&#10;AAAAx8KlMgAAAAAgIiJuGly/OkW8u3QH9KHTpqer92Yf9AYAAGCBMCoDAAAAACJHpIGqfn9EfFPp&#10;FuhTr55oj765dAQAAAAcC5+KAgAAAABivD16XUT6g9Id0Ocerabziy6/7679pUMAAADg2bhUBgAA&#10;AAANt2Pt2pUR6bdKd0ADrKgHqt8vHQEAAADPxagMAAAAABruaF29I7z2EuZJ3jo23Hlj6QoAAAB4&#10;Nl5/CQAAAAANNjbUeXVKMVm6A5ol339k6cCGq3ftOlC6BAAAAJ6OS2UAAAAA0FBjnc6SlOL3SndA&#10;86Szlhzs/kLpCgAAAHgmRmUAAAAA0FSH809GxEjpDGiiHPETk2vWn126AwAAAJ6OURkAAAAANNDE&#10;8AvOSin9bOkOaLBFdd393dIRAAAA8HSMygAAAACgieqjvxIRp5TOgGZLl022111ZugIAAAD+PaMy&#10;AAAAAGiY7YMjL84privdAUTkyL++LaJVugMAAAD+LaMyAAAAAGiYqkq/FUYs0BNyxAtWDK37vtId&#10;AAAA8G+l0gEAAAAAwPwZG+q8OqWYLN0BPMl9B+pDnWunpg6WDgEAAIAIl8oAAAAAoFFSxH8t3QA8&#10;xapTqpN+uHQEAAAAfI1LZQAAAADQEGPDo1tSTmOlO4Cn9U9HlrZGrt6160DpEAAAAHCpDAAAAAAa&#10;IuX0ttINwDN6/qKD3beWjgAAAIAIl8oAAAAAoBEm2+uurCPfVLoDeFZfOengkuFLH9r5WOkQAAAA&#10;mm2gdAAAAADAbLlp1aplA4tXnNGt6yddZ1803T36yGknffnanTuPlGqD0urIP1+6AXhO33R42aE3&#10;RcQ7S4cAAADQbC6VAQAAAAvGto0bF5/y2OGNEXFelePFOWJVRD4rIs6ISKsj4pRn+eU5Ij8Qke6N&#10;iHsj0r4ceU+Vq9sPL0v/cPWuXQfm5YuAArYPrXtFlfLHS3cAx2TqwPIlo4bQAAAAlGRUBgAAAPSs&#10;sTM7p8eSuCoiLko5zo2IF0XEojn4o+oUsStH3J4jfyZVi27asvdLe+fgz4EixtudGyPiNaU7gGOV&#10;37Rl313vK10BAABAcxmVAQAAAD1lsj26qY50VURcExEvLJiyJyLfHJFv2Lxvz1+niFywBWbs5uF1&#10;L2jlvDM8C4SF5Euf3rd74/URdekQAAAAmsmDJAAAAKC4sU5nRToc35NSvDlHnFu652l8Pkd+76KB&#10;/P5X7dnzSOkYOB5jQ53fTSl+tHQHcHxyylu33nPXeOkOAAAAmsmoDAAAACgiR6TJ9vpvz1G/JZ54&#10;Ld+S0k3H4HBE/HmK6j2b992xo3QMPJebVq1//sBAvS8ilpZuAY5PyjG+ef/uraU7AAAAaCajMgAA&#10;AGDejQ2PvjLl9CsRcWHplhlL8fFUV7+4ef8dnyydAs9kbHj0J1NOv1G6A5iR7sBAPfKqPXv2lQ4B&#10;AACgearSAQAAAEBzjLdHLhpvd/4m5XRLLORBWUREjotzqj8x3l63Y/vQyAWlc+DfyxEpRXpz6Q5g&#10;xlpHu9UPl44AAACgmVwqAwAAAObc5KrRoXqg+uWI/L3Rnx9yqyPSB6rp+hcvv++u/aVjICJiYmj9&#10;t+VUf6J0BzBzOeLLZ5x+6tAFt99+tHQLAAAAzdKPD3EBAACAHrEtojXW7vxMPZB2ReTron+fRVQR&#10;+bp6IO0aa3d+5vr+/TpZQHLq/kDpBuDEpIiVDz30yHeU7gAAAKB5XCoDAAAA5sT21SPrq1b1fyLi&#10;ZaVbCvjrVOc3bZ66a3fpEJrp1tM3nnJo6eH7ImJ56RbgxKQc45v3795augMAAIBm8alZAAAAYNZN&#10;DHd+qGpVn41mDsoiIl6eq/SZ8Xbne0qH0EwHlx56fRiUQV/IKV69Y+3alaU7AAAAaBajMgAAAGDW&#10;3LRq1bLxdmdbzvHeiFhRuqew0yLiA2NDnT/aNji4tHQMzZJSemPpBmDWtI5Mt15bOgIAAIBmMSoD&#10;AAAAZsX2tWuHB1rL/iYirind0ktSijcsr066ZfuaNWeWbqEZbhpcvzpyfFvpDmD2pBQuXwIAADCv&#10;jMoAAACAEzY22Lm46rZuixTfUrqlR11Y1QO3bR8auaB0CP2vVXVfG577Qb+5cHJ4w9rSEQAAADSH&#10;h0sAAADACZkYHN2cqhiPiOeXbulxq6tU3TIxtN4FKeZUci0Q+lGqc/e7SkcAAADQHEZlAAAAwIxN&#10;DHWuzlW6MSKWlm5ZIFbkVH9srN25qnQI/WnH2rUrI9LLSncAc+I/lg4AAACgOYzKAAAAgBmZGOpc&#10;nVNsi4jFpVsWmCUp4sPjQ53XlA6h/0zXrddFRKt0BzAnNo2t7gyWjgAAAKAZjMoAAACA4zbZXveq&#10;nOKPw6BsphZHiv87PtS5vHQI/aXOcXXpBmDOpGogNpeOAAAAoBmMygAAAIDjMtke3VRH/rPwyssT&#10;tTRSfGRiuHN+6RD6w62nbzwlRVxcugOYOzmHK5cAAADMC6MyAAAA4Jh9bGSk3Y20PSKWlW7pE8ty&#10;ju2Tq0aHSoew8B1eduTicD0Q+t1lN61a5XswAAAAc86oDAAAADgmt56+8ZTpo9Wfp4iVpVv6zJl5&#10;IP355MpzTi4dwsKWc/3q0g3AnFu6eODkV5aOAAAAoP8ZlQEAAADPaVtE69DSIx+KFN9SuqUf5Yhz&#10;68VffX+OSKVbWMjSZaULgLlXRxiQAgAAMOeMygAAAIDntHyo8+MReWvpjr6W0msnh9b9cOkMFqbJ&#10;4Q1rI+KFpTuA+ZAvKV0AAABA/zMqAwAAAJ7V+ODacyLFr5XuaIKc8tu3rx5ZX7qDhacb3UtLNwDz&#10;ZuPN7fZppSMAAADob0ZlAAAAwDPatnHj4lS13hcRS0q3NMSyqqrety2iVTqEhSXl/G2lG4B5Uw3k&#10;xa8oHQEAAEB/MyoDAAAAntEpjx56W444t3RHo6T41uXtzk+VzmDBubB0ADB/6ghDUgAAAOaUURkA&#10;AADwtLYPjrw4pfSzpTsa6pc+OjiyrnQEC8OO1Wd/c0Ty2lRokJSSS2UAAADMKaMyAAAA4GlVqfqd&#10;iFhUuqOhlnar6u2lI1gYjlbTF0REKt0BzKd87rbBwaWlKwAAAOhfRmUAAADAU0y0118WKS4p3dFw&#10;V421R19eOoIFIHn1JTTQohWx7MWlIwAAAOhfRmUAAADAk2yLaOWof6t0BxEpqndkF6h4DjniZaUb&#10;gAJSPr90AgAAAP3LqAwAAAB4khVD674vIlw/6Qn5JRNDo99VuoLellKcW7oBmH91qr+ldAMAAAD9&#10;y6gMAAAA+LrrI6qc8i+U7uAbUkq/5FoZz2TH2rUrI8fppTuA+ZciuVQGAADAnDEqAwAAAL7upUOj&#10;r4mI0dIdfEOOeMHk4OjlpTvoTdN19cLSDUAxL741LhkoHQEAAEB/MioDAAAAvi6l9GOlG3iquko/&#10;UrqB3pTr9ILSDUAxS4+sua9TOgIAAID+ZFQGAAAARETE+ODacyLilaU7eKoUsfXm9vqR0h30nlTF&#10;i0o3AOV0u92zSzcAAADQn4zKAAAAgCdU1VtLJ/CMqlbO/6l0BL0nR3j9JTRZFS6VAQAAMCeMygAA&#10;AIDYtnHj4oj03aU7eBZVvm5bRKt0Br0l53ClCBqsiuSKJQAAAHPCqAwAAACI5Y8dvCwiTi3dwbPI&#10;cfqK4dFXlM6gd0yuPOfkFLGydAdQTs55XekGAAAA+pNRGQAAABCRq+8sncBzy5GuKt1A76iXHR4s&#10;3QAU5/WXAAAAzAmjMgAAAGi4f32l4mtKd3AMclxdOoHekbp5qHQDUFoaeuIV1gAAADC7jMoAAACg&#10;4Za3Ry6MiDNKd3BMRibanY2lI+gNdarbpRuA4lrLv9pdVToCAACA/mNUBgAAAE2X0+WlEzh2OaWt&#10;pRvoDSmHURkQ9XR3ZekGAAAA+o9RGQAAADRdqi4sncBxyPmi0gn0hpTD6y+BqFI2KgMAAGDWGZUB&#10;AABAg10fUUXkl5bu4LhsKh1AzzirdABQXqq8whoAAIDZZ1QGAAAADfbSdufsiFheuoPjsnpi+AXG&#10;RESOOK10A1BeXbtUBgAAwOwzKgMAAIAGSzm5UrYgTZ9fuoAekOJ5pROA8lKqjMoAAACYdUZlAAAA&#10;0GQpjJMWoBxxXukGeoJRGRA5528u3QAAAED/MSoDAACARsvt0gXMyMbSAfQEr78EIqU4uXQDAAAA&#10;/ceoDAAAAJptqHQAM5HPKl1AWdsGB5dGxJLSHUB5OWJZ6QYAAAD6j1EZAAAANFiOWF26gRnI+czS&#10;CZS1orXcqy+BiIhIkZaWbgAAAKD/GJUBAABAQ411OktSxBmlO5iJZFTWcDllV8qAf5VdKgMAAGDW&#10;GZUBAABAQ+Vu98yISKU7mJFTb12z5qTSEZSTu9Ot0g1AzzAqAwAAYNYZlQEAAEBDVUfj1NINzNzj&#10;Ka0s3UA5ua6NyoCv8fpLAAAAZp1RGQAAADRUPTDgucACVsVil8oaLA+0jMqAr/H9HAAAgFnnH5sA&#10;AADQUK2cPRdYwFpHj9alGyhnkUtlwDdMlw4AAACg/3h4DAAAAA3VrWvPBRaw6VQZlTXYdKsaKN0A&#10;9Ixu6QAAAAD6j4fHAAAA0FCt7PWXC1mrahmVARAR2agMAACAWefhMQAAADRUTtO5dAMzV7WOGhE0&#10;2dHu46UTgF6RfD8AAABg1hmVAQAAQFO1Fj9UOoGZO1LXR0o3UE6KyqgMeEJK06UTAAAA6D9GZQAA&#10;ANBQeWD6/ohwrWxhOvrZvXsfLB1BOVVaYlQGPCFnI2MAAABmnVEZAAAANNTW3bsPR8TDpTs4fjnH&#10;/ddH1KU7KGfJwFeNyoB/lX0vBwAAYNYZlQEAAECz3V86gOOXUkyVbqCsS/fuPRQR3dIdQC9I/1K6&#10;AAAAgP5jVAYAAADN9kDpAGbEqIyIiIOlA4Ce8EjpAAAAAPqPURkAAAA0WMqxt3QDM5Di3tIJ9IL8&#10;T6ULgF6QXSoDAABg1hmVAQAAQJNV8XelEzh+qU6fL91AeSmlL5duAMrL2aUyAAAAZp9RGQAAADRY&#10;ivz3pRs4finqz5ZuoLw6x0OlG4Dyqio9XLoBAACA/mNUBgAAAE126OR/jIhu6QyOy6Of2n/XF0pH&#10;UF6KeKB0A1BejnR/6QYAAAD6j1EZAAAANNjlX/7cVyPiztIdHIccf3d9RF06g/JyigdLNwDl1XV3&#10;X+kGAAAA+o9RGQAAADRe+nTpAo5Huq10Ab2hysmoDIglA3l/6QYAAAD6z0DpAAAAoDfcuGHD8sVH&#10;YlWazmfkKp8edazIqV4eOVZUKS3/2s+rIx6PiMOR49GUcjfneLBVxYNHc+uBPP3YA1fdd9/jBb8M&#10;YAZS5LEccV3pDo5V/mTpAnpDHfneVDoCKO3wX91990OlIwAAAOg/RmUAANAgOSJ9bHCk002tC3KV&#10;X5RyrEsR63LEujjYPTkiIqcnfmKkiPTED5H/ze+RnvQfKVKKqHNEK+qIgWUx3u5MRcQdOfIdVYqd&#10;Oed/OLJ00T9evWvXgfn8WoFjVy+OiXQkjkTE4tItPKdH85KYLB1Bb6ha1Z25602o0HBT13slMhGt&#10;UUQAACAASURBVAAAAHPAhxkBAKCP3bZp06IHH3r4pVWqXplzXJwib8oRzyuQkiPFnVHHJ1OKj9fd&#10;uHXrvbunCnQAz2C83bklIl5ZuoPnkPIfb7nnrjeUzqA33Hr6xlMOLT38aHjGB82V4y+37N99aekM&#10;AAAA+o9LZQAA0GfGVncGUytdkSNf+dBDj1ySIp2S8xO3xvJz/No5lCLH+kixPkf8YGpFjLdHd0VK&#10;2yPXYweWL/3ktTt3HimXB0SO7ZGMynpdzukjpRvoHZc+tPOxsXbnwRSxsnQLUEZKsa90AwAAAP3J&#10;qAwAAPrA9rVrh6tu6w0RcU1EnPfEYbBelzZEjg0R1U8sP3D4kYl258YU6YZHli/+qIEZzL+qav1p&#10;nbu/ERFV6Rae0aGjS1tefcmTpEh3RmSjMmioOuILpRsAAADoT73//5kAAICntW1wcOny1klviJyv&#10;i0gXRZ/8/T5FPJxTfDC63Xdvmbr7c6V7oEnG26Mfi0iXle7gGX14y77d15SOoLeMt9f9QUS+rnQH&#10;UEYV6arL9915c+kOAAAA+o9LZQAAsMB8dGjDqumq+yMpx1six/P7ZEv2dTnieZHjrVG13jre7nwq&#10;p3jXGc8/ddsFt99+tHQb9LuUqt/PORuV9az6t0sX0Htyru9Mqb/+LgAcu27OXyzdAAAAQH/yxAkA&#10;ABaI7YMjL65arZ+PnF8XzfuAyP6c8u/EovSerbt3P1o6BvrVrXHJwKH2/n0R6azSLTzFbVv27X5J&#10;6Qh6z/jwyNbI1fbSHUARX/30vt0rro+oS4cAAADQf6rSAQAAwLObGO6cPzHc+dOqqv4xcv7uaN6g&#10;LCJiKOX0G+lI7B1vd372plWrlpUOgn50afzldM7pg6U7eKoc+T2lG+hNKZb8fekGoJgvXW9QBgAA&#10;wBwxKgMAgB51c3v9yPjw6Adzjttyju8Il4YjIk6LiF8bGFi6e3yo89bbNm1aVDoI+k1uTf9mRDxe&#10;uoMneTAWp/eXjqA3bb7ni/dHxIOlO4D5lyJ2lm4AAACgfxmVAQBAj/nYyMipE+3OO1pRfzFyen0Y&#10;kz2NdFakeNdDDz38+fGhzmtK10A/uWLv3gf+P3v3HmeHWdD5//ucmTRpactlqdU2maTJ9CKVi1so&#10;F1EItk0maUFAorjrDVhAEYH1AvjzEsR1gYWVRRcFRSmKYhEQ2+ZCi73guhZb7gGSzCSZmbS2lAJt&#10;SpM0M+f5/UFZUdqSy8w8c868369X/8lrJuczec0rOZ3zPc9TU/+4dQf/qtb6jnWjowdbdzCPlXyi&#10;dQIw92rNDa0bAAAA6F9GZQAAMI9sGhr+0ampzudr8sokx7Xumf/K2Sn58Oah4Y9eefrKs1rXQL+Y&#10;nhr4nST7WneQJNl7dz3431tHMM/VuAITFqBOqUZlAAAAzBqjMgAAmAc2nT68dNPQ8OUleX+S01r3&#10;9KBndAY6n948NPxaV2LCsbvklh1fLsnbW3eQ1NTf3rB37/7WHcxvJflU6wZgzh2886Qln20dAQAA&#10;QP8yKgMAgMY2Da36qc5APluSi1u39LglSX73y7ff+fEtQ8Pnto6BXndoqvPmJHe07ljY6vbvOuVh&#10;725dwfw33Zm6vnUDMOc+sWHbtntbRwAAANC/jMoAAKCRy08765Gbh4b/tqRcWpOHte7pFzV5XE1u&#10;3DS06uU1Ka17oFddcsuOL6fk1a07FrJa85rH33TTodYdzH/r9+y5NSU7WncAc6ckrr4EAABgVhmV&#10;AQBAA1uWnnX+4GD3E0me1bqlTy0pKW/bMnTmFVcMDT28dQz0qpHx0Xcl+fvWHQvU+9dNjv1t6wh6&#10;R+nmH1o3AHOnW+s/tW4AAACgvxmVAQDAHNu0bPjnaqd7fZJlrVv6X103kOP+eeuyVd/XugR6VXe6&#10;+3NJDrTuWEhqctvUVOfnW3fQY0qubZ0AzJnucd1FV7eOAAAAoL8ZlQEAwBy58bzzFm0eOvMdpeTt&#10;SRa37llAVnVL+b+bl5/5nNYh0IvW37xrR0ne1LpjQSn5pUtu2fHl1hn0ljJVr23dAMyZT19w8xfv&#10;aB0BAABAfzMqAwCAOXD1GWecevvtd16X1Be3blmgTkytf7NlaPgNNSmtY6DX/NPE6OuSfKR1xwLx&#10;/nXjo+9tHUHvWXPL2GStmWjdAcy+Wl1NDQAAwOwzKgMAgFm2ecU5Kw51B65P8uTWLQtcqcmrtwwN&#10;v/PG885b1DoGesnGpDtQB342yZdat/S5mxcNTL+8dQS9q9PJla0bgNlXkqtaNwAAAND/jMoAAGAW&#10;XbnizMfV7tQ/peas1i38Py+6/fY7L79s6dLjW4dAL7locvsttZsNSaZbt/SpO2ty0QW7d9/WOoRe&#10;VozKoP8dnJq+52OtIwAAAOh/RmUAADBLNi9b+YROt15dklNbt/Bt1pxclnzgmhUrlrQOgV6ybu/o&#10;daXmN1t39KFaSnnhuonRz7cOobcdOvT1a5IcaN0BzKbyD5fccss9rSsAAADof0ZlAAAwCzYtH/7+&#10;lM7WJP+hdQv3r5aMHOgOOLEMjtDaydHfTS1vbt3RT2qpv7p2fOcHWnfQ+y655ZZ7anJ16w5gFtX6&#10;wdYJAAAALAxGZQAAMMO2DA2fW2o+kuThrVv4TsoFJ3WO/5vLzj33uNYl0EtumNz56pL8deuOflBL&#10;/mxkfOwtrTvoH6Vmc+sGYNbUwUXdK1pHAAAAsDAYlQEAwAzavOKcFTX1qiSPbN3C4arrTrrrwF9d&#10;k6cPti6BXrEx6d510uKfSqoTkY5BSd7z8fHRF5Wktm6hf3QHp6+M7ynoV5+8cNeuidYRAAAALAxG&#10;ZQAAMEOuGBp6eOlObUrK97Ru4QiV8pwDQ3v/sHUG9JIN27bdu++kJetr4trGo1Hy9jUToz+zMem2&#10;TqG/rN+9ezzJ/23dAcy86upLAAAA5pBRGQAAzIDLTzvthIEs3lqT723dwlF70eblZ/566wjoJRu2&#10;bbv37onRHys1f9q6pZeUkj9cOz76C04oY7aUlMtaNwAzr9b6d60bAAAAWDiMygAAYAYMDpzwtqQ+&#10;oXUHx6jW121atupHWmdAL9mQTN81OfripLyzdUtvKL9/1/joyw3KmE3de+tfJplq3QHMoJpPr9+7&#10;67OtMwAAAFg4jMoAAOAYbRoafmVKXti6gxnRKaX85Zblw/+xdQj0kg3J9NqJnS9NKb8R1zk+kHtr&#10;6otHJnb+4oZkunUM/W3draO3J/n71h3AzCmd+uetGwAAAFhYjMoAAOAYbBpa9QMleWPrDmbU8bXm&#10;vZuGh09uHQK9pCR1ZHzn73RrWZ3k1tY980mtmaglT1o3MfbHrVtYQGr5q9YJwIyZTo77y9YRAAAA&#10;LCxGZQAAcJS2LD33ESXlfUmOa93CjDunHKx/VpPSOgR6zfrJndenM/jkJJ9o3TJP3FgHp39o3fjo&#10;J1uHsLBMl4MfTnKwdQcwE+o1a8e/8C+tKwAAAFhYjMoAAOAo1KTUgYPvTbK0dQuzpJTnbF0+/POt&#10;M6AXjez54p4lnakfqDVvSTLVuqeRe1PKbyyZWPrk9bt3j7eOYeG5eGLiq0kua90BHLtayrtbNwAA&#10;ALDweNc9AAAchc3Lhn8+Jf+7dQez7u7pdB578cSOXa1DoFdtXbbq+7qlvDPJk1u3zJWSXN+tecG6&#10;ydGx1i0sbFcuO/OHOqVe17oDOCZ3Ldm/+PTVt2+7u3UIAAAAC4uTygAA4AhtXnHOipS8qXUHc+LE&#10;gdRLN/p/JzhqaybHPrdkYukP1VJ/JcnXW/fMsq+XUn7zkac89AKDMuaD9ZM7r0/y2dYdwNEryZ8a&#10;lAEAANCCF0YAAOAI1KSkTr07yUNatzBX6lOfuGz4Fa0roJetzrVT68bH3ly6i4dK8sYkB1o3zbD9&#10;JXlj6S4eWju+8/WPv+mmQ62D4JtKqe9s3QActW661enIAAAANOH6SwAAOAKbhlb9VEm5tHUHc+6u&#10;qW7nUZfs3XFz6xDoB1tPW7WsO9j59aS+MMlA655jMJWUP53qlt/29wPz1VUrVz50aqpzcwzioefU&#10;5Kp1E6MXte4AAABgYXJSGQAAHKZNw8Mnl5Q3tu6giZMHS/391hHQL9bcMjY5MrHzJZ3UJyb58yQH&#10;WzcdoX2l5A+nS3nMyMTOlxiUMZ9duGvXnbXkstYdwJHrlPKO1g0AAAAsXEZlAABwmMqh/FaS727d&#10;QSOlPnvT8lUjrTOgn6yZGLtpZGL0pwYHu6eWlFcm2d266cGU5FM19afrcTll7fjoz188vvMLrZvg&#10;cHRq3pKktu4AjsjexeOnf7h1BAAAAAuX6y8BAOAwXDF01sqBdD+fZHHrFpr6xA0To0/YmHRbh0A/&#10;uvG88xZ9+bav/XDt5EeSPDMp39O6KcnupFxRSvdDa8bHri2GOfSoLcuHP1RrfqR1B3C4yitGJna+&#10;rXUFAAAAC5dRGQAAHIbNQ8N/nWRD6w7mgVp+dmRy57tbZ0C/25h0zl8xfH7p5llJnpbkvCTHzcFD&#10;TyX5eJLLO7VesWZy7HNz8Jgw67YsPev82une0LoDOAwlt08dumfFJbfcck/rFAAAABYuozIAAPgO&#10;rly68tGdTudTcX0837D7lFMeevbjb7rpUOsQWEguW7r0+IeU459Q0v3BUsoTk5yZ5Iwc2wmS0zX5&#10;Qkm5qZTujd1Sbrx76sCnN+zdu39mqmF+2TI0fF1Nfqh1B/DgSim/uXZ85+tbdwAAALCwDbYOAACA&#10;+a7T6bw+BmX8qzNu//KdP5XkXa1DYCG5b+h1/X3/JUlqUjafPnx6SlaVTl1RSk6qtZxYkofVkpNS&#10;y+A3Pq67v5NyoCb7U8t4yvRkdzqTJyzqTqzes+dAq68J5lwpb0qtRmUwv+2bqgf/oHUEAAAAOKkM&#10;AAAexNahVed1U25s3cH8Umsm7j558Zkbtm27t3ULAByujUnnicvP/GRqfUzrFuD+leStaydGX9W6&#10;AwAAAJy2AAAAD6Kb4gUdvk0pGTpx34Efb90BAEdiY9JNpl/bugN4QPu69+Z3W0cAAABAYlQGAAAP&#10;aMvSVcNJDIe4XyXlV6vTnwHoMSPjuzal5LrWHcC3K6W8bd2to7e37gAAAIDEqAwAAB5Qt5SXJhlo&#10;3cG8de6mZWf+YOsIADhitfvrrROAb3PHwMD0/2gdAQAAAN/kXfUAAHA/rlmxYsmB7uDNSR7RuoX5&#10;q5T87drx0We37gCAI7V5aHhrkotadwDfUFJevXZi55tad8BcuGJo6OGdctyKTjdDteS4b/56LfWO&#10;TmfgjsV3Lxpbffu2u1s2AgAARmUAAHC/Ni1b9WOllPe17mDem+p2ppat37Pn1tYhAHAkNi8ffnJq&#10;/k/8fBCaq8ltAwdPWLXmts98vXULzLTLkoGTl6/6oW7KBaXmvCSPT/IfvsOn1SR7knympn60DAx+&#10;ZGT39u2z3QoAAPxbfmgEAAD3Y/PQqquSckHrDua/Uuovrx0fe0vrDgA4UpuWDb+3lPxE6w6gvHRk&#10;Yuc7WlfATLpyxZmP63Try5I8O995RPYdleQL3eSdne7i96zdu+0rx14IAAB8J0ZlAADw72w6fXhp&#10;Gch4kk7rFnrC50cmRs9tHQEAR+rqM8449dD0wPYkD23dAgtVKbnhn8ZHn7Ix6bZugZmweWjlD6d0&#10;fiM1T5ulhzhQa/5kunbecMneHTfP0mMAAADxIhkAAHyb0snz4rkyh+9RW84467GtIwDgSF2we/dt&#10;qfnt1h2wgHVLrS/baFBGH9i6bNX3bR4a3pp0rp7FQVmSLCklvzDY6Y5uHlr1pstPO+2EWXwsAABY&#10;0LxQBgAA/14pz2+dQG/pTk0/t3UDAByNJZNL35bks607YGGq71kzMXZT6wo4FpclA5uGhl/dLeXG&#10;JBfN4UMvScqvDA6e8OlNS4dnc8QGAAALllEZAAB8i80rzlmR1Ce07qC3lFKe07oBAI7G6lw7lXRf&#10;1boDFqA7Fw10X9M6Ao7F1lWrvuuk5cMfLckbkixulDFcOvnopqHhV9ekNGoAAIC+ZFQGAADfanpq&#10;XesEetK5V56+8qzWEQBwNEYmdn00yd+07oAFpeZ1F+zefVvrDDhaVy5b+fjuoXLjLF91ebgGSvKG&#10;LctXvfeyc889rnUMAAD0C6MyAAD4FrVkpHUDvakzMLC2dQMAHK1F04MvTfKl1h2wEJTk+hsmR/9X&#10;6w44WpuWr3pGp3SuS7Ksdcu/UcvzT9x38IrLli49vnUKAAD0A6MyAAC4z2XnnntcSZ7RuoNeVX3v&#10;ANCzLrj5i3ek1le07oAFYP/0dPe/bEy6rUPgaGxePvzkUsvfJjmhdcv9KcmFJ3aWXHZNnj7YugUA&#10;AHqdURkAANznIXfd+6TM0x+M0xOe7oULAHrZyOTY+1LLh1p3QD8rKRvX37xrR+sOOBofWbryzNRc&#10;meSk1i0PpiQX71++952tOwAAoNcZlQEAwH1Kuj/YuoGe9tB7lk08rnUEAByLznT3FUnuat0Bfanm&#10;04885eTfa50BR2PrqY95yHTpvD/Jw1u3HI5S87Obh1a9uHUHAAD0MqMyAAC4Tynlh1o30NtKKU9u&#10;3QAAx2LNLWOTpeSXWndAHzrQSf3Pj7/ppkOtQ+BodBff89aUPLZ1x5Epb7ty6cpHt64AAIBeZVQG&#10;AABJalJKcn7rDnpbSXlC6wYAOFZrx0f/JMl7W3dAfymvXDM59rnWFXA0Ni0dflqSF7buOAqLO53O&#10;n1yTpw+2DgEAgF5kVAYAAEm2rDhneU0e1rqD3laSx7duAICZMDjYfVmS3a07oE9cNjKx8x2tI+Bo&#10;XJOnD5ZOfUeS0rrlKJ1/YGjyBa0jAACgFxmVAQBAkjp96HGtG+h9NTnr8tNOO6F1BwAcqwt37boz&#10;tftjSVzVB8eg1kxM596Xtu6Ao3Vg6OYXJuXs1h3HpJTfuWrlyoe2zgAAgF5jVAYAAElKp/N9rRvo&#10;CwOLFp94ZusIAJgJI5O7/jm1vrF1B/SwbklefPHExFdbh8DRuOzcc49L6mtbdxyzmlOmpgde3DoD&#10;AAB6jVEZAAAkSa29/c5r5o3u1PQ5rRsAYKYsmVz2uqR+rHUH9KJSysaRydGtrTvgaJ207+CGJMtb&#10;d8yIWl9543nnLWqdAQAAvcSoDAAAkpQSp0sxI0opRmUA9I3VuXaqdJf8SJLdrVugx1y2Znzn77SO&#10;gGNS88LWCTPotC996WvrW0cAAEAvMSoDAIAktWZV6wb6Qy198k5+ALjP2r3bvtLtlOckuad1C/SI&#10;bUv2L35hSWrrEDham5YNr0rJ01p3zKRSyvNbNwAAQC8xKgMAYMG7bOnS45M8snUH/aHUnNa6AQBm&#10;2vo9Oz9VS17cugN6wJ3d6e5zVt++7e7WIXBMSi5JUlpnzLCLt576mIe0jgAAgF5hVAYAwIJ30uCJ&#10;p7ZuoK8YlQHQl9aNj743Ke9s3QHzWLfU/PT6m3ftaB0Cx6qUrGndMAtOmD7unh9oHQEAAL3CqAwA&#10;gAWvOzVtVMbMKfnu1gkAMFvqcfUXU3Nt6w6Yj2ryS2snRz/cugOO1cakk5qntu6YDZ1OeWLrBgAA&#10;6BVGZQAALHiDnZzSuoE+UvOw1gkAMFvWjY4evPeEgWeW5FOtW2A+qTVvWTcx+tbWHTATzl82fEaS&#10;E1t3zIZuree3bgAAgF5hVAYAwILXrTmpdQN9ZdFlS5ce3zoCAGbLs7Zv39epA+uTjLdugXmh1g9+&#10;fHL0V1tnwEzpJN/XumEWnd06AAAAeoVRGQAAC14t3b58BzbtPGLRopNbNwDAbLpocvstteTZSfa1&#10;boHGblxyYMlPb0y6rUNgpnRLHWrdMFtKMrTRa2MAAHBYPHEGAICUh7QuoL8cqoudVAZA31s3PvrJ&#10;1DwvyaHWLdDIF+u9Wbf69m13tw6BmVRSHtG6YRYtfurp5zy8dQQAAPQCozIAABa8TqkDrRvoL51a&#10;S+sGAJgLI5OjW0u3PjPJwdYtMKdKdnQW1aetu3X09tYpMNNqal+PrvaX7pLWDQAA0AuMygAAWPBq&#10;t9TWDQAAvWrt3rEtKeUnkky1boE5cst07YysGRv7UusQmA2llOnWDbPpuIFyXOsGAADoBUZlAACQ&#10;GJUBAByDkfGdH0zJS+N5Ff3vq6XkkosnduxqHQKzpdT+vtZ4emq6r78+AACYKUZlAADQ5+/CZu7V&#10;dA60bgCAuTYyPvqu1PKCJN3WLTBLbul0Ok9ZOz76idYhMKtq7mqdMJuOXzT15dYNAADQC4zKAABY&#10;8ErNvtYN9JeDS7p3t24AgBZGJne+u6a+Mk4so//cWpKL1uzZ8cXWITDbaslE64ZZtG/1nj3eBAQA&#10;AIfBqAwAgAWvW6pRGTOpfnL79q+3jgCAVtZNjP1+rfX5SX9fn8aCMtYdmH7S2onRba1DYC6U2hlv&#10;3TCLdrQOAACAXmFUBgDAgtfpVqdKMZPu3ujaLwAWuHWTY3+dUn48ycHWLXCMxjpl4ML1u3f388gG&#10;/o2DJ5RPJZlu3TEraj7VOgEAAHqFURkAAAte6eT21g30j5rc2roBAOaDkfGdH+zWclGSu1q3wFH6&#10;x9JdfP6a8e27W4fAXHrW9u37kmxv3TEbSqcalQEAwGEyKgMAYMGr5bhbWjfQPzrJv7RuAID5Yv3k&#10;zus7pY4kuaN1CxyRmmsHB7vr1u7d9pXWKdBG+YfWBbOhdgavat0AAAC9wqgMAIAF767xL3wp/Xq1&#10;B3POSWUA8G+tGR/7x04ZeEKSz7dugcNS6l/tO3nxmgt37bqzdQq0Umv9QOuGWTA2snt7X57ABgAA&#10;s8GoDACABW/DNwZlTpdiRtTUPa0bAGC+WTO+ffei6cEfSurHWrfAg6k1f7BvfOwnN2zbdm/rFmjp&#10;7pMXX1uSr7XumFElH26dAAAAvcSoDAAAvmFH6wD6Q6eUna0bAGA+uuDmL96xZGLZM0rJH7Zugftx&#10;T2p9/rrJ0ZdvcIoxZMO2bffW1Pe07phB3drN21tHAABALzEqAwCAJKXEFRjMiO50jMoA4AGszrVT&#10;a8ZHX1aT30pSW/dAktTktqS7ZmRy7H2tW2A+mS6dP0r//F193brJ0bHWEQAA0EuMygAAIEntGgIx&#10;MwbLgO8lAHgQJanrJkZ/u5PyzCRfbd3DgveJgan6hJGJXf/QOgTmm4vHd34hKZtbd8yEks7vtm4A&#10;AIBeY1QGAABJOqV8rnUDva8mt100uf2W1h0A0AvWTOy8otY8ITWfbt3CQlXeua974KlrbhmbbF0C&#10;81Z36rXp9SthS65bO7Hj6tYZAADQa4zKAAAgSWdw+uPpn2s9aKSk3ti6AQB6ybrJ0bG6OE9M6tta&#10;t7CgfCU1zxqZ2PmSDXv37m8dA/PZyN7dnyk1l7buOAbTZbrzq60jAACgFxmVAQBAkgt37bozya7W&#10;HfS2Ujqfat0AAL1m3ejowZGJsVck5aVJ7mndQ9/75EC3+6SRydG/ax0CvWJgUfe/1pqJ1h1H6U1r&#10;9+74eOsIAADoRUZlAADwTaX8c+sEet7/bR0AAL1qZGLnOzqdznlJnPzJbOiW5K1LOlNPuWjvrp2t&#10;Y6CXXLhr153p1Jemx073LskX9nUPvL51BwAA9CqjMgAAuE/p5rrWDfS06e6i+rHWEQDQy9bs2fHF&#10;fROjT6rJa5Lc27qHflG3d7vlKWsnRl+1es+eA61roBetGx/bXEr5rdYdR+CO2hlc54pbAAA4ekZl&#10;AABwnzrYuaZ1Az3tU+tGR+9qHQEAvW5DMr1uYvSN3W738Uk+27qHntYtyRv3dQ9+//q9O29oHQO9&#10;bs34zt+pyQdadxyG6dS8YGTPF/e0DgEAgF5mVAYAAPdZu3v7jiS3tu6gR5Vc3zoBAPrJ+r27Prtk&#10;/+KnlOStSaZb99BzJlO6l6ydGH2Nk4pgZpSk3t098JM1uap1y4PoJvmZkcnRv2sdAgAAvc6oDAAA&#10;7lOSmuTq1h30qNq9snUCAPSb1bdvu3vtxOirutPdRyX5+9Y99ISDSV63r3vg7JHxXZtax0C/2bB3&#10;7/67uweeNU+HZYeS+oKRidG/aB0CAAD9wKgMAAC+VakfbJ1A7ynJ15ZMDF3XugMA+tX6m3ftWDsx&#10;ekFN/ekkX27dw3xVrx7odh89MjG60elkMHs27N27//iJpetK8sbWLd9ivJQ8aWRi7NLWIQAA0C+M&#10;ygAA4FssuWfJVUkOtO6gt9Tk6tW5dqp1BwD0s5LUdRNj75nqdh6XUt6Xb5wyC0lyR635+RsmxtZc&#10;tHfXztYxsBCszrVTaydGX5OalyVpPeK8Zqrb+YG146OfaNwBAAB9xagMAAC+xerbt92d+XmNB/NY&#10;Sd7fugEAFopL9u64eWR85/NLyeNT4qTQhW1/ktd1Dp6wfN3k6B9uTLqtg2ChGZkcfXvp1sc0ug7z&#10;YJLX3jAxesEle3fc3ODxAQCgr5XWAQAAMN9sWrbqx8o3Tr+Aw3Hnks7Ud6/es8cJdwDQwKah4UtK&#10;8ntJVrVuYc50k/InU93y24YkMH9sWX7mc1Pr62vyvbP8UNO15D2LBrobL9y1a2KWHwsAABYsozIA&#10;APh3rlmxYsnB7uC/1ORhrVvoBfXdIxNjP9u6AgAWsstPO+2EgcETfrmTvMpzuH5X/qHU8mtrJ3d8&#10;rHUJ8O0uSwZOWnbmT6bUlyV5/Az/9l9PyaUD0923uuoWAABmn1EZAADcjy3Lht9VS17QuoP5r6Rz&#10;4dqJHVe37gAAkq2nPuYhdfH+F9XUX01yWuseZlL5aKd0f3PN+Ng/ti4BDs+VS1c+ulMGfqqUuv4Y&#10;Ti/bn+Tqmnp5p7vkA2v3bvvKTDYCAAAPzKgMAADux+ahlU9NOk4/4DsZWzsxemZJausQAOBfffjs&#10;s086bv/0LyT5r0ke2bqHY3JTKeW31o7vvLJ1CHD0rjzjjOWdqcHVSc5N6X5vkuFay/Gl5KRv+bBD&#10;SRkvqbtSyrZ0y7Xdxd2PrxsdPdgoGwAAFjSjMgAAeACbh4ZvSHJ+6w7mr1rqr6wbH3tzC6kj+wAA&#10;IABJREFU6w4A4P5dc8q5Jx5YcvDFKfnFJMtb93DYapKPdFLectHEzqsN+AEAAGDuGZUBAMAD2Lzs&#10;zJ9JqX/WuoN560BnUV2+ZmzsS61DAIAHtzHpPGnorGd0031FSdbHz0Xnq68n9V3TGfhfF0/s2NU6&#10;BgAAABYyPzwBAIAHcM2KFUsOdAfHk3xX6xbmo/qOkYmxl7auAACOzOblw09OzauSPCfJQOsekiTj&#10;KeVPFnWm/viC3btvax0DAAAAGJUBAMCD2rJ81S/VWlxvyL831SkDZ60Z3767dQgAcHSuGBp6+EAW&#10;PS+1/HxKHtu6ZwHan5Q/76T7zjUTYze1jgEAAAD+LaMyAAB4ENeccu6JB044uCs1p7RuYV55/8jE&#10;6IbWEQDAsatJ2bp81dNrLS9M8twkS1o39bOSfKFb63un68C7L9m74+bWPQAAAMD9MyoDAIDvYNPQ&#10;8CtL8nutO5g3pga63UddtHfXztYhAMDM+tCKFQ9b3B14Xkl5bpJnJFnUuqlP3JKS95XkvWvHRz/R&#10;OgYAAAD4zozKAADgO7hmxYolB7qDo0lOb93CPFDzrpHJ0Re1zgAAZtcVQ0MP72TRJfcNzC6KE8yO&#10;SK2ZKJ1ckdr94L6JXdduSKZbNwEAAACHz6gMAAAOw+Zlw69Kyf9s3UFz93bKwDlrxrfvbh0CAMyd&#10;D5999knH7Z9em5o1NbmwlAy1bpqHalJuTMnfdUuuWL9n56daBwEAAABHz6gMAAAOwzV5+uCBob2f&#10;SPLo1i009YaRidHXto4AANrauuKsc7rdelHSvSgpT0/ykNZNDdQkn0/NtbXk2oFF9fo1Y2Nfah0F&#10;AAAAzAyjMgAAOEyblq96Rqnlo607aKX+y73HD579rO3b97UuAQDmjxvPO2/Rl2/b9/3dzvQTS8oT&#10;kzwxyXDrrllwT5JPpuTjteYfc2+uW3fr6O2towAAAIDZYVQGAABHYPOyMz+YUp/duoO5V2r5ubWT&#10;O/+odQcAMP9dftpZj1y0qD6xJt+f5NxS6zk1OSfJktZth6MkX6s1X0zJ55L6z91O5+Mn7Dn9c6tz&#10;7VTrNgAAAGBuGJUBAMAR2HT68NIykC8kObF1C3Oo5LobxkefsTHptk4BAHrTxqRz/rLhMwZK+d6a&#10;PCqlrujWLCvJ8pIsq8nD5jjpyyXZW5PJWjPe6dTttdYvDNRFX7hocvstc9wCAAAAzDNGZQAAcIS2&#10;LBv+tVry31p3MGcOZGDgcSO7t29vHQIA9K9rTjn3xIOLD3x3Gch31W45pZZ6ak15eCd5eEpO7nbz&#10;0FLqQ5Msvr/Prym1JF9LkpJ0u6lfLSlfraV+paR8NSlfTalf6aRz651T94xv2Lt3/5x+gQAAAEBP&#10;MSoDAIAjdE2ePnhgaO91SZ7SuoXZV0v9lXXjY29u3QEAAAAAADBXjMoAAOAo3HcN5qeTPKJ1C7On&#10;1GxeMzm6viS1dQsAAAAAAMBc6bQOAACAXrTu5tG9pZQXt+5gVn25k4EXGZQBAAAAAAALjVEZAAAc&#10;pbXjOz9Qkr9u3cHsKMnLLprcfkvrDgAAAAAAgLlmVAYAAMfgru6Bn01yY+sOZlZNfdPaidHLWncA&#10;AAAAAAC0YFQGAADHYMPevfsHB7vPrcltrVuYGaVm88cnxl7bugMAAAAAAKAVozIAADhGF+7aNVE6&#10;+fEkh1q3cKzqnu6h/PTGpNu6BAAAAAAAoBWjMgAAmAEje0avrakvat3BMSi5vdZywbpbR29vnQIA&#10;AAAAANCSURkAAMyQdRNj7ynJG1t3cFTurak/vm5ydKx1CAAAAAAAQGtGZQAAMIPWToy+JjX/u3UH&#10;R6RbS16wbnzs71uHAAAAAAAAzAcDrQMAAKDf/MVdX9m886EPP7WkPL51C9/RdJLnr5sYfV/rEAAA&#10;AAAAgPnCSWUAADDDSlLvnhj7hSR/07qFB1VT84sjE6Pvbx0CAAAAAAAwnxiVAQDALNiQTO+bGP3x&#10;mvpHrVu4X4dKKf95ZHL07a1DAAAAAAAA5pvSOgAAAPrdpqHhV5fkDa07+H/2l1Ket3Z855WtQwAA&#10;AAAAAOYjozIAAJgDm4aGX1mSt8RpwU2V5GtJ53lrJ3Zc3boFAAAAAABgvjIqAwCAObJp2aofK6X8&#10;aZITWrcsUKOdTueSNXt2fLF1CAAAAAAAwHxmVAYAAHPoyhVnPq7TrR9IsrJ1ywJzzaLpweddcPMX&#10;72gdAgAAAAAAMN8ZlQEAwBz78Nlnn7Ro//SfleS5rVsWgG5Nfm1kYvRNJamtYwAAAAAAAHqBURkA&#10;ADSwMek8afmZv11rfW2STuuePnVXSv2ZkfGxD7UOAQAAAAAA6CVGZQAA0NCWM856bJ3qXpqSx7Zu&#10;6TN/1+1MvWT9nj23tg4BAAAAAADoNUZlAADQ2DUrViw52B3cWJNfTjLQuqfHfTXJS0YmRt/fOgQA&#10;AAAAAKBXGZUBAMA8sWX5qtW1lj9Osqp1S4/6yHQ6P3fxxI5drUMAAAAAAAB6mVEZAADMI9fk6YMH&#10;hiZfkFJ+JzWntO7pEZM1edm6idHLW4cAAAAAAAD0A6MyAACYh64+44xTD00N/LeU/GySTuueeWp/&#10;Sd62vzP1hmfv2fO11jEAAAAAAAD9wqgMAADmsU3Lh7+/1LwuycXx/P2bpmvJezKV31x38+je1jEA&#10;AAAAAAD9xotSAADQAzYNDT+qJK9J8hNJBlr3NLI/qX88OFjfcuGuXROtYwAAAAAAAPqVURkAAPSQ&#10;+04ue22SH0myqHXPXCjJ12rqe7oD3f+5fvfu8dY9AAAAAAAA/c6oDAAAetBVK1c+dGqq/FhK52Wp&#10;9TGte2ZBTepHk/LOfSct/vCGbdvubR0EAAAAAACwUBiVAQBAD9uYdJ48dOYPT9f6M6Xk4iQnt246&#10;FjW5rZT8Zel0Ll27e8enW/cAAAAAAAAsREZlAADQJzYNDy/uHCoXpFufU0uemeSRrZsOR01u69Rc&#10;mU754OLx07euzrVTrZsAAAAAAAAWMqMyAADoQ5clAycNrXxyKQOra83TkvrkJCe07rrPwaR+PCl/&#10;n9q98obJXTdtTLqtowAAAAAAAPgGozIAAFgALjv33ONO2rf//KTz1JTy2NT66CRnJxmcg4fflVo/&#10;VZNP1HQ+dsLAoY+v3rPnwBw8LgAAAAAAAEfBqAwAABaob1yXmXNTc25KWVFrlpZal9WSoSTLkpx8&#10;GL/NwSRfTvKlUnNrSvbWUiZKreM13d0HOt3PPXvPnq/N6hcCAAAAAADAjDIqAwAAHtTWUx/zkEOL&#10;v3bcv//1znHHTa8bHb2rRRMAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAMBhKq0DAICZdc2KFUsOTJWzamfgrFKzrJQM1WRpktNrclJJTkpycpKHf8un&#10;3Zvk60k9kJT9Sb5ek1tLcltKvlRqmahleufAdHYu2ju0e3WunWrxtQEAAAAAAAAw+4zKAKCHfWjF&#10;ioctnh48P6lPKKU8Icnjkgxldv+NP5Tki0k+XUv9dCe56dCh/Tdccsst98ziYwIAAAAAAAAwR4zK&#10;AKCHfPjss09adM/UD6fk6Z2Up9XkMUk6rbvyjZPO/jnJ9bXUq+8+cck/bNi27d7WUQAAAAAAAAAc&#10;OaMyAJjnrj7jjFMPTQ/+SKn1WbXkGUkWt246DPtSy9Xp1Cun670fvHhi4qutgwAAAAAAAAA4PEZl&#10;ADAPbRoeXpx7c0mSny7J2iSDrZuOwcEkW2qtf5XF5W/XjY4ebB0EAAAAAAAAwAMzKgOAeWTrirPO&#10;6dbui1Pz00ke0bpnxpXcnpp3pTP4jpE9X9zTOgcAAAAAAACAb2dUBgCNbUw65y9b9czSKa9MzdNa&#10;98yR6dT64W7tvGn93p03tI4BAAAAAAAA4F8ZlQFAIzeed96i22//2k+UlFfX5Htb9zRTc21N/vu6&#10;ydGPtE4BAAAAAAAAwKgMAObcZcnASUOrXpiU30iytHXPvFHKZ1Lr74xMjL6/dQoAAAAAAADAQmZU&#10;BgBzaMuys36wlu6bk5zfumXeKtlSan557cTottYpAAAAAAAAAAuRURkAzIHNK85ZUbtTv1+Si1u3&#10;9Ihukvd2O1O/un7PnltbxwAAAAAAAAAsJEZlADCLNiadJw6d+QtJfX2Sk1v39KA7SvKqtROjf946&#10;BAAAAAAAAGChMCoDgFmy+Yyzzy7d6UtrzRNbt/S++rGBbn3hRXt37WxdAgAAAAAAANDvOq0DAKAf&#10;bV4+/MJMT/+zQdlMKT/Y7XQ+vmX5mc9tXQIAAAAAAADQ75xUBgAz6MoVK7670x28NMlFrVv62J93&#10;Dp7wc2tu+8zXW4cAAAAAAAAA9COjMgCYIVuXr3pKt5a/TLK8dcsCcFN3YPq563fvHm8dAgAAAAAA&#10;ANBvXH8JADNg09Dwq7u1XB+DsrlyXmd64DNblg0/q3UIAAAAAAAAQL9xUhkAHINr8vTBA0M3/8+k&#10;vrx1ywI1VZNfWTcx+tbWIQAAAAAAAAD9wqgMAI7S1lMf85Du4v2XJXVd65YFr+T3bhgf/eWNSbd1&#10;CgAAAAAAR6cm5aplZ39P7Uyt6HY7y1O6J33j18sJSRZ/8+M6tdxZS72jlnpHpzNwRzk4/ZWLbhnb&#10;W5LaLB4A+oxRGQAchcuXnnX6YKe7OcmjW7fw/3x4X/fA8zfs3bu/dQgAAAAAAA9u6/Kzz+h2p56Y&#10;Tjk/tTwmqcuTDCU57ih/y68n5fOp9TNJtpXS+ez+zr03PnvPnq/NXDUALBxGZQBwhK4844zlne7A&#10;R1JzVusW/q1Ss3nxwNRzVu/Zc6B1CwAAAAAA/2rraauWdQfKj9aSZ5Tk/CTfNQcPO53kn0opWzNd&#10;tv7T3h03bnTjBQAcFqMyADgCVwydtXIg3euSLG3dwgOpH7v3+MH1z9q+fV/rEgAAAACAhezypWed&#10;vqhTf7Smbkjy5LR/ffrLJdlUO/mztXtGr3NdJgA8sNb/aANAz/jIsrNPmyrT15bkzNYtPLiaXHV8&#10;Z+qZTiwDAAAAAJhbG5POk5YNX1JLeXlSVyfptG56ALtKKe8eGJi+9MJduyZaxwDAfGNUBgCHYdN3&#10;D59Sjsv1Sc5p3cJh+7slE0ufuzrXTrUOAQAAAADod1etXPnQqUOdF6bkZUlWtu45At2kbi7dgd9e&#10;u3fHx1vHAMB8YVQGAN/BlqXnPqJ2Dl6b5NGtWzhCpbzvhvGd/2lj0m2dAgAAAADQj65aufKhU1Pl&#10;/0vKzyU5sXXPsajJFQOpG9dMjN3UugUAWjMqA4AHcc2KFUsOdAc3JVnduoWjU1PftG5i7NWtOwAA&#10;AAAA+sk1efrg/mV7/0vp5HWpOaV1zwyqSf6uU+uvr5kc+1zrGABoxagMAB5ATcqWZav+JqU8p3UL&#10;x6aU/MLa8dH/3boDAAAAAKAfbF42vCYlb0lybuuWWXQoyZv3dQ+8fsPevftbxwDAXDMqA4AHsGlo&#10;+NUleUPrDmbEdCnlWWvHd17ZOgQAAAAAoFddftpZjxwY7P5RSZ7bumUO3ZJSXj4yvvODrUMAYC4Z&#10;lQHA/di0fNUzSi1bkwy2bmHG3DE42P2PF+7aNdE6BAAAAACg12weWvnDSefPkixr3dJATcp7Bgen&#10;X3Hhrl13to4BgLlgVAYA/85VK1cOTU11PpXk4a1bmHE31ePyA+tGRw+2DgEAAAAA6AXXnHLuiQeO&#10;P/j2JD/ZumUemOx2y/PW7915Q+sQAJhtndYBADCfXJYMTE2Vv4hBWb86Lwfz5tYRAAAAAAC94PKl&#10;Z51+4PiD18eg7JuWdTr177cMDfvzAKDvOakMAL7FlmXDv1ZL/lvrDmZVLd26bu3esS2tQwAAAAAA&#10;5qvNQyufmnQ+lOSRrVvmqb+YmrrnJZfccss9rUMAYDYYlQHAfbYsPev82un+nySDrVuYZSW3dwbr&#10;960ZG/tS6xQAAAAAgPlm09DwJSX5yyQntm6Z565Zsn/xM1ffvu3u1iEAMNNcfwkASa5ZsWJJ7XQv&#10;jUHZwlBzSp0q72idAQAAAAAw32xZPvyyknwoBmWHY/WB4w9uvWrlyoe2DgGAmWZUBgBJDnYHX5vk&#10;nNYdzJ1a8yNbh868uHUHAAAAAMB8sWn5ql+uNX+QZKB1Sw95ytRU5x8/suzs01qHAMBMcv0lAAve&#10;5qVnPCadgZvilLKFaLJz8ITvXXPbZ77eOgQAAAAAoKVNy4f/U6l5TxxMclRq8rnambpw/Z49t7Zu&#10;AYCZ4AkBAAtaTUo6nT+IQdlCtWx6yT2/1joCAAAAAKClzcvOfL5B2bEpyfcNdAf//kMrVjysdQsA&#10;zARPCgBY0LYMDf9oUn6wdQftlJr/euUZZyxv3QEAAAAA0MKWobMuSKnvjteOj1lNvndJd/DSjf4s&#10;AegD/jEDYMHaNDy8OMn/aN1Bc0s63c5/bx0BAAAAADDXNg0NP6qm+8Ekx7Vu6SPPfOLQ8DtaRwDA&#10;sTIqA2DBKveWlyRxQhVJLT++dWjVea0zAAAAAADmylUrVz60pH4wyUmtW/rQizYNrXp56wgAOBZG&#10;ZQAsSJefdtoJSfc1rTuYN8p0ysbWEQAAAAAAc6Em5dBU511JObt1S78qKW/ZtGL4Sa07AOBoGZUB&#10;sCANDpzwkqR8T+sO5o+SrHdaGQAAAACwEGxdNvzakjy3dUefW1RqLv3Gm9yB/5+9ew/T+yzo/P+5&#10;n5kkPdBybOm2yeQ0SQuVk60cBIVKD0naclgxHFYEFM/iuoKiP12JyiqiuyyCi7igrMICBUW25ATF&#10;VgSk2IKiBdpMTpO0tBRaaHpKMs9z//6AXUtt0ySdmfs5vF7X1f/aed65nlydmef7+d5fYPAYlQEw&#10;ci5ftuyYWvLa1h30HaeVAQAAAABDb/PSyafVkt9u3TESalaPjx//ptYZAHA0jMoAGDl31fGXlOTR&#10;rTvoPyW5cOPiFY9r3QEAAAAAMBcuz7PGU/OWuE48j+qPb51YdV7rCgA4Un5YAGCk1KSUmle37qBv&#10;lU6n8/OtIwAAAAAA5sLdS6//T0nOat0xYkov9U8/tGzZw1qHAMCRMCoDYKRsnVj97CSPbd1BX/sP&#10;l512xiNbRwAAAAAAzKaPLF31mNTqsZdtLF7UG9vQOgIAjoRRGQAjpdbuT7duoO8de3C8+6OtIwAA&#10;AAAAZtNYrW9Ksqh1x6gqKT/1kYnVK1p3AMDhMioDYGRsXLbslJRycesOBkCtL2+dAAAAAAAwWzZP&#10;rHh2kgtad4y4RWO1+/utIwDgcBmVATAyxurYf0iyoHUHA+Gxm5es+J7WEQAAAAAAD1ZNSjL2u607&#10;SFLKv9+yZPX3tc4AgMNhVAbAyKi1vKR1AwOkjL20dQIAAAAAwIO1ecnkeUl1E22fqKX7X1o3AMDh&#10;MCoDYCR8dPGKVUm+u3UHg6T+0AY/KwEAAAAAA6wmpZQ4payvlO/bvHTyaa0rAOCBuFAKwEjodjov&#10;aN3AwDnlyRMr/WIPAAAAAAysrROrnx03XPefmp9pnQAAD8SoDIDRUPOc1gkMnlLKv2/dAAAAAABw&#10;tGp6P9m6gfv0ok2nTS5uHQEAh2JUBsDQu/TU1Y9Kyfe07mAgXdQ6AAAAAADgaGw6ZfKkxA3XfWq8&#10;M15+qnUEAByKURkAQ29sQe+CJGOtOxhANas3LztjWesMAAAAAIAjVRaWFydZ2LqD+1Zr/bFLXLsA&#10;oI8ZlQEwCp7dOoDBVerMua0bAAAAAACOXP3p1gUc0iknTKx4VusIALg/RmUADL1S88zWDQyuXi/n&#10;tG4AAAAAADgSW5avfkKSM1p3cGi1dp7XugEA7o9RGQBD7aNLTj81yYrWHQy0Z7QOAAAAAAA4Er2Z&#10;7kWtGzgMJT+0wTV7APqUb1AADLVup/fU1g0MtlIycdny5Y9u3QEAAAAAcLhKKWtbN/DASvLoJ0+s&#10;fFrrDgC4L0ZlAAy1knx36wYG34Hu2JNbNwAAAAAAHI4PLVv2sCRPad3B4emkXNy6AQDui1EZAEOt&#10;V+sTWjcw+IwTAQAAAIBBsag7dkGS8dYdHJ6aPKN1AwDcF6MyAIZaSZ7YuoGhcGbrAAAAAACAw9Ep&#10;5dmtGzgiT7rqrLMWtI4AgHszKgNgaH349NNPSLK4dQdD4YzWAQAAAAAAh6MmT2rdwBE57qav3uqp&#10;KwD0HaMyAIbW+P7eytYNDI3JDX5uAgAAAAD63IZvfY752NYdHJmxTucprRsA4N5cHAVgaHVqVrRu&#10;YGgc+7RTV57WOgIAAAAA4FC+d/GKlUmOa93Bkam1fE/rBgC4N6MyAIZWSW956waGR3dhMSoDAAAA&#10;APpab2zs8a0bOBp1VesCALg3ozIAhlbtdU5p3cDw6FSjMgAAAACgv/VqPbN1A0dlSesAALg3ozIA&#10;hlepRmXMml7tndq6AQAAAADgUDrJ4tYNHJVTrzrrrAWtIwDgnozKABhmJ7cOYHiUlEe2bgAAAAAA&#10;OJRay6NaN3BUxm7++h2elgFAXzEqA2CIlYe3LmCIlJzYOgEAAAAA4FBKqW6OHVC9bneidQMA3JNR&#10;GQBDrB7fuoAh0jMqAwAAAAD6W02MygZUSe8RrRsA4J6MygAYZkZlzJpS8pDWDQAAAAAAD+Ck1gEc&#10;nU4pC1s3AMA9GZUBMLxKjmudwPCoyVjrBgAAAACAB+Bm6wHVK1nQugEA7smoDIDhVVNaJzA8avx9&#10;AgAAAAD6W0kOtm7g6HR6TioDoL8YlQEwzHqtAxgepVajMgAAAACgr9ViVDaoauk5qQyAvmJUBsAw&#10;Mypj9pTi7xMAAAAA0N9qDrRO4OjUpLZuAIB7MioDYJi5I4tZU5I7WzcAAAAAADwAo7IB1SmdW1o3&#10;AMA9GZUBMLRq8s3WDQyPWnJ76wYAAAAAgEOrRmUDq2dUBkBfMSoDYGiVZF/rBoZIrXe0TgAAAAAA&#10;OLRyQ+sCjk7t9r7eugEA7smoDIBhdlvrAIZJubV1AQAAAADAoZXp1gUcnZksMCoDoK8YlQEwzL7a&#10;OoBhUt3hBwAAAAD0tVp7RmWDqd6VOz3+EoC+YlQGwDDb2zqA4VFr+UrrBgAAAACAQymdsrt1A0dl&#10;1/q9e+9qHQEA92RUBsDQKsXJUsyeUrs3tm4AAAAAADiUTvX4ywH1z60DAODejMoAGFq9npPKmDX1&#10;mP3H7WgdAQAAAABwKJ3x7rWtGzgq17QOAIB7MyoDYGiNjY19uXUDQ+Mr59x8ze2tIwAAAAAADuW8&#10;HTumEzdcD5xanFQGQN8xKgNgaD3ykSdsT3KwdQdDoOa61gkAAAAAAIel1s+2TuAI1RknlQHQd4zK&#10;ABhaZ1999cGU7GzdwRAo1ZHxAAAAAMBAKJ18unUDR+Tr+/buNCoDoO8YlQEw3Gq+0DqBYdD5fOsC&#10;AAAAAIDD0av5TOsGjsjfrE+6rSMA4N6MygAYarXUK1s3MPh6tXt16wYAAAAAgMNxe2//55Lc3bqD&#10;w1U+3roAAO6LURkAQ62UclXrBgbezB31gKPHAQAAAICBsH7v3rtS66bWHRye3tjMltYNAHBfjMoA&#10;GGoHFo1dnWSmdQeDrHx+/d69d7WuAAAAAAA4XKXT+cvWDRyOeu2FO3fubl0BAPfFqAyAofbca6/d&#10;l+SzrTsYXDW9y1s3AAAAAAAcibvKwU1JDrTu4NBq8uHWDQBwf4zKABh+tf5N6wQGV6d0PtG6AQAA&#10;AADgSDx/165vJNnauoNDqr2Mvb11BADcH6MyAIZfqVe0TmBgzdxVDn6qdQQAAAAAwJGrHoHZ1+on&#10;L5q+bkfrCgC4P0ZlAAy9k056+CdK8o3WHQyiesW37+gDAAAAABgodWF5X01uat3BfaulOKUMgL5m&#10;VAbA0Dv76qsPxjHfHIWa/J/WDQAAAAAAR2Pd1NT+1PonrTu4T7ceW2acJAdAXzMqA2BUbGwdwODp&#10;ZczfGwAAAABgcPXKnyQ52DqD71Rr/vScXbvubt0BAIdiVAbAaOgt2pjkQOsMBkn5h4umr9vRugIA&#10;AAAA4Gitu35qb5L3t+7gO+xb2Bv/3dYRAPBAjMoAGAlr9l5zSzzKkCNQ0/uL1g0AAAAAAA9W6XXe&#10;0rqBeyj5n+de/+Wvt84AgAdiVAbAyKjJn7duYGDM5EB5X+sIAAAAAIAHa83e6z6bUt/buoMkyb4F&#10;M+O/0zoCAA6HURkAI+P2ExZtTfK11h30v1LzsXU3Tt3cugMAAAAAYDbUmfLLSe5s3THqaurbnFIG&#10;wKAwKgNgZKy/5poDpZS3t+6g/9VO762tGwAAAAAAZsu666f2lsRjMNv66sLugje2jgCAw2VUBsBI&#10;6fQ6/yPJwdYd9LWdV+7esaV1BAAAAADAbFp016LXJ7mhdceoKqX8jFPKABgkRmUAjJTz91x7Q2q9&#10;tHUH/avUvGND0mvdAQAAAAAwm865+ZrbS/IrrTtGU924Zve2v2xdAQBHwqgMgJHT6eS/tm6gb+1L&#10;XfTHrSMAAAAAAObCmumpv0jyntYdI+bWUhb+eOsIADhSRmUAjJwLdm//dFIva91B/6mpb1uz95pb&#10;WncAAAAAAMyVbg68Ksne1h0jo+bX1+z+0ldaZwDAkSqtAwCghU1LJs8vJVtbd9BXDtRuVq67fsqH&#10;KQAAHJUPn376CccfOHDc3d0FxyfJwlruvmNs/53P37XrG63bAADgnjZNrHx6SfnbJGOtW4Zbfdfa&#10;6e2vaF0BAEfDqAyAkbV5YvLTSZ7WuoP+UGveum7P1KtadwAA0J82JJ2zJ1YvGyuuIRNlAAAgAElE&#10;QVQzZ5SUx6SW02vqGUlZleS4JCc+wJe4IyV3pmZnUr6U1C+n1Gs7ZexLj3zkCdvPvvrqg3P/pwAA&#10;gH+1ZWLyDTV5beuOIXbNMXcteuo5N19ze+sQADgaRmUAjKwti1c/uXZ6n4nvhyS3zcx0Vl58w3Vf&#10;ax0CAEB/2DQ5uahzoPN9Se/cmjwjyZPyrfHYXJhJ8k8luayXfCoL87frpqZum6PXAgCAJElNypal&#10;K9+TWl7cumUIfb031j3rwp07d7cOAYCj5SI6ACNt88Tk+5Osb91BWyX5rTXTU69r3QEAQFubJicX&#10;5UAuLrW8pJR6Tk0e1ijlziSfLLW8r7eo/qWBGQAAc+WSxYuPPaFzzMfjqR6zqdtJWXvB9LaPtQ4B&#10;gAfDqAyAkfbRxStWdTudf0mysHULrdSv1IXlDBfqAABG0+V51vhdE3vXluSlSS5KcmzrpnvpJvXy&#10;mvxFd+auD158ww13tg4CAGC4fHTJ6ad2S/czSZa0bhkGJeW1a6a3vbF1BwA8WEZlAIy8LROTv1mT&#10;32jdQRsleeGa6alLWncAADC/Nk1OLioHysuT+pokk617DtONSf6wLswfuSkCAIDZtHnx8senM/Z3&#10;SU5s3TLIPBUDgGFiVAbAyPv28d7/kmRF6xbmWcmWtbun1rbOAABg/nxkYuLhY1n4H5P8bJJHte45&#10;Snck9Z0zvbE3Xrz3uutbxwAAMBw2Llv1xE6vbk1ycuuWgVTr69fu2f6fW2cAwGwxKgOAJJuXrnx+&#10;avmr1h3Mq7s7nc6TLth13ZdbhwAAMPe+dTJZ/lOSV2dwx2T3dkdqedv4gu7rz9ux45utYwAAGHyb&#10;l59+errdy5Isbt0ySGrqG9dNb39t6w4AmE1GZQDwbZsnVr0rqS9r3cH8KCm/sGZ625tbdwAAMPc2&#10;TUy+oCRvyvBeGLu1pPzmZ6a3vWVD0msdAwDAYNt42orVpdP5WCmZaN0yEGr5gzV7tv1ySWrrFACY&#10;TUZlAPBtH1ux4qEHD3a+4BflEVDyt1funvqBDS64AQAMtc3LzlhWezNvKclFrVvmyVWpvZ9Zu2fH&#10;P7QOAQBgsG1cvnxppzu2JckZrVv62MGa+rPrprf/z9YhADAXOq0DAKBfnLdjxzfTqT8VdxMNu31j&#10;3d6PbzAoAwAYapuXrHp5ejP/NEKDsiQ5O6XzyU1LVv7aBp/7AQDwIFy4c+fuzv7jzk5ySeuWPvXV&#10;lDzToAyAYeakMgC4l80TkxuSvK5xBnOkJj+0bnrqg607AACYGx+ZmHj4WF30zpT6/NYtLZXkEwd7&#10;nZdcvPe661u3AAAwuGpSti5d9eu11g1x40KSpCbbeqU896Ld277UugUA5pJv/ABwL1dOT/1Wkq2t&#10;O5gT7zAoAwAYXpuWTT51LAs/P+qDsiSpyfePd3r/uHnpinWtWwAAGFwlqWt2b/vtUspzktzSuqex&#10;WkreNrb/uCcZlAEwCpxUBgD3YeOyZad0euNXJTmtdQuzoyT/WPYf94wLbvrCHa1bAACYfVsmJl9a&#10;k7cnObZ1S5/p1lpft27P9v/SOgQAgMH2kYmJh49l0RuS+hOtWxqY6pT6sgt2b/906xAAmC9GZQBw&#10;P7YsX/2E2u19KsnxrVt40PaWsuDJa3Z/6SutQwAAmH1bJibfUJPXtu7oc39x0kkP/bGzr776YOsQ&#10;AAAG25aJyfU1eUuSk1u3zJP3dHPgVRdNT9/aOgQA5pNRGQAcwuYlq16cUt8T3zMH2f6kd+7a6R2f&#10;bB0CAMDs2pB0nrp08q215qdbtwyCmnykO3PnCy++4YY7W7cAADDYLj119aMWjPV+r5a8LMlY6545&#10;clWpnV9cs+e6v2sdAgAtuEAOAA9g88Tk65JsaN3BUekmefHa6akPtA4BAGB2Xb5s2TH76/h7a83z&#10;WrcMmM/OzHQuvPiG677WOgQAgMG3cfnypZ3u+P+X1Fcm6bTumSXba/Kf1k1PXdo6BABaMioDgMPg&#10;cToDqSb5kbXTU+9uHQIAwOy6JBl7yMTk+0vyg61bBlEpuXLRnYvOPefma25v3QIAwHDYunTl9/ZS&#10;fic1z2zd8iBcn+StMzN3/qHTfQHAqAwADktNytaJyXfV5Edat3B4Ss2vrdkz9TutOwAAmF0bks5T&#10;Jib/PMl/aN0y0GquOGZsZu05u3bd3ToFAIDhsfG0Fas7Y+Vnk/KjSR7Suucw1Jps7KTz5s9MX/c3&#10;G5Je6yAA6BdGZQBwmGpSNk+s/B8l5adat/AAal69ds/Uf2udAQDA7Nu0ZPItpeTnWncMif9zzPTi&#10;HzwnV8y0DgEAYLhsOmXypLIwr0zyY0lWtu65D7ek5kOdUt92wfT2q1vHAEA/MioDgCNgWDYADMoA&#10;Rs6myclFY7U+tOyvD62dcmLN2MPv69+rnd5Mp1f3JUnK+C3dBd2vr5uaum1eY4EHZdPE5GtL8obW&#10;HcOkJH9+wfTUy8u3Hh8PAACzbuvS05fX2ntOTe+ipDwryXibkvqVJB9I6geunN7x6Q1OJQOAQzIq&#10;A4AjdEkydsLE5J8leWnrFr5DraX+8rrd2/+gdQgAs2vT5OSiHMxjU+vjSsqKpCxL6pIkE0mWJFn0&#10;IL78wSRfT3JLku01dUeS7Z3S2TFTy5cunL5up6EF9IdNS1euLbV8JEmndcuwKaW+as3u7W9t3QEA&#10;wPD72IoVEzMHx36gpH5fLfXpSTl9Dl/ulpR8ttR8ttZ8et+Jiy5ff801B+bw9QBgqBiVAcBRqEnZ&#10;MjH5uiSva91CkuTuWuuL1+3Z/tetQwB4cDZNTp7YOVjPSu18T009qySPq8mqNLuLOfuS/HNN/UKS&#10;z43V/P3f79n+xQ3uZoZ5tWnJ5MpOyVU1eVjrliE1U2rnB9bsue7vWocAADBatq5ceXJvJk9PLWek&#10;ZmVKVtSalaVkcQ7vhpKDSb0+pewuNbuT7Eop16bb++yavdun5jgfAIaaURkAPAhbJlb9ck19Q3xP&#10;bem21Kxfu2dqa+sQAI7clsVnPiKd/eem5oJa8r1JVqfPTyEqyTdqyqdr7X261s5ld+zddtX6pNu6&#10;C4bVJYsXH3vC2LGfSa2Pb90y5G7sdWaedOGuXTe2DgEAgEvOPHPhcfv2Hb9gZsFDumNl4Vip/+8G&#10;k5lePVA743d0ur0Dt18/9RW/kwPA3HABHAAepM0Tkz+U5M+SHN+6ZQRN1eS566anvtg6BIDDt3nx&#10;8sfXztjzSrImyZOTjLVuepC+XpLLUsvWsrC38YLt27/aOgiGyeaJVW9P6k+07hgRl++bnjrPRTkA&#10;AAAAjMoAYBZsXLzicZ1O56+TrGjdMjrqZaV3zAvX7L3mltYlABza5XnW+P6JG55V0704Kc9PsqR1&#10;0xz7YpIPlF59t0dtwIOzZemqC2utH2ndMUpKyi+smd725tYdAAAAALRlVAYAs2TL4jMfUTv7/yzJ&#10;c1q3DLlaS3739t1Tv+EEBYD+9rEVKyZmumM/klpflmSydU8D3aReXkrnzxaVg391zq5dd7cOgkFy&#10;+UlnPuTuY/d/McM/RO03d6YzfubaXV/e1ToEAAAAgHaMygBgFtWkbJlY9aqkvjHJotY9Q+iWmrx8&#10;3fTUpa1DALhvmyYnF5UD+aGkvDyp5yTptG7qByX5Ri353zV5x7rdU59v3QODYMvE5Btq8trWHaOo&#10;Jn+5bnrqBa07AAAAAGjHqAwA5sDGZaue2OnVP0/yuNYtQ+QDC8a6rzp3586bWocA8G9tPXXlkt54&#10;XpOUlyV5aOuePve5mvrmk0962HvPvvrqg61joB9tmph8bEk+n2Rh65ZRVUq5aM3ubRtbdwAAAADQ&#10;hlEZAMyRy/Os8bsm9r66JL8Zp5Y9GLtT85Nr90xtbR0CwL/10cUrVvU6nV+qyUuTHNO6Z8BMlVLf&#10;fFt3/zvX7917V+sY6CebJya3Jjm/dceI+/K+ExY9Yf011xxoHQIAAADA/DMqA4A5tmnp5JNKL/8j&#10;JU9t3TJgapJ33t2Z+aXn79r1jdYxAHynjctWPbH06m+X5ML43fLB+nqSt3Zz4M0XTU/f2joGWtsy&#10;sfrcmt7HWneQ1JqfWbdn6m2tOwAAAACYfz74B4B5UJOydWLyh2vyhiSntu4ZAJ8vpb56ze7tl7cO&#10;AeA7bVy+fOnYzNhv1JIfSTLeumfIfL3U/Lfb6t1vcnIZo2zzksnLU/Ks1h0ktWb69hMXrXJaGQAA&#10;AMDoMSoDgHl0+UlnPmT/sft/qSa/mOQhrXv60I5Syn/+zO5t79uQ9FrHAPCvtq5ceXLvYOe3k/qK&#10;JAta9wy5r5WU1982ve2t65Nu6xiYT5snVjwj6fxd6w7uoZZXrN2z7V2tMwAAAACYX0ZlANDAxmXL&#10;Thmr479Ra14ZF+aT5Ks19fW3n3DM252CANBfrjrrrAVf+9o3f6LWbEjyqNY9o6SUXNkr+YV1u6Y+&#10;07oF5suWJZObasna1h18h6l901NnGLkCAAAAjBajMgBoaPOyM5bV7syrS8mPJTm2dc/8q18ppfO2&#10;/cd0/vtzr712X+saAL7TlsWrn1w7vXckeVzrlhHWS8o7Sm/hr67Ze80trWNgLm1cvOJxnU7nn+Lz&#10;qv5Tyg+u3b3tr1pnAAAAADB/fEgHAH1g68qVJ9eD5Wdr8sokp7bumWsl+USSP3rUSQ/90NlXX32w&#10;dQ8A32nT5OSJ5UD5/aT+ePze2BdK8o2kbPBITIbZ5qWTf5San2ndwX2pl62d3n5e6woAAAAA5o+L&#10;AwDQRy7Ps8b3L9l7YS31x5OyJslY66ZZdHtS39Pr1T+6cO+Of24dA8B927hk1fd3Sv3TJCtbt3Cf&#10;PjrT6/zoxXuvu751CMymTZOTi8qB3JDkEa1buE+9zkxddsEN2/e0DgEAAABgfhiVAUCfumz58kcf&#10;6HbWl5QXJ3lqBvP79l2pdXPS+eCB4zof8YhLgP516amnHjc+fvybnE42EPYl9TVrp7f/SesQmC1b&#10;lq76wVrrB1t3cEi/unZ66g2tIwAAAACYHy4UAMAA+NiKFRPdbnlOr5bnlOSZSRa2bjqEO5NsLMkH&#10;y/7jNl5w0xfuaB0EwKFtPG3F6s5Y5z1Jzm7dwuEryfvHxns/ed6OHd9s3QIP1uaJyf+T5OLWHdy/&#10;knxpzfTUY1t3AAAAADA/jMoAYMB8+PTTT1h4Z/d7U/K0mnxvSZ6S5MR2RfUrpZQrezWfSS+f6fbu&#10;/IeLb7jhznY9AByJzROTP5zkj5Mc37qFozJVxjovWLPzun9qHQJH67LTznjkwbGZG9LfN06QpJZ8&#10;97rdU59v3QEAAADA3DMqA4ABtyHpPGX56atqr3t2p+bsXnJmSV2VlIkknVl8qTtTylR6valaMpWa&#10;z9Xx3mcu3Llz9yy+BgDz5FuPuzzuj5O8tHULD9r+kvLaNdPb3tw6BI7GlqWrXlJrfU/rDh5YTV63&#10;bnrqt1p3AAAAADD3jMoAYEhtmpxclANZWTo5udRyampOSslJqXW8pjy81DpeS064539Tkl5N+WZJ&#10;vbUm3ywlN9eSqZmZzraL9153fas/CwCz69LFq08b7/Q+kORprVuYTfXtx0wv+blzcsVM6xI4EluW&#10;TL6zlvxo6w4eWEk+sWZ66pmtOwAAAACYe0ZlAAAAI2TL0snvrrV+JCn/rnULs68mH1sw3vuh83bs&#10;+GbrFjhcm5ZM7i4lE607OCwHOvuPe8QFN33hjtYhAAAAAMyt2XwkFgAAAH1sy8Tk+lrzKYOy4VWS&#10;82ZmOldvXn766a1b4HB8ZGL1CoOygbKwt/DOZ7SOAAAAAGDuGZUBAACMgC1LJ19Zk/ckOaZ1C3Nu&#10;ZbrdKzYuW/XE1iHwQDrpPrt1A0eoVO8ZAAAAwAgwKgMAABhymycmf6XW/M8k461bmDenjPXq5Zsn&#10;VjhRiL5WkrNaN3CkytmtCwAAAACYe0ZlAAAAQ6omZfOSVb+f5HdbtzD/avKwpPPxTROTL2jdAven&#10;pDymdQNHzHsGAAAAMAKMygAAAIZQTcqWJavemFJf07qFphaW5H9vWbrqB1uHwH3pJae3buCInfKh&#10;Zcse1joCAAAAgLllVAYAADCEtiyd/AODMr5tQa31vZuWrHxe6xC4pw8tW/awkjy6dQdH7phuZ1Xr&#10;BgAAAADmllEZAADAkNkyMfmm1Pxi6w76yoJSygc3L1n5otYh8H8tnFnglLIBVUrnjNYNAAAAAMwt&#10;ozIAAIAhsmXpylfX5Bdad9CXxlLKuzYtmTy/dQgkydhYVrZu4OjUeO8AAAAAhp1RGQAAwJDYtHTy&#10;R2stv9+6g762qJR8cNPSySe1DoGk94jWBRyt4r0DAAAAGHJGZQAAAENg85LJ55SaP0lSWrfQ904o&#10;NR/deNqK1a1DGG21loe0buBo9U5oXQAAAADA3DIqAwAAGHCbJiYfW0r+V5Kx1i0MjEeNjXX+esvi&#10;M502RDO1xDBpQNUU7x0AAADAkDMqAwAAGGBbV648uSQfqcnDWrcwWGrymNrZ/95LjBFppFTDpEFV&#10;YhAIAAAAMOyMygAAAAbUJWeeubB3oHw4yfLWLQys8x+yZPL3WkcwqjxCcWDVnNg6AQAAAIC5ZVQG&#10;AAAwoE7ct//3UvLU1h0MtlLy6k1LVr6wdQejqCxoXcBRKvHeAQAAAAw5ozIAAIABtGnJyufV5D+2&#10;7mA4lFL+ZONpK1a37mC01NR9rRs4are1DgAAAABgbhmVAQAADJitS09fXkp5V5LSuoWhcWJnrPO/&#10;LznzzIWtQxgdJTEqG1zeOwAAAIAhZ1QGAAAwQK4666wFvdq9JMlDW7cwdM56yL6739g6gtFRSscw&#10;aXB57wAAAACGnFEZAADAAPnqzd/81SRnt+5gOJWUn980MXlx6w5GQ696/OWgKsXjLwEAAACGnVEZ&#10;AADAgNi4bNUTS/JrrTsYaqUkf/yhZcse1jqE4VeK064GlUEgAAAAwPAzKgMAABgAV5111oJOt74r&#10;ycLWLQy9U4/pjf9+6wiGX6md3a0bODqlFu8dAAAAwJAzKgMAABgAX735m7+akie07mBkvHLL4pVr&#10;Wkcw3Hrd3pdbN3B0aqd67wAAAACGnFEZAABAn9s0MflYj71kvvVKefuHTz/9hNYdDK+1109dn+T2&#10;1h0cuW537NrWDQAAAADMLaMyAACAPleSt8RjL5lnpWRiwd3dX2ndwfAqSS3JVOsOjtgdF+297obW&#10;EQAAAADMLaMyAACAPrZ5yaoXJ/mB1h2MplLzms3LTz+9dQfDq5biMYqD59qS1NYRAAAAAMwtozIA&#10;AIA+demppx6XUt/YuoORtjDd3n9rHcHwqr3ev7Ru4MiUxHsGAAAAMAKMygAAAPrUgrHjfiHJ4tYd&#10;jLq6bvPSFetaVzCkxsrHWydwZHqp3jMAAACAEWBUBgAA0IcuPXX1o2rJL7fugCRJr/M7NSmtMxg+&#10;x+5afFWS21p3cPjG6/hlrRsAAAAAmHtGZQAAAH1ofKy+NslDW3dAkqTkCVuWrHpR6wyGzzm5YqYm&#10;n2jdweGq156/59obWlcAAAAAMPeMygAAAPrM1pUrT06pP926A+6plvqbl+dZ4607GEoepzgoiseV&#10;AgAAAIwKozIAAIA+0zuY1yQ5vnUH3FNJVu2f2Pvi1h0Mn9Lr/k3rBg6XURkAAADAqDAqAwAA6CNb&#10;Fp/5iKT8VOsOuC81+ZWalNYdDJe1e3d+IaV8oXUHh1aSbxxTDm5q3QEAAADA/DAqAwAA6CdjB342&#10;yQmtM+B+PHbLksmLW0cwlN7dOoAH9IFzdu26u3UEAAAAAPPDqAwAAKBPXL5s2TG11p9r3QGHUkpe&#10;3bqB4TPW67wnSbd1B4dQO3/ROgEAAACA+WNUBgAA0Cfu7i54UZKTW3fAodTk+zcuXvWU1h0Ml/P3&#10;XHtDko+37uB+7bhgz3WfbB0BAAAAwPwxKgMAAOgXxSllDIZOp/5s6waGT019T+sG7lsp5b0lqa07&#10;AAAAAJg/RmUAAAB9YPPSyaclOat1BxymF246ZfKk1hEMl5NPeth7k7qrdQf/xp1lvPeHrSMAAAAA&#10;mF9GZQAAAH2gJj/eugGOwMLOwvKS1hEMl7OvvvpgreWNrTu4l5K3X7B9+1dbZwAAAAAwv4zKAAAA&#10;GvvQsmUPKzUvat0BR6KX+srWDQyhRfnTJNe3zuD/uatXZgz9AAAAAEaQURkAAEBjx/TG1ic5tnUH&#10;HImSfNeWpZPf3bqD4bJuamp/Sfn91h18S61554W7dt3YugMAAACA+WdUBgAA0FotL26dAEejJj/c&#10;uoHhU/Yf+46a3NS6g9xdxsb/a+sIAAAAANowKgMAAGjoo0tOPzUl39+6A45KzfoNPltgll1w0xfu&#10;KLX+QuuOkVfKf1m768u7WmcAAAAA0IYPfgEAABrqdbrPj9/NGFynPW3pyqe2jmD4rN2z/X0p2dK6&#10;Y4R9ed9DFr6xdQQAAAAA7Yy3DgAAABhltZcXpLSugKPXS3lBkk+37mD4jHV7P9/tdP45yaLWLaOm&#10;pPOq9ddcc6B1B3D/Ll28+rQF6T4unc7pNVlZaj2+lpzw//6FUrql1t21ZFsn9UvdBeXqdVNT+xsm&#10;AwAAMGBcugAAAGjkQ8uWPeyY3vjNccMPg23n2umpFa0jGE5blq56fa3111p3jJKSvH/N9NSLWncA&#10;32lD0nnqxOofqOm+IKWck5rVR/gl7k7JlanZ2k3n/RdNX7djLjoBAAAYHkZlAAAAjWxasvKFpZT3&#10;te6AB6vT6Tzmgl3Xfbl1B8Nn66Mff3xddOc/1OQxrVtGQsnNM93Oky7ee931rVOAb9l0yuRJnYX5&#10;uZq8IsmSWfqyNTVX1k7eeuzuxe8/J1fMzNLXBQAAYIh0WgcAAACMqlKypnUDzIZer57fuoHhdMFN&#10;X7ij0+s9N8ltrVtGQDcl6w3KoD9ctnz5ozctmXxLWZhdNfmNzN6gLElKSp5aat5998TeL29esurl&#10;G1wrAAAA4F78oggAANBATUpSjMoYCjX1vNYNDK/z9+7YVmv9idYdw64mv7V219QVrTtg1F111lkL&#10;Ni1d+ZqD3bHrSsnPJTlujl9yZUr9s6dMTP79xiUrzp7j1wIAAGCAePwlAABAA5smJh9bkmtad8As&#10;ue2kkx76qLOvvvpg6xCG1+aJVW9PjMvmyEevnJ5auyHptQ6BUbZ1ycrv6pXy/iSPbZRQk/qWfScc&#10;80vrr7nmQKMGAAAA+oSTygAAABooqc9o3QCz6MSv3bTvSa0jGG6d/cf+YpLPte4YQnvG6tgrNhiU&#10;QVOblqx8Xq+UT6XdoCz51km6P3/ivv0fu2z58kc37AAAAKAPGJUBAAA0UYzKGCq19J7euoHhdsFN&#10;X7hjQXf8/CRfbN0yRG6sNeecv+faG1qHwCjbPDG5oZTyV0lObN2SJDX5/oPdsc9tXrz88a1bAAAA&#10;aMeoDAAAoA0DHIZLydNaJzD8zr3+y1+f6XXOT7K7dcugK8k30utesG7P1PbWLTDKNi9d9etJXpek&#10;tG65l1PTGfvYponJlienAQAA0JBRGQAAwDzbunLlyUlWtO6A2VRrntK6gdFw8d7rrh/r9c5L8tXW&#10;LQPs7trJ89fu3fmF1iEwyjYtWflrqfW3W3ccwsklufyji1esah0CAADA/DMqAwAAmGe9A+VJrRtg&#10;tpWSiS1LH/PvWncwGs7fu2NbSp6X5NbWLQNof01eunbX1BWtQ2CUbVm66iWllH4elP1fJ3c7nQ9d&#10;ftKZD2kdAgAAwPwyKgMAAJhnteSJrRtgLvR6Bx/XuoHRsXb31N930zm7JttatwyMkpt7vfLMddNT&#10;H2ydAqNsy/LVT6i1vjP998jL+3Pm3cfuf08dnF4AAABmgVEZAADAPCulPqF1A8yFkpzZuoHRctH0&#10;dTsWjnW/L8nVrVsGwFTp1u+9cO+2K1uHwCi76qyzFtSZ3v9KckzrliP0nK1LJ3+sdQQAAADzx6gM&#10;AABgvtXy+NYJMBdKyWNaNzB6zt2586a7OzPnpuaK1i197Ivj471nr9m7fap1CIy6m2/+5mtSMpA3&#10;GNSa//rRJaef2roDAACA+WFUBgAAMI8uScaSrG7dAXOhJt/VuoHR9Pxdu76xb8/UuUl+M0m3dU9/&#10;qX94TGfmrPN27JhuXQKj7tLFq09L8qutOx6EE3vp/nbrCAAAAOaHURkAAMA8euipK09NsqB1B8yR&#10;la0DGF3rk+7a6akN6eTcpH6ldU8fuD3JS9dOb/+P5+zadXfrGCAZ63R/PckJrTsejFryiq1LVhqR&#10;AwAAjACjMgAAgHnU7ZQVrRtgDp106amnHtc6gtG2dtfUFfVAeUJKtrRuaaUk/9jr9s5aOz317tYt&#10;wLdcunj1aSXlFa07ZkHplfLa1hEAAADMPaMyAACAeVRKWd66AeZQGV90wpLWEbDuxqmbj9m9+OLU&#10;/GKSfa175tHBkvzewZk7n37h9Tuuax0D/Kux0v3JJItad8ySF25ctuyU1hEAAADMLaMyAACAeVRL&#10;nWjdAHOpdKtRGX3hnFwxs3bP1JtKb9GypPxJktq6aW6VTbXmMWump37l4htuuLN1DfCvNiSdUsrL&#10;W3fMogWljv1w6wgAAADmllEZAADAPCo1J7dugLlUa13cugHuac3ea25ZO73tJ2vNmpQM4+ldNyZ5&#10;6ZrpbRet2zO1vXUM8G89dcnqpycZqtF1qeVFrRsAAACYW0ZlAAAA86kYlTHcSqf3yNYNcF/W7Zn6&#10;6JW7px5Tk+ck5R9a9zxoJdfV1JftO2HR0rXTU+8uQ38SGwyu2uk9r3XDHDjr0sWrT2sdAQAAwNwZ&#10;bx0AAAAwYh7VOgDmVufhrQvg/mxIepmeujTJpZsnVjwjGduQ1Gc3zjpSn6vJhs/untq4Iem1jgEO&#10;Q805rRPmwthY71lJ3tO6AwAAgLlhVAYAADC/jMoYajXVqIyBsHZ6xyeTnLt5YsWzk87Lkjw/yUMa&#10;Z92fA0k2p5Q/37d724fXJ93WQcDh2TQ5eWIO5PGtO+ZErc+IURkAAMDQMrUBpB0AACAASURBVCoD&#10;AACYXye2DoC5ZVTGYFk7vePjST6+aXJyUQ7k/JK8NMlzkyxsnNatyeakfiALy1+vm5q6rXEPcDRm&#10;8tgkY60z5kJJ57taNwAAADB3jMoAAADmUU2OKa0jYC7V0q8nPcEhrZua2p/k0iSXXrZ8+aMPznTO&#10;ScmzkvLMJGfMR0Otme6UXJFarqhjY5ev2/XlXfPxusAc6tXVyZD+9Ffq6a0TAAAAmDtGZQAAAPOo&#10;JMe0boC5VKrPGhh85+7ceVOS9337n2xctuyUTnfsWaWUJ9bkjJQ8JjUrcvSfrfWS7E7JtUm+lF75&#10;QqfT+dsLpq/dOTt/AqBv1CwZ1k1Zak66ZPHiY9fv3XtX6xQAAABmnw96AQAA5texrQNgLtVSF7Ru&#10;gNl24a5dN+YeI7Mkueqssxbc+LXbJsd6dVVSj0vJiaXkhKRzXGo9PklqcndJubOm941ayh0l9c5e&#10;6ey8Y+aua40wYDR0Sjmhto6YQ49YsODEJP5/BgAAMISMygAAAOaXwQ3DrRafNTASzr766oNJvvTt&#10;fwDuU6/m+DKsJ5UlmTnYOSHJTa07AAAAmH2d1gEAAAAjpts6AOZUqWOtEwCgX5RShvmgspSxcT/b&#10;AgAADCmjMgAAgPk10zoA5lbnQOsCAOgXtdR9rRvm0oGDw/3nAwAAGGVGZQAAAPPLaQ4MtZp6V+sG&#10;AOgbNbe1TphDdey4nlEZAADAkDIqAwAAmF9OKmOoleTu1g0A0Ee2tw6YQ9evm5ra3zoCAACAuWFU&#10;BgAAML+c5sCwc1IZAHxb6XWva90wd8q1rQsAAACYO0ZlAAAA8+vW1gEwp4b7MV8AcET25eC2JAda&#10;d8yN3jWtCwAAAJg7RmUAAADzqBiVMexKbm6dAAD9Yv3evXel5O9bd8yFWnN56wYAAADmjlEZAADA&#10;PKpGZQy7alQGAPdUe/UTrRvmQG9hb8HftY4AAABg7hiVAQAAzKNS8/XWDTCXSsnXWjcAQD+pY52/&#10;at0wB/723Ou/7OdaAACAIWZUBgAAMI9qyZ7WDTCXaidfbd0AAP3kwl3b/jHJP7fumE215N2tGwAA&#10;AJhbRmUAAADzqJZMt26AudQr3Z2tGwCg35SUYRph3bm/zAzj6WsAAADcg1EZAADAPOrUjlEZw+zA&#10;HTt37m0dAQD9Zv+xnbclubV1x6woefvzd+36RusMAAAA5pZRGQAAwDyqY8XjLxlme9Yn3dYRANBv&#10;nnvttfuS/HHrjlmwv9fpvrl1BAAAAHPPqAwAAGAe7TtufGeSg607YC7UZEfrBgDoV6W36A9ScnPr&#10;jgel5I8u3Llzd+sMAAAA5p5RGQAAwDxaf801B5Jsa90Bc6N+sXUBAPSrNXuvuSXJr7bueBBu7NYD&#10;r28dAQAAwPwwKgMAAJh/17QOgLlQSvnn1g0A0M+u3D31Zyn529YdR6PW+tMXTU/f2roDAACA+WFU&#10;BgAAMP+c5sRQKt2OURkAHMKGpFdn8sNJvt665Qi9Y92e7X/dOgIAAID5Y1QGAAAwz5zmxJDqHuzd&#10;/i+tIwCg3627fmpvKeVlSbqtWw7T5/f17v751hEAAADML6MyAACAedabqVe2boA5cO3FN9xwZ+sI&#10;ABgEa3Zv25jk5Ulq45QH8sWZmc756/fuvat1CAAAAPPLqAwAAGCerbt+am+tmW7dAbOrfLJ1AQAM&#10;krXTU+9O8mutO+5PTbaNj/fWXnzDdV9r3QIAAMD8MyoDAABooFPy960bYDbV9D7VugEABs3a6anf&#10;LbX8dPrvUZifr52Z7z9vxw43QgAAAIwoozIAAIAGas1nWzfAbBrvVUNJADgKa/Zs++OaPD/Jra1b&#10;kiQ179zXu/vpF+7adWPrFAAAANoxKgMAAGigdnJ56waYRTeev3fHttYRADCo1k1PXTo+3ntikpYn&#10;f96ZWl6xds/UK9fv3XtXww4AAAD6gFEZAABAA2t3T/1jUr/SugNmR9naugAABt15O3ZM75ueemat&#10;+Zkkt8zjS9ea/OVYr/fEtXu2vWseXxcAAIA+ZlQGAADQQElqUj7eugNmRe1taZ0AAMNgfdJdt2fq&#10;bTMzndNL8t+T3DHHL/mplDx93fTUC5w6CgAAwD2V1gEAAACjatPEyh8pKf+rdQc8SN1uDpx00fT0&#10;ra1DAGDYbDpl8qQsqK9KystKycQsfdk7kvqBpL5z7fSOT87S1wQAAGDIGJUBAAA08tElp5/aLd09&#10;cYo0A638w9rpbU9uXQEAw2xD0vmeJaue0Sm9H0zKOUm+K0fw+X6tmS4ln6mpl2Vhef+6qanb5iwW&#10;AACAoWBUBgAA0NDmiZWfSMr3te6Ao1WTX1k3PfV7rTsAYJRceurqR40t6D6+0+usrp26OjUnJHlo&#10;kpSafTXlllrq9aXU3WO98SvP33PtDf8/e/ceZfdZ0Pv/8+w9SdrSG9CAts0kTSYtGMDDr0XKQbCB&#10;0kxSKodbQQ5FPSIcBT2Koh48aODoD0FULp4fAkcRBSnlCPaUJilFUuQmtQUUSkkyucwkDbS0pTfa&#10;XGb28/ujoJY2bW6TZ/bs12utrNXVNd3fd/7ozJ69P/v5Nk4GAACgzwy1DgAAABhsnf+TVKMy+lXt&#10;lu4lrSMAYNBcsHPjzUk+9b0/AAAAcNi5xQoAAEBDk73yt0l6rTvg4JRrVoxv2Nq6AgAAAACAw8uo&#10;DAAAoKELdmy8ITVXt+6Ag1M/2roAAAAAAIDDz+0vAQAA2vvrJGe3joAD1Ot1pz7UOgIAAABgUF25&#10;ePEJe/ZkeKhT5iZJL/XEkqGSJClTU72U27rp3ra33nPb+RMTt5WkNg0G+kppHQAAADDo1s9fduyu&#10;o3d/M8mxrVtgf5WataPbx1a17gAAAACYzWpSLl+49DFDvZydUp+QkkWpWVSThUkefoCP9s2k8/Uk&#10;Xy81X+/Ven0n8746uuO6W6ejHehvRmUAAAAzwJqFI39Ran62dQfsr1LKC0bHN/1t6w4AAACA2WR1&#10;0nnKwiVnT/WyvJQ8JSlPSfKIabxkryT/UkvWd2r51K6jO59+zoYNd07j9YA+YVQGAAAwA6wZXvLU&#10;kvLZ1h2wn26687h5Cy687ro9rUMAAAAA+t3qpHP2gtOfWsvUC5Ly/CSnNMyZTHJ1Uj7cmdO7eMXm&#10;zTc1bAEaMioD+tbHFi068ejJ7klJ9xG97tQjSy3HJkkn5Z6asqvX6d3V7dW9mcxNt+/cvPPCZKp1&#10;MwDAvtSkrBse+WqSZa1b4CHV8taV2ze9tnUGAAAAQD/7+PDpi4fS+6WaXJjk5NY9D2Cy1FzZ6+SD&#10;3V3H/N2KG//lu62DgCPHqAyY0a4588w5t9x02xlTybJOp/P42suPpNTHJzktSfcAHmpvku1JxpM6&#10;XmvGuqVz9a6jO//o+FYAYKZYOzzy0iR/3boDHsKebu2edt72DTtbhwAAAAD0oyuGl5zZS/mNJM/P&#10;gb3n2dIdSf5XZ059m9PLYDAYlQEzyuqkc/bCkf+QWs6tqc9I8rQkx0zjJadSynUl9XOp+UJ68y4f&#10;3XHdrdN4PQCAfVqfc4Z2De8YS7KwdQs8iA+snBi7qHUEAAAAQL9Zu2BkRUp+M8ny1i2H4O6a+t5M&#10;lbeuumFsR+sYYPoYlQHNXXPmmXO+fdPtK1Py0iTPSPLIhjl7avKJlFx89N3zLl3+7evuatgCAAyg&#10;dcNL/1tNfVvrDtiXUnLm6PjYl1p3AAAAAPSLKxYsedxUKX9ckme1bjmM9qTkf5epea93aAfMTkZl&#10;QDPrhkeW1ZL/Umv+c0ke3brnAdyd5OMlnfeumNj49yWprYMAgNnv0jPOOG7uPVPjSR7eugXup+TT&#10;K8fHzmmdAQAAANAPrly8eHhysvPWJC/ILN1nlOS2pKy+Y2LTn16YTLXuAQ6fWflNC5i5Viedsxcu&#10;fW6t9TeS/Fjrnv1Vk691St4+r0x+YPm2bbta9wAAs9u64ZE31OR3WnfAD+qU+tQV45s/37oDAAAA&#10;YCZbnXR+bHjkl0uyOskJjXOOlM/3OuVV52/b9JXWIcDhYVQGHBGrk87ZwyMv6CWvL8njWvcctJJv&#10;l5T3DE12/+TcG75xS+scAGB2+uRppz1671R3a5KjW7fA95XkH0Ynxn6idQcAAADATLZu4WN/uNY9&#10;f5WUc1u3NDBVkt+/Y2LsjU4tg/5nVAZMu3XDIxfW5HeT/EjrlsPo1pq6+uiJBe9anqsmW8cAALPP&#10;mgVL3lhKeX3rDvg+p5QBAAAAPLi1C5b+VEp9VwbndLJ9KP/UKZ0XrRjfsLV1CXDwjMqAabNueGRZ&#10;Td6d5KmtW6bRWJLXrZwY+0jrEABgdlkzMnJ82Zux1Mxv3QJJPrVyYuyZrSMAAAAAZqL1ixYddc/U&#10;0B+WklfFDuP7buqkvHTFxKYrW4cAB8c3M+Cwu2TZsrnH3rHrtaWU/5HkqNY9R0Ip+btOr/uq87Zv&#10;2Nm6BQCYPdYOL3lFUt7duoOBNzlVyhOePb7p+tYhAAAAADPNx4eHH97NnEuT8rTWLTNQL6X87srx&#10;Tb/XOgQ4cEZlwGG1dsHiJ6V03pdkWeuWBm6utf78qu2b/651CAAwO1ySdI8dHvlKSR7XuoXBVVP/&#10;bNXE5l9o3QEAAAAw03zi1MVLpzqddUkWt26Z4T4wf/4J/+Wsa6/d2zoE2H9GZcBhsTrpPHl45HeS&#10;/HaSocY5rX1kKnte+eyJie+0DgEA+t+ahUtWllrWtO5gYN1e92Tpqm+Nfbt1CAAAAMBMcsXwkjOn&#10;Ui4vyaNbt/SH+sk9Rw897zkbNtzZugTYP0ZlwCG79Iwzjpu7q/ee1Pri1i0zR93Q63RefP62TV9p&#10;XQIA9L+1C0bWp+Sc1h0Mnlrqa1eNb35r6w4AAACAmWTN8JKndlI+XpMTW7f0l/qZqex9jsM5oD90&#10;WgcA/W3d8MiyufdMXW1Q9oPKGZ1e/ezaBSM/2boEAOh/vV7vlUnuad3BwPnC1eOb/7h1BAAAAMBM&#10;sm7hyP9TUi43KDsY5WndzL3y0jPOOK51CfDQjMqAg7Z2ePEza/LFJI9p3TJDPSwlf7d2eGR16xAA&#10;oL+df8OWjaXU17fuYKDs7fV6r1yd9FqHAAAAAMwUly9a+h9S8/dJTmjd0sfOnHfP1MfXL1p0VOsQ&#10;4MEZlQEHZd2CkeckncuTPKx1ywxXkvzumoUjf3HNmWfOaR0DAPSveeML3p6Uf2rdwYAoeef5O7Z8&#10;tXUGAAAAwExx+SmLT+/06hVOKDt0NXn6rt7Qhy9Juq1bgH0zKgMO2JrhkQtqycVJ5rVu6Rel5me/&#10;fdNtF6/POUOtWwCA/rQ8V02m27koboPJdCvlX+qcvK51BgAAAMBM8clTHvPITrf83ySPat0yi/zk&#10;cQtH3tI6Atg3ozLggKwZHnlBSf42ieNID1Qpz9s1vON9q33vBQAO0sqtGzbUUn+ndQez2q5S60tW&#10;jY3tbh0CAAAAMBPUpOzt7n1/Us5o3TLr1Lxm7fDSV7bOAB6YYQOw39YuGFlRkr9J4jaOB++lZw+P&#10;GJYBAAft6PEFb3MbTKZNKb8/OjF2XesMAAAAgJniioVL/0dSzm/dMXvVt69ZOPLE1hXA/Rk1APtl&#10;zcKRJ6bkIzEoO2Q1edmPLRh5e+sOAKA/Lc9Vk53SeVGSW1u3MNuUz945vulNrSsAAAAAZop1w6ef&#10;W2td3bpjlptXai659IwzjmsdAtyXURnwkC479fRTSs2lSfwgP0xKyavXLRx5VesOAKA/rRjfsLWU&#10;+oIkk61bmDVumNOdfMGFyVTrEAAAAICZ4LKTTz+ppve+2FUcCSNz7pl8S+sI4L588wMe1BWPfsLD&#10;hkrv8iQLWrfMNrXmj9YuWPyk1h0AQH8aHd+8vqT8dusOZoU9KXnhuVu33tg6BAAAAGCm6HZ7b09y&#10;auuOQVFS/uvahUue27oD+DdGZcCD6s27+10p+dHWHbPUvJTOR9f80Mj81iEAQH9aMbHpD5Nc0rqD&#10;Plfz31eOj32hdQYAAADATLFu4dLzS8lLWncMmlrLu65cvPiE1h3AvYzKgH1as3DkPye5qHXHLHdq&#10;mZuLL0m6rUMAgP5Tkjo01HtFTTa1bqE/leTDo9vH/qR1BwAAAMBMsX7RoqNqrW9v3TGISvLovZPl&#10;da07gHsZlQEP6IqTlywoNe9s3TEgnnHswiW/2joCAOhPz9qy5fZeKc9JckvrFvrO5+d1Jn+mJLV1&#10;CAAAAMBMsas39FtJlrTuGFQl5VfWnnbGGa07AKMy4AFcc+aZc3pDnb9N8vDWLYOi1PJ7H1+49LGt&#10;OwCA/vTs8U3Xd1JXJLmzdQv9om4ovXkXLN+2bVfrEgAAAICZ4srFi4eTvLZ1x4Cbm6mpN7eOAIzK&#10;gAdw8823vTKpT2rdMWDmdWvvHa0jAID+tWJi87WllJ9KMtm6hRnv5k6n+59Gd1x3a+sQAAAAgJlk&#10;cqrzm0mOad1BnrNmwch5rSNg0BmVAfex5odG5qeW/9m6YzCVc9cuHPm51hUAQP8aHd90eWq9KEmv&#10;dQsz1q29Xu8ZK7Zt/EbrEAAAAICZ5PLTTluYmp9v3cG9Sim/17oBBp1RGXBfc+sba3Ji64yBVfOW&#10;T5522qNbZwAA/Wvl9s0X15pXt+5gRrqz1yurzt+x5autQwAAAABmms5U5zVJ5rTu4Pvqk9YOL/7x&#10;1hUwyIzKgH+1bnhkWUl5eeuOAfeIPVOd/946AgDob6u2j72r1ur0Wf693bXUF52/Y9MXW4cAAAAA&#10;zDTrFj72h5PyitYd3FcpnV9r3QCDzKgM+Fc1eWeSodYdg66k/Nc1p4yc2roDAOhvq7Zv/p1a84tx&#10;K0ySO3u1nLdqfPPa1iEAAAAAM1Gte1+Z5KjWHdxXrblgzYKRJa07YFAZlQFJkssXLH16kuWtO0iS&#10;zCtDeU3rCACg/63aPvauWvKyJJOtW2jm1tTeM8/fvukfWocAAAAAzEQ1KUn96dYdPKBuSX61dQQM&#10;KqMyIEnSKfnN1g38OzW/cNmpp5/SOgMA6H+rxsc+WEt+JoZlA6ckt6Xk2Su3b/mn1i0AAAAAM9Xa&#10;hUuWJ2VR4wz2peSi9YsWOUUOGjAqA7L2tDPOSOpo6w7u46ihUn+ldQQAMDusGh/7YKl5QZLdrVs4&#10;YraXWp+2cnzsC61DAAAAAGayTi1OKZvZjt81NXRe6wgYREZlQDI19evx/WDmKfUVl5188jGtMwCA&#10;2WF0+9ilpdt5cq2ZaN3CtPv8nKmhJ67YvvlrrUMAAAAAZrJLzzjjuJo8v3UHD6Hkha0TYBAZkcCA&#10;u3zRoh9KclHrDh7Q8d2ho1/QOgIAmD1Gt2785+5U/fEkX27dwrT5RJ2blefe8I1bWocAAAAAzHTz&#10;7plameRhrTt4cCV59pqRkXmtO2DQGJXBgOtMDb0kiR/AM1RJ52WtGwCA2WXFzs3b69w8JSnvb93C&#10;YdWryW+NToyNrhobu6N1DAAAAEA/6JWMtm7godXkxOyuK1t3wKAxKoNBV8qLWyfwYOoz1iwYWdK6&#10;AgCYXVaNje1eObHpZ0rKryTpte7hkN2a0rtg1cTYm0tSW8cAAAAA9ItS6/LWDeyf0inPat0Ag8ao&#10;DAbYlYsXDyf1rNYdPKhSSl7aOgIAmJ1GJza9vdQ8L8nNrVs4aNel2/2PK8e3rGkdAgAAANBPPnHq&#10;4qVJWdQ4g/1Ua57eugEGjVEZDLDJqe6LkpTWHTy4mrygdQMAMHuNbh+7dHKy89jU8rHWLRyQXpI3&#10;zJ9/whNXbt2woXUMAAAAQL+ZLJ1zWzew/0qybN2pyx7RugMGiVEZDLKaF7ZO4KGV5HFrThk5tXUH&#10;ADB7XbBz480rt296XpILS3Jb6x4e0o5a6rNWToytPuvaa/e2jgEAAADoR6VTnHzVX0otu5/UOgIG&#10;iVEZDKjLFy36Ibe+7B+lm3NaNwAAs9/KibGP1G737CTXtG5hH2r52Jzu1Fmrxjd/qnUKAAAAQF+r&#10;9QmtEzgwpVOe1roBBolRGQyo0hv68bj1ZT9Z0ToAABgMK7du2DB//gn/sZb62iR3tu7hX32rJi9c&#10;uX3T887duvXG1jEAAAAA/eyaM8+ck2SkdQcHqFf/n9YJMEiMymBAlZKntG5g/9XkWdUIEAA4Qs66&#10;9tq9q8Y3v3Wy13lsSrm4dc+Aq0l5f+nNW7ZqYuz/tI4BAAAAmA1u+vbtS5PMbd3BgamdLGndAIPE&#10;qAwGVc2TWyew/0ry6DWnLF7augMAGCwX7Nh4w8rxTT/Vq70nJbm6dc8AWl9Kzlo5selnRndcd2vr&#10;GAAAAIBZ5EdaB3AQahautnOBI8b/bDCA1oyMzEtyZusODkxnqCxr3QAADKbzt2+5Zv78E368lPrr&#10;SW5p3TMAtpbkRaMTY88cHR/7UusYAAAAgNmmlPKY1g0clHlnL3zso1tHwKAwKoMB1NnV+dEkR7Xu&#10;4MDUnk9MAADtnHXttXtHxzf/0Z6ju6cleV2My6ZB/WZN/eU6N48dnRi7pCS1dREAAADA7FR/uHUB&#10;B6dX9yxu3QCDwqgMBlCv23MbxT5UOp3HtW4AAHjOhg13rpwYe1Odm1OS+sokO1s3zQJbaupPz59/&#10;4sJVE5vfuWpsbHfrIAAAAIDZrPZyYusGDk6pWdC6AQbFUOsAoIFeXZRSWldw4JxUBgDMGN8bPr3n&#10;0jPO+NDce6ZeleTVSU5pnNVvtpSUd+yd/O57L9i58+5MtM4BAAAAGAylk0c4I75PlRzfOgEGhVEZ&#10;DKBSOsPupNOHaj39kqR7YTLVOgUA4Pues2HDnUn+YHXylrOHT39GTe8VSZ6XpNu2bMaqNbm8pPfm&#10;lRNbPts6BgAAAGAQleTh3i3tTzWZ17oBBoVRGQygmnqac8r60lFHn3z6w7Nz482tQwAAftDqpJeJ&#10;jZ9M8sl1wyPLaskvpuaiJMc1TpsRSnJbL/XiWuufn799yzWtewAAAAAGWU0e3rqBg1NK56jWDTAo&#10;jMpgAJWShQ4q60/zOpMPT2JUBgDMaKMTY9cledWakZH/XnaX56XUFyd5Zgbvd9BeUtbXUt9359Su&#10;j164Y8c9rYMAAAAASFLr3MQxHH3KSWVwhAzaC/rAvSzv+9TedB/RugEAYH+tGhu7I8lfJvnLKxcv&#10;PmHvZHlOUl5YkhVJ5rStmzZ7avKJpH6kl72XPXti4jutgwAAAAC4n92tAzg4JXFSGRwhRmUwiGrm&#10;tk7g4JRuz6gMAOhLz9qy5fYkf5Xkr9acMnJqZ6j+p9rrPCOl/kSSfn+Oc3spWd/r5RND6V563vYN&#10;O1sHAQAAAPAgatnloLL+1Kt1T+sGGBRGZTCYjMr6VCcdp8wBAH1v1Q1jO5L8aZI/XZ10fmzhyI+W&#10;XpbXkuUleXqS49sWPqQ7k3J1Uj/TKfXKueMLrl6eqyZbRwEAAACwn4qTyvpXdWcAOEKMymAwGZX1&#10;qV6q41wBgFllddLL+NiXk3w5yR9fknSPWbj09KFaH98r+dHUPKEkj0+ysFHiHaXk+vRyXU2uLUOd&#10;z92xdePXLkym/u1LNjdKAwAAAOBglGRXbR3BQSkpRmVwhBiVwYBZn3OGdmVHt3UHB82nJgCAWe3C&#10;ZCrjm65Pcn2SS77/7z+2aNGJ83rdZSXltFIzXEsdTjoLkrow9w7Ojj3IS96e5OakfDOp22rJRKll&#10;ota6tTtVr1+xc/P2Q/9bAQAAADCj1HzX7S/7UylGZXCkGJXBYKqJp0n9qJOyq3UDAEALz9227bYk&#10;n/ven/tZMzJyfG/Pnu7cevTRe0o9qkxNDg11y3EP9LVTKffM7U7d0t268Ba3rQQAAAAYPL1Sx4u3&#10;S/tSTb21dQMMCqMyGDDLc9Xk2ozckeSE1i0cFKMyAIAHsGps7I7v/eMBfFJx67S0AAAAADDTlW2t&#10;Czg4tZebWjfAoOi0DgCasN7uU7VOGZUBAAAAAADAISjJltYNHJR7rt4+5pOicIQYlcFgcp/pflU6&#10;d7dOAAAAAAAAgH7Wqz3DpP70jdVJr3UEDAqjMhhANbmldQMHp9vrjrduAAAAAAAAgH7Wmxra1rqB&#10;g1DqN1onwCAxKoMBVEoxKutPuz+/fcO3WkcAAAAAAABAP7tg58abkzitrO90vt66AAaJURkMoFrr&#10;9a0bOBh122rHuQIAAAAAAMAhqzVfaN3Agam93tdaN8AgMSqDAVRK8cO2H5Xi0xIAAAAAAABweHy2&#10;dQAHZGp3d+qq1hEwSIzKYAB1SnEsaB+qtW5r3QAAAAAAAACzQalTn2vdwIEoX3rutm23ta6AQWJU&#10;BgPo9m0bNyW5p3UHB6YkX27dAAAAAAAAALPBF3ds/VqS21t3sL/qJ1sXwKAxKoMBdGEyVZINrTs4&#10;MJ2az7duAAAAAAAAgNlgddJLrX/fuoP900lZ37oBBo1RGQyuq1oHcABKvn3e9s3Xtc4AAAAAAACA&#10;2aIml7RuYL/cc3vvns+2joBBY1QGg6oUx4P2k5rPl6S2zgAAAAAAAIDZYmrqnsuS3NW6g4f00Qt3&#10;7LindQQMGqMyGFBl19FXJdnduoP9VMrnWicAAAAAAADAbHLBzp13p5SPt+7gwXVS3t+6AQaRURkM&#10;qBU3/st3k1zTuoP9U1OdLAcAAAAAAACHXc8tMGe27V+Y2PT3rSNgEBmVwWC7snUAD60mm1aNj325&#10;dQcAAAAAAADMNndO7V6Xkm+37mAfavnw6qTXOgMGkVEZDLDeVO9DSWrrDh5cJ/lQ6wYAAAAAAACY&#10;jS7cseOe1Pyv1h08oFpK/cvWETCojMpggJ1/w5aNqfli6w4ekiN3AQAAAAAAYJpMZc87ktzVuoP7&#10;uWx0Yuy61hEwqIzKYMCVlPe3buBBXeeJEgAAAAAAAEyfZ09MfKem/nnrDu6jlpI3tI6AQWZUBoOu&#10;zr0kye7WGezTB1sHAAAAAAAAwGzXncwfJdnbuoN/9YnR8bEvtY6AQWZUBgNudMd1tyb5v607eEB3&#10;ld68d7eOAAAAAAAAgNluxc7N25PqwIcZopT65tYNMOiMyoCUkj9ISsT3OQAAIABJREFUUlt3cF+1&#10;5t3fG/0BAAAAAAAA06yUua9LcmfrjoFX8unR8c3rW2fAoDMqAzI6PvallFzRuoP72DNVO3/SOgIA&#10;AAAAAAAGxej49d8spb6hdceA292b7L2idQRgVAZ8Ty3x5Ghm+fAFOzbe0DoCAAAAAAAABslJJ534&#10;jqRuaN0xwP7k/Bu2bGwdARiVAd+zatvYP6bk0607SJJMdmp9S+sIAAAAAAAAGDRnXXvt3pT6mtYd&#10;A2rr5OTd/7N1BHAvozLgX9XUN7ZuICkl712xffPXWncAAAAAAADAIFo5vmVNav1o644B9JsX7Nx5&#10;d+sI4F5GZcC/WjW++VMp5eLWHQPu5sm657dbRwAAAAAAAMAgK/Won0+yvXXHALlk5cTYR1pHAP/G&#10;qAy4j17Z+6slua11x6AqJaufPTHxndYdAAAAAAAAMMhGd1x3a2rv+Un2tm4ZAF/v7D7mv7SOAO7L&#10;qAy4j/O3bftWSn19644B9dU7xsf+rHUEAAAAAAAAkKzcvuWfUsobW3fMcneX5MIVN/7Ld1uHAPdl&#10;VAbcz7zxBX+Wmn9u3TFger1aXn1hMtU6BAAAAAAAALjXUeOn/EFSP9O6Y/aqvzo6MXZd6wrg/ozK&#10;gPtZnqsme+m9PMme1i2Doqa+9fztm/6hdQcAAAAAAADwb5bnqsk5U3Oem+QbrVtmm1ryvpUTm9/T&#10;ugN4YEZlwAM6f/uWa5Lyy607BsTVR08s+O3WEQAAAAAAAMD9nXvDN27p1u4zk4y3bpk1Srn46vGx&#10;l7fOAPbNqAzYp5UTm96d5COtO2a529Ptvmx5rppsHQIAAAAAAAA8sPO2b9hZk1VJvtO6pf+VNfNP&#10;Ov5lq5Ne6xJg34zKgAfV2X3Mzyb5euuOWWqqk/LClVs3bGgdAgAAAAAAADy4VRNjXy/pXJhkV+uW&#10;/lX+ac/RnRefde21e1uXAA/OqAx4UCtu/Jfvlm7nJUnuat0y29TkjSsmNl3ZugMAAAAAAADYP6MT&#10;Gz9ZSl2V5I7WLX3oS5OTZdVzNmy4s3UI8NBK6wCgP6xdOPKU1FyZ5GGtW2aDkrxtdGLsV1t3AAAA&#10;AAAAAAduzfDIj5TkiiSntm7pBzX5+NTk3S+6YOfOu1u3APvHSWXAflk5PvaFTspzk+xu3dL3Srn4&#10;HyfGfq11BgAAAAAAAHBwVk2MfT2doafVZFPrlpmvvvuuibH/ZFAG/cVJZcABWTc8clFN/jJGqQfr&#10;E0d1Jp+zfNs291kHAAAAAACAPnfZqaefMtTpfTTJj7VumZFqeevo9k2/UZLaOgU4MEYhwAEZnRj7&#10;69T8UvzQPwhljUEZAAAAAAAAzB4X7Nh4w53HzXtaUt/RumWGuSu1/OzK7Ztea1AG/clJZcBBWbtg&#10;6U+l1L9MMrd1S5+49M7j5l144XXX7WkdAgAAAAAAABx+6xYuPb/W+v4kj2zd0lTJp4e6vZc9a8uW&#10;idYpwMEzKgMO2ppFI2eXXi5LclLrlhnuDaMTY2+wwAcAAAAAAIDZbd2pS0Zqp3wwg3k7zKla6/97&#10;9PYFb1yeqyZbxwCHxqgMOCQfX7j0sd1a1yZZ2LplBtqbkl9YOT72561DAAAAAACY+dbPX3bs1Nyp&#10;ebu6d/eumZi4fXXSa90EwIG7JOkev3DJL9Rafj/J8a17jpDrauorV01s/lzrEODwMCoDDtmVixcP&#10;T+7tfDglZ7dumUFuTs1LV24fu6J1CAD7tm54ZFlKXZ5anpSSM2rN6Ukefv+vrN9MLRtSysaa3ucy&#10;VT616oaxHUc8GAAAAJgV1iwYWVI6OSe9PKWULO0lZ5Tk0Q/wpfeklE2pdWNNvtqpnfV3HD/nixde&#10;d92eIx4NwAFbd+qyR9TOnjcl9eczW/cZJd+utf761RObP7DaGBpmldn5TQs44mpSrhhe+ss19c1J&#10;5rXuaat+su4pL1n1rbFvty4B4L5WJ50nDy/+j7V2XlRKfX5SfvhgH6sk19fkkppcsmpi7OuHMRMA&#10;AACYhdadumQknXJRTV6aZPEhPNTdJbmspHxg7sQp69xeDGDmW7tw8aqk+6bU+oTWLYfRZEneN9Sd&#10;ev25W7fe2DoGOPyMyoDDas2ikbNLL3+dZKR1SwN7a8kfPuqkE1afde21e1vHAPBvrnj0Ex5W593z&#10;8preryRl0TRc4ss19W1HTyz4Gy/kAgAAAP/emoVLnlFq+Y0k5+Xwvze3M6W8rc6p7141NnbHYX5s&#10;AA6ztcOLfzzpvCHJM1q3HILJpPxFZ7L3eyt2bt7eOgaYPkZlwGG3fv6yY3cdveePkvryJJ3WPUfI&#10;NaXbefno1o3/3DoEgH9Tk7JuwdIXp9S3JDn1CFzySzX1l1dNbP7cEbgWAAAAMIOtWTjyxFLzziRP&#10;ne5rleS2XvKGoydO/VMfeAOY2WpSrli4dFXt1f+RkrNb9xyAe2rJxd1e/eMV2zd/rXUMMP2MyoBp&#10;s3bB4iclnXf02ZOhA3VrTV199MSCd/lFHWBmWbNgZEmn5C9q8vQjfOma5AOlN+9XRndcd+sRvjYA&#10;AADQ2GUnn3zM0NDD/iCpv5ike4Qv/9Ver/z8+Ts2ffEIXxeAg3D5qYsf3+mUi5LykiSntO7Zh7Fa&#10;6rs7U0f9hde8YbAYlQHTqiZl7fCSi0rK7+fInBBzpEym5D1zJod+59wbvnFL6xgA7mvd8NL/VlPf&#10;lOTohhk3dVJ+bsXEpo83bAAAAACOoLULR56SWv8mKYsaZvSS+qfz55/462dde+3ehh0A7KfVSefs&#10;4dOfkfQuqsmqJCc1ThpPLR8ptXxkdMfGqxu3AI0YlQFHxOqk8+Thkeen5PdSc3rrnkOwK6nv6Uzm&#10;re4RDjDzrE46T1448oepeU3rlu/p1eTXVk2Mva11CAAAADC91i5c+rzU+sEkR7VuuVe9fHLyngsv&#10;2Lnz7tYlAOy/1UnnSYuWPqFbe8+stfOMpD49ybHTfNlbknw2NZ/ulPoP501s/lK5964cwAAzKgOO&#10;qEuWLZt73J27fiYpv5xkWeue/VWS23o1H+iVzp88e2LjltY9ANzfvbeWOOZDSX6ydcsPqjV/evX2&#10;sf+2Oum1bgEAAAAOv7ULRl6Tkrdm5r339tVu7Y6et33DztYhAByca848c87NN975xF5n6kdTyxNK&#10;ybIki5MsSNI5wIfbndRvJmVDSb5Sa/1Kp9v9ynnbNm4wIgN+0Ex7YgsMkDWnjvxE6eQXkzw3yZzW&#10;PQ+gJuVzqfnzyanvXuLTXAAz1/qcM7RreMdHk1zQumVfas0frdo+9uutOwAAAIDDa+3CkZ9LzXsz&#10;c993+3Kdm3NWjY3d0ToEgMPnkmXL5h733amTa518eKm9R9R0Hl7+3c+imtROOrfVTNZOLTfumep+&#10;64KdG29u2Qz0l5n65BYYIGt+aGR+mVuel9QLk/xEkm7jpC/X5MO1O3Xx+Vu3jjduAeAhrE46T164&#10;9IOp9cWtWx5KSd44OjH2u607AAAAgMNj7fDIC5NcnAM/KeaIKsk/zOtMrli+bduu1i0AAPQHozJg&#10;RrliyZJH1T2d82vJT3zv/uCnTfc1a3JjST6TknWTU511F+zYeMN0XxOAw2fd8NLfqKlvbt2x30p9&#10;3srxzR9rnQEAAAAcmstPXfz4Tqfzj0mOad2yP0ry3tGJsVe07gAAoD8YlQEz2hUnL1lQ53R+rFfr&#10;spI8LsnjkyxKctRBPNxUkm1J/UZq5/okX+p0Ov+4YnzD1sNXDMCRtHZ48TOTzicywz8N/APuSrd7&#10;1sqtGza0DgEAAAAOzscWLTrxqN7QNUmWtG45MPWVKyc2v6d1BQAAM59RGdCXPnnKYx451dn7w7Xm&#10;1Nopx9WSuaXWh/3g19Wam0qn3NjrTO0s3e63Vo2N7W7RC8Dht37+smN3Hb37a0kWtm45YCWfHh0f&#10;W16S2joFAAAAOHBrF4z875T8XOuOg3B3p3Qf58PWAAA8FKMyAAD60trhpe9I6i+17jhotfzsyu2b&#10;/rJ1BgAAAHBg1i4aOSe9fCr9+z7bJ1ZOjK1oHQEAwMzWT7cJAgCAJMkVC5Y8Lqm/0LrjkJT6+5ed&#10;fPIxrTMAAACA/VeTkl7+MP07KEuS89YuGDEqAwDgQRmVAQDQd3ql/E6SodYdh+jkoe4x/7V1BAAA&#10;ALD/1i0YuSDJWa07DlnJm2p/D+MAAJhmRmUAAPSVy09ZfHqS57fuOCxKXnPJsmVzW2cAAAAA+6eU&#10;/FrrhsPkiVcMn/7M1hEAAMxcRmUAAPSVTre8PLPneewpx9216/zWEQAAAMBDu2LBksfV5OmtOw6b&#10;0ntV6wQAAGau2fJmHAAAA2B9zhlKyk+37jicSsrLWjcAAAAAD61XMqt+h68151928uknte4AAGBm&#10;MioDAKBv3LNw+9OTPKp1x+FUa0YvPeOM41p3AAAAAA+u1vKi1g2H2Zzu0NRzW0cAADAzGZUBANA/&#10;ala0TpgGR825Z+qc1hEAAADAvl2x6PTHlJLh1h2HX5mNr7UAAHAYGJUBANA3SjrLWzdMh1JyTusG&#10;AAAAYN+mpnqz8zWJ5JzV3i8EAOABeJIIAEBfuObMM+ck9T+07pgWtT6pdQIAAACwb53krNYN0+SR&#10;Zw2fvqh1BAAAM49RGQAAfeHGb33ntCRzWndMi1Ie0zoBAAAA2LdaMmt/d++WyVn7dwMA4OAZlQEA&#10;0Bc6Qxlp3TBtauZfuXjxCa0zAAAAgH2axa9LdGfv3w0AgINmVAYAQF8ove6jWzdMp7onj2rdAAAA&#10;ANzf6nvfT5vfumO61FJn9WsuAAAcHKMyAAD6Qi05rnXDdOp1O7P67wcAAAD96ifmLzsmSWndMW16&#10;Ob51AgAAM49RGQAAfaIe07pgWvU6D2udAAAAANzfnuN3zerXJEqpx7ZuAABg5jEqAwCgL9RkV+uG&#10;6TSVyXtaNwAAAAD316l1d+uG6VRK8ZoEAAD3Y1QGAEBf6JTc1bphOnWG5tzZugEAAAC4v6Etw99t&#10;3TCderV6TQIAgPsxKgMAoC/UlFtbN0ynTmfyO60bAAAAgPtbnqsmk9n8YbfZ/ZoLAAAHx6gMAIC+&#10;0On1NrZumC4luW3F5s03te4AAAAA9mlT64DpUkqdta+5AABw8IzKAADoC1PzyqYkU607pkNNvHgL&#10;AAAAM9tY64Dp0unN3sEcAAAHz6gMAIC+sGpsbHdNrm/dMT3KV1oXAAAAAPtWambr7+53PfJRJ25o&#10;HQEAwMxjVAYAQN8oqZ9q3TAtam996wQAAABg33rdzMrXJErNZ8669tq9rTsAAJh5jMoAAOgfJVe1&#10;TpgGdbJ2P9M6AgAAANi3Rz3yhGuT3NW643DrlXy6dQMAADOTURkAAH3jqDK1tiS3te44nErymQt2&#10;bLyhdQcAAACwb/ee5lX+tnXHYdabM9T7UOsIAABmJqMyAAD6xvJt23al5qOtOw6nmvrB1g0AAADA&#10;Q+sks+t3+JLPPGvLlonWGQAAzExGZQAA9JVaeu9r3XAY3Vl6R/2f1hEAAADAQ5s7ccr6JOOtOw6X&#10;UvPnrRsAAJi5jMoAAOgrKye2fDbJp1p3HA615J2jO667tXUHAAAA8NCW56rJWvPm1h2HQ0023TEx&#10;9jetOwAAmLmMygAA6DslnTe1bjgMvju3M/WO1hEAAADA/puauvv9Nbmxdcchq/mTC5Op1hkAAMxc&#10;RmUAAPSd0YmNn0zykdYdh6KWuvrcrVv7/0VoAAAAGCAX7Nx5d6eU17TuOERXX7197N2tIwAAmNmM&#10;ygAA6Eu97tRrk9zduuOglGzMnPLO1hkAAADAgVsxvulDKfl0646DVJPer61Oeq1DAACY2YzKAADo&#10;S+dv3Tpeanl1646DsLtT60tWjY3tbh0CAAAAHLiS1M7eelGSW1q3HIQ3r5zY8tnWEQAAzHxGZQAA&#10;9K3R7ZveV5K/at1xIGryWysmNl/bugMAAAA4eCt2bt5eSvnpJLV1y/4rnz1q4tTXt64AAKA/GJUB&#10;ANDXenPzS0m+3LpjP11y9cTYO1pHAAAAAIdudHzT5Ul9a+uO/bSjM9l7yfJcNdk6BACA/lBaBwAA&#10;wKG67OTTTxoa6n0myWNat+xTybr5J53wk2dde+3e1ikAAADA4VGTsm7ByHtT8nOtWx7ETaVXnzq6&#10;Y/NY6xAAAPqHk8oAAOh7F+zceHOndFfVZFPrlgdUc9VQt/digzIAAACYXUpS5z/qhF9IqR9q3fKA&#10;Sr7d65WfNCgDAOBAOakMAIBZ42OLFp141NTQx1JyTuuW76upf3bXxOZXX5hMtW4BAAAAps+a4ZHf&#10;LMmbMkPefyvJ9bUztGrltm9sa90CAED/mRFPagEA4HBZv2jRUbt7Q++oyc83TplMKa8bHd/01pLU&#10;xi0AAADAEbBueOSimrwrycPaltTL50zN+elzb/jGLW07AADoV0ZlAADMSuuGRy5K8o6anHjkr163&#10;JfWilRNbPnvkrw0AAAC0tGZ45EdKKR9KrU9ocPldNVm9cmLsLT7kBgDAoTAqAwBg1vrYokUnHt0b&#10;+q2a/EqSedN9vZLclpTVJ80//v8769pr90739QAAAICZqSZl3fDIC2rNW0vJ8BG4ZC8p/7tbO284&#10;b/uGnUfgegAAzHJGZQAAzHpXLDr9Mb1e73VJfirJ0DRc4q6kvqszJ29dsXnzTdPw+AAAAEAfWjMy&#10;cnxnd15dS341yUnTcIlak8trr/ze+Ts2fXEaHh8AgAFlVAYAwMD4+PDpi7vpXZTkwiQ/cogPV5N8&#10;ISkfnpwsf3PBzo03H3ohAAAAMButn7/s2F3H7H5RrXlRSZ6RpHuIDzmeWj5ShsoHRrdu/OfD0QgA&#10;AP+eURkAAANp7WlnnFEnp55RSs6pyRNLsijJnAf5T3Yl2VRq/qmWrO/W7qfcTgIAAAA4UJedfPpJ&#10;3aHeOaXmnJQ8JcnpSY59kP+kl2Q8yddSs752ctXK8bGvlHs/8AYAANPCqAwAAJJcc+aZc2698TuL&#10;aqccX9N9eJKkTE2Vmjsmu72bV23dOuHFWgAAAGA6fGLBGSfXMvnDk7XzsG4pc5Ok1snba+l8N3Oz&#10;edXY2O7WjQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAPD/s3fn8XXXVf7H3+d7b9q0UPbNktykyU1bLIJSNhGFIiVLpwOiFpfBdcTdcdyY&#10;cfxpZ5xRR50Z1xmXcUNRp4qA0CSlaJEB3MAFKdr2Jm1uQqUW2Vraps39nt8fMIoL0Kb35tzl9Xw8&#10;+pc091VpafLN+34+AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACggVh0&#10;AAAAAAAAAABUoyvb2w+ZuTszy7N2UJpoVpImB/7f/+aWPpS47/ZUD1gmW5q2I7t10da12yN7AQAA&#10;AAAAyoVRGQAAAAAAAICGtKKlZcaBmeb5Sn2uJUmX3OfK1eqmY01qldS8jx9yh6S7H/kxJLP1nqYb&#10;kmzmV0ccNuvOk2+7bU/ZfxEAAAAAAAAVwKgMAAAAAAAAQN1zyQZy+eNMfqbcTpV0skwLJGWnKGG3&#10;SXdKuj2V35SkWtMzNlSYotcGAAAAAADYJ4zKAAAAAAAAANSl6+fMOXpPKXuByxeb6VlyHRnd9EdG&#10;zPUdT2xl845p13F9JgAAAAAAqBaMygAAAAAAAADUjUeGZBeZ/LkunSkpiW7aS+OSvueuq6ZlS986&#10;d+PGLdFBAAAAAACgcTEqAwAAAAAAAFDT1rS3N+8sZc4308WSdWvqrrSslJKkGyX7H5/mX+srFB6M&#10;DgIAAAAAAI2FURkAAAAAAACAmjTQMucEJdnXS/5CSbOieypkXNK3E/OPdI8M3RIdAwAAAAAAGgOj&#10;MgAAAAAAAAA1pb8lf5Zl9Hdynafaud5yf7mk1Ur0/t5NhRuiYwAAAAAAQH1jVAYAAAAAAACgJgy2&#10;dS1x93dKOiO6Jdj3E9n7uosbro0OAQAAAAAA9YlRGQAAAAAAAICqNtCeP1upPixpYXRLNXHpDpP+&#10;qbdY+EZ0CwAAAAAAqC+MygAAAAAAAABUpYH2+e2WTnzApWXiWeZjMw266619xcKd0SkAAAAAAKA+&#10;8CAGAAAAAAAAQFW5et68WdN2TvyzZK+V1BTdUyNSSZf7br217+7C1ugYAAAAAABQ2xiVAQAAAAAA&#10;AKgaA635bpk+KakzuqVG3S2z1/eObPhWdAgAAAAAAKhdjMoAAAAAAAAAhBtsWXCYJ+OfkvT86Jb6&#10;4Csznr3kvNF1m6NLAAAAAABA7WFUBgAAAAAAACDUqrbOM1K3y8TpZOW22ZS8tKe4/vroEAAAAAAA&#10;UFsYlQEAAAAAAAAIcevChU1bt97/YcneKJ5VVopL/nGfZu/oKxTGo2MAAAAAAEBt4EENAAAAAAAA&#10;gCm3qrPzqHSPLpfs3OiWhuD6gad6ft9dhbHoFAAAAAAAUP0YlQEAAAAAAACYUgOtHafI7GrJnhTd&#10;0mDuNSUXcR0mAAAAAAB4Ikl0AAAAAAAAAIDG0Z/LL5Ul32FQFuIwV7pyINd5SXQIAAAAAACobpxU&#10;BgAAAAAAUGbXtc6bPaHS8YnZcS4/xKRDXH6IPDlYls76v3/OZbtM2ilJJt0v16Y00YjcN5XSzKbb&#10;xtb/ermUhv1CgDIbbMu/3l0flZSJboH+sbdYWB4dAQAAAAAAqhOjMgAAAAAAgP1wTcvcYzNJ6dmJ&#10;2elyLXDpeEmHlenD75L8x2bJjSqlN40fkL35/HXrtpXpYwNTZrmUnJbr/A/J3hTdgt8z6bLpxZZX&#10;LtINE9EtAAAAAACgujAqAwAAAAAA2AdXtrcf0uxN5yj1c2R6tqT5U/jyJUk/d/eV7v6NJWPDv5jC&#10;1wYmZbmUnJ7Lf8qlV0W34M+xL20rbnjlsof/+wIAAAAAACCJURkAAAAAAMATunXhwqatWx+4QPJL&#10;JFukKrm6z11FM79K8m/0FIdvNsmjm4BHW6Ozs7tyY5dLWhbdgsf1zSOPPPhFJ992257oEAAAAAAA&#10;UB0YlQEAAAAAADyGVbM7W0tZe7nJXy5Ze3DOE7lNbv925FEHfZNhCKrBcik5rTX/GZleGd2CvfLl&#10;HxYLL1supdEhAAAAAAAgHqMyAAAAAACAPzLYlj8pdf2jSX2SkuieffQbSf81MZF8Yunm9fdEx6Bx&#10;DeQ6PyrZm6I7sPdc/qm+4tBrozsAAAAAAEA8RmUAAAAAAACPuLat67iM+zslvVBVcsXlftjmpo/v&#10;ac584Px167ZFx6Cx9Ofyl5r0gegO7Dsz+5eekQ3viu4AAAAAAACxGJUBAAAAAICGt7K9/ZgkzX5I&#10;0otUeyeTPZG7ZXrXD0cKX1jOtXaYAgO5/F9Jukw8e6xZZnpDz0jhk9EdAAAAAAAgDg92AAAAAABA&#10;w1qjs7M7c2NvNendkmZG91SWr3PZ2/uKhWuiS1C/+lvyZ1mi1ZKaoluwX1JZurR3ZLg/OgQAAJTP&#10;yvb2YzJp9nB5cliq0uFK7DCTHW7uh7vs0Mf7uSbfIWncpV0u7TTXbpm2yrXVssndyYRtvf+g7D3L&#10;1q7dPUW/HAAAUGGMygAAAAAAQEMaaJlzgpLMpyQ9PbplKpnr8+MzM2/mSkyU26q2eXNSL/1Y0uHR&#10;LSiL+zJpetp5Y8MbokMAAMDeWdnefkzGM8e5q8tdLYlZm0ut+v2P6ZVuMOn+VBozaaPkG122MXFt&#10;VDbZNH1709CirWu3V7oBAACUB6MyAAAAAADQUFyygVz+HSb9s6RsdE+QIZku7h0pfD86BPVhxYIF&#10;02Y9OP49mU6PbkFZ/bQ5mThj0aZNu6JDAADA7w22LDjMMztPd0+eYvL5ZnacXPNcOiS67Qm4pI2S&#10;7pC0Vu63p+5rHzp4xjpOOAMAoPowKgMAAAAAAA1jsGXBYbLxr7ipN7qlCrjkH/dp9o6+QmE8Oga1&#10;rb81/3EzvSG6A+Vn0md7ioVLojsAAGhUK1paZsxKpi10Jc+QdKbJF0r2pOiuMitJWifZTa705oxl&#10;/7d7ZN3G6CgAABodozIAAAAAANAQVrV2Hp8mdoVcc6NbqszNTaXs+efe9avfRoegNg20dT5Hbt+K&#10;7kBFXdxbLHwlOgIAgEZxXUtHV5pJznPXeZIWSZoV3RTgV5JuMmm10unX94ytvTc6CACARsOoDAAA&#10;AAAA1L3+XP55Jn1R0gHRLVXJtN5T9fWNFoaiU1BbVra3H5Ok2V9IOiK6BRV1b8YzTzlvdN3m6BAA&#10;AOrR1fPmzZq+K31kROaLJc2JbqoyJTPdKtcqM181baT1R4t0w0R0FAAA9Y5RGQAAAAAAqGsDrfm3&#10;yPRh8RzkidyXul2wZHTDjdEhqB0Dua6VkvdFd2Aq2Hd6ihubQmxMAAAgAElEQVQWm+TRJQAA1INr&#10;Zs89ItuUnu+uC0w6V1JzdFMNuVeuK11aMWO05bsMzAAAqAwepgIAAAAAgLrVn8tfatL7xTOQvbXD&#10;pRf0FQvXRIeg+g20dr5AZl+L7sDUMdOrekYK/x3dAQBArbqudd7skqXPk/tzZHqmpEx0Ux24R7Jv&#10;SaUV24rDNyyTStFBAADUCx6oAgAAAACAurNcSk5rzX9MptdHt9Sgktz/qnd06OvRIahegy0LDvNk&#10;fJ249rLRPJAmE/OXbNp0d3QIAAC14taFC5u23vPgUnn6Csl6xJCsgvzXkr7isi/2FQt3RtcAAFDr&#10;GJUBAAAAAIC6M9Da9SGZvy26o4btSmR/2V3csDo6BNVpINf1ackvie5AiG/2FgvPj44AAKDaDeQ6&#10;zpQyF0t+kaSDo3sa0J0uXTYtU/riuRs3bomOAQCgFjEqAwAAAAAAdaW/rfNt5vah6I46sNvNL+gb&#10;GRqIDkF1GWiZc4KSzE/EKRsNLD23tzj8negKAACqzRqdnd3ZOvpcM3uTpDOieyBJ2mXSitT0kb6R&#10;wk+jYwAAqCWMygAAAAAAQN0YbM2f76YrxNilXLbJ02f3jg7/ODoE1WOgNb9GprOjOxDHpTu2FwtP&#10;XSaVolsAAKgG/cfmW5KM3uDSyyUdFd2Dx3Sbyz82o9j61UW6YSI6BgCAaseoDAAAAAAA1IX+ts5z&#10;zG1A0rTolnri0pasZ046b3Td5ugWxOvP5Zea9O3oDlQDf3Vvcegz0RUAAERa1T53fpqW3izZxZJm&#10;RvdgL5nWe6qPbPddX1w2NrYzOgcAgGrFqAwAAAAAANS8le3txyRp9ufiVIAK8eu3FYd6OJWosS2X&#10;klNz+Z+bdHx0C6qB/zoZP6Cre8vtD0WXAAAw1Qbb8ie5+79Kdm50C/bLbyV9IptN/2Px8PAD0TEA&#10;AFSbJDoAAAAAAABgf6yQMpk0+z9iUFZBdu6s1q4PRFcg1qmtnc9nUIbfsyel03ZcEl0BAMBUWtne&#10;9dT+XP4ad93KoKwuHC7pPRMTydBALr+8P58/KDoIAIBqwkllAAAAAACgpg3muv7G5R+J7mgA7tL5&#10;fcXCNdEhmHrLpeS0XH6tpPnRLageLm3Znu6aw7VRAIB6N9A+v91KE//PTS+RlI3uQcVsNvP3H3HE&#10;IZ8++bbb9kTHAAAQjVEZAAAAAACoWYMtc0/1JL1JUlN0S4O4N2ny47qHhn4THYKp1d/aeYGZXRnd&#10;gepj5m/sGRn6RHQHAACVsKqz86h0T/JeyV8uvuZoJGOSv3dbcehzy6RSdAwAAFG4/hIAAAAAANSk&#10;/nx+epqknxPf3JlKh6W77X3REZh6Zva26AZUJ3d783KeMwMA6kx/Pj+9P5e/NN1jv5L8EvE1R6Np&#10;kezTs3L5nw+0dfRFxwAAEIUv9gEAAAAAQE1KxvVWk46P7mg4pleuynUtjs7A1Olvz58u6RnRHaha&#10;nae2dv5ldAQAAOXS39bZa7v1E5M+IOnQ6B6EWiBPVvbn8t8caJ/fHh0DAMBUY1QGAAAAAABqznWt&#10;82a76e+jOxpVKv/PFS0tM6I7MDUstddEN6C6mdkboxsAANhf17XOmz2Qy19lbv2Snhzdg+ph0nOV&#10;Ttwx2Nb51jU6OxvdAwDAVGFUBgAAAAAAak7JSv8o6cDojgaWP9CmvyU6ApV3ZXv7IZI/P7oDVW/R&#10;wJx586IjAACYjBVSpj+Xv7RkpQ2Szo/uQdU6wN0+vDM3dmd/W+c50TEAAEwFRmUAAAAAAKCmDLbM&#10;PVXSK6I7Gp2ZvWOwZcFh0R2orBmefbGkmdEdqHqmUuml0REAAOyrwZbO/KxcfvUjV13yOQ+ekEld&#10;5nbdQK7zo1fPmzcrugcAgEpiVAYAAAAAAGqKJ/4+8UyjGhzkyThX3tW/i6MDUDNeukLKREcAALA3&#10;lkvJYFvnWz2x2yUtiu5BzclI9qZpO0s/72/JnxUdAwBApVh0AAAAAAAAwN4aaMs/Xa5bojvwOw9a&#10;On1Oz9jae6NDUH6r2ubNSb00JJ4hYq+l5/YWh78TXQEAwOMZbOnMK2Nfcddp0S2oCy7ZZ5t3Tnvr&#10;oq1rt0fHAABQTryrFwAAAAAA1I7U3xadgD9wkNuuv42OQGWkXnqBGJRhn2SWRRcAAPB4BnKdl3hi&#10;tzEoQxmZ5JfsmjF++8rWrmdFxwAAUE48FAIAAAAAADXh2tzcjozS9eJ6tWpz38TEjpalmzfviA5B&#10;eQ3m8j916anRHagp9zQXW560SDdMRIcAAPBoa45ccOB48/hH3fSK6BbUtT2S3tNTLHzAJI+OAQBg&#10;f3FSGQAAAAAAqAlZS98mBmXV6NBsdsbzoyNQXqva5s1hUIZJOGJH611nREcAAPBog3PmnrhzxvhP&#10;GJRhCjRJet9gruva64+df3h0DAAA+4tRGQAAAAAAqHqrOzoOdtdLojvwWIx/N3UmTUu90Q2oTWbp&#10;kugGAAD+z2Cu62+8lP7QpK7oFjQS79uTmbhzINfx7OgSAAD2B6MyAAAAAABQ9faUkudKOiC6A49p&#10;UX9rvjM6AmVk3hedgNpkMr55CgAId83s2TMHcvnLXP4RSdOje9CQjpKSwYFcfvlyvicPAKhR/AUG&#10;AAAAAACqnrkuim7A4zLJXxodgfJYo7Ozkp0V3YGa9bRrZs89IjoCANC4rmmZe2w2O3O1pIujW9Dw&#10;spLec2pr/str2tubo2MAANhXjMoAAAAAAEBVu/7Y+YdLWhTdgcdnZi+ObkB57M6NnijpwOgO1Kwk&#10;21R6ZnQEAKAxDbR2nJJN0lslnRHdAvwfM71oV5r9zqrOzqOiWwAA2BeMygAAAAAAQFWbSErPl9QU&#10;3YEn1NGfyz85OgL7L3V7VnQDalya8I18AMCUG2jtfIEs+V9Jx0S3AH/GGeke++mqXOfC6BAAAPYW&#10;ozIAAAAAAFDVUvMLoxuwd0x2bnQDysD09OgE1Dhzfg8BAKbUQC6/XGZflTQ9ugV4HLNT2ff6Wzsv&#10;iA4BAGBvMCoDAAAAAABVqz+fn24S16jVju7oAJQFpydgfy28deFCTpgEAFScS9af6/xXSe+RZNE9&#10;wF44wMy+MdiW/+voEAAAngijMgAAAAAAULUye3yhpOboDuwtP7s/n+d0iBq2uqPjYElzojtQ85q3&#10;bLlvfnQEAKC+3bpwYdNgW+flJntHdAuwj7Lu+kx/Ln9pdAgAAI+HURkAAAAAAKhaLq7hqzEztUun&#10;R0dg8nbvyZwoTvlAGZjZk6MbAAD1a82RCw7cuvWBVXJ7YXQLMElm0gcG2vKfXM737AEAVYq/oAAA&#10;AAAAQNVyN66+rDFJYqdFN2DyzNJ50Q2oDwmjMgBAhazu6Dh414zdA5IWRbcA+831ulNb81/m6nAA&#10;QDViVAYAAAAAAKoZJ5XVGJcYktS2fHQA6gYDRQBA2V3Z3n7IxETSL/mZ0S1AuZjpRVt/c//XGZYB&#10;AKoNozIAAAAAAFCVrp8z52hJR0V3YF/5U6ILMHnmSVd0A+qDyzqiGwAA9eWa2XOPaE6z35F0RnQL&#10;UHZmF27d+sBX1+jsbHQKAAD/h1EZAAAAAACoSrs9Mye6AZPy5BVSJjoCk2Sei05AvfDW6AIAQP0Y&#10;bFlwWDabflfSSdEtQAU9b1frXSsYlgEAqgWjMgAAAAAAUJWs5O3RDZiU5gOO7eiMjsBk+ezoAtSN&#10;o9e0tzdHRwAAat/V8+bNUma8XxIn4qL+mT9nV27sawzLAADVgFEZAAAAAACoTmbt0QmYnCRJOGWu&#10;Bi2XEsmOjO5A3bAdZkdHRwAAatua9vbmaTtLV7nrtOgWYAo9bzw39rnlfC8fABCMv4gAAAAAAEBV&#10;MqkjugGTY4kdHt2Afff0zs4jJHEiAsomo6ZDohsAALVrhZTZlWYvk3ROdAsw1Vx6yem5/PuiOwAA&#10;jY1RGQAAAAAAqEqp9KToBkyWHxpdgH3n4zoougH1Jd2TMioDAEzarFznJyU9P7oDiOLSpf2t+ddG&#10;dwAAGhejMgAAAAAAUJVMNiO6AZOTujiprBY1ZQ6ITkB9MdPB0Q0AgNrU39r5D5K9OroDiGamTwy2&#10;dT03ugMA0JgYlQEAAAAAgCrljMpqVCJxUlkNsrTEqAxlZabm6AYAQO0ZbOt6kZm9N7oDqBKJu3+l&#10;P9f5jOgQAEDjYVQGAAAAAACqFWOEGpVyOlFNKvFnDmXmbpnoBgBAbRlsy5/k7p+RZNEtQBVpluyK&#10;VW3z5kSHAAAaC6MyAAAAAABQrRi41KjENRHdgH2XSB7dgPpi5tnoBgBA7ehvzXe6a5UkTk8F/ohJ&#10;R6c+MbC6o4M38AAApgyjMgAAAAAAUK2mRQdgclLXeHQD9p2bMSpDWbmc588AgL2ypr292Uxfl3RE&#10;dAtQvWxeaSL5tHOSHwBgivBFPQAAAAAAqFbbogMwaYzKalBasjS6AfXFXbuiGwAAtWFnKfs5SSdH&#10;dwDVzqWLBlo73xndAQBoDIzKAAAAAABAlbJ7owswSQmjstpU2hFdgPpisp3RDQCA6jfY2vUaM70o&#10;ugOoFWb2T4NtXUuiOwAA9Y9RGQAAAAAAqFJ+X3QBJsdcu6MbMAmpHoxOQH0xSxgqAgAeV39b/mlu&#10;/u/RHUCNSdz9iwPt89ujQwAA9Y1RGQAAAAAAqFL+2+gCTJbdHV2ASWhKGZWhrEqpc40xAOAx9R+T&#10;P9JcV0uaEd0C1KAjlE5csWLBgmnRIQCA+sWoDAAAAAAAVCmuv6xV7r4xugH7bqZ0f3QD6ks2k/wm&#10;ugEAUL2syT8lqTW6A6hhJx20ffe7oyMAAPWLURkAAAAAAKhOrrHoBEyOZTMj0Q3Yd4s2bdoliRMC&#10;UTa792zbEt0AAKhOA7nOS2R2YXQHUOvc/e9X5boWR3cAAOoTozIAAAAAAFCVTMkvohswKalnSpui&#10;IzA5Lv06ugF146GlmzfviI4AAFSflcd2zJXs36M7gDqRpPKvrGxvPyY6BABQfxiVAQAAAACAqjRh&#10;u+6IbsCk/LqvUBiPjsDkmLQ5ugF1gxMLAQB/4taFC5uSTHK5pAOiW4A6clTi2S+4ZNEhAID6wqgM&#10;AAAAAABUpb8oFu+TnFOTao7/MroAk2emoegG1I0N0QEAgOpzz9YH/1bSydEdQN1x9QzmOl8SnQEA&#10;qC+MygAAAAAAQBUzrsCsOXZzdAEmz91+Fd2A+uCuQnQDAKC6DObyC1z+3ugOoH7Zv3MNJgCgnBiV&#10;AQAAAACAKuY/jy7APnJ9PzoB+8F9XXQC6gan3gEAfmeFlHHZFyRNi24B6thhSZr57+gIAED9YFQG&#10;AAAAAACqlilzXXQD9klp98zMLdERmLxsU8r1pSiLTMIoGADwewfmOl8n+SnRHUD9syX9rZ0XRVcA&#10;AOoDozIAAAAAAFC1pie7b5K0I7oDe8l1x/nr1m2LzsDkLR4eLrq0JboDNa+kXQcwKgMASJJWze5s&#10;Ndm/RHcAjcLMPtF/TP7I6A4AQO1jVAYAAAAAAKrWok2bdrl0c3QH9tpN0QHYf4nrJ9ENqHVe6N5y&#10;+0PRFQCA6pBm7d8lzYruABrIEck0MeQEAOw3RmUAAAAAAKCqJearohuwd1LZiugG7L9Ufmt0A2qd&#10;/Ti6AABQHQbbupZIel50B9BoXHrlYFv+pOgOAEBtY1QGAAAAAACqmpfS1dEN2Ct3PzS6gVPl6kDi&#10;uiW6AbXN5TdGNwAA4vXn89Pd/WPRHUCDSjzVJ12y6BAAQO1iVAYAAAAAAKpa79jG2036WXQHnoiv&#10;WCaVoiuw//akO2+UNB7dgdqVTf2G6AYAQBXY42+U1BGdATQs0+mr2rpeGJ0BAKhdjMoAAAAAAEAN&#10;sC9GF+CJ+DeiC1AeSzdv3iGJKzAxKS5tWTw2XIjuAADEun7OnKPN7d3RHUCjc/cPrjr6hAOiOwAA&#10;tYlRGQAAAAAAqHrWlH5N0p7oDjymsR8Wh7kysY6Y9J3oBtSmRFplkkd3AABiTaSZ90iaFd0BQMem&#10;03e8PToCAFCbGJUBAAAAAICq1z009BuXvh3dgcdg9rHlUhqdgfJJTVdFN6A2uTm/dwCgwQ3MmTfP&#10;XX8d3QHgd97af0z+yOgIAEDtYVQGAAAAAABqgrkui27An/WQlaZ9LjoC5dU3Uvip5JuiO1BzdiW7&#10;DrguOgIAEGwifb+kpugMAL9zYDJN74yOAADUHkZlAAAAAACgJvSMFq6R2e3RHfhDJn22Z2ztvdEd&#10;qACz/ugE1BjTDd1bbn8oOgMAEGegteMUmV8Q3QHgD7n0mv5j8y3RHQCA2sKoDAAAAAAA1AST3N3f&#10;G92BPzDhSfaj0RGoDC9pRXQDaou7fy26AQAQzJJ3SbLoDAB/olmJLo2OAADUFkZlAAAAAACgZvyo&#10;WPiWpDujO/A7V/Vu+tWm6AhURu9Y4UZJQ9EdqBnbM+MHXBEdAQCIM9DacYqkv4zuAPDnmemSgfb5&#10;7dEdAIDakY0OAPbFGp2d3dFSPC7JZLrkPtekoyUd5tIMmU/Ik21m2pp6ul6JrS/t3nH70s2bd0R3&#10;AwAAAADKY7mUDpj9P7kzXIi3K7HMO6IjUDkm+aB0uUvvjm5BDTC7lqsvAaCxuSXv5ogyoKpNU7rn&#10;7yS9JjoEQOWs0dnZnW1jT0lcXal7l5lapeT3f0W7HpT5dkl3Jknyi2mbZhcW6YaJuGJUMz63Q9Vb&#10;OWdOW6aUvcjNF8l1pqQD9+Gn75b0YzO7wTy9srs4dFuFMgEAe2GFlJmZm9uWTUtzlSTzJH+Syw41&#10;+cEuHWKmQ9x/N3p/0KUJk+5/eDhsI27aYJ6uT5psfffQ0G9CfzEAACDMcik5LZf/maSnRLc0NLcP&#10;945ueHt0BiqrvzXfaab14sYDPIFEdl53ccPq6A4AQIzBOXNP9FL6U/G9R6Da7WrKlNrP3bhxS3QI&#10;gPIZmDNvnk2UnpuazjbpDEkH7MNPf9ClG8313WxTesXi4eFipTpRe/jEDlXpkfXsRYnrEpeeqfL9&#10;Xh1298+PZ0qffM6mTfeX6WMCAB7Dqva580uldFFiOsul4yXlJU0v04d/QNIdbvqepbqxedf0mxdt&#10;Xbu9TB8bAABUucGWuad6kn5fDF2ibG7eOX0en381hoFc/tuSlkZ3oKqt7S0Wjo+OAADE6W/NX26m&#10;F0V3AHhibnpf30jhH6I7AOyfFS0tMw5Mpv+1yV6l8r3xMpV0g9w/2zza+k1OMAOjMlSV5VJyWlv+&#10;5XL9vaTOCr7UA3L/uE+3D/UVCg9W8HUAoKFc2d5+SHOp6QKZP1vSOZJmT+HLT0j6ictvSNLMFT1j&#10;6380ha8NAAACDLTlPynX66I7GpLby3tHN3wxOgNTY6A13y3TYHQHqpfJ3txT3PDR6A4AQIxVsztb&#10;06wNS7+7gQBAdbuveef0HG8SAmpTfz4/Pdnjb0jd3m7S0RV8qWHJPthcPPZzjMsaF6MyVI3+tvzT&#10;zO3Tkp8yVa/p0pbE9K4fjBQ+v/zh1S0AYB+tOXLBgTtn7LrQpIslWyQpE930iLskv0Lyb/QUh282&#10;yaODAABAeV2byx2aaNovK/wADX/ETD98cKTwjGVSKboFU2P5w1fOrtPDJw8Df2y7pdPbesbW3hsd&#10;AgCIMZjLf8ClS6M7AOw9M72hZ6TwyegOAPtmsK3rue7+QUkdU/airp8nib+ue2Tolil7TVQNRmUI&#10;t0LKHJTLv9uldyrsXSx+vdm0l/SM/PLXMa8PALVnYM68eSpN/K1kyyQdGt3zuMxuN/lnHizt+vyy&#10;sbGd0TkAAKB8HnmY9s3ojgZyXzLhJ3ZvHhqNDsHU6m/Lv8Jcn4vuQPVx+Qf7ikMMCQCgQa05csGB&#10;4zPGR106JLoFwN5zacOPioX5yzl0A6gJ/fn8QbbHPi33FwQluNz+7cijDnrnybfdtieoAQEYlSHU&#10;da3zZqdW+ppLz4pukfQbJbqod1PhhugQAKhm/bn8Unv4nYfPiG6ZhAcl/2LGs/963ui6zdExAACg&#10;PAbb8le664LojkZgbq/oGd3whegOTL1bFy5s2rr1gXWS5kS3oKrsbMqU5py7ceOW6BAAQIz+XOcb&#10;Tfax6A4A+87dn9M3OnRVdAeAx7eypeMpSZJcKakzukWuHyQlX8abDRtHEh2AxrWypeMpJZu4tUoG&#10;ZZJ0lFKt7s91vio6BACqUX9b5zkDufx3Tfq2anNQJkkHSfamkpXWDbTl/+36OXO4KgsAgDowfcf0&#10;i036ZXRHvXPXVxmUNa6Tb7ttj1wfju5AtbEvMygDgMZmsldHNwCYHDN7TXQDgMc30NbRlyTJ91UN&#10;gzJJMp1eytqPB9vyJ0WnYGpwUhlC9OfyTzbpO5KOiW75M1KXv6avOPTZ6BAAqAaPvAPiI5LOiW6p&#10;gB2SPuTT9P6+QmE8OgYAAEzeyvaupyap3yJpRnRLnRqzdPqJPWNr740OQZz+fH667fZfSdYenILq&#10;sNNLmtt3V2EsOgQAEGMg13GmlPxvdAeASXN3dfWNFoaiQwD8qcG2riXufoWk6dEtf8Z98rS7d3T4&#10;x9EhqCxOKsOUu66lo8tMN6g6B2WSlJjs0wOtXS+LDgGASNfMnnvEQK7r00mS/ET1OSiTpJmS3qPd&#10;+sVAW0dfdAwAAJi8JZs2/Exur4zuqEcm3e9SN4My9BUK4/LkndEdqBofYVAGAI2Oz7+BGmeSvzQ6&#10;AsCf6m/Nn+fu31J1Dsok6VBZsnple9dTo0NQWZxUhinVn88fZLt1i6QF0S17YVymRb0jhe9HhwDA&#10;VBtszZ/v5v8l2ZOiW6aQS/rqrmTiDc/ZtOn+6BgAADA5A7n8ZyX9dXRHHSmZ2fk9IxtWRoegOiyX&#10;ktNa8z+R6cToFoR6oKmU7Tz3rl/9NjoEABDjyvb2Q5rT7GZxUjBQ68a2FQvty6RSdAiAh/W35jvN&#10;9GNJh0a3PBF3FadlS6eeu3HjlugWVAYnlWHKuGTarctVG4MySZou17dWtrdX64lqAFB2q44+4YCB&#10;XP4yN13VYIMy6eGx/Yub0+wdg61znxkdAwAAJueHxcKrJV0e3VEvzO1VDMrwaMulNDF7e3QHYrm0&#10;nEEZADS25rTpIjEoA+pBy0EtnYujIwA87JrZs2fKdJVqYFAmSWbK7ZnIXHXrwoVN0S2oDEZlmDKr&#10;WrtebdJfRHfso2Mynv2v6AgAmAoDLXNOSKfvuFXSxdEtwY51S9cM5PLLl/O5EgAANWe5lG6bNf0V&#10;Ll0b3VLr3PVvPaMbvhDdgerTXdywWow3G5ZJP9teLHw8ugMAEMz9ZdEJAMoksZdFJwB4WFN25r+Y&#10;dHx0xz4xnX7P1gfeFZ2ByuD6S0yJ1R0duYmJ5JeSZka3TIa7v6BvdOh/ojsAoFL6WzsvMrPPSpoV&#10;3VJlrt6VTLyM6zABAKg9ty5c2LR16wNXSFoa3VKb/EM9xaFL7eErwoE/cU3L3GOzSfpL8TVEwzHz&#10;c3pGhtZEdwAA4jxyLVchugNA2Yxns+nRi4eHH4gOARrZQFv+6XLdpNo88GAiTeyUJZs2/Cw6BOVV&#10;i78ZUYMmJjL/pBodlEmSmX14zZELDozuAIByc8kGc/kPmNnXxTeD/pzzm9PsrYMtnfnoEAAAsG9O&#10;vu22PRMTO14g2XeiW2qNmf1Lb3HoHQzK8HiWjq2/y6V3R3dgarnpCwzKAACW2AujGwCU1fSJCbsg&#10;OgJoZMulRK6PqXY3PNnE/SPOwVZ1p1Z/Q6KGrGrtPF7yl0R37KeWXTPG3xAdAQDldOvChU2Dua4v&#10;uHRpdEuV6/TE/re/Lf+06BAAALBvlm7evGNbcUO3mf4ruqVGpHK9vmdkA1cWYK/0FgsflbQqugNT&#10;Zjiza+YboyMAAFXh+dEBAMrNnhtdADSyU9vyL5R0cnTHfnGdtao1/5fRGSgvRmWouDTRO1Ufi9S3&#10;XT1vHqf4AKgLqzs6Dt669cEByV8a3VIjjjHXjQOt+e7oEAAAsG+WSaXukcLr3f290S1VbsLcXt87&#10;WvjP6BDUDpO8pOR1krZHt2AKWPrG7i23PxSdAQCIdW1b13FyPyG6A0DZnbe6o+Pg6AigES2XksT1&#10;D9Ed5eCmd0Y3oLwYlaGi+o/Nt8jtedEdZXL49B3pi6MjAGB/rWhpmTExYddI/uzolhpzoExX9rfm&#10;z4sOAQAA+8Yk7xsderc/fKLCruieKjScyE/vGd3wqegQ1J6/KK4fNtPfRneg0uzjvSPD/dEVAIB4&#10;WalevucD4A9N31NK/iI6AmhEp7V19Lh0XHRHmZza354/PToC5cOoDBVlGV0sqSm6o1zc9IroBgDY&#10;H/35/PRZSfO1kj0zuqVGzTDTVYOtc/n/DwCAGtRXLHwzdeuWNBLdUj38+qTJn95dHLotugS1q2ek&#10;8N+SfSm6AxVzS3Px2LdERwAAqoT7hdEJACrE9ZzoBKARuSd1tUFIUjYV9YRRGSrKpGXRDeXlp1zX&#10;0tEVXQEAk7FCyiR79HVJ50S31LgZbuk1g3PmnhgdAgAA9t2S0Q03ZrPpiSZdFt0SLJX0jz8sDnV3&#10;Dw39JjoGtc+n+Ztc2hDdgbJ7wF0vWaQbJqJDAADxVs3ubHXpqdEdACrDpN5rZs+eGd0BNJLVHR0H&#10;m7QkuqOcXLpwxYIF06I7UB6MylAxA+3z2+vxi4uSJUujGwBgX7lks3Jdn3PXBdEtdeJgL6X9A+3z&#10;26NDAADAvls8PPxAT7HwUrl6JG2O7gnwfaWlp/UWC8uXPzwuA/ZbX6HwoCe2TNKO6BaUTWpmL+4b&#10;LQxFhwAAqkOaTfqiGwBU1MxsU/PZ0RFAI9kzkSyW1BzdUWaHH7xt91nRESgPRmWoGPeJ+jwJJ9Hi&#10;6AQA2Fer2jpfL/lLozvqzGx56WreuQUAQO3qHS2synjmFHd9VZJH90yBbXK9pbnY8qzesY23R8eg&#10;/izZtOFn5nqRGCvWB9fbe0Y2rIzOAABUEVd3dAKAynK386IbgEaSSHX5Z65kfnZ0A8qDURkqxtyf&#10;Gd1QEa5nLOfPDoAa0p/rfIa7/Ud0R11yP6EpO/Pz0Q2L8IcAACAASURBVBkAAGDyzhtdt7lvtPBi&#10;S5PTJd0S3VMpLl3hJT25d7TwH1xjh0rqGS1cbdI/R3dgP5l/rWe0wNeRAIDfuXXhwiaZnxvdAaCy&#10;EjEqA6aSS3W5qUhcZ0Y3oDwYxqCC7MToggqZdXJubnt0BADsjWtmzz3CZF+TlI1uqVcuXTTQln9l&#10;dAcAANg/PWPrf9RbLDzDlCx26Y7onjIpSfqyScf3FQvP67urMBYdhMbQXSwsf+QEQNQk+862A5tf&#10;Zo1xgiMAYC/9ZssDZ0iaFd0BoLJcOm51R0cuugNoBGva25slzY3uqASX6nUr0nAYlaEiXDJJXdEd&#10;lZI1Py66AQCeiEuWzfqXJLVGt9Q91ydWtnc9NToDAADsv57i+us1TSeb6VUubYjumTzrtzQ5o7dY&#10;eElPsbA2ugaNxSTfPlp4iUtXRLdgn928Ld25dNnatbujQwAA1SXJ2OLoBgBTo7Qn8+zoBqAR7JhI&#10;ulS/m52Drz92/uHREdh/9fobFMEGjskfIenA6I6KSRloAKh+g63510reF93RIJqT1C975F0lAACg&#10;xvUVCuM9I4X//lGxMN+l50tao9o4sWe7uT6fenpKb3HDkp6x9T+KDkLjWiaVMuMzXyrp+9Et2Dsm&#10;/TJp8guXjY3tjG4BAFQfd50V3QBganiSMiIFpkCSqe/NQSmzpz26AfuPURkqIsn6wdENleTmh0Q3&#10;AMDjGWif3y7Th6I7GsxTdpYy74yOAAAA5bNcSvuKhW/2FgvnWOpzJX3AXcXorj9lN5nbK5p3Tn9S&#10;z2jhlUtGh2+NLgIkqXvL7Q8l4zMX6+FhJqqYS3eku3VW99DQb6JbAADV5+E3Uvop0R0Apojr7OgE&#10;oBGYMnW9OUjFpqIeMCpDZTRlDohOqCQ3zYpuAIDH4+nEhyXNjO5oNGZ26cCcefOiOwAAQPn1jA0V&#10;eouFv+8dLbRL6TPl+qSk4aCcPXLdIOnvlcnM7y1ueGbP6IYvLNq6dntQD/CYurfc/pBP0wWSbolu&#10;wWMqlNKkp+/uwtboEABAddqZZhZKmh7dAWCq2JNWzpnTFl0B1L1UB0UnVFKizIzoBuy/bHQA6lNp&#10;YqIpsfrdLFrqaXQDADyWVbmuv0jlz43uaFDTvFT6uKTzokMAAEBlmOQqDt8k6SZJWjlnTltSSs6W&#10;7EyZnSr3BZIyZX7ZeyX9TKafW6rvjc/MfPf8deu2lfk1gIrpKxQevHrevJ5pO0rflnHqQZX5SZpM&#10;LFla3HR3dAgAoHolSp7hNXEbPIBySSaSp0saie4A6plbmkoWnVExqaVN0Q3Yf4zKUBmpHiz7I/Rq&#10;YvZQdAIA/DkrWlpmpPKPRHc0MpMWD7R1Xdg7suFb0S0AAKDylmzcOCLpS4/80KqjTzhgomnn8Uni&#10;Xe4+18w6JB0p19EyHaGHT5M9SL8fnm2TtFPSdkn3SBqR24gl6YjLh5M99ovuzUOjU/4LA8rs/HXr&#10;tq3R2YvHc2P/6dKronsguXRtaWLHRUs3b94R3QIAqG4uf0Z0A4ApZnq6pK9HZwD1zM0esjrebLv0&#10;QHQD9h+jMlRGU/qg0jo+qczEO8IBVKVZ1vxaSZ3RHQ3P/YNrdPa3F+mGiegUAAAwtbq33P6QpB8+&#10;8gPAoyzSDRPLi3rNaW357XL9bXRPY/Mvbp/V/Oplawu7o0sAADXh9OgAAFPLzE6LbgDqnaXaVscH&#10;lSmR3R/dgP1Xv6sfhJq5qf0eSXX8UMo2RRcAwB9b0dIyQ6ZLozsgSerc1XrXX0VHAAAAANVmuZT2&#10;jhTeIvcXSuKErKm3R/JX9xaHXr5s7do6fnYHACiXlXPmtEk6KroDwNRy10nXzJ49M7oDqGeppxuj&#10;Gyopm5Tuim7A/mNUhopYpBsmXFof3VEpSalUt782ALVrljW/XDzgqR6W/t1yPtcCAAAA/qze0aGv&#10;u/w8SXdHtzSQ+xLZhb3Foc9EhwAAake2lH1KdAOAEE1JpvnJ0RFAPZuZTTdISqM7KuSeczdu3BId&#10;gf3HNzpRSeuiAypkx2FHH7opOgIAHu3WhQubXJxSVl1s3ultXc+JrgAAAACqVV9x6OaMZxa6tDq6&#10;pQHcnGZKT+subrg2OgQAUFtS01OjGwDESJQ5ProBqGeLNm3a5dJQdEclmHRndAPKg1EZKsi/F11Q&#10;CS7dfPJtt+2J7gCAR7tn6wMvMFMuugN/xP1dLll0BgAAAFCtzhtdt7m3WOiW6y2SxqN76lBJ7v/c&#10;XGw5e8nGjSPRMQCAGuR+QnQCgDALogOAemeyNdENleDuN0Y3oDwYlaFiMq66/A+gpJuiAwDgj7n0&#10;N9EN+FMuPXVV69wzozsAAACAamaS944W/iNN01Mk3RbdUzdM6z3Rmb2jQ/9vkW6YiM4BANQo04nR&#10;CQBimJxRGVBhbvU5vvKkbrciDYdRGSrmvNGhtZLq7h2QSSa5OroBAB5toGXOCZIWRnfgsaQviy4A&#10;AAAAasGSseFfNBdbTnf3d4lTy/ZHKvnHJvbseFrfpsIPomMAALXrmtmzZ8rVGd0BIIabHxfdANS7&#10;aRPZQUn1dkvaAzOsdEt0BMqDURkqxiSX9MXojrIyu71n4/qfR2cAwB+w7MXRCXhsbnreipaWGdEd&#10;AAAAQC1YpBsm+kaH/sWlkyR9N7qnBt1iplN6i0N/s3Tz5h3RMQCA2tY0/cAuSZnoDgBRrO3qefNm&#10;RVcA9ezcu371W0mD0R3lZKavLtq0aVd0B8qDURkqylL/ih4el9UFc10e3QAAj7ZCysj8RdEdeFwH&#10;HZQ0L42OAAAAAGpJX7FwZ2+x8Gx3f4GkseieGrBZ8pf1FAtn9owUfhIdAwCoExNpe3QCgFDWvHNi&#10;bnQE0AC+HB1QTqnpsugGlA+jMlRUz9hQQe5XRneUg0n3j89I/iu6AwAe7eBc1zmSZkd34PG59OLo&#10;BgAAAKAW9Y0O/U8yPnO+S38n6d7oniq03czenYzPnNtbHPqS1dGbOwEA8VxcfQk0OrekPboBqHfb&#10;ioVvSRqO7igHk27s21T4QXQHyodRGSrOPPOv0Q3l4PLPnr9u3bboDgB4tNT9ougG7JXu1R0dB0dH&#10;AAAAALWoe8vtD/UVC//q0zRH0j+adH90UxV4SPKPpclEV8/Ihvd2b7n9oeggAED9cWlOdAOAWJ56&#10;LroBqHfLpJJkH43uKAe3tC62Ifg9RmWouJ6x9T+SfGV0x366d2Ii88HoCAD4E6bu6ATslemlPcnZ&#10;0REAAABALesrFB7sLRaWp9N0jMtfKvm66KYAYyZ78+4ZmSf1Fof+ZsmmTXdHBwEA6peZMyoDGl2i&#10;1ugEoBFsmzXtU5I2Rnfsp5t7RoYHoiNQXozKMCWyWX+dpO3RHZPl8r9bunn9PdEdAPBogy2deUkt&#10;0R3YO6n5ougGAAAAoB70FQrjfcWhy7bNaj7BTX8l6ebopilwq2SvmZjYMa+nuOGjnKYPAJgKJuuI&#10;bgAQy12cVAZMgWVr1+6W+VujO/bDnjRNX2uSR4egvBiVYUosHh4umuv90R2TdMv24tDnoyMA4I+l&#10;iRgp1RCzhH9fAAAAQBktW7t2d99I4fLeYuFMpaUTZfpPSb+N7iqj++T6ZJrY03qLhVN6ixs+vXTz&#10;5h3RUQCAxuHSsdENAGKZOKkMmCq9I0NXmvQ/0R2T9G9LxoZ/ER2B8mNUhinzg9HCByTrj+7YR3c3&#10;ZUoXPnyPMQBUGbezoxOwD9yfcs3suUdEZwAAAAD1qHds4+29I4XXH3nkwU9y8z7JviTpvuiuSXhA&#10;0pcT2dJts6Yf0ztaeMOSTRt+Fh0FAGg8a9rbmyUdFN0BIBwnlQFTKFvKvl7yTdEd++j7Rx558Luj&#10;I1AZFh2AxtJ/TP5Im6bbVBur9gk3/8u+kSHu/QVQlQZy+VFx/WVNcffn9I0OXRXdAQAAADSCFVLm&#10;4LbO00qpesySHskXqjrfZPsrd12fMVtVmuar+wqF8eggAABWd3TkJiaSkegOAOEmeoqFaVxpB0yd&#10;wbb8Se66SdKM6JYnZNqazaQnLx4eLkanoDIYlWHKDbZ05tPEbjLp6OiWx5HK/cW9o0Nfjw4BgD9n&#10;VWfnUeke2xLdgX1j0j/1FAvvie4AAAAAGtE1s+ce0dTk57nr9EcGZidKOmCKM1JJvzTXDyW7yUrp&#10;9d2bh0anuAEAgCe0Kte5MJXdGt0BIN7uGZmDzl+3blt0B9BI+ts6zzG3lZKao1sex31pmp7FtZf1&#10;LRsdgMbTMzZUWNXWeWHqdp2m/sHd3nC53s6gDEA1S/f4XLbhtcfN5kY3AAAAAI1q6eb190j66iM/&#10;tELKHJjLzzPpJHc91eRzZEmr5K2SjtnPl5uQNCJpSKaCUhUSsztK0/yHfYXCg/v5sQEAqDhPdWRV&#10;nu8JYMrN3LPnUEmMyoAp1Dcy9N3BXP6lLn1FUlN0z5+xy10vYFBW/xiVIUT3yNAtq1o7T0/NrpXU&#10;Ft3zKHvc9PK+YuHy6BAAeFyWzOOw6RrkPi86AQAAAMDDlkklFQt3SrpTDz+o/53+fH56sstbU9mx&#10;iXyGJzbLTbMS+czU7XdvkkxM2919j8l2muxuefprTdNvzhsa2soVQQCAmpbYkdEJAKpDybOHSuJq&#10;O2CK9RQLKwZa87tkWiFpenTPo9xnnpzfO7r+f6NDUHmMyhCme3TojtUdHc+amEiulHRSdI+k+8z1&#10;8t5i4eroEAB4Qu7zOKmsJs11yfjmEgAAAFDd+gqFcUmFR34AANCA7DAeYQGQpHRPekh0A9CoekcL&#10;3x5smfus1NJvmCkX3SPTenNd2DO6fm10CqYGB9ci1OLh4aJP0xku/6hCvzqxm7LZ9Kk9owzKANQK&#10;48Sr2nTAwLH5Y6MjAAAAAAAAgMfj8pnRDQCqhPmh0QlAI+sZW/+jUilZKCl4y2Bfat4xfWFPscCg&#10;rIEwKkO4vkJhvK849OZE1i35uql8bZPul+v1PyxuOGvx8DDHtgKoJa3RAZikJrVEJwAAAAAAAAD/&#10;n717j7O7Luz8//6cmVxA8EpEkUwSM0A1SltFi3XbBQWSCVCrXbOr7e6q3dq1F6vdWu1227K/2rtW&#10;q3a9bWvbbXXLdm0tkItawdYLKtRWiZJkJpfJEEFEwQAJyZzz+f0Bdr2gJCEzn3PmPJ+PR/6AwPm+&#10;JvN4TOaceZ/P9wH00222gIZKKSe1boBhd+m+7V+amJ784Vry40m+NM+Xn+ykXDoxveNF59+69c55&#10;vjaNGZXRN9ZO7/jA/pOXnl1SXp3ki3N8ubtT84fdzuwTJvZO/o/Lkt4cXw/geDu5dQDHqJuHtk4A&#10;AAAAgO+kJEtbNwD9odSyqHUDcK/1eyb/eHS0N16S30kypwOvmtxSUl5dF+dJa6d3XDmX16J/jbYO&#10;gK+3YevWQ0l+9/LTT3/zQ8sJ/7F28rLUevbxevx7v/DlbbOznbdcum/7fC94AY4n7wwaUKXjXV0A&#10;AAAA9Lde6tKS0joD6AO90rMpgD5y4c6ddyR5zebT1/xurxx8WSnlxUlWH6/Hr8kNnZK37e8e/OMN&#10;MzMHjtfjMpj8BUBfuu+L09uSvO2qxz3+zJFO59/0Ss4rydOTPOwoH25PUt9Xe+W9d85MfmRD0j3+&#10;xQDzzjBpUNWeU+YAAAAA6GtOKgO+xkll0J/WzWz9cpLfSPIbG1eOn1t69XlJeW6S8aN8qLtLcl2t&#10;9e87yV+u3Tt1w/GvZVAZldH3Lr5p5/Ykv5nkNy9LOueOjT+hlpybmuWpOSUlj07qI2rKwZJyW631&#10;Syl1T6fkhnSX/vN9X0wBFozL7r199UNad3BsSnHrUgAAAAD6XWdpUltHAP2gFJsC6HPrd09em+Ta&#10;JL+4ZfXqR+dw57u76X1XallROvW01M7Dkt7i1M7+Wnq3pObWTjr70qmfXLLn9M+cn2tmW38M9Cd/&#10;ATBQLkt6mZ7cmmRr6xaAVp5x6tkn9HK3s+cHVe2c2DoBAAAAAL6TWmqv2JQBSUrpOakMBsjaqakv&#10;JvnAfb+OwORc5jDgOq0DAICjs/iWR97TuoFj10vP/ecBAAAA6GudGieWAEmSXuJN7gBDyqgMAAbM&#10;fUfQGiYNqFI7+1s3AAAAAMB3VIzKgHt1koOtGwBow+0vAWAw7U9yQusIjl7pxKgMAACAgXBZ0vlX&#10;q1Yt6852lvVKPbWUkVNr7Z30Lf9hKd2ScnPp9fbcPdKdee7u3bfPfy1wPNVaZhP3vwSSpBiVAQwp&#10;ozIAGEz7kzy6dQRHr9erRmUAAAD0latz3uhdK246Y7TWJ9dan1w65Um15slJVh3upnPvTa9Kaq25&#10;3ztg1aSmppaSpb3RbBobvzPJdJLJUsp1vfSuyz3luvU3T946nx8X8CCUOmtTBiRJz51TAIaWURkA&#10;DKKaO+/vNVz630in3tm6AQAAAK5atWpFp9tZm5q1B8vMs0dqHlaTpJTUBz8kOSnJE5M8sdb6QyUl&#10;WZxsGhvfk1I/ll7+dnRR3XThzp13POgrAXOj1tn7HZECQ6fjpDKAoWVUBgCDqJMvpOa7W2dw9Hpl&#10;0b7WDQAAAAynzWPja2otL0qpl6Sb70oy35uRFallRUpeMDtbDm0aG7+61PI36Yy+b92ez39hXkuA&#10;76im3GlSBiRJTddJZQBDyqgMAAZQqbmxJutad3DU7v7E7hunW0cAAAAwPK447cxTRkZ7P16S/1CT&#10;J6b0zf3sFidZW0tdm3r4DzeNrf5QUt6xbNnD/uac668/3DoOhl1JuT3ufwkkKSlGZQBDyqgMAAZR&#10;Ldv66EVgjlQpk5clvdYZAAAALHxbVpy1qld7r0l6L0hycuueB9BJygVJLrj11jv2bFy++p11pPtH&#10;F+/efXPrMBhWJfUrXn0EkqR2e7e1bgCgjU7rAADgGHR621oncAxq3d46AQAAgIXtqsc9/sxNY+OX&#10;92p3MqkvTf8Pyr7ZilLKazu90elNY2e8fcvq1Y9uHQTDqKR8pXUD0B/KyNJbWzcA0IZRGQAMoE5v&#10;1KhsANUSozIAAADmxBWnn/m4TcvH39IZ6Xw2yfMz+K//L0rqS3uHy9bNY2f83OVr1ixuHQTDpJue&#10;URmQJPWUU078UusIANoY9CeVADCULty77Qslub11B0enk7K1dQMAAAALy2VJZ+PY6p8d7fRuTMlP&#10;J1lo46tTauobT95/z+c3Lx9/TusYGB5OKgOSktxxzvXXH27dAUAbRmUAMIBKUmstV7fu4GiN+pwB&#10;AABw3GxcMf69546NX19S3pTkpNY9c+zxteRvNo2tvvKK0898XOsYWOgWj3Rva90AtNdL3PoSYIgZ&#10;lQHAgKqlZ6A0UOq2dXs+/4XWFQAAAAy+y9esWbx5bPy3S80navI9rXvmV7l4Uad3w6ax1S9tXQIL&#10;2bN37fpikntadwBtFaMygKFmVAYAA2qkxqhsgNT4fAEAAPDgfXDVqlNP3n/wgzV5dZJFrXtaqMnD&#10;k/L2TStWv/t9Z511cuseWIhKUmsy3boDaKwUXwcAhphRGQAMqIv2Tm1NcnPrDo5QzTWtEwAAABhs&#10;G1esftbh7sgNSfmB1i19oZYXLD7Q/ceNY+NPbJ0CC1FJ9rZuABqrdVfrBADaMSoDgAFVkprk71t3&#10;cER6daT74dYRAAAADK6NY+OvLrVsSXJK65Y+M16SazcvH39O6xBYeKoTimDI1RiVAQwzozIAGGC1&#10;1ve0buBI1A9dvHu3U+UAAAA4apcnI5tXjP+Pkvx2ktHWPX3q5FryV5vGznh56xBYSErc9g6GXUnd&#10;2boBgHaMygBggN350KUbk9zWuoMHUDt/0ToBAACAwXPdU5+66KSx8b+sNS9r3TIARpP6B5vHxt/Q&#10;OgQWjOL2lzDsau3sbt0AQDtGZQAwwDZs3Xqopv6f1h18R3fXJfW9rSMAAAAYLBvHx5fceuvtf12S&#10;H2ndMkhq8opNK8Z/v3UHLAQl9XOtG4CmZk/Ye/qe1hEAtGNUBgADrqQ6Bau/Xbl+cvKrrSMAAAAY&#10;HBvHx5eUQ+W9Sbm4dctAqnmlYRk8eIfr4c+3bgDaqcmu83PNbOsOANoxKgOAAbdueudHk3i3UJ+q&#10;tb6ndQMAAACD47KkUw7lz5K6vnXLQKt55ablq3+9dQYMskump7+S5KbWHUAbJfmn1g0AtGVUBgAD&#10;riQ1NW9q3cH92vrJvVN/2zoCAACAwXHu2Pjrk2xo3bEglPLfNo2d8fLWGTDgtrYOANoopXy2dQMA&#10;bRmVAcAC0Dl04ttTcmvrDr5Z/b3Lkl7rCgAAAAbD5uVn/OeavKJ1x8JSX79p7PHPbl0BA6sYlcHQ&#10;6tXPtE4AoC2jMgBYANbe8pm7kuK0sv6ya9myh7+7dQQAAACDYdPY459dS/Xc/vgbTTqXbz599Xjr&#10;EBhEJflc6wagjdnScVIZwJAzKgOABWJ0pPvmktzeuoN71ZrfO+f66w+37gAAAKD/XbVq1Yqk8+4k&#10;i1q3LFCPrJ3yl1ecdtqJrUNg0HRLua51A9DEVy+e3r6rdQQAbRmVAcACceHOnXfUWv5n6w6SJDff&#10;WQ/+SesIAAAA+l9NSmd25E+SPLp1ywL3lJFFJ76ldQQMmhN3P+6GJHe17gDmW/3nktTWFQC0ZVQG&#10;AAtIXVJ/Pcm+1h1Dr5af3zAzc6B1BgAAAP1v8/LxV6TkvNYdw6DUvHjTitXPbd0Bg+T8XDOb5JOt&#10;O4D5VUv5h9YNALRnVAYAC8j6ycmvllJe1bpjyH1oYu+O97SOAAAAoP9tHBt/Ykp+s3XHUKn5wyvH&#10;xh7ROgMGzLWtA4D5VdL7aOsGANozKgOABWbdnh3vTsrfte4YUodr8rOtIwAAAOh/lycjpeaPkixt&#10;3TJcymNH6+LXta6AQVKTj7duAOZV72Dpfax1BADtGZUBwAI00uu+LMnB1h3Dp75x/fTk51pXAAAA&#10;0P9OGlv9kpSc27pjGNWSF29csfpZrTtgYBxyUhkMk5p87rm7d9/eugOA9krrAABgbmxeccZra62/&#10;3LpjeNTddXH57vWTk19tXQLQL96//KzTauk9pZf6pJq6oqQzltRTkyQ1h1PyxVJyU69Xb0qytVdG&#10;PnPx9PZdJaltywEA5taWU89+SG/JXTuS8tjWLUPsc5+YnnzyZUmvdQgMgo1j49tLckbrDmDuleSd&#10;66YnX9q6A4D2RlsHAABz49o9O371+8bOODepz27dMgQOpNd7zvrJXQZlwFC7euXKpQd6oxd2kktr&#10;cnE33dO+9nslJd+wFbvvLU61JqXc+w8j6WXT2Pgtm5MttdZN++s979swM3NgPj8GAID50Fty96sM&#10;ypp74veNrf73mZ7609YhMAhKyQdSjcpgGNTk71s3ANAfnFQGAAvYB1etOvVwd+SfkjymdctCVkp+&#10;Zt2eyT9s3QHQygce//ix2dnOy5L8pySnHK/HLcntvZo/L6Mjb5nYtW3b8XpcAICWrlq58jGd3uiO&#10;JCe1bqHu3n/y0rM2bN16qHUJ9LuNY+OXluRvW3cAc643O9s59dJ927/UOgSA9jqtAwCAuXPBrl23&#10;lFJfmKTbumWhqjXvNigDhtXm09c8cvPY+BtmZzuTSV6T4zgoS5KaPLyU/Ey63Rs2rhj/46tWrVpx&#10;PB8fAKCFTh39lRiU9Ymy8uT9B1/UugIGweETRq5Jcrh1BzDXyvUGZQB8jVEZACxw6/ZMXZ1a3tC6&#10;Y2Gquzt1yc+2rgCYbzUpG8dW/0Tt3LOjJq9IsmiOLzlaal7c6Y58ftPy8Z+/zHNZAGBAbXzM+LLU&#10;/HjrDr7BL12+Zs3i1hHQ756zbdv+kny8dQcwt2rtbW7dAED/8EI8AAyBdXt3/GIteVfrjgXm5m5G&#10;nr1uZuuXW4cAzKerVq1asXnsjA+UlHckeeQ8X/6ElLz++8bG/+EDj3/82DxfGwDgQSuL85+SLGnd&#10;wdcrK0+6857nt66AQVBL+UDrBmCOlWxpnQBA/zAqA4AhUJL66FMe9pNJvap1y0JQktt7vd5Fl0xv&#10;39m6BWA+bR4784JOd+TTSX1245Tvn53tfHrL2BkXNu4AADhi1z31qYuS/EzrDr5VqXlZ6wYYBL1u&#10;jMpgYbvjhOnln2gdAUD/MCoDgCFxzvXXH97fu+f5Jfn71i0D7mDt5LkXz+z8bOsQgPm0ecUZL6zp&#10;XZXkEa1b7vPIXuqVm1ec8cLWIQAAR+KLt97xnCSnte7gfj1zy/LVT2odAf1u/cyOTyaZad0BzJkt&#10;5+ea2dYRAPQPozIAGCIbZmYOjHZHn1eTG1q3DKhuKeXHJ3ZPXtM6BGA+bVwx/qO11v+VZHHrlm+y&#10;uNb65xvHVv9s6xAAgAdSUn+ydQPfXq9TXtK6AfpdSWpKLm/dAcyRUv936wQA+otRGQAMmQtuuvG2&#10;Ew4seUaS97duGTBfTXpr1+3Z8e7WIQDzaePy8YtKzR+nf58/lpLyxk3Lz3hB6xAAgG9ny2mrlyel&#10;9S3E+Q5KzYuvOO20E1t3QL+rJf+ndQMwJ766tHQ3tY4AoL/06w8FAIA5dP6tW+/cf/KSS1OKdx4d&#10;gZrc0qu9Z09M7/y71i0A82nz2PiaUvJX6b8Tyr5ZJ6X+6cYVq5/VOgQA4P50R8olSUrrDr69mjx8&#10;0ciJF7bugH43sXvyE0n2tO4Ajrsrzt+9+2DrCAD6i1EZAAypDVu3Hlq3Z8cLU8vrWrf0tZLtI2Xk&#10;GRfv3Xld6xSA+bTl1LMfUpPLk5zcuuUILSq1vGfL6tWPbh0CAPDNSqnPa93AA6sll7RugH533y0w&#10;39u6Azi+SnUKIQDfyqgMAIZYSerE3h2vSvJLSWZb9/Sf8pGR3sj5a/ds29W6BGC+9Zbc9fokT2zd&#10;cZQe3TucP24dAQDw9a4cG3tEUv516w6ORL24OlEOHlCt9f+2bgCOq/1frQff3zoCgP5jVAYAZGJ6&#10;8rc7qefWZEfrlj7Rrclr1k3v+MGL9m7b1zoGYL5tWjl+XlJ+onXHsSkXb1y++t+2rgAA+JpOWbw+&#10;yaLWHRyJ8tjNp696cusK6HcT01MfSzLZugM4ZrHrMwAAIABJREFUPkry1xtmZg607gCg/xiVAQBJ&#10;krXTU9cfPmHkqUn+vHVLY/tqL89ePz35OyWprWMA5tvVOW80vfq2DPTzxfK7G8fHl7SuAABIktLL&#10;+a0bOAojo2tbJ0C/K0ktKe9s3QEcH73Ud7RuAKA/DfAPCQCA4+0527btn5ie/PdJ+c9J7mjd08CW&#10;2V7n6etnJj/cOgSglQMrZv5tUs5q3fFglJKxHKovbd0BAJAk6ZSntU7gKNT67NYJMAhGR2b/NMnh&#10;1h3Ag/a59dNTH20dAUB/MioDAL7FxPSOt3dzaFVS35Sk27pnHny2lvrsienJdZfObL+pdQxAKzUp&#10;pdZfad1xPJSUV12d80ZbdwAAw+3qZWtOSq1rWndw5GryPa0bYBBcsGvXLaXkqtYdwINTS31X6wYA&#10;+pdRGQBwvy6Znv7KxPTUz5WSpyf5eOueOfKlpP7k0unTn7J+z9SHWscAtLZp+fiFg35K2ddZfnBs&#10;5rmtIwCA4Xb30kNPSTLSuoMjV5JTP7hq1amtO2AQlFr+qHUD8KAcHhnNn7WOAKB/GZUBAN/Ruj2T&#10;/7h/evIH7rsl5s7WPcfJ3Ul9UymLzp6YnnrH+blmtnUQQD/olLykdcNx9uOtAwCA4VY6vae3buDo&#10;dbujZ7dugEHwqGUP3ZLk5tYdwDHbtHZq6outIwDoX0ZlAMAD2pB0J6Z3vH3d9OR4TX4oycdaNx2j&#10;m0vKKw6dMPKYiempn1u35/NfaB0E0C+uOO20E+/7Gr+QXHDFaWee0joCABhepXae1LqBo9er1ecN&#10;jsA5119/uCZvbd0BHKvem1oXANDfjMoAgCNWkrp+evKKienJZ6ZmXZL3J+m17joCMynlVw52Zp+w&#10;bnrHHzxn27b9rYMA+s2izgk/mOSE1h3H2cjIot7a1hEAwDCry1sXcPRKYlQGR+pQ3prkQOsM4Kh9&#10;emJ659+1jgCgvxmVAQDHZGLv5JaJ6cm13Rw6Jak/meSjSWrrrq+pyS0l+Z2SPGlienL5xJ4dr33u&#10;7t23t+4C6Fd1pFzUumEudHp5VusGAGCojbUO4OjVkse1boBBsf7myVtT8+7WHcDRqalvbN0AQP8b&#10;bR0AAAy2S6anv5LkHUnesWX56id1O+UFpZYLk/qUJCPznLMvydUp5b1ZVK9aNzl5zzxfH2Bw1fK0&#10;PtoGHze15NzWDQDAcKpJ2Zyc3rqDY7KsdQAMklLyhpq8JElp3QIckZlHL3v4ezLdOgOAfuebOwBg&#10;TmwcH3/oyKHyg91azysl/zrJ2UkWH+fL7K01/5BSr6nd+uGLb9q5/Tg/PsBQuCzpfN/Y+FeSPLR1&#10;yxzozs7e/dBL9+27u3UIADBcrjjtzFNGR3u3tu7gmMxMTE+6dSkchY1j4+8vyYWtO4Aj8l8npid/&#10;q3UEAP3PSWUAwJxYPzn51SRX3vcrlycjJy0fX5lOPbNTO2em1LPSy8qUPKQmD0nyiJo8pPy/4dnt&#10;NbmrU3JXrXV/Um4ppWzr9XrbO52y456lIzues23b/lYfH8BCcu6KJ5xa6+GFOChLkpHRJScvT7Kt&#10;dQgAMFw6ndnHJp3WGRybU1oHwKAZSXlTL9WoDPrf3bOznXe2jgBgMBiVAQDzYkPSzd7JqSRTSTa1&#10;7gHg63S6j063dcTcKd1qVAYAzL+SJa0TOGZLN46PP/S+N8wBR2Dt9I4rN42NfzLJ01u3AN/Rmy7d&#10;t/1LrSMAGAzeJgUAADDsulnWOmEu1dp10gQAMP/qyEjrBB6EO40C4aiV3n9vnQB8R19d1B19XesI&#10;AAaHURkAAMCw63UX9inWpSzsjw8A6EujIz2jsgHWW3xotnUDDJqJPTs3Jvl46w7g/pVS3nzBTTfe&#10;1roDgMFhVAYAADDkeqX0WjfMqWpUBgDMv9lex/cgA6yzePECvkE8zJ2Szq+2bgC+VUluP1AOO6UM&#10;gKNiVAYAADDkykgOtW6YS7XUO1s3AADDZ6TjpLJB1r37bieVwTFYN739g6m5pnUH8I16tb75ubt3&#10;3966A4DBYlQGAAAw7MrIF1onzKVayxdbNwAAw6fbq/tbN3DsDjziEUZlcIxqp/566wbgG3y5U5e+&#10;sXUEAIPHqAwAAGDIde5eMtO6YS4tqt0FPZoDAPrUaL21dQLH7NDzt2493DoCBtX6PVMfSi1/3boD&#10;uE/Nr6yb2frl1hkADB6jMgAAgCG39pbP3JVkX+uOOXLw9pmdO1tHAADD567Dh52WOrDqvpLU1hUw&#10;yLql/EKSe1p3APns/r2Tb28dAcBgMioDAAAgqeUTrRPmyNYNSbd1BAAwfDbMzBxIclfrDo5FZ0Gf&#10;5Avz4ZLp7TtT8j9adwC9V3pdBIBjZVQGAABASup1rRvmQin5ZOsGAGCYuQXmQCoxKoPjoFsP/XqS&#10;21p3wPAqGyemd/5d6woABpdRGQAAAEknm1snzI1yVesCAGCo7W0dwLGoC/XW8DCvLpme/kop9bda&#10;d8CQmu3U3qtbRwAw2IzKAAAAyNo9k5/Owvuh58Fy8IRrWkcAAMOr1vLPrRs4eqWW6dYNsFB89aSl&#10;b07yudYdMGxq6u+v3Tt1Q+sOAAabURkAAAApSa2p723dcTzVmveuveUzd7XuAACGV+nkn1o3cPR6&#10;6S3IW8NDCxu2bj2U2ntRkm7rFhgiN2Zx+dXWEQAMPqMyAAAAkiSdXt6SpNe643gppffW1g0AwHDr&#10;9XpOKhs8s93ZA59uHQELycTenZ8qyZtbd8CQqLWX/7x+cvKe1iEADD6jMgAAAJIk62amJpNydeuO&#10;46Lmn9dN7/xo6wwAYLjdVQ9tTTLbuoMjV5IbLt237+7WHbDQHJ69+5eT7GzdAQtf/dP1M5Mfbl0B&#10;wMJgVAYAAMC/KKX3G60bjpNfLUltHQEADLcNMzMHanJj6w6OXE3c+hLmwKX79t1dk1e07oAF7sud&#10;RXl16wgAFg6jMgAAAP7Fuj1TVye5onXHg1Jz7cTeyb9tnQEAkCSl5P2tGzhyNfWTrRtgoVo/PXlF&#10;Sn1P6w5YqGqtP7V2auqLrTsAWDiMygAAAPgGvW7vF5IcaN1xjGZrJz/VOgIA4Gtq6lWtGzhidbSO&#10;+nzBHFp699KX1mRH6w5YaGrJu9bvnfrL1h0ALCxGZQAAAHyDi2/aub3U8vOtO45FrfW31u+Z/HTr&#10;DgCAr3n0KQ//hyR3tO7giHzqor3b9rWOgIXs/Fu33jlS6ouSzLZugQVk8oS7l7y8dQQAC49RGQAA&#10;AN9i7d4db0+ypXXHUam59oSR7m+2zgAA+HrnXH/94VJydesOHlipeV/rBhgGa/dMfSzJb7TugAWi&#10;W1NfdP6tW+9sHQLAwmNUBgAAwLcoST10wsjzk2xt3XKEJhf1Ri85f/fug61DAAC+Wa1lc+sGHli3&#10;9q5o3QDDYtmyh/1Gkutad8CgqzVvXD899dHWHQAsTEZlAAAA3K/nbNu2vyYbSnJ765YH8NX0uj9y&#10;wU033tY6BADg/nRzz+VJDrTu4Duaunhm52dbR8CwOOf66w/3ur0fTeJ0JThGpeQTWZJfbt0BwMJl&#10;VAYAAMC3tX568nOzpXx/kptat9yvklt7nfKvJ2Z2faZ1CgDAt3PJ9PRXkvqXrTv49mryztYNMGwu&#10;vmnn9pq8MElt3QIDaF+3zP7w+snJe1qHALBwGZUBAADwHV2yZ8fna3JRrZlu3fINSm7tlXLRxbt3&#10;/FPrFACAB9IpRkt97ODi7uj/bB0Bw2j99OQVSX67dQcMmMOdUp9/8e7dN7cOAWBhMyoDAADgAa2f&#10;nvxcDuec1FzTuuVe5VO1l2cYlAEAg2LtnqmPJdnauoP7U/+3W6lDO5+YnvxvSba07oCBUcov3/d9&#10;BQDMKaMyAAAAjsj6mydvXbr39AuT/FaS2UYZNam/t2zZQ5+5fu/kVKMGAIBjU/PHrRP4VrVT3t66&#10;AYbZZUmv15l9UVK/0LoF+l1Nrly3Z8frWncAMBxK6wAAAAAGz+bTz3x67fTeluR75+2iNdfWkbxy&#10;/e7Ja+ftmgAAx9HVy9acdPDEe3amZlnrFv7FdRPTk09rHQEkm8Ye/6+Szt8lWdy6BfrU1tHR3jMv&#10;3LnzjtYhAAwHJ5UBAABw1NbNbP/kJ6Ynz6klP5bkxrm8Vkk+n1pfsG7v5PcblAEAg+z8W7feWWv9&#10;9dYd/D+dlP/augG418T0zo/U5EeT9Fq3QB+aGakjFxmUATCfnFQGAADAg1KTsnn5+EUp+akk65OM&#10;HoeHnU1yVUnnLWunt/9dSepxeEwAgOYuX7Nm8cn777kxyarWLcOuJh9YPz15UesO4BttXLH6F0ot&#10;v9e6A/rIXaXkB9ftmfzH1iEADBejMgAAAI6bzSue8Nhe7/APl5JnJfWZSXnskf/f9QspnQ+X5IrZ&#10;es+mS6anvzJ3pQAA7WxcMf6SUvNHrTuGXK+MdJ6ybtf2f24dAnyrTWNnvCmpP9u6A/pAt5TynHV7&#10;dlzVOgSA4WNUBgAAwJz54KpVpx7ulieldFbWXl3RKWXxfb91T625vaTcnpTJ1EVb181s/XLTWACA&#10;eXLdU5+66NZb7/hckvHWLUPsryamJ5/fOgK4f1fnvNGDK2auSM261i3QVCm/MrFnx2tbZwAwnIzK&#10;AAAAAABgnm1csfpZpZYPxuv0LRwc6fXOvmhm547WIcC3976zzjp58YHuh5Kc07oFWqipf7B+euoV&#10;rTsAGF6d1gEAAAAAADBs1u+Z+lBS3tK6YxjV5JcMyqD/PWfbtv2jo70LklzfugXmW01928T01Ctb&#10;dwAw3IzKAAAAAACggdnZu16TZKp1x1Ap+fAnpyff1DoDODIX7tx5x+xsZ12Sz7VugXlT6ns+OT31&#10;0yWprVMAGG5GZQAAAAAA0MCl+/bdXUr9ifih8Xy5s5ORF1+W9FqHAEfu0n3bvzTb61yUZGfrFphr&#10;Nbly2SkP/4+X+bsKgD5gVAYAAAAAAI2s2zN1dVLe2bpjGJRSL1u7Z9uu1h3A0bt0ZvtNvW5voia3&#10;tG6BOXT1yD0n/rtzrr/+cOsQAEiMygAAAAAAoKm6uL48Nde27ljg/vbaPVNvaB0BHLuLb9q5vXRG&#10;z00y2boF5sBf7T95ybq1t3zmrtYhAPA1pXUAAAAAAAAMuw+uWnXq4e7Ip5Isb92yAH1yf+/geRtm&#10;Zg60DgEevKtWrnxMpy7aklrPbt0Cx0MtededeyZ/YkPSbd0CAF/PqAwAAAAAAPrAxhXj31tqPpLk&#10;xNYtC8hMKYuevm7P57/QOgQ4fq4cG3vESBZfleQZrVvgwaipfzAxPfXKktTWLQDwzdz+EgAAAAAA&#10;+sD6PZOfTsnLW3csIPd0Sv23BmWw8FwyPf2V0dHeRFI+0roFjl19k0EZAP3MqAwAAAAAAPrExJ7J&#10;P0opv9i6YwE4XJMfW7tn6mOtQ4C5ceHOnXfMzt61tpT8TesWOEq9WuqrJqanfs6gDIB+5vaXAAAA&#10;AADQZzaOjb+iJG9o3TGgDpRefd66manNrUOAuVeTsnls/NeS/FrrFjgCd5eaF67bO/m+1iEA8ECM&#10;ygAAAAAAoA9tWj7+8yl5feuOAXNn7eWS9TOTH24dAsyvzcvPeHEt9e1JFrVugftTk1tK7V06sXfn&#10;p1q3AMCRcPtLAAAAAADoQxN7J3+/1vrrrTsGyN2dlOcZlMFwWrd3x7s6Kc9LcmfrFrgfu0Y6nfMM&#10;ygAYJE4qAwAAAACAPnbf6TtvTbKkdUv/ql9IKT8ysWfy461LgLauWnnG93R69b1JVrVugftsWdQd&#10;/dELbrrxttYhAHA0jMoAAAAAAKDPXbXyjO8p3fq+UjLWuqXv1Fwz2+08/9J927/UOgXoD+8766yT&#10;Fx/o/lGS57duYah1a/LLE9OTv1uS2joGAI6WURkAAAAAAAyA9y8/67Ru6f51kqe3bukf5c1Lpx/3&#10;8+fnmtnWJUB/qUnZMnbGy2vq7yVZ1LqH4VKTW0on/25i9+Q1rVsA4FgZlQEAAAAAwIDYcurZD+kt&#10;uev1SXlphvs1/sOpec3E3snfbx0C9LctY2dc2Et9d5JTWrcwJGr+udT6b9bNTE22TgGAB2OYn3AC&#10;AAAAAMBA2rJi9ff3avnTJOOtW+ZbSf6+V/OS9Xsnp1q3AINhy2mrl/dGyp+l5LzWLSxotaa+6YRO&#10;9zXn7959sHUMADxYRmUAAAAAADCArjjttBNHR0/4raT8bIbj9f67k/rKT0xP/c/Lkl7rGGCw1KRs&#10;Hlv9E0n5/SQPad3DgrMzJT82sWfy461DAOB4GYYnmQAAAAAAsGBtWvH49amd307y5NYtc2hLp9Zf&#10;WLt36obWIcBgu3LFGU8YqfXPkzyldQsLxl+MjvZ++sKdO+9oHQIAx5NRGQAAAAAALACbx868oJb6&#10;+tR6duuW4+ijtZNfWL978trWIcDCcfnpp59wcueE30nqz8TPSzl2+5PyqonpHW9vHQIAc8E3SQAA&#10;AAAAsEBcvmbN4ofeefCltZZfSnJa654H4bM19XV3Tk/9xYak2zoGWJg2rhj/3lLzjiTntG5h4Pyv&#10;RSPdV12wa9ctrUMAYK4YlQEAAAAAwAJzWdI5d+zMZ/XS+7mSXJzB+HlAN8l7k96bJqZ3fqR1DDAc&#10;rs55o/eM3fTTNfW1SU5q3UPfm+mkvGzt9I4rW4cAwFwbhCeRAAAAAADAMbpq5Rnf0+nWn0nJC5Kc&#10;2LrnftycWv68lPon66Ynt7aOAYbTlhVnrerV7luTrG3dQl+qSXnn6Gj3Fy/cufOO1jEAMB+MygAA&#10;AAAAYAhcfvrpJ5zUWXpBSX4oySVJHtMw57aU8oFOzV8snn7c5vNzzWzDFoAk966GNi8/4z+m1N/I&#10;YN9CmOOoJP/UK/W/rN8z9aHWLQAwn4zKAAAAAABgyFyWdJ52+hlPG+nU9TX5viRPS/LIObzk/iSf&#10;SvLBXu194FN7d/7jZUlvDq8HcMwuX7Nm8UP3H3pZTf3vSR7WuodmdiV59brpyb8qSW0dAwDzzagM&#10;AAAAAADI5tNXj9fSeVo69Wmp5aykrkyyMkd3y8wvpZR9tdbpkrqzpFw3W8p11+3Zse0yIzJgwHzw&#10;cd/1qMMjh381KT+VZLR1D/PmjpLya189efFbN2zdeqh1DAC0YlQGAAAAAAB8WxsfM76sLi2PG+31&#10;RmZr5yEjpSxOkprZ2km5/XDp3D1SRg4szcGbz9+9+2DrXoDjbeOK8e8ttbw2qetbtzCnDiX1XbVb&#10;Xrv+psmZ1jEA0JpRGQAAAAAAAMAD2Dw2vqYmr07ywiQjrXs4bg6W5A/Kovr7a6emvtg6BgD6hVEZ&#10;AAAAAAAAwBEyLlswDib1HZ3ZvG7tvqm9rWMAoN8YlQEAAAAAAAAcpc0rxp/S6+W/lJLnJ1nUuocj&#10;dlcp+bNOt/eGi2Z27mgdAwD9yqgMAAAAAAAA4BhtfMz4sizOS0ry00mWt+7h/pXk8zX1jUsPLH33&#10;+bduvbN1DwD0O6MyAAAAAAAAgAfp8tNPP+GkzpIfS8rLS/Kk1j38i4+V5A+WTJ/+3vNzzWzrGAAY&#10;FEZlAAAAAAAAAMfR5rHxNUn+fU1+PMkprXuG0J6avHVktr577b6pva1jAGAQGZUBAAAAAAAAzIGN&#10;4+NLyqH8UE3+Q0kmkoy0blrADiV5X0nnHddOb//QZUmvdRAADDKjMgAAAAAAAIA5tmnVWWeVXm9D&#10;7dUfScl3t+5ZIHpJrk3N/629XL7+psmZ1kEAsFAYlQEAAAAAAADMoy2nrV5eRzvPq+ldkpTzkoy2&#10;bhogh2ry/qT+n05v6ZXrZrZ+uXUQACxERmUAAAAAAAAAjWxa+V0rS529uNasTfKsJA9p3dSHvpLk&#10;g7Vk8+JO96oLdu26pXUQACx0RmUAAAAAAAAAfeDyNWsWn7z/wA8kZW1KZ21qPbt1UyO9JNfVWreU&#10;Ttm0f8/kJzck3dZRADBMjMoAAAAAAAAA+tDVy9acdPCEA99T03lmkn9VknOTnNK6aw58McmHS8pH&#10;S3ofedSyh3/mnOuvP9w6CgCGmVEZAAAAAAAAwAC4OueN3rNi5uz0ytNr6pNS8sQkT85ADc3qF2rK&#10;DZ1kay25odOrn/j43qnPXXbv6WQAQJ8wKgMAAAAAAAAYYFtWr35073B9cinlCalldUpWpmZlTVYl&#10;eViDpNuS7E6yK7XsLslUN/ncSF18w7qZrV9u0AMAHCWjMgAAAAAAAIAF6sqxsUd0yuKVSX1MUh5Z&#10;anlUSX1Ur+aRpVMflVoeldROkqSWk1Ky6H4e5p6k3p0kKWU2Nbcl5ctJva2UelvS+XLt1dtSu184&#10;9JDFu56zbdv++fsIAQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAgD5RWgcwv2pSNj1m/JQs&#10;zrL0sqwzUk6ptXa+0/9Tag6VTr11drZ+qZzQuXn95ORX56sXAAAAAAAAAACYX0ZlC9AVp515ysii&#10;7tmpWV1SVqWUVSV1Va1ZkWRZkpEHeYl7as0tpZNdqXVXTdnVSXal19lWDi/duvaWz9x1HD4MAAAA&#10;AAAAAACgAaOyAbdp5XetTLf7jHTqOan17KQ8KcljGib1kuwqJZ/t9epnO53OJ0ZnR6694KYbb2vY&#10;BAAAAAAAAAAAHCGjsgGzZeWZ39Xr9iaS8gMpvXOT8tjWTUegJnV70rk2NdcsGp3ddMGuXbe0jgIA&#10;AAAAAAAAAL6VUVmf2zg+vqRzuFxQU9enZiLJqtZNx0FN8o+pdVOvdq5cP7Pjk+XefwcAAAAAAAAA&#10;ADRmVNaHtpx69kO6S+76kaQ8vyQXJFnaummO3ZZkY0nnz66d3v6hy+69hSYAAAAAAAAAANCAUVkf&#10;2bzqzO+us72fSMm/S/Ko1j2NTNZa/2Q0o++6aO+2fa1jAAAAAAAAAABg2BiVNXb1sjUnHTjh4AtK&#10;yn9K8vTWPX1kNsnGTso775jesWlD0m0dBAAAAAAAAAAAw8CorJHNY+NravLqJM/Pwr+95YN1c5K3&#10;z8523nLpvu1fah0DAAAAAAAAAAALmVHZPNu0YvwZtea/lOSHk4y07hkw+5P6rnQWvWFi9427W8cA&#10;AAAAAAAAAMBCZFQ2TzatHD8vvbw2yTNbtywAvST/t9b80vq9k1OtYwAAAAAAAAAAYCExKptjm8fG&#10;19Ra/7+U8tz48z7eDqTkrbOHO7/ltpgAAAAAAAAAAHB8GDnNkatWrVrR6Y78XpJ/E3/Oc+2uJK/b&#10;3zv4OxtmZg60jgEAAAAAAAAAgEFm7HScbRwfX9I5VH6upv7XJA9r3TNkJlPqL07smfrr1iEAAAAA&#10;AAAAADCojMqOo03Lx9em5K1JVrVuGW71HzqdkZeu3b39xtYlAAAAAAAAAAAwaIzKjoONjxlfVhbn&#10;D5M8v3UL/+Jgkt/Zf/KS39ywdeuh1jEAAAAAAAAAADAojMoepM0rzri41t47k/LY1i3cn/KpTqf8&#10;B6eWAQAAAAAA8P+zd+9xctX1/cffnzO7uZEEb0EM2dnN7iRB4z0gXlDAAtldQER/jTfAaqXa4u1X&#10;W6vWS1qvaH+2VdR6oRUQ1NSKitndIBjqpQoCKhVDktlkd3YTLkEkBJJsduZ8fn8EWy8hbDaz+5lz&#10;5vV8PPpHHw8fOy8eczJz5pzP+X4BAAAwMQyVTdL6Bcvn7p099mlJ50W34BGNufS+Gyvlj62W0ugY&#10;AAAAAAAAAAAAAAAAoJExVDYJA4uXPs1r6RWSlke3YOLM9I3x8eSCs7Zvuie6BQAAAAAAAAAAAAAA&#10;AGhUDJUdor5i6W9M+oCklugWTIJphzx9RU9ly3XRKQAAAGh8a5YvnzF311jJLO3wNGmXeYdJR0n2&#10;mP3/54+RNOsgf2KnZPdKfq/LfyXZHYm0VZ4MpWm6tXdbeXS6/lsAAAAAAAAAAAAmiqGyCVr3+Kce&#10;UZux+3NmemV0Cw5b1aV391TKHzXJo2MAAADQGNYsXz7jyAf2HleTnmtuT5f0VEnHSmqdqtc06T5J&#10;t7rs53Ld4vLv946UB6fq9QAAAAAAAAAAACaCobIJ+E5nZ7FaTf5D0nHRLairy2cl1T87ZWhob3QI&#10;AAAApt96ndyyt1h5tpT8kVwny3SCpNnRXZK2yfx77lqfqnDdmZVNW6KDAAAAAAAAAABAc2Go7BH0&#10;FztPlJJvSHpsdAumgOvnVU/OOGt007boFAAAAEy973R2HlkdL5zj5i816WRJc6ObJmCLmdbVUvvK&#10;T0Y2/2C1lEYHAQAAAAAAAACAfGOo7CCuGuurAAAgAElEQVT627peLrMvSpoZ3YKp5EM1S3rPHN68&#10;IboEAAAA9XfTihWtO+6570ylyXky75E0K7rpMIy666uJ6d+6K+XbomMAAAAAAAAAAEA+MVT2MPqL&#10;S14v+ackFaJbMC3u8URn9Q6VfxwdAgAAgProayt1mel1kv5E0tHBOVPhR+b2eds3e83Ku259MDoG&#10;AAAAAAAAAADkB0NlBzBQLH3Epb+J7sC0GzPXy7pHyt+MDgEAAMDkuGT9xdKZtv98/nnRPdPkAcmu&#10;TGu1/3fGti2bomMAAAAAAAAAAED2MVT2W1yy/rbSJ8z0xugWhNkn6dyeSvnfo0MAAAAwcS7ZuvYl&#10;L3H3d0l6ZnRPkH2SfTmt1T7EcBkAAAAAAAAAADgcDJX9lv720sfl+r/RHQg3btK53ZXymugQAAAA&#10;HNz/DJNJ75X7U6N7GkRN0pVpLf0Aw2UAAAAAAAAAAGAyGCp7SF9b6ZOsUIbfUjOz87uHN18ZHQIA&#10;AIAD628rrTTTP7r0xOiWBpVKuqK1UPvrU7duvSs6BgAAAAAAAAAAZAdDZZIGiqV/dOmt0R1oODVJ&#10;r2ArTAAAgMYy0P7EJ7iPXyTpXPGbZiJ+Jdd7d42UP7tq/zkuAAAAAAAAAADAQTX9DZj+Yukdkj4c&#10;3YGGtcfNz+wdHvxudAgAAECzWyMV5hZLf2XSeyXNie7JHLNbrWYXdI9uujE6BQAAAAAAAAAANLam&#10;HiobaO96o7t9MroDDW+PJ3ph71D5x9EhAAAAzWpgUVfJC/YFuU6Kbsm4cblftGv+rPevuu22fdEx&#10;AAAAAAAAAACgMTXtUFlfW9eLzexrkgrRLciEeyz153SPDpajQwAAAJqJS7auuOTNLv+IpFnRPXlh&#10;0oZaYq88Y2jzz6JbAAAAAAAAAABA42nKobK+jtKzLdV3Jc2ObkGmlH2fntt7Z3lHdAgAAEAzGFi0&#10;/DFuez8vs5dEt+TUbsn+sqey+bPRIQAAAAAAAAAAoLE03VDZ2o6Oo5O05SZJx0S3IHtc+s4DlXLP&#10;KqkW3QIAAJBn/e2l58j17+K8fTp8q6UlPf+0LVt2RocAAAAAAAAAAIDGkEQHTKe+UmlmwVu+IW5M&#10;YZJMOm1+sfQP0R0AAAB51l/serVc14nz9unyomqt8L2BRV2l6BAAAAAAAAAAANAYmmqoLNmnz7nr&#10;hOgOZJtLb+1vW/In0R0AAAB5s14ntwwUS5+T7Itiq/rp5f5UT+yn/e2dvdEpAAAAAAAAAAAgXtNs&#10;f9lf7Hr1QzengHp4wKRnd1fKt0WHAMinvmNKiwoFf3zVkyMKns7xxObJNF/uhf3/C/t1IttTs3R3&#10;wbWz5nbf7JFFw6fo+mpsOQBMTl+pNN/2aY2kldEtTa5qbm/qHtn8L9EhAAAAAAAA9eCSXdvZ2ZZW&#10;bUEttbkq+Bxzm2umI909cclNdp+Z7ZbS3ea6X9Zy787hjZVVUi26HwDybs3y5TPm7a4uTmrVua7C&#10;o93TOZLPkWm+JJkn427+gLt2mqW7zZLd1uKjKwcH745uz7umGCpbu6jzKUmS3ChpVnQL8sOkDePV&#10;3cedtX377ugWANnV11bqMtnzZb7MpSXmKsm0RNKcSfy5fZJvddlmM232VJu9YD/6ydDmW1dLaZ3T&#10;AaBuvl0sPrqgGd+W9NzoFkiS3KV39lbKF0WHAAAAAAAAHIr+xcuWKa2d6O5LzZMlMi9JWqLJ3Sce&#10;M2mLS5vcVTazzYmnPzx9ZPA2k7zO6QCQe+t1csu+9pFnpZ4cJ/elMv3mM7pdUmESf3KnpM0yK3ua&#10;bjYlGyxpub57eMMddQ1vYrkfKluzfPmMebvGfizpGdEtyCHXp3pGym+MzgCQHevaly1OvXqaZKdK&#10;OknSUdPwsg9K/iOXXVuQX3t6ZfAWfvACaBTrFna1pS12jaRjo1vwe0yfvmG4/KbVDCYDAAAAAIAG&#10;NVAsLXf58x665n6KpMdNw8s+IPmPueYOAAd304oVrffs2HWSlJ7q0omSnilp9tS/st8h2Q8kv9Zr&#10;1te7rTw69a+ZT7kfKusrdl1ksrdHdyC33KWzeyvlq6NDADSu/SvwzFwl+XnavwpP6PevSRvk+lKh&#10;Nf3SaVu2VCJbADS3/o5jO5RWr5XUFd2Ch+G65IaR8p+tZrAMAAAAAAA0iL6jSws0w19usnMlPSu6&#10;R2a3utLLW9KWK08f2bg9OgcAovUVS08y6TxJr5LUFpxTM9c1SuxL4+MPfoOd6A5NrofK+ttLz5Hr&#10;+5rcMnnARG2vad+Tz6xUfh0dAqBx3LRiRes9d+/sTU3nmXSmpJnRTQeQyvU9k102Nif52tkbN+6K&#10;DgLQPB4aKPu+pEXRLXhEl99QKf/JagbLAAAAAABAkL5Saabt04u0f0ihW1JrcNKB1CRdJ+nyanX3&#10;1xlcANBM+o4uLUhm2Ct9/yIbK6J7HsYuyf/DTZf3DA+uZ5XJR5bbobI1ixbNnleY9TO5lka3oClc&#10;3lMpnx8dASDedzo7j6xWk/8r6c81PVtb1suDkl9STQsfPWt007boGAD5NtD+xCe4j39PUim6BRPE&#10;tu8AAAAAACDA/p1AZrxF0oWanq0t62WX5P9mNuMj3cMb7oiOAYCpsq5j6bFpmr5L0svVmAO/D2er&#10;yf55ZjL+2VOGhvZGxzSq3A6V9RdLH5b0jugONBHX2T0j5W9FZwCIMbBo+WOUjL3d9w+TzY/uOQz7&#10;JH21kKbvP310y+boGAD5s37B8rl7Z49dr8Z9UgkP7509lfJHoiMAAAAAAED+7X8ocd87JHuNpHnR&#10;PYfhQckv8Zp9rHdbeTQ6BgDqZW1b53FmyftM6pWURPdMlrsqidnHx6sPfp4VJv9QLofK1hW7VqSy&#10;H0tqiW5B83BXZXxO4clsHwc0lzVSYV5xyYWSv0/SY6J76mjMXRfP3jtz9Sk7bnsgOgZAPvSVSjNt&#10;TAMynRzdgslx05/2Dpf/NboDAAAAAADk000rVrTu2LHzbZLeqWw/wP37dsv947t87EOrRkf3RMcA&#10;wGSt7eg4OklbPirpVcrwMNkBjMj97T0jg1+JDmkkuRsqc8kGiqUfSnpOdAua0kd6KuV3RkcAmB7r&#10;iktOS80vzvlWy/dK/s7uyuDn2VccwOEaKJY+59IF0R04LPvMvLt7eHB9dAgAAAAAAMiX/vbOXnny&#10;SUmd0S1TaLvL39lbGbwsOgQADsWa5ctnzNs19i5Jfy1pTnTP1LEfpGntL84Y3fLf0SWNIHdDZQNt&#10;S17j5jw5jyjjKhSe0rN148boEABT59rFix8/Xit8UtIfR7dMH/9+4vqLlSODv4guAZBNA8Ulb3f5&#10;RdEdqItdNbMTzhzevCE6BAAAAAAAZN/axYvbrVa42KQzo1um0fqa2YVcXwGQBQPFpae6pZ/K+UIb&#10;v60q+ad9hr2nt1y+PzomUq6Gyr7T2XnkeDXZaNLjo1vQzHxtT2WwmU56gabS11Y6XabLmvS7Zo+7&#10;3tY7Uv5MdAiAbOlvK62UqU/5Wgq72d3uM3RCs/+gBgAAAAAAh6evrevFZnaJpMdEtwR4wOUXsmoZ&#10;gEa1Xie3jLVvW+3u71RTXt/3jW72it7h8k+jS6LkaqhsoH3JB9z9b6M7AFNyWndl07XRHQDq5+qF&#10;C+e0tMz5F0nnRbfE82vTpHbeGUNDd0aXAGh817QtW1i12i1NOoybd5f3VMrnR0cAAAAAAIDsWb9g&#10;+dy9s8c+La65S25Xmc94XffobfdGpwDAb1yzqHNJLUm+LGlFdEuwqqQP3lAp//1qKY2OmW65GSpb&#10;t7CrLW2xTZJmRbcALv3ixkr5aaub8EMFyKO1izqfkuw/aVoe3dJA7rbUX909OjgQHQKgca3XyS17&#10;i6PXS3pedAumir++pzL4uegKAAAAAACQHX3tpWeY+5clWxbd0ijcVTFLX9VT2fKD6BYAGCiWznPp&#10;U5LmRbc0kO8WvHDe6SMbt0eHTKfcLE/nLfYeMVCGBmHSk5/dvuTl0R0ADl9fe9cLkyT5vhgo+31H&#10;eWJXD7QteUN0CIDGtbc4+m4xUJZz9s9rF3U+JboCAAAAAABkw7rikjPN9QMGyn6XmYpScl1fe+lV&#10;0S0AmpdL1lfsusily8RA2e97Yc1qPx4olprqnnEuVirrX7xsmWq12yQVoluA31JesODIJx13883j&#10;0SEAJqevvfRac31WUkt0S2PzT3RXBt9qkkeXAGgcA4uWPsuT9AeSWqNbMOVuXrDgyOdw3gsAAAAA&#10;AA5moG3JG9z8YnFP92Bc0t/3VMqro0MANJf1HR2z9tZar5T5OdEtDe4Bd720d6R8TXTIdMjHSmW1&#10;9J3i5AONp3TP3fefGx0BYHIGikvebq4viIGyCbA3DxRLl960YgWDIwAk7f/x6YX0cjFQ1ixW7Nix&#10;82+jIwAAAAAAQOMaKJY+4uafEfd0H4lJel9/W+ni1Xm5lw+g4fWVSvP3pi1rGSibkLlmunqgWFoV&#10;HTIdMv9F1NdW6pKcwR00JDd/zxpOjoHM6S+W3ufyi5STFT2nyXl379j55TXLl8+IDgEQb4+3vEeu&#10;pdEdmFbvXNfW9eToCAAAAAAA0Fhcsr620j+49DfRLZliuvCE4pJ/5T4jgKl2VUfHo2yf+iS9MLol&#10;Q2a4dEV/sevV0SFTLfNDZWb2FvFlisa1eG6xxDQvkCH9xdL7JK2O7sgik146b9fYv6/XyazuBjSx&#10;vmLpSeb6q+gOTLsZqenTzkA2AAAAAAD4Lf1tpU+Y6W3RHdnkr55XLF26Ogf39AE0pvULls+dlbZe&#10;I+l50S0Z1CLZvw20LXlNdMhUyvQX0LXHHPtYyf80ugM4GJO9PboBwMQMFJe8RQyUHa4XjRVHL2Go&#10;AGhe5vqUJFYtbEr2/P5i13nRFQAAAAAAoDH0F0vvMNMbozsy7lXPaiv9c3QEgPzpK5Vm7p099k3J&#10;j49uyTBz88/2t3f2RodMlUwPlY0XqhdImhPdARycH99f7DwxugLAwfW1db3M5R+P7sgDl87vby99&#10;ILoDwPTrb+86R6aTozsQx2QfXr9g+dzoDgAAAAAAEGugvfQ6SR+K7sgDM72xr1hi+1AAdbNGKtiY&#10;fVlseVkPrfLka3mdCcnsUNlqKZH89dEdwMQkb4guAPDw1rYteYGZfVEZ/l5sNOZ6V39xCd/TQBO5&#10;acWKVrk+HN2BcAv3zB77y+gIAAAAAAAQZ2BRV7e7Pi12tKgbkz7U37bkFdEdAPJhXtuSj8j8nOiO&#10;HJktS75+zaLOJdEh9ZbZL/KB9iVnuPu3ozuACdrn+7So987yjugQAL9r7eLF7UmtcIukx0S35FDV&#10;PHlh98im70eHAJh6A+1db3S3T0Z3oCE8mCbV0hlDQ3dGhwAAAAAAgOnVv3jZMtVqN0liJfP6GzPT&#10;c7uHy7dEhwDIrr5i1/kmuzS6I5dMm/bNKhx39saNu6JT6iWzK7K4+wXRDcAhmJHM9POjIwD8rptW&#10;rGhNqoWviIGyqdLill7Zd3RpQXQIgKn1zWXL5rnsvdEdaBhHJGnru6IjAAAAAADA9FqzaNFspeka&#10;MVA2VWa666vf6ew8MjoEQDb1FUtPMtmnoztyy7V0xt7qZ6Mz6imTQ2VrOzqOltQb3QEcCnd7TXQD&#10;gN91z46d75bp2dEdObfIZugLnuHVUQE8sta91dfLxQApfotfsG5hV1t0BQAAAAAAmD7zk1kfkvtT&#10;oztyrlStJhdHRwDInvUdHbMS6QpJR0S35JrbK/qLpXOjM+olk0NlibeeJ6k1ugM4RMsHFi19VnQE&#10;gP3WFZec5tK7ozuaxIvWtXf9ZXQEgKmxZtGi2SZ7e3QHGs6stCX56+gIAAAAAAAwPfrbu85x6S3R&#10;HU3i3IH20uuiIwBky9608E8uPT26o0l8Zl3H0mOjI+ohk0NlSv1V0QnAZHhS49gFGsBVHR2PSuWX&#10;Kavfgxnkbh/pX7SYJ9SAHJqbzDyXVcpwYP6n1x5z7GOjKwAAAAAAwNRa19V1lNwuETtWTBt3feLb&#10;xaWd0R0AsmFdccmZkr0+uqOJzE3T9EtrpEJ0yOHK3M30vmLpSTI9LboDmBxblYcPDiDrZqaF1ZKO&#10;ju5oMi1KWj7FNphAvqyWEpPeFt2BhjVnvFC9IDoCAAAAAABMrVrVPiLp0dEdTWZ2Qek/RUcAaHxX&#10;L1w4J5Wzbe70WzGvrZT5Qb7MDZWZtCq6ATgMR89v73pBdATQzPraS88w2RujO5qTn7guR3uIA5Ce&#10;3d51kmTLojvQ0N7AQxUAAAAAAORX36LSSeb6k+iOJnVWf1vpRdERABpba8ucv5HUHt3RlEwfHmh/&#10;4hOiMw5HS3TAJLwkOgA4HJ7aSyWtj+4AmtFqKTG3z0rOze0gqfSxqzo6rj5naOi+6BYAh8/d/iK6&#10;AQ2vfW6x1KtK+eroEAAAAGAqre3oODqptTzLEl/iriWSPUbS/P+9DmX3Sfage7o5MdtsSXLryqFN&#10;t4dGA8BhumnFita7d+y8WOxQEcalT657/FOvW3nXrQ9GtwBoPP2Lly3zWu0d0R1NbL58/COSXh0d&#10;MlmZGirr7zi2Q2n1KdEdwGExvUgSqyQBAZ7VXnqF3I+P7mhmJj1+Zq3l3ZL+KroFwOG5pm3Zwppq&#10;L47uQOMz6QJJDJUBAAAgd/raS88w91fIkpVK/Skymfvvz1X89v/vMjO5JE9T9bWVKma6Rq6v7Rop&#10;X7tKqk1jPgActrvv3vk6Mz05uqOZmanos/b8paT3R7cAaEC12kWSZkRnNDOXzl27aMmnzxjdfEN0&#10;y2Rkamp8oG3JG9z8M9EdwOFyaXlvpfzL6A6gmazXyS17i6MbJXVGt0Bj1TTpOmt007boEACT19fe&#10;9Vfm9rHoDmRC1ay12D284Y7oEAAAAOBwrXv8U49IZ+75U5dfYKrnIIXf4dLltbTwCa6ZAMiCNYsW&#10;zZ6XzNoi6ejoFuh+S2cu7h697d7oEACNo6/Y9TyT/SC6A5Lk1/ZUBk+LrpiMJDrgULh5T3QDUA8J&#10;xzIw7fYUR14pBsoaxczWJGWlMiDjTMl50Q3IjBZPx18RHQEAAAAcjqsXLpzTXyy9L525e1jyf67v&#10;QJkk2RNM9vaWJN0y0Fa6pO+Y0qL6/n0AqK/5hZl/KgbKGsV8T8beHB0BoLGY9M7oBvyGndpf7Dwx&#10;umIyMjNUtmb58hmSTonuAOrB3U6PbgCayRqpYLL3RHfgf7n0hoH2Jz4hugPA5PQVS0+S+1OjO5Ah&#10;ppdFJwAAAACTNdBWOrulZc4vJa2W9NgpfrkZbnqtFbRhoL3rbTetWNE6xa8HAIesr1Sa6W5/E92B&#10;3/HWqzo6HhUdAaAxrG3rPE6yM6I78L/Mk3dFN0xGZobK5u7ae7ykedEdQJ08/6FBSQDTYF5b1x9L&#10;KkV34HfMct/3f6MjAEza/4kOQOYc399xbEd0BAAAAHAoruroeFR/25Kvu+kbktqn+eXnuts/7Nix&#10;84ZrFnUumebXBoCDsn3+akmsqNhYjpzlrW+MjgDQGBIVMjnAlGdu6ulv6zw+uuNQZWaoLFHyvOgG&#10;oI5mz31w7JnREUDTsOQvoxNwIPb69QuWz42uAHDozPWS6AZkjqlWPSc6AgAAAJiotcd0Lp2dtvyX&#10;zKPPY59RS5Ib+ts7e4M7AECS5JJJ4pp7I3J/E4taAOhrK3XJ/OzoDhxAYplbcCMzQ2UuZ6gM+eKe&#10;yT1zgawZWLz0aZJnbuq7SczfM2dsVXQEgENz9aKlx8jE1pc4dKbu6AQAAABgIvqLnScWCskNLj0x&#10;uuUhj5Yn3+prK/15dAgArGtbeqJky6I7cEBHzX9g31nREQCCJXqtMjQL1FTcXnrtMcc+NjrjUGTi&#10;QHpo4v250R1APSUyBiWBaeBp+uroBjw8k86PbgBwaAqFdKX2n58Dh+okVqgEAABAo+svdp4oJf0u&#10;PSq65fcUzPSpgeKSt0SHAGhuLq65NzJ355o70MTWSAVz8TnduGbsS6qZWnAjE0Nl6xZ1dUl6XHQH&#10;UE/ufkJ0A5B3N61Y0SrXq6I7cBCuF3y7uLQzOgPAxJn81OgGZNbMvbPGeLACAAAADauv2PU8KVkn&#10;qVEfhjCX/2N/ccnro0MANKerFy6cI9MfR3fgoHqvXbz48dERAGLMK3aeLOmY4AwcRNYW3MjEUJkn&#10;9ozoBqD+7Amc1AFT61c77l8p6ajoDhyUtZgz+AdkidtJ0QnIMBPHDwAAABpS3zGlRSb7uqQ50S2P&#10;wCS/eF1xyWnRIQCaT2vrES+WND+6AwfVMl5reVl0BIAoCauUNTrTs9d1LD02OmOiMjFUJvenRicA&#10;U6FWa+HYBqZQKueHUwa48z4BWfHQyoILozuQZfb86AIAAADg961ZvnyGFezrys7DiS2p/Kv9Hcd2&#10;RIcAaC5cy80K3iegGa1ZvnyGpBdHd+CRuXtmVv3MxlCZGYM3yCW3lGMbmCIumaTTozswIcv7jikt&#10;io4A8MgS1U6MbkDW+fHrOzpmRVcAAAAAv23e/XvfI/nx0R2H6NFKq//60DUwAJhyN61Y0SrphdEd&#10;mJATruroeFR0BIDpNe/BsedKmhfdgUfmnp172NkYKpOeEh0ATAV3PTm6Acira9q6lis7T5c2vaSg&#10;U6IbADwyk1ZENyDzZu6uJZwDAwAAoGGs7VjydJm9I7pjkk4ZKHZdEB0BoDn86p77jpc0N7oDE1KY&#10;VWt5QXQEgOllKffassNPWL9geSa+Uxt+qOyhp9g7ojuAKeGWmb1ygaypGSdOWeJynnADMsBkT49u&#10;QPYlSfK06AYAAADgNxL3f5LUEt0xefbBbxeLj46uAJB/NYYVMsWNa+5As3EZ/+6zo3XPnL3Pj46Y&#10;iIYfKts9nhTF8s3IKTctjm4A8so84QduptgfRRcAOLiHtlRh624cNndnJWoAAAA0hP620kq5Toru&#10;OEyPK3jrX0ZHAMg/M665Z4kxXAI0lXWPf+oRkj8rugMTZ56NYe2GHypLkoShG+SWSUddvXDhnOgO&#10;IG9cMpmztHO2tK1rX8Z3PtDAvr1o6UKXHhXdgewzaXl0AwAAACBJSvTO6IS6MHvTVR0d/F4DMGXW&#10;LF8+Q/LnRHfgkCy/euHSx0VHAJgePnPvcyTNiO7AobBMPNzS8ENlJuMGM/LMCi1zOqIjgLzpW7y4&#10;KOmx0R04NKnSZ0Q3AHh4LS3pkugG5IO7LY1uAAAAANYu6nxKDlYp+40jZ9VaXhkdASC/jti5Z5kk&#10;FknIlqSlpfq06AgA08PNuceWPU9bIxWiIx5Jww+VpYm3RTcAU8q8PToByBurFpZFN2AS3HnfgAZm&#10;NR72QH2Y6Zj9TzgDAAAAcQpJ8trohroy5eu/B0BDsSTh2m0WOe8b0DRS7rFl0Mw5xaUNPyvS8ENl&#10;5joqugGYShzjQP2Z2bHRDZgM44QXaGCpUobKUC+FufeP8fAQAAAAwqyRCi69PLqjzlb0L17GtRUA&#10;U4Jr7hllDJkATcO4x5ZFBas2/Pdr4w+VmdjrGfnmxhZ9QL3xQymTzLzhT5yAZmYmhoBQN0nixegG&#10;AAAANK95bZ3PlHR0dEfdVWtnRCcAyCl2mcgohgGB5sE9tkxKk4Z/3xp+qMzdGbhBrnkijnGg3lwN&#10;/wWMP+S8b0CjWxAdgBxx43gCAABAGLfkhdENU8FNp0Q3AMgtrt1mENfcgeZw9cKlj5NYrCmTMrDC&#10;XMMPlZmMgx+5Zs4xDkwBVj/JpiO/09l5ZHQEgIfB6qqoI3cucgAAACCOSc+JbpgKJj0vugFAbnHN&#10;PYPMtGh1BuYBABye1taUz+jM8vbogkfS8F8iLnFzGblmco5xoN6M746sSvfa/OgGAA+DbelRR5Yw&#10;pAgAAIBQy6MDpsijr2lbtjA6AkAucd02m5JnlUpzoyMATC03PqMzrOHfu4YfKpM0IzoAmFKmmdEJ&#10;QO645kUnYHJqLcZ7BzQoF5+tqB9PG//HMgAAAPKpr1SaKWlxdMdUqSZVtjoDUFc3rVjRKmlWdAcm&#10;aQ/XYIC8S1JjeDSjsnDfJQtDZQzcIN9SjnGgntbr5BbxAzezPGWoDGhUCeflqCcerAAAAEAQr9WO&#10;llSI7pgqidsx0Q0A8uXOHTsYVsiwlAe5gdxLWWwju7zxB3+zMFTGSmXINeeGGlBX93UM8QM3wwoJ&#10;P3CBRuWcl6O+OAcGAABAiJZqku9rD+ZHRicAyJeZLS35/tzMuZYa19yB3LOUf+cZZdb4A4EMlQHh&#10;jGMcqKM5+woN/+WLh+dW4/0DGhfnLKijlOMJAAAAIdKcP9Dmnu//PgDTb7ya8CB3hnlS5XsByDtn&#10;+8sMa/j3LgtDZWl0ADC1Uo8uAPLECi216AYchtR4/4DGxTkL6sbNOJ4AAAAQwmpJrq89mLi2AqC+&#10;rFDgcyXLknx/7wGQzDj/y7CGn4fKwlDZvugAYIqNRQcAebJnjnZFN2DyLHHeP6Bxcc6C+nHneAIA&#10;AECINEkfiG6YUq77oxMA5EuhyjX3LEtSrrkDeZca/84zyxr/3J2hMiAeN9SAOvrpxo0PitV0MqvG&#10;D1ygkXFejnriHBgAAAAhCtV8X3tIeWAPQJ1VZ9byPYybc5Z6ww8sADg8iYvP6azyxh/cbvyhMuPm&#10;FXLOuaEG1NPq/cuEPhjdgclJWlob/uQJaF6sLIW64ngCAABAiJ3bB7crx+ejBfnW6AYA+XJjufyA&#10;eJA7s8ZbUq65AznHSmUZxlBZHTBwg7xLOMaB+uPkKatYSh1oZPbr6ALkh3E8AQAAIMgqqebS5uiO&#10;qeK1WbdHNwDIl9X7H+TeHd2ByWnZM59r7kDOmXNfNLPMGv69a/yhMrN7oxOAKZVyjAP1ZzujCzA5&#10;vm8m7x3QsPxX0QXIDzPdE90AAACA5mXSL6Mbpsid3aO3cb0ZwFTgum02jZ9+160MBAJ5xza3meXy&#10;+6IbHknjD5U5N6+Qb2biGAfqL7dPm+bc9pV33crWpUCj8oQhINSNM6QIAACAQOa2PrphilwXHQAg&#10;p4xr7llkUtnYuhTIvWo6Vtb+VVzzmN4AACAASURBVCWRMZaB79fGHyoTT7Aj31zGDTWg3tw2Ridg&#10;UnjfgEZm2hGdgBxx53gCAABAHE+vjU6YCubGUBmAqcE192wyrrkDzeCs7dt3u2s0ugOTkIHv14Yf&#10;KuMJduQdW/8A9WeJN/wXMP6QmW6PbgDw8Mx9OLoB+VFNW7ZGNwAAAKB5dY8OlqXcXT+qKWkZiI4A&#10;kFOeu8/MpuDONXegWXCPLaMycE+74YfK5KyIgHwzjnGg7txTTpyyKAPT+EBTS2woOgG5MXbz6KY7&#10;oiMAAADQ7OzS6IJ6Mtc13cMbOM8GMDUSrrlnEtfcgSbifE5nUKpqw79vDT9UlijhCXbkWs19S3QD&#10;kDfVakvDfwHjD7lzwgs0MlM6FN2AfHCpslpKozsAAADQ3BIrfEU5Oi9105XRDQDyq+Zcc88iL3DN&#10;HWgaDJFmjkn3nTE0dGd0xyNp+KEyJdy8Qq7VjjrqyEp0BJA3Z23fdI+7+LeVLZ7M8J9GRwA4iBaV&#10;oxOQDybbHN0AAAAArBzeuNVdX4nuqJMtCxYc+dXoCAD5dVNl05Cke6M7cEj2FfbM+e/oCADTwwu6&#10;JboBh8aVjfes4YfK3FpZqQy55a5tx91883h0B5BHiXRtdAMmzqSfrxwcvDu6A8DDe+jf6PboDmSf&#10;m/8sugEAAACQpDSxDygHq5W5/CNcZwYwlVbv/6z8bnQHDoHpRyvvuvXB6AwA0+OBofJPTLovugOH&#10;JBP3sht+qGzW0NGjkqrRHcBUSExD0Q1AXrlpfXQDJs6NCxJAFpjr59ENyD5LnadkAQAA0BDOHN68&#10;QdIV0R2H6fYH5s26NDoCQBNwrrlnCu8X0FRWSTWXvhfdgYlLU8vEvdGGHyo7RddXTWJ7FORSKv9l&#10;dAOQV2at10U3YOISN37gAllgujU6AdlnZgyVAQAAoGFYOvOtMu2I7pgkl9ILVt12277oEAD5lxSS&#10;TNz8xn7mvF9As3ExTJohO+eMHnNzdMRENPxQ2UO4eYVcMueGGjBVuoc33CHp9ugOTMj43tnJf0ZH&#10;AJgA14+iE5B5966slHmwAgAAAA2je/S2e5Xa26M7JsX1rz2VLT+IzgDQHFYObbpd0rboDkzIg/fP&#10;b70hOgLA9LK0xjBpdnzvFF2fiR0bszFU5gyVIacs5dgGppR9J7oAE2E3nL1x467oCgCPbLyW/FCS&#10;R3cgy+zHxjEEAACABtMzsvmLkr4Q3XGIbvGZujA6AkCzsWujCzARfj2rWALN54bRrb+Q/I7oDjwy&#10;l2fmHnY2hsoS+3l0AjAFvKVFrFQGTCEz/2J0Ax6ZmV8a3QBgYs7avukeGVvTY/LM/YfRDQAAAMCB&#10;JGNz3iqzTDwEbNJ9NbNze8vlsegWAE0m4Zp7NhjX3IEmtFpKTXZZdAce0ViSzroiOmKiMjFUZuOs&#10;5oQ88uHTtmzZGV0B5Fn3cPmWrFwMbGK701atiY4AMHGWiq1VcBiS70cXAAAAAAey8q5bH6yO2x9J&#10;vjG65RE8qDRZeebw5g3RIQCaT/dQ+T8lbYnuwEH9elZSvTo6AkCMqjFU2vDc+rpHb7s3OmOiMjFU&#10;tnL74Ii7KtEdQH0ZN2SBaeBKL49uwEGYf7O3XL4/OgPAxHlia6MbkFm/un9k039FRwAAAAAP56zt&#10;m+5RoeVsSduiWx7GmMzP6x7ddGN0CIDmZJK7e2ZWV2lGLv/qKUNDe6M7AMTY/+CB/SS6Aw/PlWZq&#10;NblMDJU9hAEc5Iq5sfUPMA1mJOnlkqrRHTgwqylTJ04ApH2zku9I2hfdgewx6dpVUi26AwAAADiY&#10;nq0bN6ZJ9ThJN0e3/J67LU1e0DM8eFV0CIDmlrguk+TRHTgwM7a+A5qdmbNaWaMy7TjqqEdl6sH9&#10;zAyVmcQADnLFlDIoCUyDU7duvUuya6I7cEDbZo62XRsdAeDQnL1x4y65WG0Kh85tXXQCAAAAMBFn&#10;DA3d2dKS/pHcvx7dIkkyu1WFwgtYoQxAI+geHSxLLJzQmHxj93D5x9EVAGKlY1ojaU90Bw7A/cvH&#10;3XzzeHTGocjMUJkn+lF0A1AvJt33o5HBX0Z3AM0iTfX30Q34Q2b68Cm6nlXkgAyyRF+LbkDm7NtT&#10;GGdFBQAAAGTGaVu27OwZGXypy98sKWobMZfsc7tqe57ds3XjxqAGAPhD7h+ITsCB2AeMVeSAptd7&#10;Z3mHTP8S3YE/MFZNCx+NjjhUmRkqu3G4/HOX7oruAOohla5bLaXRHUCzOGN08w2Svhvdgd+xfaZV&#10;L4mOADA5LUnta2IbQxwSu/acoaH7oisAAACAQ9VbGfxkNU1Kki6f3le2nyTy43sqm1+/anSUlSYA&#10;NJSekfI6yX4S3YH/5dLmXZXyl6M7ADSG1KofVdyDETgg/+JZo5u2RVccqswMla2WUpMNRHcA9WCm&#10;/ugGoNm4+QejG/C/3PwfTxka4mQWyKj9Wwvre9EdyJJ0TXQBAAAAMFlnjW7a1lMpn+/SiyTdPMUv&#10;N+ryN++aN+PElZXBqX4tAJg09/RD0Q34bf6xVTwECuAhZwwN3Sn5pdEd+B/VxFouio6YjMwMlUmS&#10;e8ogDvLATa190RFAs+kdHvyupB9Gd0CSaUdh7xGfic4AcLjsq9EFyIw9e5PaN6MjAAAAgMPVWylf&#10;3V0pHy9Lz5D0LUnjdfvjrh9L/nqfoVJvZfCTq267bV/d/jYATIGekcFvSvrv6A5IkoaPWvCoL0ZH&#10;AGgsDw0xVaM7IEl2xcrhjVujKyYjU0NlqY1fIw56ZN/Puoc33BEdATQl1/ujEyDJ9fGVd936YHQG&#10;gMOTjM3+kqT7ozvQ+Nz0Fba+BAAAQF6Y5D3DW/p6KuWzq9VkoeSvl9lXJN15iH9ql7n6XXpHWkuX&#10;9YyUn9NTGfxcb7k8NhXdAFBvJrnENfdG4K6Ljrv55voNOgPIhZXDG7ea67LoDmifCsmHoyMmy6ID&#10;DlV/set7kj0/ugOYLDP7YPfw5ndHdwDNqq+tdIWZXhnd0axM+tnMyqLjT9H1DIkDOdBX7PqMyd4Q&#10;3YEGZ3puz3D5R9EZAAAAwFS7etHSY1pa0iWe+hKz5PGSP0ZuR0gak/xel/8qSbU5Nds8e2TRMNdH&#10;AORBf7H0LUlnRXc0sf+6oVJ+/mopjQ4B0Hi+XSw+uqAZt0s6Krqlif1dT6W8OjpisrI3VNZW+guZ&#10;PhXdAUxW4v6UlSODv4juAJrVtYsXP368Vtgg6dHRLU0otTR5TvfophujQwDUx7pi14pUdlN0Bxra&#10;bT2V8pOjIwAAAAAAwNT4TmdnsVpNfinpiOiWJjSeuD+T+44ADqav2HW+yS6N7mhSt/sMPT3LqxFn&#10;avtLSfJx/bvYAhPZdRsndkCsU7duvUsuVgsMYNIlDJQB+bKyMnizpO9Gd6CR+ceiCwAAAAAAwNQ5&#10;bcuWiqQPRHc0Jbd/5r4jgEfSWxm8TFzHj+Ce6g1ZHiiTMjhU1ntneYek70V3AJPh0proBgDSrpHy&#10;ZyXdEt3RZH6V7tPfRkcAqD83/4foBjSskQULHnVldAQAAAAAAJhaPkP/KOn26I4ms81n+vujIwBk&#10;Q+L+Fknj0R1N5mu9o+X/jI44XJkbKpMkd30tugGYJI5doAGskmpJkrxK0gPRLU3C5XrtQ4PhAHLm&#10;xuHBdeKiIQ7sM8fdfDMXKgAAAAAAyLnecnnMTa+UtDe6pUnUzPy83nL5/ugQANmwcmTwF3K9I7qj&#10;iYy01lr+PDqiHjI5VDY+p/AlSbuiO4BD9MPeSvmX0REA9ls5tOl2l14T3dEM3PThnpHyt6I7AEyN&#10;1VLq7qujO9Bw7k7G5nwiOgIAAAAAAEyP3uHyT2V6Y3RHM3Dpb7uHB9dHdwDIlp6R8sfdxc4SU28s&#10;9fQlp267/VfRIfWQyaGyszdu3CVnG0FkjX8+ugDA7+qtlL8m16eiO/LNrntguPze6AoAU6tnZHCN&#10;XD+P7kDjMPOPrrzr1gejOwAAAAAAwPTpGS5fItml0R05982eSvmj0REAsmn23pmvl3xjdEe+2dvP&#10;GNlyU3RFvWRyqEySUjcGdJAlv96VjjEICTQgn6m3Sbo5uiOn7mwtVF+1SqpFhwCYWia5i9XK8D+2&#10;zbQaQ9sAAAAAADShZGz2hZLYuWdK+FBN+15jkkeXAMimU3bc9oDSdJWkPdEteeTSf/RUNudqB4/M&#10;DpWdMbr5Bpd+Ed0BTITLv7pqdJQPZqAB9ZbLY4kV/ljyO6JbcmbMzF956tatd0WHAJgePSOD3zTT&#10;DdEdiOeuD54yNLQ3ugMAAAAAAEy/lXfd+mDN7P9IysW2Xw3kAUsLLzuzUvl1dAiAbOsZ3Xqr5H8u&#10;BlTr7b/HkurroiPqLbNDZZJkbv8vugGYgFqqwseiIwA8vJXDG7cWUj9J0t3RLTlRNbOXdg8Pro8O&#10;ATB9TPJU+nOxOmGzu/HGkfJnoyMAAAAAAECcM4c3b1Bae6FJ90W35MReJTqre3TTjdEhAPKhpzJ4&#10;qbsujO7ID99YrSYvPGdoKHffe5keKltw1PwrJI1EdwAH49I3zqxs2hLdAeDgTh/dslmeninpgeiW&#10;jEvd9Cfdw5vXRocAmH69w+WfSnZJdAfCuExvXS2l0SEAAAAAACBWz+jWWz3ROZJYzfzwVOV6Wc9Q&#10;+froEAD50jtS/oxJfx/dkQMjSVWnnbV90z3RIVMh00Nlx91887jJLo7uAA7GPL0ougHAxPSMbPmJ&#10;m58taSy6JavM/C29w+UrojsAxEla0/eI7Q2a1RU9w+UfRUcAAAAAAIDG0DNUvl6ul0mqRrdklLv8&#10;T3tGyt+KDgGQT92V8vtc/s/RHRl2b+Leu3L7YG4Xw8r0UJkkVTX2ebGqDBrXf/WMbPlJdASAiesd&#10;Hvyuu79cPD11qNzd3909PMiwN9DkVg4O3i23N0V3YNpta2lJ3xgdAQAAAAAAGkvPSPlbbvoTSePR&#10;LRmTSvbW3srgZdEhAPLtgcrg2yR9Ibojg36Vpta7cmTwF9EhUynzQ2VnViq/lvs/RXcAB5a+N7oA&#10;wKHrHRn8hjx9gUw7olsyYtxN5/WODH4wOgRAY+gZ2fxlSd+M7sD0cemtp23ZsjO6AwAAAAAANJ7e&#10;4fIVSnS6JK4dTMweuc7pqWz+RHQIgPxbJdV6KuULXHqHJI/uyQKXNidWOP6M0c03RLdMtcwPlUlS&#10;S6v/g6R7ozuA3+G6vqey5broDACT0zOy5Sc12UnuqkS3NLhdUtrDlpcAfl9LS/pmSb+O7sA0cP96&#10;b6X8tegMAAAAAADQuHqGytcn7idK2h7d0shMui9162bLSwDTrbdSvkjy14gtix/JLTMKteevHN64&#10;NTpkOuRiqOy0LVt2yuwfozuA3+bm745uAHB4zhzevKGQFE42aUN0S4O6xzw5gwFaAAdy2pYtFVl6&#10;rniyKe+2trT6a6MjAAAAAABA41s5MviLmtmpkrZEtzSo7TVPTztjZPP3okMANKeeyuClcj9P0p7o&#10;loZk+s+a9p166tatd0WnTJdcDJVJUkuh9kmxWhkax3d7K4M/jI4AcPhWDm/cOjOpPlNylpn+baYB&#10;36cndY9s+n50CoDG1TO8pU+mz0R3YMqMy9OXse0lAAAAAACYqDOHN2+YtWfm0yR9Kbqlwfx7S0v6&#10;pDNGttwUHQKgufWMDH4lraVPN+ln0S0NZNxkb+0eLp9yZqXSVDu0WHRAPfW3lf5Cpk9Fd6DpVU16&#10;enelfFt0CID66m9f8hJzv8SlR0W3BBo32V+vrGz+hLH6EIAJuHrhwjkthTn/JdPToltQX+b62+6R&#10;8oeiOwAAAAAAQDb1FbvON9mnJR0R3RJon8nezjV3AI1mfUfHrL1p4SLJ3hzdEmxb6vbKZl1FMldD&#10;ZWukwvxi6SaXnh7dgublrot7R8pviu4AMDX6iqUnmfQVSU+JbpluLt0l1/m9I+VrolsAZMu6hV1t&#10;aavdLNeC6BbUh0lf7a6UXx7dAQAAAAAAsq2vvfQMk74i19LolgAj5smr2BEEQCPrL3a9WrKLJc2N&#10;bgnwXbPWc7uHN9wRHRIlN9tfStIqqZbK3yimuBHFtCO1fe+NzgAwdXor5V/eUCk/3eWvlnRPdM80&#10;GZP0d7Xq7k4GygBMxsrtgyMPfW6m0S2oB9+YztCfRVcAAAAAAIDs6x0u/3TB4458ssneKun+6J5p&#10;skfS3+1K9y5joAxAo+upDF7aWmvpkPwTap5r/MMuvainUv6jZh4ok3K2Utlv9BdLayT9cXQHmpDr&#10;wp6R8qejMwBMj4FFyx/jyd73SXahpEJ0z9SwvkJae+vpo1s2R5cAyL6B9tLr3PX56A4cllGv6Tm9&#10;28qj0SEAAAAAACBfBtqf+AT38Ysknauc3seWdLnX9C6urQDIorVtnccVkuRid50Q3TJF9kq6qFrd&#10;/dGztm/fHR3TCHL5ZXz1wqWPa2lJN0h6XHQLmol/v7syeBL7nQPNZ23bkhck5h+T9KzoljraYmbv&#10;WTm8+ct8rgGop7720gfN9a7oDkzKA2Y6qXu4fEt0CAAAAAAAyK/+ttJKSRfJ9LToljq6Xebv6hke&#10;vCo6BAAOx00rVrTevWPnhWZ6l1wLonvqxVz9Mv11d6V8W3RLI8nlUJkkDbQteY2b/2t0B5rG3rSW&#10;Pu2MbVs2RYcAiNNf7DzRlfyNSWdGtxyGW1xafWOlvHZ18yxhC2AarZaSZxdLV7r0sugWHJKqXC/t&#10;GSl/KzoEAAAAAAA0h/5i54lS8neSXhjdMnn2E5e/v6dS/jYPcAPIkzXLl8+Yu2vvy032Xkld0T2T&#10;VJN0ZeL+0ZUjg7+IjmlEuR0qc8kGil3XSHZqdAuawuqeSvnvoiMANIaB4tJTpfQ9Lr0gumXifKPJ&#10;Pnh/pXzlqv0nUAAwZdZIhXnF0pWSVkW3YEKqMl/Fk7QAAAAAAGC6uWTr2pf0Sv6ejG239t+S3n9D&#10;pfwfq3mAG0COrVm0aPb8ZPafufyvJR0T3TNBLulbZvp7duY4uNwOlUlS/+Jly1Sr3SJpTnQL8suk&#10;DTOT6jNPGRraG90CoLF8p7OzWKsWznH5qyU9I7rnALabdLmky1nKFcB0W7N8+Yx5u/ZdJXlvdAsO&#10;KnX5a3org5dFhwAAAAAAgObW33Fsh6fVl5nptXItje45gEFJXzLp37nmDqDZrJaSE4qdz5Xsj2X2&#10;igbcGtMl/Zfkl7XWWv/j1G23/yo6KAtyPVQmSX3tpdea65LoDuTWbpeO762UfxkdAqBxuWQD7aVn&#10;e6pXmulsSW2BOfdK6jezLz/ucfOvOe7mm8cDWwA0ufULls/dO3vsW5JOiW7BAbnL39JbGfxkdAgA&#10;AAAAAMBvrJaS49uWnJhY+kpJL5LsCWExph1yX+tuX35gpHwdO4EAgHT1woVzWgqzXySzl0s6VdIR&#10;cTW+UbKvJ+5XssXlocv9UJkk9bd3XSm3V0R3IIdcF/aMlD8dnQEgW9Z2dBydpC3Pl+xUd+82U3EK&#10;X+7Xkq6V/NqaCteeWdm0ZQpfCwAO2Zrly2fM3TV2pUkvjW7B7xiX+/k9I4NfiQ4BAAAAAAA4mGva&#10;li2sWe15kp360Kr4i6bw5X4l6btccweAiVktJc8pdj3DlZzo8udJWilp/hS+5C8l+4Hk11aryfqz&#10;tm+6ZwpfK/eaYqjsqo6OR81KCz+VrCM4BfnyzZ5K+cXREQCybbWUnLBo8ZPdkiea2bEmPVHSMpeW&#10;SZp9CH9qXPIt8uSXMt8ot42pa4PN8p/1lstjU1MPAPWxfyvMscslrYpugSRpzKTzuyvlNdEhAAAA&#10;AAAAh2KNVJjbXnqqpXasK32imR0rs2VyXyZp5iH8qX2Syi5tkGlj4rrdPb19wVGP/hk7gADA5K1f&#10;sHzu2KzxZ6RWO1Zuy8zsiZIfK6lDUnIIf+p+yTZKfrukDTLbmFZrvzhj25ZNUxLepJpiqEySBtqW&#10;Pt8tvU5Sa3QLss9dFY3ruN47yzuiWwDk02opOa5YPDKpzTjClc5pKdg8N82XFwqSZKr9uibbY0nL&#10;7lq6e+fRCxY8wA9ZAFk3UFzyFpd/XIf2wxH1NWKF5KzurZt+Hh0CAAAAAABQL2ukwpxicX5rtXVu&#10;OrNlTlKrzq2Zjky8kLiqnsjuG7dktyXV3V6r3X9EpXPXKbq+Gt0NAM2ir1Same7bN0ea9ehWr81x&#10;L8xRsn9FszRNxwuJP+CpdibWsvvBwtjuc4aG7otubgZNM1QmSX3FrvNNdml0BzLvQaW15/aMbr01&#10;OgQAACBv+tpLrzLXFyTNim5pNi79wpKWs3qGbh+KbgEAAAAAAAAAALGaagWA3srgZZJ/NroDGed2&#10;AQNlAAAAU6N3uHxFkiTPMGlDdEuT+cLspHo8A2UAAAAAAAAAAEBqspXKJGl9R8esvWnr9yQ/ProF&#10;2eOui3tHym+K7gAAAMi7vlJpvo35v8nsJdEtObdP8jf1VAY/Fx0CAAAAAAAAAAAaR1OtVCZJpwwN&#10;7W2tFXpc2hzdgoxxu+rGkfJbojMAAACaQW+5fP+ukcFV5vpbSePRPTm1xROdxEAZAAAAAAAAAAD4&#10;fU23Utlv9C9etky12o8kPTq6BY3PTDfcX9t7yqrR0T3RLQAAAM1moFha7q4rZHpadEtOuOSf3JWO&#10;vYPzWwAAAAAAAAAAcCBNO1QmSX1tpdPNtFZSS3QLGtp2r+mE3m3l0egQAACAZnX1woVzWlrnfECu&#10;N0sqRPdk2HZ3v7B3ZPAb0SEAAAAAAAAAAKBxNfVQmST1t3edI7c1YrAMB+R3FFI/6fTRLWyXCgAA&#10;0ADWLup8SqGQfN5dJ0S3ZMz/Z+/eo+w+C3r/f549k1tpCrRNgTaZ3HaaQrhJKohcpEjbJKWHpWIV&#10;sQoH7yAc8SgcOEer4u2n6EE8xx8efqLCEQwqp5bMTEoxcEQp0KJcItJO7mmBtlR7IW2Smf38/igi&#10;hV5ymZln9p7Xa62urtVm9ve9265mZu/Pfr5TJfnto5OHfvnSm28+1DoGAAAAAACY2+b9qCxJRke6&#10;Ly7Je+LEA+7vy71e74JLDu7+TOsQAAD+3XUbNy647dY7f6qm/mLczv5YfLx28poteyeubR0CAAAA&#10;AAD0B6OyrxobWfvDSfmjJJ3WLcwJ/9LrlOdfsvfGf2wdAgDAA7vq7HPPHBqe+pWS8iNx8vADuTmp&#10;b9i0f9eflqS2jgEAAAAAAPqHUdnXGV/ZfWWt+b0Yls1rJfnXmt6lm/fv/kjrFgAAHt72s9eu6A3n&#10;Pyflx5Isbt0zB+yqqb981rJHvfv8668/2joGAAAAAADoP0Zl32B8RfdFteQ98WbUfHVgqpSLX7jv&#10;xs+1DgEA4PiML1/braW8PiWXJ1nYume21Zr9pZQ339W7539ddvDgPa17AAAAAACA/mVU9gDGV669&#10;oNZyZZKlrVuYRSU39DpTF12yZ8++1ikAAJy4q1esP3uqTP6npPx4ktNa98y0mnw2qb/lZDIAAAAA&#10;AGC6GJU9iLGRNc9OOlcmOb11CzOvJP/YqUOXXHTg8ze3bgEAYHqMdruLciQXleTyJN+VZLh10zS6&#10;pSTvSPLOTfsndraOAQAAAAAABotR2UPYvnL96lqnttXk8a1bmFFbF3cmf/iCvXvvbR0CAMDM2L5y&#10;/eqp3uQPlFJekmRD654TdCTJ9tTy7smpr1x56c03H2odBAAAAAAADCajsofx/pGRRw+Vhe9LzXe0&#10;bmH6leQ3L94/8V9KUlu3AAAwO7YtX/OkoU7nxTVlc1I3Jum0bnoId6WWa9Kp28rUovdtOrjz9tZB&#10;AAAAAADA4DMqOwZbly9fsrSz5A+S+sOtW5g2R0vKz23af+NbWocAANDO6GO7y8rCXJyU5yT1mUme&#10;kGSoYdJdSfl4au+jGSofXHbGI//u/OuvP9qwBwAAAAAAmIeMyo7D2Ej3B5O8LckprVs4KXtKyYs3&#10;7Zv4ZOsQAADmlivXr1+64N7Jby298pSU+uSkPDnJ45Msme5r1eRLJeWzKfXTqfVT6fX+4a6De3Ze&#10;lkxN97UAAAAAAACOh1HZcRpffu7Te6X33lIy0rqFE1Dzod7Q5Esu2bv3i61TAADoH9esXv2YyaML&#10;VqbTW5VSz+rVcnpSTy8ppydZnNRTkiz62hfUzl0pdTLJHTX19qTc3in5clK+0Kt1z9Tkob2X3nzz&#10;oVbPBwAAAAAA4KEYlZ2AK9evX7rwnt5vJ/XHWrdwzA6XlNddvP/G3ytJbR0DAAAAAAAAAABzlVHZ&#10;SRgd6b643Hc7zNNbt/CQPtOp9QcuPrDrs61DAAAAAAAAAABgruu0DuhnW/ZP/EXp1Wck9W9bt/CA&#10;apK3H1ky9CyDMgAAAAAAAAAAODZOKpsmYyPd703J/0jNstYtJEk+WUp+dNO+iU+2DgEAAAAAAAAA&#10;gH7ipLJpsnn/xHuHekNPrclftm6Z546UUn51cWfyWQZlAAAAAAAAAABw/JxUNgPGl5/79Nrp/U6S&#10;Z7VumUdqknfVqbxhy00TB1vHAAAAAAAAAABAvzIqmyE1KeMj3Rcn9f9JyqrGOQOufCR16rWbD+z+&#10;ROsSAAAAAAAAAADod0ZlM2zHsg2nHl58+NW15D8neXTrnoFSckNJ+aVr9934niuSXuscAAAAAAAA&#10;AAAYBEZls2T7Y578iKlFh15VktfFuOwk1c8n5b99bP/EX15hTAYAAAAAAAAAANPKqGyWXXPOeWdM&#10;Dk/9VK31VUnOat3TT2ry2VLLm+86beGfXbZz55HWPQAAAAAAAAAAMIiMyhrZsWrV4nt6Q5eXlNcm&#10;Oa91zxz3N7XU3968b9d4SWrrGAAAAAAAAAAAGGRGZXPA9pG1G3vJDyXlpUnOaN0zR+yqyf/KVP73&#10;lpsmDraOAQAAAAAAAACA+cKobA65cv36pQvvnbosvfxgSp6TZKh10yw7VJKrUso779x34/hlyVTr&#10;IAAAAAAAAAAAmG+Myuao94+MPLqTBZcm5XtLcnGSBa2bZsidSa6syXuzMFdvmZg43DoIAAAAAAAA&#10;AADmM6OyPjC+8vGP6+XoGJhHvAAAIABJREFU5lKzOcmFSR7ZuukkHUjKWK29sSX3Lr7mglt33t06&#10;CAAAAAAAAAAAuI9RWZ/ZkecNH1px07eX9J6TUr6tJN+W5MzWXQ9jT635aEq9tvbqhy45uPszrYMA&#10;AAAAAAAAAIAHZlQ2ALads+bczlDn6bXmqaWUpyb1W5Kc3qKl1uwvJf+Y5B9KzT9MDU1+7JK9e7/Y&#10;ogUAAAAAAAAAADh+RmUDatvq1Ss7U6VbSmd1L1ldUlenlpW5b2z2b38MH+fD3pvk9prcXmpuq53s&#10;6aTsqbXuqal7Or3Fn9t0cOft0/1cAAAAAAAAAACA2WNUNo+Ndrunlcnh06d6vc5wektK6uKv//u9&#10;oeG7p6bq0c5U78hUPXT7pTfffKhVKwAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAG2V1gEAAAAAAEBbW5OhR69Zc86Ro0OrOqW3&#10;OimrS8lZSR5Xa86qybKSDCV59AN8+T1JvSvp3Jn07qi13NLplD01dU9N3TN0NDdedPOugyWps/y0&#10;AAAAOEFGZQAAAAAAMI9s3bBh4alfOfy09Oq3lpQnJ+UpSd2Q5JQZvOyhktxQk52l5KO95O+X7Fv+&#10;mQvyockZvCYAAAAnyKgMAAAAAAAG2NYNGxYuveue5yTl4qQ8K8nTkixu3ZXk7iR/n+RDnVI/fMaZ&#10;j/rE+ddff7R1FAAAAEZlAAAAAAAwcD6wZs0jJ48OfVdK/a4kz09yauumh1OSf03y173kL7IwV2+Z&#10;mDjcugkAAGC+MioDAAAAAIABsHXDhoWn3X3k0trLS1Pq5syN08hO1B1J3pv0/mTT/t1/V5LaOggA&#10;AGA+MSoDAAAAAIA+NrZ6/fpM9n4kpf5QkrNa98yAiST/3+Rk5+2X3nzDba1jAAAA5gOjMgAAAAAA&#10;6DM1KeMruhel5GeSXJT58Xr/vUn58056b714/67rW8cAAAAMsvnwQyYAAAAAAAyEK5LOM0a6P5Dk&#10;9Uk2NM5pptSMlU5908X7dv196xYAAIBBZFQGAAAAAABzXE3K9pXrvrvW+stJntC6Z+6o15RSXrdp&#10;38QnW5cAAAAMEqMyAAAAAACYw7avXPvtvdr570n91tYtc1QvKe+c7JU3XnrwhptaxwAAAAwCozIA&#10;AAAAAJiDRs/pLk8nv1lKXhKv5x+LQ0l+ZdmyR775/OuvP9o6BgAAoJ/5IRQAAAAAAOaQrRs2LFx6&#10;1+E3JPn5JEta9/ShXal55eYDE9tbhwAAAPQrozIAAAAAAJgjxpavfnI6Q/8rydNbt/S5WlPftuSe&#10;xT93wa07724dAwAA0G+MygAAAAAAoLErks4zRrq/kOSNSYYb5wyQ+oWa8uNb9k9c1boEAACgnxiV&#10;AQAAAABAQ6OP7S4rC+s7knJJ65YB1SvJby3av/y/XpAPTbaOAQAA6AdGZQAAAAAA0Mj4yLkvqKX3&#10;Z6lZ1rplHrh+Kp3LXrj/ht2tQwAAAOa6TusAAAAAAACYj0ZH1v50TW+bQdms2ThUeteOr1x7QesQ&#10;AACAuc5JZQAAAAAAMIuu27hxwa23/usfJuVlrVvmqaNJfdXm/bv+sHUIAADAXGVUBgAAAAAAs+TK&#10;9euXLrxn6i+SXNS6hfp7d+3f9drLkqnWJQAAAHONURkAAAAAAMyCbatWPXaoNzxWk6e2buFrtt61&#10;dNHll+3ceaR1CAAAwFxiVAYAAAAAADNsdEV3bSn5YJKVrVu4v5L836Hh3n+4cPfuO1q3AAAAzBWd&#10;1gEAAAAAADDIxladt6qUXB2DsjmpJs+dnOxs27Fsw6mtWwAAAOYKJ5UBAAAAAMAMGT2nu7wM1b9N&#10;yqrGKTycmg9NTh265NKbbz7UOgUAAKA1J5UBAAAAAMAMGH1sd1lnKFcblPWJkucNDy+5cseqVYtb&#10;pwAAALQ21DoAAAAAAAAGzWi3e1pJrkny5NYtHI+y5mjtPH7dHbf/xYeS2roGAACgFSeVAQAAAADA&#10;NNq6YcPCzpFcleRprVs4fiX5nmeMdN/WugMAAKAlozIAAAAAAJhGS+88/Ds1eW7rDk7Kj4yPrPv5&#10;1hEAAACtlNYBAAAAAAAwKMZXrn1VreWtrTuYFlO11Eu37Ns11joEAABgthmVAQAAAADANNi2Yt1z&#10;O6V+MMlw6xamzV0leeam/RM7W4cAAADMJre/BAAAAACAk3TV2eee2Sn1XTEoGzRLe8l7ti5fvqR1&#10;CAAAwGwyKgMAAAAAgJNQkzK8oPfOJCtatzD9SvLEpWXxb7XuAAAAmE1GZQAAAAAAcBLGV3R/JjWb&#10;Wncwg0peObpi7fe1zgAAAJgtpXUAAAAAAAD0q7HV69dnauqTSU5p3cIMK7m1Hs6GLV+cuLV1CgAA&#10;wExzUhkAAAAAAJyArclQpqb+NAZl80PNsrKovqV1BgAAwGwwKgMAAAAAgBOwdOW61yZ5eusOZlEt&#10;Lxkd6b64dQYAAMBMc/tLAAAAAAA4TlctP/ec4U7vc0mWtm5h1t20+J5F511w6867W4cAAADMFCeV&#10;AQAAAADAcRrq9N4Sg7L56px7lxx+Y+sIAACAmeSkMgAAAAAAOA7bR9Zd2Eu9unUHTU12av2Wiw/s&#10;+mzrEAAAgJngpDIAAAAAADhGNSm91F9r3UFzw71S3tQ6AgAAYKYYlQEAAAAAwDEaH1n7Q0nOb93B&#10;nPCibSvWPbd1BAAAwEwwKgMAAAAAgGOwI88bTsovtO5g7uiU+sbWDQAAADPBqAwAAAAAAI7BvStu&#10;+sEka1p3MKdcNDay5tmtIwAAAKabURkAAAAAADyMrRs2LEypV7TuYO4ptfOG1g0AAADTzagMAAAA&#10;AAAextI7j3xPkpWtO5h7asmm0ZHuE1p3AAAATCejMgAAAAAAeFj11a0LmLNKp+ZnW0cAAABMp9I6&#10;AAAAAAAA5rJty9c9o9Op17buYE47XI9kxZYvTtzaOgQAAGA6DLcOAAAAYDCNrTpvValTG2utG5Ny&#10;dlJPT3JGkkVf/SVfLsm+Wsr+JP+UMvTJzXv/eW+zYACAB9Hp5CdbNzDnLeosLD+Q5C2tQwAAAKaD&#10;k8oAAACYFtdt3Ljgtlvu2FJL2VJr3VRKRo77QUpuTc14Tf56yT2Lxi+4defdM5AKAHDM3rdq1aMW&#10;94a/kGRx6xbmvF2b9k+sK0ltHQIAAHCyjMoAAAA4KdvPXruiDpdX9pKXleQx0/jQdyb1j3tT9X9c&#10;ctPuG6bxcQEAjtn4inUvr6X+UesO+kPt5Jlb9k64VSoAAND3Oq0DAAAA6E/b1649a3yk+7u94XJD&#10;TV43zYOyJDktKa/uDHU+N7qy+0dXr1h/9jQ/PgDAw6ql9/LWDfSRqby0dQIAAMB0cFIZAAAAx21s&#10;xbqXlVJ/tyaPmsXLfqUmv7Jk//I3X5APTc7idQGAeerqFevPnipTB+ID2hyz+oW79u9acVky1boE&#10;AADgZPhBGAAAgGM2+tjusrGRddtS6jtmeVCWJI8oyW/cO3Lwo+Mj3Q2zfG0AYB6azNSL4nV0jkt5&#10;3NJV3ee0rgAAADhZfhgGAADgmIyNrPnOsig7k7qlccr5NblubKT7g407AIABV0r97tYN9J/Sy4ta&#10;NwAAAJwsozIAAAAe1thI93uTzrbULGvd8lWLk/zJ2Irua1uHAACDabTbPS0pz23dQf+pyabWDQAA&#10;ACfLqAwAAICHNLai+1NJ/jzJotYt36CTkjePjnR/oXUIADCAjuQ7kixsnUFfOm90RXdt6wgAAICT&#10;YVQGAADAgxpf0X1RSn4vSWnd8mBK8kvjK7uvbN0BAAyWkvqC1g30r07Kha0bAAAAToZRGQAAAA9o&#10;bMWab60l704y1Lrl4dSa39s+su6FrTsAgMFRU57fuoH+VUt9VusGAACAk2FUBgAAwDfZsWzDqSmd&#10;9yRZ0rrlGHV6qX/8gTVrRlqHAAD9732rVj2qJBtad9DXvr11AAAAwMkwKgMAAOCb3Lvk8O8mWdO6&#10;4zidMXm08yd1Dt+qEwDoD0t6C8+P7yk4OWvGVz7+ca0jAAAATpRRGQAAAPczurz7HUle0brjhJQ8&#10;b/tI9wdbZwAA/a1Xp57RuoH+V+rkxtYNAAAAJ8qoDAAAgK/ZmgyVTt6aPj6Zo5a8+cr165e27gAA&#10;+ldJnta6gf43VXtPad0AAABwoozKAAAA+JqlI92XJHlS646TUrNs4b29n2idAQD0sZINrRPof8aJ&#10;AABAPzMqAwAA4Ou9vnXAtKj157cuX76kdQYA0H+u27hxQVLWtO5gAJTyhNYJAAAAJ8qoDAAAgCTJ&#10;+Mi5L0gG5lSOM08rS76/dQQA0H++eNud3SQLWncwEFZvTYZaRwAAAJwIozIAAACSJL3ae3nrhulU&#10;S/5j6wYAoP8MJ04pY7osevSaNee0jgAAADgRRmUAAABktNtdVEr+Q+uO6VWfvW316pWtKwCA/lJr&#10;lrduYHBMTZW1rRsAAABOhFEZAAAA6RzpPCfJqa07pttQb+jC1g0AQJ+pPaMypk2txUllAABAXzIq&#10;AwAAICn1ea0TZkKtubh1AwDQX0rK2a0bGCA1Z7VOAAAAOBHDrQMAAABor9beM5LSOmMmbGwdAAD0&#10;mU5OT20dwaCopT6mdQMAAINrtNtdlHuyrHZ6jx3qDD2m9rIsnSyrtXZS6yM6pSx8wC+suTMpt/dK&#10;va1T6pfTGbr96OHcdOnNN9w2y0+BOcyoDAAAgCTlW1oXzJCVO5ZtOPWCW3fe3ToEAOgPtea01g0M&#10;jlLLGa0bAADob9dt3LjgltvueGJJnpbkCalZUUpGaq0jOZLHZSgp6aTWet/nhr/6p5Ty4J+XKUlS&#10;7/vltSRTvQwPJ2Mj3XtKsrcmB5Kyt6Z+LjX/tGBB758v3L17/6w8YeYMozIAAIB5brTbPS1HMqhv&#10;dnUOPeJIN7fmH1uHAAB9w6iM6dMpj2idAABA/6hJuXrVuevrVH1mSn1mTTbeeusdTyzJ/U4cqzWZ&#10;oTtPLKnJ45M8/t9GZynJ5GQnYyPdu0vyySQfTc1Hh4enrn3Bnj1fmokI5gajMgAAgHmu3ttbWTqd&#10;1hkzpjPllkMAwHE5tXUAA6TWU1onAAAwt129fM26XmdoSy/1BePJM9PrnTEze7GTdmpNnpvkuSnJ&#10;0amhjI10J5L6wZpyzcKp4R0vuOmfv9w6kuljVAYAADDPdYY7Z6TXumIGlSxrnQAA9I+aDM3N92/o&#10;T0ZlAADc39ZkaOnImufVlEuTsmUqWfe1U8H6Tzcp3ZL8+NGhyd7YSPcfklyV3tT7Nh/c8+nWcZwc&#10;ozIAAIB5rvQ6w3WAV2W13P9oeACAh1KSodYNDJLivycAAHJF0nn68u5zylAuqzXfk+QxfToieyid&#10;JBuTbExn6Iqxke6upP5Van3v5gO7P9E6juNnVAYAADDP1dob6tePwR2LUutU6wYAoJ/UTgb5myNm&#10;me9FAQDms/ePnLtmuNT/WGt9WZJzUufVTxtrk/JzKeXnxka6/1RS/qRTO++66MDnb24dxrExKgMA&#10;AJjnOp16V68O8EsZtXOkdQIA0D9qytEB/s6IWVcG90hgAAAe0HUbNy649ZY7X5ySVyS959e+vbPl&#10;tHpCTf3NqTL1a+MrulfXTu/3P7Zv9/gVGeBbaAwAozIAAIB5rk7llnRaV8yc0ul9sXUDANA/Ss0h&#10;b/kwfcpk6wIAAGbHNeecd8bRocmfvvW2O34qJcta98xRQ7Vkc2pn8zNG1n5hLOUPJyc7v3/pzTfc&#10;1jqMb2ZUBgAAMM/1FpdbygCf5TU1WW9q3QAA9JGSQ60TGCAld7ZOAABgZm1fu/as3tHyM5OZ/Ikk&#10;j0ptXdQvyuOS/OLwcO9nRld2f3/qaOd3jcvmlgH+LDoAAADHYsvExJ21Zn/rjhly9JQFvUF9bgDA&#10;DKjJ3a0bGCC1d0frBAAAZsb4ysc/bmxk3dt6R8uBJK+vyaNaN/Wp00rNG4aHezeNjax72+g53eWt&#10;g7iPURkAAAApJf/YumGGfOqCvXvvbR0BAPSPktzSuoFBUv6ldQEAANPryvXrl46OdH+h1qOfS+qP&#10;JVnYumlALEzqj5WhfH5sxdpf2bFsw6mtg+Y7ozIAAABSa/1464aZUFOva90AAPSXktzauoEBUsrt&#10;rRMAAJgeWzdsWDg60n3dwnum9pXkl5I8snXTgDolpfzXe5cc3jc60n3daLe7qHXQfGVUBgAAQNIp&#10;o60TZkKpZax1AwDQX6qTyphOvRxsnQAAwMkbXbn2+UvvPPzxkvxGkke37pknTi/Jb+RIrhtfce5z&#10;WsfMR0ZlAAAA5OP7Jj5Vky+17phmhyanDl3TOgIA6C+llH2tGxggZepA6wQAAE7cNatXP2ZspPvn&#10;pZYPpuQprXvmo5I8sZbeh8dWdN8+vnzD6a175hOjMgAAAHJF0kvNu1p3TLPRS2+++VDrCACgv9TU&#10;Pa0bGBydsuCm1g0AABy/mpTxFetefnRq6HNJLmvdQ0pKXlE7hz83urL70tYx84VRGQAAAEmSXun8&#10;zyS91h3TpVfLW1s3AAD9Z/Jo58bWDQyMe+7Y9/n9rSMAADg+21avXjk+0r2mlvpHcavLueasUvOu&#10;sRXr/mr72rVntY4ZdEZlAAAAJEleuP+G3Sm5unXHNNm55cCNf9s6AgDoP5fefMNtSe5o3cFAmLgs&#10;mWodAQDAsRsfWfeazn2nkz2/dQsPodTv6h0tN4yNrP2x1imDzKgMAACAr+lN9X4+A3BaWal5Y0lq&#10;6w4AoD+V5FOtGxgApX62dQIAAMdmx7INp46NrH1HTf3vSZa07uGYPDIpbxtb0X371uXL/TubAUZl&#10;AAAAfM0lB3d/JrX+n9YdJ6Xm2osPTPx16wwAoH/Vms+0bmAQdP6pdQEAAA9v+4q1T7z3lMPXJ+Vl&#10;rVs4ASWvWFoWf/Tq5WvWtU4ZNEZlAAAA3M/wgvozSe5q3XGCJpPeq51SBgCcjFqqk8o4eb36idYJ&#10;AAA8tNEVa7+vV8pHU3Nu6xZOQslTpjqd68ZXrvue1imDxKgMAACA+7lw9+79Sf3PrTtO0Js2H9jt&#10;zTsA4KTUXr22dQN9r3fv0OTHWkcAAPDAtm7YsHBsZN3bSinvSXJq6x6mxWm11r8YG1n7livsoaaF&#10;f4gAAAB8k4/t3/X2pG5r3XGcrr9r6aJfbx0BAPS/TxzcvTPJHa076F812fVde/f+a+sOAAC+2Wi3&#10;e9rSuw5fldQfa93CTCivfvqK7jtHu91FrUv6nVEZAAAA3+SKpLf4nsXfn1I+3brlGB3sdSZfeNnO&#10;nUdahwAA/e+KpJfUj7TuoH91kg+1bgAA4Jt9YM2akXIkH0lyUesWZk4p+YFyJB+86uxzz2zd0s+M&#10;ygAAAHhAF9y68+7aq9+d1C+0bnkYX0nJZZfs3fvF1iEAwCApRmWcsFrLjtYNAADc37YVa86fnCzX&#10;JnlS6xZmxbOGh3t/u/3stStah/QrozIAAAAe1JYDE7tKL89NcnPrlgfx5U7qd2zeN/HR1iEAwIDp&#10;TY22TqBv9SanygdaRwAA8O9GV3Qv6pTOh5PyuNYtzKrzesPl42PLVz+5dUg/MioDAADgIW06uGui&#10;U+vFSfa1brmfkltrJy+8eP+u61unAACDZ9PBPZ/J3B3WM5fVfObSm2+4rXUGAAD32T6y7sJS8r4k&#10;p7RuoYnHpjP0gdGV3W9pHdJvjMoAAAB4WBcf2PXZ0lv0tKR8sHVLkqTm2qHe0FO37J24tnUKADCY&#10;SlJLzXjrDvrQfW9YAgAwB4yvXPc9vdT3x6Bsvjur1HxodFX321qH9BOjMgAAAI7JpoM7b79r6cIt&#10;pZRfTTLZKKOWkj+YnDr0nRcd+LyTQwCAGdXr1L9o3UD/mSpla+sGAACS8eVrN9Va/yzJwtYtzAmn&#10;lV7eP7763Ke0DukXpXUAAAAA/Wd8+blPr53eHyR52qxdtJRP93r56UsO3Ph/Z+2aAMC8tnXDhoWn&#10;3XX4SzV5VOsW+kTJDZv3TaxvnQEAMN+NL1+7qXbKlTEo45vd0au9F1xyYPd1rUPmOieVAQAAcNw2&#10;Hbzh45v2T5xfa/3+pH5+hi+3u5a84mP7bvwWgzIAYDZdtnPnkVrzl6076Cflna0LAADmu+0jazfW&#10;TnlPDMp4YI8spfP+94+cu6Z1yFxnVAYAAMAJKUndcmDXn39s/64n1FK3lJqxJFPT9PC9JDtS60sW&#10;71++fsu+iT+64r6/BgAwq0rpvKd1A32jlzL0rtYRAADz2dXL16zrpYwneWTrFuaukjxmKFOj15xz&#10;3hmtW+Yyt78EAABg2lx19rlnDg9PXZKUFyZ5dpLHHseX/0tN/q7UjNVe/nrLTRMHZygTAOCY1aSM&#10;r+z+c2rObd3C3FaTD2zZP3FR6w4AgPnqmtWrH3N0qnNtUlY1TqF/XNc5fMrzLv7Sp7/SOmQuGm4d&#10;AAAAwOC49OYbbkvyJ1/9I9tWr15ZJjvf0umUc1JzVpJFX/vFpUyml4O9Tm9fKQs+t3nvP+9tEg0A&#10;8BBKUsdq3pHk11u3MLd1Svnj1g0AAPPVaLe7aPJItiZZ1bqFvnJ+b9Ghd9Tk+0pSW8fMNU4qAwAA&#10;AACAh3DfiQdD+/L1A3m4n/qFu5YuXnXZzp1HWpcAAMxHYyPdP01yeesO+tYbNu+f8EGib9BpHQAA&#10;AAAAAHPZC/bs+VKSd7buYO4qtfy+QRkAQBtjK9f9XAzKODlvGl+57pLWEXONk8oAgKZGu93Tho7U&#10;db3SWVlqfURNXZJSpmqvfrmToS+nMzSxad/nvtC6EwAAgPlt2/I1T+p0Op+K19X5Zvd2FtSVF+/a&#10;dUvrEICTMfrY7rKhRXVdr1fOLCln1NJbkORwTflK7ZUDQ1l446aDO29v3Qnw9baPrLuwlzqWZKh1&#10;C33vX2rNt245MLGrdchc4YdfAGBWXb18zbreULm41vLcJM9KcvYxfNmdST6TWneUTv7mzDMf9ZHz&#10;r7/+6MyWAgAAwP2NjXTHk1zcuoO5prx18/4bX926AuB4XJF0nrly7bf10nl+an1+kqcmefTDfmHJ&#10;ran5aGo+XIY7H9y054ZPzXQrwIP56m3qP5lje68JjsXHly175LO9D3kfozIAYMZddfa5Zy5YMPXD&#10;tZaXJNk4DQ/55aT8ZU3vT7fs3/V30/B4AAAA8LC2j6zd2Ev5RLy2zr871OtMrr1k794vtg4BOBbj&#10;q899SqZ6L6vJZZmeEcY/1+TdC4Z7f3zh7t37p+HxAI7JFUnnGSPrrk7qd7ZuYbCU5Dc37Z94feuO&#10;ucAPvgDAjPnAmjUjk5PlZ5PyiiSPmKHL/H1NfmPL/omrZujxAQAA4GucVsb9lPzPzfsmXtk6A+Dh&#10;bFux7rmdTv0vqbk4M/Me8dGSvLuX/OaW/RP/NAOPD3A/YyPd1yf59dYdDKRakxd579GoDACYATuW&#10;bTj13iX3/mpSfjLJgtm5avlIepOv3Hxwz6dn53oAAADMR9uWr3tGp1Ovbd3BnHB3KQvO3bTvc19o&#10;HQLwYLYtX/OkTqfz35M8f5YuWZO8qx7Jz2754sSts3RNYJ756v/bPp5kcesWBlX9QmdBnnrxrl23&#10;tC5pqdM6AAAYLNtWrDn/3lMOX5+UV2fWBmVJUp+dztAnxld037A1GZq96wIAADCfXHLwxo+l1He3&#10;7qC9UvPrBmXAXFWTMrai+9pOp/OJzN6gLLnvUJPLy8L6qfHlazfN4nWBeWK0213UKZ13xqCMGVUe&#10;1zta3tq6ojWjMgBg2oyvXPuqTul8JDXnNkpYWEt+denI2h0fWLNmpFEDAAAAA65Olp9P8pXWHTS1&#10;b9HQ5O+0jgB4INecc94Z4yPr3p+SNydZ1KaiPK52yrbRld1f9SFgYDqVI/nFlDyldQfzwmWjI90X&#10;t45oye0vAYCTtiPPG7535OAfJPmR1i3/rn6h1+lsuWTvjf/YugQAAIDBMzbS/bUk/6V1B22UUl66&#10;ad+Nf9a6A+Abja06b1V6k2NJzmvd8u/KaOfwkssu/tKnDbKBk7Jt1bqndnr1E0mGW7cwb3yx9BZt&#10;2HRw5+2tQ1pwUhkAcFK2Ll++5N6Rg3+VOTUoS5LyuE6vfnh0efc7WpcAAAAweBbfs+jXkuxr3cHs&#10;q8kHDMqAuWh8pLshvaN/nzk1KEuSuqW36NDfXHX2uWe2LgH6V03KUK++JQZlzK7H1s69v9Y6ohWj&#10;MgDghI12u4uWdha/P8mlrVsexGmlk9GxkTXPbh0CAADAYLng1p13l1JfnqS2bmFW3b1guDfHPlgH&#10;kIytXr++luxIyuOXB/6ZAAAgAElEQVRatzyIpw8N93a8b9WqR7UOAfrT+Mruf6zJc1t3MB+VH90+&#10;snZj64oWjMoAgBNWjuT3kzy/dcfDOCWl81ejK7prW4cAAAAwWDbt27UjyXtbdzB7avKmC3fv3t+6&#10;A+DrXXPOeWdkaur9qVnWuuWhlOSJi+vwu3fkeU4ZAo7L+PINp6fmt1p3MG91eilvu2Iebqzm3RMG&#10;AKbH+Mi612TO3fLyQdQsS8n/uerss09pnQIAAMBg6SyoP12TL7XuYFb83d37J367dQTA19uaDB0d&#10;mnxvkm7rlmNSs+nwyEHDEOC41M69r0/y6NYdzGsbnzGy9vLWEbPNqAwAOG7jq899Sk39jdYdx6Mk&#10;T1yw4BQv/AIAADCtLt6165b08n1Jplq3MKP+pU7l+y/z7xmYY5auXPfaJBe07jgeNXnN2Mo1W1p3&#10;AP1h+9lrVyTlVa07IClvmm8HWBiVAQDHZUeeN1ynev87yeLWLcer1vzk9pF1F7buAAAAYLBsOTjx&#10;4ZK8tXUHM6eW/PSWmyYOtu4A+HqjI90npNY3te44ASW1844PrFnzyNYhwNxXh8ubkixp3QFJlg8v&#10;eMQrW0fMJqMyAOC4HF558MeTbGjdcaJ6qf9zx6pVfTeIAwAAYG7rLczrS8nHWncw/WrqW7bsm/jf&#10;rTsAvl5NSkn9f5MsbN1ygs46erTz31pHAHPbtuVrnlSTeXfLQeauUusb3rdq1aNad8wWozIA4Jht&#10;f8yTH1GTX2zdcZK69/SGfrR1BAAAAINly8TE4eHO1IuS3NS6hWl19cf373pt6wiAb3T1yLpLkvKc&#10;1h0no5S86gNr1oy07gDmrs7Q0BuSlNYd8G9q8qjFveHXtO6YLUZlAMAxm1r8lZ9MzbLWHSerpLxu&#10;tNtd1LoDAACAwfKCPXu+lE5+MMlk6xamxc29zuQPX5H0WocAfKNe6iCc8rVoaqrz+tYRwNx09fI1&#10;61Lr97bugAfwmvlyC2ejMgDgmFy3ceOCUsurW3dMk3PKkfr9rSMAAAAYPJv3TnwotV6epLZu4cSV&#10;5F9LctEle/d+sXULwDcaHVn7rCRPb90xHWrNy0Yf2+37DzID02+qM/TGJEOtO+ABPHpysvOTrSNm&#10;g1EZAHBMbrnlXy9JsqJ1x/QpP966AAAAgMG0+cCu9yR5Y+sOTtjh2sl3bdo/sbN1CMADKYP12uaS&#10;zqL6Q60jgLnlvlvj1pe27oCH8DNbly9f0jpiphmVAQDHpKQzaD/YP3Ns9fr1rSMAAAAYTJv2T/xG&#10;kre37uD4lZJXbd478aHWHQAPZMeyDacm+e7WHdOp9srlrRuAuWVqsvNTSYZbd8BDOOu0suSHW0fM&#10;NKMyAOBh7Vi1anFK3dy6Y7qVqd6LWjcAAAAwmEpS79o/8RMp9d2tWzh2tdb/umnfhDEgMGcdPuXI&#10;xUke0bpjWpU85f0j565pnQHMDVuXL19Sk1e07oCHU0t9zRUDvrsa6CcHAEyPe3udZyVZ3LpjutXU&#10;72zdAAAAwOC6LJm6a9+uy2vNn7Vu4RjU/OyWA7t+tXUGwEMbzNc0hzL1gtYNwNywtLPo8iRntu6A&#10;Y3De01d0B/r3L6MyAOBhlXSe27phhjxzR57n+GQAAABmzGXJ1N2nLXp5kitbt/DgSvLLmw9M/E7r&#10;DoCHU2u+o3XDzCiD+ho0cNzKq1oXwLEqKT/RumEmGZUBAA+rJk9t3TBDlt4zcvDc1hEAAAAMtst2&#10;7jyybNkjv9etMOesX9q0f+IXW0cAPJwdyzacmuTxrTtmyKC+Bg0ch/GV3acleVLrDjhmpV569Yr1&#10;Z7fOmClGZQDAwys5r3XCjKnVqAwAAIAZd/711x+9a9+uy5O8vXULXzOZ1B/fvH/iitYhAMfi0COO&#10;dJOU1h0zpLs1GWodAbTV6+XlrRvgOA1Plakfah0xU4zKAICHVJOSmtWtO2ZKp5O1rRsAAACYHy5L&#10;pjbvn/jRkvKfkky17pnn7qilXrx5/64/bB0CcKxKr3ZbN8ygRY9es+ac1hFAO1s3bFhYSr6/dQec&#10;gMtbB8wUozIA4CH99fr1pyZZ0LpjpvRSTm/dAAAAwPyyaf+NbymlfF+SQ61b5qmbUnsXbtm3629a&#10;hwAcj5I60K9lHukNDfTzAx7aqXcdvjjJma074AQ8YWz56ie3jpgJRmUAwENacPfUI1s3zKheTmud&#10;AAAAwPyzad+Nf1lLnp1kT+uWeaXkwwuGpjZuPrD7E61TAI5bLae2TphJZbIO9mvRwEMqyfe2boAT&#10;VTudl7ZumAlGZQDAQyoLhodbN8ykUsrC1g0AAADMT1v2TfzDkSVDTynJn7dumQd6NXn9pn0TF7xg&#10;z54vtY4BOCEli1onzKTS6Q30a9HAg9u6YcPCklzaugNOVEl5SU1K647p5jdm+sbWZOi0ld2nJPXb&#10;ezXdTikra83ZSR6RZEmSpOaulHwlqTck5YZOymc6w1N/e+Hu3Xc0jQfoY52ho4d6vYH7HujflXp3&#10;6wQAAADmrxd9/vN31eQlYyPd/5+9Ow+vuy7zPv65fydpSmkBkbVkozkpS4eigoIrVIEspTpuFXkG&#10;Rx0X3HHBfanbOOjzOIoz44Y67lBXKE1SYGxxLQguOAXanLTJSVqRIlBa2mzndz9/4C5LmpyT+yzv&#10;13X1UpGe3zsXbWlPPvl+f2nSByTxxU/FZtop2YXdQ/3fjU4BgJlw+R6rvs9X/4knyf3RDQBiHLR7&#10;4mkuHRLdAcxAU1/TolNVZSciMypDWVu9ZMmcg+4b63LT+Sad465DpAd+u+z+IN/hT7+PtidJUipX&#10;OpkUepvbfyH5d5NJ/3rHjoHh2eoHgGow5765e0cPGIvOKBlPnTcqAAAAAAChTHLlc5f0Nh7bqyTz&#10;JUmPi26qIlfVJ4VXcDoZgGqQeLLH7cE+QVYdbLKwN7oBQAy39Nmq3l/eUCssWS6pqkZlXH+JstTX&#10;csLRvc3ZjyzYPfZbN31f0soZLJMzkj9e0kfSOhvsbc6u623KdlTj0YMAUArLdm7aI+nu6I5SMUu2&#10;RzcAAAAAACBJXSPbbpmbbzzN3d8tqXq/wmt23GNuL+3K557FoAxA1fD0t9EJpWSaNxLdACCIa3l0&#10;AlAE50YHFBujMpSVnqOyh/e1ZP/LfWKbpLdLOrTIj0gknSNTX19L+696mrLnFPn1AaBa5aIDSsUt&#10;7Y9uAAAAAADgj5Zpw2T38MCHE/dTJauqr3KfJS7Zl5N6P75zuP9L0TEAUEyF+vS26IYSuqtzZFPV&#10;fnEzgIfW19iWldQS3QEUwePWtrYeFR1RTIzKUBZWSUlvU/ZNNkf97nqVpIaSP9R9qZnW9ba0f7Pa&#10;fmIDQAlsjg4omUnbEp0AAAAAAMDf6hge+N/d+f4nyvQySZyyPTW/MU/O6Mr3v7hjYODO6BgAKLaf&#10;b9s2LGlfdEeJVO970AAelifJM6IbgCKxTFp3dnREMTEqQ7h1Lccde1pz9mcy/T9JB896gPt5SVp3&#10;e29T23mz/mwAqBAu/1F0Q4ls696e40h1AAAAAEBZWikVuoZyX9i9oGGR5K+UaWd0U5kakLSyM587&#10;uXN4S7W+hwEAWiWlkv00uqNE+PUbqFWujugEoFhc/vTohmJiVIZQaxvbT0u9sFHSE4JTDpbZN3qb&#10;sx9xyYJbAKDseMGvj24oBXOtj24AAAAAAOCRrNy0abwrP/C5+qRwkpk+LWk8uqkcmHSvS2/fnY6e&#10;1JXPfcskj24CgFJzT6vyPU03/2F0A4DZ55LJ/KnRHUDRmD0pOqGYGJUhTE9T2wuSxK+XdER0yx+Y&#10;pLf3tbR/46ZTTqmPjgGActK9fWu/pKHojmJL5ddENwAAAAAAMFVnbdv2u86h3Kt9XI0uvV3Sjuim&#10;IJtc/s/pHB3Vnc9dsnJkpFqvggOAv+OeXBfdUAL7JubW/Tg6AsDs6zlmUbukw6I7gKJxLe5rOeHo&#10;6IxiYVSGED3N2RVm9jVJDdEtf8f9vJ07d31ttZSJTgGAcmGSu/tXojuKbNcBmcKV0REAAAAAAOyv&#10;7jtyO7vzuUvm7ms4TrI3SNoa3TQLXKbrZfbc3fncyd35ga9053Jj0VEAMNuWj/TfIOn26I6iMrvy&#10;WZs3747OADD7MpnktOgGoNhSn3hydEOxMCrDrOttynaY9G1JddEtD2Plgubsf3MVJgD8WZok34xu&#10;KLI1ywYHR6MjAAAAAACYrmU7N+3pyvdfujufWyzXs1z6jqRqG1rdJdPHkyQ5sWsod2bXUP93V0qF&#10;6CgACHZ5dEAxWepV9fEAmDqXPT66ASg+r5of14zKMKt6W49vlekbkuZEt0zBP61raXtTdAQAlItz&#10;h/pvM1dvdEeRuGWS/xsdAQAAAABAMayUCl3Duau687nnFTR+tLm9StJPJXl02zTdL+lbklb6HDV2&#10;DeXe3DG4pbpO5QGAGajPFD4jqTqu/jVtuW84d3V0BoAozkllqDomOzm6oVg4hQmzZs3ChfPq6uZt&#10;lHRSdMt+mHT5md35gZ9EhwBAOehrWvxUt/SH0R0z52u78gPnRlcAAAAAAFBKPU3ZNpl3m+wsSWdI&#10;Oji66WHsMOk6N//+7sJY38qRkeoYSwBAifQ0ZT9lptdGd8yUm/6leyj3xegOALNvlZSc1pzdI+mA&#10;6BagqEw7u4ZyR0RnFAOjMsyanua2S0z21uiOaRiYnNy7dMWOHXujQwCgHPS2ZDfIdUZ0xwy4J3pS&#10;92BuY3QIAAAAAACzZb3OrNvXOnKquZ0lT88w2akuHRKYNCTpBnNb73XJ+q5tmzcHtgBAxeltPb5V&#10;6eRtkuZGt8zAVp+jE7tzuWq7uhnAFPQ0ZdvMlIvuAEohTSaPXj44eEd0x0zVRQegNvQdu/hkL6SV&#10;epVkW33dvPdKent0CACUg3QyfUWSSW6R1BDdMh0u/2z34ACDMgAAAABATVmmDZMa1EZJGyV9SJL6&#10;GtuyqekUM50i2SmSjpN0pIr7uYNdknIm5VLpVrP0Jh9Lft59R25nEZ8BADWna/D2wb6m7Afd9OHo&#10;lulKZBd25PoZlAG1ynRidAJQKpl0zj9IYlQGTEVaSD9mFfzjzaWL+hrbLuscGWApDaDmLd++dUtP&#10;U/Y/zPTm6JZpuEvj9t7oCAAAAAAAysEf3u/MSbrij39ttZQ5pOm4I1P3Rll6tBJvSt0ONOkQyedJ&#10;Nk9/cY2mSftcNippzEw7U/n2jNudk164wyaSIcZjAFA6DZnJj4+mdS+RlI1umYYrO/L910ZHAIhj&#10;0j9ENwCl4p4ulnRddMdMVezIB5Wjr6VtmbvOju6YoQZP7H2SLogOAYBycMQRB79j585dp0t6cnTL&#10;fiiY+cquOwZ4MxsAAAAAgIewUipoePMOSTuiWwAAD2/Z4ODo2sZFz0mSZKOkedE9+2FbQeMviY4A&#10;EMtN7ebRFUCJmLdGJxRDEh2A6udu74luKJLzeluPb42OAIBycOrNN0+4659Nuje6Zarc9YnOoYH1&#10;0R0AAAAAAAAAUCzLR7b+xl1vie7YD+OJ+T+dm8/fEx0CIJa5N0U3ACXjaotOKAZGZSipnubsiZKW&#10;RXcUSZ2nE6+KjgCActE9nBtQmnRI2hPd8khMuuLG4dxbozsAAAAAAAAAoNi6h3OfNumS6I4pKMj1&#10;/I6hgZ9GhwAoC4zKUL3Mjo1OKAZGZSgpk784uqGYTLpgtZSJ7gCActE5suVGd79A0mR0y0MyXd+Q&#10;TL54lZRGpwAAAAAAAABAKWzM594p6evRHQ/HZG/uGs5dFd0BoFzYMdEFQMmYGqMTioFRGUrGJZPs&#10;vOiO4rKjD2ppe1p0BQCUk+7hge+7eYek+6Jb/o7Z5V6vjmWDg6PRKQAAAAAAAABQKquktDOfu0Bu&#10;/ze65UFMmPSiznz/J6NDAJSH77W2HiJpfnQHUDKuQ1dVwSar4j8AlK++xmNPUhUeWZmmtjy6AQDK&#10;TffQwA88UYekO6Jb/shMn547dMwF3bncWHQLAAAAAAAAAJSaSd413H+xpFWSPDjnj+6T63md+dxX&#10;o0MAlI8DJ5PDoxuAEsucsnDxodERM8WoDKVjmbOiE0rBTGdENwBAOeoezG2sq0uPN+mKyA6T7nX3&#10;Z3cO5V69TBvK91pOAAAAAAAAACiBrnzu/Z5qmaTtsSX+o2TS/4ErLwH8rYLpkOgGoNSs3it+PMmo&#10;DKVjemJ0Qok8Zs3ChfOiIwCgHJ29deuujnzuheb2Kkl3z3qA6fpUenL38MD3Z/3ZAAAAAAAAAFAm&#10;ukdy16fJ5KlBXwS8V2bv2b1g7lkdOwaGA54PoMwllmFUhqqX8cKjoxtmilEZSunE6IASqUvmHLg4&#10;OgIAypVJ3jnc/5n6Qt1iM31a0vgsPHab3M7vHMot687nbp2F5wEAAAAAAABAWVs+OHhHZz53nps/&#10;w6RfzcIjU5OuSDOFE7uG+j+0ctOm2XhvGEAFSuWMylD13JOKP6yIURlKYrWUkdQW3VEqGa/ejw0A&#10;iuWs7bf/vnMo9+rJNFlk0ick7S7BY34qaeXufK69a7j/myZ5CZ4BAAAAAAAAABWre2jgB5353GMT&#10;2TmSrpGUFvkRY5J9OUmSJZ353HnLt20bKvLrA6gybloQ3QCUmklzoxtmqi46ANVp/lHZQyU1RHeU&#10;iqfeHN0AAJVixciW7ZLeuLqx8Z3zreGZZna+pKdLmj/Nl7zV3b9jdXVf79q2eXPxSgEAAErLJVvb&#10;3HxIfX19/cREZr4kJYV0fGJ+ZtezNm8uxQAfAAAAAP6kI99/raRr1y1sayrU2fkmrZT0GE3vIJJR&#10;yX4i82+O2uR3nj04eG9xawFUM3Or55wAVDszRmXAg0rq/GCXRWeUjumg6AQAqDQrR0b2SbpC0hXr&#10;dWbdvtaRUxP3J8vtOHe1y9Qk6UD9aZTsu1y2x9y3yGyL3H+dZgoblg8O3hH3UQAAADy0VVLy+MZF&#10;SzJJcoJLbXrglOs2lxaZqbFPSjKS0gkp88eDATLSnH0F9TZnC5J2SbpX8u0mu13mm11+W8Hrbr8p&#10;v2VwVfFPEwAAAABQgzp2DAxLukTSJVc3Nz8q43Oe6vJTE7PFLi2WdLCkQySZpAlJeyTd4abN5upX&#10;op/N1eTGZYODo3EfBYCK5p6p5jkBIEmpnFEZ8GDSjC2wqh4W+4HRBQBQyZZpw6QGtVHSxugWAACA&#10;6Vp/+JL5++aNPiFR8mSXP0muJ0o6+E9/HLa/+o9HkpF06APfbJFLT5WbJFNGqU5rzu7tNf3Q5Ncp&#10;yVzXsW3LLVz9DQAAAGCmzs3n75F01R++AcCssMQTd1ZlqG7myXROAi0rjMpQGq6x6ITSskJ0AQAA&#10;AABg9q0/fMn80bnjK2T+glGNdZpbg8/OtmueXJ0u61QhVV9z9s5esx8o1VVzMxPf44QAAAAAAABQ&#10;MTzJ8LVyqHae+ER0w0wxKkNJeKZwvxUy0RklY67d0Q0AAAAAgNmxWsrMb2pbYWbnj2psuaR50U2S&#10;jpD7eTKdN5bW3dvT3Ha5Evty92COk2ABAAAAAEB5M59kU4Zql7gYlQEPZo7ZvZPREaWUaFd0AgAA&#10;AACgtNYdufTAQsP9LzXZRZIWRfc8FJcOMdmFSnVhX3P2Nnd9frKw97MrduzYG90GAAAAAADwd1Lb&#10;K2NVhurmVvknlVX8/Z0oT2dv3bpLpp3RHSVT8IHoBAAAAABAaaxtbT2qtzn7r2nD3rzJLlUZD8r+&#10;lksnyPTxurp5Az3N2YtWNzYeEN0EAAAAAADwl1KlfCEcqp4pGY9umClGZSgdVy46oVQmk8yW6AYA&#10;AAAAQHF9r7X1kN7mtk8maV1e0jskHRrdNANHmfTvC5K5w73N2VU92exB0UEAAAAAAACSJDNGZah6&#10;7oWKvwGPURlKxl03RzeUyH1781uGoiMAAAAAAMWxWsr0tmT/ZW6auVWy10uqj24qokdLep+N65e9&#10;TdmO6BgAAAAAAACZ3x+dAJSaKbknumGmGJWhZCzxH0Q3lMiGlVIhOgIAAAAAMHPrWtqetKCl/Rdy&#10;XSbZ0dE9JbRIpr7e5uzX1rW1HREdAwAAAAAAalcm1Z3RDUCpJZ5hVAY8FB+zH0tKozuKzrUhOgEA&#10;AAAAMDM3nXJKfW9T2wdTtx/KfWl0zyz6P+mE3dbX1P4Slyw6BgAAAAAA1J7ChP0uugEotXv9fkZl&#10;wEPpviO306X/ie4ossKkJ6ujIwAAAAAA07e2tf0xO3fu+qXM3i0pE90T4FA3/+K6puzavsYlh0bH&#10;AAAAAACA2nLjHbnfi9vBUN12rxwZ2RcdMVOMylBSids3oxuK7PoVI1u2R0cAAAAAAKanryX7siT1&#10;n0haEt0SzU1dnhn72drGRSdFtwAAAAAAgNqxSkol5wpMVC2XhqIbioFRGUoqU1/4rqT7ojuKx78S&#10;XQAAAAAA2H83nXJKfW9z9vPu+rykedE9ZcO1OEmSn/c1t78hOgUAAAAAANSSZCS6ACgVk+WjG4qB&#10;URlK6uytW3e56T+iO4pk6PDDD/lGdAQAAAAAYP+sP3zJ/J07d31H0suiW8pUg8s/0dvc9lGXLDoG&#10;AAAAAADUAEtz0QlAqZg5J5UBU5Go/j8kVfxdsXJdeurNN09EZwAAAAAApq639fjW0QPGNkpaEd1S&#10;/uzi3qbs19brzLroEgAAAAAAUN1MydboBqBUUuf6S2BKOodu+627fzi6Y4Zu331QQ7WcuAYAAAAA&#10;NWHdwrYmpRPrJS2JbqkUZjp/rHnkC6ulTHQLAAAAAACoXu5pf3QDUEK3RgcUA6MyzIo9B839mExb&#10;ojumyT3VhSs3bRqPDgEAAAAATM21ixY1FzL2Y8lag1MqjksvWtDcduXqxsYDolsAAAAAAEC18oHo&#10;AqBUktRvi24oBkZlmBUrN20aN/mFkgrRLfvLpK92j+Suj+4AAAAAAEzN1c3Nj5osZNaYqTm6pXLZ&#10;8vk29zKXLLoEAAAAAABUn/ED6n8tKY3uAErg/o0jA1VxvSujMsyazqGB9S69K7pjv7h+3ZBMvjI6&#10;AwAAAAAwNVced9yCOpvTK/el0S2Vzkzn9zW1fSC6AwAAAAAAVJ9nbd682yVOK0M12ryqSgaTjMow&#10;q27M5z4m6crojim6L/X0gmWDg6PRIQAAAACAR7ZayszZN/ldd50W3VI1zN7d15J9TXQGAAAAAACo&#10;SrdEBwDF5qZfRzcUC6MyzKpVUjo3mTxPsh9HtzyC+z1Rx/KRrb+JDgEAAAAATM2CprZVkp0V3VFt&#10;3PXJnubsiugOAAAAAABQZdx/GZ0AFJu5b4xuKBZGZZh1ywYHR33cnyPp5uiWhzAq1/ndg7mq+YkO&#10;AAAAANWup6WtS2bvjO6oUhmT/rvnmGxjdAgAAAAAAKgeSaKfRjcAxZZ49fy4ZlSGEN135Hb6HD1Z&#10;0rejW/7GnZYmZ3QN566KDgEAAAAATE1Pc/ZEc7tCvM9RSodaRpevljLRIQAAAAAAoDrcVxjbKGk8&#10;ugMool0/Gx64NTqiWHizFWG6c7mxufnGF0r6iKQ0ukfSpoLZmZ0jW26MDgEAAAAATM16nVln0lck&#10;LYhuqQFPnt+cfUt0BAAAAAAAqA4rR0b2mYkrMFFF/OerymP/UhSMyhBqmTZMduVz75TScyQNB2W4&#10;yz+zOx19/LlD/bcFNQAAAAAApmFf0/DbJJ0S3VErTPpQb0v2idEdAAAAAACgOqTu10c3AMViSq6N&#10;bigmRmUoC135rf8zN5lcLOn9ksZm7cGm6810and+4FUrR0b2zdpzAQAAAAAz1tOUbTOzd0Z31Jg6&#10;uX+pJ5ttiA4BAAAAAACVz4xRGapHwQs/iG4oJkZlKBvLBgdHu/K5VcpkTpZ0mUo5LjO7xaQXdA7l&#10;lnUO5X5RsucAAAAAAErCJUtMX5Q0L7ql9thxGnOuwQQAAAAAADPm9cn/SNoT3QEUwZ3dw1tvjo4o&#10;JosOAB5KX8sJR6eaeK25zpO0qAgvOS6pN5Fddk6+f61JXoTXBAAAAAAE6Gtqf4mbfzG6o4bdlyaT&#10;xy0fHLwjOgQotbXHHtuSmUhO8ETNcjvQTXP++P8l5venqW3JJJn+nw1tHlolpYGpAAAAAFCRepuz&#10;V0p6ZnQHMCNml3cN9b8wOqOYGJWhIvS0ZB9rqT9HZk+SdLKkR0/hu41JdouZ3+Sp3Wg+56rOkU13&#10;lzgVAAAAAFBi6w9fMn/0gLFtkg6LbqlxX+3K514UHQEU29Ut7Sck7h0mO1vyp0g6aIrfdZdMP5Ps&#10;J2mhcOXyka2/KWUnAAAAAFSLnqbsq8z0X9EdwEyY9KLOfO6r0R3FxKgMFemapuMWFjKFxZ7qMLkO&#10;l+kgk+0z013uhd+lqe488shH3X7qzTdPRLcCAAAAAIqrr7n9rS6/JLoDcil9Wld+64+jQ4CZuvK4&#10;4xbM2ZeeL/lLJT2hSC97q6Sv1hfqPn/W9tt/X6TXBAAAAICqs25hW1NaZ0Niw4LKNV5Xlx5x9tat&#10;u6JDiomfkAAAAAAAoGKsO3LpgYWGvQMmHRndAkmmvq6hXFd0BjBd1y5adHChkHm9u79BUzsZfzr2&#10;Sv7VjNd94JzhzTtK9AwAAAAAqGi9zW0/lOyp0R3ANF3Vlc89Kzqi2JLoAAAAAAAAgKkqzLn/IgZl&#10;ZcTVuba1/THRGcD+WiUlvc1tr5icTLa6+wdUukGZJM2T7JUFK2zuaWp7V08221DCZwEAAABAZXK7&#10;PDoBmC6Xfye6oRQYlQEAAAAAgIqw/vAl883sougO/DVzf310A7A/epqybac1ZX8i2WclHTqLj55v&#10;Zh+ycf28t/HYpbP4XAAAAAAoe2lm8ruSCtEdwDSMpZpYEx1RCozKAAAAAABARRg9YPR8SYdFd+Cv&#10;meuf1i1sa4ruAKaipzm7IjHdJNPpgRknKcnc2NOUfVVgAwAAAACUleWDg3dItiG6A5iGK8/N5++J&#10;jigFRmUAAAAAAKBCJBdEF+BB1Rfq7cLoCOCR9DW3v8GkK106JLpFUoOZ/qunue0Tq6VMdAwAAAAA&#10;lAOTfy66AU81CwMAACAASURBVNhfpuTz0Q2lwqgMAAAAAACUvatb2k+Q/CnRHXhw5nopwxiUs76W&#10;9ve4/BOSLLrlL5nsDQc1Z7/Ozx8AAAAAkO5b0PB9SXdGdwD7YWhjfssPoiNKhVEZAAAAAAAoe4mn&#10;L45uwMM6an5L2xnREcCD6Wtpf4+7fyC646G49IL5zdkr1uvMuugWAAAAAIi0ctOmcXd9NboDmDL3&#10;r66S0uiMUmFUBgAAAAAAytoDQwv75+gOPDzz5AXRDcDf6mtpP9/d3x/d8UhMeu5o80jZDt8AAAAA&#10;YLZYXebzkjy6A5iCCU/ts9ERpcSoDAAAAAAAlLWxph1PNOnI6A48Ev9HTlpCOVnb2v4Yd/+iyuzK&#10;y4fxjp7mthdFRwAAAABApK5tmzdLWhPdAUzB6u7tuZHoiFJiVAYAAAAAAMpb4h3RCZiSI/Y1jTw9&#10;OgKQpJ5stiEp+H9Laohu2R8m+1TPMdnG6A4AAAAACJXo36MTgEdk+s/ohFJjVAYAAAAAAMqau3dF&#10;N2BqzHx5dAMgSTaud8h0cnTHNByU1OlT0REAAAAAEKlrMLdB0o3RHcDDuLFrKPez6IhSY1QGAAAA&#10;AADK1rq2tiMkPTa6A1NlT4kuANYtbGuSdHF0x3S56x97m7LPjO4AAAAAgEhm9tHoBuChuPtHohtm&#10;A6MyAAAAAABQtnwyOUuSRXdgyk6+dtGig6MjUNvSOvtXSfOiO2bE9KFVvHcLAAAAoIZ1DPV/V9Iv&#10;ojuAv2c/7x4e+H50xWzgjQkAAAAAAFC23HVGdAP2S2ZiIjktOgK1q6cp2ybphdEdRXDS6c3Z50VH&#10;AAAAAEAUk9zM3hvdAfwtl38wumG2MCoDAAAAAADly31pdAL2T5LY06IbULsS09skZaI7isEr+ApP&#10;AAAAACiGjqH+Hkk3RncAf2J2S1c+d3V0xmxhVAYAAAAAAMqSSybTCdEd2E+pPy46AbVp3ZFLD3Tp&#10;/OiOIjq1rzm7JDoCAAAAAKKY5Ins3dEdwJ8V3mGSR1fMFkZlAAAAAACgLF23aFGTpIOjO7B/3NQe&#10;3YDa5A17l0s6MLqjmNztxdENAAAAABCpI99/raSrojsAydd2DW3tia6YTYzKAAAAAABAWZos6B+i&#10;GzAtLet1Zl10BGqPS8+Pbig68+7oBAAAAACI5q43SRqL7kBNm0iSzFuiI2YbozIAAAAAAFCWTMbV&#10;l5WpfrT1jsboCNSWVQ+8z/mM6I4SOPHaRYuaoyMAAAAAIFL3cG5A8s9Gd6CW2Zc6BrfcHl0x2xiV&#10;AQAAAACAspSmdnR0A6bH0jQb3YDa8sTWxYslPSq6oxQKhcxTohsAAAAAIJqlc98v6a7oDtQg0876&#10;Quad0RkRGJUBAAAAAIDylOjQ6ARMj1vaEt2A2lJIC0+IbigVd+cqYAAAAAA1r3Nk090mvSa6A7XH&#10;U3/dWdtv/310RwRGZQAAAAAAoCyZMyqrVO5aEN2AGuOq5tPxlkQHAAAAAEA56MznVpvp+9EdqClr&#10;uocHroiOiMKoDAAAAAAAlClnVFahTDogugG1xcxaoxtKxaTm6AYAAAAAKBeZTPoGSbujO1AT9rrr&#10;jdERkRiVAQAAAACAsuSyR0U3YHrcnVEZZtsR0QGl4tLB0Q0AAAAAUC7O3ro17663RXeg+rnrLd3D&#10;uYHojkiMygAAAAAAQFnitKtKZvOiC1BjTHOjE0qIURkAAAAA/IXu4dynTarZKwkxK77VPZz7dHRE&#10;NEZlAAAAAACgXI1GB2B6LGEQiFmWqiE6oYQ8OgAAAAAAys2+ZPJCd+WjO1CN/LeTk8mroyvKAaMy&#10;AAAAAABQrhiVVShzjUc3oLa4aXd0Q6m46/7oBgAAAAAoN88eHLw3Y/YySWl0C6pKKvOXrdix5a7o&#10;kHLAqAwAAAAAAJQrRmUVyqVd0Q2oLSbdE91QKmbaE90AAAAAAOWoI99/rZmtiu5AVflA19DWnuiI&#10;csGoDAAAAAAAlCljVFahXLo3ugG1xn4XXVA6vi26AAAAAADKVcdQ/4fk9r3oDlQBU98N+dwHozPK&#10;CaMyAAAAAABQpnxvdAGmJ3HjpDLMtk3RAaVisv7oBgAAAAAoVyZ5fZp5uaSh6BZUMv9tfVJ48Squ&#10;U/0rjMoAAAAAAEBZcufNwEqVKq3aqwhRnszt1uiGkrHqHcwBAAAAQDGctf323yfy50riCxQxHXvl&#10;/qyztm2r4lPQp4dRGQAAAAAAKEtJ4oPRDZgeM78rugG1pWG0/peSxqM7SsEs+XF0AwAAAACUu478&#10;wM2W+nMlTUa3oKJMWurP7Rre+vPokHLEqAwAAAAAAJQll7ZGN2B6CprkZCXMqmU7N+2R9JPojhK4&#10;85zBLZujIwAAAACgEnSODPTJdGF0ByqHmV7VOTLQF91RrhiVAQAAAACAspRasi26AdNyx7n5PNdf&#10;Yta5tC66oQSuMsmjIwAAAACgUnQN5b7g8o9Gd6ACmD7eOZS7LDqjnDEqAwAAAAAAZWlcE4PRDZiW&#10;26IDUJsKafI1SYXojmIy829ENwAAAABApenOD7xNpn+P7kAZM328ayj35uiMcseoDAAAAAAAlKVn&#10;Dw7eKykX3YH94y6uvkSIFSNbtku2IbqjiIbvGxr4YXQEAAAAAFSizqHcm+X6QnQHytJlnUO5t0RH&#10;VAJGZQAAAAAAoGyZ9NPoBuwf46QyBHL5Z6IbisXNL11ZZSevAQAAAMBsMckPP+LgV7l0dXQLyoeZ&#10;vn/44Qe/2iSPbqkEjMoAAAAAAED5Mv0oOgH7J5FzshLC3JjPfVeqitPy7huzwmXREQAAAABQyU69&#10;+eaJA5LJ50taE92CeCZdcdhhB6889eabJ6JbKgWjMgAAAAAAULYmZT+JbsB+2XHO8EA1DHpQoVZJ&#10;qbt/MLpjpkz24T9cAQwAAAAAmIFlg4Oju/O5Z3MVZq3zSzvyuRcyKNs/jMoAAAAAAEDZWj7Uf7tM&#10;O6M7MDUmXcf1AYjWPTxwheTXRXfMwG8a8sd8PDoCAAAAAKrFSqlww3DuFZJ9LroFAVz/2ZkfuIj3&#10;rPYfozIAAAAAAFC2THJz/SC6A1Pjcv5ZoSwULHm9pPHojmlIU7fXLtOGyegQAAAAAKgmq6S0M99/&#10;4R9Ot2ZcVBtc0ju7hnOvZVA2PYzKAAAAAABAWUvdL49uwJR4fSbti44AJOncof7bzPyd0R3T8NHl&#10;w/0/jI4AAAAAgGpkkncPD7zXzJ4vaV90D0pqr7s/pyuf+0h0SCVjVAYAAAAAAMraHh9bJ2lPdAce&#10;0S/P2rbtd9ERwB91DA18XNLq6I6pMumHuxc0vC+6AwAAAACqXedQ/3eUqFvS3dEtKIm7lWh59/DA&#10;96NDKh2jMgAAAAAAUNZWjozsk8SbQGXOzL8U3QD8JZN87r6GfzHTDdEtj8Sk2yY1/o8rN22qxCs7&#10;AQAAAKDidA3mNmTS9HSX/je6BUX1i8Qyp3YN5jZEh1QDRmUAAAAAAKDseQWdNlSjxlSY+43oCOBv&#10;Ldu5ac8+m+yU9IvolocxkKlLO8/N5++JDgEAAACAWnLOyNZ+zdGpki6LbsHMmXTJ3HzjaR1Dm7dF&#10;t1QLiw4AAAAAAAB4JOtbW+eOel1ersOjW/Ag3L7XNdz/nOgM4KH0NS451JOxqyQ9ObrlL5l0W+KZ&#10;s84Z3rwjugUAAAAAallPc/Yikz4qqT66BfvtfjNd1DmUYxxYZJxUBgAAAAAAyt6ywcFRuf4zugMP&#10;zrn6EmWuc2TT3XOTybMkfSu65S9cU1eoeyqDMgAAAACI153PfcKkx5r0q+gW7AfXhjRTWMKgrDQ4&#10;qQwAAAAAAFSEq5ubH5XRnLyk+dEt+DOX/rcrn1tqkke3AI/EJettzr7BpH+T1BCUUTDpwxvzufev&#10;ktKgBgAAAADAg1jf2jp3LK1b5dLF4qCmcjZmsrd15Psv5T2p0mFUBgAAAAAAKkZvc/ulkr8uugN/&#10;yV/clR/4cnQFsD96G49dqqTuMskfP8uP/mUif3lHfuDmWX4uAAAAAGA/9LYs6pYnn5HUFN2Cv2F2&#10;S+LpS/mzdemxqgQAAAAAAJUjyXxc0mR0Bh7grvzhhx/yjegOYH91jWy7pTPff5rczpe0bRYeOWxu&#10;r5qbb3wCb3oDAAAAQPnrGtraszsdPU7S+yWNRfdAknS/5K+8Yaj/sfzZenZwUhkAAAAAAKgoPU3Z&#10;r5vp/OgOSDJ7a9dQ/8eiM4CZWK8z6/Y1DT/XzN4k6QlFfvnfyPUZb9AXunM5PgkBAAAAABVobWv7&#10;Y5LUP6vi/5kRU/cTk17Zmc9tig6pJYzKAAAAAABARVnTuPiYuiS9XdL86JaaZtqye37DSSs3bRqP&#10;TgGKpa9x8ROUpM9x6VxJS6b5Mre6qzdJ9I3OodwvitkHAAAAAIjT05xdYdInJC2KbqkVLv1vouSN&#10;nfkt10W31CJGZQAAAAAAoOL0tbS/x90/EN1Ry1x6Znc+tya6AyiVtcce25KkyeMstRM8sZPkfoSk&#10;Q/7w7Y/udmlI8oHEkhsnCrZxxciW7UHJAAAAAIASW3fk0gPThr0XS7pY0rzoniq2y6WPHJBMfnLZ&#10;4OBodEytYlQGAAAAAAAqzurGxgMWJA23StYanFKTzNXbOZzrju4AAAAAAACIsKZx8TEZS99uppdJ&#10;mhvdU0V2ufulic/9ROfIprujY2odozIAAAAAAFCRepuz/yTpq9EdNWjcpMd15nObokMAAAAAAAAi&#10;rVm4+LC6uvS1kt4o6aDongp2h8n+zcYOuKzjd7fcHx2DBzAqAwAAAAAAFckl623OrjPp7OiWGvPO&#10;rnzuI9ERAAAAAAAA5eKapuMWFqzwOkkvl/To6J4KskNmn67LFD519tatu6Jj8NcYlQEAAKAqrVm4&#10;cF6mbl5rYnas5Ee76zC5Pdrkh7rp0ZIfKtmj9cCx1HMkHSipTtKCB3m53ZImH/ivPirZ3ZLfLdnd&#10;5vq9y+6W+d3mdoeZRpTY8Pj4nvyKHTv2ztKHCwA1q+eo7OE2R7dIOiq6pSaYrr9hKPf0VVIanQIA&#10;AAAAAFBuVi9ZMmfB7rFn6YGTy54Y3VOm3KW1iZJPbsxv+cEq3mcqW4zKAAAAULFWL1ky56C9Eyf4&#10;pJ8o85NMWiRTq7uOlXREdJ+k38s1ItOgmzYlrl9Pmv3mwKFj+pdpw2R0HABUi96mbIdMveJ9jlLb&#10;k1hmacfQ5m3RIQAAAAAAAOXMJetrzZ6hVC+T9Fw98AXutW6PuVanif6jeyj3y+gYPDLebAUAAEBF&#10;6MlmD9KYTpfpdJNOMmmJS+164HSxSjMmaZNkv3GlNydp5ob7Dq7/1cpNm8ajwwCgUvU2t39W8ldE&#10;d1Qzl7+iOz/w+egOAAAAAACAStLXuORQT8b/Se4vlenk6J5ZNiH5NWbJNyYm7v8+N7xUFkZlAAAA&#10;KEs9Tdm2xPSkVP4ks+RJcl8iKRPdVUJjZvqVu90o+Y1ppvCj5du2DUVHAUClWHfk0gPThr03SFoS&#10;3VKVTP/VNZR7TXQGAAAAAABAJVt7zKLFSSZ5jmTPkfxUVeduZ1Kmn5j0rYmJ5IoVO7bcFR2E6anG&#10;H5wAAACoQGsaFx9TlxSWS3aWpDNUHtdXRrtD0o8kvy7jdVefM7x5R3QQAJSza5qOWzipws/M1Bzd&#10;Uk3M1XvfcG7FSqkQ3QIAAAAAAFAtrl20qLkwkel282WSzlRlf17kTsl6Td6zL5m85tmDg/dGB2Hm&#10;GJUBAAAgTG/jsUuVZJ4tqUPSE1TdJ5HN1KRkGyXvyaTpt88Z2dofHQQA5ainJftYc10vaUF0S5XY&#10;mtT7EzsGBu6MDgEAAAAAAKhWLtm65uyJMl/mqZbJ7AxJj47uehhDJm10141S+qMbhrfevEpKo6NQ&#10;XIzKAAAAMGtcsr7mRU+W7PmSPVtSU3RTBdsm+RrJv9WV3/rj6BgAKCc9jdkzLNE6SQ3RLRVumxf0&#10;tO7tuZHoEAAAAAAAgFrT23p8qwqTS11+kpmdLPlSybKa3S/Qn5R8QK5Nkm6V7Of1dYUbztq27Xez&#10;2IAgjMoAAABQcj1N2bbE9CKXVko6Prqn6pjdIvfLJ9PkKytGtmyPzgGActDX1P4SN79MUhLdUqHu&#10;TJLkjI7BLbdHhwAAAAAAAOABaxYunJepn3ecXI3mavJEx5irSa4mNx1j0mF/+FsP1sO/L3a/pHF3&#10;7TbTneba6aa7ZLpLrjvdfZt5etvug+fdvnLTpvHSf2QoR4zKAAAAUBJ9jUsOVTJ+gcsvkHRKdE8N&#10;uVnyzyVjB36943e33B8dAwCRelqy/8dcX5JUH91SYX5vmeQZndu2/Do6BAAAAAAAANO37silB040&#10;3Dvnj//7wCTZt2xwcDSyCZWDURkAAACKqq8l+zhJL5PrhS4dEt1Tw+4y6WuTZp87d6j/tugYAIjS&#10;19K2zN2ulLQguqUy+ObE6ro6hjZviy4BAAAAAAAAEIdRGQAAAGZsfWvr3NE08yLJLpT02Oge/J2b&#10;XX7pAfmmbyzThsnoGACYbb1Nix4vS3r05+P/8eB+YmnDMztHNt0dHQIAAAAAAAAgFqMyAAAATNua&#10;hYsPq6tLX+vShSYdGd2DR7TNpc+mGv/cufn8PdExADCb1ra2PyZJ/buSjo1uKUumvvG5mZXP2rx5&#10;d3QKAAAAAAAAgHiMygAAALDf1ra2HpV43cVyvVxcJ1aJ7pb0qYLGP8m4DEAtufK44xbM2Vf4oqTn&#10;RbeUkYJL7+rK5z5qkkfHAAAAAAAAACgPjMoAAAAwZT1N2TYzvU/SeZLqo3swY/dL/oWM111yzvDm&#10;HdExADAbXLJ1ze2vd/nHVOP/LnPpd5bovK7B3IboFgAAAAAAAADlhVEZAAAAHhFjsqo3JtmXJ1P7&#10;wIqRLdujYwBgNvQ1tnV6Yl+SdFR0S5D1BSUvOze/ZWt0CAAAAAAAAIDyw6gMAAAAD2n94Uvmjx4w&#10;9k5JF0k6ILoHJbdb0r/OTSY/sWxwcDQ6BgBKbc3ChfPq6+a916U3S6qL7pkVpp1yvaYrn/tWdAoA&#10;AAAAAACA8sWoDAAAAH9nvc6sG2ve/hqXv1fSodE9mHU7JH//7vzAF1ZKhegYACi1ntbs6eb2Wbkv&#10;jW4pIZf07YxnLuLKYwAAAAAAAACPhFEZAAAA/kpf0+KnuqWfkPS46BZEsx+nXnjj8uGtN0WXAECp&#10;rdeZdaNNI6+T6e2SjojuKS77sSd+cfdgbmN0CQAAAAAAAIDKwKgMAAAAkqS+lhOOlk/8u0sviG5B&#10;WUklfbGg8beem8/fEx0DAKW27silB6Zz9r5S5m+R7Ojonhn6jczf1zU08L3oEAAAAAAAAACVhVEZ&#10;AABAjbvplFPqd+7c9S5JF0uaF92DsnWP5G/vzA983h64Qg0Aqtr61ta5+9LMy012saSm6J79tN7N&#10;P9Y1NNDHr9kAAAAAAAAApoNRGQAAQA3rac2ebgV9RqaTo1tQGUz6oSXJKzsGt9we3QIAs2G1lJnf&#10;0nZO4vbPLj1L0tzopoewy1zfKSj9NNcWAwAAAAAAAJgpRmUAAAA16A+nr7zfZG+SVBfdg4pzv8ne&#10;1ZHvv5QTcADUku+1th5yQKH+PDe/QNLpkpLgpHGXrpH71/b42FUrR0b2BfcAAAAAAAAAqBKMygAA&#10;AGrMupa2J6VuX5W0KLoFFc610dwv6BwZyEWnAMBsW3fk0gO9YfSJrsIKSc+UrHUWHptK+qWkqxP5&#10;mjn5pl8v04bJWXguAAAAAAAAgBrDqAwAAKBGrJYyC5qz75H0LnE6GYpnt+Rv6coPfC46BACiuGQ9&#10;xyxqT5LMKS4/xRKdKtdSSY+a4Utvl/xXkt2UyG6aTCZuWj44eEcxmgEAAAAAAADg4TAqAwAAqAE9&#10;Tdk2k74m0+nRLahOLn1nTqHulWdtv/330S0AUC56stmDfDRtsSRplbxVsnlmVm/u8//y73PpXpfc&#10;5Pe426DVZYbm+tjQssHB0ZhyAAAAAAAAALWOURkAAECV62lp67IHrrt8dHQLqp0Ppu7PXz689abo&#10;EgAAAAAAAAAAAEwfozIAAIAqtV5n1o02D/8/yV4nft+H2TPp0ru787lLokMAAAAAAAAAAAAwPXxy&#10;EQAAoApdd+yxR06kmSvkOiO6BTXK7PK5e+e8fNnOTXuiUwAAAAAAAAAAALB/GJUBAABUmbWN7acl&#10;iX9bUmN0C2qdbzbZczvzuU3RJQAAAAAAAAAAAJi6JDoAAAAAxdPTnH1ekvgPxKAMZcGOc+lHPY1Z&#10;TswDAAAAAAAAAACoIIzKAAAAqsAqKelrzv6bSaslzYvuAf7CoyzRdX1N7RdGhwAAAAAAAAAAAGBq&#10;uP4SAACgwq1ubDxgQTL3y5KeH90CPDy/tDM/cJFJHl0CAAAAAAAAAACAh8aoDAAAoIKta2s7Ih23&#10;K2U6PboFmKJvzU0mX7RscHA0OgQAAAAAAAAAAAAPjlEZAABAhbp20aLmyclknaTjo1uA/WGu3onC&#10;3uet2LFjb3QLAAAAAAAAAAAA/h6jMgAAgAq0tnHRSUmSXCPpqOgWYJpunpxMOlfs2HJXdAgAAAAA&#10;AAAAAAD+GqMyAACACrO2sf20JPFeSY+KbgFm6NaMZ84+Z3jzjugQAAAAAAAAAAAA/FkSHQAAAICp&#10;62lpe3qS+HViUIbqcGLBCj++unnxougQAAAAAAAAAAAA/BknlQEAAFSIvpa2Ze52laT50S1AkW1N&#10;LHNWx9DmbdEhAAAAAAAAAAAAYFQGAABQEfoa2zo9sSslzYluAUpke0HJ087Nb9kaHQIAAAAAAAAA&#10;AFDrGJUBAACUubVN7U9LzHslzYtuAUrJXXnL1J3RNXj7YHQLAAAAAAAAAABALWNUBgAAUMZ6mxY9&#10;XpZcJ+mg6BZgluTM6p/WOXTbb6NDAAAAAAAAAAAAalUSHQAAAIAH19eSfZxZco0YlKG2ZFOfuOa6&#10;Y45/dHQIAAAAAAAAAABArWJUBgAAUIZ6W49vddcalw6JbgFmm0n/MJGZXLPuyKUHRrcAAAAAAAAA&#10;AADUIkZlAAAAZWZdW9sRSif/R9LC6BYg0BPThr3fWa8z66JDAAAAAAAAAAAAag2jMgAAgDKyvrV1&#10;bjqRfEfSougWoAx0jDaNfCY6AgAAAAAAAAAAoNYwKgMAACgTq6RkNK37iuRPiW4ByobpX3pb2i+O&#10;zgAAAAAAAAAAAKgljMoAAADKxGnN2Q9Jen50B1B23C/pbWp/YXQGAAAAAAAAAABArbDoAAAAAEi9&#10;Te0vlPnXxe/PgIeyx01P6x7K/TI6BAAAAAAAAAAAoNrxSUsAAIBgvU2LHi9LfihpbnQLUOZGkno/&#10;pWNg4M7oEAAAAAAAAAAAgGrG9ZcAAACBeo7KHu5Kvi0GZcBUNKYTdvl6nVkXHQIAAAAAAAAAAFDN&#10;GJUBAAAEWa8z62yOLjdTc3QLUEGWjTaPfDA6AgAAAAAAAAAAoJoxKgMAAAgy2jz8r5KeHt0BVKC3&#10;9TRnnxcdAQAAAAAAAAAAUK0sOgAAAKAW9bYs6pYnV4vfjwHTdU9Byann5rdsjQ4BAAAAAAAAAACo&#10;NpxUBgAAMMv6Wk44Wp58WQzKgJl4VEbpt1YvWTInOgQAAAAAAAAAAKDaMCoDAACYRS5Z6hNflnRY&#10;dAtQBR43f8/Y+6IjAAAAAAAAAAAAqg2nYwAAAMyi3ub210v+yegOoIqkSvSMrsHchugQAAAAAAAA&#10;AACAasGoDAAAYJb0Nh67VEnmRkkN0S1AlRkpaHzpufn8PdEhAAAAAAAAAAAA1YDrLwEAAGbBep1Z&#10;pyTzBTEoA0rh/7N353GSmAWd/79PVc+RG4EYTKa7JzM1GXAElQTCIZpokjkSTiWoC8rLWxQRQVlx&#10;dwnqKgiCiLLoT1fEA41BwCTdPRCdRRFQibqBCMn0XD2TyE3INVd3Pb8/AixMJskc3fNUd7/ff0+6&#10;Pv1H6lVd9a3nWdGtS1/XOgIAAAAAAGChMCoDADgB9o/c9nNJLmjdAQtWyQ+Pja7e2DoDAAAAAABg&#10;IXD9JQDAHLtudM1jurX+W5xSBnNt9/K9y77x4s/cfHfrEAAAAAAAgPnMSWUAAHOoJmWo1rfGoAxO&#10;hOF9J+9/desIAAAAAACA+c5JZQAAc2h8ZM2PJ/WtrTtgEZkpJU/csGvyX1uHAAAAAAAAzFdOKgMA&#10;mCM3nHvuWUn9tdYdsMh0a83vXOVvHQAAAAAAgGPmgxYAgDkyPd39tSQPb90Bi9CTLxxZ/SOtIwAA&#10;AAAAAOYr118CAMyBiRXnPbF2+h+O11vQyheWzAytueS2T3yudQgAAAAAAMB846QyAIBZVpNSS/9N&#10;MSiDlr7u4ND0K1tHAAAAAAAAzEc+6AQAmGXjw2u+L6X+eesOIAe6/f43XbZn+9bWIQAAAAAAAPOJ&#10;k8oAAGbR5rMed0pK/Y3WHUCSZOlM6b62dQQAAAAAAMB8Y1QGADCL+sv3vijJitYdwJeU+qzNo6uf&#10;0joDAAAAAABgPjEqAwCYJVvOXHdqUn++dQfwNUq/5jWtIwAAAAAAAOYTozIAgFmyd/m+l6TmzNYd&#10;wKHK0zaPrLm0dQUAAAAAAMB8YVQGADAL3rVy5cM6pby8dQdweP3Uq1o3AAAAAAAAzBdGZQAAs+Ck&#10;uuTFNXlY6w7gAT1lYnT1xa0jAAAAAAAA5gOjMgCA4/SetWtPq7W+pHUH8OD6tfxi6wYAAAAAAID5&#10;wKgMAOA4Lb135keTPKJ1B/DgSnLp2Mrek1p3AAAAAAAADDqjMgCA43D1unVLU/JzrTuAI1P6cVoZ&#10;AAAAAADAQzAqAwA4Dqfevf+5Sc5p3QEcsaePn7t2besIAAAAAACAQWZUBgBwHEp1ShnMMyUz/Z9q&#10;HQEAAAAAADDISusAAID5anxl76L0s6V1B3DU7t7XmR5+9s6dd7QOAQAAAAAAGEROKgMAOFYz9cWt&#10;E4Bjcuqy/tALW0cAAAAAAAAMKqMyAIBjMDH6mG9IKc9o3QEcm5K8+Cp/DwEAAAAAAByWD1EAAI5B&#10;rQd/nb/zfAAAIABJREFUMMlQ6w7gmK164ujqi1pHAAAAAAAADCKjMgCAo3TVfa+hfqx1B3B8Si0/&#10;1LoBAAAAAABgEBmVAQAcpQtHVl2c5NzWHcBxe867Vq58WOsIAAAAAACAQWNUBgBwtEr54dYJwKw4&#10;aVm/+9zWEQAAAAAAAIPGqAwA4Ci8b9WqM1LLs1p3ALOjk/L81g0AAAAAAACDxqgMAOAozEx3npHk&#10;pNYdwOyoydM2j651nS0AAAAAAMBXMSoDADgKNeV7WzcAs6rM1JkrW0cAAAAAAAAMEqMyAIAjNLFi&#10;3cOTemnrDmB2lZTvbt0AAAAAAAAwSIzKAACOVDnwzCRLWmcAs61ecP255462rgAAAAAAABgURmUA&#10;AEesPrd1ATAnSpnpPrt1BAAAAAAAwKAwKgMAOAJjvd7pteS7WncAc6OUPKt1AwAAAAAAwKAwKgMA&#10;OALlYP2uJEtbdwBzpObbxh7VO7N1BgAAAAAAwCAwKgMAOAKllo2tG4A51c2yXNY6AgAAAAAAYBAY&#10;lQEAHIGaGJXBAldqubR1AwAAAAAAwCAwKgMAeAhjI71vTLKidQcw1+qlNSmtKwAAAAAAAFozKgMA&#10;eAilZn3rBuCEOHvzfSNSAAAAAACARc2oDADgoZRySesE4MSoKd/VugEAAAAAAKA1ozIAgAdxVdJJ&#10;6pNbdwAnSjUqAwAAAAAAFj2jMgCAB/Gkkd5jknxd6w7ghHlqTUrrCAAAAAAAgJaMygAAHkyJU8pg&#10;cXnE+1as6rWOAAAAAAAAaGmodQAAwEDr58nOLILFpd/pPCnJ1tYdAAAALHxXJ92TR84bHerPnNfv&#10;ZDgppyRZliQl5Y7U3Nkp/Vv3nTR06zNvueWuxrkAACwiRmUAAA+iljyldQNwYtWaC5P8SesOAAAA&#10;Fp6rks6TRld/R63lsqQ+NSkXJP2Taqcc5nuNNSlJPyVL985kfLR3a2rdUlL+bv9J3XEjMwAA5pJz&#10;NwAAHsC7Vq582PL+0OfiynBYZMq/bJza+sTWFQAAACwcY+f0VmQoP1lqXpBkeBZ+5N7UOl5Leds/&#10;T01ef1XSn4WfCQAAX2FUBgDwAK4fXvPtnVLf37oDOOEO1KU5fdPk5P7WIQAAAMxv142ueUy31l9M&#10;8r1JlszRw3yilrzu7l2Tf3xlMjNHjwEAwCLj1A0AgAfQ7fQf17oBaGJpnS6PaR0BAADA/PW+VatG&#10;xkd6V3dr/ViSF2TuBmVJ8uhS84enjfb+Y2x09cY5fBwAABYRozIAgAdQa76pdQPQRql1XesGAAAA&#10;5qfx4d4zpqc7/5rkuTmRn8XVnFdquX58ZPVbrz377JNP2OMCALAgGZUBADygYlQGi1SpMSoDAADg&#10;qGzJRUMTI703puTdSR7RKKMk5ceHhk6+ceLc8765UQMAAAuAURkAwGHUpCROKoNFzKgMAACAI/ae&#10;tWtP2zeyZ3NNfjb3va/U2qPrTP+DrsMEAOBYGZUBABzGDatWDSc5o3UH0IxRGQAAAEdky5nrTl22&#10;d+a6JN/ZuuUQJ5da3jU2vPpZrUMAAJh/jMoAAA5jejprWjcATa28esWKk1pHAAAAMNi2rFy5fN/J&#10;+6+rybe3bnkAy0opV0+Mrrm8dQgAAPOLURkAwGGU0jm3dQPQVPfk7kkrW0cAAAAwuGpS9tUlf5Sa&#10;72jd8hCW1Fr/4vrhVRe0DgEAYP4wKgMAOIzar6OtG4C2hmb6ngcAAAB4QBMjvVek1u9t3XGETu2U&#10;zrtuOOfRj2gdAgDA/GBUBgBwOKUYk8AiVzsdzwMAAAAc1vUr1lyY5JdbdxylFQe7029pHQEAwPxg&#10;VAYAcFh1ZesCoDUnFgIAAHB/W1auXN7p1D9NsqR1yzG4cnx49Xw5XQ0AgIaMygAADqNWJ5XBYldr&#10;PA8AAABwP3tnuq9M0mvdccxKeeNYr3d66wwAAAabURkAwCGuSjql5OzWHUBbpdTh1g0AAAAMlutX&#10;rnxUKeXlrTuO06M6B8tLWkcAADDYjMoAAA7xpBXrHpZkqHUH0FgpZ7VOAAAAYLCUmaGXJzmpdcfx&#10;qrW+9D1r157WugMAgMFlVAYAcIhO9j6idQMwAGo8FwAAAPAVY73e6aXkR1t3zJKvW7J3+oWtIwAA&#10;GFxGZQAAhziY7sNbNwAD4WFX+ZsJAACALztQn5fk9NYZs6WkLJSBHAAAc8AHJAAAh+h0Z5xOBCRJ&#10;94KRkTNaRwAAADAYOinPb90wyx57/YpVj20dAQDAYDIqAwA4RKkdozIgSdKpS51cCAAAQG4459GP&#10;qMm3te6Ybd1u91mtGwAAGExGZQAA91OMSIAkSUnf8wEAAAA5ODTzHVmAn6vVWi9u3QAAwGBacC9+&#10;AQCOV009uXUDMBhKp5zaugEAAID2Sq1Pa90wRy68et26pa0jAAAYPEZlAAD354004D4zWdY6AQAA&#10;gPZq8s2tG+bIyafftX9N6wgAAAaPURkAwCFqMSoD7lNL8XwAAABAkpzXOmCu9Gs1KgMA4H6MygAA&#10;DlH6RiTAfYxMAQAAGOv1liU5u3XHXCkp57ZuAABg8BiVAQAcqvSNSID7FNdfAgAALHYz93ZOS1Ja&#10;d8yVmvp1rRsAABg8RmUAAIeocTIRcJ+OkwsBAAAWvc6yg6e0bphLnVJOa90AAMDgMSoDADhEJ6Xb&#10;ugEYDLVT/c0EAACwyHUPdpa0bphL/Zqh1g0AAAweH5AAAByiX7O/dQMwGErNgdYNAAAAtDW0pH9X&#10;64a5VEoW9O8HAMCxMSoDADhE6RiRAF9hZAoAALDIzdx72t2tG+ZSqVnQvx8AAMfGqAwA4FBOJgK+&#10;pF+r5wMAAIBFbv2nbronyZ2tO+ZKv9Q9rRsAABg8RmUAAIcoMSoD7lM6RmUAAAAkST7ROmDOdMqt&#10;rRMAABg8RmUAAIdwMhHwFdX1lwAAACRJbmkdMEdqZ3qZURkAAPdjVAYAcKiOEQlwn5qyr3UDAAAA&#10;g6B+oHXBXKjJzRv23Pz51h0AAAweozIAgEOUlC+0bgAGQ790vLEOAABAuv26pXXDXCg172/dAADA&#10;YDIqAwA4RO3Xz7VuAAbD8s60URkAAAC5bM/2rUl2tO6YA+9tHQAAwGAyKgMAOESNk4mAJEl92MMf&#10;7vkAAACAL3t764BZ9tkzv/6M8dYRAAAMJqMyAIBDdIuTyoAkyV0X3HjjwdYRAAAADIhu9x1JauuM&#10;2VJTr/F3LwAAD8SoDADgEDOdaaMyIEl1ShkAAABfsXHHLbck+ZvWHbNkup/u61pHAAAwuIzKAAAO&#10;UYaGvtC6ARgExcAUAACAr1FKfjkL47Syv7xi6tbtrSMAABhcRmUAAIfYNDm5P4kTioA9rQMAAAAY&#10;LBt2Tf5rUsdadxynA+l2f6V1BAAAg82oDADg8Ha0DgDaqqk7WzcAAAAweIaG6ouS3NO64zj85peu&#10;8gQAgAdkVAYAcDi17mqdALRVavE8AAAAwP1cun37VCnlta07jtHuujSvaR0BAMDgMyoDADicjjEJ&#10;LHalU6ZaNwAAADCY7ty19ddK8vetO47STKmd/7JpcvLO1iEAAAw+ozIAgMOpZWfrBKCtUvs7WzcA&#10;AAAwmK5MZg72O9+f5NOtW45YKVdt2H3rP7TOAABgfjAqAwA4jOL6S2BJdrdOAAAAYHA9fc+tt/X7&#10;/UuSfL51y0MpyW9t3LX1V1t3AAAwfwy1DgA4VjUp4+f0zknJ6nSzOjVnJklJlpfkpK/8u1LuLunf&#10;kVq+2E/u6NTOHQdn8vGn337rZ9vVA4Ou1pkdKd3WGUA7n1+/bdv8+bY5AAAATVy+Z/tHx1b0nlM6&#10;GUtycuuew6nJO++amnx56w4AAOaX0joA4EhsPutxp8wsufeCTslTa8kTS3JeTc5Nsvw4fuxnU3Jz&#10;rfXjSf6j1vqhe3Zv/7crk5lZygbmsY+cf/6Sz3zmi3cnWdq6BWig5P0bd01e1DoDAACA+WHzyOrz&#10;+6WMf/nLz4Oipr717qltP+19bwAAjpZRGTCQtuSiob3De76zlHJFUp+S5JtzAk5XLMkdNXl/Uv6u&#10;U/t/d9nubTeXpM714wKDaWyk99GSfFPrDqCBkrds3DX5U60zAAAAmD+uX7HqsZ1O5/okw61bct/7&#10;2q/dMDX5Su9xAwBwLIzKgIGx+azHnTKz7J7vTspzS/KdGYyjwm9P6jWl2/3fG3bc+n9bxwAn1vjo&#10;mnek1u9t3QE0UPNTG3dPvqV1BgAAAPPLe9auPW3p3v7rk/pjDTP2lFJ/YMOubVsaNgAAMM8ZlQHN&#10;XTdy3qpOZn6mpLwgycNb9zyAWpJ/SC1vKwdOunr9p266p3UQMPfGhlf/UinlV1t3ACdev5bvuHz3&#10;1r9v3QEAAMD8NDG65vtrra9LcvYJfNia5E87S+rL12/b9ukT+LgAACxARmVAEzUp4yO9K0rqzyTl&#10;uzK/no/uSuof9Tszv375zp2fbB0DzJ2x4dXPKqW8q3UHcOLVA/n6TZ+c/EzrDgAAAOav96xde9qS&#10;vdP/raT8dOb6Zo6aD3c69WXrd2374Jw+DgAAi8Z8GnEAC8T46KpNqZ1XJXli65bj9MVa8rvZn9/y&#10;oTMsTNeNnLeqm/621h3AiVVrpjbtnhxt3QEAAMDCcO3Z5z2yO9R/UZIXleSsWfzRMzUZTz+v37Rn&#10;8v2z+HMBAMCoDDhxrj9n1XmdbveNSd3UumWW3ZNSXlOX1Ndtmpzc3zoGmF1jI71PzvKbfcCgK/Ud&#10;G3dt+/7WGQAAACwsW3LR0P7R29an1hfU5JIkjziGHzOd5N9TytXTM+XPn77n1ttmORMAAJIYlQEn&#10;wNijemeWpfnNJP8lSad1zxy6raa+ctPUtre3DgFmz/hI791Jntm6AziRyks2Tm397dYVAAAALFw1&#10;KdePrnl0t58LS6mPrrWcl1KHS3JKTZZ96Z/dkZo7U8qtpfRvrbX++/K9J/3TxZ+5+e6m8QAALApD&#10;rQOAhW18dM1zaq1vyeI45eeckvLHYyO9Z3Sn60vX375td+sg4PjV5EPFqAwWldIvH27dAAAAwMJW&#10;kppdWz+e5OOtWwAA4HAW8olBQEPvWrnyYeMjvatT6zsX27VxJfnu/lC5ZWJkzUtatwDHr9byodYN&#10;wAm195FnnfZvrSMAAAAAAABacv0lMOs2j65+Sr/mz5KysnHKILhmX2f6R5+9c+cdrUOAY7P5rMed&#10;0l927x1xwissFh/aODX5lNYRAAAAAAAALTmpDJhVE6Orf7pfy98alH3F9yzvD/3j9StWPbZ1CHBs&#10;1n/qpnuSfLR1B3DCvL91AAAAAAAAQGtGZcCsuDrpjg/3fqfW8uYky1v3DJhv7HQ6/zQ2vPpZrUOA&#10;Y1NT39e6AThBOtncOgEAAAAAAKA1ozLguI31eqefNrJ6IiU/1bplgJ1USvnr8eHeS1uHAMegGJnA&#10;InH3Xacs+2DrCAAAAAAAgNaMyoDjMnZOb0U5kA8k5ZLWLfNASckbJkZ6r2kdAhydu09d/oEkd7fu&#10;AOZWqfmHK2+++UDrDgAAAAAAgNaMyoBj9t7htWeXbrYkeWzrlvmkJq8YH17zupqU1i3Akbny5psP&#10;1OT/tO4A5lZNXHULAAAAAAAQozLgGN1w7rlnzZSZ9yfptW6Zl0p9+cRw782tM4Aj1ynVFZiwwHVS&#10;jcoAAAAAAABiVAYcg/esXXvawZmha2NQdnxKfmpsdPXLW2cAR6Z2hoxNYAGrNVOX7d52c+sOAAAA&#10;AACAQWBUBhyVsV5v2dK9M+9O6hNatywEpZbfGB9e88LWHcBD27jjlltq8rHWHcCc+auS1NYRAAAA&#10;AAAAg8CoDDgqnf15S5LvbN2xgJSU+tbxlb2LWocAR+SvWgcAc6N08s7WDQAAAAAAAIPCqAw4YmOj&#10;vR+qJT/UumMBWpZ+3rn57NXDrUOAB1e63b9s3QDMid0bdk1+uHUEAAAAAADAoDAqA47IxGjv8aXm&#10;La07FrCH94c67/zI+ecvaR0CPDBXYMJCVd/l6ksAAAAAAID/x6gMeEjvW7XqjFrzl0mWtW5Z2OoT&#10;Pv3ZL17VugJ4cCWuyIOFppS8u3UDAAAAAADAICmtA4DBNz7Se3uSF7TuWCRmSu1cvGH3rf/QOgQ4&#10;vImR3jqnlcGCsueuqcmVVyYzrUMAAAAAAI7W5rMed8rM0nufmpJvLcljS0mv1pya5KQv/5uS7K8l&#10;u2qtOzslk7WUG+tQ/nXT5OSdDdOBAWdUBjyo8dFVm1I717fuWGR2z+TAN18xNfWF1iHA4U2M9j5c&#10;ay5s3QEcv1rrr2zave1/tO4AAAAAADhSE6OP+YbkwPfXWp6d5IlJlhzDj+kn+VBNrslMrtl02+Se&#10;2a0E5jvXXwIPaPNZjzul9jv/q3XHIjQ8VJb+z9YRwAPr1/qHrRuAWVG7naE/ah0BAAAAAHAkxkd7&#10;Tx4f6f1NrQd311pen+SpObZBWXLfXuSpJXlj6WbH+Ejv6rGVvSfNXi0w3zmpDHhA4yO9X0vyi607&#10;FqmZ9Gcev3HPjptahwD3t+XMdafuO2n/7UlOa90CHIeS92/cNXlR6wwAAAAAgAczce5531xn+r+R&#10;5LIT8HDv7dT6svW7t33sBDwWMMCcVAYc1nWjax6T5GWtOxaxbjrd32odARzexZ+5+e5ack3rDuA4&#10;1eqUMgAAAABgYL1n7drTJkZ6b6wz/Y/kxAzKkuSyfin/Pjbce/O1Z5998gl6TGAAGZUBh9Wp9TeS&#10;LG3dschdPDbSe3rrCODwar+8rXUDcFzuOXDS0F+3jgAAAAAAOJyJ4fOetnTvzM01+dkkQyf44bul&#10;5KeHhk66efPo6qec4McGBoRRGXA/m0dWn1+Sy1t3kJSS12/JRSf6RSJwBDbt3voPKbm1dQdwbGrq&#10;nzzzllvuat0BAAAAAHCoidHVP11L/4Ykw21Lysp+LX87PtJ7btsOoAWjMuB++imvSlJad5Ck5ry9&#10;o3ue1zoDuL+S1NIvb2zdARyT/lC/vqF1BAAAAADAoSZG1/xqreXNGZxbpZYn+YuJkTUvaR0CnFhG&#10;ZcDX2Dyy+vwkrlwcICXlF6qRHwykO+veP07y2dYdwNGq45ft2b61dQUAAAAAwFcbH+29odb6S607&#10;DqNTU39rYnT1y1qHACeOURnwNfopr2jdwCFqfdzEyKrvbJ0B3N+Ve/bsTa1vbd0BHJ1OOm9q3QAA&#10;AAAA8NXGRno/m5qXtu54MLWW142P9n64dQdwYhiVAV9x7YrzzknynNYdHE7HcbIwoDpL8+Yk+1p3&#10;AEeolJvWT219X+sMAAAAAIAv2zyy5oqS/GbrjiNQUvPW8ZW9i1qHAHPPqAz4im6n//wk3dYdHNYV&#10;15+z6rzWEcD9rd+27dNJ/qp1B3BkSj//q3UDAAAAAMCXbR5de25N/ZPMn/3GUPp55/jKR69sHQLM&#10;rfnypATMsZqUJI4qHVyl0ykvaB0BHF7pdn4zSW3dATyk25Z1D76tdQQAAAAAQJJcnXT7dfqPa/Kw&#10;1i1H6eHpz/xu6whgbhmVAUmS8ZW9C0uypnUHD6JTrmydABzehh23/t8k17TuAB5cqeVXL96503W1&#10;AAAAAMBAOHVk9YuS8rTWHcembpoY6fn8EhYwozLgPv36g60TeAg1512/cs23tM4ADq8kr07Sb90B&#10;PJC685Fff/oftq4AAAAAAEiSd61c+bBSyn9v3XE8auprr163bmnrDmBuGJUBX7r6sjy7dQcPrcz0&#10;n9O6ATi8DVOTN8dpZTCwai2/ccGNNx5s3QEAAAAAkCTL6tDPp+bM1h3Hp6w87a59L2xdAcwNozIg&#10;YytWfVNJzmrdwUMrJY6QhQFWnVYGg2rX3acvc0oZAAAAADAQNp/1uFNKzU+07pglv/iR889f0joC&#10;mH1GZUC63XJZ6waOVFn7vlWrRlpXAIe3aWryP2ryrtYdwNcqJa+78uabD7TuAAAAAABIkrr83hcm&#10;eXjrjtlRVn7201/c1LoCmH1GZUDSL9/VOoEjN32w+9TWDcAD65fy35NMt+4Avqze8shHnvH7rSsA&#10;AAAAAL6s1rywdcNs6pf8SOsGYPYZlcEiN9brLasl3966g6NRjcpggF2xa+vHU/LbrTuALyn15y64&#10;8caDrTMAAAAAAJLkS7cSnd+6YzaVZP37Vq06o3UHMLuMymCRK/v7j0tySusOjkLJk1snAA9uX5n+&#10;lZR8pnUHkPdu3LV9rHUEAAAAAMCXHZwuz0xSWnfMsiUzBzsXtY4AZpdRGSxyJd1vat3AUfsWS38Y&#10;bM/eufOO2s+rWnfAIjeT/szPt44AAAAAAPhqpXSe0rphLvSTS1o3ALPLqAwWuVr6j2ndwFHrTM90&#10;vrF1BPDgvv7rz/iDkny8dQcsYn++cc+Om1pHAAAAAAB8tdqvC3JUVkq5sHUDMLuMymDR66xrXcDR&#10;q8mq1g3Ag7vgxhsPpl9/rnUHLEYluaOUJa9o3QEAAAAA8NXes3btaaVkpHXH3KiPrgvvWk9Y1IzK&#10;YNHrO/FqPurXla0TgIe2Yc+2iZK8vXUHLDq1/NyGXR//z9YZAAAAAABfbfm906OtG+bQaePn9M5p&#10;HQHMHqMyWMS2rFy5PCkLdAm/sHVKWcgvOGFBGZoZ+rkkn27dAYtHvWH97q1va10BAAAAAHCo2uks&#10;7M/4hnJm6wRg9gy1DgDa2Xtw6JGla1w6H9UU11/CPHHJbZ/43MTompfWWv+sdQssAvu6/fqiktTW&#10;IQAAMNu2nLnu1HtPvfcR3X73Ef1+HllSHpHSPy1JSjoP66fe/6qhUmc6/c7naurnaqmf65fO55dP&#10;dz99yW2f+NwJ/wUAAEi/3z+1lIV7Q2Sndh7RugGYPUZlsIjV0v+6YlM2T1VHx8I8smHX1j8fH+l9&#10;b5Knt26BBa2U/3nZnu1bW2cAAMCxqEmZWPno0VoPPibJupJybq0ZSbKyJMP7sv+Mzkw3Ncl9n0PW&#10;JOVL/23NYT+arCW13Pedi5KSbq052J3O+Ejvi0m2JdleU7eXUm7tz5SPLV0684lLt2//4tz/tgAA&#10;i1OnlKUL+Rux/fRPat0AzB6jMljMSvfrHOQxP9Wak1s3AEen1ry0lHxX4v9fmAs1+ViW1Ne17gAA&#10;gCN13ch5q7rpPyU1T0rJhRPJY9KfPqV81TxsDs+wOCPJ45M8vuS+s347nZrp6U7GR3p7knJTKflw&#10;rTMfPHDSkn9+5i233DV3KQAAi0c/tZS5fJXXWs3+1gnA7DEqg0WspP/wOX1rijlTSpa3bgCOzqbd&#10;k9vGR3s/k5o/aN0CC9DeJM/bNDnpDQsAAAbWDeeee9bBmc6GpGxK8u1J/1FJBvHtuRVJXVFrNiWd&#10;LN07MzMx0vtov+ZvS/K+u+q+v79yz569rSMBAOajUssdA/j6b/YYlcGCYlQGi1hJ52FOKpu3lrUO&#10;AI7exl2Tfzgx0ru0Js9r3QILSs0vbdo9+R+tMwAA4FBjo71v7dQ8qyaXH5zJ4zOIE7KH1q3Jt5SS&#10;b0nystPK8n3jI6s/UNK57mC/XPP0Pbfe1joQAGC+qKV+biGfVFaWdD/ZugGYPUZlsIiVpJiUzVtO&#10;KoN5am9n+ieWzQw9uZSMtG6BBeLv/mn35JtaRwAAQJLUpIyPrH5Kanl2KXlOas5dgO+/LU/KJTX1&#10;kqFOfcP4yJoP1vSv7pSl12zY9fH/bB0HADDIlgzV3dPTC3ZUVqf337W7dQQwexbssxXw0MaH13xf&#10;Sv3z1h0ck7pxarLTOgI4NhPD5z2tlv6WJN3WLTDPfX6633mckxEAAGhtYsXqXjrlR2rqDyTlG1r3&#10;NFKTfDCpb+/sP+XP1n/qpntaBwEADJqalImR3heSnNG6ZfbV/9w4te3s1hXA7DFIgMWs407reeze&#10;1gHAsduw+9Z/SImTleA41dSXGpQBANDKVUlnYrj3zInh3ljtlE/U5BWLeFCW3Pcl9qcm5ff6y+7d&#10;Pjbce/3YcG916ygAgEFS7tuVfbR1x9wo/9y6AJhdRmWwqM3sa13AMft86wDg+Nx16rJfTM2HW3fA&#10;PPYHm6a2vb11BAAAi88N5zz6EeMjvasuHOndVkveXUs2xknUh/r6UvKyUjI5PtL7wNhI7+nVzSkA&#10;AF9S/7Z1wVwoKR9s3QDMLqMyWMyqk8rmrVK+0DoBOD5X3nzzgSVDM89KcnvrFph/ygfOPPOMF7Wu&#10;AABgcbnh3HPPGhvuvf5gd3pbklcleVTrpnniqSX5m4mR3r+MDa9+3lU+lwAAFrl+LX/XumEu1Dqz&#10;pXUDMLv88QaLWCfljtYNHKtqVAYLwCU7dnwqJd+T5EDrFpg/6n/2Owefe8GNNx5sXQIAwOIwdk5v&#10;xfjImt87ONOdKiUvS3JG66Z56vxSyl9cONLbPjGy5iVbVq5c3joIAKCFs77+9A+l5DOtO2ZX3blh&#10;9/aPtK4AZpdRGSxi3ZklO1s3cGxKYlQGC8TGXZMfyn3fcAce2kyt5YWX79z5ydYhAAAsfBMr1j18&#10;fHjN60o3tyT1x5Isbd20QIzW1N/a1x+6eWKk9wLXYgIAi80FN954MLW+o3XHLPurktTWEcDsMiqD&#10;ReyS2z7xuSR3tu7g6NV+bmvdAMyeDVOTry0l727dAYOu1vqqTbsn39u6AwCAhe09a9eeNjHSe03t&#10;7J9KqS9PcnLrpgVqVU3evnmkd/PY6OqNrWMAAE6kWsrbWjfMoplay++1jgBmn1EZLHY1O1oncEz+&#10;o3UAMHtKUvtL8oMp5abWLTDA/nTj7m2/1joCAICFbXx49fcu3Tt9U01ekeSU1j2LQU0eU2q5fmKk&#10;9xebz1493LoHAOBE2LRr8t9SMtG6YzaU5JpNuye3te4AZp9RGSxypWNUNi91jcpgodk0OXln3V8v&#10;STLZugUGTU3ed+aZZ/yQ49MBAJgrm4dXf9P4SO8DKeUdSVnZOGcxKjV5Xn+o3DI+0rtqrNdb1joI&#10;AGCu9fvl11s3zIJ+SX1d6whgbhiVwSJXY1Q2Hy0pMx9v3QDMvk2fnPzMTCnPSPL51i0wQD6apflt&#10;ssvMAAAgAElEQVSeC2688WDrEAAAFp4tZ647dXxk9Zv6pfxrkqe27iEnJXlVDuSj4yOrvqt1DADA&#10;XLp899a/r8l1rTuOT/mT9VPbbmxdAcwNozJY7Go+1DqBo/bZS3bs+FTrCGBuXLFr68dL7Twryb7W&#10;LTAAPpnO0DM2TU7e2ToEAICF5/qVa75l30n7P5yUn0mypHUP/09J1iSd946NrH7t1evWLW3dAwAw&#10;V2p35qeT3NO64xjd1a2dV7aOAOaOURkscp3p+uHWDRy1j7YOAObWht23/kNN/fG46o/FbV9N/Z6N&#10;Oz+xs3UIAAALy9Xr1i2dGOm9ptOv/5JkXeseHlCnpPzC6Xft//eJ0d7jW8cAAMyFy3fs2FVTf7F1&#10;xzGp5ccv233L7a0zgLljVAaL3Prbt+1Osqt1B0eu1NzQugGYe5umtr29lvxIDMtYnPYl/Ss2TW37&#10;x9YhAAAsLNefe+7oaXftu6Emr0gy1LqHh1aTx9SafxwbWf3impTWPQAAs23T1LY3J/mz1h1Hp/72&#10;xt1b39G6AphbRmVAao0PbOeT2jEqg0Vi067J/11SXtq6A06w/al51sap7X/bOgQAgIVlfHTNczoz&#10;3ZuS8rTWLRy15SXltydGVl973cjI17WOAQCYbTM58OIkk607jtBHlndmXtE6Aph7RmVAOp36odYN&#10;HLEvLttz9r+2jgBOnA1TW99Uk1e17oATZDqlft/G3ZObW4cAALBwXJ10J0Z6r0mt1yQ5vXUPx6Nc&#10;3s3Sf75+xarHti4BAJhNV0xNfWG637koyY7GKQ+h/MvQUP+Si3fu3Ne6BJh7RmVAysG8J65Xmx9q&#10;/duL83+mW2cAJ9amqclfTvLrrTtgjvVL8kMbd217V+sQAAAWji1nrjv19NHeNV+67tLViQtDr9Pp&#10;fGB8uPeM1iEAALPp6XtuvW2mlMuT+p+tWw6nJB/vLOlfcen27V9s3QKcGEZlQNbfvm13kn9p3cFD&#10;qymuvoRFasPU5C/V1Le27oA5Umvqz26YmvyT1iEAACwc4ysfvXLfSfs/XGue1bqFWXd6St49PtK7&#10;qnUIAMBsumLX1o93ytBTk3pL65ZD/ONQd+bi9du2fbp1CHDiGJUBSZKavKN1Aw9pf78c+IvWEUAb&#10;Jambprb9ZE3+a+sWmGXTpZTnb5ra9ubWIQAALBzjI6u+Lf3pf0myrnULc6YkedX4yOo/unrduqWt&#10;YwAAZsv6XbfsWDKz5KlJ3tu65T719+46bdl3XrJjx6dalwAnluO+gSTJtSvOO2eo05+Ksekgu2bj&#10;1ORzW0cA7Y2N9F5Rkte07oBZsK8mV26amry2dQgAAAvH2OjqjaWWq5Oc2rqFE6WMTU/f89yn3377&#10;va1LAABmS03KxHDvJ1PyuiQnN0j4XFJftnFq2x83eGxgABiPAEnuu6M7KR9s3cEDq8nbWzcAg2HT&#10;1ORrSy0/maTfugWOw92l1E0GZQAAzKax0d4PlVqujUHZIlM3DQ2d/PfXnn3eI1uXAADMlpLUjbsn&#10;39Lvznxjue9zwhP1mUAtNf97errzaIMyWNyMyoCvqKX+UesGHtBn7z5t2ebWEcDg2LB761tryQ8k&#10;mW7dAsfgzlI7mzbs2raldQgAAAvH+HDvpaXmD5J0W7fQxPlLhvp/P3ZOb0XrEACA2XT5jh27NkxN&#10;/mD6M99aasbn8KGmS/KX/dp/4obdkz/89Ntv/ewcPhYwD7j+EviKsV5vWTlQdyTlG1q3cIiSN27c&#10;NflzrTOAwTM2vPp5pZS3JVneugWORE0+VfvlmZfv2fpPrVsAAFg4JkbWvKSmvjHe86bk1m6/e/Fl&#10;u2+5vXUKAMBcGBvpfWNJfWGS58/S57q7aupf1m7/LZfv2LFrFn4esED4Axv4GhMja36hpr62dQdf&#10;Y2+/M73q8p07P9k6BBhM4yvOfVw63euSDLdugYfwkW7tPtOHOwAAzKbx0TU/n1p/o3UHA2WylCXf&#10;vmHXx/+zdQgAwFy5OumevmL1pemUi2ryhCQXJDn9CP7TL5Tko0k+VGv/nRt2b/9ISerc1gLzkVEZ&#10;8DXGer3Ty4FMJTmjdQtfUvKWjbsmf6p1BjDY3ju89uyZMvM3Sc5v3QKHU0reXfad/Pz1n7rpntYt&#10;AAAsHBPDa36ilvqWeK+bQ9TkY0tnhi665LZPfK51CwDAiXBV0nnCOat6pVvOTMrDS+rDkyyryb7U&#10;3Nnp5IvlYCbX375td+tWYH7whzZwP2PDvdeXkpe17iBJcqAzXXte3AFHYvNZjzulv+zeP0vyzNYt&#10;cIhXb5iafLVvuwEAMJvGRnrfU5K/SNJt3cLA+lBn/8mX+nILAADA0eu0DgAGz0ztvDHJ3a07SJLy&#10;DoMy4Eit/9RN9yyfWvE9SXlz6xb4koOl1BdvnJq8yqAMAIDZtHlkzaUl+fMYlPHgntxfdu+1V69b&#10;t7R1CAAAwHxjVAbcz9P33Hpbkl9r3UH2l37/V1tHAPPLxfk/0xuntv5MTZ5Rkjta97Coba8lF27Y&#10;te13WocAALCwjK8493H91GuSLGndwrxw8el37v9frSMAAADmG6My4LDOPPOM1yf5ROuOxayU8j83&#10;7Nk22boDmJ82TU1em359Qkq5qXULi1At76pL862bdk3+W+sUAAAWlrFzeivS6Y4lOb11C/NHLfmh&#10;seHVv9S6AwAAYD4xKgMO64IbbzxY0nlx645F7BN3nrr0ta0jgPltw55tk8vLwQuT/EHrFhaNmZr8&#10;1w27t373psnJO1vHAACwsHzk/POXlG55R5JzWrcw/5RSfnnzyJorWncAAADMF6V1ADDYxkfWXJ/U&#10;Ta07Fp3Sv3zjru1jrTOAhWNsZPWLS8prk5zUuoWFqSaf6pTywxt2bb2+dQsAAAvTxEjv92vyo607&#10;mNfuLsmTNkxN3tw6BAAAYNA5qQx4UENDMz+Z5AutOxaVWt5lUAbMtk1T296cztA3puT9rVtYiMrv&#10;LxnqrzUoAwBgroyNrP5RgzJmwam15K/ft2rVGa1DAAAABp2TyoCHNDa6emOp5fp4zjgB6s6ZHHz8&#10;FVNThnzAnKhJ2Tyy5mdq6muTLGvdw7z32Zr85KapyWtahwAAsHBdv3LNt3T69YNx8jKzpdR3bNy1&#10;7ftbZwAAAAwyJ5UBD2nTrm3jteZ3W3csAgdKv/s8gzJgLpWkbpja+qaSnJ/kX1v3MK/9zZLuzDcZ&#10;lAEAMJfes3btaZ1+fWcMyphNtXzf+MjqH2udAQAAMMiMyoAjsywvT83/bZ2xkJVSX7lhz63/3LoD&#10;WBw2TE3evLwz/dTU+qtJDrTuYV75QlJ+YsPU5LMu2bHjU61jAABY2Jbsm3lTklWtO1iIyhvGz127&#10;tnUFAADAoHKVHXDErl+x6rGdTucfk5zWumWhKTXjH949ecVVSb91C7D4XDdy3qpu6f9uaja0bmGg&#10;9ZP6O/s6M6969s6dd7SOAQBg4RsfXv29KeUdrTtY0G4888wznnzBjTcebB0CAAAwaIzKgKMyNty7&#10;rJRcl2RJ65aFoiQfH5oZetolt33ic61bgMVtbKT39JK8JcmK1i0Mlpp8LKk/sWlq2z+2bgEAYHEY&#10;e1TvzLIsN6fmzNYtLHiv3Dg1+eutIwAAAAaN6y+Bo7Jp9+R7S/L8OFFrltRbypJ6kUEZMAg2TU1e&#10;Oz3d+daS/H9JZlr3MBDuSXLVSZ3pJxiUAQBwInWW5s0GZZwgV02M9Na1jgAAABg0TioDjsn4cO9F&#10;Kfnd1h3zWa2Z6s7Ub1t/+7bdrVsADnX9ueeOdma6v5L7hsReMy4++0vyW+kv+40Ne27+fOsYAAAW&#10;l/Hh3jNS8p7WHSwepeSf7tw1+dQrfcEKAADgK3xACByz8dHeG1Lz0tYd81FJ7pjplIsv37n131u3&#10;ADyY8eFVT0in87rUfEfrFk6ImuRPh4b6/+3S7dunWscAALD4bDlz3al7l++/uZSMtG5hcSmlvnjD&#10;rm2/07oDAABgUBiVAcdlbKT3P0ry6tYd88zn+v1y+eV7tv5T6xCAI1GTMjG8+nnplFen5rzWPcyZ&#10;D9Z+Xrlpz+T7W4cAALB4TYyu+dVa6y+17mDxKckd/QM5b9MnJz/TugUAAGAQGJUBx21sZPUPlJQ/&#10;TDLUumXw1Vs6ZWjj+l237GhdAnC0alLGR3pXlOSqJI9v3cPsqMl13VJ/ff2ubR9s3QIAwOL23hWr&#10;1sx0Oh9LsrR1C4vWH2ycmvzR1hEAAACDwKgMmBXjw71npOQvkyxv3TLAPlj6y56+Yc/Nn28dAnA8&#10;vmpc9uok39q6h2NTk+uS+ppNU9v+sXULAAAkyfjwmr9Oqc9u3cGi1u+kPnH91LYbW4cAAAC0ZlQG&#10;zJqJ0dUX11r+PMmjWrcMnvK3dWl9zqbJyTtblwDMli25aGjvyO7vLykviZPL5otakxtKzW9u3D25&#10;uXUMAAB82eaRNZf2U9/bugOSbNk4NfmdrSMAAABaMyoDZtW1Z5/3yCXd/ttrycbWLQPiQEn5hfVT&#10;W3+7JLV1DMBcGRvtfWup5SeS+vwkJ7fu4X4+m+R3u7X7+5ftvuX21jEAAHCoidHeh2vNha07IEk6&#10;KZetn9r6vtYdAAAALRmVAbOuJmXzyJqfqamvTzLUuqeZklv7/f5/uXz39o+0TgE4USZGH/MNtR78&#10;sSQ/luTs1j3kE6Xkd/Yv7779mbfcclfrGAAAOJyJ4d4za8m7W3fAV7lxw9TkE3xJFAAAWMyMyoA5&#10;Mz7cW1+T3y8lI61bGvizoaH+T126ffsXW4cAtHBV0rlwZNVTku4Lkvp9SU5r3bRY1ORTneRtSf5k&#10;w9Tkza17AADgwVyVdC4c6f17kse2boGvUfPMjbsn/6Z1BgAAQCtGZcCc2nLmulP3Lt9/VSl5SRbH&#10;qWW7Sykv3bBr6ztbhwAMiqtXrDjptM7yK2ryAyXZmKTbumkB2pvkmpLO2++cunXLlclM6yAAADgS&#10;E6NrvrvWek3rDjiMj/7T1OS3XJX0W4cAAAC0YFQGnBDvXbFqzUynvCUpl7RumSN3l5T/9sgzT3/L&#10;BTfeeLB1DMCgmlixutfvlO8uyXOSPCFejx6P6Zps6dTy1zPdg+++fOfOT7YOAgCAozU+0vuXJBe0&#10;7oDDKv3LN+7aPtY6AwAAoAUf4gEnzFVJ50nDa36wX+ovlmRN655ZMpPkL2rNqzbtntzWOgZgPrnh&#10;nEc/4kD34OVJeW5JLkuytHXTPHBnkvfU5K/u7u+74co9e/a2DgIAgGM1vrJ3UfrZ0roDHlDJ+zfu&#10;mryodQYAAEALRmXACVeTMj7Su6LUvDIlT2rdc4z2J/X3+t3+Gy7fsWNX6xiA+e7as8975FB35pLa&#10;KZeVmsuSnNO6aXDUW5LOezvJe7P/pC3rP3XTPa2LAABgNoz//+zde5zddWHn//fnzOTC1QviBZJJ&#10;SCYERa0K9VKthYqQDKhVW7pe27W7utW2rq69/Nptl92267q1brVVd3uzWvtri7bKApkEtXirl1Zq&#10;vaRymQlkEqiCKBAMucw5n98f0J9WgUzCzPmcOfN8Ph7wUB7JnNdweDySnO/7+/mOjX8wyfNad8D9&#10;qr0nb9614+9bZwAAAPSbURnQTE3KtjUbJmqtr09yVpJO46S5+GZK3jXS7f3vc3fvuK51DMCw2rZ6&#10;/WN7KeemlGcl9WlJHtK6qY9uTPKpmvqhOtK7wngZAIBhtGX1+PpScm0Wx+dBLG1/unlm6uWtIwAA&#10;APrNqAwYCJNrT1tbe7MvL8lPJFnXuue71CSfTskfzx7c++fPuemmva2DAJaaK1ZvPGm2dM8oyRlJ&#10;fXpSnp7kqNZd8+DWmny6JFeVdD45Mjr798/eseP21lEAALDQtqwef3Mp+U+tO2AO9neW1bHzpqdv&#10;bh0CAADQT0ZlwECpSZlcNf7M0ikvTuo5aTcw66Xm75Jc3OnW95930/SuRh0A3Isr165duTfLTut0&#10;e6clOT2lnJbkMUk2JFnWtu5e7U1ydZKvlJp/qp1ydTqd7Sc+9NgdZ1511cHWcQAA0E9Xrl27cl9v&#10;9MYkD23dAnNRk1+amJl6U+sOAACAfjIqAwba5NrT1qbOPqv28sOl5IeTPHKBXqomuaaUXJmUj4zO&#10;jnz0nBuvvnWBXguABfK5M85Ydsut3zq5dHurU3pre7WOlZLVpZaxlDyqJifk7r+OnseX3ZPUW5PO&#10;LUn9alJuqKU3k152lU6ZGemN7PzUrmu+elHSm8fXBACARWvrmg0vrrX+WesOmLOSazftnDqt3P0Z&#10;IgAAwJJgVAYsKltOHl9VRnuPT+08vtRsqMm6lKzP3AcCt9bkn0tyY2p211K/0Kkj/9hb0fvCxNTU&#10;HQucD8CAuHjVqqOOytEPHc3BE8pI54TUkZEk6dXusaWU7znprCb7OunclSTdWg+MlHprtzN76yNO&#10;OOFWJ40BAMDhmVw9fmVKzmrdAYejV8sPnb/ruo+37gAAAOgXozJgaFy5du3K/fWoh8zW7lHf+c9H&#10;y8hds/Vb+47pdO46+4Yb9rXqAwAAAFjqLhs7dd1Ietcl6bRugcNRS941sXPqFa07AAAA+sWoDAAA&#10;AACAvti6ZsOv1lr/W+sOOAJ37unte/iFu3ff1ToEAACgH9wNBgAAAABAX9Raf6x1AxyhY48bWbGp&#10;dQQAAEC/GJUBAAAAALDgLluz4dFJHte6A45YLS9snQAAANAvo60DAAAA4IHa8sjxEzvL8gMpZWOt&#10;9dSUrE5yTJKV9/yQO5LcmZLrSq9c1yu9L9153Mq/v3D79gPtqgFgaek4pYzF77lXrl278uwbbtjX&#10;OgQAAGChGZUBAACwKF2+dsMTOt28pJa6qSSn16Qkd//9PtWklpqSkuP27N87Obb+U6Xkkt7+8pcT&#10;X526pW/xALAElZQLkto6Ax6I4+6qI2cnmWwdAgAAsNDu76N2AAAAGCgXr1p11LFl5U+WktckOX0e&#10;v/RsTbZ20nnrpplrPzyPXxcASLJt/fqH9w6Wr8Zn0ix65Xc3z1z3c60rAAAAFpqTygAAABh4W8bH&#10;V5QDeV1KXp+aExfgJUZLckFN74KtY+P/WFJ+9byZ6y5bgNcBgCWpd7CcG4MyhkLv3NYFAAAA/dBp&#10;HQAAAAD3Z8vq8XNzIF9K8sYFGpT9KzV5Qi/10smx9ZdtWT2+fqFfDwCWiPNaB8D8KBu3rdl4SusK&#10;AACAhWZUBgAAwEDa9ojHHzM5Nv6eUrKtJBv6X1DOLyVf3jq24bX9f20AGDb1Wa0LYL500z27dQMA&#10;AMBCMyoDAABg4FyxeuNJvRV7P57kZY1TVtbU39k6Nv7ui08/fXnjFgBYlK5YtW5DUh7VugPmS6fm&#10;h1o3AAAALDSjMgAAAAbKttXrH9sts59L8qTWLf+iJi8//s79H7/0pFMf1roFABabbqf8QOsGmE+9&#10;5GmtGwAAABaaURkAAAADY+uq9eO9UrYN4mkmteYpo6O9rVvGx49v3QIAi4wBDkOlJONuNgAAAIad&#10;URkAAAADYduajafUTvlokpNat9yPMzoHc8W2Rzz+mNYhALBo1PLU1gkwz8rIsu73t44AAABYSEZl&#10;AAAANHfxqlVH9Wr3kiQnt245lFrzlLpi7ztadwDAYrBlfHxFSk5v3QHzrdTy5NYNAAAAC8moDAAA&#10;gOaO66x4R5LHte6Yq5q8fHJs/StbdwDAwDuYxyQZbZ0B860uot+7AgAAHAmjMgAAAJraunr8eUn5&#10;ydYdh6+8Zcvq8fWtKwBgoNVqeMNQKqmPbd0AAACwkIzKAAAAaOZD69Y9qJb879YdR+iYUupibQeA&#10;vii1Y1TGkCrrt4yPr2hdAQAAsFCMygAAAGjmYLfzC0ke2brjyJVzJlePP7d1BQAMrNJ7dOsEWCCj&#10;dV/v1NYRAAAAC8WoDAAAgCa2rnn0o0rN61t3PFCl5H9c5M/XAHCvSsq61g2wUDojZbx1AwAAwELx&#10;oTcAAABN1Hrw55KsbN3xQNXk0U9Zs/55rTsAYNDUpNRkTesOWCildsZaNwAAACwUozIAAAD6bsv4&#10;+Iokr2zdMW9q+dnWCQAwaK5Yv/7EJEe37oCF0qt1desGAACAhWJUBgAAQN+VA3lukoe27phHZ21b&#10;s/GU1hEAMEhmD1SnODHUSolRGQAAMLSMygAAAOi/Wl7UOmGelV56P9o6AgAGyWgZeWTrBlhgq1oH&#10;AAAALBSjMgAAAPrq4tNPX55Sz2vdMf/q+a0LAGCQ9Goe1roBFlY9oXUBAADAQjEqAwAAoK+Ou3P/&#10;GUmObt0x72qeevGqVUe1zgCAQVE6PYMbhlx5SOsCAACAhWJUBgAAQF/V1Ke3blggK47trHhS6wgA&#10;GBS1FqMyht2DWwcAAAAsFKMyAAAA+qrUnN66YaGUDO/3BgCHqxSDG4be8m2PePwxrSMAAAAWglEZ&#10;AAAAfVY2tC5YMLUzvN8bABym2svy1g2w0Lpl7/A91h0AACBGZQAAAPTfWOuABdPJqtYJADAwilEZ&#10;w6+zYtlo6wYAAICFYFQGAABAvw3vI4Jq77jWCQAwQFa0DoCFNjKyf1nrBgAAgIVgVAYAAEC/De8j&#10;gko5tnUCAAyK4qQyloD9s6NOKgMAAIaSURkAAAD9VlsHLJhaZlsnAMCgqL3aa90AC215b3akdQMA&#10;AMBCcAcNAAAA/XZ7kqNaRyyImjtaJwAL75KNG48b3XtwY6d0TivJhlrL0Sk5PqV3XGo5OqnHJElN&#10;2VeSvUm5LaV+q6TsranXd1K/Ursrr960e/s3Wn8vsKA62T/EU3JIktRe2de6AQAAYCEYlQEAANBn&#10;9fakPLJ1xUKonXpb6wZgfm0ZHz++c7D8YO3lrJTeE5JyWu7qrkq5+wEANUnKPauZWu75WeU7/n7P&#10;j6pJvWdd00tJOvszuWb8llLzlV7NF1PysZFl9ePnTU/f3KdvDRZe7RwY5gNKIUkOZOSu1g0AAAAL&#10;wagMAACAPutMJ3Vj64qFUGqua90APDBX5qzR/at2nVNL51kp9awcyBNr6sjdC7FyqJ9+eGpOrMmJ&#10;peSZSX6md7DUybHxf0rNR0unXHlH964tF+7ebazAYra/dQAstGMPLnNSGQAAMJSMygAAAOivUq9J&#10;zUTrjIVQSrm2dQNw+GpSto2d+qya3sv3Zfdzk/KgRqcrlSSnp+T0Wutrjuus3LdlbPzDJXnPiSc+&#10;6INnXnXVwRZRcOR6++Z9jAmD5pYTjcoAAIChZFQGAABAX9Xky8N6ebnT7X6xdQMwdx9at+5B3dmR&#10;V21N/Ymk95jWPfdiZUkuSHLBzTffPrNlzfh7R3sjbz931zU3tQ6DuSil8/VaPf6SoXbn2fnobOsI&#10;AACAhdBpHQAAAMDSsmyk9+HWDQtk57m7d3j8JSwCW04eXzU5tv6ts7OdG2vqm5IM4qDsXyklY6Xm&#10;l7ulu2tybPziy9ZseHTrJjiU2qu3tm6ABXZL6wAAAICFYlQGAABAXz17x46ZJNe37lgAn2gdANy/&#10;fxmTlZFck5SfS3JM66Yj0EnyYyO1fnFybPw9xmUMshqjMoaeURkAADC0jMoAAADou5r6vtYN865m&#10;+L4nGBLbHvH4Y+4Zk+24Z0x2dOumeTCa5GUjtW6fHBt/z6Unnfqw1kHw3TplxKiMIVe+3roAAABg&#10;oRiVAQAA0Hel1/uz1g3z7OsnPvxBk60jgO81uWbdRG/F3i/eMyZb1rpnAZQkLxsd7V2zdWzDay/y&#10;eR8DpHSyu3UDLKRS61dbNwAAACwUHzIBAADQd5t3X//F1Hyhdce8Kbn4zKuuOtg6A/i2LY8cP3Fy&#10;bPy9qZ3Lk6xr3dMHD62pv/OUsfXbtqweX986BpJkeQ7ckKS27oCFUjtlGB/pDgAAkMSoDAAAgEZK&#10;yX9v3TBPZlNGf6t1BPBtW9as31xWZHuSl7Ru6b9yTin50uTY+le2LoGzb7hhX5Kvte6AhVKSHa0b&#10;AAAAFopRGQAAAE3cMTP1V0mmW3fMg7/YfMPVN7SOAJLPnXHGssmx9W8ttVyemhNb9zR0VFL+z+TY&#10;+HuuPPH0Y1vHsMTV3NA6ARZKr1SjMgAAYGgZlQEAANDEhUm39OrPtO54gPbO9jq/1DoCSD58yimP&#10;uOWW27Yk5eeSlNY9A+Jl+1bu/+TlJ687tXUIS1d1khNDbGTEqAwAABheRmUAAAA0s2n39NZSM9m6&#10;40iV5M3P2X3tja07YKmbXHXK4w92O59PyjmtWwZOyfd1RjpXbVk9fm7rFJaoki+2ToAFcvN509M3&#10;t44AAABYKEZlAAAANNUd7f50SW5r3XHYar5wx3ErfrN1Bix1k2PrnpHOyEeT8qjWLQPs2FJy6ZbV&#10;63+8dQhLTym9L7VugIVR/LcNAAAMNaMyAAAAmjr/+ut39mr9t607DtPtpdYfvXD79gOtQ2Ap27pm&#10;w/lJZ1uSh7RuWQSWl1L+bMvq8Z9uHcLS0jloeMOQKtUpfAAAwFAzKgMAAKC5iV3TH6w1v9e6Y45q&#10;KeXVm3ZPT7UOgaVscs2GF9Ra/zrJ0a1bFpGRUvL2ydXjr28dwtJx7k3Tu5Pc3roDFsD21gEAAAAL&#10;yagMAACAgbB519TPJeXdrTsOodaa12zaed3/2zoElrKtaza8MLVenGR565ZFqKTktw3L6JeS1Jr8&#10;XesOmG81+YfWDQAAAAvJqAwAAICBUJJal9dXJbm0dct9qLXUX5jYNfXO1iGwlE2uHT+r1vreJCOt&#10;Wxa1kjdvWTP+itYZLA0l+dvWDTDPbv+7nVNfaB0BAACwkIzKAAAAGBgTU1P7V86sekGSP2zd8l0O&#10;lJJXTuycfnPrEFjKLl+97sz0ckmSla1bhkApNb+/dc2GF7YOYfh1Uj7VugHm2WcuSnqtIwAAABaS&#10;URkAAAAD5ex8dHbzzNS/T83rkxxs3ZNkZ+l1fnDTzqlBG7rBknLpqlNP7pTOpUmOb90yREZqre/Z&#10;smb8ia1DGG77jup8Jkm3dQfMl1KK0/cAAIChZ1QGAADAQNq8a+p/1U6emdQb2lWULaW34ulAyiYA&#10;ACAASURBVEmbdl/7d+0agItPP335aKf310ke2bplCB1dai758MmnndA6hOH1vGuu2ZPkH1t3wHyp&#10;tev0PQAAYOgZlQEAADCwJm6Y+syJJz741Jr8UpJ9fXzp7SWdZ2+eue78Tbu3f6OPrwvci+Pu3P/G&#10;JE9u3THEVh8cOfjumpTWIQyxWidbJ8A82bPnuKM+0ToCAABgoRmVAQAAMNDOvOqqgxMzU2/qdDpP&#10;LMl7srCPxNyT5JdXdmbP3DRz7YcX8HWAOZpcs/75qXld647hV87funrcv2cWTqnbWifAPLnywu3b&#10;D7SOAAAAWGjuPgQAAGBR+dC6dWOzs52frjUvLiVj8/Ala0k+0St5d5bl/RNTU3fMw9cE5sEVqzee&#10;1C3dLyR5WOuWJWJ/LXnaxM6pz7cOYfhcmbNG94/tvqUmD27dAg9ErXn1xK6pd7buAAAAWGhGZQAA&#10;ACxKFyWd71+94RmdUjen5qyUnJlkdI4/fVeST6fmM93SueSCmWt3LFwpcKQmV2/465T6/NYdS8yX&#10;Vs6setLZ+ehs6xCGz+Tq9X+VUl7QugMeiFozPrFrarp1BwAAwEIzKgMAAGAoXLxq1VHHLzv61Nrt&#10;nVpLXVNqObYkK5OkJr1ScmMvdcdob/QL5+665qbWvcD92za24YJe6qWtO5am8trNM9e9rXUFw2fL&#10;6vU/Xkr5i9Yd8AB8fvPM1JNaRwAAAPSDURkAAAAAA+XiVauOOq6z8ktJ1rduWaLuGKkjjzbAZb5d&#10;etJJR4+OHn1zkmNat8AR+uXNM1NvbB0BAADQD53WAQAAAADwnY7vrPylGJS1dPxsur/VOoLh85yb&#10;btpbk62tO+AI1W46f9k6AgAAoF+MygAAAAAYGJevXfvImvx8646lrpS8aNvY+jNadzB8Si1/1boB&#10;jkRJvnDBzLU7WncAAAD0i1EZAAAAAAOjU0d/IclRrTtI6aX8l9YRDJ+VIwc/kOSbrTvg8JU/aV0A&#10;AADQT0ZlAAAAAAyEbevXPzw1r2rdwf/vOU4rY76dfcMN+1Ly56074DDtH+2OvLd1BAAAQD8ZlQEA&#10;AAAwELqz5bVJjm7dwbf1Un6xdQPDpyR/1LoBDtMl59x49a2tIwAAAPrJqAwAAACA5j6wdu2DS83P&#10;tO7ge7xw69j46a0jGC6bdk79Q0n+sXUHzFWthpAAAMDSY1QGAAAAQHNH1ZGXJjm+dQffo1NTPJKU&#10;eder+f3WDTBHO+7cNfWR1hEAAAD9ZlQGAAAAQHO1lle0buC+1JdsGR9f0bqCIbMif5zUf26dAYdS&#10;St5yYdJt3QEAANBvRmUAAAAANDW56pTHJ3li6w7u00PLwXJ+6wiGy8TU1P6kvK11BxzCrQcP7n1X&#10;6wgAAIAWjMoAAAAAaKqWkZe3buAQavUeMe/q8rwjye2tO+B+/MFzbrppb+sIAACAFozKAAAAAGjm&#10;ypw1mpKXtu7gkCa2PHL8xNYRDJeJqak7SuIUKAbVvtrN21tHAAAAtGJUBgAAAEAz+1ff9LSSPKJ1&#10;B4e0rLOsXNA6guFzsNd5c5IDrTvge5S8Y+LGqd2tMwAAAFoxKgMAAACgmV66z27dwNzUTs5t3cDw&#10;ec7ua29Myp+37oDvctdIb+S3W0cAAAC0ZFQGAAAAQDOllGe1bmCOav3hmpTWGQyf2V75lSTfat0B&#10;31Z/79xd19zUugIAAKAlozIAAAAAmtgyPn58kie37mDOHr5l1brHto5g+Nx9Wlne1roD7nFHZ1ne&#10;3DoCAACgNaMyAAAAAJooB3vPSDLauoO5K52Ok+VYECvvWvHfkzgZivZq/ut509M3t84AAABozagM&#10;AAAAgDZq5xmtEzhs3jMWxNm3bL+zlvxq6w6WuJJr9xy/4vdaZwAAAAwCozIAAAAAWnlM6wAOT0ke&#10;3bqB4XXnzql31+TLrTtYukrNr164ffuB1h0AAACDwKgMAAAAgEbqaa0LOGzjV+YsjyxlQVyYdEvN&#10;G1p3sFSVj5w3M/W+1hUAAACDwqgMAAAAgL773BlnLEvKutYdHLble0+e8b6xYDbvmtpWS97VuoMl&#10;51u9kdmfKkltHQIAADAojMoAAAAA6LtbvnHnuiTLWndw+MpIZ2PrBobbspHe65Lsat3BkvKb519/&#10;/c7WEQAAAIPEqAwAAACAvqvd7qmtGzgynVK9dyyoZ+/YcXut9edad7BkXF2X5y2tIwAAAAaNURkA&#10;AAAAfVdSH9W6gSPT6xXvHQtuYtf0B5Py7tYdDL0DteTFE1NT+1uHAAAADBqjMgAAAAD6rpQc17qB&#10;I9MpOb51A0vD6Gj3tUl2t+5gqF00sXPq860jAAAABpFRGQAAAAB9V2sxKlukavHe0R/3PAbzZ5PU&#10;1i0Mn1Ly2ZUzq36rdQcAAMCgMioDAAAAoP+cVLZ41Z73jr6Z2DX9wZT8TusOhs4dnW7vZWfno7Ot&#10;QwAAAAaVURkAAAAAfVeqUdliVeKkMvrrszun3pDkitYdDI3aSXnJubt3XNc6BAAAYJAZlQEAAADQ&#10;dzU5unUDR6Ymx7RuYGm5KOl1ltWXJdnduoWh8D/Om7nustYRAAAAg86oDAAAAID+q9nXOoEj5r2j&#10;786bnr65V8tLknhcIQ9A/cTKmVW/1roCAABgMTAqAwAAAKDvSsme1g0cmVJzR+sGlqbzd1338VLq&#10;61p3sEiVXFt6K3/k7HzUMBEAAGAOjMoAAAAA6LterUZli1Q1CKSh83ZOvz01f9S6g8WlJLfVmudv&#10;2r39G61bAAAAFgujMgAAAAD6rnQ6hkmLVTUqo52S1M/umnplkotbt7Bo7E/tPHdiZuqfWocAAAAs&#10;JkZlAAAAAPRd6RkmLVodj7+krYuS3p7evp9MyidbtzDwamr5D5t2XfuJ1iEAAACLjVEZAAAAAH3X&#10;K/XrrRs4MqUX7x3NXbh7910HjupMJPmH1i0MrFpq+anNu677k9YhAAAAi5FRGQAAAAB9N1Lr1a0b&#10;ODK1U7x3DITnXXPNnnogm1JybesWBk9Jed2mXde9q3UHAADAYmVUBgAAAEDfdVeU65J0W3dw+Eqt&#10;17RugH8x8dWpW2ovE0m9oXULg6PW/Pammeve2roDAABgMTMqAwAAAKDvJqam9ifZ2bqDw9btLc9U&#10;6wj4ThO7pqaXjfSemlK+2LqF9mrySxO7pt7QugMAAGCxMyoDAAAAoIlS48SrxeeGewaBMFDOuf76&#10;r3Xr/rNS85nWLTRTa6k/PzEz9abWIQAAAMPAqAwAAACAJnqlXtu6gcNTarxnDKwLZma+2S0HJgzL&#10;lqSamjdM7Jx+c+sQAACAYWFUBgAAAEATndL5ROsGDk8t8Z4x0C6Ymfnmyn0rnp2Uj7RuoW8OJHn5&#10;5l1Tb2kdAgAAMEyMygAAAABoo7v8yiS91hnMXel1DHUYeGffsv3OPTPXnVcSj0EcdiW31E5+aPPM&#10;1HtbpwAAAAyb0joAAAAAgKVrcmz8qiRPat3BnHxzz8zUiRcm3dYhMFeTY+tfmZTfTbK8dQvzq9bM&#10;jKSef96u6S+3bgEAABhGTioDAAAAoJ1a/qZ1AnP2cYMyFpvNM9O/X0ueWmtmWrcwj2r5QFbkcQZl&#10;AAAAC8eoDAAAAIBmSu15nOIiUVO9VyxKEzunPt/pLHtqaj7TuoUHrFuTX9q067oXTkxN3dE6BgAA&#10;YJgZlQEAAADQzMHeXR9PYhgw+OpIGb2sdQQcqU07v/LPe+q+H07N25PU1j0ckW+UmhdOzEy9qXgP&#10;AQAAFlxpHQAAAADA0rZ1bPz3a/LvW3dwP2o+unnX1NmtM2A+bFmz/odLLe9Osqp1C3NTk8tGltWf&#10;Om96+ubWLQAAAEuFk8oAAAAAaKt2/rR1AvevduI9YmhM7Jz+m32d2cel1D9v3cIh7U3qqzbPTD3X&#10;oAwAAKC/nFQGAAAAQFM1KVvHxqeSrGvdwr3aW5fnURNTUx5TylCpSdm2Zv1rai3/M8lRrXv410ry&#10;j72SV0zsnPp86xYAAIClyEllAAAAADRVklqS97bu4D6U8n8NyhhGJambdk7/3myvsyFxGt8AuTOp&#10;r/rMzNQZBmUAAADtOKkMAAAAgOa2rdl4Sq92r0myrHUL/1ot9VkTO6f/pnUHLLStq8efV0v9naSs&#10;bZyyhNVPdDojrzzvhmuvbl0CAACw1BmVAQAAADAQJsfG/yDJv2vdwXco+djmnVNntc6AfvncGWcs&#10;+/otd7y6pv5GkmNb9ywhXyrpvH7TzLUfbh0CAADA3Tz+EgAAAICB0E3njUlmW3fwHWrv11snQD+d&#10;edVVBzfNXPfW0qtPTPK+JL3WTcOsJLeVUt9Ql+f7DcoAAAAGi5PKAAAAABgYW8fG312Tl7fuIEnK&#10;JzfPXPeDrSugpW2r1z+2V8qvJXlh3KQ9n/aUUt6W7vK3bNq9/RutYwAAAPheRmUAAAAADIwtY+OP&#10;KcmXYrzRXE2eOzEzdWnrDhgEk2tPW5te9/9J6iuSjLbuWcS+WZM3HXXXireffcv2O1vHAAAAcN+M&#10;ygAAAAAYKJNrxt+emle37ljaypbNM9ed37oCBs3WsfHTa+obkvJvkqxs3bOI3JzkHfVA3jHx1alb&#10;WscAAABwaEZlAAAAAAyULePjx5cD9eqkPKp1yxK1r/Tq4zbtnp5qHQKD6pKNG49bftfsi2rKz5bk&#10;sa17Btina/LGO2emtlyYdFvHAAAAMHdGZQAAAAAMnMmx9T+RlD9p3bEU1Vp/fWLX9K+17oDF4KKk&#10;8+Sx8fNL8pokz45H9ybJt0ryV7WTd226YepjJamtgwAAADh8RmUAAAAADJyalK2rx/8mJWe1blli&#10;duzp7Xvshbt339U6BBaby085Zc1Id/THa+q/SfLE1j191kvKp1Lqn9Rled/E1NQdrYMAAAB4YIzK&#10;AAAAABhIW0859ftqt/d3SZa3blkyap63edfU/22dAYvdtpPWr66jnRfU1B9L8vTWPQvkYE22JfV9&#10;nd7Kyzbt3v6N1kEAAADMH6MyAAAAAAbW1tUb/kMt9Z2tO5aCWvPbE7um3tC6A4bN5KpTHl9HOueW&#10;2jk7qT+Y5LjWTQ/AN5J8pKZ+qNsb2fKc3dfe2DoIAACAhWFUBgBLxKUnnfqwZct6Y+lldS13n/RQ&#10;Sh5Ua+18+0eVb3ZSbqu9cnu3zt42Uo76ujuNAQBobXJs/E+TvLR1x5D725Uzq846Ox+dbR0Cw+zK&#10;nDV619rdZ5Zezq7J2SV5WpJjW3fdp5JbUvOZJJ9K7X1kz64d/3Bh0m2dBcBwuzgZedD69SccnO2c&#10;MFK7J5TaOeFfPtOuSe2kc1vu/j/7Z0tu3Hvcst0Xbt9+oGk0AAwhozIAGDJXrN54Uq/Te1pN/YHU&#10;clpS1yZZk+SYI/uK9Z9rypdT88VOyvZSel+8fWb6H32IDABAv1x54unH7jtq/98nOa11y5D6eu3m&#10;iRM3Tu1uHQJLzUVJ5ymnbNxQZ2ef0CnliTV5YpInJHl4g5ydSa6uNV8upX6p162fPv/GHdc26ABg&#10;idi66vSH1tH9jy/dclov9fRSyqOT3mOS8qjD/FI1qV9NOrtTs7uU+qVaep9dNrv8s+fcePWtCxIP&#10;AEuAURkALHKXrjr15JHSe27p1B9MLT+QuwdkC+2bST6Skq11NttcfAIAYKFtG1t/Ri/lk0lWtm4Z&#10;MjWlvnDzzukPtA4Bvu3SVaeePNqZPaWUkbFeeielZlVSVpXkpCRjSY5O0knyoDl8udma3FqSW5N6&#10;a2puKaXMJOWGWnoznZqZfUeNXvu8a67Zs6DfFABL3pVr167c31v+jKR3Tk2enbuH1J1D/bwHoibX&#10;leSzpeRjZbT+3/Omp29eyNcDgGFiVAYAi9C2NRtP6Wb2haWWFyR5atr/mr69lPKXB7vlj5+z+9ob&#10;G7cAADCkto1tuKCX+oEko61bhkWtefXErql3tu4AHpgPrVv3oP2zs99zUX7F6Gjv2Tt23N6iCQCS&#10;5NKTTjp6dPToF+Tux9k/M8lRDXN6SflULb1LOt18cNPu6amGLQAw8FpfgAYA5ujKtWtX7qujL0nN&#10;f0hyZuue+9CtyWSp+YOVu1ZtOTsfnW0dBADAcNmyZvwlpeY9WeATDZaCWuuvT+ya/rXWHQAADJ/J&#10;NeNPKzX/tiYXZm4na7ZwVVJ/ty4vfzExNbW/dQwADBqjMgAYcFtOHl9VRvLqJP8+ycNa9xyGm2ry&#10;tpH9R//eeV/74rdaxwAAMDy2rln/M7WW323dsbjVt22emX5t6woAAIbHxcnIsWPrX1JSfjHJY1r3&#10;HIabSyl/0Ol13nHurmtuah0DAIPCqAwABtS2NRtP6fa6v1FKfizJstY9R6zklpr6P7sH73rHc266&#10;aW/rHAAAhsPkmvG3pOZ1rTsWqUtWzqz6UScLAwAwHy5ORo4fG39xLfnPqTm1dc8DcDCpf9aZza+d&#10;d9P0rtYxANCaURkADJgt4+PHdw7kl2vyH5OsaN0zX2rytVLzproi73CUOAAA82Hr2IbX1tS3xKMw&#10;56yUvPOOnVM/e2HSbd0CAMDiVpOybc2GF9XU/7LIx2TfbV9Nfdv+TveNz7/hhttaxwBAK0ZlADAg&#10;toyPr8iB/MeS/GKSh7TuWUDXp+anN++a2tY6BACAxW9ybPylSf4oyfLWLQOulpTXbZq57q2tQwAA&#10;WPwuW7Ph0SOp70zND7VuWUDfSM1v7jl+xe9duH37gdYxANBvRmUAMAAmT9m4Md3ue5I8uXVLn9Qk&#10;f9TNgV+4YGbmm61jAABY3LasWf/DpZYPJDm+dcuAOlhT/93EzPR7WocAALC4XbJx43HL75r9jaS8&#10;Oslo655+KMlXSurLzpuZvqp1CwD0k1EZADR09/Hg619Ta3lTkqNb9zTw1Zr87MTM1PtbhwAAsLhN&#10;rl73/Snl4qSsbZwyaL5RSnn5pp3XXd46BACAxW1y7fhZ6eUPk6xv3dLAvlLqf/7Mzun/dVHSax0D&#10;AP1gVAYAjWxdtX68dsp7kjytdcsA+NM9vX2vunD37rtahwAAsHhdsnHjccv2dv93KXlx65YBcUVn&#10;WX3ZedPTN7cOAQBg8apJ2bpmwxtS6xuTjLTuaarkYymjP7n5hqtvaJ0CAAvNqAwAGrh89YZndkr9&#10;6yQntG4ZFCX5+OhI98Jzrr/+a61bAABY3LaMrX95SXlnluZpwEnSTfIbe2amfv3Cu/83AAAckQ+s&#10;Xfvglb2R9ybl/NYtA+TOUvPSTbumLmkdAgALyagMAPps65rx19Sa30ky2rplAH096f2bzTM7PtI6&#10;BACAxe3y1evOLKXzrpI8tnVLn+2qpb5qYuf0ZOsQAAAWt22r1z+2V8oHkoy3bhlANcl/2zwzdVHr&#10;EABYKEZlANAnNSmTq9f/11LKf45fg+/P/pq8dGJm6v2tQwAAWNwuSjpPHlv/0pLylgz/KcH7krxp&#10;T2/fmzxWHgCAB2pybN0zSjqX1uTBrVsGW/0/J5744J8986qrDrYuAYD55oI2APTB5844Y9ktX7/t&#10;3anlRa1bFoluTX3FxMz0e1qHAACw+H34lFMecbA78ltJXpph/DysZGvt5Wcmdk1Nt04BAGDxm1w9&#10;fl5K/jpL93Hyh+vKlXeteO7Zt2y/s3UIAMyn4fsQDQAGzJU5a3Tf2O73J3le65ZFppZSf37Tzunf&#10;bh0CAMBw2Da24dm91P+S5OmtW+ZDTb5cav3NTbum/7Lc/fgdAAB4QCbH1v9EUv4oyUjrlkWl5jMH&#10;jh4593nXXLOndQoAzBejMgBYQDUp21aP/2EteUXrlkWq1lJ/YWLn9JtbhwAAMDwuX7vhCZ1efX2S&#10;F2dRXiyrH07qf908s+OTrUsAABgeBmUPVPnInt5dz/E4egCGhVEZACyQmpStY+v/OCk/2bplsavJ&#10;6yZmpn6ndQcAAMPl8tXrzuyUzs8neW6Sla17DqGb5MO15i0Tu6auaB0DAMBw2bJm/CWl5k/j+vED&#10;VD7Z2X/UpvO+9sVvtS4BgAfKbwoAYIFsXbPhN2qtv9K6Y0h0Oyk/ct7MdZe1DgEAYPhcvGrVUcd1&#10;Vl5Qk5eXZFOS0dZN96hJPpXU93Rz8H0XzMx8s3UQAADD556bLT6W5OjWLUPiks/OTL3goqTXOgQA&#10;HgijMgBYAJNrxn8qNX/YumPI7Kup50zMTP9t6xAAAIbXZWOnruvU7otKKc9K8tQkR/U5YTY1n0vJ&#10;lel1/2Lz7uu/2OfXBwBgCdm6av147ZRPJ3lY65bhUn9r88z0L7SuAIAHwqgMAObZ5Ws3PKHTq38b&#10;d3XNu5p8baSMPO28nddc37oFAIDht2V8fEXdX55SSj2rJGcleUKSh8zzy9yZ5EtJPlZ69WMr9q/8&#10;5Nm3bL9znl8DAAC+xyUbNx63fF/vk6n18a1bhlAtNc/ftGvqktYhAHCkjMoAYB59+OTTTjg4cvBz&#10;SVnbOGWYfX7PcSueeuH27QdahwAAsPR8+JRTHnGwjjw6vbKxpJ5WUzck5egkx6fkuNQcneSYu390&#10;3ZeUvUluK8m3asneklzfq/UrI+lc3RntXvPsHTtmGn47AAAsYVvGxt9fkhe27hhit/e6vSeff+OO&#10;a1uHAMCRMCoDgHly8emnLz9uz/4rk/xA65ZhV2t+e2LX1BtadwAAAAAALEaTq8dfnZK3t+4YeiXX&#10;jo70nvzsHTtub50CAIer0zoAAIbFcXv2vz4GZX1RSv7j5Ni6Z7TuAAAAAABYbC4/ed2pKfmfrTuW&#10;hJpTu93OG1tnAMCRcFIZAMyDy9ZsePRIrZ9PsqJ1yxJyYzcHHnfBzMw3W4cAAAAAACwGV65du/Ku&#10;3ujfl+SxrVuWkFpLPWdi5/TftA4BgMPhpDIAmAedWt8ag7J+O3k0y9/UOgIAAAAAYLHY1x35FYOy&#10;viullrddfPrpy1uHAMDhMCoDgAdoy5rxV5Tk2a07lqKa/Lutq059cusOAAAAAIBBd/djL8svtu5Y&#10;ok4/bs/+X24dAQCHw6gMAB6AratOf2hJ/kfrjiWspNP7rdYRAAAAAACDrjPS+fUky1p3LGG/eMWq&#10;dRtaRwDAXBmVAcAD0Cv7fzk1J7buWMpq8szJ1Rte1LoDAAAAAGBQXb56wzOTXNi6Y4lb2e10/nvr&#10;CACYq9I6AAAWqytWbzypW7rTSVa2biG7Z2f3bnzOTTftbR0CAAAAADBILko6Txkb/1ySJ7ZuIbWM&#10;dJ646fprv9A6BAAOxUllAHCEuum9LgZlg2LVyOhRP9U6AgAAAABg0DxlzfrnxaBsUJTa7f1K6wgA&#10;mAujMgA4AltOHl+VUn+mdQffVlL+05U5a7R1BwAAAADAQKnlDa0T+Fd+dHL1uu9vHQEAh2JUBgBH&#10;oIzGKWWDZ82+NTc+t3UEAAAAAMCg2Lpm/ElJfqB1B/9KSen8QusIADgUozIAOEyXnnTS0anxqMVB&#10;VOv/0zoBAAAAAGBQ9Hr5T60buFfP33bS+tWtIwDg/hiVAcBhWrbsmB9J8qDWHdyrM7eMrX966wgA&#10;AAAAgNa2nDy+qpT8WOsO7tVIb7S8tHUEANwfozIAOEy11pe3buC+lZSfbN0AAAAAANBcp/5EkmWt&#10;M7hPrjUAMNCMygDgMFw2duq6JOe27uC+leRHLz799OWtOwAAAAAAWiql/HjrBu7XaZev3vDM1hEA&#10;cF+MygDgMHRq90VJSusO7ltNHvygPQd+qHUHAAAAAEArW1etH0/yuNYd3L9OqS9r3QAA98WoDAAO&#10;Qymd57Vu4NB6tboDDwAAAABYukq5sHUCc/Lc6kZ2AAaUURkAzNGWR46fmNQzWncwByU/8rkzzljW&#10;OgMAAAAAoIVa8sLWDczJw7es3fB9rSMA4N4YlQHAHJXlOSt+7VwsTrj167d9f+sIAAAAAIB+u3TV&#10;qScneWLrDuam1N45rRsA4N64MA4Ac1RqNrVuYO566Ty9dQMAAAAAQL+NlO4z4pGKi0apOa91AwDc&#10;G6MyAJijXuJuoUWk1vqU1g0AAAAAAP1WOuXJrRs4HOXpV65du7J1BQB8N6MyAJiDK1ZvPKmUjLXu&#10;4LA8o3UAAAAAAEDf1TytdQKH5ai9s8u+r3UEAHw3ozIAmIPZdB/buoHDU5JHbFuz8ZTWHQAAAAAA&#10;/bJlfHxFkie17uDwjIzUx7VuAIDvZlQGAHNR8pjWCRy+Xu2e2boBAAAAAKBfyv7e45OsaN3B4alx&#10;DQKAwWNUBgBz0Klxl9AiVGo2tG4AAAAAAOiX2umc2rqBI1CdVAbA4DEqA4A5qCUef7kI1VLWtG4A&#10;AAAAAOiXUrO6dQOHr6YYlQEwcIzKAGAuSk5pncCRqEZlAAAAAMDSUbOqdQKHrySP2PaIxx/TugMA&#10;vpNRGQAcwkVJJzUPbd3BETAGBAAAAACWkpKx1gkcmc4xd57QugEAvpNRGQAcwpljYw9KMtK6gyNQ&#10;M1aT0joDAAAAAKAfSjz+crE62O0YlQEwUIzKAOAQRnvL/EFu8Vr5vlWrVraOAAAAAADoh5r6iNYN&#10;HJlSe56YAsBAMSoDgEPoxt1Bi9lDli9f3roBAAAAAKA/is9DF6niWgQAA8aoDAAOoZT6oNYNHLmD&#10;ezs+RAEAAAAAlorR1gEcmV5ciwBgsBiVAcAhlNLrtm7gyHVHjcoAAAAAgCVjWesAjkwppde6AQC+&#10;k1EZABxCqaMHWjdw5JaPOO4dAAAAAFgyjMoWqVLjWgQAA8WoDAAOoVurP8gtYt1e1+93AAAAAICl&#10;wuMvF6la68HWDQDwnVxkBYBDKCNGZYtZrxz4RusGAAAAAIA+uaN1AEeo03EtAoCBYlQGAIfQceT0&#10;Ytb93MzM7a0jAAAAAAD65OutAzgyTioDYNAYlQHAIRyc7XytdQNHqOQbFyW91hkAAAAAAH1yc+sA&#10;jkyn51oEAIPFqAwADuE5N1379STfat3BEai5tXUCAAAAAEAfOalskRpddnBn6wYA+E5GZQAwJ3V3&#10;6wKOiFEZAAAAALBklJpbWjdwRPY96/rrnTIHwEAxKgOAOSnuEFqUylTrAgAAAACAsZ6hNQAAIABJ&#10;REFUfqklu1o3cPhqsqsktXUHAHwnozIAmJuZ1gEcvlJ6X2rdAAAAAADQN6V+oXUCh6+kurEdgIFj&#10;VAYAc1BLvaZ1A0egm+2tEwAAAAAA+qV040bbxagW1yAAGDhGZQAwByPJp1o3cARGlrsrDwAAAABY&#10;Ms7bPT2d5I7WHRye2smnWzcAwHczKgOAOVheuv+Q5EDrDg7L1zft/Mo/t44AAAAAAOiXktQkX27d&#10;wWHq5TOtEwDguxmVAcAcnH3DDfsSx4YvMle1DgAAAAAA6Luaz7dO4LDcunnX1I7WEQDw3YzKAGDO&#10;ikdgLiIlZbJ1AwAAAABAv5WOz0YXk5p8+p4T5gBgoBiVAcAcldRPtm5g7nqpH2rdAAAAAADQbyv2&#10;Lv9Ykv2tO5ibkvxt6wYAuDdGZQAwRwdn916WZG/rDuZkx8TM1D+1jgAAAAAA6Lezb9l+Z5KPte5g&#10;bkqvvr91AwDcG6MyAJij59x0095SckXrDg6tpnqfAAAAAIClq2Zr6wTmoJQvbto9PdU6AwDujVEZ&#10;AByG2iuXtG7g0Eotk60bAAAAAABa6XaKUdkiUGr9YOsGALgvRmUAcBj2jRz8YJIDrTu4b7VmZs+u&#10;qctbdwAAAAAAtHLBzuu+kuTTrTu4f6XW97VuAID7YlQGAIfh+TfccFtSPty6g/vRyXsvTLqtMwAA&#10;AAAAWqqp72rdwH0ryVfO2/X/sXfvcZ7XBb3H35/fzF4AwUsCuuzOXmYWPGIooZJWBqbs7iCaZVie&#10;1MiuJ+tkeTla5mpeMj1WdlHzqHnrgpopMruLFFhpqaDliaMsM8vO7IIiisgCe5v5fc4fkqEC7rIz&#10;8/nN/J7Pv3g8eDDz4sHvwWO/39/7+/lO/EfrDgC4O0ZlAHC4an1j6wTu1szAwfrm1hEAAAAAAK3d&#10;2t3/npLc3LqDu1ZT/qh1AwDcE6MyADhMG3eNX5LkC607uAslH91w/cSu1hkAAAAAAK2dv3v33m7q&#10;X7fu4C59dXr6tne3jgCAe2JUBgCHqSS1pDgNqyfVP29dAAAAAADQK2qtb2vdwF0oeed5119/e+sM&#10;ALgnRmUAcC8s27v0bUm+3rqDb/GpTZMTH2wdAQAAAADQK87dteOKJB9u3cG3mB4c6Hr1JQA9z6gM&#10;AO6Fs2+86taUvL11B/+l1Ly6dQMAAAAAQK/ppL4iSW3dwTf97RN37JhqHQEA341RGQDcS/vK9CuS&#10;fLV1B0lq/nXjrvEPtc4AAAAAAOg1G6YmrkzyvtYdJEn2pTP4otYRAHAojMoA4F566s6dN9fkla07&#10;SJJsbh0AAAAAANCrujPdlyaZbt3R72rqGzft/MLO1h0AcCiMygDgSCzNm5Jc2zqjr5V8bNOu8W2t&#10;MwAAAAAAetW51+3YXpK/bN3R527qdJe/tnUEABwqozIAOAKj4+P7a/LC1h197NaUwZ9pHQEAAAAA&#10;0PO6y55XkxtaZ/Srmrp54+6rbmrdAQCHyqgMAI7QpqnxDyT10tYdferVjgoHAAAAAPjuNu6+6qaS&#10;PL91R5/6zAnH3+/NrSMA4HAYlQHAESpJLWXps5J8tXVLfymf3jM1/vutKwAAAAAAFopNU+PvSfKh&#10;1h195tZac/4jr7zyYOsQADgcRmUAMAs2Tn7+i7Xkf7bu6CPTnXR/+fxkpnUIAAAAAMBCMlAH/kdJ&#10;bm7d0S9q6ktGd41PtO4AgMNlVAYAs2R0cvy9Sd7buqM/lN/cMDVxZesKAAAAAICF5pxdV1+f5Nda&#10;d/SFko99amriT1tnAMC9YVQGALNoyczg/0yyu3XHIvf+jVPX/HHrCAAAAACAhWrj1Pi7k+I+69z6&#10;WicDF2xOuq1DAODeMCoDgFn0hOu+8NWZUs5xdPic+eye7r5nlaS2DgEAAAAAWMj2TF3zvCTbWncs&#10;Uvtr6nkbJq++tnUIANxbRmUAMMueNHnN52snT01yoHXLYlKSm0u3nn/+7t17W7cAAAAAACx05ycz&#10;pbvsGUkMn2ZXrbU+e3Rq4uOtQwDgSBiVAcAc2LRz/PLUPK91xyIy3U2etXH3xHjrEAAAAACAxWLj&#10;7qtuKt3OTya5rXXLYlFr3jC6a+JvWncAwJEyKgOAObJp1/ifpeQNrTsWgW6SC0anxi9qHQIAAAAA&#10;sNhs3L39U7Xmx+LtG7PhQ5/aNf7C1hEAMBuMygBgDm2cHH9+Tf2j1h0LWK01z900Nf6e1iEAAAAA&#10;AIvV6K7xS0opz0gy3bplAbuoLs3TN3/jQWkAWPBK6wAA6AdjQyMvKsnvte5YYKZT6zM37Zr469Yh&#10;AAAAAAD9YGz18KZSyweSHNW6ZWGpf7FnauLnzk9mWpcAwGxxUhkAzIPRqfHXlprfat2xgBxMcoFB&#10;GQAAAADA/BmdnNiS0n1akr2tWxaKkrzLoAyAxcioDADmycZd468uKb8eR19/N1/vpJzrlZcAAAAA&#10;APNv0+SOsdrJ41NyY+uWXldK3vSvU+MXGJQBsBh5/SUAzLMtq9eNpnbek+T+rVt60GSn1idt2DXx&#10;H61DAAAAAAD62diqkeFS8pEkD2nd0oMO1JpfH901/qbWIQAwV5xUBgDzbNPkjrE6k9NKySdbt/SS&#10;mnygLs1pBmUAAAAAAO2N7hqfWN6ZPj2pb2zd0mOu7XbKmQZlACx2TioDgEa2nXjaMd3lt701tfxU&#10;65bGppO8as/U+O86IhwAAAAAoPdsGRr+haT8QZKjW7c0VfKxJZ2Zpz/h2mtvaJ0CAHPNqAwAGhsb&#10;GjmvJH+WZGXrlgau7NT6M04nAwAAAADobRevXbt6YGbgXTV5XOuWBm6qqc/bNDXx7pLU1jEAMB+8&#10;/hIAGhudGr9oerpzepJ3t26ZRwdKKa9a3pn+QYMyAAAAAIDed+61104+8Pj7PqGU8jtJ9rbumUeX&#10;dMrAI0enJt5lUAZAP3FSGQD0kC2rRjak5E+SjLRumTvln0vqL22cGr+qdQkAAAAAAIdv2+pT1nbr&#10;zB8meXLrlrlSkxs6yQs2To330wPhAPBNRmUA0GM2J50zh0Z+PMlrkgw3zplNnynpvGjj1PZLW4cA&#10;AAAAAHDktqxa96iUzu8leXzrlln0paS+bM+xy//i/KuuOtA6BgBaMSoDgB514cqVRx07cNRzU+uL&#10;knxP6557qySfr6mv3TM18Z7zk5nWPQAAAAAAzJ6alK2rRs4rnbyk1pzZuucI3JbkjTM58LonTU19&#10;rXUMALRmVAYAPe5Dp5xy7NLbZ56Zkl9J8tDWPYeqJP9YS/mjT05e83ebk27rHgAAAAAA5tbY6uHH&#10;p5bnlWQ0Sad1zyGarMmbZqY7bzvv+u1faR0DAL3CqAwAFoialC2rh88u3c5zU+qTkwy0bvoOJTem&#10;mws7qW/esGviP1rnAAAAAAAw/7atPmVtrTO/WJNnJlnRuucu1KT+fanlT27ZNf4Rb9kAgO9kVAYA&#10;C9BFK05+4JKBel4t9UeTPDHJUe1q6heTzkUl5X23TG2/zMU3AAAAAABJcmEycN+h9Y/vpvuMmrKp&#10;JCc2zDlYk8tLzd/Vbj48et347oYtANDzjMoAYIG7aMWKoweXHLOx1u7jSsqjkzwiczsyuy0p/5rU&#10;f+52y5ZP777m05u93hIAAAAAgHuwOek8Zmj49G7KOUn5wZL62Jrcbw5/5cEk/15KPl275Z/2DRzc&#10;8tSdO2+ew98HAIuKURkALDJXnHHGki9/5esPK7U+qtZycqeT4W7NSEmGc3hjswMp2Vm6maidfL7W&#10;+u+dgYF/X3btiqvOzuXTc9UPAAAAAMDitznpPHL1+lMGunlEKfXhNXlovnEfe12S5Yfxo/YnubYm&#10;40mdKLVs79ZyZVle/210fHz/XLQDQD8wKgOAPnLJqlNWHCh1ead075uSZZ1u5z53/vvdTvfWerB7&#10;U5npfO3WL43f5FWWAAAAAADMp5qUvz/pIQ+YLgfvnww8IJ0c9y1/v3Rv69R64GAGvtaZ6R741HXj&#10;12/2Ng0AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAFrrS&#10;OgAAAOgtlx1/6n1uX7p3xeBAOXYmWd7JwFGp3WNqydIkqUntpHNzurmlDOaWA9PZ8+ATj/3yI6+8&#10;8mDrdgAAAHrP5qTzqDVrTlgy3Tm2dspxNQP3r2Xm2NQymCQpZabUckvJzNemZ+qeLOne8umdO7+8&#10;Oek2DQcAgD5mVAYAAH1o2/DwCTMHyiNKKQ9Jqaek1pOTsjbJg5Mcfa9+aMmNqflykt215pqUur3U&#10;sr07MP3v5+7c+aXZ7AcAAKC3fHDNmvsdVQdOr7Vzcq11fSlZn1LWpNYTkhyfZOAwf+RMkhtTypdr&#10;rVMldUdJZ0dJJjqDM5974o4dU7P+LwEAAHyTURkAACxyF5566tL77Nn3qNScVUrnsUl9RJIV85xx&#10;XZIrSs2naieXLZ9c+emzc/n0PDcAAAAwC2pSxlaue9hAZ+DxtXTPrLU8siQjmd/vnW5KymdrqZ8c&#10;qOXy7D/qExtu+Nxt8/j7AQBgUTMqAwCARWjryuGRdDrn1tTRJD+Ye3v62NzZU5OPlZot07XzofN2&#10;b7+udRAAAAB3b+xBI8eXpXW0pGyqydlJTmjd9G0OJuWTpdYtMwNl7Nyd1/xb6yAAAFjIjMoAAGCR&#10;uHjN+kd0uvX8lPx4ak5u3XMYain5VGr525mB6b8599prJ1sHAQAAkFy08uSTBjrdny7JU5KcmaTT&#10;uukwXJfUD3S7nb88d/c1n2wdAwAAC41RGQAALGB33OB/TpKfLsn61j2zoCb1n5O8Z19n5sKn7tx5&#10;c+sgAACAfjI2MrKs7K9PTSk/k+QJSQYaJx2xmlxTkvd2B2b+woNMAABwaIzKAABggalJ2bZyeEPt&#10;lF9Kcm6SwdZNc+TWlLwrnYE3brr26qtbxwAAACxmF69du7ozM/BLKXlOao5v3TNHujX5+9T6tqN2&#10;rfrA2bl8unUQAAD0KqMyAABYIMZGRpblYP57qfmNJKe27plHNSXbSurvb5ycuKx1DAAAwGJy8Zr1&#10;j+h060uS/FgWwalkh+HaWvO6owam33H2zp37WscAAECvMSoDAIAed+Gppy497tZ9v1BrXpKUB7fu&#10;aezjqfndTbvGt7UOAQAAWMi2rh4+u6a8MDUb0t/fF30pNa+bnrn9zeddf/3trWMAAKBX9PNFAgAA&#10;9LTNSefMoeFnfuMvy5qWLT3oE51SX7BhcuITrUMAAAAWkq1rT354nan/O6k/0rqlx3ypJq89qjP9&#10;ZieXAQCAURkAAPSkrUMnP6HW7utT8vDWLT2tlg9msPPiTddefXXrFAAAgF528Zo1D+p0B383yQXp&#10;r9dcHq4dKfX5myYnPtg6BAAAWjIqAwCAHrJ15fBI7eQPk3Ju65YF5ECS/z09ffsrvaoEAADgW12Y&#10;DNxnaPh/lJTfTXLf1j0LR/n7mZJffdLkNZ9vXQIAAC0YlQEAQA+4LGcN7h+67jdq6uYkR7XuWaAm&#10;a/Kro1PjF7UOAQAA6AUXr1x/ZqdT35Tk9NYtC9T+UsqrHvjA437vkVdeebB1DAAAzCejMgAAaGzL&#10;yrWnpTPwF3GTf1bUknccXD7wP59y9dV7WrcAAAC0MDYysiwH6itKym/Gqy5nw//tpF6wYWriytYh&#10;AAAwX4zKAACgkZqUratGfj0lr06yvHXPInNtTX3m6NTEx1uHAAAAzKetq0e+r9a8K8mprVsWmYNJ&#10;fueTU+O/vznpto4BAIC5ZlQGAAANbBsePmHmYHlPSZ7YumURmy41L9uwa/w1JamtYwAAAOba1lXr&#10;f6mW+odJlrVuWbRKPlan89Oj143vbp0CAABzyagMAADm2ZY1I2el5sLUHN+6pS+UfGygO/CMc3Zd&#10;fX3rFAAAgLnw0XXr7js93Xlnkqe0bukTt9Ranz26a+LvWocAAMBc6bQOAACAfrJ1aOSZ6WaLQdk8&#10;qvnhmTLziW2rhh/WOgUAAGC2bVsxvGpmunN5DMrm03GllPePDY28qDrAAQCARcofdAEAYB5sTjpn&#10;Dg3/QVJ+rXVLH7stNc/YtGv8w61DAAAAZsOWNSNnpZv3J/me1i39qiYfmJm+/VnnXX/97a1bAABg&#10;NhmVAQDAHLtszZrl++qSd6TWn2zdQqZryS+OTo6/vXUIAADAkRgbGnlaSd6dZHnrln5Xkn8cnBn8&#10;sSdc94Wvtm4BAIDZYlQGAABz6EOnnHLssr0zH6nJ41q38E21lvrC0cmJ17cOAQAAuDfGhoZ/vqS8&#10;KclA6xa+6QvT3c4Tztu9/brWIQAAMBs6rQMAAGCx+uCaNfdbevvMJQZlPaeUWl43tnrkVa1DAAAA&#10;DtfWofUvLClviUFZr3nIYKd7+UfXrRtqHQIAALPBSWUAADAHtq489QG1s/+SJGe0buGe1Ndtmpp4&#10;YesKAACAQ7FlaOR/JXlN6w7uSd3ZKYOP3zB59bWtSwAA4EgYlQEAwCzbuvLUB9SBA5el1tNat/Dd&#10;leQPN06NP691BwAAwD3ZMjTy4iSvbt3BIdndKQOPMywDAGAh8/pLAACYRdtOPO2Y2jnwIYOyhaMm&#10;v37H0/4AAAA9aevqkZ9L8qrWHRyyld3MbL107doTW4cAAMC95aQyAACYJZflrMF9Q7s/kmRD6xYO&#10;W03qBZumJt7ZOgQAAODOxlYPbyq1fDjJYOsWDlMpn6tL6g+Njo/f0joFAAAOl5PKAABgluwbuu7/&#10;xKBsoSpJeduW1cNPbR0CAADwn7asHnlMqeUDMShbmGo9rRzMhy889dSlrVMAAOBwGZUBAMAs2LJq&#10;5HlJfXbrDo7IQGp559ahkVNbhwAAAFy8Zs2DUvO+JEe1buEI1PzwsXsOvL51BgAAHC6vvwQAgCO0&#10;bWj9E7upW5IMtG7hyNXkmv2d6Uc/defOm1u3AAAA/enCU09deuye/f+Q5AdatzBLSn5u0+T421pn&#10;AADAoXJSGQAAHIFtq09Z2039mxiULRolWb+8u+T9l+Usr5cBAACaOHbP/v8Tg7LFpeZNW1aPPKZ1&#10;BgAAHCqjMgAAuJeuOOOMJd068+4k92/dwmyrP7JvaPcLWlcAAAD9Z+vq9c9I8szWHcy6Jal510fX&#10;rbtv6xAAADgURmUAAHAv3Xjj118eT44vZi+/eNW6R7aOAAAA+sfYqpHhWuubWncwZ0ZmpjtvaR0B&#10;AACHwqgMAADuhYtXrX9ckhe27mBOLel0Ou/dduJpx7QOAQAAFr8rzjhjSSnlr5Ic17qFuVOTp28d&#10;GnESHQAAPc+oDAAADtOlJz3kezql/mWSgdYtzLGak2eW3fb61hkAAMDid+OXb/6dpD6qdQdzryZv&#10;uvikdSe37gAAgHtiVAYAAIfp4MDMq5Oc1LqD+VFSfmHb6uHHtu4AAAAWr7GhkYemlBe07mDeHNMZ&#10;6Pxx6wgAALgnRmUAAHAYtqweeUxSf651B/Oq063lrWMjI8tahwAAAIvP5qRTkrcmcc3RX87Zsmr4&#10;J1tHAADA3TEqAwCAQ3TFGWcsSc1b48/R/eihOZAXtY4AAAAWnzOH1v98Eqcj96NS/viiFSc/sHUG&#10;AADcFV+GAQDAIbrxxlt+OcmprTtooyQvuGjlyV57CgAAzJoPnXLKsUnd3LqDZh64ZLD7W60jAADg&#10;rhiVAQDAIbhoxckPLKkvb91BU/dZ0un+79YRAADA4rHk9pmXJXlQ6w7aqclzx4ZGHtq6AwAAvp1R&#10;GQAAHILBJd0X1+R+rTtoqybnbxsaPqN1BwAAsPBtWzG8qpT8SusOmhtM8orWEQAA8O2MygAA4LvY&#10;tvqUtal5busOekLplvLK1hEAAMDCVwfLS5Msb91BeyX58W2rhx/bugMAAO7MqAwAAL6L2p357SRL&#10;W3fQI2o2bhla9yOtMwAAgIXrI6vX/7ea/GzrDnpHt5bfbd0AAAB3ZlQGAAD34KPr1g3Vkp9u3UGv&#10;6fxW6wIAAGDhGqh5UZKB1h30lMePrRn5/tYRAADwn4zKAADgHkzPdF4Up5Txnc7euvLkR7eOAAAA&#10;Fp5tK4ZXJfUZrTvoPaVbXtq6AQAA/pNRGQAA3I1tw8MnpOY5rTvoTbXTfUnrBgAAYOHpDnZekGRJ&#10;6w56UR3duvbkh7euAACAxKgMAADu1sx0npVkWesOetZ5Hxk6eV3rCAAAYOEYGxk5LqkXtO6gd3Vn&#10;Zn6pdQMAACRGZQAAcJcuy1mD6ZZfbd1BT+sMxM1+AADg0HUO1mcluU/rDnpXSXn2pSc95HtadwAA&#10;gFEZAADchf2rr9tQSoZad9DbasqzrjjjDK+tAQAADkmt5WdbN9DzjjowMP3M1hEAAGBUBgAAd6HW&#10;+uzWDfS+kpz4la/c8uTWHQAAQO+7eNW6RyY5vXUHva8kz2rdAAAARmUAAPBtLlpx8gOTPKV1BwuD&#10;ASIAAHAoSjquHThUp4+tHjFABACgKaMyAAD4NoOD9ceTLG3dwYJxzgfXrLlf6wgAAKB3XZgMlJKn&#10;te5g4Sjd8ozWDQAA9DejMgAA+DYl1Y1bDsey5d2B81tHAAAAveu4lcNPTPKg1h0sIKU+vSaldQYA&#10;AP3LqAwAAO7k0pMe8j01eWzrDhaajtelAgAAd6t28qOtG1hwVm1be/JprSMAAOhfRmUAAHAnBwan&#10;n5JksHUHC039kQ+dcsqxrSsAAIDec8dpU09u3cHCU2e6T23dAABA/zIqAwCAOynd8qTWDSxIy5bs&#10;nTmrdQQAANB7xtasf3hSHty6gwVpU+sAAAD6l1EZAADc4cJkoJR6dusOFqo62roAAADoPQMzrhW4&#10;1874yNDQ/VtHAADQn4zKAADgDsesXP/ImtyvdQcLU0kMEgEAgO9QPbzEvTcwWJY9vnUEAAD9yagM&#10;AADu0OlUN2o5AuWUS1adsqJ1BQAA0DsuPPXUpUl5bOsOFrL6I60LAADoT0ZlAADwXx7TOoCFrdvp&#10;+gwBAADfdNzXDz4iydGtO1i4ajdGiQAANGFUBgAAd6jJo1s3sLDVbr6/dQMAANBDOtWDJxyZkodt&#10;O/G0Y1pnAADQf4zKAAAgydhJIytLcmLrDha4ktNbJwAAAL2jpvuI1g0seAMzR93+va0jAADoP0Zl&#10;AACQpNPJGa0bWAzq6TUprSsAAIAeUTrf1zqBha/MxOcIAIB5Z1QGAABJaslDWzewKDzg0nXrVrWO&#10;AAAA2rvijDOWpNb/1rqDRcE9CwAA5p1RGQAAJEnKKa0LWBy60wM+SwAAQL761T3DSZa07mARKOUh&#10;rRMAAOg/RmUAAJAktRoCMStmah1p3QAAALQ30+2ub93AYlGNygAAmHdGZQAAkKSWrG3dwKIx3DoA&#10;AABor9R44ITZsmJsZGRZ6wgAAPqLURkAAH3vwlNPXVqSE1p3sDiUktWtGwAAgPZKyVDrBhaNMnBw&#10;YEXrCAAA+otRGQAAfe/+e/c+KElp3cGi8eDWAQAAQHu1lAe1bmDxmKnTRmUAAMwrozIAAPregQMD&#10;RkDMphNbBwAAAD2gW43KmDWd0vF5AgBgXhmVAQDQ98pA9wGtG1hUjMoAAICk5ITWCSwe3ereBQAA&#10;88uoDACAvtep5djWDSwq99nsWgsAAEiOax3A4tEpPk8AAMwvX3QAAND3aolRGbOp/PDxpx7dOgIA&#10;AGirJPdp3cDiUT0QBwDAPDMqAwCg79VaDYCYVTP3uf2Y1g0AAEBbNXFdwKyp1UgRAID5ZVQGAEDf&#10;66Tjz8XMqpn9naWtGwAAgHZqUpIsad3B4lE6Ka0bAADoL748AwCg73VT3ZgFAABg1pSktm4AAAA4&#10;EkZlAAD0vVI97QsAAMCsMyxjNrl3AQDAvDIqAwCg75VOPdi6gcVlphRfHgEAAN3WASwepeZA6wYA&#10;APqLURkAAH2vdju3tm5gcdm/ZNpnCgAAuK11AItIKT5PAADMK6MyAAD6Xi3VAIjZVA/u3LmndQQA&#10;ANCca01mTe26dwEAwPwyKgMAoO+VGgMgZtPt5yczrSMAAIDWqmtNZk3puHcBAMD8MioDAKDv1U6+&#10;3LqBReWm1gEAAEAPqOVrrRNYPLo1N7RuAACgvxiVAQDQ92qZ/mLrBhaRmutaJwAAAO3V4tqA2TOQ&#10;en3rBgAA+otRGQAAfe+2nTtvjNcVMmvc6AcAAJKS4tqAWVPqoAfiAACYV0ZlAAD0vfO/MShzc5ZZ&#10;UnyWAACAJNW1AbPlwJJdD/5y6wgAAPqLURkAAHzD9tYBLA61ZLx1AwAA0BNcGzBbdpydy6dbRwAA&#10;0F+MygAAIElNNSpjdpR6desEAACgB3RnXBswK6qBIgAADRiVAQBAko7TpZglnZlc07oBAABob7q7&#10;fzxJbd3BwtcxKgMAoAGjMgAASJI68O+tE1gU9i7bvWpn6wgAAKC9866//vakTrbuYOGrtbhnAQDA&#10;vDMqAwCAJNPZd2U8Qc6R++zZuXy6dQQAANAryqdbF7AI1OnPtE4AAKD/GJUBAECSJ01NfS3Jta07&#10;WOjKla0LAACA3lFSrmjdwIK3b/nu1f+vdQQAAP3HqAwAAP6Lm/0cmRpPjwPHalgwAAAgAElEQVQA&#10;AN9UM+PBE45Mzb85ERsAgBaMygAA4A615vLWDSxsNfWfWjcAAAC948BRSz6V5GDrDhauWuo/tm4A&#10;AKA/GZUBAMAdOiVu1HIkJkd3jU+0jgAAAHrHU66+ek9SPtm6g4Wr1PIPrRsAAOhPRmUAAHCHf50a&#10;/3ySr7TuYMEySgQAAL5T7V7eOoEF62Bdln9pHQEAQH8yKgMAgDtsTrpJtrXuYIHy9DgAAHAXai2X&#10;tm5ggar5+Oj4+C2tMwAA6E9GZQAAcCcl+XDrBhak6SXdgYtaRwAAAL3n1t3j/xynYnPvuEcBAEAz&#10;RmUAAHAn3aXZmuRA6w4WmJKPP+G6L3y1dQYAANB7zk9mkmxt3cHC0xnobGndAABA/zIqAwCAO7nj&#10;tRKXt+5gYSmpTikDAADuXql/2zqBBef/bti5/QutIwAA6F9GZQAA8B3qX7YuYEHpznS6728dAQAA&#10;9K7OvmMuSXJr6w4Wjpq4zgQAoCmjMgAA+Dad/ce8P8ltrTtYKMpl51577WTrCgAAoHdtuOFzt9WS&#10;97XuYMGo3XTe0zoCAID+ZlQGAADfZsMNn7stpXidIYek1Ly3dQMAAND7Su26duBQXfmkqe07WkcA&#10;ANDfjMoAAOAulHT/vHUDC8Jt+4/ueCUJAADwXX1yasdltWaqdQe9r5S8pXUDAAAYlQEAwF3YODlx&#10;WU3+o3UHva3WvOMpV1+9p3UHAADQ+zYn3U4pf9q6g5530y0z+5xqBwBAc0ZlAABw997WOoCeVjsl&#10;b24dAQAALBwHp8vbk+xt3UEvK+89f/dunxEAAJozKgMAgLsxsP/otyb5ausOetYlG6fGr2odAQAA&#10;LBznXb/9K0l9V+sOetbBznT3da0jAAAgMSoDAIC7teGGz91WU51Wxl2r+YPWCQAAwMIzUzp/lKTb&#10;uoMeVMoHNlw/sat1BgAAJEZlAABwj2a6A29McqB1Bz3nXzbtGt/WOgIAAFh4njR5zedrzV+37qDn&#10;1Jr6+60jAADgPxmVAQDAPThv9/brkvrm1h30llrqb7duAAAAFrTfSTLdOoIeUusHRyfHP9s6AwAA&#10;/lNpHQAAAL1u7EEjx5elmUhybOsWekDJxzZNjp/VOgP4L5flrMG9q3d/b5LTS82qJCtLzUndklWd&#10;ZGVN7nc3/+jXU3JDar6S5Cul5iu1ZDw1n6kH85nRL43fOH//FgBAvxlbPfL2UnNB6w56Qrckp22c&#10;Gr+qdQgAAPwnozIAADgEY6tHXlVqXtK6g/ZKqY/fODlxWesO6GfbhodP6B7I49Mpj07No5N8X5Kj&#10;5uBX7UrymVrrpwdKtp4zNfGZktQ5+D0AQB+6eO3a1Z2Zge1JlrZuobFS/nrT5DU/1ToDAADuzKgM&#10;AAAOwUeGhu4/UJZenZrjW7fQ1CWbpsY3tI6AfrRl7SmnZGbmp5L8RJKHNsq4KcnfJ/XSUpZetHHy&#10;819s1AEALBJbV4/8Wa355dYdNHUgAwOnbbr26qtbhwAAwJ0ZlQEAwCHaumr9BbXUt7fuoJl9teZh&#10;o7vGJ1qHQL8YGxk5rnOwPqt2y39PyZnprfsYB5L8XUnnrf86tf0fNifd1kEAwMIzNjJyXDlQv5CU&#10;B7duoZnXbJoadzI6AAA9p5duxgIAQE+rSdm2euRfas2ZrVtoYvOmqfGXt46AfrBt9fBju7X8epIn&#10;J1nWuue7q18sKe8qZeAtGyavvrZ1DQCwsGxZtf5nUuo7WnfQxHXL9y57yNk3XnVr6xAAAPh2RmUA&#10;AHAYLl65/sxOp348yUDrFuZT3bmnu/+h5+/evbd1CSxmY6tGzinJi1NyVuuWe+lgUt7Rme6+csP1&#10;E7taxwAAC8PmpHPm0Pp/TeqjWrcwv2rJT49Ojr+3dQcAANwVozIAADhMW1aPvCE1z2vdwfypyZNH&#10;p8Yvat0Bi9XY0PAPlFpen5Lvb90ySw4m+eta83KvzAUADsXWlSc/una6/5Kk07qF+VLGNk1dc27r&#10;CgAAuDsuTgAA4DDVJXlxST7fuoP5Ut9iUAZz46KVJ5+0ddXI20rKPy6iQVmSLEnyzFLyf8eGhl97&#10;0YoVR7cOAgB628bd2z9Vkle27mDefK2UwZ9rHQEAAPfEqAwAAA7T6Pj4/m43v5yk27qFOTe+fO/y&#10;57eOgMWmJmXr6pFfGex0r64lP5vFe3/iqJLywsHBoz938ar1j2sdAwD0tluOXfaqJFe27mDu1ZLn&#10;b5z8/BdbdwAAwD3x+ksAALiXtgyNbE7yssYZzJ0DteT7RyfHP9s6BBaTi09ad3Kn03nnIjuZ7FC9&#10;r3SX/dLG3Vfd1DoEAOhNHxk6ed1Aup9NclzrFuZGSd61cWr82a07AADgu1msTwIDAMCcWz618pVJ&#10;PtG6g7lRUl5qUAaza8vqked0Bjqf7tNBWZL8RO3sv2LL6pHHtA4BAHrTk6a270jqC1p3MGeuHRjs&#10;/lrrCAAAOBROKgMAgCOwbfUpa7t15tNJvqd1C7Pqkj1T46PnJzOtQ2AxuGjFiqMHB49+R5LzW7f0&#10;iAM19bmjUxNvbR0CAPSmLavX/1Vq/cnWHcyqvZ3UH9owNeEVpwAALAhOKgMAgCOwYfLqa2vqU5Ic&#10;aN3CrLnqwFEDTzMog9mxbfUpawcGj/5kDMrubGlJ+fOxVSPvvWjFiqNbxwAAvWd5OXhBkn9p3cGs&#10;qSnlpw3KAABYSIzKAADgCI1OTXw8pfx26w5mxZ6SPP0pV1+9p3UILAZja0a+v1tnPlGSh7Vu6UWl&#10;5BmDg0dfcvGaNQ9q3QIA9Jazd+7cV2dyflK/2LqF2VD/eNPkNX/bugIAAA6HURkAAMyCTZPXvC4p&#10;f9y6gyMyU2uetnFq/KrWIbAYjK0afnrp5rIkBlP37Ac63cF/+ui6dUOtQwCA3jJ63fjubqczmuS2&#10;1i0cgVr/9pNTE89rnQEAAIfLqAwAAGbJ8ccf95tJLmndwb1TUl4yumvcfz+YBVtWjfyPUspfJVne&#10;umWBGJme7nxybGjkoa1DAIDecu7Oa/4ttf5ckpnWLdwrn12+b/mzNyfd1iEAAHC4SusAAABYTMZG&#10;Ro4rB3J5ktNbt3DoSvKKjVPjL2vdAYvBlqHhZyflbUkGWrcsQLsGut0fOWf3jmtahwAAvWXrqvUX&#10;1FLfFt/rLCB150Ad/IFzdl19fesSAAC4N5xUBgAAs2h0fPyWwcHu2Uk+1bqFQ/ZygzKYHWOrR342&#10;KW+PQdm9tWqm07n84pPWndw6BADoLRt3XfOOpF4QJ14tFDvqTPkhgzIAABYyT7QAAMAc+Oi6dfed&#10;nu5ckuTRrVu4R6/ZNDX+ktYRsBiMrRp+einlL+MBttkwXrrLzty4+6qbWocAAL1ly+qR56TmrfH9&#10;Tg+rOwcH6w8/cceOqdYlAABwJNzoBQCAOfDEHTu+Pj3dOTfJla1buBslb9g4Nf5brTNgMbh41frH&#10;lVLeFfcZZstI7ey/aGxkZFnrEACgt2yaHH9bTX4jSW3dwl3a1ekMbDIoAwBgMXCzFwAA5sh512//&#10;Smf/0T+c1Etbt/AtuqXUX900Of6bxRcxcMS2rRheVUq9MMnS1i2LzGM7B/LnrSMAgN4zOjX+h7XW&#10;H0uyr3ULd1LK57qd6Udv2Ln9C61TAABgNhiVAQDAHNpww+du6+w/5keTXNK6hSTJTCn5xY2TE3/S&#10;OgQWg8vWrFneHSzvL8mJrVsWo5o8a8vQ+l9r3QEA9J7RXRN/10n5iSR7W7eQJLmiM9h94rk7d36p&#10;dQgAAMwWozIAAJhjG2743G3Lp1aem5I/a93S5/amlPM3To7/n9YhsFjsnxn80ySPbt2xuNXXX7xq&#10;3SNbVwAAvWfD1DUfSbrnJLmpdUufe9/09O0/vGFi4sutQwAAYDaV1gEAANBPtq4efm6t5Q+SDLZu&#10;6TMT3U552rk7r/m31iGwWIwNjTytJO9r3dEndizfu+zhZ9941a2tQwCA3rNt9Slru3Xm/Um+r3VL&#10;n6m11ldu2jXxspLU1jEAADDbnFQGAADzaOPkxJ90a/cxSSZbt/SLkvzN8r3LHmFQBrPn0rVrTyzJ&#10;m1p39JF1e5fvf03rCACgN22YvPra5VMrzyzJa1u39JGbaqnnju6a+B2DMgAAFisnlQEAQAOXrDpl&#10;xUzp/k1Sf7B1yyI2k+S3N06Nv9ZNfphdW4ZG/i7JU1p39JlaSz13dHJiS+sQAKB3bV21/oJa6p8m&#10;Oap1y2JVk/+oM90fP/e6HdtbtwAAwFwyKgMAgEauOOOMJV/5yi0vq7W+KF6HOdvGO6U+e8PkxCda&#10;h8BiM7Zq+EdLKR9s3dGf6s493f0PPX/37r2tS4Dec1nOGjy46osnHCh1eZIMdpfcvHH3VTe17gLm&#10;39jQyENLyl8k9VGtWxaZWkreXPYd/YINN3zuttYxAAAw14zKAACgsW2rhh/WLeWdSb6vdcsi0C3J&#10;65Z1pjefvXPnvtYxsNhctGLF0YODR29PclLrln5Vk5eNTo2/onUH0Na2VcMPm0n5oU7J6TX5vpqs&#10;LMkJ+c77vXuSTCX5fzW5MqV+OkvKx0fHx/fPfzUwn2pStg4N/3xS3pDkmNY9C17J9iQ/s2ly/F9a&#10;pwAAwHwxKgMAgB5w2Zo1y/d1B1+W5DeTLGndszDVL9aS53g1HMydsdXDzy+1vK51R5+7tduZXn/u&#10;zp1fah0CzK9tq4YfVkt5Tv3G64fXHsGPuiXJ1lrrX926a+Ki87/xynBgkbp45brv7XQ670xyeuuW&#10;BapbU/98yWD9X0/csePrrWMAAGA+GZUBAEAPGVs1MpySN5Xkia1bFpC9SX5/evr23z/v+utvbx0D&#10;i9XWlac+oHb2jye5f+uWvlfyZ5smx3+ldQYwP8aGRs4rNb+RkrNm/6fXnaXkTw4e3Psmf46Cxesb&#10;p5aNPK3WvL6UDLXuWUA+VQY6v7Dx2u3/3joEAABaMCoDAIAesznpfP/qkZ+tNS9PsqJ1T4/78EC3&#10;+/xzdu+4pnUILHZbhkZek+R/te4gSTI9U8ppT5q85vOtQ4C5c/Gq9Y/rlPp7SR4zD7/u+qS+fPnU&#10;qrefncun5+H3AQ18ZGjo/oNZ+js1+ZU4Ifue3JSaVx1/wn3/+JFXXnmwdQwAALRiVAYAAD3qohUr&#10;jh4YOOp5pZQXJjmudU+PuaKk8+KNU9svbR0C/WDb8PAJ3YNlR5JjWrfwDSV518ap8We37gBm3x3/&#10;z/2TJD8x37+7Jv9RavdnN+3a8en5/t3A/Nm25uSHdGfqq1Pqj8b3RHe2tyRv3NuZ/r2n7tx5c+sY&#10;AABozcUCAAD0uItWnPzAJUvqr9dan5vkvq172qr/lFpetWnX+LbWJdBPtgyNvCzJ5tYdfIuD093O&#10;2vN2b7+udQgwe7asGTkr3fxVkgc1zDiQmhdv2jX+hoYNwDzYuvbkh3dnui8tyY+lv78vur0kf96p&#10;A687Z9fV17eOAQCAXtHPFwkAALCgfHDNmvstr0uem9RfS83xrXvmUU3y0W4trzp31zX/2DoG+s0V&#10;Z5yx5MYbb55MyoNbt/CtSvKKjVPjL2vdAcyOsaGRF5XkVUkGWrfc4cI93X0/c/7u3XtbhwBz6+KV&#10;67630+m8NN8Yl/XK/4PmXEluTvKWsqS+YcPExJdb9wAAQK8xKgMAgAXmwmTgPkMjoyX115LyhNY9&#10;c6bkxtT82XS381Yn8UA7Y0MjTyvJ+1p3cBdKblxepofO3rlzX+sU4MiMrRp+RSnlpa077sK2Pd19&#10;TzUsg/5w6dq1J07PDP5kTf35JKe27plDn0jyh3uOXfah86+66kDrGAAA6FVGZQAAsIBtWz382G4t&#10;FyT58ST3b90zS64oJW8p+47+qw03fO621jHQ77YMjfxDkrNbd3DXauqzR6cm3tW6A7j3tqwa/t2U&#10;8tutO+5e+fvp6duefN7119/eugSYHxcmA/cdWr+p+41x2cYkS1s3HamS3FxrPlBr3j26e/xjrXsA&#10;AGAhMCoDAIBFYGxkZFlnfzbm/7d370F21vUdx7+/5+wmkCAolVsuG8iFVhFRg7alU5AWyO4miM5U&#10;WpxRO9brTKet1al17B/W2o7OONN2Cq1VUeu0Y2FGHYSQRGlFxqIi8RINl+RsNnvCLUSICAGzl+fX&#10;P2i3DSHJ7mbP/s7uvl4z+9/Z87zP7B8788zn/J4U1+SIvog4uXTTJOSI+E5O+ct1bnx5Q2vHrtJB&#10;wLM2Ll15btWo7gv3DzpXjtv79jSN/mCW2rxi1ftyTp8o3TEBXzuhtWz9pXH7aOkQYGbd0tPzokZe&#10;eFWKfHVOcVlEdJdumqgU8bOc0uZc1zfEwrSpv9k8WLoJAABmEzeFAQBgjrl77druffv2XxypWh85&#10;90ekXy7ddJgU+3KOO1KO/xzN1U0ebwmdadOKNX8ROf9V6Q6Oqq6r0aXrd+9+pHQIMDlbetZsqCPf&#10;FBFV6ZaJSBF/19tqvrd0B1DO5mXnnRpp+Kqc8m/HsyfZLind9Bw5R2xPOW2ORt54wu5l3zKGBQCA&#10;qTMqAwCAOW7j2Wef2ai7Lq5z/GZKcVFEvDQiTpjBhDoiBiPi+ynlO1Idt1+xZ2B7evaEMqCDbepZ&#10;/d2IeE3pDo4upXhH71DzM6U7gIm77ZxzzhgZa/wkIl5cumVSUr2+b2jXraUzgM7wtWUr14xW6bUp&#10;0iUR8YqIODdm9iSzAxGxLVJ8J9Xxza6661uXPXjfYzN4fQAAmNOMygAAYJ65MaKxeOnKVY2uxvk5&#10;4iWR61URsSoirYqpf9M8R8TeFPFIjvxgpDQUOW3LVf7RiQcW/uTSfdufmr5PAMyEzSteclbOIw/E&#10;LDlBZ37LG/taAxtKVwATkyPSpp7VW1LE5aVbJi3Fvqorv2zdwMCjpVOAznP32rXdj+57Yk2KOC+e&#10;/VkZKXoix/KIWBoRC6f41j9NKQbqOgaqFM2c871Vo/HDb+/esePDz36JCQAAaAOjMgAAYNw34rVd&#10;B1fsPS2P/eK0quo6o478wue+por0TI70i7E6P9lV1aNjY2nv6WeesvfCrVtHSjQD7bF5xeq35xyf&#10;Lt3BhBzMC+L0/mbz56VDgGPb3LP66hxxQ+mOqUuf6mvtfFfpCmB2yRFpy4qXnFnHyJmprrtS6jol&#10;p9EFkavF4y9K9YGUu4brqn4qj9SPp7Fq/1OPNB+/OmKsYDoAAMxbRmUAAADAYTavWP2VnOP1pTuY&#10;mBzxuv5W8+bSHcDR3bp69cI0HPdHxIrSLcehriK/Zl1rYGvpEAAAAKB9PMICAAAAOESOSDnHJaU7&#10;mLiU82tKNwDHlg7GH8TsHpRFRFR1VB8pHQEAAAC0l1EZAAAAcIhNy1evjIgXle5gElIyKoMOd2NE&#10;I1L8WemO6ZH7Ny075+WlKwAAAID2MSoDAAAADpFSvKp0A5N2YY5IpSOAIzt5+eoNMftPKRuXq+o9&#10;pRsAAACA9jEqAwAAAJ7rlaUDmLRTN/ace07pCODIcqS3lm6YTinSNTeed96C0h0AAABAexiVAQAA&#10;AIdIOV5RuoHJq6J2whx0qJuXLFkUKfeW7phmp7zg5wcvLR0BAAAAtIdRGQAAAHCInOKC0g1MXkrJ&#10;SWXQobqrEy+OiBNLd0y7lNaXTgAAAADaw6gMAAAAGHf32rXdEXFW6Q6mINfLSicAzy9X6eLSDW2R&#10;4pLSCQAAAEB7GJUBAAAA4x5/9KnTIiKV7mDycqSlpRuAI8mvLl3QFjm/9MZly+beCWwAAACAURkA&#10;AADwf0arsTNKNzA1VQonlUHHSi8vXdAmXYvTgvNKRwAAAADTz6gMAAAA+H/ymaULmJqcw0ll0IG+&#10;cfbZJ0TEaaU72qWqGj2lGwAAAIDpZ1QGAAAAjEs5Ti/dwJSdXDoAONxwXnhWzOXHCtfGyAAAADAX&#10;GZUBAAAA41JKJ5VuYMrc54EONJrqU0o3tFOq0i+VbgAAAACmn5uNAAAAwLi6jrp0A1PmPg8AAAAA&#10;MC3cbAQAAADGpZSMymavuft4PaBj1XXt/wYAAADMQUZlAAAAwLgcxgGzmPs80IGqaPysdEM7pUhP&#10;l24AAAAApp+bjQAAAMA4J5XNav520IFy1+jDEZFLd7RNigdKJwAAAADTz6gMAAAAGJdzHindwJT9&#10;tHQAcLj+ZvNgRDxWuqNtjMoAAABgTjIqAwAAAMY1onq4dANTlR4pXQAcSfpR6YI2qbsa9T2lIwAA&#10;AIDpZ1QGAAAAjBtx4syslSPvLd0AHEGOH5ROaIcUcf/lu3Y9UboDAAAAmH5GZQAAAMC4qjs/WLqB&#10;qUk5jMqgU1X1naUT2qFO8Z3SDQAAAEB7GJUBAAAA4/qbzZ9HxJOlO5i8XBmVQaeqfrH4axFxsHTH&#10;tKvzV0snAAAAAO1hVAYAAAAcIoVHYM5SA6UDgOe3bu+2AznijtId0+yZxvDir5eOAAAAANrDqAwA&#10;AAA4RI74cekGJq+qqq2lG4CjyPn60gnTKqWb1u3ddqB0BgAAANAeRmUAAADAIXLK3yvdwKQdfPGp&#10;L7indARwZE+dfMJXcsydx9TmXF9bugEAAABoH6MyAAAA4FBjyahs9vnJhVu3jpSOAI7s6u3bh1PE&#10;35XumCZ397cG/qt0BAAAANA+RmUAAADAIU48uHBrRIyV7mBSflA6ADi26uCif4iIR0t3HK9cx/tL&#10;NwAAAADtZVQGAAAAHOLSfdufioidpTuYjHR36QLg2Nbt3XYgR/5o6Y7jtKX/geY3S0cAAAAA7WVU&#10;BgAAADyPdEfpAiauboxuLt0ATMxdrYHrItK3SndM0ZNRdb27dAQAAADQfkZlAAAAwGFyzl8q3cDE&#10;pIgfrh8cHCrdAUzMhyPqHPldEXGgdMtk5cgf6tt93+7SHQAAAED7GZUBAAAAhzn99FO+ERH7S3dw&#10;bDnnW0o3AJPT32rek1O8q3THJN3U1xq4tnQEAAAAMDOMygAAAIDDXLh160jOsal0B8eWG2lj6QZg&#10;8vqHmv+WIj5eumOCfjx8YuPNKSKXDgEAAABmhlEZAAAAcAT5q6ULOKZHn9rd/F7pCGBq1rWaH4zI&#10;ny/dcXR5d90Yu/Kq++9/snQJAAAAMHOMygAAAIDnNbKo69aIMCLoYDny56+OGCvdAUxNisi9rYG3&#10;RYq/Ld1yBPd0N+pfWz84OFQ6BAAAAJhZRmUAAADA87rq/vufTBHXl+7giMa6u/J1pSOA45Micu9Q&#10;830R8bHSLc9xdyM3Lr9scHBv6RAAAABg5hmVAQAAAEdU57g2IurSHTyfvPnyXbtapSuA45cicl+r&#10;+cHI6U0R8XQH9NwwOvr0JVfsuf+h0i0AAABAGUZlAAAAwBH172kORMTG0h0crorqk6UbgOnVt2fn&#10;F8dSujBSfLNQwmMR8ebeVvP3rnzooeLjNgAAAKAcozIAAADgqFKd/7F0A4fKOVoLWks3l+4Apt+G&#10;oZ339g41L82R3xoRD87QZUci0qe6G2Pn9bWa/zpD1wQAAAA6WCodAAAAAHS2HJG29Kz+fo54RekW&#10;/keKt/cNNa8vnQG0181Llizqbiz6k5zyH0aks9pwiYMp4oaqrj96xQO7drbh/QEAAIBZyqgMAAAA&#10;OKZbl6++IqXYUrqDiIi474TWsvMvjdtHS4cAM+PutWu79+174vUpxZtyjisiYtFxvWFK2yLnf8/D&#10;8Zn+R5r7pqcSAAAAmEuMygAAAIAJ2dSzZmNE7i/dMd+lHK/v3dO8qXQHUMbNS5YsWtC1+LfqHJdE&#10;yhdHxK9ExMlH/aUUOyLHXTnHnblr7Nb1g4NDMxILAAAAzFpGZQAAAMCEbFy28vyqqn4QEY3SLfPY&#10;nX2t5m+UjgA6y81Lzn1xo7teXtXVSZFiYV3XIznqx1Ou9jdGF+1ft3fbgdKNAAAAwOxiVAYAAABM&#10;2Kae1V+IiDeX7pincp3Ta9fv2XlH6RAAAAAAYG6rSgcAAAAAs0dK3R+IiMdKd8xHKcUnDcoAAAAA&#10;gJlgVAYAAABMWO/QvQ9HjreV7piHmiMjT7+/dAQAAAAAMD8YlQEAAACT0ren+dWI/PnSHfNIjire&#10;ceVDDz1dOgQAAAAAmB+MygAAAIBJG4uRP42IB0t3zAs5Ptu3u3l76QwAAAAAYP4wKgMAAAAmbUOr&#10;tT9F9fsRMVa6ZU7L8aNqeNEfl84AAAAAAOYXozIAAABgSnpbO25LKQye2ufBVHX3rdu77UDpEAAA&#10;AABgfjEqAwAAAKasd6h5XUrxT6U75qCDkeKNvUP3Plw6BAAAAACYf4zKAAAAgOOycGjZH0Wk/yjd&#10;MZfkyO/sG2p+u3QHAAAAADA/GZUBAAAAx+XSuH00D+drImKwdMtckFP8TX9r4AulOwAAAACA+cuo&#10;DAAAADhu/Y8099XV6EURcU/pltksRfpA/1DzQ6U7AAAAAID5LZUOAAAAAOaO284554yRscbXI+L8&#10;0i2zTY748/5W8+OlOwAAAAAAnFQGAAAATJvLBgf3ptS9LkXcW7pllvmYQRkAAAAA0CmcVAYAAABM&#10;uy2rVp1ej6TNEfHK0i0dbixFel9va+fflw4BAAAAAPhfTioDAAAApt26gYFH84L49chxfemWDvZo&#10;jnyJQRkAAAAA0GmcVAYAAAC01aaeVe+MSNdGRHfplg6yfSyq121o7dhVOgQAAAAA4LmMygAAAIC2&#10;u3X56itSii9GxKmlW0rLEbfUMfyWDa3W/tItAAAAAADPx6gMAAAAmBFblqxaXnelT0fEutIthTyR&#10;cnpv756dnysdAgAAAABwNEZlAAAAwIza1LP6jZHiushxWumWGZPTV7q7Rt9z2eDg3tIpAAAAAADH&#10;YlQGAAAAzLibl527tKsa++eItL50S5s9kFL6wLqhnV9MEbl0DAAAAADARBiVAQAAAMVsXrFmfc75&#10;IxHxqtIt0+yZnPMnGsOLP75u77YDpWMAAAAAACbDqAwAAAAoKkekzSvWvCHn/Jcp4mWle47TcIr4&#10;l7HG2F+vHxwcKh0DAAAAADAVRmUAAABAR/hwRPWry9f8bqR4b0R+dTWjv9wAAAbqSURBVOmeSTqQ&#10;Ij49UlefuPKBHQ+WjgEAAAAAOB5GZQAAAEDH2dKzam0d6d0RcU1ELC7dcxT3RUqfHR1Jn7vyoR0/&#10;LR0DAAAAADAdjMoAAACAjvX1lStPGRlNb6ki/U6OuCgiuko3pYif5Rxfqqr82XVDA3eW7gEAAAAA&#10;mG5GZQAAAMCscPOSJYu6u066KMfYlRHpDRGxfIYuPRyR78iRbqsibultNbfP0HUBAAAAAIowKgMA&#10;AABmnQ9HVK9etvK81KhennK+ICJdkCMuSBFnHPebp9gXOd+VUvXdXOe7xtLwXRtarf3HXw0AAAAA&#10;MDsYlQEAAABzxpZVq07Po2lZnWNpirQkIp+Vc5yUUnpBRH5hRKQUUedIT0TKB3LEM1Xkh+uchlI9&#10;NtS1IA1dvmvXE6U/BwAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwB/03n6E9cpqg&#10;/+gAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAFhLuTPgAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyok9IEGrKpqgo4VUi0SIibG2+TqPE6it0k/XvcExx3ZjT7Jl9NphUD&#10;9a6xjBDPIhDEpdUNVwhf+7eHZxDOK9aqtUwIF3KwKm5vcpVpO/InDTtfiVDCLlMItfddJqUrazLK&#10;zWxHHLyj7Y3y4ewrqXs1hnLTynkUpdKohsOHWnW0qak87c4G4X1U4/oxfh22p+Pm8rNPPr63MSHe&#10;303rFxCeJv8Xhit+QIciMB3smbUTLUKSLEMSYf4UFlz9NFoE5YCwTBcgi1z+X1D8AgAA//8DAFBL&#10;AwQUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0Fq&#10;wzAQRfeF3EHMPpadRSjFsjeh4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17Qg&#10;iHUwjq2C6+V7/wkiF2SDa2BSsFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7J&#10;yoj6hpbkoW2PMj0zYHhhiskoSJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYg&#10;h16+PDbcAQAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAdsnVsjBAAAzgkAAA4AAAAAAAAA&#10;AAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAAAA&#10;AAAAAAAAAAAAiQYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAFhLuTPgAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAADG8CAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+&#10;vAAAACEBAAAZAAAAAAAAAAAAAAAAABlwAgBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAA&#10;AAAGAAYAfAEAAAxxAgAAAA==&#10;">
+            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="92849,4367" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCPoRSUEQQAAKcJAAAOAAAAZHJzL2Uyb0RvYy54bWy0Vl1v2zYUfR+w/0Do&#10;3bFkyZIlxC66pPEKdFvQdnunKUoiQpEcSUd2f/0uScmx3QbbOsxAFH5eHh6ee8jbN4eeo2eqDZNi&#10;HSU3cYSoILJmol1Hv39+mK0iZCwWNeZS0HV0pCZ6s/nxh9tBVXQhO8lrqhEEEaYa1DrqrFXVfG5I&#10;R3tsbqSiAjobqXtsoarbea3xANF7Pl/EcT4fpK6VloQaA633oTPa+PhNQ4n9rWkMtYivI8Bm/Vf7&#10;785955tbXLUaq46REQb+DhQ9ZgIWPYW6xxajvWZfheoZ0dLIxt4Q2c9l0zBC/R5gN0l8tZutlnvl&#10;99JWQ6tONAG1Vzx9d1jy6/NWq0/qUQMTg2qBC19zezk0unf/ASU6eMqOJ8rowSICjWVRxEmaRYhA&#10;X5Yu83jklHRAvJs2S8o8zcoIwYBZnixP/e+mEItVVhb5FCIvFit3LPMJwPwC1qBAKOaFC/PfuPjU&#10;YUU9xaYCLh41YjXoGKQicA96/QwbbSivETR5hvwwxxeyh58k7C/x527UB0meDBLyrsOipW+1lkNH&#10;cQ34Er8dBxxWcFMd06YyLshu+EXWsA7eW+kDXZF+zl5elNnSxcLVRH+W5VmRj9yly0W28ANO3OFK&#10;aWO3VPbIFdaRhozw6+DnD8YGmqchLrCRnNUPjHNf0e3ujmv0jCF7HvxvPJmLYVygAZSwhLXdLCHd&#10;fA+zZxaym7N+Ha1i9wvoHS/vRO2HWMx4KANoLuDcJ24CS/awO8BA17iT9REo0zJkMbgOFDqpv0Ro&#10;gAxeR+bPPdY0Qvy9ANrLJMtcyvtKtiwWUNHnPbvzHiwIhFpHNkKheGe9TYQdvYXjaZjn6wXJiBXU&#10;uLlVjFTwN6YolL6S5d9bGcyye4c/2GH/j2L0WD/t1QzcRGHLdowze/TOCGfhQInnR0ac5FzlTOHJ&#10;pPCtxg17QolX6TQoTAH1MHKla6NAQZOmL4fPXfVivR1nahKTK487A2Kv/Osb5ARvvJdk31Nhg9lr&#10;ymGTUpiOKQOnWdF+R2tQ9fvawwf9Wk0t6dypNaDCjwA2iPzU4VG+AHOYXSa6GVe5tyrislgsrp1r&#10;yr20WJXx8lXb+pep52EFIL4IuILq/3+zgx0Gs9tSjWuK/qB6x0S9Fy3KvBU7yYN07sR4SwTvmhhD&#10;DZzsz5MRjpfFLImTRQkiA9dP0yJN80vjAm7jtITHgbs3vC287lmcCWfRuHrFs84MJ1hRnsItg4iz&#10;hAYEA8VegUqMaCG5eQsPFWK1j3jhY+ZoTm4HT4xaDmAl2FhoPNmfg8H3PZh2cMV8OboawA/z/c11&#10;Edf56z02XZjhu0YbdX4HZu7fKaMdX7pfsDynYNfuncZfh/Aa8OuMLxf33Div+/Ev76vNXwAAAP//&#10;AwBQSwMECgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcN&#10;ChoKAAAADUlIRFIAAAmVAAAKeAgGAAAAJEXR2AAAAARzQklUCAgICHwIZIgAAAAJcEhZcwAAuIwA&#10;ALiMAcz2uy8AAAAZdEVYdFNvZnR3YXJlAHd3dy5pbmtzY2FwZS5vcmeb7jwaAAAgAElEQVR4nOzd&#10;e5SddX3v8e/v2ZOEBBKkFQLJzJ5kZidBoxQIeopSAYuSBJDWI7RqW+xFu469rLO6eq/t4Zy2p2e1&#10;ta62ulr1XKq29hisLYXMRUOp2taq0IueqIEQQjJchNYCQXKb/fzOH1Qt5ZZMZua3Zz+v1x9Z/JHL&#10;e/6a5OGzv08EAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwJ1LpAAAAAAAAIiZXnnNyWvTY&#10;qm4VK1NqrYyoz6pzOrnK0YoUK+rIKUX1vGf7PXLOR6oqPZIjHsm5fjhFeriK9HCu0yMR3a8sGehO&#10;Xbp376H5+poAAACAhcmoDAAAAABgHox1OiviaIxWkUYix2iOGI2I0Yg8HBFnRcTJ85TyYIq4L0fs&#10;jxT7I9L9ua7vbEXs/OYznrfrgttvPzpPHQAAAECPMioDAAAAAJhlk8Mb1tZRnxd1fV6kOC8inRcR&#10;q0p3HYOjOWJXFbGzzvnzVaT/F9Wiz2y+54v3lw4DAAAA5o9RGQAAAADACZhcec7JecmhC3PUF0Wk&#10;i1LkTTniWV9TudDkHPtSik9Hjr/NKX/6sfrw3107NXWwdBcAAAAwN4zKAAAAAACOw40bNixf8nj3&#10;lbmKV0SOiyLi/IgYKN01z45GxG055x2R0y2PnbrkU9fu3HmkdBQAAAAwO4zKAAAAAACew+TQ6Ivq&#10;qtoSOW+JiIsiYlHpph7zeER8Mqe8I3Xrj26ZuvtzpYMAAACAmTMqAwAAAAD4d7ZFtJa3Ry6JaF0b&#10;kbdExFDhpAUm74ocN9Q5b7tias/nS9cAAAAAx8eoDAAAAAAgInJEGl/T+Q+pzq+PiGsi0lmlm/rE&#10;l3LON1QpfWjzvt07S8cAAAAAz82oDAAAAABotJvb60cGUv6BnPMbImJt6Z4+d1tK+X3RPemDm6d2&#10;fqV0DAAAAPD0jMoAAAAAgMa5adWqZQMDS78nIr0lIjaV7mmgOiL/RY74wGP14RuunZo6WDoIAAAA&#10;+AajMgAAAACgMSaHN6ytc/fNEfH9EXFm6R4iIuLeiHhnqpe8x/UyAAAA6A1GZQAAAABA3xtrd65K&#10;kX88In17eC7aq45ExIei7v7mlqm7P1c6BgAAAJrMwxMAAAAAoC/liDQxPLIl6uqnIsUlpXs4ZnVE&#10;bM91vH3r1O6Pl44BAACAJjIqAwAAAAD6yvUR1UuHO69POX4uIjaW7mHmUsQnIqpf3rzvjh2lWwAA&#10;AKBJjMoAAAAAgL6wLaK1vD36gxHxcxFpTdkaZlVKn8u5fvtn9t31h9c/cckMAAAAmENGZQAAAADA&#10;gjc+PLI1cvXfImJT6Rbm1GdSVL/gchkAAADMLaMyAAAAAGDBGh8aeUmk6h0R8fLSLcyrm6LV+qkt&#10;d+/aVToEAAAA+pFRGQAAAACw4IyvOXtNrqd/N0VcWbqFYuqI+KO6mv7pK/bufaB0DAAAAPQTozIA&#10;AAAAYMHYtnHj4hUHjvznHPltEbG8dA894Ssp5f/y6D13/d61Ed3SMQAAANAPjMoAAAAAgAVhbKjz&#10;6pTiXRHRKd1CT/pM1N03b5m6+3OlQwAAAGChMyoDAAAAAHra5OjoGfXR9M6IuKZ0Cz2vjkj/88jS&#10;6iev3rXrQOkYAAAAWKiMygAAAACAnjXeHn1LRPofEXFa6RYWlHtzzj+6df9df1Y6BAAAABYiozIA&#10;AAAAoOdsX7PmzKrbelek9NrSLSxYOed412P50E9fOzV1sHQMAAAALCRGZQAAAABATxkb7rwx5XhX&#10;RJxauoV+kPfWubruiv13fqJ0CQAAACwURmUAAAAAQE/40zVrnndSPfCeiLimdAt9p5sifvPR5Ut+&#10;6dqdO4+UjgEAAIBeZ1QGAAAAABQ3Mdw5P+f4o4g4u3QLfe1vohp445a9X9pbOgQAAAB6WVU6AAAA&#10;AABorhyRxoc6P5FzfCoMyph7L4t6+vaJ4XVXlA4BAACAXuZSGQAAAABQxBOvu2z9YUQy8KGA9J4D&#10;yxf/mNdhAgAAwFMZlQEAAAAA825yaPRF3ZQ+kiLWlW6hydJn69b0NVfcffc9pUsAAACglxiVAQAA&#10;AADzaqzduSpFfCAiTi3dAhFxX12n114xdeenS4cAAABAr6hKBwAAAAAAzTE+vO5tKeLGMCijd6yq&#10;qnzreLtzTekQAAAA6BUulQEAAAAAc27b4ODS5dVJ74+I15VugWeQU8Sv/+2+3T9/fURdOgYAAABK&#10;MioDAAAAAObU5OjoGfWRdGOk+NbSLXAMbjhQH7ru2qmpg6VDAAAAoBSjMgAAAABgzoyvOXtN1NPb&#10;I+KFpVvgOPxFXhzfuXX37kdLhwAAAEAJRmUAAAAAwJwYG+6cFznGU8TK0i0wA7ct6g5svuzeL/1z&#10;6RAAAACYb0ZlAAAAAMCsm2ivvyxH/WcRcXLpFjgBd3ejuuzKfXfsKR0CAAAA86kqHQAAAAAA9Jex&#10;odHvyFHfHAZlLHxrq1zfOr52w4bSIQAAADCfXCoDAAAAAGbNxFDn6pziQxGxpHQLzKL7csSrtu7b&#10;/YXSIQAAADAfXCoDAAAAAGbF+NDod+cUHw6DMvrPqhRxy/bVI+tLhwAAAMB8cKkMAAAAADhh48Oj&#10;3xk5bYuIgdItMIemulFdfOW+O/aUDgEAAIC5ZFQGAAAAAJyQsXbnqhTxJxGxqHQLzIN7c46Lt+7f&#10;fVfpEAAAAJgrXn8JAAAAAMzYxODo5hTx4TAoozlWpxS3Tg5vWFs6BAAAAOaKS2UAAAAAwIxsHxq5&#10;oErVLRGxonQLFPCFbhy56Mp9+/6ldAgAAADMNpfKAAAAAIDj9tHBkXVVqsbDoIzmemErL/7Ito0b&#10;F5cOAQAAgNnWKh0AAAAAACwsO9auXTkd1ccj0qrSLVBUijVLjnTPXvfIV/7kLyNy6RwAAACYLUZl&#10;AAAAAMAxm1x5zsndqvuxiPTC0i3QIzYOnfpNJ/3hI1/ZUToEAAAAZovXXwIAAAAAxyRHpLzk8f8V&#10;EZtKt0AvyRE/PT607k2lOwAAAGC2GJUBAAAAAMdkot351RzxXaU7oAelSPndk8OjLysdAgAAALMh&#10;lQ4AAAAAAHrfxNC6788p/+/SHdDj/rlKrZdcfs+uu0uHAAAAwIkwKgMAAAAAntVke3RTHemvIuKk&#10;0i2wAPz9gfrQy6+dmjpYOgQAAABmyusvAQAAAIBndNOq9c+vI/1JGJTBsTpveXXSu0tHAAAAwIkw&#10;KgMAAAAAnlaOSIsW1e+NiOHSLbDAfO/EcOeHSkcAAADATHn9JQAAAADwtMbbnZ+LiP9eugMWqEN1&#10;Xb/0iqk9ny8dAgAAAMfLqAwAAAAAeIqJ4dFLc047wtsO4ETsPrK0df7Vu3YdKB0CAAAAx8MDIQAA&#10;AADgSW5ut0/LOb0/PD+EE9VZdKj726UjAAAA4Hh5KAQAAAAAPEmVF78zIgZLd0A/SDm+f2y488bS&#10;HQAAAHA8vP4SAAAAAPi6sXbndSnihtId0Gf+ZWCgPvdVe/bsKx0CAAAAx8KlMgAAAAAgIiJuGly/&#10;OkW8u3QH9KHTpqer92Yf9AYAAGCBMCoDAAAAACJHpIGqfn9EfFPpFuhTr55oj765dAQAAAAcC5+K&#10;AgAAAABivD16XUT6g9Id0Ocerabziy6/7679pUMAAADg2bhUBgAAAAANt2Pt2pUR6bdKd0ADrKgH&#10;qt8vHQEAAADPxagMAAAAABruaF29I7z2EuZJ3jo23Hlj6QoAAAB4Nl5/CQAAAAANNjbUeXVKMVm6&#10;A5ol339k6cCGq3ftOlC6BAAAAJ6OS2UAAAAA0FBjnc6SlOL3SndA86Szlhzs/kLpCgAAAHgmRmUA&#10;AAAA0FSH809GxEjpDGiiHPETk2vWn126AwAAAJ6OURkAAAAANNDE8AvOSin9bOkOaLBFdd393dIR&#10;AAAA8HSMygAAAACgieqjvxIRp5TOgGZLl022111ZugIAAAD+PaMyAAAAAGiY7YMjL84privdAUTk&#10;yL++LaJVugMAAAD+LaMyAAAAAGiYqkq/FUYs0BNyxAtWDK37vtIdAAAA8G+l0gEAAAAAwPwZG+q8&#10;OqWYLN0BPMl9B+pDnWunpg6WDgEAAIAIl8oAAAAAoFFSxH8t3QA8xapTqpN+uHQEAAAAfI1LZQAA&#10;AADQEGPDo1tSTmOlO4Cn9U9HlrZGrt6160DpEAAAAHCpDAAAAAAaIuX0ttINwDN6/qKD3beWjgAA&#10;AIAIl8oAAAAAoBEm2+uurCPfVLoDeFZfOengkuFLH9r5WOkQAAAAmm2gdAAAAADAbLlp1aplA4tX&#10;nNGt6yddZ1803T36yGknffnanTuPlGqD0urIP1+6AXhO33R42aE3RcQ7S4cAAADQbC6VAQAAAAvG&#10;to0bF5/y2OGNEXFelePFOWJVRD4rIs6ISKsj4pRn+eU5Ij8Qke6NiHsj0r4ceU+Vq9sPL0v/cPWu&#10;XQfm5YuAArYPrXtFlfLHS3cAx2TqwPIlo4bQAAAAlGRUBgAAAPSssTM7p8eSuCoiLko5zo2IF0XE&#10;ojn4o+oUsStH3J4jfyZVi27asvdLe+fgz4EixtudGyPiNaU7gGOV37Rl313vK10BAABAcxmVAQAA&#10;AD1lsj26qY50VURcExEvLJiyJyLfHJFv2Lxvz1+niFywBWbs5uF1L2jlvDM8C4SF5Euf3rd74/UR&#10;dekQAAAAmsmDJAAAAKC4sU5nRToc35NSvDlHnFu652l8Pkd+76KB/P5X7dnzSOkYOB5jQ53fTSl+&#10;tHQHcHxyylu33nPXeOkOAAAAmsmoDAAAACgiR6TJ9vpvz1G/JZ54Ld+S0k3H4HBE/HmK6j2b992x&#10;o3QMPJebVq1//sBAvS8ilpZuAY5PyjG+ef/uraU7AAAAaCajMgAAAGDejQ2PvjLl9CsRcWHplhlL&#10;8fFUV7+4ef8dnyydAs9kbHj0J1NOv1G6A5iR7sBAPfKqPXv2lQ4BAACgearSAQAAAEBzjLdHLhpv&#10;d/4m5XRLLORBWUREjotzqj8x3l63Y/vQyAWlc+DfyxEpRXpz6Q5gxlpHu9UPl44AAACgmVwqAwAA&#10;AObc5KrRoXqg+uWI/L3Rnx9yqyPSB6rp+hcvv++u/aVjICJiYmj9t+VUf6J0BzBzOeLLZ5x+6tAF&#10;t99+tHQLAAAAzdKPD3EBAACAHrEtojXW7vxMPZB2ReTron+fRVQR+bp6IO0aa3d+5vr+/TpZQHLq&#10;/kDpBuDEpIiVDz30yHeU7gAAAKB5XCoDAAAA5sT21SPrq1b1fyLiZaVbCvjrVOc3bZ66a3fpEJrp&#10;1tM3nnJo6eH7ImJ56RbgxKQc45v3795augMAAIBm8alZAAAAYNZNDHd+qGpVn41mDsoiIl6eq/SZ&#10;8Xbne0qH0EwHlx56fRiUQV/IKV69Y+3alaU7AAAAaBajMgAAAGDW3LRq1bLxdmdbzvHeiFhRuqew&#10;0yLiA2NDnT/aNji4tHQMzZJSemPpBmDWtI5Mt15bOgIAAIBmMSoDAAAAZsX2tWuHB1rL/iYirind&#10;0ktSijcsr066ZfuaNWeWbqEZbhpcvzpyfFvpDmD2pBQuXwIAADCvjMoAAACAEzY22Lm46rZuixTf&#10;UrqlR11Y1QO3bR8auaB0CP2vVXVfG577Qb+5cHJ4w9rSEQAAADSHh0sAAADACZkYHN2cqhiPiOeX&#10;bulxq6tU3TIxtN4FKeZUci0Q+lGqc/e7SkcAAADQHEZlAAAAwIxNDHWuzlW6MSKWlm5ZIFbkVH9s&#10;rN25qnQI/WnH2rUrI9LLSncAc+I/lg4AAACgOYzKAAAAgBmZGOpcnVNsi4jFpVsWmCUp4sPjQ53X&#10;lA6h/0zXrddFRKt0BzAnNo2t7gyWjgAAAKAZjMoAAACA4zbZXveqnOKPw6BsphZHiv87PtS5vHQI&#10;/aXOcXXpBmDOpGogNpeOAAAAoBmMygAAAIDjMtke3VRH/rPwyssTtTRSfGRiuHN+6RD6w62nbzwl&#10;RVxcugOYOzmHK5cAAADMC6MyAAAA4Jh9bGSk3Y20PSKWlW7pE8tyju2Tq0aHSoew8B1eduTicD0Q&#10;+t1lN61a5XswAAAAc86oDAAAADgmt56+8ZTpo9Wfp4iVpVv6zJl5IP355MpzTi4dwsKWc/3q0g3A&#10;nFu6eODkV5aOAAAAoP8ZlQEAAADPaVtE69DSIx+KFN9SuqUf5Yhz68VffX+OSKVbWMjSZaULgLlX&#10;RxiQAgAAMOeMygAAAIDntHyo8+MReWvpjr6W0msnh9b9cOkMFqbJ4Q1rI+KFpTuA+ZAvKV0AAABA&#10;/zMqAwAAAJ7V+ODacyLFr5XuaIKc8tu3rx5ZX7qDhacb3UtLNwDzZuPN7fZppSMAAADob0ZlAAAA&#10;wDPatnHj4lS13hcRS0q3NMSyqqrety2iVTqEhSXl/G2lG4B5Uw3kxa8oHQEAAEB/MyoDAAAAntEp&#10;jx56W444t3RHo6T41uXtzk+VzmDBubB0ADB/6ghDUgAAAOaUURkAAADwtLYPjrw4pfSzpTsa6pc+&#10;OjiyrnQEC8OO1Wd/c0Ty2lRokJSSS2UAAADMKaMyAAAA4GlVqfqdiFhUuqOhlnar6u2lI1gYjlbT&#10;F0REKt0BzKd87rbBwaWlKwAAAOhfRmUAAADAU0y0118WKS4p3dFwV421R19eOoIFIHn1JTTQohWx&#10;7MWlIwAAAOhfRmUAAADAk2yLaOWof6t0BxEpqndkF6h4DjniZaUbgAJSPr90AgAAAP3LqAwAAAB4&#10;khVD674vIlw/6Qn5JRNDo99VuoLellKcW7oBmH91qr+ldAMAAAD9y6gMAAAA+LrrI6qc8i+U7uAb&#10;Ukq/5FoZz2TH2rUrI8fppTuA+ZciuVQGAADAnDEqAwAAAL7upUOjr4mI0dIdfEOOeMHk4OjlpTvo&#10;TdN19cLSDUAxL741LhkoHQEAAEB/MioDAAAAvi6l9GOlG3iquko/UrqB3pTr9ILSDUAxS4+sua9T&#10;OgIAAID+ZFQGAAAARETE+ODacyLilaU7eKoUsfXm9vqR0h30nlTFi0o3AOV0u92zSzcAAADQn4zK&#10;AAAAgCdU1VtLJ/CMqlbO/6l0BL0nR3j9JTRZFS6VAQAAMCeMygAAAIDYtnHj4oj03aU7eBZVvm5b&#10;RKt0Br0l53ClCBqsiuSKJQAAAHPCqAwAAACI5Y8dvCwiTi3dwbPIcfqK4dFXlM6gd0yuPOfkFLGy&#10;dAdQTs55XekGAAAA+pNRGQAAABCRq+8sncBzy5GuKt1A76iXHR4s3QAU5/WXAAAAzAmjMgAAAGi4&#10;f32l4mtKd3AMclxdOoHekbp5qHQDUFoaeuIV1gAAADC7jMoAAACg4Za3Ry6MiDNKd3BMRibanY2l&#10;I+gNdarbpRuA4lrLv9pdVToCAACA/mNUBgAAAE2X0+WlEzh2OaWtpRvoDSmHURkQ9XR3ZekGAAAA&#10;+o9RGQAAADRdqi4sncBxyPmi0gn0hpTD6y+BqFI2KgMAAGDWGZUBAABAg10fUUXkl5bu4LhsKh1A&#10;zzirdABQXqq8whoAAIDZZ1QGAAAADfbSdufsiFheuoPjsnpi+AXGRESOOK10A1BeXbtUBgAAwOwz&#10;KgMAAIAGSzm5UrYgTZ9fuoAekOJ5pROA8lKqjMoAAACYdUZlAAAA0GQpjJMWoBxxXukGeoJRGRA5&#10;528u3QAAAED/MSoDAACARsvt0gXMyMbSAfQEr78EIqU4uXQDAAAA/ceoDAAAAJptqHQAM5HPKl1A&#10;WdsGB5dGxJLSHUB5OWJZ6QYAAAD6j1EZAAAANFiOWF26gRnI+czSCZS1orXcqy+BiIhIkZaWbgAA&#10;AKD/GJUBAABAQ411OktSxBmlO5iJZFTWcDllV8qAf5VdKgMAAGDWGZUBAABAQ+Vu98yISKU7mJFT&#10;b12z5qTSEZSTu9Ot0g1AzzAqAwAAYNYZlQEAAEBDVUfj1NINzNzjKa0s3UA5ua6NyoCv8fpLAAAA&#10;Zp1RGQAAADRUPTDgucACVsVil8oaLA+0jMqAr/H9HAAAgFnnH5sAAADQUK2cPRdYwFpHj9alGyhn&#10;kUtlwDdMlw4AAACg/3h4DAAAAA3VrWvPBRaw6VQZlTXYdKsaKN0A9Ixu6QAAAAD6j4fHAAAA0FCt&#10;7PWXC1mrahmVARAR2agMAACAWefhMQAAADRUTtO5dAMzV7WOGhE02dHu46UTgF6RfD8AAABg1hmV&#10;AQAAQFO1Fj9UOoGZO1LXR0o3UE6KyqgMeEJK06UTAAAA6D9GZQAAANBQeWD6/ohwrWxhOvrZvXsf&#10;LB1BOVVaYlQGPCFnI2MAAABmnVEZAAAANNTW3bsPR8TDpTs4fjnH/ddH1KU7KGfJwFeNyoB/lX0v&#10;BwAAYNYZlQEAAECz3V86gOOXUkyVbqCsS/fuPRQR3dIdQC9I/1K6AAAAgP5jVAYAAADN9kDpAGbE&#10;qIyIiIOlA4Ce8EjpAAAAAPqPURkAAAA0WMqxt3QDM5Di3tIJ9IL8T6ULgF6QXSoDAABg1hmVAQAA&#10;QJNV8XelEzh+qU6fL91AeSmlL5duAMrL2aUyAAAAZp9RGQAAADRYivz3pRs4finqz5ZuoLw6x0Ol&#10;G4Dyqio9XLoBAACA/mNUBgAAAE126OR/jIhu6QyOy6Of2n/XF0pHUF6KeKB0A1BejnR/6QYAAAD6&#10;j1EZAAAANNjlX/7cVyPiztIdHIccf3d9RF06g/JyigdLNwDl1XV3X+kGAAAA+o9RGQAAADRe+nTp&#10;Ao5Huq10Ab2hysmoDIglA3l/6QYAAAD6z0DpAAAAoDfcuGHD8sVHYlWazmfkKp8edazIqV4eOVZU&#10;KS3/2s+rIx6PiMOR49GUcjfneLBVxYNHc+uBPP3YA1fdd9/jBb8MYAZS5LEccV3pDo5V/mTpAnpD&#10;HfneVDoCKO3wX91990OlIwAAAOg/RmUAANAgOSJ9bHCk002tC3KVX5RyrEsR63LEujjYPTkiIqcn&#10;fmKkiPTED5H/ze+RnvQfKVKKqHNEK+qIgWUx3u5MRcQdOfIdVYqdOed/OLJ00T9evWvXgfn8WoFj&#10;Vy+OiXQkjkTE4tItPKdH85KYLB1Bb6ha1Z25602o0HBT13slMhGtUUQAACAASURBVAAAAHPAhxkB&#10;AKCP3bZp06IHH3r4pVWqXplzXJwib8oRzyuQkiPFnVHHJ1OKj9fduHXrvbunCnQAz2C83bklIl5Z&#10;uoPnkPIfb7nnrjeUzqA33Hr6xlMOLT38aHjGB82V4y+37N99aekMAAAA+o9LZQAA0GfGVncGUytd&#10;kSNf+dBDj1ySIp2S8xO3xvJz/No5lCLH+kixPkf8YGpFjLdHd0VK2yPXYweWL/3ktTt3HimXB0SO&#10;7ZGMynpdzukjpRvoHZc+tPOxsXbnwRSxsnQLUEZKsa90AwAAAP3JqAwAAPrA9rVrh6tu6w0RcU1E&#10;nPfEYbBelzZEjg0R1U8sP3D4kYl258YU6YZHli/+qIEZzL+qav1pnbu/ERFV6Rae0aGjS1tefcmT&#10;pEh3RmSjMmioOuILpRsAAADoT73//5kAAICntW1wcOny1klviJyvi0gXRZ/8/T5FPJxTfDC63Xdv&#10;mbr7c6V7oEnG26Mfi0iXle7gGX14y77d15SOoLeMt9f9QUS+rnQHUEYV6arL9915c+kOAAAA+o9L&#10;ZQAAsMB8dGjDqumq+yMpx1six/P7ZEv2dTnieZHjrVG13jre7nwqp3jXGc8/ddsFt99+tHQb9LuU&#10;qt/PORuV9az6t0sX0Htyru9Mqb/+LgAcu27OXyzdAAAAQH/yxAkAABaI7YMjL65arZ+PnF8XzfuA&#10;yP6c8u/EovSerbt3P1o6BvrVrXHJwKH2/n0R6azSLTzFbVv27X5J6Qh6z/jwyNbI1fbSHUARX/30&#10;vt0rro+oS4cAAADQf6rSAQAAwLObGO6cPzHc+dOqqv4xcv7uaN6gLCJiKOX0G+lI7B1vd372plWr&#10;lpUOgn50afzldM7pg6U7eKoc+T2lG+hNKZb8fekGoJgvXW9QBgAAwBwxKgMAgB51c3v9yPjw6Adz&#10;jttyju8Il4YjIk6LiF8bGFi6e3yo89bbNm1aVDoI+k1uTf9mRDxeuoMneTAWp/eXjqA3bb7ni/dH&#10;xIOlO4D5lyJ2lm4AAACgfxmVAQBAj/nYyMipE+3OO1pRfzFyen0Ykz2NdFakeNdDDz38+fGhzmtK&#10;10A/uWLv3gf+P3v3HmeHWdD5//ucmTRpactlqdU2maTJ9CKVi1soF1EItk0maUFAorjrDVhAEYH1&#10;AvjzEsR1gYWVRRcFRSmKYhEQ2+ZCi73guhZb7gGSzCSZmbS2lAJtSpM0M+f5/UFZUdqSy8w8c868&#10;369X/8lrJuczec0rOZ3zPc9TU/+4dQf/qtb6jnWjowdbdzCPlXyidQIw92rNDa0bAAAA6F9GZQAA&#10;MI9sGhr+0ampzudr8sokx7Xumf/K2Sn58Oah4Y9eefrKs1rXQL+Ynhr4nST7WneQJNl7dz3431tH&#10;MM/VuAITFqBOqUZlAAAAzBqjMgAAmAc2nT68dNPQ8OUleX+S01r39KBndAY6n948NPxaV2LCsbvk&#10;lh1fLsnbW3eQ1NTf3rB37/7WHcxvJflU6wZgzh2886Qln20dAQAAQP8yKgMAgMY2Da36qc5APluS&#10;i1u39LglSX73y7ff+fEtQ8Pnto6BXndoqvPmJHe07ljY6vbvOuVh725dwfw33Zm6vnUDMOc+sWHb&#10;tntbRwAAANC/jMoAAKCRy08765Gbh4b/tqRcWpOHte7pFzV5XE1u3DS06uU1Ka17oFddcsuOL6fk&#10;1a07FrJa85rH33TTodYdzH/r9+y5NSU7WncAc6ckrr4EAABgVhmVAQBAA1uWnnX+4GD3E0me1bql&#10;Ty0pKW/bMnTmFVcMDT28dQz0qpHx0Xcl+fvWHQvU+9dNjv1t6wh6R+nmH1o3AHOnW+s/tW4AAACg&#10;vxmVAQDAHNu0bPjnaqd7fZJlrVv6X103kOP+eeuyVd/XugR6VXe6+3NJDrTuWEhqctvUVOfnW3fQ&#10;Y0qubZ0AzJnucd1FV7eOAAAAoL8ZlQEAwBy58bzzFm0eOvMdpeTtSRa37llAVnVL+b+bl5/5nNYh&#10;0IvW37xrR0ne1LpjQSn5pUtu2fHl1hn0ljJVr23dAMyZT19w8xfvaB0BAABAfzMqAwCAOXD1GWec&#10;evvtd16X1Be3blmgTkytf7NlaPgNNSmtY6DX/NPE6OuSfKR1xwLx/nXjo+9tHUHvWXPL2GStmWjd&#10;Acy+Wl1NDQAAwOwzKgMAgFm2ecU5Kw51B65P8uTWLQtcqcmrtwwNv/PG885b1DoGesnGpDtQB342&#10;yZdat/S5mxcNTL+8dQS9q9PJla0bgNlXkqtaNwAAAND/jMoAAGAWXbnizMfV7tQ/peas1i38Py+6&#10;/fY7L79s6dLjW4dAL7locvsttZsNSaZbt/SpO2ty0QW7d9/WOoReVozKoP8dnJq+52OtIwAAAOh/&#10;RmUAADBLNi9b+YROt15dklNbt/Bt1pxclnzgmhUrlrQOgV6ybu/odaXmN1t39KFaSnnhuonRz7cO&#10;obcdOvT1a5IcaN0BzKbyD5fccss9rSsAAADof0ZlAAAwCzYtH/7+lM7WJP+hdQv3r5aMHOgOOLEM&#10;jtDaydHfTS1vbt3RT2qpv7p2fOcHWnfQ+y655ZZ7anJ16w5gFtX6wdYJAAAALAxGZQAAMMO2DA2f&#10;W2o+kuThrVv4TsoFJ3WO/5vLzj33uNYl0EtumNz56pL8deuOflBL/mxkfOwtrTvoH6Vmc+sGYNbU&#10;wUXdK1pHAAAAsDAYlQEAwAzavOKcFTX1qiSPbN3C4arrTrrrwF9dk6cPti6BXrEx6d510uKfSqoT&#10;kY5BSd7z8fHRF5Wktm6hf3QHp6+M7ynoV5+8cNeuidYRAAAALAxGZQAAMEOuGBp6eOlObUrK97Ru&#10;4QiV8pwDQ3v/sHUG9JIN27bdu++kJetr4trGo1Hy9jUToz+zMem2TqG/rN+9ezzJ/23dAcy86upL&#10;AAAA5pBRGQAAzIDLTzvthIEs3lqT723dwlF70eblZ/566wjoJRu2bbv37onRHys1f9q6pZeUkj9c&#10;Oz76C04oY7aUlMtaNwAzr9b6d60bAAAAWDiMygAAYAYMDpzwtqQ+oXUHx6jW121atupHWmdAL9mQ&#10;TN81OfripLyzdUtvKL9/1/joyw3KmE3de+tfJplq3QHMoJpPr9+767OtMwAAAFg4jMoAAOAYbRoa&#10;fmVKXti6gxnRKaX85Zblw/+xdQj0kg3J9NqJnS9NKb8R1zk+kHtr6otHJnb+4oZkunUM/W3draO3&#10;J/n71h3AzCmd+uetGwAAAFhYjMoAAOAYbBpa9QMleWPrDmbU8bXmvZuGh09uHQK9pCR1ZHzn73Rr&#10;WZ3k1tY980mtmaglT1o3MfbHrVtYQGr5q9YJwIyZTo77y9YRAAAALCxGZQAAcJS2LD33ESXlfUmO&#10;a93CjDunHKx/VpPSOgR6zfrJndenM/jkJJ9o3TJP3FgHp39o3fjoJ1uHsLBMl4MfTnKwdQcwE+o1&#10;a8e/8C+tKwAAAFhYjMoAAOAo1KTUgYPvTbK0dQuzpJTnbF0+/POtM6AXjez54p4lnakfqDVvSTLV&#10;uqeRe1PKbyyZWPrk9bt3j7eOYeG5eGLiq0kua90BHLtayrtbNwAAALDweNc9AAAchc3Lhn8+Jf+7&#10;dQez7u7pdB578cSOXa1DoFdtXbbq+7qlvDPJk1u3zJWSXN+tecG6ydGx1i0sbFcuO/OHOqVe17oD&#10;OCZ3Ldm/+PTVt2+7u3UIAAAAC4uTygAA4AhtXnHOipS8qXUHc+LEgdRLN/p/JzhqaybHPrdkYukP&#10;1VJ/JcnXW/fMsq+XUn7zkac89AKDMuaD9ZM7r0/y2dYdwNEryZ8alAEAANCCF0YAAOAI1KSkTr07&#10;yUNatzBX6lOfuGz4Fa0roJetzrVT68bH3ly6i4dK8sYkB1o3zbD9JXlj6S4eWju+8/WPv+mmQ62D&#10;4JtKqe9s3QActW661enIAAAANOH6SwAAOAKbhlb9VEm5tHUHc+6uqW7nUZfs3XFz6xDoB1tPW7Ws&#10;O9j59aS+MMlA655jMJWUP53qlt/29wPz1VUrVz50aqpzcwzioefU5Kp1E6MXte4AAABgYXJSGQAA&#10;HKZNw8Mnl5Q3tu6giZMHS/391hHQL9bcMjY5MrHzJZ3UJyb58yQHWzcdoX2l5A+nS3nMyMTOlxiU&#10;MZ9duGvXnbXkstYdwJHrlPKO1g0AAAAsXEZlAABwmMqh/FaS727dQSOlPnvT8lUjrTOgn6yZGLtp&#10;ZGL0pwYHu6eWlFcm2d266cGU5FM19afrcTll7fjoz188vvMLrZvgcHRq3pKktu4AjsjexeOnf7h1&#10;BAAAAAuX6y8BAOAwXDF01sqBdD+fZHHrFpr6xA0To0/YmHRbh0A/uvG88xZ9+bav/XDt5EeSPDMp&#10;39O6KcnupFxRSvdDa8bHri2GOfSoLcuHP1RrfqR1B3C4yitGJna+rXUFAAAAC5dRGQAAHIbNQ8N/&#10;nWRD6w7mgVp+dmRy57tbZ0C/25h0zl8xfH7p5llJnpbkvCTHzcFDTyX5eJLLO7VesWZy7HNz8Jgw&#10;67YsPev82une0LoDOAwlt08dumfFJbfcck/rFAAAABYuozIAAPgOrly68tGdTudTcX0837D7lFMe&#10;evbjb7rpUOsQWEguW7r0+IeU459Q0v3BUsoTk5yZ5Iwc2wmS0zX5Qkm5qZTujd1Sbrx76sCnN+zd&#10;u39mqmF+2TI0fF1Nfqh1B/DgSim/uXZ85+tbdwAAALCwDbYOAACA+a7T6bw+BmX8qzNu//KdP5Xk&#10;Xa1DYCG5b+h1/X3/JUlqUjafPnx6SlaVTl1RSk6qtZxYkofVkpNSy+A3Pq67v5NyoCb7U8t4yvRk&#10;dzqTJyzqTqzes+dAq68J5lwpb0qtRmUwv+2bqgf/oHUEAAAAOKkMAAAexNahVed1U25s3cH8Umsm&#10;7j558Zkbtm27t3ULAByujUnnicvP/GRqfUzrFuD+leStaydGX9W6AwAAAJy2AAAAD6Kb4gUdvk0p&#10;GTpx34Efb90BAEdiY9JNpl/bugN4QPu69+Z3W0cAAABAYlQGAAAPaMvSVcNJDIe4XyXlV6vTnwHo&#10;MSPjuzal5LrWHcC3K6W8bd2to7e37gAAAIDEqAwAAB5Qt5SXJhlo3cG8de6mZWf+YOsIADhitfvr&#10;rROAb3PHwMD0/2gdAQAAAN/kXfUAAHA/rlmxYsmB7uDNSR7RuoX5q5T87drx0We37gCAI7V5aHhr&#10;kotadwDfUFJevXZi55tad8BcuGJo6OGdctyKTjdDteS4b/56LfWOTmfgjsV3Lxpbffu2u1s2AgAA&#10;RmUAAHC/Ni1b9WOllPe17mDem+p2ppat37Pn1tYhAHAkNi8ffnJq/k/8fBCaq8ltAwdPWLXmts98&#10;vXULzLTLkoGTl6/6oW7KBaXmvCSPT/IfvsOn1SR7knympn60DAx+ZGT39u2z3QoAAPxbfmgEAAD3&#10;Y/PQqquSckHrDua/Uuovrx0fe0vrDgA4UpuWDb+3lPxE6w6gvHRkYuc7WlfATLpyxZmP63Try5I8&#10;O995RPYdleQL3eSdne7i96zdu+0rx14IAAB8J0ZlAADw72w6fXhpGch4kk7rFnrC50cmRs9tHQEA&#10;R+rqM8449dD0wPYkD23dAgtVKbnhn8ZHn7Ix6bZugZmweWjlD6d0fiM1T5ulhzhQa/5kunbecMne&#10;HTfP0mMAAADxIhkAAHyb0snz4rkyh+9RW84467GtIwDgSF2we/dtqfnt1h2wgHVLrS/baFBGH9i6&#10;bNX3bR4a3pp0rp7FQVmSLCklvzDY6Y5uHlr1pstPO+2EWXwsAABY0LxQBgAA/14pz2+dQG/pTk0/&#10;t3UDAByNJZNL35bks607YGGq71kzMXZT6wo4FpclA5uGhl/dLeXGJBfN4UMvScqvDA6e8OlNS4dn&#10;c8QGAAALllEZAAB8i80rzlmR1Ce07qC3lFKe07oBAI7G6lw7lXRf1boDFqA7Fw10X9M6Ao7F1lWr&#10;vuuk5cMfLckbkixulDFcOvnopqHhV9ekNGoAAIC+ZFQGAADfanpqXesEetK5V56+8qzWEQBwNEYm&#10;dn00yd+07oAFpeZ1F+zefVvrDDhaVy5b+fjuoXLjLF91ebgGSvKGLctXvfeyc889rnUMAAD0C6My&#10;AAD4FrVkpHUDvakzMLC2dQMAHK1F04MvTfKl1h2wEJTk+hsmR/9X6w44WpuWr3pGp3SuS7Ksdcu/&#10;UcvzT9x38IrLli49vnUKAAD0A6MyAAC4z2XnnntcSZ7RuoNeVX3vANCzLrj5i3ek1le07oAFYP/0&#10;dPe/bEy6rUPgaGxePvzkUsvfJjmhdcv9KcmFJ3aWXHZNnj7YugUAAHqdURkAANznIXfd+6TM0x+M&#10;0xOe7oULAHrZyOTY+1LLh1p3QD8rKRvX37xrR+sOOBofWbryzNRcmeSk1i0PpiQX71++952tOwAA&#10;oNcZlQEAwH1Kuj/YuoGe9tB7lk08rnUEAByLznT3FUnuat0Bfanm04885eTfa50BR2PrqY95yHTp&#10;vD/Jw1u3HI5S87Obh1a9uHUHAAD0MqMyAAC4Tynlh1o30NtKKU9u3QAAx2LNLWOTpeSXWndAHzrQ&#10;Sf3Pj7/ppkOtQ+BodBff89aUPLZ1x5Epb7ty6cpHt64AAIBeZVQGAABJalJKcn7rDnpbSXlC6wYA&#10;OFZrx0f/JMl7W3dAfymvXDM59rnWFXA0Ni0dflqSF7buOAqLO53On1yTpw+2DgEAgF5kVAYAAEm2&#10;rDhneU0e1rqD3laSx7duAICZMDjYfVmS3a07oE9cNjKx8x2tI+BoXJOnD5ZOfUeS0rrlKJ1/YGjy&#10;Ba0jAACgFxmVAQBAkjp96HGtG+h9NTnr8tNOO6F1BwAcqwt37boztftjSVzVB8eg1kxM596Xtu6A&#10;o3Vg6OYXJuXs1h3HpJTfuWrlyoe2zgAAgF5jVAYAAElKp/N9rRvoCwOLFp94ZusIAJgJI5O7/jm1&#10;vrF1B/SwbklefPHExFdbh8DRuOzcc49L6mtbdxyzmlOmpgde3DoDAAB6jVEZAAAkSa29/c5r5o3u&#10;1PQ5rRsAYKYsmVz2uqR+rHUH9KJSysaRydGtrTvgaJ207+CGJMtbd8yIWl9543nnLWqdAQAAvcSo&#10;DAAAkpQSp0sxI0opRmUA9I3VuXaqdJf8SJLdrVugx1y2Znzn77SOgGNS88LWCTPotC996WvrW0cA&#10;AEAvMSoDAIAktWZV6wb6Qy198k5+ALjP2r3bvtLtlOckuad1C/SIbUv2L35hSWrrEDham5YNr0rJ&#10;01p3zKRSyvNbNwAAQC8xKgMAYMG7bOnS45M8snUH/aHUnNa6AQBm2vo9Oz9VS17cugN6wJ3d6e5z&#10;Vt++7e7WIXBMSi5JUlpnzLCLt576mIe0jgAAgF5hVAYAwIJ30uCJp7ZuoK8YlQHQl9aNj743Ke9s&#10;3QHzWLfU/PT6m3ftaB0Cx6qUrGndMAtOmD7unh9oHQEAAL3CqAwAgAWvOzVtVMbMKfnu1gkAMFvq&#10;cfUXU3Nt6w6Yj2ryS2snRz/cugOO1cakk5qntu6YDZ1OeWLrBgAA6BVGZQAALHiDnZzSuoE+UvOw&#10;1gkAMFvWjY4evPeEgWeW5FOtW2A+qTVvWTcx+tbWHTATzl82fEaSE1t3zIZuree3bgAAgF5hVAYA&#10;wILXrTmpdQN9ZdFlS5ce3zoCAGbLs7Zv39epA+uTjLdugXmh1g9+fHL0V1tnwEzpJN/XumEWnd06&#10;AAAAeoVRGQAAC14t3b58BzbtPGLRopNbNwDAbLpocvstteTZSfa1boHGblxyYMlPb0y6rUNgpnRL&#10;HWrdMFtKMrTRa2MAAHBYPHEGAICUh7QuoL8cqoudVAZA31s3PvrJ1DwvyaHWLdDIF+u9Wbf69m13&#10;tw6BmVRSHtG6YRYtfurp5zy8dQQAAPQCozIAABa8TqkDrRvoL51aS+sGAJgLI5OjW0u3PjPJwdYt&#10;MKdKdnQW1aetu3X09tYpMNNqal+PrvaX7pLWDQAA0AuMygAAWPBqt9TWDQAAvWrt3rEtKeUnkky1&#10;boE5cst07YysGRv7UusQmA2llOnWDbPpuIFyXOsGAADoBUZlAACQGJUBAByDkfGdH0zJS+N5Ff3v&#10;q6XkkosnduxqHQKzpdT+vtZ4emq6r78+AACYKUZlAADQ5+/CZu7VdA60bgCAuTYyPvqu1PKCJN3W&#10;LTBLbul0Ok9ZOz76idYhMKtq7mqdMJuOXzT15dYNAADQC4zKAABY8ErNvtYN9JeDS7p3t24AgBZG&#10;Jne+u6a+Mk4so//cWpKL1uzZ8cXWITDbaslE64ZZtG/1nj3eBAQAAIfBqAwAgAWvW6pRGTOpfnL7&#10;9q+3jgCAVtZNjP1+rfX5SX9fn8aCMtYdmH7S2onRba1DYC6U2hlv3TCLdrQOAACAXmFUBgDAgtfp&#10;VqdKMZPu3ujaLwAWuHWTY3+dUn48ycHWLXCMxjpl4ML1u3f388gG/o2DJ5RPJZlu3TEraj7VOgEA&#10;AHqFURkAAAte6eT21g30j5rc2roBAOaDkfGdH+zWclGSu1q3wFH6x9JdfP6a8e27W4fAXHrW9u37&#10;kmxv3TEbSqcalQEAwGEyKgMAYMGr5bhbWjfQPzrJv7RuAID5Yv3kzus7pY4kuaN1CxyRmmsHB7vr&#10;1u7d9pXWKdBG+YfWBbOhdgavat0AAAC9wqgMAIAF767xL3wp/Xq1B3POSWUA8G+tGR/7x04ZeEKS&#10;z7dugcNS6l/tO3nxmgt37bqzdQq0Umv9QOuGWTA2snt7X57ABgAAs8GoDACABW/DNwZlTpdiRtTU&#10;Pa0bAGC+WTO+ffei6cEfSurHWrfAg6k1f7BvfOwnN2zbdm/rFmjp7pMXX1uSr7XumFElH26dAAAA&#10;vcSoDAAAvmFH6wD6Q6eUna0bAGA+uuDmL96xZGLZM0rJH7ZugftxT2p9/rrJ0ZdvcIoxZMO2bffW&#10;1Pe07phB3drN21tHAABALzEqAwCAJKXEFRjMiO50jMoA4AGszrVTa8ZHX1aT30pSW/dAktTktqS7&#10;ZmRy7H2tW2A+mS6dP0r//F193brJ0bHWEQAA0EuMygAAIEntGgIxMwbLgO8lAHgQJanrJkZ/u5Py&#10;zCRfbd3DgveJgan6hJGJXf/QOgTmm4vHd34hKZtbd8yEks7vtm4AAIBeY1QGAABJOqV8rnUDva8m&#10;t100uf2W1h0A0AvWTOy8otY8ITWfbt3CQlXeua974KlrbhmbbF0C81Z36rXp9SthS65bO7Hj6tYZ&#10;AADQa4zKAAAgSWdw+uPpn2s9aKSk3ti6AQB6ybrJ0bG6OE9M6ttat7CgfCU1zxqZ2PmSDXv37m8d&#10;A/PZyN7dnyk1l7buOAbTZbrzq60jAACgFxmVAQBAkgt37bozya7WHfS2Ujqfat0AAL1m3ejowZGJ&#10;sVck5aVJ7mndQ9/75EC3+6SRydG/ax0CvWJgUfe/1pqJ1h1H6U1r9+74eOsIAADoRUZlAADwTaX8&#10;c+sEet7/bR0AAL1qZGLnOzqdznlJnPzJbOiW5K1LOlNPuWjvrp2tY6CXXLhr153p1Jemx073LskX&#10;9nUPvL51BwAA9CqjMgAAuE/p5rrWDfS06e6i+rHWEQDQy9bs2fHFfROjT6rJa5Lc27qHflG3d7vl&#10;KWsnRl+1es+eA61roBetGx/bXEr5rdYdR+CO2hlc54pbAAA4ekZlAABwnzrYuaZ1Az3tU+tGR+9q&#10;HQEAvW5DMr1uYvSN3W738Uk+27qHntYtyRv3dQ9+//q9O29oHQO9bs34zt+pyQdadxyG6dS8YGTP&#10;F/e0DgEAgF5mVAYAAPdZu3v7jiS3tu6gR5Vc3zoBAPrJ+r27Prtk/+KnlOStSaZb99BzJlO6l6yd&#10;GH2Nk4pgZpSk3t098JM1uap1y4PoJvmZkcnRv2sdAgAAvc6oDAAA7lOSmuTq1h30qNq9snUCAPSb&#10;1bdvu3vtxOirutPdRyX5+9Y99ISDSV63r3vg7JHxXZtax0C/2bB37/67uweeNU+HZYeS+oKRidG/&#10;aB0CAAD9wKgMAAC+VakfbJ1A7ynJ15ZMDF3XugMA+tX6m3ftWDsxekFN/ekkX27dw3xVrx7odh89&#10;MjG60elkMHs27N27//iJpetK8sbWLd9ivJQ8aWRi7NLWIQAA0C+MygAA4FssuWfJVUkOtO6gt9Tk&#10;6tW5dqp1BwD0s5LUdRNj75nqdh6XUt6Xb5wyC0lyR635+RsmxtZctHfXztYxsBCszrVTaydGX5Oa&#10;lyVpPeK8Zqrb+YG146OfaNwBAAB9xagMAAC+xerbt92d+XmNB/NYSd7fugEAFopL9u64eWR85/NL&#10;yeNT4qTQhW1/ktd1Dp6wfN3k6B9uTLqtg2ChGZkcfXvp1sc0ug7zYJLX3jAxesEle3fc3ODxAQCg&#10;r5XWAQAAMN9sWrbqx8o3Tr+Aw3Hnks7Ud6/es8cJdwDQwKah4UtK8ntJVrVuYc50k/InU93y24Yk&#10;MH9sWX7mc1Pr62vyvbP8UNO15D2LBrobL9y1a2KWHwsAABYsozIAAPh3rlmxYsnB7uC/1ORhrVvo&#10;BfXdIxNjP9u6AgAWsstPO+2EgcETfrmTvMpzuH5X/qHU8mtrJ3d8rHUJ8O0uSwZOWnbmT6bUlyV5&#10;/Az/9l9PyaUD0923uuoWAABmn1EZAADcjy3Lht9VS17QuoP5r6Rz4dqJHVe37gAAkq2nPuYhdfH+&#10;F9XUX01yWuseZlL5aKd0f3PN+Ng/ti4BDs+VS1c+ulMGfqqUuv4YTi/bn+Tqmnp5p7vkA2v3bvvK&#10;TDYCAAAPzKgMAADux+ahlU9NOk4/4DsZWzsxemZJausQAOBfffjss086bv/0LyT5r0ke2bqHY3JT&#10;KeW31o7vvLJ1CHD0rjzjjOWdqcHVSc5N6X5vkuFay/Gl5KRv+bBDSRkvqbtSyrZ0y7Xdxd2Prxsd&#10;PdgoGwAAFjSjMgAAeACbh4ZvSHJ+6w7mr1rqr6wbH3tzC6kj+wAAIABJREFU6w4A4P5dc8q5Jx5Y&#10;cvDFKfnFJMtb93DYapKPdFLectHEzqsN+AEAAGDuGZUBAMAD2LzszJ9JqX/WuoN560BnUV2+Zmzs&#10;S61DAIAHtzHpPGnorGd0031FSdbHz0Xnq68n9V3TGfhfF0/s2NU6BgAAABYyPzwBAIAHcM2KFUsO&#10;dAfHk3xX6xbmo/qOkYmxl7auAACOzOblw09OzauSPCfJQOsekiTjKeVPFnWm/viC3btvax0DAAAA&#10;GJUBAMCD2rJ81S/VWlxvyL831SkDZ60Z3767dQgAcHSuGBp6+EAWPS+1/HxKHtu6ZwHan5Q/76T7&#10;zjUTYze1jgEAAAD+LaMyAAB4ENeccu6JB044uCs1p7RuYV55/8jE6IbWEQDAsatJ2bp81dNrLS9M&#10;8twkS1o39bOSfKFb63un68C7L9m74+bWPQAAAMD9MyoDAIDvYNPQ8CtL8nutO5g3pga63UddtHfX&#10;ztYhAMDM+tCKFQ9b3B14Xkl5bpJnJFnUuqlP3JKS95XkvWvHRz/ROgYAAAD4zozKAADgO7hmxYol&#10;B7qDo0lOb93CPFDzrpHJ0Re1zgAAZtcVQ0MP72TRJfcNzC6KE8yOSK2ZKJ1ckdr94L6JXdduSKZb&#10;NwEAAACHz6gMAAAOw+Zlw69Kyf9s3UFz93bKwDlrxrfvbh0CAMydD5999knH7Z9em5o1NbmwlAy1&#10;bpqHalJuTMnfdUuuWL9n56daBwEAAABHz6gMAAAOwzV5+uCBob2fSPLo1i009YaRidHXto4AANra&#10;uuKsc7rdelHSvSgpT0/ykNZNDdQkn0/NtbXk2oFF9fo1Y2Nfah0FAAAAzAyjMgAAOEyblq96Rqnl&#10;o607aKX+y73HD579rO3b97UuAQDmjxvPO2/Rl2/b9/3dzvQTS8oTkzwxyXDrrllwT5JPpuTjteYf&#10;c2+uW3fr6O2towAAAIDZYVQGAABHYPOyMz+YUp/duoO5V2r5ubWTO/+odQcAMP9dftpZj1y0qD6x&#10;Jt+f5NxS6zk1OSfJktZth6MkX6s1X0zJ55L6z91O5+Mn7Dn9c6tz7VTrNgAAAGBuGJUBAMAR2HT6&#10;8NIykC8kObF1C3Oo5LobxkefsTHptk4BAHrTxqRz/rLhMwZK+d6aPCqlrujWLCvJ8pIsq8nD5jjp&#10;yyXZW5PJWjPe6dTttdYvDNRFX7hocvstc9wCAAAAzDNGZQAAcIS2LBv+tVry31p3MGcOZGDgcSO7&#10;t29vHQIA9K9rTjn3xIOLD3x3Gch31W45pZZ6ak15eCd5eEpO7nbz0FLqQ5Msvr/Prym1JF9LkpJ0&#10;u6lfLSlfraV+paR8NSlfTalf6aRz651T94xv2Lt3/5x+gQAAAEBPMSoDAIAjdE2ePnhgaO91SZ7S&#10;uoXZV0v9lXXjY29u3QEAAAAAADBXjMoAAOAo3HcN5qeTPKJ1C7On1GxeMzm6viS1dQsAAAAAAMBc&#10;6bQOAACAXrTu5tG9pZQXt+5gVn25k4EXGZQBAAAAAAALjVEZAAAcpbXjOz9Qkr9u3cHsKMnLLprc&#10;fkvrDgAAAAAAgLlmVAYAAMfgru6Bn01yY+sOZlZNfdPaidHLWncAAAAAAAC0YFQGAADHYMPevfsH&#10;B7vPrcltrVuYGaVm88cnxl7bugMAAAAAAKAVozIAADhGF+7aNVE6+fEkh1q3cKzqnu6h/PTGpNu6&#10;BAAAAAAAoBWjMgAAmAEje0avrakvat3BMSi5vdZywbpbR29vnQIAAAAAANCSURkAAMyQdRNj7ynJ&#10;G1t3cFTurak/vm5ydKx1CAAAAAAAQGtGZQAAMIPWToy+JjX/u3UHR6RbS16wbnzs71uHAAAAAAAA&#10;zAcDrQMAAKDf/MVdX9m886EPP7WkPL51C9/RdJLnr5sYfV/rEAAAAAAAgPnCSWUAADDDSlLvnhj7&#10;hSR/07qFB1VT84sjE6Pvbx0CAAAAAAAwnxiVAQDALNiQTO+bGP3xmvpHrVu4X4dKKf95ZHL07a1D&#10;AAAAAAAA5pvSOgAAAPrdpqHhV5fkDa07+H/2l1Ket3Z855WtQwAAAAAAAOYjozIAAJgDm4aGX1mS&#10;t8RpwU2V5GtJ53lrJ3Zc3boFAAAAAABgvjIqAwCAObJp2aofK6X8aZITWrcsUKOdTueSNXt2fLF1&#10;CAAAAAAAwHxmVAYAAHPoyhVnPq7TrR9IsrJ1ywJzzaLpweddcPMX72gdAgAAAAAAMN8ZlQEAwBz7&#10;8Nlnn7Ro//SfleS5rVsWgG5Nfm1kYvRNJamtYwAAAAAAAHqBURkAADSwMek8afmZv11rfW2STuue&#10;PnVXSv2ZkfGxD7UOAQAAAAAA6CVGZQAA0NCWM856bJ3qXpqSx7Zu6TN/1+1MvWT9nj23tg4BAAAA&#10;AADoNUZlAADQ2DUrViw52B3cWJNfTjLQuqfHfTXJS0YmRt/fOgQAAAAAAKBXGZUBAMA8sWX5qtW1&#10;lj9Osqp1S4/6yHQ6P3fxxI5drUMAAAAAAAB6mVEZAADMI9fk6YMHhiZfkFJ+JzWntO7pEZM1edm6&#10;idHLW4cAAAAAAAD0A6MyAACYh64+44xTD00N/LeU/GySTuueeWp/Sd62vzP1hmfv2fO11jEAAAAA&#10;AAD9wqgMAADmsU3Lh7+/1LwuycXx/P2bpmvJezKV31x38+je1jEAAAAAAAD9xotSAADQAzYNDT+q&#10;JK9J8hNJBlr3NLI/qX88OFjfcuGuXROtYwAAAAAAAPqVURkAAPSQ+04ue22SH0myqHXPXCjJ12rq&#10;e7oD3f+5fvfu8dY9AAAAAAAA/c6oDAAAetBVK1c+dGqq/FhK52Wp9TGte2ZBTepHk/LOfSct/vCG&#10;bdvubR0EAAAAAACwUBiVAQBAD9uYdJ48dOYPT9f6M6Xk4iQnt246FjW5rZT8Zel0Ll27e8enW/cA&#10;AAAAAAAsREZlAADQJzYNDy/uHCoXpFufU0uemeSRrZsOR01u69RcmU754OLx07euzrVTrZsAAAAA&#10;AAAWMqMyAADoQ5clAycNrXxyKQOra83TkvrkJCe07rrPwaR+PCl/n9q98obJXTdtTLqtowAAAAAA&#10;APgGozIAAFgALjv33ONO2rf//KTz1JTy2NT66CRnJxmcg4fflVo/VZNP1HQ+dsLAoY+v3rPnwBw8&#10;LgAAAAAAAEfBqAwAABaob1yXmXNTc25KWVFrlpZal9WSoSTLkpx8GL/NwSRfTvKlUnNrSvbWUiZK&#10;reM13d0HOt3PPXvPnq/N6hcCAAAAAADAjDIqAwAAHtTWUx/zkEOLv3bcv//1znHHTa8bHb2rRRMA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAMBhKq0D&#10;AICZdc2KFUsOTJWzamfgrFKzrJQM1WRpktNrclJJTkpycpKHf8un3Zvk60k9kJT9Sb5ek1tLcltK&#10;vlRqmahleufAdHYu2ju0e3WunWrxtQEAAAAAAAAw+4zKAKCHfWjFioctnh48P6lPKKU8Icnjkgxl&#10;dv+NP5Tki0k+XUv9dCe56dCh/Tdccsst98ziYwIAAAAAAAAwR4zKAKCHfPjss09adM/UD6fk6Z2U&#10;p9XkMUk6rbvyjZPO/jnJ9bXUq+8+cck/bNi27d7WUQAAAAAAAAAcOaMyAJjnrj7jjFMPTQ/+SKn1&#10;WbXkGUkWt246DPtSy9Xp1Cun670fvHhi4qutgwAAAAAAAAA4PEZlADAPbRoeXpx7c0mSny7J2iSD&#10;rZuOwcEkW2qtf5XF5W/XjY4ebB0EAAAAAAAAwAMzKgOAeWTrirPO6dbui1Pz00ke0bpnxpXcnpp3&#10;pTP4jpE9X9zTOgcAAAAAAACAb2dUBgCNbUw65y9b9czSKa9MzdNa98yR6dT64W7tvGn93p03tI4B&#10;AAAAAAAA4F8ZlQFAIzeed96i22//2k+UlFfX5Htb9zRTc21N/vu6ydGPtE4BAAAAAAAAwKgMAObc&#10;ZcnASUOrXpiU30iytHXPvFHKZ1Lr74xMjL6/dQoAAAAAAADAQmZUBgBzaMuys36wlu6bk5zfumXe&#10;KtlSan557cTottYpAAAAAAAAAAuRURkAzIHNK85ZUbtTv1+Si1u39Ihukvd2O1O/un7PnltbxwAA&#10;AAAAAAAsJEZlADCLNiadJw6d+QtJfX2Sk1v39KA7SvKqtROjf946BAAAAAAAAGChMCoDgFmy+Yyz&#10;zy7d6UtrzRNbt/S++rGBbn3hRXt37WxdAgAAAAAAANDvOq0DAKAfbV4+/MJMT/+zQdlMKT/Y7XQ+&#10;vmX5mc9tXQIAAAAAAADQ75xUBgAz6MoVK7670x28NMlFrVv62J93Dp7wc2tu+8zXW4cAAAAAAAAA&#10;9COjMgCYIVuXr3pKt5a/TLK8dcsCcFN3YPq563fvHm8dAgAAAAAAANBvXH8JADNg09Dwq7u1XB+D&#10;srlyXmd64DNblg0/q3UIAAAAAAAAQL9xUhkAHINr8vTBA0M3/8+kvrx1ywI1VZNfWTcx+tbWIQAA&#10;AAAAAAD9wqgMAI7S1lMf85Du4v2XJXVd65YFr+T3bhgf/eWNSbd1CgAAAAAAR6cm5aplZ39P7Uyt&#10;6HY7y1O6J33j18sJSRZ/8+M6tdxZS72jlnpHpzNwRzk4/ZWLbhnbW5LaLB4A+oxRGQAchcuXnnX6&#10;YKe7OcmjW7fw/3x4X/fA8zfs3bu/dQgAAAAAAA9u6/Kzz+h2p56YTjk/tTwmqcuTDCU57ih/y68n&#10;5fOp9TNJtpXS+ez+zr03PnvPnq/NXDUALBxGZQBwhK4844zlne7AR1JzVusW/q1Ss3nxwNRzVu/Z&#10;c6B1CwAAAAAA/2rraauWdQfKj9aSZ5Tk/CTfNQcPO53kn0opWzNdtv7T3h03bnTjBQAcFqMyADgC&#10;VwydtXIg3euSLG3dwgOpH7v3+MH1z9q+fV/rEgAAAACAhezypWedvqhTf7Smbkjy5LR/ffrLJdlU&#10;O/mztXtGr3NdJgA8sNb/aANAz/jIsrNPmyrT15bkzNYtPLiaXHV8Z+qZTiwDAAAAAJhbG5POk5YN&#10;X1JLeXlSVyfptG56ALtKKe8eGJi+9MJduyZaxwDAfGNUBgCHYdN3D59Sjsv1Sc5p3cJh+7slE0uf&#10;uzrXTrUOAQAAAADod1etXPnQqUOdF6bkZUlWtu45At2kbi7dgd9eu3fHx1vHAMB8YVQGAN/BlqXn&#10;PqJ2Dl6b5NGtWzhCpbzvhvGd/2lj0m2dAgAAAADQj65aufKhU1Pl/0vKzyU5sXXPsajJFQOpG9dM&#10;jN3UugUAWjMqA4AHcc2KFUsOdAc3JVnduoWjU1PftG5i7NWtOwAAAAAA+sk1efrg/mV7/0vp5HWp&#10;OaV1zwyqSf6uU+uvr5kc+1zrGABoxagMAB5ATcqWZav+JqU8p3ULx6aU/MLa8dH/3boDAAAAAKAf&#10;bF42vCYlb0lybuuWWXQoyZv3dQ+8fsPevftbxwDAXDMqA4AHsGlo+NUleUPrDmbEdCnlWWvHd17Z&#10;OgQAAAAAoFddftpZjxwY7P5RSZ7bumUO3ZJSXj4yvvODrUMAYC4ZlQHA/di0fNUzSi1bkwy2bmHG&#10;3DE42P2PF+7aNdE6BAAAAACg12weWvnDSefPkixr3dJATcp7BgenX3Hhrl13to4BgLlgVAYA/85V&#10;K1cOTU11PpXk4a1bmHE31ePyA+tGRw+2DgEAAAAA6AXXnHLuiQeOP/j2JD/ZumUemOx2y/PW7915&#10;Q+sQAJhtndYBADCfXJYMTE2Vv4hBWb86Lwfz5tYRAAAAAAC94PKlZ51+4PiD18eg7JuWdTr177cM&#10;DfvzAKDvOakMAL7FlmXDv1ZL/lvrDmZVLd26bu3esS2tQwAAAAAA5qvNQyufmnQ+lOSRrVvmqb+Y&#10;mrrnJZfccss9rUMAYDYYlQHAfbYsPev82un+nySDrVuYZSW3dwbr960ZG/tS6xQAAAAAgPlm09Dw&#10;JSX5yyQntm6Z565Zsn/xM1ffvu3u1iEAMNNcfwkASa5ZsWJJ7XQvjUHZwlBzSp0q72idAQAAAAAw&#10;32xZPvyyknwoBmWHY/WB4w9uvWrlyoe2DgGAmWZUBgBJDnYHX5vknNYdzJ1a8yNbh868uHUHAAAA&#10;AMB8sWn5ql+uNX+QZKB1Sw95ytRU5x8/suzs01qHAMBMcv0lAAve5qVnPCadgZvilLKFaLJz8ITv&#10;XXPbZ77eOgQAAAAAoKVNy4f/U6l5TxxMclRq8rnambpw/Z49t7ZuAYCZ4AkBAAtaTUo6nT+IQdlC&#10;tWx6yT2/1joCAAAAAKClzcvOfL5B2bEpyfcNdAf//kMrVjysdQsAzARPCgBY0LYMDf9oUn6wdQft&#10;lJr/euUZZyxv3QEAAAAA0MKWobMuSKnvjteOj1lNvndJd/DSjf4sAegD/jEDYMHaNDy8OMn/aN1B&#10;c0s63c5/bx0BAAAAADDXNg0NP6qm+8Ekx7Vu6SPPfOLQ8DtaRwDAsTIqA2DBKveWlyRxQhVJLT++&#10;dWjVea0zAAAAAADmylUrVz60pH4wyUmtW/rQizYNrXp56wgAOBZGZQAsSJefdtoJSfc1rTuYN8p0&#10;ysbWEQAAAAAAc6Em5dBU511JObt1S78qKW/ZtGL4Sa07AOBoGZUBsCANDpzwkqR8T+sO5o+SrHda&#10;GQAAAACwEGxdNvzakjy3dUefW1RqLv3Gm9yB/5+9ew/T+yzo/P+5n5kkPdBybOm2yeQ0SQuVk60c&#10;BIVKD0naclgxHFYEFM/iuoKiP12JyiqiuyyCi7igrMICBUW25ATFVgSk2IKiBdpMTpO0tBRaaHpK&#10;Ms9z//6AXUtt0ySdmfs5vF7X1f/aed65nlydmef7+d5fYPAYlQEwci5ftuyYWvLa1h30HaeVAQAA&#10;AABDb/PSyafVkt9u3TESalaPjx//ptYZAHA0jMoAGDl31fGXlOTRrTvoPyW5cOPiFY9r3QEAAAAA&#10;MBcuz7PGU/OWuE48j+qPb51YdV7rCgA4Un5YAGCk1KSUmle37qBvlU6n8/OtIwAAAAAA5sLdS6//&#10;T0nOat0xYkov9U8/tGzZw1qHAMCRMCoDYKRsnVj97CSPbd1BX/sPl512xiNbRwAAAAAAzKaPLF31&#10;mNTqsZdtLF7UG9vQOgIAjoRRGQAjpdbuT7duoO8de3C8+6OtIwAAAAAAZtNYrW9Ksqh1x6gqKT/1&#10;kYnVK1p3AMDhMioDYGRsXLbslJRycesOBkCtL2+dAAAAAAAwWzZPrHh2kgtad4y4RWO1+/utIwDg&#10;cBmVATAyxurYf0iyoHUHA+Gxm5es+J7WEQAAAAAAD1ZNSjL2u607SFLKv9+yZPX3tc4AgMNhVAbA&#10;yKi1vKR1AwOkjL20dQIAAAAAwIO1ecnkeUl1E22fqKX7X1o3AMDhMCoDYCR8dPGKVUm+u3UHg6T+&#10;0AY/KwEAAAAAA6wmpZQ4payvlO/bvHTyaa0rAOCBuFAKwEjodjovaN3AwDnlyRMr/WIPAAAAAAys&#10;rROrnx03XPefmp9pnQAAD8SoDIDRUPOc1gkMnlLKv2/dAAAAAABwtGp6P9m6gfv0ok2nTS5uHQEA&#10;h2JUBsDQu/TU1Y9Kyfe07mAgXdQ6AAAAAADgaGw6ZfKkxA3XfWq8M15+qnUEAByKURkAQ29sQe+C&#10;JGOtOxhANas3LztjWesMAAAAAIAjVRaWFydZ2LqD+1Zr/bFLXLsAoI8ZlQEwCp7dOoDBVerMua0b&#10;AAAAAACOXP3p1gUc0iknTKx4VusIALg/RmUADL1S88zWDQyuXi/ntG4AAAAAADgSW5avfkKSM1p3&#10;cGi1dp7XugEA7o9RGQBD7aNLTj81yYrWHQy0Z7QOAAAAAAA4Er2Z7kWtGzgMJT+0wTV7APqUb1AA&#10;DLVup/fU1g0MtlIycdny5Y9u3QEAAAAAcLhKKWtbN/DASvLoJ0+sfFrrDgC4L0ZlAAy1knx36wYG&#10;34Hu2JNbNwAAAAAAHI4PLVv2sCRPad3B4emkXNy6AQDui1EZAEOtV+sTWjcw+IwTAQAAAIBBsag7&#10;dkGS8dYdHJ6aPKN1AwDcF6MyAIZaSZ7YuoGhcGbrAAAAAACAw9Ep5dmtGzgiT7rqrLMWtI4AgHsz&#10;KgNgaH349NNPSLK4dQdD4YzWAQAAAAAAh6MmT2rdwBE57qav3uqpKwD0HaMyAIbW+P7eytYNDI3J&#10;DX5uAgAAAAD63IZvfY752NYdHJmxTucprRsA4N5cHAVgaHVqVrRuYGgc+7RTV57WOgIAAAAA4FC+&#10;d/GKlUmOa93Bkam1fE/rBgC4N6MyAIZWSW956waGR3dhMSoDAAAAAPpab2zs8a0bOBp1VesCALg3&#10;ozIAhlbtdU5p3cDw6FSjMgAAAACgv/VqPbN1A0dlSesAALg3ozIAhlepRmXMml7tndq6AQAAAADg&#10;UDrJ4tYNHJVTrzrrrAWtIwDgnozKABhmJ7cOYHiUlEe2bgAAAAAAOJRay6NaN3BUxm7++h2elgFA&#10;XzEqA2CIlYe3LmCIlJzYOgEAAAAA4FBKqW6OHVC9bneidQMA3JNRGQBDrB7fuoAh0jMqAwAAAAD6&#10;W02MygZUSe8RrRsA4J6MygAYZkZlzJpS8pDWDQAAAAAAD+Ck1gEcnU4pC1s3AMA9GZUBMLxKjmud&#10;wPCoyVjrBgAAAACAB+Bm6wHVK1nQugEA7smoDIDhVVNaJzA8avx9AgAAAAD6W0kOtm7g6HR6TioD&#10;oL8YlQEwzHqtAxgepVajMgAAAACgr9ViVDaoauk5qQyAvmJUBsAwMypj9pTi7xMAAAAA0N9qDrRO&#10;4OjUpLZuAIB7MioDYJi5I4tZU5I7WzcAAAAAADwAo7IB1SmdW1o3AMA9GZUBMLRq8s3WDQyPWnJ7&#10;6wYAAAAAgEOrRmUDq2dUBkBfMSoDYGiVZF/rBoZIrXe0TgAAAAAAOLRyQ+sCjk7t9r7eugEA7smo&#10;DIBhdlvrAIZJubV1AQAAAADAoZXp1gUcnZksMCoDoK8YlQEwzL7aOoBhUt3hBwAAAAD0tVp7RmWD&#10;qd6VOz3+EoC+YlQGwDDb2zqA4VFr+UrrBgAAAACAQymdsrt1A0dl1/q9e+9qHQEA92RUBsDQKsXJ&#10;UsyeUrs3tm4AAAAAADiUTvX4ywH1z60DAODejMoAGFq9npPKmDX1mP3H7WgdAQAAAABwKJ3x7rWt&#10;Gzgq17QOAIB7MyoDYGiNjY19uXUDQ+Mr59x8ze2tIwAAAAAADuW8HTumEzdcD5xanFQGQN8xKgNg&#10;aD3ykSdsT3KwdQdDoOa61gkAAAAAAIel1s+2TuAI1RknlQHQd4zKABhaZ1999cGU7GzdwRAo1ZHx&#10;AAAAAMBAKJ18unUDR+Tr+/buNCoDoO8YlQEw3Gq+0DqBYdD5fOsCAAAAAIDD0av5TOsGjsjfrE+6&#10;rSMA4N6MygAYarXUK1s3MPh6tXt16wYAAAAAgMNxe2//55Lc3bqDw1U+3roAAO6LURkAQ62UclXr&#10;BgbezB31gKPHAQAAAICBsH7v3rtS66bWHRye3tjMltYNAHBfjMoAGGoHFo1dnWSmdQeDrHx+/d69&#10;d7WuAAAAAAA4XKXT+cvWDRyOeu2FO3fubl0BAPfFqAyAofbca6/dl+SzrTsYXDW9y1s3AAAAAAAc&#10;ibvKwU1JDrTu4NBq8uHWDQBwf4zKABh+tf5N6wQGV6d0PtG6AQAAAADgSDx/165vJNnauoNDqr2M&#10;vb11BADcH6MyAIZfqVe0TmBgzdxVDn6qdQQAAAAAwJGrHoHZ1+onL5q+bkfrCgC4P0ZlAAy9k056&#10;+CdK8o3WHQyiesW37+gDAAAAABgodWF5X01uat3BfaulOKUMgL5mVAbA0Dv76qsPxjHfHIWa/J/W&#10;DQAAAAAAR2Pd1NT+1PonrTu4T7ceW2acJAdAXzMqA2BUbGwdwODpZczfGwAAAABgcPXKnyQ52DqD&#10;71Rr/vScXbvubt0BAIdiVAbAaOgt2pjkQOsMBkn5h4umr9vRugIAAAAA4Gitu35qb5L3t+7gO+xb&#10;2Bv/3dYRAPBAjMoAGAlr9l5zSzzKkCNQ0/uL1g0AAAAAAA9W6XXe0rqBeyj5n+de/+Wvt84AgAdi&#10;VAbAyKjJn7duYGDM5EB5X+sIAAAAAIAHa83e6z6bUt/buoMkyb4FM+O/0zoCAA6HURkAI+P2ExZt&#10;TfK11h30v1LzsXU3Tt3cugMAAAAAYDbUmfLLSe5s3THqaurbnFIGwKAwKgNgZKy/5poDpZS3t+6g&#10;/9VO762tGwAAAAAAZsu666f2lsRjMNv66sLugje2jgCAw2VUBsBI6fQ6/yPJwdYd9LWdV+7esaV1&#10;BAAAAADAbFp016LXJ7mhdceoKqX8jFPKABgkRmUAjJTz91x7Q2q9tHUH/avUvGND0mvdAQAAAAAw&#10;m865+ZrbS/IrrTtGU924Zve2v2xdAQBHwqgMgJHT6eS/tm6gb+1LXfTHrSMAAAAAAObCmumpv0jy&#10;ntYdI+bWUhb+eOsIADhSRmUAjJwLdm//dFIva91B/6mpb1uz95pbWncAAAAAAMyVbg68Ksne1h0j&#10;o+bX1+z+0ldaZwDAkSqtAwCghU1LJs8vJVtbd9BXDtRuVq67fsqHKQAAHJUPn376CccfOHDc3d0F&#10;xyfJwlruvmNs/53P37XrG63bAADgnjZNrHx6SfnbJGOtW4Zbfdfa6e2vaF0BAEfDqAyAkbV5YvLT&#10;SZ7WuoP+UGveum7P1KtadwAA0J82JJ2zJ1YvGyuuIRNlAAAgAElEQVQzZ5SUx6SW02vqGUlZleS4&#10;JCc+wJe4IyV3pmZnUr6U1C+n1Gs7ZexLj3zkCdvPvvrqg3P/pwAAgH+1ZWLyDTV5beuOIXbNMXct&#10;euo5N19ze+sQADgaRmUAjKwti1c/uXZ6n4nvhyS3zcx0Vl58w3Vfax0CAEB/2DQ5uahzoPN9Se/c&#10;mjwjyZPyrfHYXJhJ8k8luayXfCoL87frpqZum6PXAgCAJElNypalK9+TWl7cumUIfb031j3rwp07&#10;d7cOAYCj5SI6ACNt88Tk+5Osb91BWyX5rTXTU69r3QEAQFubJicX5UAuLrW8pJR6Tk0e1ijlziSf&#10;LLW8r7eo/qWBGQAAc+WSxYuPPaFzzMfjqR6zqdtJWXvB9LaPtQ4BgAfDqAyAkfbRxStWdTudf0my&#10;sHULrdSv1IXlDBfqAABG0+V51vhdE3vXluSlSS5KcmzrpnvpJvXymvxFd+auD158ww13tg4CAGC4&#10;fHTJ6ad2S/czSZa0bhkGJeW1a6a3vbF1BwA8WEZlAIy8LROTv1mT32jdQRsleeGa6alLWncAADC/&#10;Nk1OLioHysuT+pokk617DtONSf6wLswfuSkCAIDZtHnx8senM/Z3SU5s3TLIPBUDgGFiVAbAyPv2&#10;8d7/kmRF6xbmWcmWtbun1rbOAABg/nxkYuLhY1n4H5P8bJJHte45Snck9Z0zvbE3Xrz3uutbxwAA&#10;MBw2Llv1xE6vbk1ycuuWgVTr69fu2f6fW2cAwGwxKgOAJJuXrnx+avmr1h3Mq7s7nc6TLth13Zdb&#10;hwAAMPe+dTJZ/lOSV2dwx2T3dkdqedv4gu7rz9ux45utYwAAGHybl59+errdy5Isbt0ySGrqG9dN&#10;b39t6w4AmE1GZQDwbZsnVr0rqS9r3cH8KCm/sGZ625tbdwAAMPc2TUy+oCRvyvBeGLu1pPzmZ6a3&#10;vWVD0msdAwDAYNt42orVpdP5WCmZaN0yEGr5gzV7tv1ySWrrFACYTUZlAPBtH1ux4qEHD3a+4Bfl&#10;EVDyt1funvqBDS64AQAMtc3LzlhWezNvKclFrVvmyVWpvZ9Zu2fHP7QOAQBgsG1cvnxppzu2JckZ&#10;rVv62MGa+rPrprf/z9YhADAXOq0DAKBfnLdjxzfTqT8VdxMNu31j3d6PbzAoAwAYapuXrHp5ejP/&#10;NEKDsiQ5O6XzyU1LVv7aBp/7AQDwIFy4c+fuzv7jzk5ySeuWPvXVlDzToAyAYeakMgC4l80TkxuS&#10;vK5xBnOkJj+0bnrqg607AACYGx+ZmHj4WF30zpT6/NYtLZXkEwd7nZdcvPe661u3AAAwuGpSti5d&#10;9eu11g1x40KSpCbbeqU896Ld277UugUA5pJv/ABwL1dOT/1Wkq2tO5gT7zAoAwAYXpuWTT51LAs/&#10;P+qDsiSpyfePd3r/uHnpinWtWwAAGFwlqWt2b/vtUspzktzSuqexWkreNrb/uCcZlAEwCpxUBgD3&#10;YeOyZad0euNXJTmtdQuzoyT/WPYf94wLbvrCHa1bAACYfVsmJl9ak7cnObZ1S5/p1lpft27P9v/S&#10;OgQAgMH2kYmJh49l0RuS+hOtWxqY6pT6sgt2b/906xAAmC9GZQBwP7YsX/2E2u19KsnxrVt40PaW&#10;suDJa3Z/6SutQwAAmH1bJibfUJPXtu7oc39x0kkP/bGzr776YOsQAAAG25aJyfU1eUuSk1u3zJP3&#10;dHPgVRdNT9/aOgQA5pNRGQAcwuYlq16cUt8T3zMH2f6kd+7a6R2fbB0CAMDs2pB0nrp08q215qdb&#10;twyCmnykO3PnCy++4YY7W7cAADDYLj119aMWjPV+r5a8LMlY6545clWpnV9cs+e6v2sdAgAtuEAO&#10;AA9g88Tk65JsaN3BUekmefHa6akPtA4BAGB2Xb5s2TH76/h7a83zWrcMmM/OzHQuvPiG677WOgQA&#10;gMG3cfnypZ3u+P+X1Fcm6bTumSXba/Kf1k1PXdo6BABaMioDgMPgcToDqSb5kbXTU+9uHQIAwOy6&#10;JBl7yMTk+0vyg61bBlEpuXLRnYvOPefma25v3QIAwHDYunTl9/ZSfic1z2zd8iBcn+StMzN3/qHT&#10;fQHAqAwADktNytaJyXfV5Edat3B4Ss2vrdkz9TutOwAAmF0bks5TJib/PMl/aN0y0GquOGZsZu05&#10;u3bd3ToFAIDhsfG0Fas7Y+Vnk/KjSR7Suucw1Jps7KTz5s9MX/c3G5Je6yAA6BdGZQBwmGpSNk+s&#10;/B8l5adat/AAal69ds/Uf2udAQDA7Nu0ZPItpeTnWncMif9zzPTiHzwnV8y0DgEAYLhsOmXypLIw&#10;r0zyY0lWtu65D7ek5kOdUt92wfT2q1vHAEA/MioDgCNgWDYADMoARs6myclFY7U+tOyvD62dcmLN&#10;2MPv69+rnd5Mp1f3JUnK+C3dBd2vr5uaum1eY4EHZdPE5GtL8obWHcOkJH9+wfTUy8u3Hh8PAACz&#10;buvS05fX2ntOTe+ipDwryXibkvqVJB9I6geunN7x6Q1OJQOAQzIqA4AjdEkydsLE5J8leWnrFr5D&#10;raX+8rrd2/+gdQgAs2vT5OSiHMxjU+vjSsqKpCxL6pIkE0mWJFn0IL78wSRfT3JLku01dUeS7Z3S&#10;2TFTy5cunL5up6EF9IdNS1euLbV8JEmndcuwKaW+as3u7W9t3QEAwPD72IoVEzMHx36gpH5fLfXp&#10;STl9Dl/ulpR8ttR8ttZ8et+Jiy5ff801B+bw9QBgqBiVAcBRqEnZMjH5uiSva91CkuTuWuuL1+3Z&#10;/tetQwB4cDZNTp7YOVjPSu18T009qySPq8mqNLuLOfuS/HNN/UKSz43V/P3f79n+xQ3uZoZ5tWnJ&#10;5MpOyVU1eVjrliE1U2rnB9bsue7vWocAADBatq5ceXJvJk9PLWekZmVKVtSalaVkcQ7vhpKDSb0+&#10;pewuNbuT7Eop16bb++yavdun5jgfAIaaURkAPAhbJlb9ck19Q3xPbem21Kxfu2dqa+sQAI7clsVn&#10;PiKd/eem5oJa8r1JVqfPTyEqyTdqyqdr7X261s5ld+zddtX6pNu6C4bVJYsXH3vC2LGfSa2Pb90y&#10;5G7sdWaedOGuXTe2DgEAgEvOPHPhcfv2Hb9gZsFDumNl4Vip/+8Gk5lePVA743d0ur0Dt18/9RW/&#10;kwPA3HABHAAepM0Tkz+U5M+SHN+6ZQRN1eS566anvtg6BIDDt3nx8sfXztjzSrImyZOTjLVuepC+&#10;XpLLUsvWsrC38YLt27/aOgiGyeaJVW9P6k+07hgRl++bnjrPRTkAAAAAjMoAYBZsXLzicZ1O56+T&#10;rGjdMjrqZaV3zAvX7L3mltYlABza5XnW+P6JG55V0704Kc9PsqR10xz7YpIPlF59t0dtwIOzZemq&#10;C2utH2ndMUpKyi+smd725tYdAAAAALRlVAYAs2TL4jMfUTv7/yzJc1q3DLlaS3739t1Tv+EEBYD+&#10;9rEVKyZmumM/klpflmSydU8D3aReXkrnzxaVg391zq5dd7cOgkFy+UlnPuTuY/d/McM/RO03d6Yz&#10;fubaXV/e1ToEAAAAgHaMygBgFtWkbJlY9aqkvjHJotY9Q+iWmrx83fTUpa1DALhvmyYnF5UD+aGk&#10;vDyp5yTptG7qByX5Ri353zV5x7rdU59v3QODYMvE5Btq8trWHaOoJn+5bnrqBa07AAAAAGjHqAwA&#10;5sDGZaue2OnVP0/yuNYtQ+QDC8a6rzp3586bWocA8G9tPXXlkt54XpOUlyV5aOuePve5mvrmk096&#10;2HvPvvrqg61joB9tmph8bEk+n2Rh65ZRVUq5aM3ubRtbdwAAAADQhlEZAMyRy/Os8bsm9r66JL8Z&#10;p5Y9GLtT85Nr90xtbR0CwL/10cUrVvU6nV+qyUuTHNO6Z8BMlVLffFt3/zvX7917V+sY6CebJya3&#10;Jjm/dceI+/K+ExY9Yf011xxoHQIAAADA/DMqA4A5tmnp5JNKL/8jJU9t3TJgapJ33t2Z+aXn79r1&#10;jdYxAHynjctWPbH06m+X5ML43fLB+nqSt3Zz4M0XTU/f2joGWtsysfrcmt7HWneQ1JqfWbdn6m2t&#10;OwAAAACYfz74B4B5UJOydWLyh2vyhiSntu4ZAJ8vpb56ze7tl7cOAeA7bVy+fOnYzNhv1JIfSTLe&#10;umfIfL3U/Lfb6t1vcnIZo2zzksnLU/Ks1h0ktWb69hMXrXJaGQAAAMDoMSoDgHl0+UlnPmT/sft/&#10;qSa/mOQhrXv60I5Syn/+zO5t79uQ9FrHAPCvtq5ceXLvYOe3k/qKJAta9wy5r5WU1982ve2t65Nu&#10;6xiYT5snVjwj6fxd6w7uoZZXrN2z7V2tMwAAAACYX0ZlANDAxmXLThmr479Ra14ZF+aT5Ks19fW3&#10;n3DM252CANBfrjrrrAVf+9o3f6LWbEjyqNY9o6SUXNkr+YV1u6Y+07oF5suWJZObasna1h18h6l9&#10;01NnGLkCAAAAjBajMgBoaPOyM5bV7syrS8mPJTm2dc/8q18ppfO2/cd0/vtzr712X+saAL7TlsWr&#10;n1w7vXckeVzrlhHWS8o7Sm/hr67Ze80trWNgLm1cvOJxnU7nn+Lzqv5Tyg+u3b3tr1pnAAAAADB/&#10;fEgHAH1g68qVJ9eD5Wdr8sokp7bumWsl+USSP3rUSQ/90NlXX32wdQ8A32nT5OSJ5UD5/aT+ePze&#10;2BdK8o2kbPBITIbZ5qWTf5San2ndwX2pl62d3n5e6woAAAAA5o+LAwDQRy7Ps8b3L9l7YS31x5Oy&#10;JslY66ZZdHtS39Pr1T+6cO+Of24dA8B927hk1fd3Sv3TJCtbt3CfPjrT6/zoxXuvu751CMymTZOT&#10;i8qB3JDkEa1buE+9zkxddsEN2/e0DgEAAABgfhiVAUCfumz58kcf6HbWl5QXJ3lqBvP79l2pdXPS&#10;+eCB4zof8YhLgP516amnHjc+fvybnE42EPYl9TVrp7f/SesQmC1blq76wVrrB1t3cEi/unZ66g2t&#10;IwAAAACYHy4UAMAA+NiKFRPdbnlOr5bnlOSZSRa2bjqEO5NsLMkHy/7jNl5w0xfuaB0EwKFtPG3F&#10;6s5Y5z1Jzm7dwuEryfvHxns/ed6OHd9s3QIP1uaJyf+T5OLWHdy/knxpzfTUY1t3AAAAADA/jMoA&#10;YMB8+PTTT1h4Z/d7U/K0mnxvSZ6S5MR2RfUrpZQrezWfSS+f6fbu/IeLb7jhznY9AByJzROTP5zk&#10;j5Mc37qFozJVxjovWLPzun9qHQJH67LTznjkwbGZG9LfN06QpJZ897rdU59v3QEAAADA3DMqA4AB&#10;tyHpPGX56atqr3t2p+bsXnJmSV2VlIkknVl8qTtTylR6valaMpWaz9Xx3mcu3Llz9yy+BgDz5FuP&#10;uzzuj5O8tHULD9r+kvLaNdPb3tw6BI7GlqWrXlJrfU/rDh5YTV63bnrqt1p3AAAAADD3jMoAYEht&#10;mpxclANZWTo5udRyampOSslJqXW8pjy81DpeS064539Tkl5N+WZJvbUm3ywlN9eSqZmZzraL9153&#10;fas/CwCz69LFq08b7/Q+kORprVuYTfXtx0wv+blzcsVM6xI4EluWTL6zlvxo6w4eWEk+sWZ66pmt&#10;OwAAAACYe0ZlAAAAI2TL0snvrrV+JCn/rnULs68mH1sw3vuh83bs+GbrFjhcm5ZM7i4lE607OCwH&#10;OvuPe8QFN33hjtYhAAAAAMyt2XwkFgAAAH1sy8Tk+lrzKYOy4VWS82ZmOldvXn766a1b4HB8ZGL1&#10;CoOygbKwt/DOZ7SOAAAAAGDuGZUBAACMgC1LJ19Zk/ckOaZ1C3NuZbrdKzYuW/XE1iHwQDrpPrt1&#10;A0eoVO8ZAAAAwAgwKgMAABhymycmf6XW/M8k461bmDenjPXq5ZsnVjhRiL5WkrNaN3CkytmtCwAA&#10;AACYe0ZlAAAAQ6omZfOSVb+f5HdbtzD/avKwpPPxTROTL2jdAvenpDymdQNHzHsGAAAAMAKMygAA&#10;AIZQTcqWJavemFJf07qFphaW5H9vWbrqB1uHwH3pJae3buCInfKhZcse1joCAAAAgLllVAYAADCE&#10;tiyd/AODMr5tQa31vZuWrHxe6xC4pw8tW/awkjy6dQdH7phuZ1XrBgAAAADmllEZAADAkNkyMfmm&#10;1Pxi6w76yoJSygc3L1n5otYh8H8tnFnglLIBVUrnjNYNAAAAAMwtozIAAIAhsmXpylfX5Bdad9CX&#10;xlLKuzYtmTy/dQgkydhYVrZu4OjUeO8AAAAAhp1RGQAAwJDYtHTyR2stv9+6g762qJR8cNPSySe1&#10;DoGk94jWBRyt4r0DAAAAGHJGZQAAAENg85LJ55SaP0lSWrfQ904oNR/deNqK1a1DGG21loe0buBo&#10;9U5oXQAAAADA3DIqAwAAGHCbJiYfW0r+V5Kx1i0MjEeNjXX+esviM502RDO1xDBpQNUU7x0AAADA&#10;kDMqAwAAGGBbV648uSQfqcnDWrcwWGrymNrZ/95LjBFppFTDpEFVYhAIAAAAMOyMygAAAAbUJWee&#10;ubB3oHw4yfLWLQys8x+yZPL3WkcwqjxCcWDVnNg6AQAAAIC5ZVQGAAAwoE7ct//3UvLU1h0MtlLy&#10;6k1LVr6wdQejqCxoXcBRKvHeAQAAAAw5ozIAAIABtGnJyufV5D+27mA4lFL+ZONpK1a37mC01NR9&#10;rRs4are1DgAAAABgbhmVAQAADJitS09fXkp5V5LSuoWhcWJnrPO/LznzzIWtQxgdJTEqG1zeOwAA&#10;AIAhZ1QGAAAwQK4666wFvdq9JMlDW7cwdM56yL6739g6gtFRSscwaXB57wAAAACGnFEZAADAAPnq&#10;zd/81SRnt+5gOJWUn980MXlx6w5GQ696/OWgKsXjLwEAAACGnVEZAADAgNi4bNUTS/JrrTsYaqUk&#10;f/yhZcse1jqE4VeK064GlUEgAAAAwPAzKgMAABgAV5111oJOt74rycLWLQy9U4/pjf9+6wiGX6md&#10;3a0bODqlFu8dAAAAwJAzKgMAABgAX735m7+akie07mBkvHLL4pVrWkcw3Hrd3pdbN3B0aqd67wAA&#10;AACGnFEZAABAn9s0MflYj71kvvVKefuHTz/9hNYdDK+1109dn+T21h0cuW537NrWDQAAAADMLaMy&#10;AACAPleSt8RjL5lnpWRiwd3dX2ndwfAqSS3JVOsOjtgdF+297obWEQAAAADMLaMyAACAPrZ5yaoX&#10;J/mB1h2MplLzms3LTz+9dQfDq5biMYqD59qS1NYRAAAAAMwtozIAAIA+demppx6XUt/YuoORtjDd&#10;3n9rHcHwqr3ev7Ru4MiUxHsGAAAAMAKMygAAAPrUgrHjfiHJ4tYdjLq6bvPSFetaVzCkxsrHWydw&#10;ZHqp3jMAAACAEWBUBgAA0IcuPXX1o2rJL7fugCRJr/M7NSmtMxg+x+5afFWS21p3cPjG6/hlrRsA&#10;AAAAmHtGZQAAAH1ofKy+NslDW3dAkqTkCVuWrHpR6wyGzzm5YqYmn2jdweGq156/59obWlcAAAAA&#10;MPeMygAAAPrM1pUrT06pP926A+6plvqbl+dZ4607GEoepzgoiseVAgAAAIwKozIAAIA+0zuY1yQ5&#10;vnUH3FNJVu2f2Pvi1h0Mn9Lr/k3rBg6XURkAAADAqDAqAwAA6CNbFp/5iKT8VOsOuC81+ZWalNYd&#10;DJe1e3d+IaV8oXUHh1aSbxxTDm5q3QEAAADA/DAqAwAA6CdjB342yQmtM+B+PHbLksmLW0cwlN7d&#10;OoAH9IFzdu26u3UEAAAAAPPDqAwAAKBPXL5s2TG11p9r3QGHUkpe3bqB4TPW67wnSbd1B4dQO3/R&#10;OgEAAACA+WNUBgAA0Cfu7i54UZKTW3fAodTk+zcuXvWU1h0Ml/P3XHtDko+37uB+7bhgz3WfbB0B&#10;AAAAwPwxKgMAAOgXxSllDIZOp/5s6waGT019T+sG7lsp5b0lqa07AAAAAJg/RmUAAAB9YPPSyacl&#10;Oat1BxymF246ZfKk1hEMl5NPeth7k7qrdQf/xp1lvPeHrSMAAAAAmF9GZQAAAH2gJj/eugGOwMLO&#10;wvKS1hEMl7OvvvpgreWNrTu4l5K3X7B9+1dbZwAAAAAwv4zKAAAAGvvQsmUPKzUvat0BR6KX+srW&#10;DQyhRfnTJNe3zuD/uatXZgz9AAAAAEaQURkAAEBjx/TG1ic5tnUHHImSfNeWpZPf3bqD4bJuamp/&#10;Sfn91h18S61554W7dt3YugMAAACA+WdUBgAA0FotL26dAEejJj/cuoHhU/Yf+46a3NS6g9xdxsb/&#10;a+sIAAAAANowKgMAAGjoo0tOPzUl39+6A45KzfoNPltgll1w0xfuKLX+QuuOkVfKf1m768u7WmcA&#10;AAAA0IYPfgEAABrqdbrPj9/NGFynPW3pyqe2jmD4rN2z/X0p2dK6Y4R9ed9DFr6xdQQAAAAA7Yy3&#10;DgAAABhltZcXpLSugKPXS3lBkk+37mD4jHV7P9/tdP45yaLWLaOmpPOq9ddcc6B1B3D/Ll28+rQF&#10;6T4unc7pNVlZaj2+lpzw//6FUrql1t21ZFsn9UvdBeXqdVNT+xsmAwAAMGBcugAAAGjkQ8uWPeyY&#10;3vjNccMPg23n2umpFa0jGE5blq56fa3111p3jJKSvH/N9NSLWncA32lD0nnqxOofqOm+IKWck5rV&#10;R/gl7k7JlanZ2k3n/RdNX7djLjoBAAAYHkZlAAAAjWxasvKFpZT3te6AB6vT6Tzmgl3Xfbl1B8Nn&#10;66Mff3xddOc/1OQxrVtGQsnNM93Oky7ee931rVOAb9l0yuRJnYX5uZq8IsmSWfqyNTVX1k7eeuzu&#10;xe8/J1fMzNLXBQAAYIh0WgcAAACMqlKypnUDzIZer57fuoHhdMFNX7ij0+s9N8ltrVtGQDcl6w3K&#10;oD9ctnz5ozctmXxLWZhdNfmNzN6gLElKSp5aat5998TeL29esurlG1wrAAAA4F78oggAANBATUpS&#10;jMoYCjX1vNYNDK/z9+7YVmv9idYdw64mv7V219QVrTtg1F111lkLNi1d+ZqD3bHrSsnPJTlujl9y&#10;ZUr9s6dMTP79xiUrzp7j1wIAAGCAePwlAABAA5smJh9bkmtad8Asue2kkx76qLOvvvpg6xCG1+aJ&#10;VW9PjMvmyEevnJ5auyHptQ6BUbZ1ycrv6pXy/iSPbZRQk/qWfScc80vrr7nmQKMGAAAA+oSTygAA&#10;ABooqc9o3QCz6MSv3bTvSa0jGG6d/cf+YpLPte4YQnvG6tgrNhiUQVOblqx8Xq+UT6XdoCz51km6&#10;P3/ivv0fu2z58kc37AAAAKAPGJUBAAA0UYzKGCq19J7euoHhdsFNX7hjQXf8/CRfbN0yRG6sNeec&#10;v+faG1qHwCjbPDG5oZTyV0lObN2SJDX5/oPdsc9tXrz88a1bAAAAaMeoDAAAoA0DHIZLydNaJzD8&#10;zr3+y1+f6XXOT7K7dcugK8k30utesG7P1PbWLTDKNi9d9etJXpektG65l1PTGfvYponJlienAQAA&#10;0JBRGQAAwDzbunLlyUlWtO6A2VRrntK6gdFw8d7rrh/r9c5L8tXWLQPs7trJ89fu3fmF1iEwyjYt&#10;WflrqfW3W3ccwsklufyji1esah0CAADA/DMqAwAAmGe9A+VJrRtgtpWSiS1LH/PvWncwGs7fu2Nb&#10;Sp6X5NbWLQNof01eunbX1BWtQ2CUbVm66iWllH4elP1fJ3c7nQ9dftKZD2kdAgAAwPwyKgMAAJhn&#10;teSJrRtgLvR6Bx/XuoHRsXb31N930zm7JttatwyMkpt7vfLMddNTH2ydAqNsy/LVT6i1vjP998jL&#10;+3Pm3cfuf08dnF4AAABmgVEZAADAPCulPqF1A8yFkpzZuoHRctH0dTsWjnW/L8nVrVsGwFTp1u+9&#10;cO+2K1uHwCi76qyzFtSZ3v9KckzrliP0nK1LJ3+sdQQAAADzx6gMAABgvtXy+NYJMBdKyWNaNzB6&#10;zt2586a7OzPnpuaK1i197Ivj471nr9m7fap1CIy6m2/+5mtSMpA3GNSa//rRJaef2roDAACA+WFU&#10;BgAAMI8uScaSrG7dAXOhJt/VuoHR9Pxdu76xb8/UuUl+M0m3dU9/qX94TGfmrPN27JhuXQKj7tLF&#10;q09L8qutOx6EE3vp/nbrCAAAAOaHURkAAMA8euipK09NsqB1B8yRla0DGF3rk+7a6akN6eTcpH6l&#10;dU8fuD3JS9dOb/+P5+zadXfrGCAZ63R/PckJrTsejFryiq1LVhqRAwAAjACjMgAAgHnU7ZQVrRtg&#10;Dp106amnHtc6gtG2dtfUFfVAeUJKtrRuaaUk/9jr9s5aOz317tYtwLdcunj1aSXlFa07ZkHplfLa&#10;1hEAAADMPaMyAACAeVRKWd66AeZQGV90wpLWEbDuxqmbj9m9+OLU/GKSfa175tHBkvzewZk7n37h&#10;9Tuuax0D/Kux0v3JJItad8ySF25ctuyU1hEAAADMLaMyAACAeVRLnWjdAHOpdKtRGX3hnFwxs3bP&#10;1JtKb9GypPxJktq6aW6VTbXmMWump37l4htuuLN1DfCvNiSdUsrLW3fMogWljv1w6wgAAADmllEZ&#10;AADAPCo1J7dugLlUa13cugHuac3ea25ZO73tJ2vNmpQM4+ldNyZ56ZrpbRet2zO1vXUM8G89dcnq&#10;pycZqtF1qeVFrRsAAACYW0ZlAAAA86kYlTHcSqf3yNYNcF/W7Zn66JW7px5Tk+ck5R9a9zxoJdfV&#10;1JftO2HR0rXTU+8uQ38SGwyu2uk9r3XDHDjr0sWrT2sdAQAAwNwZbx0AAAAwYh7VOgDmVufhrQvg&#10;/mxIepmeujTJpZsnVjwjGduQ1Gc3zjpSn6vJhs/untq4Iem1jgEOQ805rRPmwthY71lJ3tO6AwAA&#10;gLlhVAYAADC/jMoYajXVqIyBsHZ6xyeTnLt5YsWzk87Lkjw/yUMaZ92fA0k2p5Q/37d724fXJ93W&#10;QcDh2TQ5eWIO5PGtO+ZErc+IURkAAMDQMrUBpB0AACAASURBVCoDAACYXye2DoC5ZVTGYFk7vePj&#10;ST6+aXJyUQ7k/JK8NMlzkyxsnNatyeakfiALy1+vm5q6rXEPcDRm8tgkY60z5kJJ57taNwAAADB3&#10;jMoAAADmUU2OKa0jYC7V0q8nPcEhrZua2p/k0iSXXrZ8+aMPznTOScmzkvLMJGfMR0Otme6UXJFa&#10;rqhjY5ev2/XlXfPxusAc6tXVyZD+9Ffq6a0TAAAAmDtGZQAAAPOoJMe0boC5VKrPGhh85+7ceVOS&#10;9337n2xctuyUTnfsWaWUJ9bkjJQ8JjUrcvSfrfWS7E7JtUm+lF75QqfT+dsLpq/dOTt/AqBv1CwZ&#10;1k1Zak66ZPHiY9fv3XtX6xQAAABmnw96AQAA5texrQNgLtVSF7RugNl24a5dN+YeI7Mkueqssxbc&#10;+LXbJsd6dVVSj0vJiaXkhKRzXGo9PklqcndJubOm941ayh0l9c5e6ey8Y+aua40wYDR0Sjmhto6Y&#10;Q49YsODEJP5/BgAAMISMygAAAOaXwQ3DrRafNTASzr766oNJvvTtfwDuU6/m+DKsJ5UlmTnYOSHJ&#10;Ta07AAAAmH2d1gEAAAAjpts6AOZUqWOtEwCgX5RShvmgspSxcT/bAgAADCmjMgAAgPk10zoA5lbn&#10;QOsCAOgXtdR9rRvm0oGDw/3nAwAAGGVGZQAAAPPLaQ4MtZp6V+sGAOgbNbe1TphDdey4nlEZAADA&#10;kDIqAwAAmF9OKmOoleTu1g0A0Ee2tw6YQ9evm5ra3zoCAACAuWFUBgAAML+c5sCwc1IZAHxb6XWv&#10;a90wd8q1rQsAAACYO0ZlAAAA8+vW1gEwp4b7MV8AcET25eC2JAdad8yN3jWtCwAAAJg7RmUAAADz&#10;qBiVMexKbm6dAAD9Yv3evXel5O9bd8yFWnN56wYAAADmjlEZAADAPKpGZQy7alQGAPdUe/UTrRvm&#10;QG9hb8HftY4AAABg7hiVAQAAzKNS8/XWDTCXSsnXWjcAQD+pY52/at0wB/723Ou/7OdaAACAIWZU&#10;BgAAMI9qyZ7WDTCXaidfbd0AAP3kwl3b/jHJP7fumE215N2tGwAAAJhbRmUAAADzqJZMt26AudQr&#10;3Z2tGwCg35SUYRph3bm/zAzj6WsAAADcg1EZAADAPOrUjlEZw+zAHTt37m0dAQD9Zv+xnbclubV1&#10;x6woefvzd+36RusMAAAA5pZRGQAAwDyqY8XjLxlme9Yn3dYRANBvnnvttfuS/HHrjlmwv9fpvrl1&#10;BAAAAHPPqAwAAGAe7TtufGeSg607YC7UZEfrBgDoV6W36A9ScnPrjgel5I8u3Llzd+sMAAAA5p5R&#10;GQAAwDxaf801B5Jsa90Bc6N+sXUBAPSrNXuvuSXJr7bueBBu7NYDr28dAQAAwPwwKgMAAJh/17QO&#10;gLlQSvnn1g0A0M+u3D31Zyn529YdR6PW+tMXTU/f2roDAACA+WFUBgAAMP+c5sRQKt2OURkAHMKG&#10;pFdn8sNJvt665Qi9Y92e7X/dOgIAAID5Y1QGAAAwz5zmxJDqHuzd/i+tIwCg3627fmpvKeVlSbqt&#10;Ww7T5/f17v751hEAAADML6MyAACAedabqVe2boA5cO3FN9xwZ+sIABgEa3Zv25jk5Ulq45QH8sWZ&#10;mc756/fuvat1CAAAAPPLqAwAAGCerbt+am+tmW7dAbOrfLJ1AQAMkrXTU+9O8mutO+5PTbaNj/fW&#10;XnzDdV9r3QIAAMD8MyoDAABooFPy960bYDbV9D7VugEABs3a6anfLbX8dPrvUZifr52Z7z9vxw43&#10;QgAAAIwoozIAAIAGas1nWzfAbBrvVUNJADgKa/Zs++OaPD/Jra1bkiQ179zXu/vpF+7adWPrFAAA&#10;ANoxKgMAAGigdnJ56waYRTeev3fHttYRADCo1k1PXTo+3ntikpYnf96ZWl6xds/UK9fv3XtXww4A&#10;AAD6gFEZAABAA2t3T/1jUr/SugNmR9naugAABt15O3ZM75ueemat+Zkkt8zjS9ea/OVYr/fEtXu2&#10;vWseXxcAAIA+ZlQGAADQQElqUj7eugNmRe1taZ0AAMNgfdJdt2fqbTMzndNL8t+T3DHHL/mplDx9&#10;3fTUC5w6CgAAwD2V1gEAAACjatPEyh8pKf+rdQc8SN1uDpx00fT0ra1DAGDYbDpl8qQsqK9KystK&#10;ycQsfdk7kvqBpL5z7fSOT87S1wQAAGDIGJUBAAA08tElp5/aLd09cYo0A638w9rpbU9uXQEAw2xD&#10;0vmeJaue0Sm9H0zKOUm+K0fw+X6tmS4ln6mpl2Vhef+6qanb5iwWAACAoWBUBgAA0NDmiZWfSMr3&#10;te6Ao1WTX1k3PfV7rTsAYJRceurqR40t6D6+0+usrp26OjUnJHlokpSafTXlllrq9aXU3WO98SvP&#10;33PtDf8/e/ceZfdZ0Pv/8+w9SdrSG9CAts0kTSYtGMDDr0XKQbCB0kxSKodbQQ5FPSIcBT2Koh48&#10;aODoD0FULp4fAkcRBSnlCPaUJilFUuQmtQUUSkkyucwkDbS0pTfaXGb28/ujoJY2bW6TZ/bs12ut&#10;rNXVNd3fd/7ozJ69P/v5Nk4GAACgzwy1DgAAABhsnf+TVKMy+lXtlu4lrSMAYNBcsHPjzUk+9b0/&#10;AAAAcNi5xQoAAEBDk73yt0l6rTvg4JRrVoxv2Nq6AgAAAACAw8uoDAAAoKELdmy8ITVXt+6Ag1M/&#10;2roAAAAAAIDDz+0vAQAA2vvrJGe3joAD1Ot1pz7UOgIAAABgUF25ePEJe/ZkeKhT5iZJL/XEkqGS&#10;JClTU72U27rp3ra33nPb+RMTt5WkNg0G+kppHQAAADDo1s9fduyuo3d/M8mxrVtgf5WataPbx1a1&#10;7gAAAACYzWpSLl+49DFDvZydUp+QkkWpWVSThUkefoCP9s2k8/UkXy81X+/Ven0n8746uuO6W6ej&#10;HehvRmUAAAAzwJqFI39Ran62dQfsr1LKC0bHN/1t6w4AAACA2WR10nnKwiVnT/WyvJQ8JSlPSfKI&#10;abxkryT/UkvWd2r51K6jO59+zoYNd07j9YA+YVQGAAAwA6wZXvLUkvLZ1h2wn26687h5Cy687ro9&#10;rUMAAAAA+t3qpHP2gtOfWsvUC5Ly/CSnNMyZTHJ1Uj7cmdO7eMXmzTc1bAEaMioD+tbHFi068ejJ&#10;7klJ9xG97tQjSy3HJkkn5Z6asqvX6d3V7dW9mcxNt+/cvPPCZKp1MwDAvtSkrBse+WqSZa1b4CHV&#10;8taV2ze9tnUGAAAAQD/7+PDpi4fS+6WaXJjk5NY9D2Cy1FzZ6+SD3V3H/N2KG//lu62DgCPHqAyY&#10;0a4588w5t9x02xlTybJOp/P42suPpNTHJzktSfcAHmpvku1JxpM6XmvGuqVz9a6jO//o+FYAYKZY&#10;Ozzy0iR/3boDHsKebu2edt72DTtbhwAAAAD0oyuGl5zZS/mNJM/Pgb3n2dIdSf5XZ059m9PLYDAY&#10;lQEzyuqkc/bCkf+QWs6tqc9I8rQkx0zjJadSynUl9XOp+UJ68y4f3XHdrdN4PQCAfVqfc4Z2De8Y&#10;S7KwdQs8iA+snBi7qHUEAAAAQL9Zu2BkRUp+M8ny1i2H4O6a+t5MlbeuumFsR+sYYPoYlQHNXXPm&#10;mXO+fdPtK1Py0iTPSPLIhjl7avKJlFx89N3zLl3+7evuatgCAAygdcNL/1tNfVvrDtiXUnLm6PjY&#10;l1p3AAAAAPSLKxYsedxUKX9ckme1bjmM9qTkf5epea93aAfMTkZlQDPrhkeW1ZL/Umv+c0ke3brn&#10;Adyd5OMlnfeumNj49yWprYMAgNnv0jPOOG7uPVPjSR7eugXup+TTK8fHzmmdAQAAANAPrly8eHhy&#10;svPWJC/ILN1nlOS2pKy+Y2LTn16YTLXuAQ6fWflNC5i5ViedsxcufW6t9TeS/Fjrnv1Vk691St4+&#10;r0x+YPm2bbta9wAAs9u64ZE31OR3WnfAD+qU+tQV45s/37oDAAAAYCZbnXR+bHjkl0uyOskJjXOO&#10;lM/3OuVV52/b9JXWIcDhYVQGHBGrk87ZwyMv6CWvL8njWvcctJJvl5T3DE12/+TcG75xS+scAGB2&#10;+uRppz1671R3a5KjW7fA95XkH0Ynxn6idQcAAADATLZu4WN/uNY9f5WUc1u3NDBVkt+/Y2LsjU4t&#10;g/5nVAZMu3XDIxfW5HeT/EjrlsPo1pq6+uiJBe9anqsmW8cAALPPmgVL3lhKeX3rDvg+p5QBAAAA&#10;PLi1C5b+VEp9VwbndLJ9KP/UKZ0XrRjfsLV1CXDwjMqAabNueGRZTd6d5KmtW6bRWJLXrZwY+0jr&#10;EABgdlkzMnJ82Zux1Mxv3QJJPrVyYuyZrSMAAAAAZqL1ixYddc/U0B+WklfFDuP7buqkvHTFxKYr&#10;W4cAB8c3M+Cwu2TZsrnH3rHrtaWU/5HkqNY9R0Ip+btOr/uq87Zv2Nm6BQCYPdYOL3lFUt7duoOB&#10;NzlVyhOePb7p+tYhAAAAADPNx4eHH97NnEuT8rTWLTNQL6X87srxTb/XOgQ4cEZlwGG1dsHiJ6V0&#10;3pdkWeuWBm6utf78qu2b/651CAAwO1ySdI8dHvlKSR7XuoXBVVP/bNXE5l9o3QEAAAAw03zi1MVL&#10;pzqddUkWt26Z4T4wf/4J/+Wsa6/d2zoE2H9GZcBhsTrpPHl45HeS/HaSocY5rX1kKnte+eyJie+0&#10;DgEA+t+ahUtWllrWtO5gYN1e92Tpqm+Nfbt1CAAAAMBMcsXwkjOnUi4vyaNbt/SH+sk9Rw897zkb&#10;NtzZugTYP0ZlwCG79Iwzjpu7q/ee1Pri1i0zR93Q63RefP62TV9pXQIA9L+1C0bWp+Sc1h0Mnlrq&#10;a1eNb35r6w4AAACAmWTN8JKndlI+XpMTW7f0l/qZqex9jsM5oD90WgcA/W3d8MiyufdMXW1Q9oPK&#10;GZ1e/ezaBSM/2boEAOh/vV7vlUnuad3BwPnC1eOb/7h1BAAAAMBMsm7hyP9TUi43KDsY5WndzL3y&#10;0jPOOK51CfDQjMqAg7Z2ePEza/LFJI9p3TJDPSwlf7d2eGR16xAAoL+df8OWjaXU17fuYKDs7fV6&#10;r1yd9FqHAAAAAMwUly9a+h9S8/dJTmjd0sfOnHfP1MfXL1p0VOsQ4MEZlQEHZd2CkeckncuTPKx1&#10;ywxXkvzumoUjf3HNmWfOaR0DAPSveeML3p6Uf2rdwYAoeef5O7Z8tXUGAAAAwExx+SmLT+/06hVO&#10;KDt0NXn6rt7Qhy9Juq1bgH0zKgMO2JrhkQtqycVJ5rVu6Rel5me/fdNtF6/POUOtWwCA/rQ8V02m&#10;27koboPJdCvlX+qcvK51BgAAAMBM8clTHvPITrf83ySPat0yi/zkcQtH3tI6Atg3ozLggKwZHnlB&#10;Sf42ieNID1Qpz9s1vON9q33vBQAO0sqtGzbUUn+ndQez2q5S60tWjY3tbh0CAAAAMBPUpOzt7n1/&#10;Us5o3TLr1Lxm7fDSV7bOAB6YYQOw39YuGFlRkr9J4jaOB++lZw+PGJYBAAft6PEFb3MbTKZNKb8/&#10;OjF2XesMAAAAgJniioVL/0dSzm/dMXvVt69ZOPLE1hXA/Rk1APtlzcKRJ6bkIzEoO2Q1edmPLRh5&#10;e+sOAKA/Lc9Vk53SeVGSW1u3MNuUz945vulNrSsAAAAAZop1w6efW2td3bpjlptXai659Iwzjmsd&#10;AtyXURnwkC479fRTSs2lSfwgP0xKyavXLRx5VesOAKA/rRjfsLWU+oIkk61bmDVumNOdfMGFyVTr&#10;EAAAAICZ4LKTTz+ppve+2FUcCSNz7pl8S+sI4L588wMe1BWPfsLDhkrv8iQLWrfMNrXmj9YuWPyk&#10;1h0AQH8aHd+8vqT8dusOZoU9KXnhuVu33tg6BAAAAGCm6HZ7b09yauuOQVFS/uvahUue27oD+DdG&#10;ZcCD6s27+10p+dHWHbPUvJTOR9f80Mj81iEAQH9aMbHpD5Nc0rqDPlfz31eOj32hdQYAAADATLFu&#10;4dLzS8lLWncMmlrLu65cvPiE1h3AvYzKgH1as3DkPye5qHXHLHdqmZuLL0m6rUMAgP5Tkjo01HtF&#10;TTa1bqE/leTDo9vH/qR1BwAAAMBMsX7RoqNqrW9v3TGISvLovZPlda07gHsZlQEP6IqTlywoNe9s&#10;3TEgnnHswiW/2joCAOhPz9qy5fZeKc9JckvrFvrO5+d1Jn+mJLV1CAAAAMBMsas39FtJlrTuGFQl&#10;5VfWnnbGGa07AKMy4AFcc+aZc3pDnb9N8vDWLYOi1PJ7H1+49LGtOwCA/vTs8U3Xd1JXJLmzdQv9&#10;om4ovXkXLN+2bVfrEgAAAICZ4srFi4eTvLZ1x4Cbm6mpN7eOAIzKgAdw8823vTKpT2rdMWDmdWvv&#10;Ha0jAID+tWJi87WllJ9KMtm6hRnv5k6n+59Gd1x3a+sQAAAAgJlkcqrzm0mOad1BnrNmwch5rSNg&#10;0BmVAfex5odG5qeW/9m6YzCVc9cuHPm51hUAQP8aHd90eWq9KEmvdQsz1q29Xu8ZK7Zt/EbrEAAA&#10;AICZ5PLTTluYmp9v3cG9Sim/17oBBp1RGXBfc+sba3Ji64yBVfOWT5522qNbZwAA/Wvl9s0X15pX&#10;t+5gRrqz1yurzt+x5autQwAAAABmms5U5zVJ5rTu4Pvqk9YOL/7x1hUwyIzKgH+1bnhkWUl5eeuO&#10;AfeIPVOd/946AgDob6u2j72r1ur0Wf693bXUF52/Y9MXW4cAAAAAzDTrFj72h5PyitYd3FcpnV9r&#10;3QCDzKgM+Fc1eWeSodYdg66k/Nc1p4yc2roDAOhvq7Zv/p1a84txK0ySO3u1nLdqfPPa1iEAAAAA&#10;M1Gte1+Z5KjWHdxXrblgzYKRJa07YFAZlQFJkssXLH16kuWtO0iSzCtDeU3rCACg/63aPvauWvKy&#10;JJOtW2jm1tTeM8/fvukfWocAAAAAzEQ1KUn96dYdPKBuSX61dQQMKqMyIEnSKfnN1g38OzW/cNmp&#10;p5/SOgMA6H+rxsc+WEt+JoZlA6ckt6Xk2Su3b/mn1i0AAAAAM9XahUuWJ2VR4wz2peSi9YsWOUUO&#10;GjAqA7L2tDPOSOpo6w7u46ihUn+ldQQAMDusGh/7YKl5QZLdrVs4YraXWp+2cnzsC61DAAAAAGay&#10;Ti1OKZvZjt81NXRe6wgYREZlQDI19evx/WDmKfUVl5188jGtMwCA2WF0+9ilpdt5cq2ZaN3CtPv8&#10;nKmhJ67YvvlrrUMAAAAAZrJLzzjjuJo8v3UHD6Hkha0TYBAZkcCAu3zRoh9KclHrDh7Q8d2ho1/Q&#10;OgIAmD1Gt2785+5U/fEkX27dwrT5RJ2blefe8I1bWocAAAAAzHTz7plameRhrTt4cCV59pqRkXmt&#10;O2DQGJXBgOtMDb0kiR/AM1RJ52WtGwCA2WXFzs3b69w8JSnvb93CYdWryW+NToyNrhobu6N1DAAA&#10;AEA/6JWMtm7godXkxOyuK1t3wKAxKoNBV8qLWyfwYOoz1iwYWdK6AgCYXVaNje1eObHpZ0rKryTp&#10;te7hkN2a0rtg1cTYm0tSW8cAAAAA9ItS6/LWDeyf0inPat0Ag8aoDAbYlYsXDyf1rNYdPKhSSl7a&#10;OgIAmJ1GJza9vdQ8L8nNrVs4aNel2/2PK8e3rGkdAgAAANBPPnHq4qVJWdQ4g/1Ua57eugEGjVEZ&#10;DLDJqe6LkpTWHTy4mrygdQMAMHuNbh+7dHKy89jU8rHWLRyQXpI3zJ9/whNXbt2woXUMAAAAQL+Z&#10;LJ1zWzew/0qybN2pyx7RugMGiVEZDLKaF7ZO4KGV5HFrThk5tXUHADB7XbBz480rt296XpILS3Jb&#10;6x4e0o5a6rNWToytPuvaa/e2jgEAAADoR6VTnHzVX0otu5/UOgIGiVEZDKjLFy36Ibe+7B+lm3Na&#10;NwAAs9/KibGP1G737CTXtG5hH2r52Jzu1Fmrxjd/qnUKAAAAQF+r9QmtEzgwpVOe1roBBolRGQyo&#10;0hv68bj1ZT9Z0ToAABgMK7du2DB//gn/sZb62iR3tu7hX32rJi9cuX3T887duvXG1jEAAAAA/eya&#10;M8+ck2SkdQcHqFf/n9YJMEiMymBAlZKntG5g/9XkWdUIEAA4Qs669tq9q8Y3v3Wy13lsSrm4dc+A&#10;q0l5f+nNW7ZqYuz/tI4BAAAAmA1u+vbtS5PMbd3BgamdLGndAIPEqAwGVc2TWyew/0ry6DWnLF7a&#10;ugMAGCwX7Nh4w8rxTT/Vq70nJbm6dc8AWl9Kzlo5selnRndcd2vrGAAAAIBZ5EdaB3AQahautnOB&#10;I8b/bDCA1oyMzEtyZusODkxnqCxr3QAADKbzt2+5Zv78E368lPrrSW5p3TMAtpbkRaMTY88cHR/7&#10;UusYAAAAgNmmlPKY1g0clHlnL3zso1tHwKAwKoMB1NnV+dEkR7Xu4MDUnk9MAADtnHXttXtHxzf/&#10;0Z6ju6cleV2My6ZB/WZN/eU6N48dnRi7pCS1dREAAADA7FR/uHUBB6dX9yxu3QCDwqgMBlCv23Mb&#10;xT5UOp3HtW4AAHjOhg13rpwYe1Odm1OS+sokO1s3zQJbaupPz59/4sJVE5vfuWpsbHfrIAAAAIDZ&#10;rPZyYusGDk6pWdC6AQbFUOsAoIFeXZRSWldw4JxUBgDMGN8bPr3n0jPO+NDce6ZeleTVSU5pnNVv&#10;tpSUd+yd/O57L9i58+5MtM4BAAAAGAylk0c4I75PlRzfOgEGhVEZDKBSOsPupNOHaj39kqR7YTLV&#10;OgUA4Pues2HDnUn+YHXylrOHT39GTe8VSZ6XpNu2bMaqNbm8pPfmlRNbPts6BgAAAGAQleTh3i3t&#10;TzWZ17oBBoVRGQygmnqac8r60lFHn3z6w7Nz482tQwAAftDqpJeJjZ9M8sl1wyPLaskvpuaiJMc1&#10;TpsRSnJbL/XiWuufn799yzWtewAAAAAGWU0e3rqBg1NK56jWDTAojMpgAJWShQ4q60/zOpMPT2JU&#10;BgDMaKMTY9cledWakZH/XnaX56XUFyd5Zgbvd9BeUtbXUt9359Suj164Y8c9rYMAAAAASFLr3MQx&#10;HH3KSWVwhAzaC/rAvSzv+9TedB/RugEAYH+tGhu7I8lfJvnLKxcvPmHvZHlOUl5YkhVJ5rStmzZ7&#10;avKJpH6kl72XPXti4jutgwAAAAC4n92tAzg4JXFSGRwhRmUwiGrmtk7g4JRuz6gMAOhLz9qy5fYk&#10;f5Xkr9acMnJqZ6j+p9rrPCOl/kSSfn+Oc3spWd/r5RND6V563vYNO1sHAQAAAPAgatnloLL+1Kt1&#10;T+sGGBRGZTCYjMr6VCcdp8wBAH1v1Q1jO5L8aZI/XZ10fmzhyI+WXpbXkuUleXqS49sWPqQ7k3J1&#10;Uj/TKfXKueMLrl6eqyZbRwEAAACwn4qTyvpXdWcAOEKMymAwGZX1qV6q41wBgFllddLL+NiXk3w5&#10;yR9fknSPWbj09KFaH98r+dHUPKEkj0+ysFHiHaXk+vRyXU2uLUOdz92xdePXLkym/u1LNjdKAwAA&#10;AOBglGRXbR3BQSkpRmVwhBiVwYBZn3OGdmVHt3UHB82nJgCAWe3CZCrjm65Pcn2SS77/7z+2aNGJ&#10;83rdZSXltFIzXEsdTjoLkrow9w7Ojj3IS96e5OakfDOp22rJRKllota6tTtVr1+xc/P2Q/9bAQAA&#10;ADCj1HzX7S/7UylGZXCkGJXBYKqJp0n9qJOyq3UDAEALz9227bYkn/ven/tZMzJyfG/Pnu7cevTR&#10;e0o9qkxNDg11y3EP9LVTKffM7U7d0t268Ba3rQQAAAAYPL1Sx4u3S/tSTb21dQMMCqMyGDDLc9Xk&#10;2ozckeSE1i0cFKMyAIAHsGps7I7v/eMBfFJx67S0AAAAADDTlW2tCzg4tZebWjfAoOi0DgCasN7u&#10;U7VOGZUBAAAAAADAISjJltYNHJR7rt4+5pOicIQYlcFgcp/pflU6d7dOAAAAAAAAgH7Wqz3DpP70&#10;jdVJr3UEDAqjMhhANbmldQMHp9vrjrduAAAAAAAAgH7Wmxra1rqBg1DqN1onwCAxKoMBVEoxKutP&#10;uz+/fcO3WkcAAAAAAABAP7tg58abkzitrO90vt66AAaJURkMoFrr9a0bOBh122rHuQIAAAAAAMAh&#10;qzVfaN3Agam93tdaN8AgMSqDAVRK8cO2H5Xi0xIAAAAAAABweHy2dQAHZGp3d+qq1hEwSIzKYAB1&#10;SnEsaB+qtW5r3QAAAAAAAACzQalTn2vdwIEoX3rutm23ta6AQWJUBgPo9m0bNyW5p3UHB6YkX27d&#10;AAAAAAAAALPBF3ds/VqS21t3sL/qJ1sXwKAxKoMBdGEyVZINrTs4MJ2az7duAAAAAAAAgNlgddJL&#10;rX/fuoP900lZ37oBBo1RGQyuq1oHcABKvn3e9s3Xtc4AAAAAAACA2aIml7RuYL/cc3vvns+2joBB&#10;Y1QGg6oUx4P2k5rPl6S2zgAAAAAAAIDZYmrqnsuS3NW6g4f00Qt37LindQQMGqMyGFBl19FXJdnd&#10;uoP9VMrnWicAAAAAAADAbHLBzp13p5SPt+7gwXVS3t+6AQaRURkMqBU3/st3k1zTuoP9U1OdLAcA&#10;AAAAAACHXc8tMGe27V+Y2PT3rSNgEBmVwWC7snUAD60mm1aNj325dQcAAAAAAADMNndO7V6Xkm+3&#10;7mAfavnw6qTXOgMGkVEZDLDeVO9DSWrrDh5cJ/lQ6wYAAAAAAACYjS7cseOe1Pyv1h08oFpK/cvW&#10;ETCojMpggJ1/w5aNqfli6w4ekiN3AQAAAAAAYJpMZc87ktzVuoP7uWx0Yuy61hEwqIzKYMCVlPe3&#10;buBBXeeJEgAAAAAAAEyfZ09MfKem/nnrDu6jlpI3tI6AQWZUBoOuzr0kye7WGezTB1sHAAAAAAAA&#10;wGzXncwfJdnbuoN/9YnR8bEvtY6AQWZUBgNudMd1tyb5v607eEB3ld68d7eOAAAAAAAAgNluxc7N&#10;25PqwIcZopT65tYNMOiMyoCUkj9ISsT3OQAAIABJREFUUlt3cF+15t3fG/0BAAAAAAAA06yUua9L&#10;cmfrjoFX8unR8c3rW2fAoDMqAzI6PvallFzRuoP72DNVO3/SOgIAAAAAAAAGxej49d8spb6hdceA&#10;292b7L2idQRgVAZ8Ty3x5Ghm+fAFOzbe0DoCAAAAAAAABslJJ534jqRuaN0xwP7k/Bu2bGwdARiV&#10;Ad+zatvYP6bk0607SJJMdmp9S+sIAAAAAAAAGDRnXXvt3pT6mtYdA2rr5OTd/7N1BHAvozLgX9XU&#10;N7ZuICkl712xffPXWncAAAAAAADAIFo5vmVNav1o644B9JsX7Nx5d+sI4F5GZcC/WjW++VMp5eLW&#10;HQPu5sm657dbRwAAAAAAAMAgK/Won0+yvXXHALlk5cTYR1pHAP/GqAy4j17Z+6slua11x6AqJauf&#10;PTHxndYdAAAAAAAAMMhGd1x3a2rv+Un2tm4ZAF/v7D7mv7SOAO7LqAy4j/O3bftWSn19644B9dU7&#10;xsf+rHUEAAAAAAAAkKzcvuWfUsobW3fMcneX5MIVN/7Ld1uHAPdlVAbcz7zxBX+Wmn9u3TFger1a&#10;Xn1hMtU6BAAAAAAAALjXUeOn/EFSP9O6Y/aqvzo6MXZd6wrg/ozKgPtZnqsme+m9PMme1i2Doqa+&#10;9fztm/6hdQcAAAAAAADwb5bnqsk5U3Oem+QbrVtmm1ryvpUTm9/TugN4YEZlwAM6f/uWa5Lyy607&#10;BsTVR08s+O3WEQAAAAAAAMD9nXvDN27p1u4zk4y3bpk1Srn46vGxl7fOAPbNqAzYp5UTm96d5COt&#10;O2a529Ptvmx5rppsHQIAAAAAAAA8sPO2b9hZk1VJvtO6pf+VNfNPOv5lq5Ne6xJg34zKgAfV2X3M&#10;zyb5euuOWWqqk/LClVs3bGgdAgAAAAAAADy4VRNjXy/pXJhkV+uW/lX+ac/RnRefde21e1uXAA/O&#10;qAx4UCtu/Jfvlm7nJUnuat0y29TkjSsmNl3ZugMAAAAAAADYP6MTGz9ZSl2V5I7WLX3oS5OTZdVz&#10;Nmy4s3UI8NBK6wCgP6xdOPKU1FyZ5GGtW2aDkrxtdGLsV1t3AAAAAAAAAAduzfDIj5TkiiSntm7p&#10;BzX5+NTk3S+6YOfOu1u3APvHSWXAflk5PvaFTspzk+xu3dL3Srn4HyfGfq11BgAAAAAAAHBwVk2M&#10;fT2doafVZFPrlpmvvvuuibH/ZFAG/cVJZcABWTc8clFN/jJGqQfrE0d1Jp+zfNs291kHAAAAAACA&#10;PnfZqaefMtTpfTTJj7VumZFqeevo9k2/UZLaOgU4MEYhwAEZnRj769T8UvzQPwhljUEZAAAAAAAA&#10;zB4X7Nh4w53HzXtaUt/RumWGuSu1/OzK7Ztea1AG/clJZcBBWbtg6U+l1L9MMrd1S5+49M7j5l14&#10;4XXX7WkdAgAAAAAAABx+6xYuPb/W+v4kj2zd0lTJp4e6vZc9a8uWidYpwMEzKgMO2ppFI2eXXi5L&#10;clLrlhnuDaMTY2+wwAcAAAAAAIDZbd2pS0Zqp3wwg3k7zKla6/979PYFb1yeqyZbxwCHxqgMOCQf&#10;X7j0sd1a1yZZ2LplBtqbkl9YOT72561DAAAAAACY+dbPX3bs1Nypebu6d/eumZi4fXXSa90EwIG7&#10;JOkev3DJL9Rafj/J8a17jpDrauorV01s/lzrEODwMCoDDtmVixcPT+7tfDglZ7dumUFuTs1LV24f&#10;u6J1CAD7tm54ZFlKXZ5anpSSM2rN6Ukefv+vrN9MLRtSysaa3ucyVT616oaxHUc8GAAAAJgV1iwY&#10;WVI6OSe9PKWULO0lZ5Tk0Q/wpfeklE2pdWNNvtqpnfV3HD/nixded92eIx4NwAFbd+qyR9TOnjcl&#10;9eczW/cZJd+utf761RObP7DaGBpmldn5TQs44mpSrhhe+ss19c1J5rXuaat+su4pL1n1rbFvty4B&#10;4L5WJ50nDy/+j7V2XlRKfX5SfvhgH6sk19fkkppcsmpi7OuHMRMAAACYhdadumQknXJRTV6aZPEh&#10;PNTdJbmspHxg7sQp69xeDGDmW7tw8aqk+6bU+oTWLYfRZEneN9Sdev25W7fe2DoGOPyMyoDDas2i&#10;kbNLL3+dZKR1SwN7a8kfPuqkE1afde21e1vHAPBvrnj0Ex5W593z8preryRl0TRc4ss19W1HTyz4&#10;Gy/kAgAAAP/emoVLnlFq+Y0k5+Xwvze3M6W8rc6p7141NnbHYX5sAA6ztcOLfzzpvCHJM1q3HILJ&#10;pPxFZ7L3eyt2bt7eOgaYPkZlwGG3fv6yY3cdveePkvryJJ3WPUfINaXbefno1o3/3DoEgH9Tk7Ju&#10;wdIXp9S3JDn1CFzySzX1l1dNbP7cEbgWAAAAMIOtWTjyxFLzziRPne5rleS2XvKGoydO/VMfeAOY&#10;2WpSrli4dFXt1f+RkrNb9xyAe2rJxd1e/eMV2zd/rXUMMP2MyoBps3bB4iclnXf02ZOhA3VrTV19&#10;9MSCd/lFHWBmWbNgZEmn5C9q8vQjfOma5AOlN+9XRndcd+sRvjYAAADQ2GUnn3zM0NDD/iCpv5ik&#10;e4Qv/9Ver/z8+Ts2ffEIXxeAg3D5qYsf3+mUi5LykiSntO7Zh7Fa6rs7U0f9hde8YbAYlQHTqiZl&#10;7fCSi0rK7+fInBBzpEym5D1zJod+59wbvnFL6xgA7mvd8NL/VlPflOTohhk3dVJ+bsXEpo83bAAA&#10;AACOoLULR56SWv8mKYsaZvSS+qfz55/462dde+3ehh0A7KfVSefs4dOfkfQuqsmqJCc1ThpPLR8p&#10;tXxkdMfGqxu3AI0YlQFHxOqk8+Thkeen5PdSc3rrnkOwK6nv6Uzmre4RDjDzrE46T1448oepeU3r&#10;lu/p1eTXVk2Mva11CAAAADC91i5c+rzU+sEkR7VuuVe9fHLyngsv2Lnz7tYlAOy/1UnnSYuWPqFb&#10;e8+stfOMpD49ybHTfNlbknw2NZ/ulPoP501s/lK5964cwAAzKgOOqEuWLZt73J27fiYpv5xkWeue&#10;/VWS23o1H+iVzp88e2LjltY9ANzfvbeWOOZDSX6ydcsPqjV/evX2sf+2Oum1bgEAAAAOv7ULRl6T&#10;krdm5r339tVu7Y6et33DztYhAByca848c87NN975xF5n6kdTyxNKybIki5MsSNI5wIfbndRvJmVD&#10;Sb5Sa/1Kp9v9ynnbNm4wIgN+0Ex7YgsMkDWnjvxE6eQXkzw3yZzWPQ+gJuVzqfnzyanvXuLTXAAz&#10;1/qcM7RreMdHk1zQumVfas0frdo+9uutOwAAAIDDa+3CkZ9LzXszc993+3Kdm3NWjY3d0ToEgMPn&#10;kmXL5h733amTa518eKm9R9R0Hl7+3c+imtROOrfVTNZOLTfumep+64KdG29u2Qz0l5n65BYYIGt+&#10;aGR+mVuel9QLk/xEkm7jpC/X5MO1O3Xx+Vu3jjduAeAhrE46T1649IOp9cWtWx5KSd44OjH2u607&#10;AAAAgMNj7fDIC5NcnAM/KeaIKsk/zOtMrli+bduu1i0AAPQHozJgRrliyZJH1T2d82vJT3zv/uCn&#10;Tfc1a3JjST6TknWTU511F+zYeMN0XxOAw2fd8NLfqKlvbt2x30p93srxzR9rnQEAAAAcmstPXfz4&#10;Tqfzj0mOad2yP0ry3tGJsVe07gAAoD8YlQEz2hUnL1lQ53R+rFfrspI8LsnjkyxKctRBPNxUkm1J&#10;/UZq5/okX+p0Ov+4YnzD1sNXDMCRtHZ48TOTzicywz8N/APuSrd71sqtGza0DgEAAAAOzscWLTrx&#10;qN7QNUmWtG45MPWVKyc2v6d1BQAAM59RGdCXPnnKYx451dn7w7Xm1Nopx9WSuaXWh/3g19Wam0qn&#10;3NjrTO0s3e63Vo2N7W7RC8Dht37+smN3Hb37a0kWtm45YCWfHh0fW16S2joFAAAAOHBrF4z875T8&#10;XOuOg3B3p3Qf58PWAAA8FKMyAAD60trhpe9I6i+17jhotfzsyu2b/rJ1BgAAAHBg1i4aOSe9fCr9&#10;+z7bJ1ZOjK1oHQEAwMzWT7cJAgCAJMkVC5Y8Lqm/0LrjkJT6+5edfPIxrTMAAACA/VeTkl7+MP07&#10;KEuS89YuGDEqAwDgQRmVAQDQd3ql/E6SodYdh+jkoe4x/7V1BAAAALD/1i0YuSDJWa07DlnJm2p/&#10;D+MAAJhmRmUAAPSVy09ZfHqS57fuOCxKXnPJsmVzW2cAAAAA+6eU/FrrhsPkiVcMn/7M1hEAAMxc&#10;RmUAAPSVTre8PLPneewpx9216/zWEQAAAMBDu2LBksfV5OmtOw6b0ntV6wQAAGau2fJmHAAAA2B9&#10;zhlKyk+37jicSsrLWjcAAAAAD61XMqt+h68151928uknte4AAGBmMioDAKBv3LNw+9OTPKp1x+FU&#10;a0YvPeOM41p3AAAAAA+u1vKi1g2H2Zzu0NRzW0cAADAzGZUBANA/ala0TpgGR825Z+qc1hEAAADA&#10;vl2x6PTHlJLh1h2HX5mNr7UAAHAYGJUBANA3SjrLWzdMh1JyTusGAAAAYN+mpnqz8zWJ5JzV3i8E&#10;AOABeJIIAEBfuObMM+ck9T+07pgWtT6pdQIAAACwb53krNYN0+SRZw2fvqh1BAAAM49RGQAAfeHG&#10;b33ntCRzWndMi1Ie0zoBAAAA2LdaMmt/d++WyVn7dwMA4OAZlQEA0Bc6Qxlp3TBtauZfuXjxCa0z&#10;AAAAgH2axa9LdGfv3w0AgINmVAYAQF8ove6jWzdMp7onj2rdAAAAANzf6nvfT5vfumO61FJn9Wsu&#10;AAAcHKMyAAD6Qi05rnXDdOp1O7P67wcAAAD96ifmLzsmSWndMW16Ob51AgAAM49RGQAAfaIe07pg&#10;WvU6D2udAAAAANzfnuN3zerXJEqpx7ZuAABg5jEqAwCgL9RkV+uG6TSVyXtaNwAAAAD316l1d+uG&#10;6VRK8ZoEAAD3Y1QGAEBf6JTc1bphOnWG5tzZugEAAAC4v6Etw99t3TCderV6TQIAgPsxKgMAoC/U&#10;lFtbN0ynTmfyO60bAAAAgPtbnqsmk9n8YbfZ/ZoLAAAHx6gMAIC+0On1NrZumC4luW3F5s03te4A&#10;AAAA9mlT64DpUkqdta+5AABw8IzKAADoC1PzyqYkU607pkNNvHgLAAAAM9tY64Dp0unN3sEcAAAH&#10;z6gMAIC+sGpsbHdNrm/dMT3KV1oXAAAAAPtWambr7+53PfJRJ25oHQEAwMxjVAYAQN8oqZ9q3TAt&#10;am996wQAAABg33rdzMrXJErNZ8669tq9rTsAAJh5jMoAAOgfJVe1TpgGdbJ2P9M6AgAAANi3Rz3y&#10;hGuT3NW643DrlXy6dQMAADOTURkAAH3jqDK1tiS3te44nErymQt2bLyhdQcAAACwb/ee5lX+tnXH&#10;YdabM9T7UOsIAABmJqMyAAD6xvJt23al5qOtOw6nmvrB1g0AAADAQ+sks+t3+JLPPGvLlonWGQAA&#10;zExGZQAA9JVaeu9r3XAY3Vl6R/2f1hEAAADAQ5s7ccr6JOOtOw6XUvPnrRsAAJi5jMoAAOgrKye2&#10;fDbJp1p3HA615J2jO667tXUHAAAA8NCW56rJWvPm1h2HQ0023TEx9jetOwAAmLmMygAA6DslnTe1&#10;bjgMvju3M/WO1hEAAADA/puauvv9Nbmxdcchq/mTC5Op1hkAAMxcRmUAAPSd0YmNn0zykdYdh6KW&#10;uvrcrVv7/0VoAAAAGCAX7Nx5d6eU17TuOERXX7197N2tIwAAmNmMygAA6Eu97tRrk9zduuOglGzM&#10;nPLO1hkAAADAgVsxvulDKfl0646DVJPer61Oeq1DAACY2YzKAADoS+dv3Tpeanl1646DsLtT60tW&#10;jY3tbh0CAAAAHLiS1M7eelGSW1q3HIQ3r5zY8tnWEQAAzHxGZQAA9K3R7ZveV5K/at1xIGryWysm&#10;Nl/bugMAAAA4eCt2bt5eSvnpJLV1y/4rnz1q4tTXt64AAKA/GJUBANDXenPzS0m+3LpjP11y9cTY&#10;O1pHAAAAAIdudHzT5Ul9a+uO/bSjM9l7yfJcNdk6BACA/lBaBwAAwKG67OTTTxoa6n0myWNat+xT&#10;ybr5J53wk2dde+3e1ikAAADA4VGTsm7ByHtT8nOtWx7ETaVXnzq6Y/NY6xAAAPqHk8oAAOh7F+zc&#10;eHOndFfVZFPrlgdUc9VQt/digzIAAACYXUpS5z/qhF9IqR9q3fKASr7d65WfNCgDAOBAOakMAIBZ&#10;42OLFp141NTQx1JyTuuW76upf3bXxOZXX5hMtW4BAAAAps+a4ZHfLMmbMkPefyvJ9bUztGrltm9s&#10;a90CAED/mRFPagEA4HBZv2jRUbt7Q++oyc83TplMKa8bHd/01pLUxi0AAADAEbBueOSimrwrycPa&#10;ltTL50zN+elzb/jGLW07AADoV0ZlAADMSuuGRy5K8o6anHjkr163JfWilRNbPnvkrw0AAAC0tGZ4&#10;5EdKKR9KrU9ocPldNVm9cmLsLT7kBgDAoTAqAwBg1vrYokUnHt0b+q2a/EqSedN9vZLclpTVJ80/&#10;/v8769pr90739QAAAICZqSZl3fDIC2rNW0vJ8BG4ZC8p/7tbO284b/uGnUfgegAAzHJGZQAAzHpX&#10;LDr9Mb1e73VJfirJ0DRc4q6kvqszJ29dsXnzTdPw+AAAAEAfWjMycnxnd15dS341yUnTcIlak8tr&#10;r/ze+Ts2fXEaHh8AgAFlVAYAwMD4+PDpi7vpXZTkwiQ/cogPV5N8ISkfnpwsf3PBzo03H3ohAAAA&#10;MButn7/s2F3H7H5RrXlRSZ6RpHuIDzmeWj5ShsoHRrdu/OfD0QgAAP+eURkAAANp7WlnnFEnp55R&#10;Ss6pyRNLsijJnAf5T3Yl2VRq/qmWrO/W7qfcTgIAAAA4UJedfPpJ3aHeOaXmnJQ8JcnpSY59kP+k&#10;l2Q8yddSs752ctXK8bGvlHs/8AYAANPCqAwAAJJcc+aZc2698TuLaqccX9N9eJKkTE2Vmjsmu72b&#10;V23dOuHFWgAAAGA6fGLBGSfXMvnDk7XzsG4pc5Ok1snba+l8N3OzedXY2O7WjQAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAPD/s3fn8XXX&#10;Vf7H3+d7b9q0UPbNktykyU1bLIJSNhGFIiVLpwOiFpfBdcTdcdyYcfxpZ5xRR50Z1xmXcUNRp4qA&#10;0CSlaJEB3MAFKdr2Jm1uQqUW2Vraps39nt8fMIoL0Kb35tzl9Xw8+pc091VpafLN+34+AAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACggVh0AAAAAAAAAABUoyvb2w+ZuTsz&#10;y7N2UJpoVpImB/7f/+aWPpS47/ZUD1gmW5q2I7t10da12yN7AQAAAAAAyoVRGQAAAAAAAICGtKKl&#10;ZcaBmeb5Sn2uJUmX3OfK1eqmY01qldS8jx9yh6S7H/kxJLP1nqYbkmzmV0ccNuvOk2+7bU/ZfxEA&#10;AAAAAAAVwKgMAAAAAAAAQN1zyQZy+eNMfqbcTpV0skwLJGWnKGG3SXdKuj2V35SkWtMzNlSYotcG&#10;AAAAAADYJ4zKAAAAAAAAANSl6+fMOXpPKXuByxeb6VlyHRnd9EdGzPUdT2xl845p13F9JgAAAAAA&#10;qBaMygAAAAAAAADUjUeGZBeZ/LkunSkpiW7aS+OSvueuq6ZlS986d+PGLdFBAAAAAACgcTEqAwAA&#10;AAAAAFDT1rS3N+8sZc4308WSdWvqrrSslJKkGyX7H5/mX+srFB6MDgIAAAAAAI2FURkAAAAAAACA&#10;mjTQMucEJdnXS/5CSbOieypkXNK3E/OPdI8M3RIdAwAAAAAAGgOjMgAAAAAAAAA1pb8lf5Zl9Hdy&#10;nafaud5yf7mk1Ur0/t5NhRuiYwAAAAAAQH1jVAYAAAAAAACgJgy2dS1x93dKOiO6Jdj3E9n7uosb&#10;ro0OAQAAAAAA9YlRGQAAAAAAAICqNtCeP1upPixpYXRLNXHpDpP+qbdY+EZ0CwAAAAAAqC+MygAA&#10;AAAAAABUpYH2+e2WTnzApWXiWeZjMw266619xcKd0SkAAAAAAKA+8CAGAAAAAAAAQFW5et68WdN2&#10;TvyzZK+V1BTdUyNSSZf7br217+7C1ugYAAAAAABQ2xiVAQAAAAAAAKgaA635bpk+KakzuqVG3S2z&#10;1/eObPhWdAgAAAAAAKhdjMoAAAAAAAAAhBtsWXCYJ+OfkvT86Jb64Csznr3kvNF1m6NLAAAAAABA&#10;7WFUBgAAAAAAACDUqrbOM1K3y8TpZOW22ZS8tKe4/vroEAAAAAAAUFsYlQEAAAAAAAAIcevChU1b&#10;t97/YcneKJ5VVopL/nGfZu/oKxTGo2MAAAAAAEBt4EENAAAAAAAAgCm3qrPzqHSPLpfs3OiWhuD6&#10;gad6ft9dhbHoFAAAAAAAUP0YlQEAAAAAAACYUgOtHafI7GrJnhTd0mDuNSUXcR0mAAAAAAB4Ikl0&#10;AAAAAAAAAIDG0Z/LL5Ul32FQFuIwV7pyINd5SXQIAAAAAACobpxUBgAAAAAAUGbXtc6bPaHS8YnZ&#10;cS4/xKRDXH6IPDlYls76v3/OZbtM2ilJJt0v16Y00YjcN5XSzKbbxtb/ermUhv1CgDIbbMu/3l0f&#10;lZSJboH+sbdYWB4dAQAAAAAAqhOjMgAAAAAAgP1wTcvcYzNJ6dmJ2elyLXDpeEmHlenD75L8x2bJ&#10;jSqlN40fkL35/HXrtpXpYwNTZrmUnJbr/A/J3hTdgt8z6bLpxZZXLtINE9EtAAAAAACgujAqAwAA&#10;AAAA2AdXtrcf0uxN5yj1c2R6tqT5U/jyJUk/d/eV7v6NJWPDv5jC1wYmZbmUnJ7Lf8qlV0W34M+x&#10;L20rbnjlsof/+wIAAAAAACCJURkAAAAAAMATunXhwqatWx+4QPJLJFukKrm6z11FM79K8m/0FIdv&#10;Nsmjm4BHW6Ozs7tyY5dLWhbdgsf1zSOPPPhFJ992257oEAAAAAAAUB0YlQEAAAAAADyGVbM7W0tZ&#10;e7nJXy5Ze3DOE7lNbv925FEHfZNhCKrBcik5rTX/GZleGd2CvfLlHxYLL1supdEhAAAAAAAgHqMy&#10;AAAAAACAPzLYlj8pdf2jSX2SkuieffQbSf81MZF8Yunm9fdEx6BxDeQ6PyrZm6I7sPdc/qm+4tBr&#10;ozsAAAAAAEA8RmUAAAAAAACPuLat67iM+zslvVBVcsXlftjmpo/vac584Px167ZFx6Cx9Ofyl5r0&#10;gegO7Dsz+5eekQ3viu4AAAAAAACxGJUBAAAAAICGt7K9/ZgkzX5I0otUeyeTPZG7ZXrXD0cKX1jO&#10;tXaYAgO5/F9Jukw8e6xZZnpDz0jhk9EdAAAAAAAgDg92AAAAAABAw1qjs7M7c2NvNendkmZG91SW&#10;r3PZ2/uKhWuiS1C/+lvyZ1mi1ZKaoluwX1JZurR3ZLg/OgQAAJTPyvb2YzJp9nB5cliq0uFK7DCT&#10;HW7uh7vs0Mf7uSbfIWncpV0u7TTXbpm2yrXVssndyYRtvf+g7D3L1q7dPUW/HAAAUGGMygAAAAAA&#10;QEMaaJlzgpLMpyQ9PbplKpnr8+MzM2/mSkyU26q2eXNSL/1Y0uHRLSiL+zJpetp5Y8MbokMAAMDe&#10;WdnefkzGM8e5q8tdLYlZm0ut+v2P6ZVuMOn+VBozaaPkG122MXFtVDbZNH1709CirWu3V7oBAACU&#10;B6MyAAAAAADQUFyygVz+HSb9s6RsdE+QIZku7h0pfD86BPVhxYIF02Y9OP49mU6PbkFZ/bQ5mThj&#10;0aZNu6JDAADA7w22LDjMMztPd0+eYvL5ZnacXPNcOiS67Qm4pI2S7pC0Vu63p+5rHzp4xjpOOAMA&#10;oPowKgMAAAAAAA1jsGXBYbLxr7ipN7qlCrjkH/dp9o6+QmE8Oga1rb81/3EzvSG6A+Vn0md7ioVL&#10;ojsAAGhUK1paZsxKpi10Jc+QdKbJF0r2pOiuMitJWifZTa705oxl/7d7ZN3G6CgAABodozIAAAAA&#10;ANAQVrV2Hp8mdoVcc6NbqszNTaXs+efe9avfRoegNg20dT5Hbt+K7kBFXdxbLHwlOgIAgEZxXUtH&#10;V5pJznPXeZIWSZoV3RTgV5JuMmm10unX94ytvTc6CACARsOoDAAAAAAA1L3+XP55Jn1R0gHRLVXJ&#10;tN5T9fWNFoaiU1BbVra3H5Ok2V9IOiK6BRV1b8YzTzlvdN3m6BAAAOrR1fPmzZq+K31kROaLJc2J&#10;bqoyJTPdKtcqM181baT1R4t0w0R0FAAA9Y5RGQAAAAAAqGsDrfm3yPRh8RzkidyXul2wZHTDjdEh&#10;qB0Dua6VkvdFd2Aq2Hd6ihubQmxMAAAgAElEQVQWm+TRJQAA1INrZs89ItuUnu+uC0w6V1JzdFMN&#10;uVeuK11aMWO05bsMzAAAqAwepgIAAAAAgLrVn8tfatL7xTOQvbXDpRf0FQvXRIeg+g20dr5AZl+L&#10;7sDUMdOrekYK/x3dAQBArbqudd7skqXPk/tzZHqmpEx0Ux24R7JvSaUV24rDNyyTStFBAADUCx6o&#10;AgAAAACAurNcSk5rzX9MptdHt9Sgktz/qnd06OvRIahegy0LDvNkfJ249rLRPJAmE/OXbNp0d3QI&#10;AAC14taFC5u23vPgUnn6Csl6xJCsgvzXkr7isi/2FQt3RtcAAFDrGJUBAAAAAIC6M9Da9SGZvy26&#10;o4btSmR/2V3csDo6BNVpINf1ackvie5AiG/2FgvPj44AAKDaDeQ6zpQyF0t+kaSDo3sa0J0uXTYt&#10;U/riuRs3bomOAQCgFjEqAwAAAAAAdaW/rfNt5vah6I46sNvNL+gbGRqIDkF1GWiZc4KSzE/EKRsN&#10;LD23tzj8negKAACqzRqdnd3ZOvpcM3uTpDOieyBJ2mXSitT0kb6Rwk+jYwAAqCWMygAAAAAAQN0Y&#10;bM2f76YrxNilXLbJ02f3jg7/ODoE1WOgNb9GprOjOxDHpTu2FwtPXSaVolsAAKgG/cfmW5KM3uDS&#10;yyUdFd2Dx3Sbyz82o9j61UW6YSI6BgCAaseoDAAAAAAA1IX+ts5zzG1A0rTolnri0pasZ046b3Td&#10;5ugWxOvP5Zea9O3oDlQDf3Vvcegz0RUAAERa1T53fpqW3izZxZJmRvdgL5nWe6qPbPddX1w2NrYz&#10;OgcAgGrFqAwAAAAAANS8le3txyRp9ufiVIAK8eu3FYd6OJWosS2XklNz+Z+bdHx0C6qB/zoZP6Cr&#10;e8vtD0WXAAAw1Qbb8ie5+79Kdm50C/bLbyV9IptN/2Px8PAD0TEAAFSbJDoAAAAAAABgf6yQMpk0&#10;+z9iUFZBdu6s1q4PRFcg1qmtnc9nUIbfsyel03ZcEl0BAMBUWtne9dT+XP4ad93KoKwuHC7pPRMT&#10;ydBALr+8P58/KDoIAIBqwkllAAAAAACgpg3muv7G5R+J7mgA7tL5fcXCNdEhmHrLpeS0XH6tpPnR&#10;LageLm3Znu6aw7VRAIB6N9A+v91KE//PTS+RlI3uQcVsNvP3H3HEIZ8++bbb9kTHAAAQjVEZAAAA&#10;AACoWYMtc0/1JL1JUlN0S4O4N2ny47qHhn4THYKp1d/aeYGZXRndgepj5m/sGRn6RHQHAACVsKqz&#10;86h0T/JeyV8uvuZoJGOSv3dbcehzy6RSdAwAAFG4/hIAAAAAANSk/nx+epqknxPf3JlKh6W77X3R&#10;EZh6Zva26AZUJ3d783KeMwMA6kx/Pj+9P5e/NN1jv5L8EvE1R6NpkezTs3L5nw+0dfRFxwAAEIUv&#10;9gEAAAAAQE1KxvVWk46P7mg4pleuynUtjs7A1Olvz58u6RnRHahanae2dv5ldAQAAOXS39bZa7v1&#10;E5M+IOnQ6B6EWiBPVvbn8t8caJ/fHh0DAMBUY1QGAAAAAABqznWt82a76e+jOxpVKv/PFS0tM6I7&#10;MDUstddEN6C6mdkboxsAANhf17XOmz2Qy19lbv2Snhzdg+ph0nOVTtwx2Nb51jU6OxvdAwDAVGFU&#10;BgAAAAAAak7JSv8o6cDojgaWP9CmvyU6ApV3ZXv7IZI/P7oDVW/RwJx586IjAACYjBVSpj+Xv7Rk&#10;pQ2Szo/uQdU6wN0+vDM3dmd/W+c50TEAAEwFRmUAAAAAAKCmDLbMPVXSK6I7Gp2ZvWOwZcFh0R2o&#10;rBmefbGkmdEdqHqmUuml0REAAOyrwZbO/KxcfvUjV13yOQ+ekEld5nbdQK7zo1fPmzcrugcAgEpi&#10;VAYAAAAAAGqKJ/4+8UyjGhzkyThX3tW/i6MDUDNeukLKREcAALA3lkvJYFvnWz2x2yUtiu5BzclI&#10;9qZpO0s/72/JnxUdAwBApVh0AAAAAAAAwN4aaMs/Xa5bojvwOw9aOn1Oz9jae6NDUH6r2ubNSb00&#10;JJ4hYq+l5/YWh78TXQEAwOMZbOnMK2Nfcddp0S2oCy7ZZ5t3Tnvroq1rt0fHAABQTryrFwAAAAAA&#10;1I7U3xadgD9wkNuuv42OQGWkXnqBGJRhn2SWRRcAAPB4BnKdl3hitzEoQxmZ5JfsmjF++8rWrmdF&#10;xwAAUE48FAIAAAAAADXh2tzcjozS9eJ6tWpz38TEjpalmzfviA5BeQ3m8j916anRHagp9zQXW560&#10;SDdMRIcAAPBoa45ccOB48/hH3fSK6BbUtT2S3tNTLHzAJI+OAQBgf3FSGQAAAAAAqAlZS98mBmXV&#10;6NBsdsbzoyNQXqva5s1hUIZJOGJH611nREcAAPBog3PmnrhzxvhPGJRhCjRJet9gruva64+df3h0&#10;DAAA+4tRGQAAAAAAqHqrOzoOdtdLojvwWIx/N3UmTUu90Q2oTWbpkugGAAD+z2Cu62+8lP7QpK7o&#10;FjQS79uTmbhzINfx7OgSAAD2B6MyAAAAAABQ9faUkudKOiC6A49pUX9rvjM6AmVk3hedgNpkMr55&#10;CgAId83s2TMHcvnLXP4RSdOje9CQjpKSwYFcfvlyvicPAKhR/AUGAAAAAACqnrkuim7A4zLJXxod&#10;gfJYo7Ozkp0V3YGa9bRrZs89IjoCANC4rmmZe2w2O3O1pIujW9DwspLec2pr/str2tubo2MAANhX&#10;jMoAAAAAAEBVu/7Y+YdLWhTdgcdnZi+ObkB57M6NnijpwOgO1Kwk21R6ZnQEAKAxDbR2nJJN0lsl&#10;nRHdAvwfM71oV5r9zqrOzqOiWwAA2BeMygAAAAAAQFWbSErPl9QU3YEn1NGfyz85OgL7L3V7VnQD&#10;alya8I18AMCUG2jtfIEs+V9Jx0S3AH/GGeke++mqXOfC6BAAAPYWozIAAAAAAFDVUvMLoxuwd0x2&#10;bnQDysD09OgE1Dhzfg8BAKbUQC6/XGZflTQ9ugV4HLNT2ff6WzsviA4BAGBvMCoDAAAAAABVqz+f&#10;n24S16jVju7oAJQFpydgfy28deFCTpgEAFScS9af6/xXSe+RZNE9wF44wMy+MdiW/+voEAAAngij&#10;MgAAAAAAULUye3yhpOboDuwtP7s/n+d0iBq2uqPjYElzojtQ85q3bLlvfnQEAKC+3bpwYdNgW+fl&#10;JntHdAuwj7Lu+kx/Ln9pdAgAAI+HURkAAAAAAKhaLq7hqzEztUunR0dg8nbvyZwoTvlAGZjZk6Mb&#10;AAD1a82RCw7cuvWBVXJ7YXQLMElm0gcG2vKfXM737AEAVYq/oAAAAAAAQNVyN66+rDFJYqdFN2Dy&#10;zNJ50Q2oDwmjMgBAhazu6Dh414zdA5IWRbcA+831ulNb81/m6nAAQDViVAYAAAAAAKoZJ5XVGJcY&#10;ktS2fHQA6gYDRQBA2V3Z3n7IxETSL/mZ0S1AuZjpRVt/c//XGZYBAKoNozIAAAAAAFCVrp8z52hJ&#10;R0V3YF/5U6ILMHnmSVd0A+qDyzqiGwAA9eWa2XOPaE6z35F0RnQLUHZmF27d+sBX1+jsbHQKAAD/&#10;h1EZAAAAAACoSrs9Mye6AZPy5BVSJjoCk2Sei05AvfDW6AIAQP0YbFlwWDabflfSSdEtQAU9b1fr&#10;XSsYlgEAqgWjMgAAAAAAUJWs5O3RDZiU5gOO7eiMjsBk+ezoAtSNo9e0tzdHRwAAat/V8+bNUma8&#10;XxIn4qL+mT9nV27sawzLAADVgFEZAAAAAACoTmbt0QmYnCRJOGWuBi2XEsmOjO5A3bAdZkdHRwAA&#10;atua9vbmaTtLV7nrtOgWYAo9bzw39rnlfC8fABCMv4gAAAAAAEBVMqkjugGTY4kdHt2Afff0zs4j&#10;JHEiAsomo6ZDohsAALVrhZTZlWYvk3ROdAsw1Vx6yem5/PuiOwAAjY1RGQAAAAAAqEqp9KToBkyW&#10;HxpdgH3n4zoougH1Jd2TMioDAEzarFznJyU9P7oDiOLSpf2t+ddGdwAAGhejMgAAAAAAUJVMNiO6&#10;AZOTujiprBY1ZQ6ITkB9MdPB0Q0AgNrU39r5D5K9OroDiGamTwy2dT03ugMA0JgYlQEAAAAAgCrl&#10;jMpqVCJxUlkNsrTEqAxlZabm6AYAQO0ZbOt6kZm9N7oDqBKJu3+lP9f5jOgQAEDjYVQGAAAAAACq&#10;FWOEGpVyOlFNKvFnDmXmbpnoBgBAbRlsy5/k7p+RZNEtQBVpluyKVW3z5kSHAAAaC6MyAAAAAABQ&#10;rRi41KjENRHdgH2XSB7dgPpi5tnoBgBA7ehvzXe6a5UkTk8F/ohJR6c+MbC6o4M38AAApgyjMgAA&#10;AAAAUK2mRQdgclLXeHQD9p2bMSpDWbmc588AgL2ypr292Uxfl3REdAtQvWxeaSL5tHOSHwBgivBF&#10;PQAAAAAAqFbbogMwaYzKalBasjS6AfXFXbuiGwAAtWFnKfs5SSdHdwDVzqWLBlo73xndAQBoDIzK&#10;AAAAAABAlbJ7owswSQmjstpU2hFdgPpisp3RDQCA6jfY2vUaM70ougOoFWb2T4NtXUuiOwAA9Y9R&#10;GQAAAAAAqFJ+X3QBJsdcu6MbMAmpHoxOQH0xSxgqAgAeV39b/mlu/u/RHUCNSdz9iwPt89ujQwAA&#10;9Y1RGQAAAAAAqFL+2+gCTJbdHV2ASWhKGZWhrEqpc40xAOAx9R+TP9JcV0uaEd0C1KAjlE5csWLB&#10;gmnRIQCA+sWoDAAAAAAAVCmuv6xV7r4xugH7bqZ0f3QD6ks2k/wmugEAUL2syT8lqTW6A6hhJx20&#10;ffe7oyMAAPWLURkAAAAAAKhOrrHoBEyOZTMj0Q3Yd4s2bdoliRMCUTa792zbEt0AAKhOA7nOS2R2&#10;YXQHUOvc/e9X5boWR3cAAOoTozIAAAAAAFCVTMkvohswKalnSpuiIzA5Lv06ugF146GlmzfviI4A&#10;AFSflcd2zJXs36M7gDqRpPKvrGxvPyY6BABQfxiVAQAAAACAqjRhu+6IbsCk/LqvUBiPjsDkmLQ5&#10;ugF1gxMLAQB/4taFC5uSTHK5pAOiW4A6clTi2S+4ZNEhAID6wqgMAAAAAABUpb8oFu+TnFOTao7/&#10;MroAk2emoegG1I0N0QEAgOpzz9YH/1bSydEdQN1x9QzmOl8SnQEAqC+MygAAAAAAQBUzrsCsOXZz&#10;dAEmz91+Fd2A+uCuQnQDAKC6DObyC1z+3ugOoH7Zv3MNJgCgnBiVAQAAAACAKuY/jy7APnJ9PzoB&#10;+8F9XXQC6gan3gEAfmeFlHHZFyRNi24B6thhSZr57+gIAED9YFQGAAAAAACqlilzXXQD9klp98zM&#10;LdERmLxsU8r1pSiLTMIoGADwewfmOl8n+SnRHUD9syX9rZ0XRVcAAOoDozIAAAAAAFC1pie7b5K0&#10;I7oDe8l1x/nr1m2LzsDkLR4eLrq0JboDNa+kXQcwKgMASJJWze5sNdm/RHcAjcLMPtF/TP7I6A4A&#10;QO1jVAYAAAAAAKrWok2bdrl0c3QH9tpN0QHYf4nrJ9ENqHVe6N5y+0PRFQCA6pBm7d8lzYruABrI&#10;Eck0MeQEAOw3RmUAAAAAAKCqJearohuwd1LZiugG7L9Ufmt0A2qd/Ti6AABQHQbbupZIel50B9Bo&#10;XHrlYFv+pOgOAEBtY1QGAAAAAACqmpfS1dEN2Ct3PzS6gVPl6kDiuiW6AbXN5TdGNwAA4vXn89Pd&#10;/WPRHUCDSjzVJ12y6BAAQO1iVAYAAAAAAKpa79jG2036WXQHnoivWCaVoiuw//akO2+UNB7dgdqV&#10;Tf2G6AYAQBXY42+U1BGdATQs0+mr2rpeGJ0BAKhdjMoAAAAAAEANsC9GF+CJ+DeiC1AeSzdv3iGJ&#10;KzAxKS5tWTw2XIjuAADEun7OnKPN7d3RHUCjc/cPrjr6hAOiOwAAtYlRGQAAAAAAqHrWlH5N0p7o&#10;DjymsR8Wh7kysY6Y9J3oBtSmRFplkkd3AABiTaSZ90iaFd0BQMem03e8PToCAFCbGJUBAAAAAICq&#10;1z009BuXvh3dgcdg9rHlUhqdgfJJTVdFN6A2uTm/dwCgwQ3MmTfPXX8d3QHgd97af0z+yOgIAEDt&#10;YVQGAAAAAABqgrkui27An/WQlaZ9LjoC5dU3Uvip5JuiO1BzdiW7DrguOgIAEGwifb+kpugMAL9z&#10;YDJN74yOAADUHkZlAAAAAACgJvSMFq6R2e3RHfhDJn22Z2ztvdEdqACz/ugE1BjTDd1bbn8oOgMA&#10;EGegteMUmV8Q3QHgD7n0mv5j8y3RHQCA2sKoDAAAAAAA1AST3N3fG92BPzDhSfaj0RGoDC9pRXQD&#10;aou7fy26AQAQzJJ3SbLoDAB/olmJLo2OAADUFkZlAAAAAACgZvyoWPiWpDujO/A7V/Vu+tWm6AhU&#10;Ru9Y4UZJQ9EdqBnbM+MHXBEdAQCIM9DacYqkv4zuAPDnmemSgfb57dEdAIDakY0OAPbFGp2d3dFS&#10;PC7JZLrkPtekoyUd5tIMmU/Ik21m2pp6ul6JrS/t3nH70s2bd0R3AwAAAADKY7mUDpj9P7kzXIi3&#10;K7HMO6IjUDkm+aB0uUvvjm5BDTC7lqsvAaCxuSXv5ogyoKpNU7rn7yS9JjoEQOWs0dnZnW1jT0lc&#10;Xal7l5lapeT3f0W7HpT5dkl3Jknyi2mbZhcW6YaJuGJUMz63Q9VbOWdOW6aUvcjNF8l1pqQD9+Gn&#10;75b0YzO7wTy9srs4dFuFMgEAe2GFlJmZm9uWTUtzlSTzJH+Syw41+cEuHWKmQ9x/N3p/0KUJk+5/&#10;eDhsI27aYJ6uT5psfffQ0G9CfzEAACDMcik5LZf/maSnRLc0NLcP945ueHt0BiqrvzXfaab14sYD&#10;PIFEdl53ccPq6A4AQIzBOXNP9FL6U/G9R6Da7WrKlNrP3bhxS3QIgPIZmDNvnk2UnpuazjbpDEkH&#10;7MNPf9ClG8313WxTesXi4eFipTpRe/jEDlXpkfXsRYnrEpeeqfL9Xh1298+PZ0qffM6mTfeX6WMC&#10;AB7Dqva580uldFFiOsul4yXlJU0v04d/QNIdbvqepbqxedf0mxdtXbu9TB8bAABUucGWuad6kn5f&#10;DF2ibG7eOX0en381hoFc/tuSlkZ3oKqt7S0Wjo+OAADE6W/NX26mF0V3AHhibnpf30jhH6I7AOyf&#10;FS0tMw5Mpv+1yV6l8r3xMpV0g9w/2zza+k1OMAOjMlSV5VJyWlv+5XL9vaTOCr7UA3L/uE+3D/UV&#10;Cg9W8HUAoKFc2d5+SHOp6QKZP1vSOZJmT+HLT0j6ictvSNLMFT1j6380ha8NAAACDLTlPynX66I7&#10;GpLby3tHN3wxOgNTY6A13y3TYHQHqpfJ3txT3PDR6A4AQIxVsztb06wNS7+7gQBAdbuveef0HG8S&#10;AmpTfz4/Pdnjb0jd3m7S0RV8qWHJPthcPPZzjMsaF6MyVI3+tvzTzO3Tkp8yVa/p0pbE9K4fjBQ+&#10;v/zh1S0AYB+tOXLBgTtn7LrQpIslWyQpE930iLskv0Lyb/QUh282yaODAABAeV2byx2aaNovK/wA&#10;DX/ETD98cKTwjGVSKboFU2P5w1fOrtPDJw8Df2y7pdPbesbW3hsdAgCIMZjLf8ClS6M7AOw9M72h&#10;Z6TwyegOAPtmsK3rue7+QUkdU/airp8nib+ue2Tolil7TVQNRmUIt0LKHJTLv9uldyrsXSx+vdm0&#10;l/SM/PLXMa8PALVnYM68eSpN/K1kyyQdGt3zuMxuN/lnHizt+vyysbGd0TkAAKB8HnmY9s3ojgZy&#10;XzLhJ3ZvHhqNDsHU6m/Lv8Jcn4vuQPVx+Qf7ikMMCQCgQa05csGB4zPGR106JLoFwN5zacOPioX5&#10;yzl0A6gJ/fn8QbbHPi33FwQluNz+7cijDnrnybfdtieoAQEYlSHUda3zZqdW+ppLz4pukfQbJbqo&#10;d1PhhugQAKhm/bn8Unv4nYfPiG6ZhAcl/2LGs/963ui6zdExAACgPAbb8le664LojkZgbq/oGd3w&#10;hegOTL1bFy5s2rr1gXWS5kS3oKrsbMqU5py7ceOW6BAAQIz+XOcbTfax6A4A+87dn9M3OnRVdAeA&#10;x7eypeMpSZJcKakzukWuHyQlX8abDRtHEh2AxrWypeMpJZu4tUoGZZJ0lFKt7s91vio6BACqUX9b&#10;5zkDufx3Tfq2anNQJkkHSfamkpXWDbTl/+36OXO4KgsAgDowfcf0i036ZXRHvXPXVxmUNa6Tb7tt&#10;j1wfju5AtbEvMygDgMZmsldHNwCYHDN7TXQDgMc30NbRlyTJ91UNgzJJMp1eytqPB9vyJ0WnYGpw&#10;UhlC9OfyTzbpO5KOiW75M1KXv6avOPTZ6BAAqAaPvAPiI5LOiW6pgB2SPuTT9P6+QmE8OgYAAEze&#10;yvaupyap3yJpRnRLnRqzdPqJPWNr740OQZz+fH667fZfSdYenILqsNNLmtt3V2EsOgQAEGMg13Gm&#10;lPxvdAeASXN3dfWNFoaiQwD8qcG2riXufoWk6dEtf8Z98rS7d3T4x9EhqCxOKsOUu66lo8tMN6g6&#10;B2WSlJjs0wOtXS+LDgGASNfMnnvEQK7r00mS/ET1OSiTpJmS3qPd+sVAW0dfdAwAAJi8JZs2/Exu&#10;r4zuqEcm3e9SN4My9BUK4/LkndEdqBofYVAGAI2Oz7+BGmeSvzQ6AsCf6m/Nn+fu31J1Dsok6VBZ&#10;snple9dTo0NQWZxUhinVn88fZLt1i6QF0S17YVymRb0jhe9HhwDAVBtszZ/v5v8l2ZOiW6aQS/rq&#10;rmTiDc/ZtOn+6BgAADA5A7n8ZyX9dXRHHSmZ2fk9IxtWRoegOiyXktNa8z+R6cToFoR6oKmU7Tz3&#10;rl/9NjoEABDjyvb2Q5rT7GZxUjBQ68a2FQvty6RSdAiAh/W35jvN9GNJh0a3PBF3FadlS6eeu3Hj&#10;lugWVAYnlWHKuGTarctVG4MySZou17dWtrdX64lqAFB2q44+4YCBXP4yN13VYIMy6eGx/Yub0+wd&#10;g61znxkdAwAAJueHxcKrJV0e3VEvzO1VDMrwaMulNDF7e3QHYrm0nEEZADS25rTpIjEoA+pBy0Et&#10;nYujIwA87JrZs2fKdJVqYFAmSWbK7ZnIXHXrwoVN0S2oDEZlmDKrWrtebdJfRHfso2Mynv2v6AgA&#10;mAoDLXNOSKfvuFXSxdEtwY51S9cM5PLLl/O5EgAANWe5lG6bNf0VLl0b3VLr3PVvPaMbvhDdgerT&#10;XdywWow3G5ZJP9teLHw8ugMAEMz9ZdEJAMoksZdFJwB4WFN25r+YdHx0xz4xnX7P1gfeFZ2ByuD6&#10;S0yJ1R0duYmJ5JeSZka3TIa7v6BvdOh/ojsAoFL6WzsvMrPPSpoV3VJlrt6VTLyM6zABAKg9ty5c&#10;2LR16wNXSFoa3VKb/EM9xaFL7eErwoE/cU3L3GOzSfpL8TVEwzHzc3pGhtZEdwAA4jxyLVchugNA&#10;2Yxns+nRi4eHH4gOARrZQFv+6XLdpNo88GAiTeyUJZs2/Cw6BOVVi78ZUYMmJjL/pBodlEmSmX14&#10;zZELDozuAIByc8kGc/kPmNnXxTeD/pzzm9PsrYMtnfnoEAAAsG9Ovu22PRMTO14g2XeiW2qNmf1L&#10;b3HoHQzK8HiWjq2/y6V3R3dgarnpCwzKAACW2AujGwCU1fSJCbsgOgJoZMulRK6PqXY3PNnE/SPO&#10;wVZ1p1Z/Q6KGrGrtPF7yl0R37KeWXTPG3xAdAQDldOvChU2Dua4vuHRpdEuV6/TE/re/Lf+06BAA&#10;ALBvlm7evGNbcUO3mf4ruqVGpHK9vmdkA1cWYK/0FgsflbQqugNTZjiza+YboyMAAFXh+dEBAMrN&#10;nhtdADSyU9vyL5R0cnTHfnGdtao1/5fRGSgvRmWouDTRO1Ufi9S3XT1vHqf4AKgLqzs6Dt669cEB&#10;yV8a3VIjjjHXjQOt+e7oEAAAsG+WSaXukcLr3f290S1VbsLcXt87WvjP6BDUDpO8pOR1krZHt2AK&#10;WPrG7i23PxSdAQCIdW1b13FyPyG6A0DZnbe6o+Pg6AigES2XksT1D9Ed5eCmd0Y3oLwYlaGi+o/N&#10;t8jtedEdZXL49B3pi6MjAGB/rWhpmTExYddI/uzolhpzoExX9rfmz4sOAQAA+8Yk7xsderc/fKLC&#10;ruieKjScyE/vGd3wqegQ1J6/KK4fNtPfRneg0uzjvSPD/dEVAIB4WalevucD4A9N31NK/iI6AmhE&#10;p7V19Lh0XHRHmZza354/PToC5cOoDBVlGV0sqSm6o1zc9IroBgDYH/35/PRZSfO1kj0zuqVGzTDT&#10;VYOtc/n/DwCAGtRXLHwzdeuWNBLdUj38+qTJn95dHLotugS1q2ek8N+SfSm6AxVzS3Px2LdERwAA&#10;qoT7hdEJACrE9ZzoBKARuSd1tUFIUjYV9YRRGSrKpGXRDeXlp1zX0tEVXQEAk7FCyiR79HVJ50S3&#10;1LgZbuk1g3PmnhgdAgAA9t2S0Q03ZrPpiSZdFt0SLJX0jz8sDnV3Dw39JjoGtc+n+Ztc2hDdgbJ7&#10;wF0vWaQbJqJDAADxVs3ubHXpqdEdACrDpN5rZs+eGd0BNJLVHR0Hm7QkuqOcXLpwxYIF06I7UB6M&#10;ylAxA+3z2+vxi4uSJUujGwBgX7lks3Jdn3PXBdEtdeJgL6X9A+3z26NDAADAvls8PPxAT7HwUrl6&#10;JG2O7gnwfaWlp/UWC8uXPzwuA/ZbX6HwoCe2TNKO6BaUTWpmL+4bLQxFhwAAqkOaTfqiGwBU1Mxs&#10;U/PZ0RFAI9kzkSyW1BzdUWaHH7xt91nRESgPRmWoGPeJ+jwJJ9Hi6AQA2Fer2jpfL/lLozvqzGx5&#10;6WreuQUAQO3qHS2synjmFHd9VZJH90yBbXK9pbnY8qzesY23R8eg/izZtOFn5nqRGCvWB9fbe0Y2&#10;rIzOAABUEVd3dAKAynK386IbgEaSSHX5Z65kfnZ0A8qDURkqxtyfGd1QEa5nLOfPDoAa0p/rfIa7&#10;/Ud0R11yP6EpO/Pz0Q2L8IcAACAASURBVBkAAGDyzhtdt7lvtPBiS5PTJd0S3VMpLl3hJT25d7Tw&#10;H1xjh0rqGS1cbdI/R3dgP5l/rWe0wNeRAIDfuXXhwiaZnxvdAaCyEjEqA6aSS3W5qUhcZ0Y3oDwY&#10;xqCC7MToggqZdXJubnt0BADsjWtmzz3CZF+TlI1uqVcuXTTQln9ldAcAANg/PWPrf9RbLDzDlCx2&#10;6Y7onjIpSfqyScf3FQvP67urMBYdhMbQXSwsf+QEQNQk+862A5tfZo1xgiMAYC/9ZssDZ0iaFd0B&#10;oLJcOm51R0cuugNoBGva25slzY3uqASX6nUr0nAYlaEiXDJJXdEdlZI1Py66AQCeiEuWzfqXJLVG&#10;t9Q91ydWtnc9NToDAADsv57i+us1TSeb6VUubYjumTzrtzQ5o7dYeElPsbA2ugaNxSTfPlp4iUtX&#10;RLdgn928Ld25dNnatbujQwAA1SXJ2OLoBgBTo7Qn8+zoBqAR7JhIulS/m52Drz92/uHREdh/9fob&#10;FMEGjskfIenA6I6KSRloAKh+g63510reF93RIJqT1C975F0lAACgxvUVCuM9I4X//lGxMN+l50ta&#10;o9o4sWe7uT6fenpKb3HDkp6x9T+KDkLjWiaVMuMzXyrp+9Et2Dsm/TJp8guXjY3tjG4BAFQfd50V&#10;3QBganiSMiIFpkCSqe/NQSmzpz26AfuPURkqIsn6wdENleTmh0Q3AMDjGWif3y7Th6I7GsxTdpYy&#10;74yOAAAA5bNcSvuKhW/2FgvnWOpzJX3AXcXorj9lN5nbK5p3Tn9Sz2jhlUtGh2+NLgIkqXvL7Q8l&#10;4zMX6+FhJqqYS3eku3VW99DQb6JbAADV5+E3Uvop0R0Apojr7OgEoBGYMnW9OUjFpqIeMCpDZTRl&#10;DohOqCQ3zYpuAIDH4+nEhyXNjO5oNGZ26cCcefOiOwAAQPn1jA0VeouFv+8dLbRL6TPl+qSk4aCc&#10;PXLdIOnvlcnM7y1ueGbP6IYvLNq6dntQD/CYurfc/pBP0wWSboluwWMqlNKkp+/uwtboEABAddqZ&#10;ZhZKmh7dAWCq2JNWzpnTFl0B1L1UB0UnVFKizIzoBuy/bHQA6lNpYqIpsfrdLFrqaXQDADyWVbmu&#10;v0jlz43uaFDTvFT6uKTzokMAAEBlmOQqDt8k6SZJWjlnTltSSs6W7EyZnSr3BZIyZX7ZeyX9TKaf&#10;W6rvjc/MfPf8deu2lfk1gIrpKxQevHrevJ5pO0rflnHqQZX5SZpMLFla3HR3dAgAoHolSp7hNXEb&#10;PIBySSaSp0saie4A6plbmkoWnVExqaVN0Q3Yf4zKUBmpHiz7I/RqYvZQdAIA/DkrWlpmpPKPRHc0&#10;MpMWD7R1Xdg7suFb0S0AAKDylmzcOCLpS4/80KqjTzhgomnn8UniXe4+18w6JB0p19EyHaGHT5M9&#10;SL8fnm2TtFPSdkn3SBqR24gl6YjLh5M99ovuzUOjU/4LA8rs/HXrtq3R2YvHc2P/6dKronsguXRt&#10;aWLHRUs3b94R3QIAqG4uf0Z0A4ApZnq6pK9HZwD1zM0esjrebLv0QHQD9h+jMlRGU/qg0jo+qczE&#10;O8IBVKVZ1vxaSZ3RHQ3P/YNrdPa3F+mGiegUAAAwtbq33P6QpB8+8gPAoyzSDRPLi3rNaW357XL9&#10;bXRPY/Mvbp/V/Oplawu7o0sAADXh9OgAAFPLzE6LbgDqnaXaVscHlSmR3R/dgP1Xv6sfhJq5qf0e&#10;SXX8UMo2RRcAwB9b0dIyQ6ZLozsgSerc1XrXX0VHAAAAANVmuZT2jhTeIvcXSuKErKm3R/JX9xaH&#10;Xr5s7do6fnYHACiXlXPmtEk6KroDwNRy10nXzJ49M7oDqGeppxujGyopm5Tuim7A/mNUhopYpBsm&#10;XFof3VEpSalUt782ALVrljW/XDzgqR6W/t1yPtcCAAAA/qze0aGvu/w8SXdHtzSQ+xLZhb3Foc9E&#10;hwAAake2lH1KdAOAEE1JpvnJ0RFAPZuZTTdISqM7KuSeczdu3BIdgf3HNzpRSeuiAypkx2FHH7op&#10;OgIAHu3WhQubXJxSVl1s3ultXc+JrgAAAACqVV9x6OaMZxa6tDq6pQHcnGZKT+subrg2OgQAUFtS&#10;01OjGwDESJQ5ProBqGeLNm3a5dJQdEclmHRndAPKg1EZKsi/F11QCS7dfPJtt+2J7gCAR7tn6wMv&#10;MFMuugN/xP1dLll0BgAAAFCtzhtdt7m3WOiW6y2SxqN76lBJ7v/cXGw5e8nGjSPRMQCAGuR+QnQC&#10;gDALogOAemeyNdENleDuN0Y3oDwYlaFiMq66/A+gpJuiAwDgj7n0N9EN+FMuPXVV69wzozsAAACA&#10;amaS944W/iNN01Mk3RbdUzdM6z3Rmb2jQ/9vkW6YiM4BANQo04nRCQBimJxRGVBhbvU5vvKkbrci&#10;DYdRGSrmvNGhtZLq7h2QSSa5OroBAB5toGXOCZIWRnfgsaQviy4AAAAAasGSseFfNBdbTnf3d4lT&#10;y/ZHKvnHJvbseFrfpsIPomMAALXrmtmzZ8rVGd0BIIabHxfdANS7aRPZQUn1dkvaAzOsdEt0BMqD&#10;URkqxiSX9MXojrIyu71n4/qfR2cAwB+w7MXRCXhsbnreipaWGdEdAAAAQC1YpBsm+kaH/sWlkyR9&#10;N7qnBt1iplN6i0N/s3Tz5h3RMQCA2tY0/cAuSZnoDgBRrO3qefNmRVcA9ezcu371W0mD0R3lZKav&#10;Ltq0aVd0B8qDURkqylL/ih4el9UFc10e3QAAj7ZCysj8RdEdeFwHHZQ0L42OAAAAAGpJX7FwZ2+x&#10;8Gx3f4GkseieGrBZ8pf1FAtn9owUfhIdAwCoExNpe3QCgFDWvHNibnQE0AC+HB1QTqnpsugGlA+j&#10;MlRUz9hQQe5XRneUg0n3j89I/iu6AwAe7eBc1zmSZkd34PG59OLoBgAAAKAW9Y0O/U8yPnO+S38n&#10;6d7oniq03czenYzPnNtbHPqS1dGbOwEA8VxcfQk0OrekPboBqHfbioVvSRqO7igHk27s21T4QXQH&#10;yodRGSrOPPOv0Q3l4PLPnr9u3bboDgB4tNT9ougG7JXu1R0dB0dHAAAAALWoe8vtD/UVC//q0zRH&#10;0j+adH90UxV4SPKPpclEV8/Ihvd2b7n9oeggAED9cWlOdAOAWJ56LroBqHfLpJJkH43uKAe3tC62&#10;Ifg9RmWouJ6x9T+SfGV0x366d2Ii88HoCAD4E6bu6ATslemlPcnZ0REAAABALesrFB7sLRaWp9N0&#10;jMtfKvm66KYAYyZ78+4ZmSf1Fof+ZsmmTXdHBwEA6peZMyoDGl2i1ugEoBFsmzXtU5I2Rnfsp5t7&#10;RoYHoiNQXozKMCWyWX+dpO3RHZPl8r9bunn9PdEdAPBogy2deUkt0R3YO6n5ougGAAAAoB70FQrj&#10;fcWhy7bNaj7BTX8l6ebopilwq2SvmZjYMa+nuOGjnKYPAJgKJuuIbgAQy12cVAZMgWVr1+6W+Vuj&#10;O/bDnjRNX2uSR4egvBiVYUosHh4umuv90R2TdMv24tDnoyMA4I+liRgp1RCzhH9fAAAAQBktW7t2&#10;d99I4fLeYuFMpaUTZfpPSb+N7iqj++T6ZJrY03qLhVN6ixs+vXTz5h3RUQCAxuHSsdENAGKZOKkM&#10;mCq9I0NXmvQ/0R2T9G9LxoZ/ER2B8mNUhinzg9HCByTrj+7YR3c3ZUoXPnyPMQBUGbezoxOwD9yf&#10;cs3suUdEZwAAAAD1qHds4+29I4XXH3nkwU9y8z7JviTpvuiuSXhA0pcT2dJts6Yf0ztaeMOSTRt+&#10;Fh0FAGg8a9rbmyUdFN0BIBwnlQFTKFvKvl7yTdEd++j7Rx558LujI1AZFh2AxtJ/TP5Im6bbVBur&#10;9gk3/8u+kSHu/QVQlQZy+VFx/WVNcffn9I0OXRXdAQAAADSCFVLm4LbO00qpesySHskXqjrfZPsr&#10;d12fMVtVmuar+wqF8eggAABWd3TkJiaSkegOAOEmeoqFaVxpB0ydwbb8Se66SdKM6JYnZNqazaQn&#10;Lx4eLkanoDIYlWHKDbZ05tPEbjLp6OiWx5HK/cW9o0Nfjw4BgD9nVWfnUeke2xLdgX1j0j/1FAvv&#10;ie4AAAAAGtE1s+ce0dTk57nr9EcGZidKOmCKM1JJvzTXDyW7yUrp9d2bh0anuAEAgCe0Kte5MJXd&#10;Gt0BIN7uGZmDzl+3blt0B9BI+ts6zzG3lZKao1sex31pmp7FtZf1LRsdgMbTMzZUWNXWeWHqdp2m&#10;/sHd3nC53s6gDEA1S/f4XLbhtcfN5kY3AAAAAI1q6eb190j66iM/tELKHJjLzzPpJHc91eRzZEmr&#10;5K2SjtnPl5uQNCJpSKaCUhUSsztK0/yHfYXCg/v5sQEAqDhPdWRVnu8JYMrN3LPnUEmMyoAp1Dcy&#10;9N3BXP6lLn1FUlN0z5+xy10vYFBW/xiVIUT3yNAtq1o7T0/NrpXUFt3zKHvc9PK+YuHy6BAAeFyW&#10;zOOw6RrkPi86AQAAAMDDlkklFQt3SrpTDz+o/53+fH56sstbU9mxiXyGJzbLTbMS+czU7XdvkkxM&#10;2919j8l2muxuefprTdNvzhsa2soVQQCAmpbYkdEJAKpDybOHSuJqO2CK9RQLKwZa87tkWiFpenTP&#10;o9xnnpzfO7r+f6NDUHmMyhCme3TojtUdHc+amEiulHRSdI+k+8z18t5i4eroEAB4Qu7zOKmsJs11&#10;yfjmEgAAAFDd+gqFcUmFR34AANCA7DAeYQGQpHRPekh0A9CoekcL3x5smfus1NJvmCkX3SPTenNd&#10;2DO6fm10CqYGB9ci1OLh4aJP0xku/6hCvzqxm7LZ9Kk9owzKANQK48Sr2nTAwLH5Y6MjAAAAAAAA&#10;gMfj8pnRDQCqhPmh0QlAI+sZW/+jUilZKCl4y2Bfat4xfWFPscCgrIEwKkO4vkJhvK849OZE1i35&#10;uql8bZPul+v1PyxuOGvx8DDHtgKoJa3RAZikJrVEJwAAAAAAAAD/n717j7O7Luz8//6cmVxA8EpE&#10;kUwSM0A1SltFi3XbBQWSCVCrXbOr7e6q3dq1F6vdWu1227K/2rtWq3a9bWvbbXXLdm0tkItawdYL&#10;KtRWiZJkJpfJEEFEwQAJyZzz+f0Bdr2gJCEzn3PmPJ+PR/6AwPm+JvN4TOaceZ/P9wH00222gIZK&#10;KSe1boBhd+m+7V+amJ784Vry40m+NM+Xn+ykXDoxveNF59+69c55vjaNGZXRN9ZO7/jA/pOXnl1S&#10;Xp3ki3N8ubtT84fdzuwTJvZO/o/Lkt4cXw/geDu5dQDHqJuHtk4AAAAAgO+kJEtbNwD9odSyqHUD&#10;cK/1eyb/eHS0N16S30kypwOvmtxSUl5dF+dJa6d3XDmX16J/jbYOgK+3YevWQ0l+9/LTT3/zQ8sJ&#10;/7F28rLUevbxevx7v/DlbbOznbdcum/7fC94AY4n7wwaUKXjXV0AAAAA9Lde6tKS0joD6AO90rMp&#10;gD5y4c6ddyR5zebT1/xurxx8WSnlxUlWH6/Hr8kNnZK37e8e/OMNMzMHjtfjMpj8BUBfuu+L09uS&#10;vO2qxz3+zJFO59/0Ss4rydOTPOwoH25PUt9Xe+W9d85MfmRD0j3+xQDzzjBpUNWeU+YAAAAA6GtO&#10;KgO+xkll0J/WzWz9cpLfSPIbG1eOn1t69XlJeW6S8aN8qLtLcl2t9e87yV+u3Tt1w/GvZVAZldH3&#10;Lr5p5/Ykv5nkNy9LOueOjT+hlpybmuWpOSUlj07qI2rKwZJyW631Syl1T6fkhnSX/vN9X0wBFozL&#10;7r199UNad3BsSnHrUgAAAAD6XWdpUltHAP2gFJsC6HPrd09em+TaJL+4ZfXqR+dw57u76X1XallR&#10;OvW01M7Dkt7i1M7+Wnq3pObWTjr70qmfXLLn9M+cn2tmW38M9Cd/ATBQLkt6mZ7cmmRr6xaAVp5x&#10;6tkn9HK3s+cHVe2c2DoBAAAAAL6TWmqv2JQBSUrpOakMBsjaqakvJvnAfb+OwORc5jDgOq0DAICj&#10;s/iWR97TuoFj10vP/ecBAAAA6GudGieWAEmSXuJN7gBDyqgMAAbMfUfQGiYNqFI7+1s3AAAAAMB3&#10;VIzKgHt1koOtGwBow+0vAWAw7U9yQusIjl7pxKgMAACAgXBZ0vlXq1Yt6852lvVKPbWUkVNr7Z30&#10;Lf9hKd2ScnPp9fbcPdKdee7u3bfPfy1wPNVaZhP3vwSSpBiVAQwpozIAGEz7kzy6dQRHr9erRmUA&#10;AAD0latz3uhdK246Y7TWJ9dan1w65Um15slJVh3upnPvTa9Kaq253ztg1aSmppaSpb3RbBobvzPJ&#10;dJLJUsp1vfSuyz3luvU3T946nx8X8CCUOmtTBiRJz51TAIaWURkADKKaO+/vNVz630in3tm6AQAA&#10;AK5atWpFp9tZm5q1B8vMs0dqHlaTpJTUBz8kOSnJE5M8sdb6QyUlWZxsGhvfk1I/ll7+dnRR3XTh&#10;zp13POgrAXOj1tn7HZECQ6fjpDKAoWVUBgCDqJMvpOa7W2dw9Hpl0b7WDQAAAAynzWPja2otL0qp&#10;l6Sb70oy35uRFallRUpeMDtbDm0aG7+61PI36Yy+b92ez39hXkuA76im3GlSBiRJTddJZQBDyqgM&#10;AAZQqbmxJutad3DU7v7E7hunW0cAAAAwPK447cxTRkZ7P16S/1CTJ6b0zf3sFidZW0tdm3r4DzeN&#10;rf5QUt6xbNnD/uac668/3DoOhl1JuT3ufwkkKSlGZQBDyqgMAAZRLdv66EVgjlQpk5clvdYZAAAA&#10;LHxbVpy1qld7r0l6L0hycuueB9BJygVJLrj11jv2bFy++p11pPtHF+/efXPrMBhWJfUrXn0EkqR2&#10;e7e1bgCgjU7rAADgGHR621oncAxq3d46AQAAgIXtqsc9/sxNY+OX92p3MqkvTf8Pyr7ZilLKazu9&#10;0elNY2e8fcvq1Y9uHQTDqKR8pXUD0B/KyNJbWzcA0IZRGQAMoE5v1KhsANUSozIAAADmxBWnn/m4&#10;TcvH39IZ6Xw2yfMz+K//L0rqS3uHy9bNY2f83OVr1ixuHQTDpJueURmQJPWUU078UusIANoY9CeV&#10;ADCULty77Qslub11B0enk7K1dQMAAAALy2VJZ+PY6p8d7fRuTMlPJ1lo46tTauobT95/z+c3Lx9/&#10;TusYGB5OKgOSktxxzvXXH27dAUAbRmUAMIBKUmstV7fu4GiN+pwBAABw3GxcMf69546NX19S3pTk&#10;pNY9c+zxteRvNo2tvvKK0898XOsYWOgWj3Rva90AtNdL3PoSYIgZlQHAgKqlZ6A0UOq2dXs+/4XW&#10;FQAAAAy+y9esWbx5bPy3S80navI9rXvmV7l4Uad3w6ax1S9tXQIL2bN37fpikntadwBtFaMygKFm&#10;VAYAA2qkxqhsgNT4fAEAAPDgfXDVqlNP3n/wgzV5dZJFrXtaqMnDk/L2TStWv/t9Z511cuseWIhK&#10;Umsy3boDaKwUXwcAhphRGQAMqIv2Tm1NcnPrDo5QzTWtEwAAABhsG1esftbh7sgNSfmB1i19oZYX&#10;LD7Q/ceNY+NPbJ0CC1FJ9rZuABqrdVfrBADaMSoDgAFVkprk71t3cER6daT74dYRAAAADK6NY+Ov&#10;LrVsSXJK65Y+M16SazcvH39O6xBYeKoTimDI1RiVAQwzozIAGGC11ve0buBI1A9dvHu3U+UAAAA4&#10;apcnI5tXjP+Pkvx2ktHWPX3q5FryV5vGznh56xBYSErc9g6GXUnd2boBgHaMygBggN350KUbk9zW&#10;uoMHUDt/0ToBAACAwXPdU5+66KSx8b+sNS9r3TIARpP6B5vHxt/QOgQWjOL2lzDsau3sbt0AQDtG&#10;ZQAwwDZs3Xqopv6f1h18R3fXJfW9rSMAAAAYLBvHx5fceuvtf12SH2ndMkhq8opNK8Z/v3UHLAQl&#10;9XOtG4CmZk/Ye/qe1hEAtGNUBgADrqQ6Bau/Xbl+cvKrrSMAAAAYHBvHx5eUQ+W9Sbm4dctAqnml&#10;YRk8eIfr4c+3bgDaqcmu83PNbOsOANoxKgOAAbdueudHk3i3UJ+qtb6ndQMAAACD47KkUw7lz5K6&#10;vnXLQKt55ablq3+9dQYMskump7+S5KbWHUAbJfmn1g0AtGVUBgADriQ1NW9q3cH92vrJvVN/2zoC&#10;AACAwXHu2Pjrk2xo3bEglPLfNo2d8fLWGTDgtrYOANoopXy2dQMAbRmVAcAC0Dl04ttTcmvrDr5Z&#10;/b3Lkl7rCgAAAAbD5uVn/OeavKJ1x8JSX79p7PHPbl0BA6sYlcHQ6tXPtE4AoC2jMgBYANbe8pm7&#10;kuK0sv6ya9myh7+7dQQAAACDYdPY459dS/Xc/vgbTTqXbz599XjrEBhEJflc6wagjdnScVIZwJAz&#10;KgOABWJ0pPvmktzeuoN71ZrfO+f66w+37gAAAKD/XbVq1Yqk8+4ki1q3LFCPrJ3yl1ecdtqJrUNg&#10;0HRLua51A9DEVy+e3r6rdQQAbRmVAcACceHOnXfUWv5n6w6SJDffWQ/+SesIAAAA+l9NSmd25E+S&#10;PLp1ywL3lJFFJ76ldQQMmhN3P+6GJHe17gDmW/3nktTWFQC0ZVQGAAtIXVJ/Pcm+1h1Dr5af3zAz&#10;c6B1BgAAAP1v8/LxV6TkvNYdw6DUvHjTitXPbd0Bg+T8XDOb5JOtO4D5VUv5h9YNALRnVAYAC8j6&#10;ycmvllJe1bpjyH1oYu+O97SOAAAAoP9tHBt/Ykp+s3XHUKn5wyvHxh7ROgMGzLWtA4D5VdL7aOsG&#10;ANozKgOABWbdnh3vTsrfte4YUodr8rOtIwAAAOh/lycjpeaPkixt3TJcymNH6+LXta6AQVKTj7du&#10;AOZV72Dpfax1BADtGZUBwAI00uu+LMnB1h3Dp75x/fTk51pXAAAA0P9OGlv9kpSc27pjGNWSF29c&#10;sfpZrTtgYBxyUhkMk5p87rm7d9/eugOA9krrAABgbmxeccZra62/3LpjeNTddXH57vWTk19tXQLQ&#10;L96//KzTauk9pZf6pJq6oqQzltRTkyQ1h1PyxVJyU69Xb0qytVdGPnPx9PZdJaltywEA5taWU89+&#10;SG/JXTuS8tjWLUPsc5+YnnzyZUmvdQgMgo1j49tLckbrDmDuleSd66YnX9q6A4D2RlsHAABz49o9&#10;O371+8bOODepz27dMgQOpNd7zvrJXQZlwFC7euXKpQd6oxd2kktrcnE33dO+9nslJd+wFbvvLU61&#10;JqXc+w8j6WXT2Pgtm5MttdZN++s979swM3NgPj8GAID50Fty96sMypp74veNrf73mZ7609YhMAhK&#10;yQdSjcpgGNTk71s3ANAfnFQGAAvYB1etOvVwd+SfkjymdctCVkp+Zt2eyT9s3QHQygce//ix2dnO&#10;y5L8pySnHK/HLcntvZo/L6Mjb5nYtW3b8XpcAICWrlq58jGd3uiOJCe1bqHu3n/y0rM2bN16qHUJ&#10;9LuNY+OXluRvW3cAc643O9s59dJ927/UOgSA9jqtAwCAuXPBrl23lFJfmKTbumWhqjXvNigDhtXm&#10;09c8cvPY+BtmZzuTSV6T4zgoS5KaPLyU/Ey63Rs2rhj/46tWrVpxPB8fAKCFTh39lRiU9Ymy8uT9&#10;B1/UugIGweETRq5Jcrh1BzDXyvUGZQB8jVEZACxw6/ZMXZ1a3tC6Y2Gquzt1yc+2rgCYbzUpG8dW&#10;/0Tt3LOjJq9IsmiOLzlaal7c6Y58ftPy8Z+/zHNZAGBAbXzM+LLU/HjrDr7BL12+Zs3i1hHQ756z&#10;bdv+kny8dQcwt2rtbW7dAED/8EI8AAyBdXt3/GIteVfrjgXm5m5Gnr1uZuuXW4cAzKerVq1asXns&#10;jA+UlHckeeQ8X/6ElLz++8bG/+EDj3/82DxfGwDgQSuL85+SLGndwdcrK0+6857nt66AQVBL+UDr&#10;BmCOlWxpnQBA/zAqA4AhUJL66FMe9pNJvap1y0JQktt7vd5Fl0xv39m6BWA+bR4784JOd+TTSX12&#10;45Tvn53tfHrL2BkXNu4AADhi1z31qYuS/EzrDr5VqXlZ6wYYBL1ujMpgYbvjhOnln2gdAUD/MCoD&#10;gCFxzvXXH97fu+f5Jfn71i0D7mDt5LkXz+z8bOsQgPm0ecUZL6zpXZXkEa1b7vPIXuqVm1ec8cLW&#10;IQAAR+KLt97xnCSnte7gfj1zy/LVT2odAf1u/cyOTyaZad0BzJkt5+ea2dYRAPQPozIAGCIbZmYO&#10;jHZHn1eTG1q3DKhuKeXHJ3ZPXtM6BGA+bVwx/qO11v+VZHHrlm+yuNb65xvHVv9s6xAAgAdSUn+y&#10;dQPfXq9TXtK6AfpdSWpKLm/dAcyRUv936wQA+otRGQAMmQtuuvG2Ew4seUaS97duGTBfTXpr1+3Z&#10;8e7WIQDzaePy8YtKzR+nf58/lpLyxk3Lz3hB6xAAgG9ny2mrlyel9S3E+Q5KzYuvOO20E1t3QL+r&#10;Jf+ndQMwJ766tHQ3tY4AoL/06w8FAIA5dP6tW+/cf/KSS1OKdx4dgZrc0qu9Z09M7/y71i0A82nz&#10;2PiaUvJX6b8Tyr5ZJ6X+6cYVq5/VOgQA4P50R8olSUrrDr69mjx80ciJF7bugH43sXvyE0n2tO4A&#10;jrsrzt+9+2DrCAD6i1EZAAypDVu3Hlq3Z8cLU8vrWrf0tZLtI2XkGRfv3Xld6xSA+bTl1LMfUpPL&#10;k5zcuuUILSq1vGfL6tWPbh0CAPDNSqnPa93AA6sll7RugH533y0w39u6Azi+SnUKIQDfyqgMAIZY&#10;SerE3h2vSvJLSWZb9/Sf8pGR3sj5a/ds29W6BGC+9Zbc9fokT2zdcZQe3TucP24dAQDw9a4cG3tE&#10;Uv516w6ORL24OlEOHlCt9f+2bgCOq/1frQff3zoCgP5jVAYAZGJ68rc7qefWZEfrlj7Rrclr1k3v&#10;+MGL9m7b1zoGYL5tWjl+XlJ+onXHsSkXb1y++t+2rgAA+JpOWbw+yaLWHRyJ8tjNp696cusK6HcT&#10;01MfSzLZugM4ZrHrMwAAIABJREFUPkry1xtmZg607gCg/xiVAQBJkrXTU9cfPmHkqUn+vHVLY/tq&#10;L89ePz35OyWprWMA5tvVOW80vfq2DPTzxfK7G8fHl7SuAABIktLL+a0bOAojo2tbJ0C/K0ktKe9s&#10;3QEcH73Ud7RuAKA/DfAPCQCA4+0527btn5ie/PdJ+c9J7mjd08CW2V7n6etnJj/cOgSglQMrZv5t&#10;Us5q3fFglJKxHKovbd0BAJAk6ZSntU7gKNT67NYJMAhGR2b/NMnh1h3Ag/a59dNTH20dAUB/MioD&#10;AL7FxPSOt3dzaFVS35Sk27pnHny2lvrsienJdZfObL+pdQxAKzUppdZfad1xPJSUV12d80ZbdwAA&#10;w+3qZWtOSq1rWndw5GryPa0bYBBcsGvXLaXkqtYdwINTS31X6wYA+pdRGQBwvy6Znv7KxPTUz5WS&#10;pyf5eOueOfKlpP7k0unTn7J+z9SHWscAtLZp+fiFg35K2ddZfnBs5rmtIwCA4Xb30kNPSTLSuoMj&#10;V5JTP7hq1amtO2AQlFr+qHUD8KAcHhnNn7WOAKB/GZUBAN/Ruj2T/7h/evIH7rsl5s7WPcfJ3Ul9&#10;UymLzp6YnnrH+blmtnUQQD/olLykdcNx9uOtAwCA4VY6vae3buDodbujZ7dugEHwqGUP3ZLk5tYd&#10;wDHbtHZq6outIwDoX0ZlAMAD2pB0J6Z3vH3d9OR4TX4oycdaNx2jm0vKKw6dMPKYiempn1u35/Nf&#10;aB0E0C+uOO20E+/7Gr+QXHDFaWee0joCABhepXae1LqBo9er1ecNjsA5119/uCZvbd0BHKvem1oX&#10;ANDfjMoAgCNWkrp+evKKienJZ6ZmXZL3J+m17joCMynlVw52Zp+wbnrHHzxn27b9rYMA+s2izgk/&#10;mOSE1h3H2cjIot7a1hEAwDCry1sXcPRKYlQGR+pQ3prkQOsM4Kh9emJ659+1jgCgvxmVAQDHZGLv&#10;5JaJ6cm13Rw6Jak/meSjSWrrrq+pyS0l+Z2SPGlienL5xJ4dr33u7t23t+4C6Fd1pFzUumEudHp5&#10;VusGAGCojbUO4OjVkse1boBBsf7myVtT8+7WHcDRqalvbN0AQP8bbR0AAAy2S6anv5LkHUnesWX5&#10;6id1O+UFpZYLk/qUJCPznLMvydUp5b1ZVK9aNzl5zzxfH2Bw1fK0PtoGHze15NzWDQDAcKpJ2Zyc&#10;3rqDY7KsdQAMklLyhpq8JElp3QIckZlHL3v4ezLdOgOAfuebOwBgTmwcH3/oyKHyg91azysl/zrJ&#10;2UkWH+fL7K01/5BSr6nd+uGLb9q5/Tg/PsBQuCzpfN/Y+FeSPLR1yxzozs7e/dBL9+27u3UIADBc&#10;rjjtzFNGR3u3tu7gmMxMTE+6dSkchY1j4+8vyYWtO4Aj8l8npid/q3UEAP3PSWUAwJxYPzn51SRX&#10;3vcrlycjJy0fX5lOPbNTO2em1LPSy8qUPKQmD0nyiJo8pPy/4dntNbmrU3JXrXV/Um4ppWzr9Xrb&#10;O52y456lIzues23b/lYfH8BCcu6KJ5xa6+GFOChLkpHRJScvT7KtdQgAMFw6ndnHJp3WGRybU1oH&#10;wKAZSXlTL9WoDPrf3bOznXe2jgBgMBiVAQDzYkPSzd7JqSRTSTa17gHg63S6j063dcTcKd1qVAYA&#10;zL+SJa0TOGZLN46PP/S+N8wBR2Dt9I4rN42NfzLJ01u3AN/Rmy7dt/1LrSMAGAzeJgUAADDsulnW&#10;OmEu1dp10gQAMP/qyEjrBB6EO40C4aiV3n9vnQB8R19d1B19XesIAAaHURkAAMCw63UX9inWpSzs&#10;jw8A6EujIz2jsgHWW3xotnUDDJqJPTs3Jvl46w7g/pVS3nzBTTfe1roDgMFhVAYAADDkeqX0WjfM&#10;qWpUBgDMv9lex/cgA6yzePECvkE8zJ2Szq+2bgC+VUluP1AOO6UMgKNiVAYAADDkykgOtW6YS7XU&#10;O1s3AADDZ6TjpLJB1r37bieVwTFYN739g6m5pnUH8I16tb75ubt33966A4DBYlQGAAAw7MrIF1on&#10;zKVayxdbNwAAw6fbq/tbN3DsDjziEUZlcIxqp/566wbgG3y5U5e+sXUEAIPHqAwAAGDIde5eMtO6&#10;YS4tqt0FPZoDAPrUaL21dQLH7NDzt2493DoCBtX6PVMfSi1/3boDuE/Nr6yb2frl1hkADB6jMgAA&#10;gCG39pbP3JVkX+uOOXLw9pmdO1tHAADD567Dh52WOrDqvpLU1hUwyLql/EKSe1p3APns/r2Tb28d&#10;AcBgMioDAAAgqeUTrRPmyNYNSbd1BAAwfDbMzBxIclfrDo5FZ0Gf5Avz4ZLp7TtT8j9adwC9V3pd&#10;BIBjZVQGAABASup1rRvmQin5ZOsGAGCYuQXmQCoxKoPjoFsP/XqS21p3wPAqGyemd/5d6woABpdR&#10;GQAAAEknm1snzI1yVesCAGCo7W0dwLGoC/XW8DCvLpme/kop9bdad8CQmu3U3qtbRwAw2IzKAAAA&#10;yNo9k5/Owvuh58Fy8IRrWkcAAMOr1vLPrRs4eqWW6dYNsFB89aSlb07yudYdMGxq6u+v3Tt1Q+sO&#10;AAabURkAAAApSa2p723dcTzVmveuveUzd7XuAACGV+nkn1o3cPR66S3IW8NDCxu2bj2U2ntRkm7r&#10;FhgiN2Zx+dXWEQAMPqMyAAAAkiSdXt6SpNe643gppffW1g0AwHDr9XpOKhs8s93ZA59uHQELycTe&#10;nZ8qyZtbd8CQqLWX/7x+cvKe1iEADD6jMgAAAJIk62amJpNydeuO46Lmn9dN7/xo6wwAYLjdVQ9t&#10;TTLbuoMjV5IbLt237+7WHbDQHJ69+5eT7GzdAQtf/dP1M5Mfbl0BwMJgVAYAAMC/KKX3G60bjpNf&#10;LUltHQEADLcNMzMHanJj6w6OXE3c+hLmwKX79t1dk1e07oAF7sudRXl16wgAFg6jMgAAAP7Fuj1T&#10;Vye5onXHg1Jz7cTeyb9tnQEAkCSl5P2tGzhyNfWTrRtgoVo/PXlFSn1P6w5YqGqtP7V2auqLrTsA&#10;WDiMygAAAPgGvW7vF5IcaN1xjGZrJz/VOgIA4Gtq6lWtGzhidbSO+nzBHFp699KX1mRH6w5YaGrJ&#10;u9bvnfrL1h0ALCxGZQAAAHyDi2/aub3U8vOtO45FrfW31u+Z/HTrDgCAr3n0KQ//hyR3tO7giHzq&#10;or3b9rWOgIXs/Fu33jlS6ouSzLZugQVk8oS7l7y8dQQAC49RGQAAAN9i7d4db0+ypXXHUam59oSR&#10;7m+2zgAA+HrnXH/94VJydesOHlipeV/rBhgGa/dMfSzJb7TugAWiW1NfdP6tW+9sHQLAwmNUBgAA&#10;wLcoST10wsjzk2xt3XKEJhf1Ri85f/fug61DAAC+Wa1lc+sGHli39q5o3QDDYtmyh/1Gkutad8Cg&#10;qzVvXD899dHWHQAsTEZlAAAA3K/nbNu2vyYbSnJ765YH8NX0uj9ywU033tY6BADg/nRzz+VJDrTu&#10;4Duaunhm52dbR8CwOOf66w/3ur0fTeJ0JThGpeQTWZJfbt0BwMJlVAYAAMC3tX568nOzpXx/kpta&#10;t9yvklt7nfKvJ2Z2faZ1CgDAt3PJ9PRXkvqXrTv49mryztYNMGwuvmnn9pq8MElt3QIDaF+3zP7w&#10;+snJe1qHALBwGZUBAADwHV2yZ8fna3JRrZlu3fINSm7tlXLRxbt3/FPrFACAB9IpRkt97ODi7uj/&#10;bB0Bw2j99OQVSX67dQcMmMOdUp9/8e7dN7cOAWBhMyoDAADgAa2fnvxcDuec1FzTuuVe5VO1l2cY&#10;lAEAg2LtnqmPJdnauoP7U/+3W6lDO5+YnvxvSba07oCBUcov3/d9BQDMKaMyAAAAjsj6mydvXbr3&#10;9AuT/FaS2UYZNam/t2zZQ5+5fu/kVKMGAIBjU/PHrRP4VrVT3t66AYbZZUmv15l9UVK/0LoF+l1N&#10;rly3Z8frWncAMBxK6wAAAAAGz+bTz3x67fTeluR75+2iNdfWkbxy/e7Ja+ftmgAAx9HVy9acdPDE&#10;e3amZlnrFv7FdRPTk09rHQEkm8Ye/6+Szt8lWdy6BfrU1tHR3jMv3LnzjtYhAAwHJ5UBAABw1NbN&#10;bP/kJ6Ynz6klP5bkxrm8Vkk+n1pfsG7v5PcblAEAg+z8W7feWWv99dYd/D+dlP/augG418T0zo/U&#10;5EeT9Fq3QB+aGakjFxmUATCfnFQGAADAg1KTsnn5+EUp+akk65OMHoeHnU1yVUnnLWunt/9dSepx&#10;eEwAgOYuX7Nm8cn777kxyarWLcOuJh9YPz15UesO4BttXLH6F0otv9e6A/rIXaXkB9ftmfzH1iEA&#10;DBejMgAAAI6bzSue8Nhe7/APl5JnJfWZSXnskf/f9QspnQ+X5IrZes+mS6anvzJ3pQAA7WxcMf6S&#10;UvNHrTuGXK+MdJ6ybtf2f24dAnyrTWNnvCmpP9u6A/pAt5TynHV7dlzVOgSA4WNUBgAAwJz54KpV&#10;px7ulieldFbWXl3RKWXxfb91T625vaTcnpTJ1EVb181s/XLTWACAeXLdU5+66NZb7/hckvHWLUPs&#10;ryamJ5/fOgK4f1fnvNGDK2auSM261i3QVCm/MrFnx2tbZwAwnIzKAAAAAABgnm1csfpZpZYPxuv0&#10;LRwc6fXOvmhm547WIcC3976zzjp58YHuh5Kc07oFWqipf7B+euoVrTsAGF6d1gEAAAAAADBs1u+Z&#10;+lBS3tK6YxjV5JcMyqD/PWfbtv2jo70LklzfugXmW01928T01CtbdwAw3IzKAAAAAACggdnZu16T&#10;ZKp1x1Ap+fAnpyff1DoDODIX7tx5x+xsZ12Sz7VugXlT6ns+OT310yWprVMAGG5GZQAAAAAA0MCl&#10;+/bdXUr9ifih8Xy5s5ORF1+W9FqHAEfu0n3bvzTb61yUZGfrFphrNbly2SkP/4+X+bsKgD5gVAYA&#10;AAAAAI2s2zN1dVLe2bpjGJRSL1u7Z9uu1h3A0bt0ZvtNvW5voia3tG6BOXT1yD0n/rtzrr/+cOsQ&#10;AEiMygAAAAAAoKm6uL48Nde27ljg/vbaPVNvaB0BHLuLb9q5vXRGz00y2boF5sBf7T95ybq1t3zm&#10;rtYhAPA1pXUAAAAAAAAMuw+uWnXq4e7Ip5Isb92yAH1yf+/geRtmZg60DgEevKtWrnxMpy7aklrP&#10;bt0Cx0MtededeyZ/YkPSbd0CAF/PqAwAAAAAAPrAxhXj31tqPpLkxNYtC8hMKYuevm7P57/QOgQ4&#10;fq4cG3vESBZfleQZrVvgwaipfzAxPfXKktTWLQDwzdz+EgAAAAAA+sD6PZOfTsnLW3csIPd0Sv23&#10;BmWw8FwyPf2V0dHeRFI+0roFjl19k0EZAP3MqAwAAAAAAPrExJ7JP0opv9i6YwE4XJMfW7tn6mOt&#10;Q4C5ceHOnXfMzt61tpT8TesWOEq9WuqrJqanfs6gDIB+5vaXAAAAAADQZzaOjb+iJG9o3TGgDpRe&#10;fd66manNrUOAuVeTsnls/NeS/FrrFjgCd5eaF67bO/m+1iEA8ECMygAAAAAAoA9tWj7+8yl5feuO&#10;AXNn7eWS9TOTH24dAsyvzcvPeHEt9e1JFrVugftTk1tK7V06sXfnp1q3AMCRcPtLAAAAAADoQxN7&#10;J3+/1vrrrTsGyN2dlOcZlMFwWrd3x7s6Kc9LcmfrFrgfu0Y6nfMMygAYJE4qAwAAAACAPnbf6Ttv&#10;TbKkdUv/ql9IKT8ysWfy461LgLauWnnG93R69b1JVrVugftsWdQd/dELbrrxttYhAHA0jMoAAAAA&#10;AKDPXbXyjO8p3fq+UjLWuqXv1Fwz2+08/9J927/UOgXoD+8766yTFx/o/lGS57duYah1a/LLE9OT&#10;v1uS2joGAI6WURkAAAAAAAyA9y8/67Ru6f51kqe3bukf5c1Lpx/38+fnmtnWJUB/qUnZMnbGy2vq&#10;7yVZ1LqH4VKTW0on/25i9+Q1rVsA4FgZlQEAAAAAwIDYcurZD+ktuev1SXlphvs1/sOpec3E3snf&#10;bx0C9LctY2dc2Et9d5JTWrcwJGr+udT6b9bNTE22TgGAB2OYn3ACAAAAAMBA2rJi9ff3avnTJOOt&#10;W+ZbSf6+V/OS9Xsnp1q3AINhy2mrl/dGyp+l5LzWLSxotaa+6YRO9zXn7959sHUMADxYRmUAAAAA&#10;ADCArjjttBNHR0/4raT8bIbj9f67k/rKT0xP/c/Lkl7rGGCw1KRsHlv9E0n5/SQPad3DgrMzJT82&#10;sWfy461DAOB4GYYnmQAAAAAAsGBtWvH49amd307y5NYtc2hLp9ZfWLt36obWIcBgu3LFGU8YqfXP&#10;kzyldQsLxl+MjvZ++sKdO+9oHQIAx5NRGQAAAAAALACbx868oJb6+tR6duuW4+ijtZNfWL978trW&#10;IcDCcfnpp59wcueE30nqz8TPSzl2+5PyqonpHW9vHQIAc8E3SQAAAAAAsEBcvmbN4ofeefCltZZf&#10;SnJa654H4bM19XV3Tk/9xYak2zoGWJg2rhj/3lLzjiTntG5h4PyvRSPdV12wa9ctrUMAYK4YlQEA&#10;AAAAwAJzWdI5d+zMZ/XS+7mSXJzB+HlAN8l7k96bJqZ3fqR1DDAcrs55o/eM3fTTNfW1SU5q3UPf&#10;m+mkvGzt9I4rW4cAwFwbhCeRAAAAAADAMbpq5Rnf0+nWn0nJC5Kc2LrnftycWv68lPon66Ynt7aO&#10;AYbTlhVnrerV7luTrG3dQl+qSXnn6Gj3Fy/cufOO1jEAMB+MygAAAAAAYAhcfvrpJ5zUWXpBSX4o&#10;ySVJHtMw57aU8oFOzV8snn7c5vNzzWzDFoAk966GNi8/4z+m1N/IYN9CmOOoJP/UK/W/rN8z9aHW&#10;LQAwn4zKAAAAAABgyFyWdJ52+hlPG+nU9TX5viRPS/LIObzk/iSfSvLBXu194FN7d/7jZUlvDq8H&#10;cMwuX7Nm8UP3H3pZTf3vSR7WuodmdiV59brpyb8qSW0dAwDzzagMAAAAAADI5tNXj9fSeVo69Wmp&#10;5aykrkyyMkd3y8wvpZR9tdbpkrqzpFw3W8p11+3Zse0yIzJgwHzwcd/1qMMjh381KT+VZLR1D/Pm&#10;jpLya189efFbN2zdeqh1DAC0YlQGAAAAAAB8WxsfM76sLi2PG+31RmZr5yEjpSxOkprZ2km5/XDp&#10;3D1SRg4szcGbz9+9+2DrXoDjbeOK8e8ttbw2qetbtzCnDiX1XbVbXrv+psmZ1jEA0JpRGQAAAAAA&#10;AMAD2Dw2vqYmr07ywiQjrXs4bg6W5A/Kovr7a6emvtg6BgD6hVEZAAAAAAAAwBEyLlswDib1HZ3Z&#10;vG7tvqm9rWMAoN8YlQEAAAAAAAAcpc0rxp/S6+W/lJLnJ1nUuocjdlcp+bNOt/eGi2Z27mgdAwD9&#10;yqgMAAAAAAAA4BhtfMz4sizOS0ry00mWt+7h/pXk8zX1jUsPLH33+bduvbN1DwD0O6MyAAAAAAAA&#10;gAfp8tNPP+GkzpIfS8rLS/Kk1j38i4+V5A+WTJ/+3vNzzWzrGAAYFEZlAAAAAAAAAMfR5rHxNUn+&#10;fU1+PMkprXuG0J6avHVktr577b6pva1jAGAQGZUBAAAAAAAAzIGN4+NLyqH8UE3+Q0kmkoy0blrA&#10;DiV5X0nnHddOb//QZUmvdRAADDKjMgAAAAAAAIA5tmnVWWeVXm9D7dUfScl3t+5ZIHpJrk3N/629&#10;XL7+psmZ1kEAsFAYlQEAAAAAAADMoy2nrV5eRzvPq+ldkpTzkoy2bhogh2ry/qT+n05v6ZXrZrZ+&#10;uXUQACxERmUAAAAAAAAAjWxa+V0rS529uNasTfKsJA9p3dSHvpLkg7Vk8+JO96oLdu26pXUQACx0&#10;RmUAAAAAAAAAfeDyNWsWn7z/wA8kZW1KZ21qPbt1UyO9JNfVWreUTtm0f8/kJzck3dZRADBMjMoA&#10;AAAAAAAA+tDVy9acdPCEA99T03lmkn9VknOTnNK6aw58McmHS8pHS3ofedSyh3/mnOuvP9w6CgCG&#10;mVEZAAAAAAAAwAC4OueN3rNi5uz0ytNr6pNS8sQkT85ADc3qF2rKDZ1kay25odOrn/j43qnPXXbv&#10;6WQAQJ8wKgMAAAAAAAAYYFtWr35073B9cinlCalldUpWpmZlTVYleViDpNuS7E6yK7XsLslUN/nc&#10;SF18w7qZrV9u0AMAHCWjMgAAAAAAAIAF6sqxsUd0yuKVSX1MUh5ZanlUSX1Ur+aRpVMflVoeldRO&#10;kqSWk1Ky6H4e5p6k3p0kKWU2Nbcl5ctJva2UelvS+XLt1dtSu1849JDFu56zbdv++fsIAQAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAgD5RWgcwv2pSNj1m/JQszrL0sqwzUk6ptXa+0/9Tag6V&#10;Tr11drZ+qZzQuXn95ORX56sXAAAAAAAAAACYX0ZlC9AVp515ysii7tmpWV1SVqWUVSV1Va1ZkWRZ&#10;kpEHeYl7as0tpZNdqXVXTdnVSXal19lWDi/duvaWz9x1HD4MAAAAAAAAAACgAaOyAbdp5XetTLf7&#10;jHTqOan17KQ8KcljGib1kuwqJZ/t9epnO53OJ0ZnR6694KYbb2vYBAAAAAAAAAAAHCGjsgGzZeWZ&#10;39Xr9iaS8gMpvXOT8tjWTUegJnV70rk2NdcsGp3ddMGuXbe0jgIAAAAAAAAAAL6VUVmf2zg+vqRz&#10;uFxQU9enZiLJqtZNx0FN8o+pdVOvdq5cP7Pjk+XefwcAAAAAAAAAADRmVNaHtpx69kO6S+76kaQ8&#10;vyQXJFnaummO3ZZkY0nnz66d3v6hy+69hSYAAAAAAAAAANCAUVkf2bzqzO+us72fSMm/S/Ko1j2N&#10;TNZa/2Q0o++6aO+2fa1jAAAAAAAAAABg2BiVNXb1sjUnHTjh4AtKyn9K8vTWPX1kNsnGTso775je&#10;sWlD0m0dBAAAAAAAAAAAw8CorJHNY+NravLqJM/Pwr+95YN1c5K3z8523nLpvu1fah0DAAAAAAAA&#10;AAALmVHZPNu0YvwZtea/lOSHk4y07hkw+5P6rnQWvWFi9427W8cAAAAAAAAAAMBCZFQ2TzatHD8v&#10;vbw2yTNbtywAvST/t9b80vq9k1OtYwAAAAAAAAAAYCExKptjm8fG19Ra/7+U8tz48z7eDqTkrbOH&#10;O7/ltpgAAAAAAAAAAHB8GDnNkatWrVrR6Y78XpJ/E3/Oc+2uJK/b3zv4OxtmZg60jgEAAAAAAAAA&#10;gEFm7HScbRwfX9I5VH6upv7XJA9r3TNkJlPqL07smfrr1iEAAAAAAAAAADCojMqOo03Lx9em5K1J&#10;VrVuGW71HzqdkZeu3b39xtYlAAAAAAAAAAAwaIzKjoONjxlfVhbnD5M8v3UL/+Jgkt/Zf/KS39yw&#10;deuh1jEAAAAAAAAAADAojMoepM0rzri41t47k/LY1i3cn/KpTqf8B6eWAQAAAAAA8P+zd+9xctX1&#10;/cffnzO7uZEEb0EM2dnN7iRB4z0gXlDAAtldQER/jTfAaqXa4u1XW6vWS1qvaH+2VdR6oRUQ1NSK&#10;itndIBjqpQoCKhVDktlkd3YTLkEkBJJsduZ8fn8EWy8hbDaz+5lz5vV8PPpHHw8fOy8eczJz5pzP&#10;+X4BAAAwMQyVTdL6Bcvn7p099mlJ50W34BGNufS+Gyvlj62W0ugYAAAAAAAAAAAAAAAAoJExVDYJ&#10;A4uXPs1r6RWSlke3YOLM9I3x8eSCs7Zvuie6BQAAAAAAAAAAAAAAAGhUDJUdor5i6W9M+oCklugW&#10;TIJphzx9RU9ly3XRKQAAAGh8a5YvnzF311jJLO3wNGmXeYdJR0n2mP3/54+RNOsgf2KnZPdKfq/L&#10;fyXZHYm0VZ4MpWm6tXdbeXS6/lsAAAAAAAAAAAAmiqGyCVr3+KceUZux+3NmemV0Cw5b1aV391TK&#10;HzXJo2MAAADQGNYsXz7jyAf2HleTnmtuT5f0VEnHSmqdqtc06T5Jt7rs53Ld4vLv946UB6fq9QAA&#10;AAAAAAAAACaCobIJ+E5nZ7FaTf5D0nHRLairy2cl1T87ZWhob3QIAAAApt96ndyyt1h5tpT8kVwn&#10;y3SCpNnRXZK2yfx77lqfqnDdmZVNW6KDAAAAAAAAAABAc2Go7BH0FztPlJJvSHpsdAumgOvnVU/O&#10;OGt007boFAAAAEy973R2HlkdL5zj5i816WRJc6ObJmCLmdbVUvvKT0Y2/2C1lEYHAQAAAAAAAACA&#10;fGOo7CCuGuurAAAgAElEQVT627peLrMvSpoZ3YKp5EM1S3rPHN68IboEAAAA9XfTihWtO+6570yl&#10;yXky75E0K7rpMIy666uJ6d+6K+XbomMAAAAAAAAAAEA+MVT2MPqLS14v+ackFaJbMC3u8URn9Q6V&#10;fxwdAgAAgProayt1mel1kv5E0tHBOVPhR+b2eds3e83Ku259MDoGAAAAAAAAAADkB0NlBzBQLH3E&#10;pb+J7sC0GzPXy7pHyt+MDgEAAMDkuGT9xdKZtv98/nnRPdPkAcmuTGu1/3fGti2bomMAAAAAAAAA&#10;AED2MVT2W1yy/rbSJ8z0xugWhNkn6dyeSvnfo0MAAAAwcS7ZuvYlL3H3d0l6ZnRPkH2SfTmt1T7E&#10;cBkAAAAAAAAAADgcDJX9lv720sfl+r/RHQg3btK53ZXymugQAAAAHNz/DJNJ75X7U6N7GkRN0pVp&#10;Lf0Aw2UAAAAAAAAAAGAyGCp7SF9b6ZOsUIbfUjOz87uHN18ZHQIAAIAD628rrTTTP7r0xOiWBpVK&#10;uqK1UPvrU7duvSs6BgAAAAAAAAAAZAdDZZIGiqV/dOmt0R1oODVJr2ArTAAAgMYy0P7EJ7iPXyTp&#10;XPGbZiJ+Jdd7d42UP7tq/zkuAAAAAAAAAADAQTX9DZj+Yukdkj4c3YGGtcfNz+wdHvxudAgAAECz&#10;WyMV5hZLf2XSeyXNie7JHLNbrWYXdI9uujE6BQAAAAAAAAAANLamHiobaO96o7t9MroDDW+PJ3ph&#10;71D5x9EhAAAAzWpgUVfJC/YFuU6Kbsm4cblftGv+rPevuu22fdExAAAAAAAAAACgMTXtUFlfW9eL&#10;zexrkgrRLciEeyz153SPDpajQwAAAJqJS7auuOTNLv+IpFnRPXlh0oZaYq88Y2jzz6JbAAAAAAAA&#10;AABA42nKobK+jtKzLdV3Jc2ObkGmlH2fntt7Z3lHdAgAAEAzGFi0/DFuez8vs5dEt+TUbsn+sqey&#10;+bPRIQAAAAAAAAAAoLE03VDZ2o6Oo5O05SZJx0S3IHtc+s4DlXLPKqkW3QIAAJBn/e2l58j17+K8&#10;fTp8q6UlPf+0LVt2RocAAAAAAAAAAIDGkEQHTKe+UmlmwVu+IW5MYZJMOm1+sfQP0R0AAAB51l/s&#10;erVc14nz9unyomqt8L2BRV2l6BAAAAAAAAAAANAYmmqoLNmnz7nrhOgOZJtLb+1vW/In0R0AAAB5&#10;s14ntwwUS5+T7Itiq/rp5f5UT+yn/e2dvdEpAAAAAAAAAAAgXtNsf9lf7Hr1QzengHp4wKRnd1fK&#10;t0WHAMinvmNKiwoFf3zVkyMKns7xxObJNF/uhf3/C/t1IttTs3R3wbWz5nbf7JFFw6fo+mpsOQBM&#10;Tl+pNN/2aY2kldEtTa5qbm/qHtn8L9EhAAAAAAAA9eCSXdvZ2ZZWbUEttbkq+Bxzm2umI909cclN&#10;dp+Z7ZbS3ea6X9Zy787hjZVVUi26HwDybs3y5TPm7a4uTmrVua7Co93TOZLPkWm+JJkn427+gLt2&#10;mqW7zZLd1uKjKwcH745uz7umGCpbu6jzKUmS3ChpVnQL8sOkDePV3cedtX377ugWANnV11bqMtnz&#10;Zb7MpSXmKsm0RNKcSfy5fZJvddlmM232VJu9YD/6ydDmW1dLaZ3TAaBuvl0sPrqgGd+W9NzoFkiS&#10;3KV39lbKF0WHAAAAAAAAHIr+xcuWKa2d6O5LzZMlMi9JWqLJ3SceM2mLS5vcVTazzYmnPzx9ZPA2&#10;k7zO6QCQe+t1csu+9pFnpZ4cJ/elMv3mM7pdUmESf3KnpM0yK3uabjYlGyxpub57eMMddQ1vYrkf&#10;KluzfPmMebvGfizpGdEtyCHXp3pGym+MzgCQHevaly1OvXqaZKdKOknSUdPwsg9K/iOXXVuQX3t6&#10;ZfAWfvACaBTrFna1pS12jaRjo1vwe0yfvmG4/KbVDCYDAAAAAIAGNVAsLXf58x665n6KpMdNw8s+&#10;IPmPueYOAAd304oVrffs2HWSlJ7q0omSnilp9tS/st8h2Q8kv9Zr1te7rTw69a+ZT7kfKusrdl1k&#10;srdHdyC33KWzeyvlq6NDADSu/SvwzFwl+XnavwpP6PevSRvk+lKhNf3SaVu2VCJbADS3/o5jO5RW&#10;r5XUFd2Ch+G65IaR8p+tZrAMAAAAAAA0iL6jSws0w19usnMlPSu6R2a3utLLW9KWK08f2bg9OgcA&#10;ovUVS08y6TxJr5LUFpxTM9c1SuxL4+MPfoOd6A5NrofK+ttLz5Hr+5rcMnnARG2vad+Tz6xUfh0d&#10;AqBx3LRiRes9d+/sTU3nmXSmpJnRTQeQyvU9k102Nif52tkbN+6KDgLQPB4aKPu+pEXRLXhEl99Q&#10;Kf/JagbLAAAAAABAkL5Saabt04u0f0ihW1JrcNKB1CRdJ+nyanX31xlcANBM+o4uLUhm2Ct9/yIb&#10;K6J7HsYuyf/DTZf3DA+uZ5XJR5bbobI1ixbNnleY9TO5lka3oClc3lMpnx8dASDedzo7j6xWk/8r&#10;6c81PVtb1suDkl9STQsfPWt007boGAD5NtD+xCe4j39PUim6BRPEtu8AAAAAACDA/p1AZrxF0oWa&#10;nq0t62WX5P9mNuMj3cMb7oiOAYCpsq5j6bFpmr5L0svVmAO/D2eryf55ZjL+2VOGhvZGxzSq3A6V&#10;9RdLH5b0jugONBHX2T0j5W9FZwCIMbBo+WOUjL3d9w+TzY/uOQz7JH21kKbvP310y+boGAD5s37B&#10;8rl7Z49dr8Z9UgkP7509lfJHoiMAAAAAAED+7X8ocd87JHuNpHnRPYfhQckv8Zp9rHdbeTQ6BgDq&#10;ZW1b53FmyftM6pWURPdMlrsqidnHx6sPfp4VJv9QLofK1hW7VqSyH0tqiW5B83BXZXxO4clsHwc0&#10;lzVSYV5xyYWSv0/SY6J76mjMXRfP3jtz9Sk7bnsgOgZAPvSVSjNtTAMynRzdgslx05/2Dpf/NboD&#10;AAAAAADk000rVrTu2LHzbZLeqWw/wP37dsv947t87EOrRkf3RMcAwGSt7eg4OklbPirpVcrwMNkB&#10;jMj97T0jg1+JDmkkuRsqc8kGiqUfSnpOdAua0kd6KuV3RkcAmB7riktOS80vzvlWy/dK/s7uyuDn&#10;2VccwOEaKJY+59IF0R04LPvMvLt7eHB9dAgAAAAAAMiX/vbOXnnySUmd0S1TaLvL39lbGbwsOgQA&#10;DsWa5ctnzNs19i5Jfy1pTnTP1LEfpGntL84Y3fLf0SWNIHdDZQNtS17j5jw5jyjjKhSe0rN148bo&#10;EABT59rFix8/Xit8UtIfR7dMH/9+4vqLlSODv4guAZBNA8Ulb3f5RdEdqItdNbMTzhzevCE6BAAA&#10;AAAAZN/axYvbrVa42KQzo1um0fqa2YVcXwGQBQPFpae6pZ/K+UIbv60q+ad9hr2nt1y+PzomUq6G&#10;yr7T2XnkeDXZaNLjo1vQzHxtT2WwmU56gabS11Y6XabLmvS7Zo+73tY7Uv5MdAiAbOlvK62UqU/5&#10;Wgq72d3uM3RCs/+gBgAAAAAAh6evrevFZnaJpMdEtwR4wOUXsmoZgEa1Xie3jLVvW+3u71RTXt/3&#10;jW72it7h8k+jS6LkaqhsoH3JB9z9b6M7AFNyWndl07XRHQDq5+qFC+e0tMz5F0nnRbfE82vTpHbe&#10;GUNDd0aXAGh817QtW1i12i1NOoybd5f3VMrnR0cAAAAAAIDsWb9g+dy9s8c+La65S25Xmc94Xffo&#10;bfdGpwDAb1yzqHNJLUm+LGlFdEuwqqQP3lAp//1qKY2OmW65GSpbt7CrLW2xTZJmRbcALv3ixkr5&#10;aaub8EMFyKO1izqfkuw/aVoe3dJA7rbUX909OjgQHQKgca3XyS17i6PXS3pedAumir++pzL4uegK&#10;AAAAAACQHX3tpWeY+5clWxbd0ijcVTFLX9VT2fKD6BYAGCiWznPpU5LmRbc0kO8WvHDe6SMbt0eH&#10;TKfcLE/nLfYeMVCGBmHSk5/dvuTl0R0ADl9fe9cLkyT5vhgo+31HeWJXD7QteUN0CIDGtbc4+m4x&#10;UJZz9s9rF3U+JboCAAAAAABkw7rikjPN9QMGyn6XmYpScl1fe+lV0S0AmpdL1lfsusily8RA2e97&#10;Yc1qPx4olprqnnEuVirrX7xsmWq12yQVoluA31JesODIJx13883j0SEAJqevvfRac31WUkt0S2Pz&#10;T3RXBt9qkkeXAGgcA4uWPsuT9AeSWqNbMOVuXrDgyOdw3gsAAAAAAA5moG3JG9z8YnFP92Bc0t/3&#10;VMqro0MANJf1HR2z9tZar5T5OdEtDe4Bd720d6R8TXTIdMjHSmW19J3i5AONp3TP3fefGx0BYHIG&#10;ikvebq4viIGyCbA3DxRLl960YgWDIwAk7f/x6YX0cjFQ1ixW7Nix82+jIwAAAAAAQOMaKJY+4uaf&#10;Efd0H4lJel9/W+ni1Xm5lw+g4fWVSvP3pi1rGSibkLlmunqgWFoVHTIdMv9F1NdW6pKcwR00JDd/&#10;zxpOjoHM6S+W3ufyi5STFT2nyXl379j55TXLl8+IDgEQb4+3vEeupdEdmFbvXNfW9eToCAAAAAAA&#10;0Fhcsr620j+49DfRLZliuvCE4pJ/5T4jgKl2VUfHo2yf+iS9MLolQ2a4dEV/sevV0SFTLfNDZWb2&#10;FvFlisa1eG6xxDQvkCH9xdL7JK2O7sgik146b9fYv6/XyazuBjSxvmLpSeb6q+gOTLsZqenTzkA2&#10;AAAAAAD4Lf1tpU+Y6W3RHdnkr55XLF26Ogf39AE0pvULls+dlbZeI+l50S0Z1CLZvw20LXlNdMhU&#10;yvQX0LXHHPtYyf80ugM4GJO9PboBwMQMFJe8RQyUHa4XjRVHL2GoAGhe5vqUJFYtbEr2/P5i13nR&#10;FQAAAAAAoDH0F0vvMNMbozsy7lXPaiv9c3QEgPzpK5Vm7p099k3Jj49uyTBz88/2t3f2RodMlUwP&#10;lY0XqhdImhPdARycH99f7DwxugLAwfW1db3M5R+P7sgDl87vby99ILoDwPTrb+86R6aTozsQx2Qf&#10;Xr9g+dzoDgAAAAAAEGugvfQ6SR+K7sgDM72xr1hi+1AAdbNGKtiYfVlseVkPrfLka3mdCcnsUNlq&#10;KZH89dEdwMQkb4guAPDw1rYteYGZfVEZ/l5sNOZ6V39xCd/TQBO5acWKVrk+HN2BcAv3zB77y+gI&#10;AAAAAAAQZ2BRV7e7Pi12tKgbkz7U37bkFdEdAPJhXtuSj8j8nOiOHJktS75+zaLOJdEh9ZbZL/KB&#10;9iVnuPu3ozuACdrn+7So987yjugQAL9r7eLF7UmtcIukx0S35FDVPHlh98im70eHAJh6A+1db3S3&#10;T0Z3oCE8mCbV0hlDQ3dGhwAAAAAAgOnVv3jZMtVqN0liJfP6GzPTc7uHy7dEhwDIrr5i1/kmuzS6&#10;I5dMm/bNKhx39saNu6JT6iWzK7K4+wXRDcAhmJHM9POjIwD8rptWrGhNqoWviIGyqdLill7Zd3Rp&#10;QXQIgKn1zWXL5rnsvdEdaBhHJGnru6IjAAAAAADA9FqzaNFspekaMVA2VWa666vf6ew8MjoEQDb1&#10;FUtPMtmnoztyy7V0xt7qZ6Mz6imTQ2VrOzqOltQb3QEcCnd7TXQDgN91z46d75bp2dEdObfIZugL&#10;nuHVUQE8sta91dfLxQApfotfsG5hV1t0BQAAAAAAmD7zk1kfkvtToztyrlStJhdHRwDInvUdHbMS&#10;6QpJR0S35JrbK/qLpXOjM+olk0NlibeeJ6k1ugM4RMsHFi19VnQEgP3WFZec5tK7ozuaxIvWtXf9&#10;ZXQEgKmxZtGi2SZ7e3QHGs6stCX56+gIAAAAAAAwPfrbu85x6S3RHU3i3IH20uuiIwBky9608E8u&#10;PT26o0l8Zl3H0mOjI+ohk0NlSv1V0QnAZHhS49gFGsBVHR2PSuWXKavfgxnkbh/pX7SYJ9SAHJqb&#10;zDyXVcpwYP6n1x5z7GOjKwAAAAAAwNRa19V1lNwuETtWTBt3feLbxaWd0R0AsmFdccmZkr0+uqOJ&#10;zE3T9EtrpEJ0yOHK3M30vmLpSTI9LboDmBxblYcPDiDrZqaF1ZKOju5oMi1KWj7FNphAvqyWEpPe&#10;Ft2BhjVnvFC9IDoCAAAAAABMrVrVPiLp0dEdTWZ2Qek/RUcAaHxXL1w4J5Wzbe70WzGvrZT5Qb7M&#10;DZWZtCq6ATgMR89v73pBdATQzPraS88w2RujO5qTn7guR3uIA5Ce3d51kmTLojvQ0N7AQxUAAAAA&#10;AORX36LSSeb6k+iOJnVWf1vpRdERABpba8ucv5HUHt3RlEwfHmh/4hOiMw5HS3TAJLwkOgA4HJ7a&#10;SyWtj+4AmtFqKTG3z0rOze0gqfSxqzo6rj5naOi+6BYAh8/d/iK6AQ2vfW6x1KtK+eroEAAAAGAq&#10;re3oODqptTzLEl/iriWSPUbS/P+9DmX3Sfage7o5MdtsSXLryqFNt4dGA8BhumnFita7d+y8WOxQ&#10;EcalT657/FOvW3nXrQ9GtwBoPP2Lly3zWu0d0R1NbL58/COSXh0dMlmZGirr7zi2Q2n1KdEdwGEx&#10;vUgSqyQBAZ7VXnqF3I+P7mhmJj1+Zq3l3ZL+KroFwOG5pm3ZwppqL47uQOMz6QJJDJUBAAAgd/ra&#10;S88w91fIkpVK/Skymfvvz1X89v/vMjO5JE9T9bWVKma6Rq6v7RopX7tKqk1jPgActrvv3vk6Mz05&#10;uqOZmanos/b8paT3R7cAaEC12kWSZkRnNDOXzl27aMmnzxjdfEN0y2Rkamp8oG3JG9z8M9EdwOFy&#10;aXlvpfzL6A6gmazXyS17i6MbJXVGt0Bj1TTpOmt007boEACT19fe9Vfm9rHoDmRC1ay12D284Y7o&#10;EAAAAOBwrXv8U49IZ+75U5dfYKrnIIXf4dLltbTwCa6ZAMiCNYsWzZ6XzNoi6ejoFuh+S2cu7h69&#10;7d7oEACNo6/Y9TyT/SC6A5Lk1/ZUBk+LrpiMJDrgULh5T3QDUA8JxzIw7fYUR14pBsoaxczWJGWl&#10;MiDjTMl50Q3IjBZPx18RHQEAAAAcjqsXLpzTXyy9L525e1jyf67vQJkk2RNM9vaWJN0y0Fa6pO+Y&#10;0qL6/n0AqK/5hZl/KgbKGsV8T8beHB0BoLGY9M7oBvyGndpf7DwxumIyMjNUtmb58hmSTonuAOrB&#10;3U6PbgCayRqpYLL3RHfgf7n0hoH2Jz4hugPA5PQVS0+S+1OjO5AhppdFJwAAAACTNdBWOrulZc4v&#10;Ja2W9NgpfrkZbnqtFbRhoL3rbTetWNE6xa8HAIesr1Sa6W5/E92B3/HWqzo6HhUdAaAxrG3rPE6y&#10;M6I78L/Mk3dFN0xGZobK5u7ae7ykedEdQJ08/6FBSQDTYF5b1x9LKkV34HfMct/3f6MjAEza/4kO&#10;QOYc399xbEd0BAAAAHAoruroeFR/25Kvu+kbktqn+eXnuts/7Nix84ZrFnUumebXBoCDsn3+akms&#10;qNhYjpzlrW+MjgDQGBIVMjnAlGdu6ulv6zw+uuNQZWaoLFHyvOgGoI5mz31w7JnREUDTsOQvoxNw&#10;IPb69QuWz42uAHDozPWS6AZkjqlWPSc6AgAAAJiotcd0Lp2dtvyXzKPPY59RS5Ib+ts7e4M7AECS&#10;5JJJ4pp7I3J/E4taAOhrK3XJ/OzoDhxAYplbcCMzQ2UuZ6gM+eKeyT1zgawZWLz0aZJnbuq7Sczf&#10;M2dsVXQEgENz9aKlx8jE1pc4dKbu6AQAAABgIvqLnScWCskNLj0xuuUhj5Yn3+prK/15dAgArGtb&#10;eqJky6I7cEBHzX9g31nREQCCJXqtMjQL1FTcXnrtMcc+NjrjUGTiQHpo4v250R1APSUyBiWBaeBp&#10;+uroBjw8k86PbgBwaAqFdKX2n58Dh+okVqgEAABAo+svdp4oJf0uPSq65fcUzPSpgeKSt0SHAGhu&#10;Lq65NzJ355o70MTWSAVz8TnduGbsS6qZWnAjE0Nl6xZ1dUl6XHQHUE/ufkJ0A5B3N61Y0SrXq6I7&#10;cBCuF3y7uLQzOgPAxJn81OgGZNbMvbPGeLACAAAADauv2PU8KVknqVEfhjCX/2N/ccnro0MANKer&#10;Fy6cI9MfR3fgoHqvXbz48dERAGLMK3aeLOmY4AwcRNYW3MjEUJkn9ozoBqD+7Amc1AFT61c77l8p&#10;6ajoDhyUtZgz+AdkidtJ0QnIMBPHDwAAABpS3zGlRSb7uqQ50S2PwCS/eF1xyWnRIQCaT2vrES+W&#10;ND+6AwfVMl5reVl0BIAoCauUNTrTs9d1LD02OmOiMjFUJvenRicAU6FWa+HYBqZQKueHUwa48z4B&#10;WfHQyoILozuQZfb86AIAAADg961ZvnyGFezrys7DiS2p/Kv9Hcd2RIcAaC5cy80K3iegGa1ZvnyG&#10;pBdHd+CRuXtmVv3MxlCZGYM3yCW3lGMbmCIumaTTozswIcv7jiktio4A8MgS1U6MbkDW+fHrOzpm&#10;RVcAAAAAv23e/XvfI/nx0R2H6NFKq//60DUwAJhyN61Y0SrphdEdmJATruroeFR0BIDpNe/BsedK&#10;mhfdgUfmnp172NkYKpOeEh0ATAV3PTm6Acira9q6lis7T5c2vaSgU6IbADwyk1ZENyDzZu6uJZwD&#10;AwAAoGGs7VjydJm9I7pjkk4ZKHZdEB0BoDn86p77jpc0N7oDE1KYVWt5QXQEgOllKffassNPWL9g&#10;eSa+Uxt+qOyhp9g7ojuAKeGWmb1ygaypGSdOWeJynnADMsBkT49uQPYlSfK06AYAAADgNxL3f5LU&#10;Et0xefbBbxeLj46uAJB/NYYVMsWNa+5As3EZ/+6zo3XPnL3Pj46YiIYfKts9nhTF8s3IKTctjm4A&#10;8so84QduptgfRRcAOLiHtlRh624cNndnJWoAAAA0hP620kq5ToruOEyPK3jrX0ZHAMg/M665Z4kx&#10;XAI0lXWPf+oRkj8rugMTZ56NYe2GHypLkoShG+SWSUddvXDhnOgOIG9cMpmztHO2tK1rX8Z3PtDA&#10;vr1o6UKXHhXdgewzaXl0AwAAACBJSvTO6IS6MHvTVR0d/F4DMGXWLF8+Q/LnRHfgkCy/euHSx0VH&#10;AJgePnPvcyTNiO7AobBMPNzS8ENlJuMGM/LMCi1zOqIjgLzpW7y4KOmx0R04NKnSZ0Q3AHh4LS3p&#10;kugG5IO7LY1uAAAAANYu6nxKDlYp+40jZ9VaXhkdASC/jti5Z5kkFknIlqSlpfq06AgA08PNuceW&#10;PU9bIxWiIx5Jww+VpYm3RTcAU8q8PToByBurFpZFN2AS3HnfgAZmNR72QH2Y6Zj9TzgDAAAAcQpJ&#10;8trohroy5eu/B0BDsSTh2m0WOe8b0DRS7rFl0Mw5xaUNPyvS8ENl5joqugGYShzjQP2Z2bHRDZgM&#10;44QXaGCpUobKUC+FufeP8fAQAAAAwqyRCi69PLqjzlb0L17GtRUAU4Jr7hllDJkATcO4x5ZFBas2&#10;/Pdr4w+VmdjrGfnmxhZ9QL3xQymTzLzhT5yAZmYmhoBQN0nixegGAAAANK95bZ3PlHR0dEfdVWtn&#10;RCcAyCl2mcgohgGB5sE9tkxKk4Z/3xp+qMzdGbhBrnkijnGg3lwN/wWMP+S8b0CjWxAdgBxx43gC&#10;AABAGLfkhdENU8FNp0Q3AMgtrt1mENfcgeZw9cKlj5NYrCmTMrDCXMMPlZmMgx+5Zs4xDkwBVj/J&#10;piO/09l5ZHQEgIfB6qqoI3cucgAAACCOSc+JbpgKJj0vugFAbnHNPYPMtGh1BuYBABye1taUz+jM&#10;8vbogkfS8F8iLnFzGblmco5xoN6M746sSvfa/OgGAA+DbelRR5YwpAgAAIBQy6MDpsijr2lbtjA6&#10;AkAucd02m5JnlUpzoyMATC03PqMzrOHfu4YfKpM0IzoAmFKmmdEJQO645kUnYHJqLcZ7BzQoF5+t&#10;qB9PG//HMgAAAPKpr1SaKWlxdMdUqSZVtjoDUFc3rVjRKmlWdAcmaQ/XYIC8S1JjeDSjsnDfJQtD&#10;ZQzcIN9SjnGgntbr5BbxAzezPGWoDGhUCeflqCcerAAAAEAQr9WOllSI7pgqidsx0Q0A8uXOHTsY&#10;VsiwlAe5gdxLWWwju7zxB3+zMFTGSmXINeeGGlBX93UM8QM3wwoJP3CBRuWcl6O+OAcGAABAiJZq&#10;ku9rD+ZHRicAyJeZLS35/tzMuZYa19yB3LOUf+cZZdb4A4EMlQHhjGMcqKM5+woN/+WLh+dW4/0D&#10;GhfnLKijlOMJAAAAIdKcP9Dmnu//PgDTb7ya8CB3hnlS5XsByDtn+8sMa/j3LgtDZWl0ADC1Uo8u&#10;APLECi216AYchtR4/4DGxTkL6sbNOJ4AAAAQwmpJrq89mLi2AqC+rFDgcyXLknx/7wGQzDj/y7CG&#10;n4fKwlDZvugAYIqNRQcAebJnjnZFN2DyLHHeP6Bxcc6C+nHneAIAAECINEkfiG6YUq77oxMA5Euh&#10;yjX3LEtSrrkDeZca/84zyxr/3J2hMiAeN9SAOvrpxo0PitV0MqvGD1ygkXFejnriHBgAAAAhCtV8&#10;X3tIeWAPQJ1VZ9byPYybc5Z6ww8sADg8iYvP6azyxh/cbvyhMuPmFXLOuaEG1NPq/cuEPhjdgclJ&#10;Wlob/uQJaF6sLIW64ngCAABAiJ3bB7crx+ejBfnW6AYA+XJjufyAeJA7s8ZbUq65AznHSmUZxlBZ&#10;HTBwg7xLOMaB+uPkKatYSh1oZPbr6ALkh3E8AQAAIMgqqebS5uiOqeK1WbdHNwDIl9X7H+TeHd2B&#10;yWnZM59r7kDOmXNfNLPMGv69a/yhMrN7oxOAKZVyjAP1ZzujCzA5vm8m7x3QsPxX0QXIDzPdE90A&#10;AACA5mXSL6Mbpsid3aO3cb0ZwFTgum02jZ9+160MBAJ5xza3meXy+6IbHknjD5U5N6+Qb2biGAfq&#10;L7dPm+bc9pV33crWpUCj8oQhINSNM6QIAACAQOa2PrphilwXHQAgp4xr7llkUtnYuhTIvWo6Vtb+&#10;VVzzmN4AACAASURBVCWRMZaB79fGHyoTT7Aj31zGDTWg3tw2RidgUnjfgEZm2hGdgBxx53gCAABA&#10;HE+vjU6YCubGUBmAqcE192wyrrkDzeCs7dt3u2s0ugOTkIHv14YfKuMJduQdW/8A9WeJN/wXMP6Q&#10;mW6PbgDw8Mx9OLoB+VFNW7ZGNwAAAKB5dY8OlqXcXT+qKWkZiI4AkFOeu8/MpuDONXegWXCPLaMy&#10;cE+74YfK5KyIgHwzjnGg7txTTpyyKAPT+EBTS2woOgG5MXbz6KY7oiMAAADQ7OzS6IJ6Mtc13cMb&#10;OM8GMDUSrrlnEtfcgSbifE5nUKpqw79vDT9UlijhCXbkWs19S3QDkDfVakvDfwHjD7lzwgs0MlM6&#10;FN2AfHCpslpKozsAAADQ3BIrfEU5Oi9105XRDQDyq+Zcc88iL3DNHWgaDJFmjkn3nTE0dGd0xyNp&#10;+KEyJdy8Qq7VjjrqyEp0BJA3Z23fdI+7+LeVLZ7M8J9GRwA4iBaVoxOQDybbHN0AAAAArBzeuNVd&#10;X4nuqJMtCxYc+dXoCAD5dVNl05Cke6M7cEj2FfbM+e/oCADTwwu6JboBh8aVjfes4YfK3FpZqQy5&#10;5a5tx91883h0B5BHiXRtdAMmzqSfrxwcvDu6A8DDe+jf6PboDmSfm/8sugEAAACQpDSxDygHq5W5&#10;/CNcZwYwlVbv/6z8bnQHDoHpRyvvuvXB6AwA0+OBofJPTLovugOHJBP3sht+qGzW0NGjkqrRHcBU&#10;SExD0Q1AXrlpfXQDJs6NCxJAFpjr59ENyD5LnadkAQAA0BDOHN68QdIV0R2H6fYH5s26NDoCQBNw&#10;rrlnCu8X0FRWSTWXvhfdgYlLU8vEvdGGHyo7RddXTWJ7FORSKv9ldAOQV2at10U3YOISN37gAllg&#10;ujU6AdlnZgyVAQAAoGFYOvOtMu2I7pgkl9ILVt12277oEAD5lxSSTNz8xn7mvF9As3ExTJohO+eM&#10;HnNzdMRENPxQ2UO4eYVcMueGGjBVuoc33CHp9ugOTMj43tnJf0ZHAJgA14+iE5B5966slHmwAgAA&#10;AA2je/S2e5Xa26M7JsX1rz2VLT+IzgDQHFYObbpd0rboDkzIg/fPb70hOgLA9LK0xjBpdnzvFF2f&#10;iR0bszFU5gyVIacs5dgGppR9J7oAE2E3nL1x467oCgCPbLyW/FCSR3cgy+zHxjEEAACABtMzsvmL&#10;kr4Q3XGIbvGZujA6AkCzsWujCzARfj2rWALN54bRrb+Q/I7oDjwyl2fmHnY2hsoS+3l0AjAFvKVF&#10;rFQGTCEz/2J0Ax6ZmV8a3QBgYs7avukeGVvTY/LM/YfRDQAAAMCBJGNz3iqzTDwEbNJ9NbNze8vl&#10;segWAE0m4Zp7NhjX3IEmtFpKTXZZdAce0ViSzroiOmKiMjFUZuOs5oQ88uHTtmzZGV0B5Fn3cPmW&#10;rFwMbGK701atiY4AMHGWiq1VcBiS70cXAAAAAAey8q5bH6yO2x9JvjG65RE8qDRZeebw5g3RIQCa&#10;T/dQ+T8lbYnuwEH9elZSvTo6AkCMqjFU2vDc+rpHb7s3OmOiMjFUtnL74Ii7KtEdQH0ZN2SBaeBK&#10;L49uwEGYf7O3XL4/OgPAxHlia6MbkFm/un9k039FRwAAAAAP56ztm+5RoeVsSduiWx7GmMzP6x7d&#10;dGN0CIDmZJK7e2ZWV2lGLv/qKUNDe6M7AMTY/+CB/SS6Aw/PlWZqNblMDJU9hAEc5Iq5sfUPMA1m&#10;JOnlkqrRHTgwqylTJ04ApH2zku9I2hfdgewx6dpVUi26AwAAADiYnq0bN6ZJ9ThJN0e3/J67LU1e&#10;0DM8eFV0CIDmlrguk+TRHTgwM7a+A5qdmbNaWaMy7TjqqEdl6sH9zAyVmcQADnLFlDIoCUyDU7du&#10;vUuya6I7cEDbZo62XRsdAeDQnL1x4y65WG0Kh85tXXQCAAAAMBFnDA3d2dKS/pHcvx7dIkkyu1WF&#10;wgtYoQxAI+geHSxLLJzQmHxj93D5x9EVAGKlY1ojaU90Bw7A/cvH3XzzeHTGocjMUJkn+lF0A1Av&#10;Jt33o5HBX0Z3AM0iTfX30Q34Q2b68Cm6nlXkgAyyRF+LbkDm7NtTGGdFBQAAAGTGaVu27OwZGXyp&#10;y98sKWobMZfsc7tqe57ds3XjxqAGAPhD7h+ITsCB2AeMVeSAptd7Z3mHTP8S3YE/MFZNCx+NjjhU&#10;mRkqu3G4/HOX7oruAOohla5bLaXRHUCzOGN08w2Svhvdgd+xfaZVL4mOADA5LUnta2IbQxwSu/ac&#10;oaH7oisAAACAQ9VbGfxkNU1Kki6f3le2nyTy43sqm1+/anSUlSYANJSekfI6yX4S3YH/5dLmXZXy&#10;l6M7ADSG1KofVdyDETgg/+JZo5u2RVccqswMla2WUpMNRHcA9WCm/ugGoNm4+QejG/C/3PwfTxka&#10;4mQWyKj9Wwvre9EdyJJ0TXQBAAAAMFlnjW7a1lMpn+/SiyTdPMUvN+ryN++aN+PElZXBqX4tAJg0&#10;9/RD0Q34bf6xVTwECuAhZwwN3Sn5pdEd+B/VxFouio6YjMwMlUmSe8ogDvLATa190RFAs+kdHvyu&#10;pB9Gd0CSaUdh7xGfic4AcLjsq9EFyIw9e5PaN6MjAAAAgMPVWylf3V0pHy9Lz5D0LUnjdfvjrh9L&#10;/nqfoVJvZfCTq267bV/d/jYATIGekcFvSvrv6A5IkoaPWvCoL0ZHAGgsDw0xVaM7IEl2xcrhjVuj&#10;KyYjU0NlqY1fIw56ZN/Puoc33BEdATQl1/ujEyDJ9fGVd936YHQGgMOTjM3+kqT7ozvQ+Nz0Fba+&#10;BAAAQF6Y5D3DW/p6KuWzq9VkoeSvl9lXJN15iH9ql7n6XXpHWkuX9YyUn9NTGfxcb7k8NhXdAFBv&#10;JrnENfdG4K6Ljrv55voNOgPIhZXDG7ea67LoDmifCsmHoyMmy6IDDlV/set7kj0/ugOYLDP7YPfw&#10;5ndHdwDNqq+tdIWZXhnd0axM+tnMyqLjT9H1DIkDOdBX7PqMyd4Q3YEGZ3puz3D5R9EZAAAAwFS7&#10;etHSY1pa0iWe+hKz5PGSP0ZuR0gak/xel/8qSbU5Nds8e2TRMNdHAORBf7H0LUlnRXc0sf+6oVJ+&#10;/mopjQ4B0Hi+XSw+uqAZt0s6Krqlif1dT6W8OjpisrI3VNZW+guZPhXdAUxW4v6UlSODv4juAJrV&#10;tYsXP368Vtgg6dHRLU0otTR5TvfophujQwDUx7pi14pUdlN0BxrabT2V8pOjIwAAAAAAwNT4Tmdn&#10;sVpNfinpiOiWJjSeuD+T+44ADqav2HW+yS6N7mhSt/sMPT3LqxFnavtLSfJx/bvYAhPZdRsndkCs&#10;U7duvUsuVgsMYNIlDJQB+bKyMnizpO9Gd6CR+ceiCwAAAAAAwNQ5bcuWiqQPRHc0Jbd/5r4jgEfS&#10;Wxm8TFzHj+Ce6g1ZHiiTMjhU1ntneYek70V3AJPh0proBgDSrpHyZyXdEt3RZH6V7tPfRkcAqD83&#10;/4foBjSskQULHnVldAQAAAAAAJhaPkP/KOn26I4ms81n+vujIwBkQ+L+Fknj0R1N5mu9o+X/jI44&#10;XJkbKpMkd30tugGYJI5doAGskmpJkrxK0gPRLU3C5XrtQ4PhAHLmxuHBdeKiIQ7sM8fdfDMXKgAA&#10;AAAAyLnecnnMTa+UtDe6pUnUzPy83nL5/ugQANmwcmTwF3K9I7qjiYy01lr+PDqiHjI5VDY+p/Al&#10;SbuiO4BD9MPeSvmX0REA9ls5tOl2l14T3dEM3PThnpHyt6I7AEyN1VLq7qujO9Bw7k7G5nwiOgIA&#10;AAAAAEyP3uHyT2V6Y3RHM3Dpb7uHB9dHdwDIlp6R8sfdxc4SU28s9fQlp267/VfRIfWQyaGyszdu&#10;3CVnG0FkjX8+ugDA7+qtlL8m16eiO/LNrntguPze6AoAU6tnZHCNXD+P7kDjMPOPrrzr1gejOwAA&#10;AAAAwPTpGS5fItml0R05982eSvmj0REAsmn23pmvl3xjdEe+2dvPGNlyU3RFvWRyqEySUjcGdJAl&#10;v96VjjEICTQgn6m3Sbo5uiOn7mwtVF+1SqpFhwCYWia5i9XK8D+2zbQaQ9sAAAAAADShZGz2hZLY&#10;uWdK+FBN+15jkkeXAMimU3bc9oDSdJWkPdEteeTSf/RUNudqB4/MDpWdMbr5Bpd+Ed0BTITLv7pq&#10;dJQPZqAB9ZbLY4kV/ljyO6JbcmbMzF956tatd0WHAJgePSOD3zTTDdEdiOeuD54yNLQ3ugMAAAAA&#10;AEy/lXfd+mDN7P9IysW2Xw3kAUsLLzuzUvl1dAiAbOsZ3Xqr5H8uBlTr7b/HkurroiPqLbNDZZJk&#10;bv8vugGYgFqqwseiIwA8vJXDG7cWUj9J0t3RLTlRNbOXdg8Pro8OATB9TPJU+nOxOmGzu/HGkfJn&#10;oyMAAAAAAECcM4c3b1Bae6FJ90W35MReJTqre3TTjdEhAPKhpzJ4qbsujO7ID99YrSYvPGdoKHff&#10;e5keKltw1PwrJI1EdwAH49I3zqxs2hLdAeDgTh/dslmeninpgeiWjEvd9Cfdw5vXRocAmH69w+Wf&#10;SnZJdAfCuExvXS2l0SEAAAAAACBWz+jWWz3ROZJYzfzwVOV6Wc9Q+froEAD50jtS/oxJfx/dkQMj&#10;SVWnnbV90z3RIVMh00Nlx91887jJLo7uAA7GPL0ougHAxPSMbPmJm58taSy6JavM/C29w+UrojsA&#10;xEla0/eI7Q2a1RU9w+UfRUcAAAAAAIDG0DNUvl6ul0mqRrdklLv8T3tGyt+KDgGQT92V8vtc/s/R&#10;HRl2b+Leu3L7YG4Xw8r0UJkkVTX2ebGqDBrXf/WMbPlJdASAiesdHvyuu79cPD11qNzd3909PMiw&#10;N9DkVg4O3i23N0V3YNpta2lJ3xgdAQAAAAAAGkvPSPlbbvoTSePRLRmTSvbW3srgZdEhAPLtgcrg&#10;2yR9Ibojg36Vpta7cmTwF9EhUynzQ2VnViq/lvs/RXcAB5a+N7oAwKHrHRn8hjx9gUw7olsyYtxN&#10;5/WODH4wOgRAY+gZ2fxlSd+M7sD0cemtp23ZsjO6AwAAAAAANJ7e4fIVSnS6JK4dTMweuc7pqWz+&#10;RHQIgPxbJdV6KuULXHqHJI/uyQKXNidWOP6M0c03RLdMtcwPlUlSS6v/g6R7ozuA3+G6vqey5bro&#10;DACT0zOy5Sc12UnuqkS3NLhdUtrDlpcAfl9LS/pmSb+O7sA0cP96b6X8tegMAAAAAADQuHqGytcn&#10;7idK2h7d0shMui9162bLSwDTrbdSvkjy14gtix/JLTMKteevHN64NTpkOuRiqOy0LVt2yuwfozuA&#10;3+bm745uAHB4zhzevKGQFE42aUN0S4O6xzw5gwFaAAdy2pYtFVl6rniyKe+2trT6a6MjAAAAAABA&#10;41s5MviLmtmpkrZEtzSo7TVPTztjZPP3okMANKeeyuClcj9P0p7oloZk+s+a9p166tatd0WnTJdc&#10;DJVJUkuh9kmxWhkax3d7K4M/jI4AcPhWDm/cOjOpPlNylpn+baYB36cndY9s+n50CoDG1TO8pU+m&#10;z0R3YMqMy9OXse0lAAAAAACYqDOHN2+YtWfm0yR9Kbqlwfx7S0v6pDNGttwUHQKgufWMDH4lraVP&#10;N+ln0S0NZNxkb+0eLp9yZqXSVDu0WHRAPfW3lf5Cpk9Fd6DpVU16enelfFt0CID66m9f8hJzv8Sl&#10;R0W3BBo32V+vrGz+hLH6EIAJuHrhwjkthTn/JdPToltQX+b62+6R8oeiOwAAAAAAQDb1FbvON9mn&#10;JR0R3RJon8nezjV3AI1mfUfHrL1p4SLJ3hzdEmxb6vbKZl1FMldDZWukwvxi6SaXnh7dgublrot7&#10;R8pviu4AMDX6iqUnmfQVSU+JbpluLt0l1/m9I+VrolsAZMu6hV1taavdLNeC6BbUh0lf7a6UXx7d&#10;AQAAAAAAsq2vvfQMk74i19LolgAj5smr2BEEQCPrL3a9WrKLJc2NbgnwXbPWc7uHN9wRHRIlN9tf&#10;StIqqZbK3yimuBHFtCO1fe+NzgAwdXor5V/eUCk/3eWvlnRPdM80GZP0d7Xq7k4GygBMxsrtgyMP&#10;fW6m0S2oB9+YztCfRVcAAAAAAIDs6x0u/3TB4458ssneKun+6J5pskfS3+1K9y5joAxAo+upDF7a&#10;WmvpkPwTap5r/MMuvainUv6jZh4ok3K2Utlv9BdLayT9cXQHmpDrwp6R8qejMwBMj4FFyx/jyd73&#10;SXahpEJ0z9SwvkJae+vpo1s2R5cAyL6B9tLr3PX56A4cllGv6Tm928qj0SEAAAAAACBfBtqf+AT3&#10;8Ysknauc3seWdLnX9C6urQDIorVtnccVkuRid50Q3TJF9kq6qFrd/dGztm/fHR3TCHL5ZXz1wqWP&#10;a2lJN0h6XHQLmol/v7syeBL7nQPNZ23bkhck5h+T9KzoljraYmbvWTm8+ct8rgGop7720gfN9a7o&#10;DkzKA2Y6qXu4fEt0CAAAAAAAyK/+ttJKSRfJ9LToljq6Xebv6hkevCo6BAAOx00rVrTevWPnhWZ6&#10;l1wLonvqxVz9Mv11d6V8W3RLI8nlUJkkDbQteY2b/2t0B5rG3rSWPu2MbVs2RYcAiNNf7DzRlfyN&#10;SWdGtxyGW1xafWOlvHZ18yxhC2AarZaSZxdLV7r0sugWHJKqXC/tGSl/KzoEAAAAAAA0h/5i54lS&#10;8neSXhjdMnn2E5e/v6dS/jYPcAPIkzXLl8+Yu2vvy032Xkld0T2TVJN0ZeL+0ZUjg7+IjmlEuR0q&#10;c8kGil3XSHZqdAuawuqeSvnvoiMANIaB4tJTpfQ9Lr0gumXifKPJPnh/pXzlqv0nUAAwZdZIhXnF&#10;0pWSVkW3YEKqMl/Fk7QAAAAAAGC6uWTr2pf0Sv6ejG239t+S3n9Dpfwfq3mAG0COrVm0aPb8ZPaf&#10;ufyvJR0T3TNBLulbZvp7duY4uNwOlUlS/+Jly1Sr3SJpTnQL8sukDTOT6jNPGRraG90CoLF8p7Oz&#10;WKsWznH5qyU9I7rnALabdLmky1nKFcB0W7N8+Yx5u/ZdJXlvdAsOKnX5a3org5dFhwAAAAAAgObW&#10;33Fsh6fVl5nptXItje45gEFJXzLp37nmDqDZrJaSE4qdz5Xsj2X2igbcGtMl/Zfkl7XWWv/j1G23&#10;/yo6KAtyPVQmSX3tpdea65LoDuTWbpeO762UfxkdAqBxuWQD7aVne6pXmulsSW2BOfdK6jezLz/u&#10;cfOvOe7mm8cDWwA0ufULls/dO3vsW5JOiW7BAbnL39JbGfxkdAgAAAAAAMBvrJaS49uWnJhY+kpJ&#10;L5LsCWExph1yX+tuX35gpHwdO4EAgHT1woVzWgqzXySzl0s6VdIRcTW+UbKvJ+5XssXlocv9UJkk&#10;9bd3XSm3V0R3IIdcF/aMlD8dnQEgW9Z2dBydpC3Pl+xUd+82U3EKX+7Xkq6V/NqaCteeWdm0ZQpf&#10;CwAO2Zrly2fM3TV2pUkvjW7B7xiX+/k9I4NfiQ4BAAAAAAA4mGvali2sWe15kp360Kr4i6bw5X4l&#10;6btccweAiVktJc8pdj3DlZzo8udJWilp/hS+5C8l+4Hk11aryfqztm+6ZwpfK/eaYqjsqo6OR81K&#10;Cz+VrCM4BfnyzZ5K+cXREQCybbWUnLBo8ZPdkiea2bEmPVHSMpeWSZp9CH9qXPIt8uSXMt8ot42p&#10;a4PN8p/1lstjU1MPAPWxfyvMscslrYpugSRpzKTzuyvlNdEhAAAAAAAAh2KNVJjbXnqqpXasK32i&#10;mR0rs2VyXyZp5iH8qX2Syi5tkGlj4rrdPb19wVGP/hk7gADA5K1fsHzu2KzxZ6RWO1Zuy8zsiZIf&#10;K6lDUnIIf+p+yTZKfrukDTLbmFZrvzhj25ZNUxLepJpiqEySBtqWPt8tvU5Sa3QLss9dFY3ruN47&#10;yzuiWwDk02opOa5YPDKpzTjClc5pKdg8N82XFwqSZKr9uibbY0nL7lq6e+fRCxY8wA9ZAFk3UFzy&#10;Fpd/XIf2wxH1NWKF5KzurZt+Hh0CAAAAAABQL2ukwpxicX5rtXVuOrNlTlKrzq2Zjky8kLiqnsju&#10;G7dktyXV3V6r3X9EpXPXKbq+Gt0NAM2ir1Same7bN0ea9ehWr81xL8xRsn9FszRNxwuJP+CpdibW&#10;svvBwtjuc4aG7otubgZNM1QmSX3FrvNNdml0BzLvQaW15/aMbr01OgQAACBv+tpLrzLXFyTNim5p&#10;Ni79wpKWs3qGbh+KbgEAAAAAAAAAALGaagWA3srgZZJ/NroDGed2AQNlAAAAU6N3uHxFkiTPMGlD&#10;dEuT+cLspHo8A2UAAAAAAAAAAEBqspXKJGl9R8esvWnr9yQ/ProF2eOui3tHym+K7gAAAMi7vlJp&#10;vo35v8nsJdEtObdP8jf1VAY/Fx0CAAAAAAAAAAAaR1OtVCZJpwwN7W2tFXpc2hzdgoxxu+rGkfJb&#10;ojMAAACaQW+5fP+ukcFV5vpbSePRPTm1xROdxEAZAAAAAAAAAAD4fU23Utlv9C9etky12o8kPTq6&#10;BY3PTDfcX9t7yqrR0T3RLQAAAM1moFha7q4rZHpadEtOuOSf3JWOvYPzWwAAAAAAAAAAcCBNO1Qm&#10;SX1tpdPNtFZSS3QLGtp2r+mE3m3l0egQAACAZnX1woVzWlrnfECuN0sqRPdk2HZ3v7B3ZPAb0SEA&#10;AAAAAAAAAKBxNfVQmST1t3edI7c1YrAMB+R3FFI/6fTRLWyXCgAA0ADWLup8SqGQfN5dJ0S3ZMz/&#10;Z+/eo+w+C3r/f549k1tpCrRNgTaZ3HaaQrhJKohcpEjbJKWHpWIVsQoH7yAc8SgcOEer4u2n6EE8&#10;xx8efqLCEQwqp5bMTEoxcEQp0KJcItJO7mmBtlR7IW2Smf38/igihV5ymZln9p7Xa62urtVm9ve9&#10;265mZu/Pfr5TJfnto5OHfvnSm28+1DoGAAAAAACY2+b9qCxJRke6Ly7Je+LEA+7vy71e74JLDu7+&#10;TOsQAAD+3XUbNy647dY7f6qm/mLczv5YfLx28poteyeubR0CAAAAAAD0B6OyrxobWfvDSfmjJJ3W&#10;LcwJ/9LrlOdfsvfGf2wdAgDAA7vq7HPPHBqe+pWS8iNx8vADuTmpb9i0f9eflqS2jgEAAAAAAPqH&#10;UdnXGV/ZfWWt+b0Yls1rJfnXmt6lm/fv/kjrFgAAHt72s9eu6A3nPyflx5Isbt0zB+yqqb981rJH&#10;vfv8668/2joGAAAAAADoP0Zl32B8RfdFteQ98WbUfHVgqpSLX7jvxs+1DgEA4PiML1/braW8PiWX&#10;J1nYume21Zr9pZQ339W7539ddvDgPa17AAAAAACA/mVU9gDGV669oNZyZZKlrVuYRSU39DpTF12y&#10;Z8++1ikAAJy4q1esP3uqTP6npPx4ktNa98y0mnw2qb/lZDIAAAAAAGC6GJU9iLGRNc9OOlcmOb11&#10;CzOvJP/YqUOXXHTg8ze3bgEAYHqMdruLciQXleTyJN+VZLh10zS6pSTvSPLOTfsndraOAQAAAAAA&#10;BotR2UPYvnL96lqnttXk8a1bmFFbF3cmf/iCvXvvbR0CAMDM2L5y/eqp3uQPlFJekmRD654TdCTJ&#10;9tTy7smpr1x56c03H2odBAAAAAAADCajsofx/pGRRw+Vhe9LzXe0bmH6leQ3L94/8V9KUlu3AAAw&#10;O7YtX/OkoU7nxTVlc1I3Jum0bnoId6WWa9Kp28rUovdtOrjz9tZBAAAAAADA4DMqOwZbly9fsrSz&#10;5A+S+sOtW5g2R0vKz23af+NbWocAANDO6GO7y8rCXJyU5yT1mUmekGSoYdJdSfl4au+jGSofXHbG&#10;I//u/OuvP9qwBwAAAAAAmIeMyo7D2Ej3B5O8LckprVs4KXtKyYs37Zv4ZOsQAADmlivXr1+64N7J&#10;by298pSU+uSkPDnJ45Msme5r1eRLJeWzKfXTqfVT6fX+4a6De3ZelkxN97UAAAAAAACOh1HZcRpf&#10;fu7Te6X33lIy0rqFE1Dzod7Q5Esu2bv3i61TAADoH9esXv2YyaMLVqbTW5VSz+rVcnpSTy8ppydZ&#10;nNRTkiz62hfUzl0pdTLJHTX19qTc3in5clK+0Kt1z9Tkob2X3nzzoVbPBwAAAAAA4KEYlZ2AK9ev&#10;X7rwnt5vJ/XHWrdwzA6XlNddvP/G3ytJbR0DAAAAAAAAAABzlVHZSRgd6b643Hc7zNNbt/CQPtOp&#10;9QcuPrDrs61DAAAAAAAAAABgruu0DuhnW/ZP/EXp1Wck9W9bt/CAapK3H1ky9CyDMgAAAAAAAAAA&#10;ODZOKpsmYyPd703J/0jNstYtJEk+WUp+dNO+iU+2DgEAAAAAAAAAgH7ipLJpsnn/xHuHekNPrclf&#10;tm6Z546UUn51cWfyWQZlAAAAAAAAAABw/JxUNgPGl5/79Nrp/U6SZ7VumUdqknfVqbxhy00TB1vH&#10;AAAAAAAAAABAvzIqmyE1KeMj3Rcn9f9JyqrGOQOufCR16rWbD+z+ROsSAAAAAAAAAADod0ZlM2zH&#10;sg2nHl58+NW15D8neXTrnoFSckNJ+aVr9934niuSXuscAAAAAAAAAAAYBEZls2T7Y578iKlFh15V&#10;ktfFuOwk1c8n5b99bP/EX15hTAYAAAAAAAAAANPKqGyWXXPOeWdMDk/9VK31VUnOat3TT2ry2VLL&#10;m+86beGfXbZz55HWPQAAAAAAAAAAMIiMyhrZsWrV4nt6Q5eXlNcmOa91zxz3N7XU3968b9d4SWrr&#10;GAAAAAAAAAAAGGRGZXPA9pG1G3vJDyXlpUnOaN0zR+yqyf/KVP73lpsmDraOAQAAAAAAAACA+cKo&#10;bA65cv36pQvvnbosvfxgSp6TZKh10yw7VJKrUso779x34/hlyVTrIAAAAAAAAAAAmG+Myuao94+M&#10;PLqTBZcm5XtLcnGSBa2bZsidSa6syXuzMFdvmZg43DoIAAAAAAAAAADmM6OyPjC+8vGP6+XoGJhH&#10;vAAAIABJREFU5lKzOcmFSR7ZuukkHUjKWK29sSX3Lr7mglt33t06CAAAAAAAAAAAuI9RWZ/ZkecN&#10;H1px07eX9J6TUr6tJN+W5MzWXQ9jT635aEq9tvbqhy45uPszrYMAAAAAAAAAAIAHZlQ2ALads+bc&#10;zlDn6bXmqaWUpyb1W5Kc3qKl1uwvJf+Y5B9KzT9MDU1+7JK9e7/YogUAAAAAAAAAADh+RmUDatvq&#10;1Ss7U6VbSmd1L1ldUlenlpW5b2z2b38MH+fD3pvk9prcXmpuq53s6aTsqbXuqal7Or3Fn9t0cOft&#10;0/1cAAAAAAAAAACA2WNUNo+Ndrunlcnh06d6vc5wektK6uKv//u9oeG7p6bq0c5U78hUPXT7pTff&#10;fKhVKwAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAG2V1gEAAAAAAEBbW5OhR69Zc86Ro0OrOqW3OimrS8lZSR5Xa86qybKSDCV5&#10;9AN8+T1JvSvp3Jn07qi13NLplD01dU9N3TN0NDdedPOugyWps/y0AAAAOEFGZQAAAAAAMI9s3bBh&#10;4alfOfy09Oq3lpQnJ+UpSd2Q5JQZvOyhktxQk52l5KO95O+X7Fv+mQvyockZvCYAAAAnyKgMAAAA&#10;AAAG2NYNGxYuveue5yTl4qQ8K8nTkixu3ZXk7iR/n+RDnVI/fMaZj/rE+ddff7R1FAAAAEZlAAAA&#10;AAAwcD6wZs0jJ48OfVdK/a4kz09yauumh1OSf03y173kL7IwV2+ZmDjcugkAAGC+MioDAAAAAIAB&#10;sHXDhoWn3X3k0trLS1Pq5syN08hO1B1J3pv0/mTT/t1/V5LaOggAAGA+MSoDAAAAAIA+NrZ6/fpM&#10;9n4kpf5QkrNa98yAiST/3+Rk5+2X3nzDba1jAAAA5gOjMgAAAAAA6DM1KeMruhel5GeSXJT58Xr/&#10;vUn58056b714/67rW8cAAAAMsvnwQyYAAAAAAAyEK5LOM0a6P5Dk9Uk2NM5pptSMlU5908X7dv19&#10;6xYAAIBBZFQGAAAAAABzXE3K9pXrvrvW+stJntC6Z+6o15RSXrdp38QnW5cAAAAMEqMyAAAAAACY&#10;w7avXPvtvdr570n91tYtc1QvKe+c7JU3XnrwhptaxwAAAAwCozIAAAAAAJiDRs/pLk8nv1lKXhKv&#10;5x+LQ0l+ZdmyR775/OuvP9o6BgAAoJ/5IRQAAAAAAOaQrRs2LFx61+E3JPn5JEta9/ShXal55eYD&#10;E9tbhwAAAPQrozIAAAAAAJgjxpavfnI6Q/8rydNbt/S5WlPftuSexT93wa07724dAwAA0G+MygAA&#10;AAAAoLErks4zRrq/kOSNSYYb5wyQ+oWa8uNb9k9c1boEAACgnxiVAQAAAABAQ6OP7S4rC+s7knJJ&#10;65YB1SvJby3av/y/XpAPTbaOAQAA6AdGZQAAAAAA0Mj4yLkvqKX3Z6lZ1rplHrh+Kp3LXrj/ht2t&#10;QwAAAOa6TusAAAAAAACYj0ZH1v50TW+bQdms2ThUeteOr1x7QesQAACAuc5JZQAAAAAAMIuu27hx&#10;wa23/usfJuVlrVvmqaNJfdXm/bv+sHUIAADAXGVUBgAAAAAAs+TK9euXLrxn6i+SXNS6hfp7d+3f&#10;9drLkqnWJQAAAHONURkAAAAAAMyCbatWPXaoNzxWk6e2buFrtt61dNHll+3ceaR1CAAAwFxiVAYA&#10;AAAAADNsdEV3bSn5YJKVrVu4v5L836Hh3n+4cPfuO1q3AAAAzBWd1gEAAAAAADDIxladt6qUXB2D&#10;sjmpJs+dnOxs27Fsw6mtWwAAAOYKJ5UBAAAAAMAMGT2nu7wM1b9NyqrGKTycmg9NTh265NKbbz7U&#10;OgUAAKA1J5UBAAAAAMAMGH1sd1lnKFcblPWJkucNDy+5cseqVYtbpwAAALQ21DoAAAAAAAAGzWi3&#10;e1pJrkny5NYtHI+y5mjtPH7dHbf/xYeS2roGAACgFSeVAQAAAADANNq6YcPCzpFcleRprVs4fiX5&#10;nmeMdN/WugMAAKAlozIAAAAAAJhGS+88/Ds1eW7rDk7Kj4yPrPv51hEAAACtlNYBAAAAAAAwKMZX&#10;rn1VreWtrTuYFlO11Eu37Ns11joEAABgthmVAQAAAADANNi2Yt1zO6V+MMlw6xamzV0leeam/RM7&#10;W4cAAADMJre/BAAAAACAk3TV2eee2Sn1XTEoGzRLe8l7ti5fvqR1CAAAwGwyKgMAAAAAgJNQkzK8&#10;oPfOJCtatzD9SvLEpWXxb7XuAAAAmE1GZQAAAAAAcBLGV3R/JjWbWncwg0peObpi7fe1zgAAAJgt&#10;pXUAAAAAAAD0q7HV69dnauqTSU5p3cIMK7m1Hs6GLV+cuLV1CgAAwExzUhkAAAAAAJyArclQpqb+&#10;NAZl80PNsrKovqV1BgAAwGwwKgMAAAAAgBOwdOW61yZ5eusOZlEtLxkd6b64dQYAAMBMc/tLAAAA&#10;AAA4TlctP/ec4U7vc0mWtm5h1t20+J5F511w6867W4cAAADMFCeVAQAAAADAcRrq9N4Sg7L56px7&#10;lxx+Y+sIAACAmeSkMgAAAAAAOA7bR9Zd2Eu9unUHTU12av2Wiw/s+mzrEAAAgJngpDIAAAAAADhG&#10;NSm91F9r3UFzw71S3tQ6AgAAYKYYlQEAAAAAwDEaH1n7Q0nOb93BnPCibSvWPbd1BAAAwEwwKgMA&#10;AAAAgGOwI88bTsovtO5g7uiU+sbWDQAAADPBqAwAAAAAAI7BvStu+sEka1p3MKdcNDay5tmtIwAA&#10;AKabURkAAAAAADyMrRs2LEypV7TuYO4ptfOG1g0AAADTzagMAAAAAAAextI7j3xPkpWtO5h7asmm&#10;0ZHuE1p3AAAATCejMgAAAAAAeFj11a0LmLNKp+ZnW0cAAABMp9I6AAAAAAAA5rJty9c9o9Op17bu&#10;YE47XI9kxZYvTtzaOgQAAGA6DLcOAAAAYDCNrTpvValTG2utG5NydlJPT3JGkkVf/SVfLsm+Wsr+&#10;JP+UMvTJzXv/eW+zYACAB9Hp5CdbNzDnLeosLD+Q5C2tQwAAAKaDk8oAAACYFtdt3Ljgtlvu2FJL&#10;2VJr3VRKRo77QUpuTc14Tf56yT2Lxi+4defdM5AKAHDM3rdq1aMW94a/kGRx6xbmvF2b9k+sK0lt&#10;HQIAAHCyjMoAAAA4KdvPXruiDpdX9pKXleQx0/jQdyb1j3tT9X9cctPuG6bxcQEAjtn4inUvr6X+&#10;UesO+kPt5Jlb9k64VSoAAND3Oq0DAAAA6E/b1649a3yk+7u94XJDTV43zYOyJDktKa/uDHU+N7qy&#10;+0dXr1h/9jQ/PgDAw6ql9/LWDfSRqby0dQIAAMB0cFIZAAAAx21sxbqXlVJ/tyaPmsXLfqUmv7Jk&#10;//I3X5APTc7idQGAeerqFevPnipTB+ID2hyz+oW79u9acVky1boEAADgZPhBGAAAgGM2+tjusrGR&#10;ddtS6jtmeVCWJI8oyW/cO3Lwo+Mj3Q2zfG0AYB6azNSL4nV0jkt53NJV3ee0rgAAADhZfhgGAADg&#10;mIyNrPnOsig7k7qlccr5NblubKT7g407AIABV0r97tYN9J/Sy4taNwAAAJwsozIAAAAe1thI93uT&#10;zrbULGvd8lWLk/zJ2Irua1uHAACDabTbPS0pz23dQf+pyabWDQAAACfLqAwAAICHNLai+1NJ/jzJ&#10;otYt36CTkjePjnR/oXUIADCAjuQ7kixsnUFfOm90RXdt6wgAAICTYVQGAADAgxpf0X1RSn4vSWnd&#10;8mBK8kvjK7uvbN0BAAyWkvqC1g30r07Kha0bAAAAToZRGQAAAA9obMWab60l704y1Lrl4dSa39s+&#10;su6FrTsAgMFRU57fuoH+VUt9VusGAACAk2FUBgAAwDfZsWzDqSmd9yRZ0rrlGHV6qX/8gTVrRlqH&#10;AAD9732rVj2qJBtad9DXvr11AAAAwMkwKgMAAOCb3Lvk8O8mWdO64zidMXm08yd1Dt+qEwDoD0t6&#10;C8+P7yk4OWvGVz7+ca0jAAAATpRRGQAAAPczurz7HUle0brjhJQ8b/tI9wdbZwAA/a1Xp57RuoH+&#10;V+rkxtYNAAAAJ8qoDAAAgK/ZmgyVTt6aPj6Zo5a8+cr165e27gAA+ldJnta6gf43VXtPad0AAABw&#10;oozKAAAA+JqlI92XJHlS646TUrNs4b29n2idAQD0sZINrRPof8aJAABAPzMqAwAA4Ou9vnXAtKj1&#10;57cuX76kdQYA0H+u27hxQVLWtO5gAJTyhNYJAAAAJ8qoDAAAgCTJ+Mi5L0gG5lSOM08rS76/dQQA&#10;0H++eNud3SQLWncwEFZvTYZaRwAAAJwIozIAAACSJL3ae3nrhulUS/5j6wYAoP8MJ04pY7osevSa&#10;Nee0jgAAADgRRmUAAABktNtdVEr+Q+uO6VWfvW316pWtKwCA/lJrlrduYHBMTZW1rRsAAABOhFEZ&#10;AAAA6RzpPCfJqa07pttQb+jC1g0AQJ+pPaMypk2txUllAABAXzIqAwAAICn1ea0TZkKtubh1AwDQ&#10;X0rK2a0bGCA1Z7VOAAAAOBHDrQMAAABor9beM5LSOmMmbGwdAAD0mU5OT20dwaCopT6mdQMAAINr&#10;tNtdlHuyrHZ6jx3qDD2m9rIsnSyrtXZS6yM6pSx8wC+suTMpt/dKva1T6pfTGbr96OHcdOnNN9w2&#10;y0+BOcyoDAAAgCTlW1oXzJCVO5ZtOPWCW3fe3ToEAOgPtea01g0MjlLLGa0bAADob9dt3Ljgltvu&#10;eGJJnpbkCalZUUpGaq0jOZLHZSgp6aTWet/nhr/6p5Ty4J+XKUlS7/vltSRTvQwPJ2Mj3XtKsrcm&#10;B5Kyt6Z+LjX/tGBB758v3L17/6w8YeYMozIAAIB5brTbPS1HMqhvdnUOPeJIN7fmH1uHAAB9w6iM&#10;6dMpj2idAABA/6hJuXrVuevrVH1mSn1mTTbeeusdTyzJ/U4cqzWZoTtPLKnJ45M8/t9GZynJ5GQn&#10;YyPdu0vyySQfTc1Hh4enrn3Bnj1fmokI5gajMgAAgHmu3ttbWTqd1hkzpjPllkMAwHE5tXUAA6TW&#10;U1onAAAwt129fM26XmdoSy/1BePJM9PrnTEze7GTdmpNnpvkuSnJ0amhjI10J5L6wZpyzcKp4R0v&#10;uOmfv9w6kuljVAYAADDPdYY7Z6TXumIGlSxrnQAA9I+aDM3N92/oT0ZlAADc39ZkaOnImufVlEuT&#10;smUqWfe1U8H6Tzcp3ZL8+NGhyd7YSPcfklyV3tT7Nh/c8+nWcZwcozIAAIB5rvQ6w3WAV2W13P9o&#10;eACAh1KSodYNDJLivycAAHJF0nn68u5zylAuqzXfk+QxfToieyidJBuTbExn6Iqxke6upP5Van3v&#10;5gO7P9E6juNnVAYAADDP1dob6tePwR2LUutU6wYAoJ/UTgb5myNmme9FAQDms/ePnLtmuNT/WGt9&#10;WZJzUufVTxtrk/JzKeXnxka6/1RS/qRTO++66MDnb24dxrExKgMAAJjnOp16V68O8EsZtXOkdQIA&#10;0D9qytEB/s6IWVcG90hgAAAe0HUbNy649ZY7X5ySVyS959e+vbPltHpCTf3NqTL1a+MrulfXTu/3&#10;P7Zv9/gVGeBbaAwAozIAAIB5rk7llnRaV8yc0ul9sXUDANA/Ss0hb/kwfcpk6wIAAGbHNeecd8bR&#10;ocmfvvW2O34qJcta98xRQ7Vkc2pn8zNG1n5hLOUPJyc7v3/pzTfc1jqMb2ZUBgAAMM/1FpdbygCf&#10;5TU1WW9q3QAA9JGSQ60TGCAld7ZOAABgZm1fu/as3tHyM5OZ/Ikkj0ptXdQvyuOS/OLwcO9nRld2&#10;f3/qaOd3jcvmlgH+LDoAAADHYsvExJ21Zn/rjhly9JQFvUF9bgDADKjJ3a0bGCC1d0frBAAAZsb4&#10;ysc/bmxk3dt6R8uBJK+vyaNaN/Wp00rNG4aHezeNjax72+g53eWtg7iPURkAAAApJf/YumGGfOqC&#10;vXvvbR0BAPSPktzSuoFBUv6ldQEAANPryvXrl46OdH+h1qOfS+qPJVnYumlALEzqj5WhfH5sxdpf&#10;2bFsw6mtg+Y7ozIAAABSa/1464aZUFOva90AAPSXktzauoEBUsrtrRMAAJgeWzdsWDg60n3dwnum&#10;9pXkl5I8snXTgDolpfzXe5cc3jc60n3daLe7qHXQfGVUBgAAQNIpo60TZkKpZax1AwDQX6qTyphO&#10;vRxsnQAAwMkbXbn2+UvvPPzxkvxGkke37pknTi/Jb+RIrhtfce5zWsfMR0ZlAAAA5OP7Jj5Vky+1&#10;7phmhyanDl3TOgIA6C+llH2tGxggZepA6wQAAE7cNatXP2ZspPvnpZYPpuQprXvmo5I8sZbeh8dW&#10;dN8+vnzD6a175hOjMgAAAHJF0kvNu1p3TLPRS2+++VDrCACgv9TUPa0bGBydsuCm1g0AABy/mpTx&#10;FetefnRq6HNJLmvdQ0pKXlE7hz83urL70tYx84VRGQAAAEmSXun8zyS91h3TpVfLW1s3AAD9Z/Jo&#10;58bWDQyMe+7Y9/n9rSMAADg+21avXjk+0r2mlvpHcavLueasUvOusRXr/mr72rVntY4ZdEZlAAAA&#10;JEleuP+G3Sm5unXHNNm55cCNf9s6AgDoP5fefMNtSe5o3cFAmLgsmWodAQDAsRsfWfeazn2nkz2/&#10;dQsPodTv6h0tN4yNrP2x1imDzKgMAACAr+lN9X4+A3BaWal5Y0lq6w4AoD+V5FOtGxgApX62dQIA&#10;AMdmx7INp46NrH1HTf3vSZa07uGYPDIpbxtb0X371uXL/TubAUZlAAAAfM0lB3d/JrX+n9YdJ6Xm&#10;2osPTPx16wwAoH/Vms+0bmAQdP6pdQEAAA9v+4q1T7z3lMPXJ+VlrVs4ASWvWFoWf/Tq5WvWtU4Z&#10;NEZlAAAA3M/wgvozSe5q3XGCJpPeq51SBgCcjFqqk8o4eb36idYJAAA8tNEVa7+vV8pHU3Nu6xZO&#10;QslTpjqd68ZXrvue1imDxKgMAACA+7lw9+79Sf3PrTtO0Js2H9jtzTsA4KTUXr22dQN9r3fv0OTH&#10;WkcAAPDAtm7YsHBsZN3bSinvSXJq6x6mxWm11r8YG1n7livsoaaFf4gAAAB8k4/t3/X2pG5r3XGc&#10;rr9r6aJfbx0BAPS/TxzcvTPJHa076F812fVde/f+a+sOAAC+2Wi3e9rSuw5fldQfa93CTCivfvqK&#10;7jtHu91FrUv6nVEZAAAA3+SKpLf4nsXfn1I+3brlGB3sdSZfeNnOnUdahwAA/e+KpJfUj7TuoH91&#10;kg+1bgAA4Jt9YM2akXIkH0lyUesWZk4p+YFyJB+86uxzz2zd0s+MygAAAHhAF9y68+7aq9+d1C+0&#10;bnkYX0nJZZfs3fvF1iEAwCApRmWcsFrLjtYNAADc37YVa86fnCzXJnlS6xZmxbOGh3t/u/3stSta&#10;h/QrozIAAAAe1JYDE7tKL89NcnPrlgfx5U7qd2zeN/HR1iEAwIDpTY22TqBv9SanygdaRwAA8O9G&#10;V3Qv6pTOh5PyuNYtzKrzesPl42PLVz+5dUg/MioDAADgIW06uGuiU+vFSfa1brmfkltrJy+8eP+u&#10;61unAACDZ9PBPZ/J3B3WM5fVfObSm2+4rXUGAAD32T6y7sJS8r4kp7RuoYnHpjP0gdGV3W9pHdJv&#10;jMoAAAB4WBcf2PXZ0lv0tKR8sHVLkqTm2qHe0FO37J24tnUKADCYSlJLzXjrDvrQfW9YAgAwB4yv&#10;XPc9vdT3x6Bsvjur1HxodFX321qH9BOjMgAAAI7JpoM7b79r6cItpZRfTTLZKKOWkj+YnDr0nRcd&#10;+LyTQwCAGdXr1L9o3UD/mSpla+sGAACS8eVrN9Va/yzJwtYtzAmnlV7eP7763Ke0DukXpXUAAAAA&#10;/Wd8+blPr53eHyR52qxdtJRP93r56UsO3Ph/Z+2aAMC8tnXDhoWn3XX4SzV5VOsW+kTJDZv3Taxv&#10;nQEAMN+NL1+7qXbKlTEo45vd0au9F1xyYPd1rUPmOieVAQAAcNw2Hbzh45v2T5xfa/3+pH5+hi+3&#10;u5a84mP7bvwWgzIAYDZdtnPnkVrzl6076Cflna0LAADmu+0jazfWTnlPDMp4YI8spfP+94+cu6Z1&#10;yFxnVAYAAMAJKUndcmDXn39s/64n1FK3lJqxJFPT9PC9JDtS60sW71++fsu+iT+64r6/BgAwq0rp&#10;vKd1A32jlzL0rtYRAADz2dXL16zrpYwneWTrFuaukjxmKFOj15xz3hmtW+Yyt78EAABg2lx19rln&#10;Dg9PXZKUFyZ5dpLHHseX/0tN/q7UjNVe/nrLTRMHZygTAOCY1aSMr+z+c2rObd3C3FaTD2zZP3FR&#10;6w4AgPnqmtWrH3N0qnNtUlY1TqF/XNc5fMrzLv7Sp7/SOmQuGm4dAAAAwOC49OYbbkvyJ1/9I9tW&#10;r15ZJjvf0umUc1JzVpJFX/vFpUyml4O9Tm9fKQs+t3nvP+9tEg0A8BBKUsdq3pHk11u3MLd1Svnj&#10;1g0AAPPVaLe7aPJItiZZ1bqFvnJ+b9Ghd9Tk+0pSW8fMNU4qAwAAAACAh3DfiQdD+/L1A3m4n/qF&#10;u5YuXnXZzp1HWpcAAMxHYyPdP01yeesO+tYbNu+f8EGib9BpHQAAAAAAAHPZC/bs+VKSd7buYO4q&#10;tfy+QRkAQBtjK9f9XAzKODlvGl+57pLWEXONk8oAgKZGu93Tho7Udb3SWVlqfURNXZJSpmqvfrmT&#10;oS+nMzSxad/nvtC6EwAAgPlt2/I1T+p0Op+K19X5Zvd2FtSVF+/adUvrEICTMfrY7rKhRXVdr1fO&#10;LCln1NJbkORwTflK7ZUDQ1l446aDO29v3Qnw9baPrLuwlzqWZKh1C33vX2rNt245MLGrdchc4Ydf&#10;AGBWXb18zbreULm41vLcJM9KcvYxfNmdST6TWneUTv7mzDMf9ZHzr7/+6MyWAgAAwP2NjXTHk1zc&#10;uoO5prx18/4bX926AuB4XJF0nrly7bf10nl+an1+kqcmefTDfmHJran5aGo+XIY7H9y054ZPzXQr&#10;wIP56m3qP5lje68JjsXHly175LO9D3kfozIAYMZddfa5Zy5YMPXDtZaXJNk4DQ/55aT8ZU3vT7fs&#10;3/V30/B4AAAA8LC2j6zd2Ev5RLy2zr871OtMrr1k794vtg4BOBbjq899SqZ6L6vJZZmeEcY/1+Td&#10;C4Z7f3zh7t37p+HxAI7JFUnnGSPrrk7qd7ZuYbCU5Dc37Z94feuOucAPvgDAjPnAmjUjk5PlZ5Py&#10;iiSPmKHL/H1NfmPL/omrZujxAQAA4GucVsb9lPzPzfsmXtk6A+DhbFux7rmdTv0vqbk4M/Me8dGS&#10;vLuX/OaW/RP/NAOPD3A/YyPd1yf59dYdDKRakxd579GoDACYATuWbTj13iX3/mpSfjLJgtm5avlI&#10;epOv3Hxwz6dn53oAAADMR9uWr3tGp1Ovbd3BnHB3KQvO3bTvc19oHQLwYLYtX/OkTqfz35M8f5Yu&#10;WZO8qx7Jz2754sSts3RNYJ756v/bPp5kcesWBlX9QmdBnnrxrl23tC5pqdM6AAAYLNtWrDn/3lMO&#10;X5+UV2fWBmVJUp+dztAnxld037A1GZq96wIAADCfXHLwxo+l1He37qC9UvPrBmXAXFWTMrai+9pO&#10;p/OJzN6gLLnvUJPLy8L6qfHlazfN4nWBeWK0213UKZ13xqCMGVUe1zta3tq6ojWjMgBg2oyvXPuq&#10;Tul8JDXnNkpYWEt+denI2h0fWLNmpFEDAAAAA65Olp9P8pXWHTS1b9HQ5O+0jgB4INecc94Z4yPr&#10;3p+SNydZ1KaiPK52yrbRld1f9SFgYDqVI/nFlDyldQfzwmWjI90Xt45oye0vAYCTtiPPG7535OAf&#10;JPmR1i3/rn6h1+lsuWTvjf/YugQAAIDBMzbS/bUk/6V1B22UUl66ad+Nf9a6A+Abja06b1V6k2NJ&#10;zmvd8u/KaOfwkssu/tKnDbKBk7Jt1bqndnr1E0mGW7cwb3yx9BZt2HRw5+2tQ1pwUhkAcFK2Ll++&#10;5N6Rg3+VOTUoS5LyuE6vfnh0efc7WpcAAAAweBbfs+jXkuxr3cHsq8kHDMqAuWh8pLshvaN/nzk1&#10;KEuSuqW36NDfXHX2uWe2LgH6V03KUK++JQZlzK7H1s69v9Y6ohWjMgDghI12u4uWdha/P8mlrVse&#10;xGmlk9GxkTXPbh0CAADAYLng1p13l1JfnqS2bmFW3b1guDfHPlgHkIytXr++luxIyuOXB/6ZAAAg&#10;AElEQVRatzyIpw8N93a8b9WqR7UOAfrT+Mruf6zJc1t3MB+VH90+snZj64oWjMoAgBNWjuT3kzy/&#10;dcfDOCWl81ejK7prW4cAAAAwWDbt27UjyXtbdzB7avKmC3fv3t+6A+DrXXPOeWdkaur9qVnWuuWh&#10;lOSJi+vwu3fkeU4ZAo7L+PINp6fmt1p3MG91eilvu2Iebqzm3RMGAKbH+Mi612TO3fLyQdQsS8n/&#10;uerss09pnQIAAMBg6SyoP12TL7XuYFb83d37J367dQTA19uaDB0dmnxvkm7rlmNSs+nwyEHDEOC4&#10;1M69r0/y6NYdzGsbnzGy9vLWEbPNqAwAOG7jq899Sk39jdYdx6MkT1yw4BQv/AIAADCtLt6165b0&#10;8n1Jplq3MKP+pU7l+y/z7xmYY5auXPfaJBe07jgeNXnN2Mo1W1p3AP1h+9lrVyTlVa07IClvmm8H&#10;WBiVAQDHZUeeN1ynev87yeLWLcer1vzk9pF1F7buAAAAYLBsOTjx4ZK8tXUHM6eW/PSWmyYOtu4A&#10;+HqjI90npNY3te44ASW1844PrFnzyNYhwNxXh8ubkixp3QFJlg8veMQrW0fMJqMyAOC4HF558MeT&#10;bGjdcaJ6qf9zx6pVfTeIAwAAYG7rLczrS8nHWncw/WrqW7bsm/jfrTsAvl5NSkn9f5MsbN1ygs46&#10;erTz31pHAHPbtuVrnlSTeXfLQeauUusb3rdq1aNad8wWozIA4Jhtf8yTH1GTX2zdcZK69/SGfrR1&#10;BAAAAINly8TE4eHO1IuS3NS6hWl19cf373pt6wiAb3T1yLpLkvKc1h0no5S86gNr1oy07gDmrs7Q&#10;0BuSlNYd8G9q8qjFveHXtO6YLUZlAMAxm1r8lZ9MzbLWHSerpLxutNtd1LoDAACAwfKCPXu+lE5+&#10;MMlk6xamxc29zuQPX5H0WocAfKNe6iCc8rVoaqrz+tYRwNx09fI161Lr97bugAfwmvlyC2ejMgDg&#10;mFy3ceOCUsurW3dMk3PKkfr9rSMAAAAYPJv3TnwotV6epLZu4cSV5F9LctEle/d+sXULwDcaHVn7&#10;rCRPb90xHWrNy0Yf2+37DzID02+qM/TGJEOtO+ABPHpysvOTrSNmg1EZAHBMbrnlXy9JsqJ1x/Qp&#10;P966AAAAgMG0+cCu9yR5Y+sOTtjh2sl3bdo/sbN1CMADKYP12uaSzqL6Q60jgLnlvlvj1pe27oCH&#10;8DNbly9f0jpiphmVAQDHpKQzaD/YP3Ns9fr1rSMAAAAYTJv2T/xGkre37uD4lZJXbd478aHWHQAP&#10;ZMeyDacm+e7WHdOp9srlrRuAuWVqsvNTSYZbd8BDOOu0suSHW0fMNKMyAOBh7Vi1anFK3dy6Y7qV&#10;qd6LWjcAAAAwmEpS79o/8RMp9d2tWzh2tdb/umnfhDEgMGcdPuXIxUke0bpjWpU85f0j565pnQHM&#10;DVuXL19Sk1e07oCHU0t9zRUDvrsa6CcHAEyPe3udZyVZ3LpjutXU72zdAAAAwOC6LJm6a9+uy2vN&#10;n7Vu4RjU/OyWA7t+tXUGwEMbzNc0hzL1gtYNwNywtLPo8iRntu6AY3De01d0B/r3L6MyAOBhlXSe&#10;27phhjxzR57n+GQAAABmzGXJ1N2nLXp5kitbt/DgSvLLmw9M/E7rDoCHU2u+o3XDzCiD+ho0cNzK&#10;q1oXwLEqKT/RumEmGZUBAA+rJk9t3TBDlt4zcvDc1hEAAAAMtst27jyybNkjv9etMOesX9q0f+IX&#10;W0cAPJwdyzacmuTxrTtmyKC+Bg0ch/GV3acleVLrDjhmpV569Yr1Z7fOmClGZQDAwys5r3XCjKnV&#10;qAwAAIAZd/711x+9a9+uy5O8vXULXzOZ1B/fvH/iitYhAMfi0COOdJOU1h0zpLs1GWodAbTV6+Xl&#10;rRvgOA1Plakfah0xU4zKAICHVJOSmtWtO2ZKp5O1rRsAAACYHy5Lpjbvn/jRkvKfkky17pnn7qil&#10;Xrx5/64/bB0CcKxKr3ZbN8ygRY9es+ac1hFAO1s3bFhYSr6/dQecgMtbB8wUozIA4CH99fr1pyZZ&#10;0LpjpvRSTm/dAAAAwPyyaf+NbymlfF+SQ61b5qmbUnsXbtm3629ahwAcj5I60K9lHukNDfTzAx7a&#10;qXcdvjjJma074AQ8YWz56ie3jpgJRmUAwENacPfUI1s3zKheTmudAAAAwPyzad+Nf1lLnp1kT+uW&#10;eaXkwwuGpjZuPrD7E61TAI5bLae2TphJZbIO9mvRwEMqyfe2boATVTudl7ZumAlGZQDAQyoLhodb&#10;N8ykUsrC1g0AAADMT1v2TfzDkSVDTynJn7dumQd6NXn9pn0TF7xgz54vtY4BOCEli1onzKTS6Q30&#10;a9HAg9u6YcPCklzaugNOVEl5SU1K647p5jdm+sbWZOi0ld2nJPXbezXdTikra83ZSR6RZEmSpOau&#10;lHwlqTck5YZOymc6w1N/e+Hu3Xc0jQfoY52ho4d6vYH7HujflXp36wQAAADmrxd9/vN31eQlYyPd&#10;/5+9Ow+vuy7zPv65fydpSmkBkbVkozkpS4eigoIrVIEspTpuFXkGRx0X3HHBfanbOOjzOIoz44Y6&#10;7lBXKE1SYGxxLQguOAXanLTJSVqRIlBa2mzndz9/4C5LmpyT+yzv13X1UpGe3zsXbWlPPvl+f2nS&#10;ByTxxU/FZtop2YXdQ/3fjU4BgJlw+R6rvs9X/4knyf3RDQBiHLR74mkuHRLdAcxAU1/TolNVZSci&#10;MypDWVu9ZMmcg+4b63LT+Sad465DpAd+u+z+IN/hT7+PtidJUipXOpkUepvbfyH5d5NJ/3rHjoHh&#10;2eoHgGow5765e0cPGIvOKBlPnTcqAAAAAAChTHLlc5f0Nh7bqyTzJUmPi26qIlfVJ4VXcDoZgGqQ&#10;eLLH7cE+QVYdbLKwN7oBQAy39Nmq3l/eUCssWS6pqkZlXH+JstTXcsLRvc3ZjyzYPfZbN31f0soZ&#10;LJMzkj9e0kfSOhvsbc6u623KdlTj0YMAUArLdm7aI+nu6I5SMUu2RzcAAAAAACBJXSPbbpmbbzzN&#10;3d8tqXq/wmt23GNuL+3K557FoAxA1fD0t9EJpWSaNxLdACCIa3l0AlAE50YHFBujMpSVnqOyh/e1&#10;ZP/LfWKbpLdLOrTIj0gknSNTX19L+696mrLnFPn1AaBa5aIDSsUt7Y9uAAAAAADgj5Zpw2T38MCH&#10;E/dTJauqr3KfJS7Zl5N6P75zuP9L0TEAUEyF+vS26IYSuqtzZFPVfnEzgIfW19iWldQS3QEUwePW&#10;trYeFR1RTIzKUBZWSUlvU/ZNNkf97nqVpIaSP9R9qZnW9ba0f7PafmIDQAlsjg4omUnbEp0AAAAA&#10;AMDf6hge+N/d+f4nyvQySZyyPTW/MU/O6Mr3v7hjYODO6BgAKLafb9s2LGlfdEeJVO970AAelifJ&#10;M6IbgCKxTFp3dnREMTEqQ7h1Lccde1pz9mcy/T9JB896gPt5SVp3e29T23mz/mwAqBAu/1F0Q4ls&#10;696e40h1AAAAAEBZWikVuoZyX9i9oGGR5K+UaWd0U5kakLSyM587uXN4S7W+hwEAWiWlkv00uqNE&#10;+PUbqFWujugEoFhc/vTohmJiVIZQaxvbT0u9sFHSE4JTDpbZN3qbsx9xyYJbAKDseMGvj24oBXOt&#10;j24AAAAAAOCRrNy0abwrP/C5+qRwkpk+LWk8uqkcmHSvS2/fnY6e1JXPfcskj24CgFJzT6vyPU03&#10;/2F0A4DZ55LJ/KnRHUDRmD0pOqGYGJUhTE9T2wuSxK+XdER0yx+YpLf3tbR/46ZTTqmPjgGActK9&#10;fWu/pKHojmJL5ddENwAAAAAAMFVnbdv2u86h3Kt9XI0uvV3SjuimIJtc/s/pHB3Vnc9dsnJkpFqv&#10;ggOAv+OeXBfdUAL7JubW/Tg6AsDs6zlmUbukw6I7gKJxLe5rOeHo6IxiYVSGED3N2RVm9jVJDdEt&#10;f8f9vJ07d31ttZSJTgGAcmGSu/tXojuKbNcBmcKV0REAAAAAAOyv7jtyO7vzuUvm7ms4TrI3SNoa&#10;3TQLXKbrZfbc3fncyd35ga9053Jj0VEAMNuWj/TfIOn26I6iMrvyWZs3747OADD7MpnktOgGoNhS&#10;n3hydEOxMCrDrOttynaY9G1JddEtD2Plgubsf3MVJgD8WZok34xuKLI1ywYHR6MjAAAAAACYrmU7&#10;N+3pyvdfujufWyzXs1z6jqRqG1rdJdPHkyQ5sWsod2bXUP93V0qF6CgACHZ5dEAxWepV9fEAmDqX&#10;PT66ASg+r5of14zKMKt6W49vlekbkuZEt0zBP61raXtTdAQAlItzh/pvM1dvdEeRuGWS/xsdAQAA&#10;AABAMayUCl3Duau687nnFTR+tLm9StJPJXl02zTdL+lbklb6HDV2DeXe3DG4pbpO5QGAGajPFD4j&#10;qTqu/jVtuW84d3V0BoAozkllqDomOzm6oVg4hQmzZs3ChfPq6uZtlHRSdMt+mHT5md35gZ9EhwBA&#10;OehrWvxUt/SH0R0z52u78gPnRlcAAAAAAFBKPU3ZNpl3m+wsSWdIOji66WHsMOk6N//+7sJY38qR&#10;keoYSwBAifQ0ZT9lptdGd8yUm/6leyj3xegOALNvlZSc1pzdI+mA6BagqEw7u4ZyR0RnFAOjMsya&#10;nua2S0z21uiOaRiYnNy7dMWOHXujQwCgHPS2ZDfIdUZ0xwy4J3pS92BuY3QIAAAAAACzZb3OrNvX&#10;OnKquZ0lT88w2akuHRKYNCTpBnNb73XJ+q5tmzcHtgBAxeltPb5V6eRtkuZGt8zAVp+jE7tzuWq7&#10;uhnAFPQ0ZdvMlIvuAEohTSaPXj44eEd0x0zVRQegNvQdu/hkL6SVepVkW33dvPdKent0CACUg3Qy&#10;fUWSSW6R1BDdMh0u/2z34ACDMgAAAABATVmmDZMa1EZJGyV9SJL6GtuyqekUM50i2SmSjpN0pIr7&#10;uYNdknIm5VLpVrP0Jh9Lft59R25nEZ8BADWna/D2wb6m7Afd9OHolulKZBd25PoZlAG1ynRidAJQ&#10;Kpl0zj9IYlQGTEVaSD9mFfzjzaWL+hrbLuscGWApDaDmLd++dUtPU/Y/zPTm6JZpuEvj9t7oCAAA&#10;AAAAysEf3u/MSbrij39ttZQ5pOm4I1P3Rll6tBJvSt0ONOkQyedJNk9/cY2mSftcNippzEw7U/n2&#10;jNudk164wyaSIcZjAFA6DZnJj4+mdS+RlI1umYYrO/L910ZHAIhj0j9ENwCl4p4ulnRddMdMVezI&#10;B5Wjr6VtmbvOju6YoQZP7H2SLogOAYBycMQRB79j585dp0t6cnTLfiiY+cquOwZ4MxsAAAAAgIew&#10;UipoePMOSTuiWwAAD2/Z4ODo2sZFz0mSZKOkedE9+2FbQeMviY4AEMtN7ebRFUCJmLdGJxRDEh2A&#10;6udu74luKJLzeluPb42OAIBycOrNN0+4659Nuje6Zarc9YnOoYH10R0AAAAAAAAAUCzLR7b+xl1v&#10;ie7YD+OJ+T+dm8/fEx0CIJa5N0U3ACXjaotOKAZGZSipnubsiZKWRXcUSZ2nE6+KjgCActE9nBtQ&#10;mnRI2hPd8khMuuLG4dxbozsAAAAAAAAAoNi6h3OfNumS6I4pKMj1/I6hgZ9GhwAoC4zKUL3Mjo1O&#10;KAZGZSgpk784uqGYTLpgtZSJ7gCActE5suVGd79A0mR0y0MyXd+QTL54lZRGpwAAAAAAAABAKWzM&#10;594p6evRHQ/HZG/uGs5dFd0BoFzYMdEFQMmYGqMTioFRGUrGJZPsvOiO4rKjD2ppe1p0BQCUk+7h&#10;ge+7eYek+6Jb/o7Z5V6vjmWDg6PRKQAAAAAAAABQKquktDOfu0Bu/ze65UFMmPSiznz/J6NDAJSH&#10;77W2HiJpfnQHUDKuQ1dVwSar4j8AlK++xmNPUhUeWZmmtjy6AQDKTffQwA88UYekO6Jb/shMn547&#10;dMwF3bncWHQLAAAAAAAAAJSaSd413H+xpFWSPDjnj+6T63md+dxXo0MAlI8DJ5PDoxuAEsucsnDx&#10;odERM8WoDKVjmbOiE0rBTGdENwBAOeoezG2sq0uPN+mKyA6T7nX3Z3cO5V69TBvK91pOAAAAAAAA&#10;ACiBrnzu/Z5qmaTtsSX+o2TS/4ErLwH8rYLpkOgGoNSs3it+PMmoDKVjemJ0Qok8Zs3ChfOiIwCg&#10;HJ29deuujnzuheb2Kkl3z3qA6fpUenL38MD3Z/3ZAAAAAAAAAFAmukdy16fJ5KlBXwS8V2bv2b1g&#10;7lkdOwaGA54PoMwllmFUhqqX8cKjoxtmilEZSunE6IASqUvmHLg4OgIAypVJ3jnc/5n6Qt1iM31a&#10;0vgsPHab3M7vHMot687nbp2F5wEAAAAAAABAWVs+OHhHZz53nps/w6RfzcIjU5OuSDOFE7uG+j+0&#10;ctOm2XhvGEAFSuWMylD13JOKP6yIURlKYrWUkdQW3VEqGa/ejw0AiuWs7bf/vnMo9+rJNFlk0ick&#10;7S7BY34qaeXufK69a7j/myZ5CZ4BAAAAAAAAABWre2jgB5353GMT2TmSrpGUFvkRY5J9OUmSJZ35&#10;3HnLt20bKvLrA6gybloQ3QCUmklzoxtmqi46ANVp/lHZQyU1RHeUiqfeHN0AAJVixciW7ZLeuLqx&#10;8Z3zreGZZna+pKdLmj/Nl7zV3b9jdXVf79q2eXPxSgEAAErLJVvb3HxIfX19/cREZr4kJYV0fGJ+&#10;ZtezNm8uxQAfAAAAAP6kI99/raRr1y1sayrU2fkmrZT0GE3vIJJRyX4i82+O2uR3nj04eG9xawFU&#10;M3Or55wAVDszRmXAg0rq/GCXRWeUjumg6AQAqDQrR0b2SbpC0hXrdWbdvtaRUxP3J8vtOHe1y9Qk&#10;6UD9aZTsu1y2x9y3yGyL3H+dZgoblg8O3hH3UQAAADy0VVLy+MZFSzJJcoJLbXrglOs2lxaZqbFP&#10;SjKS0gkp88eDATLSnH0F9TZnC5J2SbpX8u0mu13mm11+W8Hrbr8pv2VwVfFPEwAAAABQgzp2DAxL&#10;ukTSJVc3Nz8q43Oe6vJTE7PFLi2WdLCkQySZpAlJeyTd4abN5upXop/N1eTGZYODo3EfBYCK5p6p&#10;5jkBIEmpnFEZ8GDSjC2wqh4W+4HRBQBQyZZpw6QGtVHSxugWAACA6Vp/+JL5++aNPiFR8mSXP0mu&#10;J0o6+E9/HLa/+o9HkpF06APfbJFLT5WbJFNGqU5rzu7tNf3Q5NcpyVzXsW3LLVz9DQAAAGCmzs3n&#10;75F01R++AcCssMQTd1ZlqG7myXROAi0rjMpQGq6x6ITSskJ0AQAAAABg9q0/fMn80bnjK2T+glGN&#10;dZpbg8/OtmueXJ0u61QhVV9z9s5esx8o1VVzMxPf44QAAAAAAABQMTzJ8LVyqHae+ER0w0wxKkNJ&#10;eKZwvxUy0RklY67d0Q0AAAAAgNmxWsrMb2pbYWbnj2psuaR50U2SjpD7eTKdN5bW3dvT3Ha5Evty&#10;92COk2ABAAAAAEB5M59kU4Zql7gYlQEPZo7ZvZPREaWUaFd0AgAAAACgtNYdufTAQsP9LzXZRZIW&#10;Rfc8FJcOMdmFSnVhX3P2Nnd9frKw97MrduzYG90GAAAAAADwd1LbK2NVhurmVvknlVX8/Z0oT2dv&#10;3bpLpp3RHSVT8IHoBAAAAABAaaxtbT2qtzn7r2nD3rzJLlUZD8r+lksnyPTxurp5Az3N2YtWNzYe&#10;EN0EAAAAAADwl1KlfCEcqp4pGY9umClGZSgdVy46oVQmk8yW6AYAAAAAQHF9r7X1kN7mtk8maV1e&#10;0jskHRrdNANHmfTvC5K5w73N2VU92exB0UEAAAAAAACSJDNGZah67oWKvwGPURlKxl03RzeUyH17&#10;81uGoiMAAAAAAMWxWsr0tmT/ZW6auVWy10uqj24qokdLep+N65e9TdmO6BgAAAAAAACZ3x+dAJSa&#10;KbknumGmGJWhZCzxH0Q3lMiGlVIhOgIAAAAAMHPrWtqetKCl/RdyXSbZ0dE9JbRIpr7e5uzX1rW1&#10;HREdAwAAAAAAalcm1Z3RDUCpJZ5hVAY8FB+zH0tKozuKzrUhOgEAAAAAMDM3nXJKfW9T2wdTtx/K&#10;fWl0zyz6P+mE3dbX1P4Slyw6BgAAAAAA1J7ChP0uugEotXv9fkZlwEPpviO306X/ie4ossKkJ6uj&#10;IwAAAAAA07e2tf0xO3fu+qXM3i0pE90T4FA3/+K6puzavsYlh0bHAAAAAACA2nLjHbnfi9vBUN12&#10;rxwZ2RcdMVOMylBSids3oxuK7PoVI1u2R0cAAAAAAKanryX7siT1n0haEt0SzU1dnhn72drGRSdF&#10;twAAAAAAgNqxSkol5wpMVC2XhqIbioFRGUoqU1/4rqT7ojuKx78SXQAAAAAA2H83nXJKfW9z9vPu&#10;+rykedE9ZcO1OEmSn/c1t78hOgUAAAAAANSSZCS6ACgVk+WjG4qBURlK6uytW3e56T+iO4pk6PDD&#10;D/lGdAQAAAAAYP+sP3zJ/J07d31H0suiW8pUg8s/0dvc9lGXLDoGAAAAAADUAEtz0QlAqZg5J5UB&#10;U5Go/j8kVfxdsXJdeurNN09EZwAAAAAApq639fjW0QPGNkpaEd1S/uzi3qbs19brzLroEgAAAAAA&#10;UN1MydboBqBUUuf6S2BKOodu+627fzi6Y4Zu331QQ7WcuAYAAAAANWHdwrYmpRPrJS2JbqkUZjp/&#10;rHnkC6ulTHQLAAAAAACoXu5pf3QDUEK3RgcUA6MyzIo9B839mExbojumyT3VhSs3bRqPDgEAAAAA&#10;TM21ixY1FzL2Y8lag1MqjksvWtDcduXqxsYDolsAAAAAAEC18oHoAqBUktRvi24oBkZlmBUrN20a&#10;N/mFkgrRLfvLpK92j+Suj+4AAAAAAEzN1c3Nj5osZNaYqTm6pXLZ8vk29zKXLLoEAAAAAABUn/ED&#10;6n8tKY3uAErg/o0jA1VxvSujMsyazqGB9S69K7pjv7h+3ZBMvjI6AwAAAAAwNVced9yCOpvTK/el&#10;0S2Vzkzn9zW1fSC6AwAAAAAAVJ9nbd682yVOK0M12ryqSgaTjMowq27M5z4m6crojim6L/X0gmWD&#10;g6PRIQAAAACAR7ZayszZN/ldd50W3VI1zN7d15J9TXQGAAAAAACoSrdEBwDF5qZfRzcUC6MyzKpV&#10;Ujo3mTxPsh9HtzyC+z1Rx/KRrb+JDgEAAAAATM2CprZVkp0V3VFt3PXJnubsiugOAAAAAABQZdx/&#10;GZ0AFJu5b4xuKBZGZZh1ywYHR33cnyPp5uiWhzAq1/ndg7mq+YkOAAAAANWup6WtS2bvjO6oUhmT&#10;/rvnmGxjdAgAAAAAAKgeSaKfRjcAxZZ49fy4ZlSGEN135Hb6HD1Z0rejW/7GnZYmZ3QN566KDgEA&#10;AAAATE1Pc/ZEc7tCvM9RSodaRpevljLRIQAAAAAAoDrcVxjbKGk8ugMool0/Gx64NTqiWHizFWG6&#10;c7mxufnGF0r6iKQ0ukfSpoLZmZ0jW26MDgEAAAAATM16nVln0lckLYhuqQFPnt+cfUt0BAAAAAAA&#10;qA4rR0b2mYkrMFFF/OerymP/UhSMyhBqmTZMduVz75TScyQNB2W4yz+zOx19/LlD/bcFNQAAAAAA&#10;pmFf0/DbJJ0S3VErTPpQb0v2idEdAAAAAACgOqTu10c3AMViSq6NbigmRmUoC135rf8zN5lcLOn9&#10;ksZm7cGm6810and+4FUrR0b2zdpzAQAAAAAz1tOUbTOzd0Z31Jg6uX+pJ5ttiA4BAAAAAACVz4xR&#10;GapHwQs/iG4oJkZlKBvLBgdHu/K5VcpkTpZ0mUo5LjO7xaQXdA7llnUO5X5RsucAAAAAAErCJUtM&#10;X5Q0L7ql9thxGnOuwQQAAAAAADPm9cn/SNoT3QEUwZ3dw1tvjo4oJosOAB5KX8sJR6eaeK25zpO0&#10;qAgvOS6pN5Fddk6+f61JXoTXBAAAAAAE6Gtqf4mbfzG6o4bdlyaTxy0fHLwjOgQotbXHHtuSmUhO&#10;8ETNcjvQTXP++P8l5venqW3JJJn+nw1tHlolpYGpAAAAAFCRepuzV0p6ZnQHMCNml3cN9b8wOqOY&#10;GJWhIvS0ZB9rqT9HZk+SdLKkR0/hu41JdouZ3+Sp3Wg+56rOkU13lzgVAAAAAFBi6w9fMn/0gLFt&#10;kg6LbqlxX+3K514UHQEU29Ut7Sck7h0mO1vyp0g6aIrfdZdMP5PsJ2mhcOXyka2/KWUnAAAAAFSL&#10;nqbsq8z0X9EdwEyY9KLOfO6r0R3FxKgMFemapuMWFjKFxZ7qMLkOl+kgk+0z013uhd+lqe488shH&#10;3X7qzTdPRLcCAAAAAIqrr7n9rS6/JLoDcil9Wld+64+jQ4CZuvK44xbM2ZeeL/lLJT2hSC97q6Sv&#10;1hfqPn/W9tt/X6TXBAAAAICqs25hW1NaZ0Niw4LKNV5Xlx5x9tatu6JDiomfkAAAAAAAoGKsO3Lp&#10;gYWGvQMmHRndAkmmvq6hXFd0BjBd1y5adHChkHm9u79BUzsZfzr2Sv7VjNd94JzhzTtK9AwAAAAA&#10;qGi9zW0/lOyp0R3ANF3Vlc89Kzqi2JLoAAAAAAAAgKkqzLn/IgZlZcTVuba1/THRGcD+WiUlvc1t&#10;r5icTLa6+wdUukGZJM2T7JUFK2zuaWp7V08221DCZwEAAABAZXK7PDoBmC6Xfye6oRQYlQEAAAAA&#10;gIqw/vAl883sougO/DVzf310A7A/epqybac1ZX8i2WclHTqLj55vZh+ycf28t/HYpbP4XAAAAAAo&#10;e2lm8ruSCtEdwDSMpZpYEx1RCozKAAAAAABARRg9YPR8SYdFd+Cvmeuf1i1sa4ruAKaipzm7IjHd&#10;JNPpgRknKcnc2NOUfVVgAwAAAACUleWDg3dItiG6A5iGK8/N5++JjigFRmUAAAAAAKBCJBdEF+BB&#10;1Rfq7cLoCOCR9DW3v8GkK106JLpFUoOZ/qunue0Tq6VMdAwAAAAAlAOTfy66AU81CwMAACAASURB&#10;VNhfpuTz0Q2lwqgMAAAAAACUvatb2k+Q/CnRHXhw5nopwxiUs76W9ve4/BOSLLrlL5nsDQc1Z7/O&#10;zx8AAAAAkO5b0PB9SXdGdwD7YWhjfssPoiNKhVEZAAAAAAAoe4mnL45uwMM6an5L2xnREcCD6Wtp&#10;f4+7fyC646G49IL5zdkr1uvMuugWAAAAAIi0ctOmcXd9NboDmDL3r66S0uiMUmFUBgAAAAAAytoD&#10;Qwv75+gOPDzz5AXRDcDf6mtpP9/d3x/d8UhMeu5o80jZDt8AAAAAYLZYXebzkjy6A5iCCU/ts9ER&#10;pcSoDAAAAAAAlLWxph1PNOnI6A48Ev9HTlpCOVnb2v4Yd/+iyuzKy4fxjp7mthdFRwAAAABApK5t&#10;mzdLWhPdAUzB6u7tuZHoiFJiVAYAAAAAAMpb4h3RCZiSI/Y1jTw9OgKQpJ5stiEp+H9Laohu2R8m&#10;+1TPMdnG6A4AAAAACJXo36MTgEdk+s/ohFJjVAYAAAAAAMqau3dFN2BqzHx5dAMgSTaud8h0cnTH&#10;NByU1OlT0REAAAAAEKlrMLdB0o3RHcDDuLFrKPez6IhSY1QGAAAAAADK1rq2tiMkPTa6A1NlT4ku&#10;ANYtbGuSdHF0x3S56x97m7LPjO4AAAAAgEhm9tHoBuChuPtHohtmA6MyAAAAAABQtnwyOUuSRXdg&#10;yk6+dtGig6MjUNvSOvtXSfOiO2bE9KFVvHcLAAAAoIZ1DPV/V9IvojuAv2c/7x4e+H50xWzgjQkA&#10;AAAAAFC23HVGdAP2S2ZiIjktOgK1q6cp2ybphdEdRXDS6c3Z50VHAAAAAEAUk9zM3hvdAfwtl38w&#10;umG2MCoDAAAAAADly31pdAL2T5LY06IbULsS09skZaI7isEr+ApPAAAAACiGjqH+Hkk3RncAf2J2&#10;S1c+d3V0xmxhVAYAAAAAAMqSSybTCdEd2E+pPy46AbVp3ZFLD3Tp/OiOIjq1rzm7JDoCAAAAAKKY&#10;5Ins3dEdwJ8V3mGSR1fMFkZlAAAAAACgLF23aFGTpIOjO7B/3NQe3YDa5A17l0s6MLqjmNztxdEN&#10;AAAAABCpI99/raSrojsAydd2DW3tia6YTYzKAAAAAABAWZos6B+iGzAtLet1Zl10BGqPS8+Pbig6&#10;8+7oBAAAAACI5q43SRqL7kBNm0iSzFuiI2YbozIAAAAAAFCWTMbVl5WpfrT1jsboCNSWVQ+8z/mM&#10;6I4SOPHaRYuaoyMAAAAAIFL3cG5A8s9Gd6CW2Zc6BrfcHl0x2xiVAQAAAACAspSmdnR0A6bH0jQb&#10;3YDa8sTWxYslPSq6oxQKhcxTohsAAAAAIJqlc98v6a7oDtQg0876Quad0RkRGJUBAAAAAIDylOjQ&#10;6ARMj1vaEt2A2lJIC0+IbigVd+cqYAAAAAA1r3Nk090mvSa6A7XHU3/dWdtv/310RwRGZQAAAAAA&#10;oCyZMyqrVO5aEN2AGuOq5tPxlkQHAAAAAEA56MznVpvp+9EdqClruocHroiOiMKoDAAAAAAAlCln&#10;VFahTDogugG1xcxaoxtKxaTm6AYAAAAAKBeZTPoGSbujO1AT9rrrjdERkRiVAQAAAACAsuSyR0U3&#10;YHrcnVEZZtsR0QGl4tLB0Q0AAAAAUC7O3ro17663RXeg+rnrLd3DuYHojkiMygAAAAAAQFnitKtK&#10;ZvOiC1BjTHOjE0qIURkAAAAA/IXu4dynTarZKwkxK77VPZz7dHRENEZlAAAAAACgXI1GB2B6LGEQ&#10;iFmWqiE6oYQ8OgAAAAAAys2+ZPJCd+WjO1CN/LeTk8mroyvKAaMyAAAAAABQrhiVVShzjUc3oLa4&#10;aXd0Q6m46/7oBgAAAAAoN88eHLw3Y/YySWl0C6pKKvOXrdix5a7okHLAqAwAAAAAAJQrRmUVyqVd&#10;0Q2oLSbdE91QKmbaE90AAAAAAOWoI99/rZmtiu5AVflA19DWnuiIcsGoDAAAAAAAlCljVFahXLo3&#10;ugG1xn4XXVA6vi26AAAAAADKVcdQ/4fk9r3oDlQBU98N+dwHozPKCaMyAAAAAABQpnxvdAGmJ3Hj&#10;pDLMtk3RAaVisv7oBgAAAAAoVyZ5fZp5uaSh6BZUMv9tfVJ48SquU/0rjMoAAAAAAEBZcufNwEqV&#10;Kq3aqwhRnszt1uiGkrHqHcwBAAAAQDGctf323yfy50riCxQxHXvl/qyztm2r4lPQp4dRGQAAAAAA&#10;KEtJ4oPRDZgeM78rugG1pWG0/peSxqM7SsEs+XF0AwAAAACUu478wM2W+nMlTUa3oKJMWurP7Rre&#10;+vPokHLEqAwAAAAAAJQll7ZGN2B6CprkZCXMqmU7N+2R9JPojhK485zBLZujIwAAAACgEnSODPTJ&#10;dGF0ByqHmV7VOTLQF91RrhiVAQAAAACAspRasi26AdNyx7n5PNdfYta5tC66oQSuMsmjIwAAAACg&#10;UnQN5b7g8o9Gd6ACmD7eOZS7LDqjnDEqAwAAAAAAZWlcE4PRDZiW26IDUJsKafI1SYXojmIy829E&#10;NwAAAABApenOD7xNpn+P7kAZM328ayj35uiMcseoDAAAAAAAlKVnDw7eKykX3YH94y6uvkSIFSNb&#10;tku2IbqjiIbvGxr4YXQEAAAAAFSizqHcm+X6QnQHytJlnUO5t0RHVAJGZQAAAAAAoGyZ9NPoBuwf&#10;46QyBHL5Z6IbisXNL11ZZSevAQAAAMBsMckPP+LgV7l0dXQLyoeZvn/44Qe/2iSPbqkEjMoAAAAA&#10;AED5Mv0oOgH7J5FzshLC3JjPfVeqitPy7huzwmXREQAAAABQyU69+eaJA5LJ50taE92CeCZdcdhh&#10;B6889eabJ6JbKgWjMgAAAAAAULYmZT+JbsB+2XHO8EA1DHpQoVZJqbt/MLpjpkz24T9cAQwAAAAA&#10;mIFlg4Oju/O5Z3MVZq3zSzvyuRcyKNs/jMoAAAAAAEDZWj7Uf7tMO6M7MDUmXcf1AYjWPTxwheTX&#10;RXfMwG8a8sd8PDoCAAAAAKrFSqlww3DuFZJ9LroFAVz/2ZkfuIj3rPYfozIAAAAAAFC2THJz/SC6&#10;A1Pjcv5ZoSwULHm9pPHojmlIU7fXLtOGyegQAAAAAKgmq6S0M99/4R9Ot2ZcVBtc0ju7hnOvZVA2&#10;PYzKAAAAAABAWUvdL49uwJR4fSbti44AJOncof7bzPyd0R3T8NHlw/0/jI4AAAAAgGpkkncPD7zX&#10;zJ4vaV90D0pqr7s/pyuf+0h0SCVjVAYAAAAAAMraHh9bJ2lPdAce0S/P2rbtd9ERwB91DA18XNLq&#10;6I6pMumHuxc0vC+6AwAAAACqXedQ/3eUqFvS3dEtKIm7lWh59/DA96NDKh2jMgAAAAAAUNZWjozs&#10;k8SbQGXOzL8U3QD8JZN87r6GfzHTDdEtj8Sk2yY1/o8rN22qxCs7AQAAAKDidA3mNmTS9HSX/je6&#10;BUX1i8Qyp3YN5jZEh1QDRmUAAAAAAKDseQWdNlSjxlSY+43oCOBvLdu5ac8+m+yU9IvolocxkKlL&#10;O8/N5++JDgEAAACAWnLOyNZ+zdGpki6LbsHMmXTJ3HzjaR1Dm7dFt1QLiw4AAAAAAAB4JOtbW+eO&#10;el1ersOjW/Ag3L7XNdz/nOgM4KH0NS451JOxqyQ9ObrlL5l0W+KZs84Z3rwjugUAAAAAallPc/Yi&#10;kz4qqT66BfvtfjNd1DmUYxxYZJxUBgAAAAAAyt6ywcFRuf4zugMPzrn6EmWuc2TT3XOTybMkfSu6&#10;5S9cU1eoeyqDMgAAAACI153PfcKkx5r0q+gW7AfXhjRTWMKgrDQ4qQwAAAAAAFSEq5ubH5XRnLyk&#10;+dEt+DOX/rcrn1tqkke3AI/EJettzr7BpH+T1BCUUTDpwxvzufevktKgBgAAAADAg1jf2jp3LK1b&#10;5dLF4qCmcjZmsrd15Psv5T2p0mFUBgAAAAAAKkZvc/ulkr8uugN/yV/clR/4cnQFsD96G49dqqTu&#10;MskfP8uP/mUif3lHfuDmWX4uAAAAAGA/9LYs6pYnn5HUFN2Cv2F2S+LpS/mzdemxqgQAAAAAAJUj&#10;yXxc0mR0Bh7grvzhhx/yjegOYH91jWy7pTPff5rczpe0bRYeOWxur5qbb3wCb3oDAAAAQPnrGtra&#10;szsdPU7S+yWNRfdAknS/5K+8Yaj/sfzZenZwUhkAAAAAAKgoPU3Zr5vp/OgOSDJ7a9dQ/8eiM4CZ&#10;WK8z6/Y1DT/XzN4k6QlFfvnfyPUZb9AXunM5PgkBAAAAABVobWv7Y5LUP6vi/5kRU/cTk17Zmc9t&#10;ig6pJYzKAAAAAABARVnTuPiYuiS9XdL86JaaZtqye37DSSs3bRqPTgGKpa9x8ROUpM9x6VxJS6b5&#10;Mre6qzdJ9I3OodwvitkHAAAAAIjT05xdYdInJC2KbqkVLv1vouSNnfkt10W31CJGZQAAAAAAoOL0&#10;tbS/x90/EN1Ry1x6Znc+tya6AyiVtcce25KkyeMstRM8sZPkfoSkQ/7w7Y/udmlI8oHEkhsnCrZx&#10;xciW7UHJAAAAAIASW3fk0gPThr0XS7pY0rzoniq2y6WPHJBMfnLZ4OBodEytYlQGAAAAAAAqzurG&#10;xgMWJA23StYanFKTzNXbOZzrju4AAAAAAACIsKZx8TEZS99uppdJmhvdU0V2ufulic/9ROfIpruj&#10;Y2odozIAAAAAAFCRepuz/yTpq9EdNWjcpMd15nObokMAAAAAAAAirVm4+LC6uvS1kt4o6aDongp2&#10;h8n+zcYOuKzjd7fcHx2DBzAqAwAAAAAAFckl623OrjPp7OiWGvPOrnzuI9ERAAAAAAAA5eKapuMW&#10;FqzwOkkvl/To6J4KskNmn67LFD519tatu6Jj8NcYlQEAAKAqrVm4cF6mbl5rYnas5Ee76zC5Pdrk&#10;h7rp0ZIfKtmj9cCx1HMkHSipTtKCB3m53ZImH/ivPirZ3ZLfLdnd5vq9y+6W+d3mdoeZRpTY8Pj4&#10;nvyKHTv2ztKHCwA1q+eo7OE2R7dIOiq6pSaYrr9hKPf0VVIanQIAAAAAAFBuVi9ZMmfB7rFn6YGT&#10;y54Y3VOm3KW1iZJPbsxv+cEq3mcqW4zKAAAAULFWL1ky56C9Eyf4pJ8o85NMWiRTq7uOlXREdJ+k&#10;38s1ItOgmzYlrl9Pmv3mwKFj+pdpw2R0HABUi96mbIdMveJ9jlLbk1hmacfQ5m3RIQAAAAAAAOXM&#10;JetrzZ6hVC+T9Fw98AXutW6PuVanif6jeyj3y+gYPDLebAUAAEBF6MlmD9KYTpfpdJNOMmmJS+16&#10;4HSxSjMmaZNkv3GlNydp5ob7Dq7/1cpNm8ajwwCgUvU2t39W8ldEd1Qzl7+iOz/w+egOAAAAAACA&#10;StLXuORQT8b/Se4vlenk6J5ZNiH5NWbJNyYm7v8+N7xUFkZlAAAAKEs9Tdm2xPSkVP4ks+RJcl8i&#10;KRPdVUJjZvqVu90o+Y1ppvCj5du2DUVHAUClWHfk0gPThr03SFoS3VKVTP/VNZR7TXQGAAAAAABA&#10;JVt7zKLFSSZ5jmTPkfxUVeduZ1Kmn5j0rYmJ5IoVO7bcFR2E6anGH5wAAACoQGsaFx9TlxSWS3aW&#10;pDNUHtdXRrtD0o8kvy7jdVefM7x5R3QQAJSza5qOWzipws/M1BzdUk3M1XvfcG7FSqkQ3QIAAAAA&#10;AFAtrl20qLkwkel282WSzlRlf17kTsl6Td6zL5m85tmDg/dGB2HmGJUBAAAgTG/jsUuVZJ4tqUPS&#10;E1TdJ5HN1KRkGyXvyaTpt88Z2dofHQQA5ainJftYc10vaUF0S5XYmtT7EzsGBu6MDgEAAAAAAKhW&#10;Ltm65uyJMl/mqZbJ7AxJj47uehhDJm10141S+qMbhrfevEpKo6NQXIzKAAAAMGtcsr7mRU+W7PmS&#10;PVtSU3RTBdsm+RrJv9WV3/rj6BgAKCc9jdkzLNE6SQ3RLRVumxf0tO7tuZHoEAAAAAAAgFrT23p8&#10;qwqTS11+kpmdLPlSybKa3S/Qn5R8QK5Nkm6V7Of1dYUbztq27Xez2IAgjMoAAABQcj1N2bbE9CKX&#10;Vko6Prqn6pjdIvfLJ9PkKytGtmyPzgGActDX1P4SN79MUhLdUqHuTJLkjI7BLbdHhwAAAAAAAOAB&#10;axYunJepn3ecXI3mavJEx5irSa4mNx1j0mF/+FsP1sO/L3a/pHF37TbTneba6aa7ZLpLrjvdfZt5&#10;etvug+fdvnLTpvHSf2QoR4zKAAAAUBJ9jUsOVTJ+gcsvkHRKdE8NuVnyzyVjB36943e33B8dAwCR&#10;elqy/8dcX5JUH91SYX5vmeQZndu2/Do6BAAAAAAAANO37silB0403Dvnj//7wCTZt2xwcDSyCZWD&#10;URkAAACKqq8l+zhJL5PrhS4dEt1Tw+4y6WuTZp87d6j/tugYAIjS19K2zN2ulLQguqUy+ObE6ro6&#10;hjZviy4BAAAAAAAAEIdRGQAAAGZsfWvr3NE08yLJLpT02Oge/J2bXX7pAfmmbyzThsnoGACYbb1N&#10;ix4vS3r05+P/8eB+YmnDMztHNt0dHQIAAAAAAAAgFqMyAAAATNuahYsPq6tLX+vShSYdGd2DR7TN&#10;pc+mGv/cufn8PdExADCb1ra2PyZJ/buSjo1uKUumvvG5mZXP2rx5d3QKAAAAAAAAgHiMygAAALDf&#10;1ra2HpV43cVyvVxcJ1aJ7pb0qYLGP8m4DEAtufK44xbM2Vf4oqTnRbeUkYJL7+rK5z5qkkfHAAAA&#10;AAAAACgPjMoAAAAwZT1N2TYzvU/SeZLqo3swY/dL/oWM111yzvDmHdExADAbXLJ1ze2vd/nHVOP/&#10;LnPpd5bovK7B3IboFgAAAAAAAADlhVEZAAAAHhFjsqo3JtmXJ1P7wIqRLdujYwBgNvQ1tnV6Yl+S&#10;dFR0S5D1BSUvOze/ZWt0CAAAAAAAAIDyw6gMAAAAD2n94Uvmjx4w9k5JF0k6ILoHJbdb0r/OTSY/&#10;sWxwcDQ6BgBKbc3ChfPq6+a916U3S6qL7pkVpp1yvaYrn/tWdAoAAAAAAACA8sWoDAAAAH9nvc6s&#10;G2ve/hqXv1fSodE9mHU7JH//7vzAF1ZKhegYACi1ntbs6eb2WbkvjW4pIZf07YxnLuLKYwAAAAAA&#10;AACPhFEZAAAA/kpf0+KnuqWfkPS46BZEsx+nXnjj8uGtN0WXAECprdeZdaNNI6+T6e2SjojuKS77&#10;sSd+cfdgbmN0CQAAAAAAAIDKwKgMAAAAkqS+lhOOlk/8u0sviG5BWUklfbGg8beem8/fEx0DAKW2&#10;7silB6Zz9r5S5m+R7Ojonhn6jczf1zU08L3oEAAAAAAAAACVhVEZAABAjbvplFPqd+7c9S5JF0ua&#10;F92DsnWP5G/vzA983h64Qg0Aqtr61ta5+9LMy012saSm6J79tN7NP9Y1NNDHr9kAAAAAAAAApoNR&#10;GQAAQA3rac2ebgV9RqaTo1tQGUz6oSXJKzsGt9we3QIAs2G1lJnf0nZO4vbPLj1L0tzopoewy1zf&#10;KSj9NNcWAwAAAAAAAJgpRmUAAAA16A+nr7zfZG+SVBfdg4pzv8ne1ZHvv5QTcADUku+1th5yQKH+&#10;PDe/QNLpkpLgpHGXrpH71/b42FUrR0b2BfcAAAAAAAAAqBKMygAAAGrMupa2J6VuX5W0KLoFFc61&#10;0dwv6BwZyEWnAMBsW3fk0gO9YfSJrsIKSc+UrHUWHptK+qWkqxP5mjn5pl8v04bJWXguAAAAAAAA&#10;gBrDqAwAAKBGrJYyC5qz75H0LnE6GYpnt+Rv6coPfC46BACiuGQ9xyxqT5LMKS4/xRKdKtdSSY+a&#10;4Utvl/xXkt2UyG6aTCZuWj44eEcxmgEAAAAAAADg4TAqAwAAqAE9Tdk2k74m0+nRLahOLn1nTqHu&#10;lWdtv/330S0AUC56stmDfDRtsSRplbxVsnlmVm/u8//y73PpXpfc5Pe426DVZYbm+tjQssHB0Zhy&#10;AAAAAAAAALWOURkAAECV62lp67IHrrt8dHQLqp0Ppu7PXz689aboEgAAAAAAAAAAAEwfozIAAIAq&#10;tV5n1o02D/8/yV4nft+H2TPp0ru787lLokMAAAAAAAAAAAAwPXxyEQAAoApdd+yxR06kmSvkOiO6&#10;BTXK7PK5e+e8fNnOTXuiUwAAAAAAAAAAALB/GJUBAABUmbWN7acliX9bUmN0C2qdbzbZczvzuU3R&#10;JQAAAAAAAAAAAJi6JDoAAAAAxdPTnH1ekvgPxKAMZcGOc+lHPY1ZTswDAAAAAAAAAACoIIzKAAAA&#10;qsAqKelrzv6bSaslzYvuAf7CoyzRdX1N7RdGhwAAAAAAAAAAAGBquP4SAACgwq1ubDxgQTL3y5Ke&#10;H90CPDy/tDM/cJFJHl0CAAAAAAAAAACAh8aoDAAAoIKta2s7Ih23K2U6PboFmKJvzU0mX7RscHA0&#10;OgQAAAAAAAAAAAAPjlEZAABAhbp20aLmyclknaTjo1uA/WGu3onC3uet2LFjb3QLAAAAAAAAAAAA&#10;/h6jMgAAgAq0tnHRSUmSXCPpqOgWYJpunpxMOlfs2HJXdAgAAAAAAAAAAAD+GqMyAACACrO2sf20&#10;JPFeSY+KbgFm6NaMZ84+Z3jzjugQAAAAAAAAAAAA/FkSHQAAAICp62lpe3qS+HViUIbqcGLBCj++&#10;unnxougQAAAAAAAAAAAA/BknlQEAAFSIvpa2Ze52laT50S1AkW1NLHNWx9DmbdEhAAAAAAAAAAAA&#10;YFQGAABQEfoa2zo9sSslzYluAUpke0HJ087Nb9kaHQIAAAAAAAAAAFDrGJUBAACUubVN7U9LzHsl&#10;zYtuAUrJXXnL1J3RNXj7YHQLAAAAAAAAAABALWNUBgAAUMZ6mxY9XpZcJ+mg6BZgluTM6p/WOXTb&#10;b6NDAAAAAAAAAAAAalUSHQAAAIAH19eSfZxZco0YlKG2ZFOfuOa6Y45/dHQIAAAAAAAAAABArWJU&#10;BgAAUIZ6W49vddcalw6JbgFmm0n/MJGZXLPuyKUHRrcAAAAAAAAAAADUIkZlAAAAZWZdW9sRSif/&#10;R9LC6BYg0BPThr3fWa8z66JDAAAAAAAAAAAAag2jMgAAgDKyvrV1bjqRfEfSougWoAx0jDaNfCY6&#10;AgAAAAAAAAAAoNYwKgMAACgTq6RkNK37iuRPiW4ByobpX3pb2i+OzgAAAAAAAAAAAKgljMoAAADK&#10;xGnN2Q9Jen50B1B23C/pbWp/YXQGAAAAAAAAAABArbDoAAAAAEi9Te0vlPnXxe/PgIeyx01P6x7K&#10;/TI6BAAAAAAAAAAAoNrxSUsAAIBgvU2LHi9LfihpbnQLUOZGkno/pWNg4M7oEAAAAAAAAAAAgGrG&#10;9ZcAAACBeo7KHu5Kvi0GZcBUNKYTdvl6nVkXHQIAAAAAAAAAAFDNGJUBAAAEWa8z62yOLjdTc3QL&#10;UEGWjTaPfDA6AgAAAAAAAAAAoJoxKgMAAAgy2jz8r5KeHt0BVKC39TRnnxcdAQAAAAAAAAAAUK0s&#10;OgAAAKAW9bYs6pYnV4vfjwHTdU9Byann5rdsjQ4BAAAAAAAAAACoNpxUBgAAMMv6Wk44Wp58WQzK&#10;gJl4VEbpt1YvWTInOgQAAAAAAAAAAKDaMCoDAACYRS5Z6hNflnRYdAtQBR43f8/Y+6IjAAAAAAAA&#10;AAAAqg2nYwAAAMyi3ub210v+yegOoIqkSvSMrsHchugQAAAAAAAAAACAasGoDAAAYJb0Nh67VEnm&#10;RkkN0S1AlRkpaHzpufn8PdEhAAAAAAAAAAAA1YDrLwEAAGbBep1ZpyTzBTEoA0rh/7N353GSmAWd&#10;/79PVc+RG4EYTKa7JzM1GXAElQTCIZpokjkSTiWoC8rLWxQRQVlxdwnqKgiCiLLoT1fEA41BwCTd&#10;PRCdRRFQibqBCMn0XD2TyE3INVd3Pb8/AixMJskc3fNUd7/ff0+6Pv1H6lVd9a3nWdGtS1/XOgIA&#10;AAAAAGChMCoDADgB9o/c9nNJLmjdAQtWyQ+Pja7e2DoDAAAAAABgIXD9JQDAHLtudM1jurX+W5xS&#10;BnNt9/K9y77x4s/cfHfrEAAAAAAAgPnMSWUAAHOoJmWo1rfGoAxOhOF9J+9/desIAAAAAACA+c5J&#10;ZQAAc2h8ZM2PJ/WtrTtgEZkpJU/csGvyX1uHAAAAAAAAzFdOKgMAmCM3nHvuWUn9tdYdsMh0a83v&#10;XOVvHQAAAAAAgGPmgxYAgDkyPd39tSQPb90Bi9CTLxxZ/SOtIwAAAAAAAOYr118CAMyBiRXnPbF2&#10;+h+O11vQyheWzAytueS2T3yudQgAAAAAAMB846QyAIBZVpNSS/9NMSiDlr7u4ND0K1tHAAAAAAAA&#10;zEc+6AQAmGXjw2u+L6X+eesOIAe6/f43XbZn+9bWIQAAAAAAAPOJk8oAAGbR5rMed0pK/Y3WHUCS&#10;ZOlM6b62dQQAAAAAAMB8Y1QGADCL+sv3vijJitYdwJeU+qzNo6uf0joDAAAAAABgPjEqAwCYJVvO&#10;XHdqUn++dQfwNUq/5jWtIwAAAAAAAOYTozIAgFmyd/m+l6TmzNYdwKHK0zaPrLm0dQUAAAAAAMB8&#10;YVQGADAL3rVy5cM6pby8dQdweP3Uq1o3AAAAAAAAzBdGZQAAs+CkuuTFNXlY6w7gAT1lYnT1xa0j&#10;AAAAAAAA5gOjMgCA4/SetWtPq7W+pHUH8OD6tfxi6wYAAAAAAID5wKgMAOA4Lb135keTPKJ1B/Dg&#10;SnLp2Mrek1p3AAAAAAAADDqjMgCA43D1unVLU/JzrTuAI1P6cVoZAAAAAADAQzAqAwA4Dqfevf+5&#10;Sc5p3QEcsaePn7t2besIAAAAAACAQWZUBgBwHEp1ShnMMyUz/Z9qHQEAAAAAADDISusAAID5anxl&#10;76L0s6V1B3DU7t7XmR5+9s6dd7QOAQAAAAAAGEROKgMAOFYz9cWtE4Bjcuqy/tALW0cAAAAAAAAM&#10;KqMyAIBjMDH6mG9IKc9o3QEcm5K8+Cp/DwEAAAAAAByWD1EAAI5BrQd/nb/zfAAAIABJREFUMMlQ&#10;6w7gmK164ujqi1pHAAAAAAAADCKjMgCAo3TVfa+hfqx1B3B8Si0/1LoBAAAAAABgEBmVAQAcpQtH&#10;Vl2c5NzWHcBxe867Vq58WOsIAAAAAACAQWNUBgBwtEr54dYJwKw4aVm/+9zWEQAAAAAAAIPGqAwA&#10;4Ci8b9WqM1LLs1p3ALOjk/L81g0AAAAAAACDxqgMAOAozEx3npHkpNYdwOyoydM2j651nS0AAAAA&#10;AMBXMSoDADgKNeV7WzcAs6rM1JkrW0cAAAAAAAAMEqMyAIAjNLFi3cOTemnrDmB2lZTvbt0AAAAA&#10;AAAwSIzKAACOVDnwzCRLWmcAs61ecP255462rgAAAAAAABgURmUAAEesPrd1ATAnSpnpPrt1BAAA&#10;AAAAwKAwKgMAOAJjvd7pteS7WncAc6OUPKt1AwAAAAAAwKAwKgMAOALlYP2uJEtbdwBzpObbxh7V&#10;O7N1BgAAAAAAwCAwKgMAOAKllo2tG4A51c2yXNY6AgAAAAAAYBAYlQEAHIGaGJXBAldqubR1AwAA&#10;AAAAwCAwKgMAeAhjI71vTLKidQcw1+qlNSmtKwAAAAAAAFozKgMAeAilZn3rBuCEOHvzfSNSAAAA&#10;AACARc2oDADgoZRySesE4MSoKd/VugEAAAAAAKA1ozIAgAdxVdJJ6pNbdwAnSjUqAwAAAAAAFj2j&#10;MgCAB/Gkkd5jknxd6w7ghHlqTUrrCAAAAAAAgJaMygAAHkyJU8pgcXnE+1as6rWOAAAAAAAAaGmo&#10;dQAAwEDr58nOLILFpd/pPCnJ1tYdAAAALHxXJ92TR84bHerPnNfvZDgppyRZliQl5Y7U3Nkp/Vv3&#10;nTR06zNvueWuxrkAACwiRmUAAA+iljyldQNwYtWaC5P8SesOAAAAFp6rks6TRld/R63lsqQ+NSkX&#10;JP2Taqcc5nuNNSlJPyVL985kfLR3a2rdUlL+bv9J3XEjMwAA5pJzNwAAHsC7Vq582PL+0OfiynBY&#10;ZMq/bJza+sTWFQAAACwcY+f0VmQoP1lqXpBkeBZ+5N7UOl5Leds/T01ef1XSn4WfCQAAX2FUBgDw&#10;AK4fXvPtnVLf37oDOOEO1KU5fdPk5P7WIQAAAMxv142ueUy31l9M8r1JlszRw3yilrzu7l2Tf3xl&#10;MjNHjwEAwCLj1A0AgAfQ7fQf17oBaGJpnS6PaR0BAADA/PW+VatGxkd6V3dr/ViSF2TuBmVJ8uhS&#10;84enjfb+Y2x09cY5fBwAABYRozIAgAdQa76pdQPQRql1XesGAAAA5qfx4d4zpqc7/5rkuTmRn8XV&#10;nFdquX58ZPVbrz377JNP2OMCALAgGZUBADygYlQGi1SpMSoDAADgqGzJRUMTI703puTdSR7RKKMk&#10;5ceHhk6+ceLc8765UQMAAAuAURkAwGHUpCROKoNFzKgMAACAI/aetWtP2zeyZ3NNfjb3va/U2qPr&#10;TP+DrsMEAOBYGZUBABzGDatWDSc5o3UH0IxRGQAAAEdky5nrTl22d+a6JN/ZuuUQJ5da3jU2vPpZ&#10;rUMAAJh/jMoAAA5jejprWjcATa28esWKk1pHAAAAMNi2rFy5fN/J+6+rybe3bnkAy0opV0+Mrrm8&#10;dQgAAPOLURkAwGGU0jm3dQPQVPfk7kkrW0cAAAAwuGpS9tUlf5Sa72jd8hCW1Fr/4vrhVRe0DgEA&#10;YP4wKgMAOIzar6OtG4C2hmb6ngcAAAB4QBMjvVek1u9t3XGETu2UzrtuOOfRj2gdAgDA/GBUBgBw&#10;OKUYk8AiVzsdzwMAAAAc1vUr1lyY5JdbdxylFQe7029pHQEAwPxgVAYAcFh1ZesCoDUnFgIAAHB/&#10;W1auXN7p1D9NsqR1yzG4cnx49Xw5XQ0AgIaMygAADqNWJ5XBYldrPA8AAABwP3tnuq9M0mvdccxK&#10;eeNYr3d66wwAAAabURkAwCGuSjql5OzWHUBbpdTh1g0AAAAMlutXrnxUKeXlrTuO06M6B8tLWkcA&#10;ADDYjMoAAA7xpBXrHpZkqHUH0FgpZ7VOAAAAYLCUmaGXJzmpdcfxqrW+9D1r157WugMAgMFlVAYA&#10;cIhO9j6idQMwAGo8FwAAAPAVY73e6aXkR1t3zJKvW7J3+oWtIwAAGFxGZQAAhziY7sNbNwAD4WFX&#10;+ZsJAACALztQn5fk9NYZs6WkLJSBHAAAc8AHJAAAh+h0Z5xOBCRJ94KRkTNaRwAAADAYOinPb90w&#10;yx57/YpVj20dAQDAYDIqAwA4RKkdozIgSdKpS51cCAAAQG4459GPqMm3te6Ybd1u91mtGwAAGExG&#10;ZQAA91OMSIAkSUnf8wEAAAA5ODTzHVmAn6vVWi9u3QAAwGBacC9+AQCOV009uXUDMBhKp5zaugEA&#10;AID2Sq1Pa90wRy68et26pa0jAAAYPEZlAAD354004D4zWdY6AQAAgPZq8s2tG+bIyafftX9N6wgA&#10;AAaPURkAwCFqMSoD7lNL8XwAAABAkpzXOmCu9Gs1KgMA4H6MygAADlH6RiTAfYxMAQAAGOv1liU5&#10;u3XHXCkp57ZuAABg8BiVAQAcqvSNSID7FNdfAgAALHYz93ZOS1Jad8yVmvp1rRsAABg8RmUAAIeo&#10;cTIRcJ+OkwsBAAAWvc6yg6e0bphLnVJOa90AAMDgMSoDADhEJ6XbugEYDLVT/c0EAACwyHUPdpa0&#10;bphL/Zqh1g0AAAweH5AAAByiX7O/dQMwGErNgdYNAAAAtDW0pH9X64a5VEoW9O8HAMCxMSoDADhE&#10;6RiRAF9hZAoAALDIzdx72t2tG+ZSqVnQvx8AAMfGqAwA4FBOJgK+pF+r5wMAAIBFbv2nbronyZ2t&#10;O+ZKv9Q9rRsAABg8RmUAAIcoMSoD7lM6RmUAAAAkST7ROmDOdMqtrRMAABg8RmUAAIdwMhHwFdX1&#10;lwAAACRJbmkdMEdqZ3qZURkAAPdjVAYAcKiOEQlwn5qyr3UDAAAAg6B+oHXBXKjJzRv23Pz51h0A&#10;AAweozIAgEOUlC+0bgAGQ790vLEOAABAuv26pXXDXCg172/dAADAYDIqAwA4RO3Xz7VuAAbD8s60&#10;URkAAAC5bM/2rUl2tO6YA+9tHQAAwGAyKgMAOESNk4mAJEl92MMf7vkAAACAL3t764BZ9tkzv/6M&#10;8dYRAAAMJqMyAIBDdIuTyoAkyV0X3HjjwdYRAAAADIhu9x1JauuM2VJTr/F3LwAAD8SoDADgEDOd&#10;aaMyIEl1ShkAAABfsXHHLbck+ZvWHbNkup/u61pHAAAwuIzKAAAOUYaGvtC6ARgExcAUAACAr1FK&#10;fjkL47Syv7xi6tbtrSMAABhcRmUAAIfYNDm5P4kTioA9rQMAAAAYLBt2Tf5rUsdadxynA+l2f6V1&#10;BAAAg82oDADg8Ha0DgDaqqk7WzcAAAAweIaG6ouS3NO64zj85peu8gQAgAdkVAYAcDi17mqdALRV&#10;avE8AAAAwP1cun37VCnlta07jtHuujSvaR0BAMDgMyoDADicjjEJLHalU6ZaNwAAADCY7ty19ddK&#10;8vetO47STKmd/7JpcvLO1iEAAAw+ozIAgMOpZWfrBKCtUvs7WzcAAAAwmK5MZg72O9+f5NOtW45Y&#10;KVdt2H3rP7TOAABgfjAqAwA4jOL6S2BJdrdOAAAAYHA9fc+tt/X7/UuSfL51y0MpyW9t3LX1V1t3&#10;AAAwfwy1DgA4VjUp4+f0zknJ6nSzOjVnJklJlpfkpK/8u1LuLunfkVq+2E/u6NTOHQdn8vGn337r&#10;Z9vVA4Ou1pkdKd3WGUA7n1+/bdv8+bY5AAAATVy+Z/tHx1b0nlM6GUtycuuew6nJO++amnx56w4A&#10;AOaX0joA4EhsPutxp8wsufeCTslTa8kTS3JeTc5Nsvw4fuxnU3JzrfXjSf6j1vqhe3Zv/7crk5lZ&#10;ygbmsY+cf/6Sz3zmi3cnWdq6BWig5P0bd01e1DoDAACA+WHzyOrz+6WMf/nLz4Oipr717qltP+19&#10;bwAAjpZRGTCQtuSiob3De76zlHJFUp+S5JtzAk5XLMkdNXl/Uv6uU/t/d9nubTeXpM714wKDaWyk&#10;99GSfFPrDqCBkrds3DX5U60zAAAAmD+uX7HqsZ1O5/okw61bct/72q/dMDX5Su9xAwBwLIzKgIGx&#10;+azHnTKz7J7vTspzS/KdGYyjwm9P6jWl2/3fG3bc+n9bxwAn1vjomnek1u9t3QE0UPNTG3dPvqV1&#10;BgAAAPPLe9auPW3p3v7rk/pjDTP2lFJ/YMOubVsaNgAAMM8ZlQHNXTdy3qpOZn6mpLwgycNb9zyA&#10;WpJ/SC1vKwdOunr9p266p3UQMPfGhlf/UinlV1t3ACdev5bvuHz31r9v3QEAAMD8NDG65vtrra9L&#10;cvYJfNia5E87S+rL12/b9ukT+LgAACxARmVAEzUp4yO9K0rqzyTluzK/no/uSuof9Tszv375zp2f&#10;bB0DzJ2x4dXPKqW8q3UHcOLVA/n6TZ+c/EzrDgAAAOav96xde9qSvdP/raT8dOb6Zo6aD3c69WXr&#10;d2374Jw+DgAAi8Z8GnEAC8T46KpNqZ1XJXli65bj9MVa8rvZn9/yoTMsTNeNnLeqm/621h3AiVVr&#10;pjbtnhxt3QEAAMDCcO3Z5z2yO9R/UZIXleSsWfzRMzUZTz+v37Rn8v2z+HMBAMCoDDhxrj9n1Xmd&#10;bveNSd3UumWW3ZNSXlOX1Ndtmpzc3zoGmF1jI71PzvKbfcCgK/UdG3dt+/7WGQAAACwsW3LR0P7R&#10;29an1hfU5JIkjziGHzOd5N9TytXTM+XPn77n1ttmORMAAJIYlQEnwNijemeWpfnNJP8lSad1zxy6&#10;raa+ctPUtre3DgFmz/hI791Jntm6AziRyks2Tm397dYVAAAALFw1KdePrnl0t58LS6mPrrWcl1KH&#10;S3JKTZZ96Z/dkZo7U8qtpfRvrbX++/K9J/3TxZ+5+e6m8QAALApDrQOAhW18dM1zaq1vyeI45eec&#10;kvLHYyO9Z3Sn60vX375td+sg4PjV5EPFqAwWldIvH27dAAAAwMJWkppdWz+e5OOtWwAA4HAW8olB&#10;QEPvWrnyYeMjvatT6zsX27VxJfnu/lC5ZWJkzUtatwDHr9byodYNwAm195FnnfZvrSMAAAAAAABa&#10;cv0lMOs2j65+Sr/mz5KysnHKILhmX2f6R5+9c+cdrUOAY7P5rMed0l927x1xwissFh/aODX5lNYR&#10;AAAAAAAALTmpDJhVE6Orf7pfy98alH3F9yzvD/3j9StWPbZ1CHBs1n/qpnuSfLR1B3DCvL91AAAA&#10;AAAAQGtGZcCsuDrpjg/3fqfW8uYky1v3DJhv7HQ6/zQ2vPpZrUOAY1NT39e6AThBOtncOgEAAAAA&#10;AKA1ozLguI31eqefNrJ6IiU/1bplgJ1USvnr8eHeS1uHAMegGJnAInH3Xacs+2DrCAAAAAAAgNaM&#10;yoDjMnZOb0U5kA8k5ZLWLfNASckbJkZ6r2kdAhydu09d/oEkd7fuAOZWqfmHK2+++UDrDgAAAAAA&#10;gNaMyoBj9t7htWeXbrYkeWzrlvmkJq8YH17zupqU1i3Akbny5psP1OT/tO4A5lZNXHULAAAAAAAQ&#10;ozLgGN1w7rlnzZSZ9yfptW6Zl0p9+cRw782tM4Aj1ynVFZiwwHVSjcoAAAAAAABiVAYcg/esXXva&#10;wZmha2NQdnxKfmpsdPXLW2cAR6Z2hoxNYAGrNVOX7d52c+sOAAAAAACAQWBUBhyVsV5v2dK9M+9O&#10;6hNatywEpZbfGB9e88LWHcBD27jjlltq8rHWHcCc+auS1NYRAAAAAAAAg8CoDDgqnf15S5LvbN2x&#10;gJSU+tbxlb2LWocAR+SvWgcAc6N08s7WDQAAAAAAAIPCqAw4YmOjvR+qJT/UumMBWpZ+3rn57NXD&#10;rUOAB1e63b9s3QDMid0bdk1+uHUEAAAAAADAoDAqA47IxGjv8aXmLa07FrCH94c67/zI+ecvaR0C&#10;PDBXYMJCVd/l6ksAAAAAAID/x6gMeEjvW7XqjFrzl0mWtW5Z2OoTPv3ZL17VugJ4cCWuyIOFppS8&#10;u3UDAAAAAADAICmtA4DBNz7Se3uSF7TuWCRmSu1cvGH3rf/QOgQ4vImR3jqnlcGCsueuqcmVVyYz&#10;rUMAAAAAAI7W5rMed8rM0nufmpJvLcljS0mv1pya5KQv/5uS7K8lu2qtOzslk7WUG+tQ/nXT5OSd&#10;DdOBAWdUBjyo8dFVm1I717fuWGR2z+TAN18xNfWF1iHA4U2M9j5cay5s3QEcv1rrr2zave1/tO4A&#10;AAAAADhSE6OP+YbkwPfXWp6d5IlJlhzDj+kn+VBNrslMrtl02+Se2a0E5jvXXwIPaPNZjzul9jv/&#10;q3XHIjQ8VJb+z9YRwAPr1/qHrRuAWVG7naE/ah0BAAAAAHAkxkd7Tx4f6f1NrQd311pen+SpObZB&#10;WXLfXuSpJXlj6WbH+Ejv6rGVvSfNXi0w3zmpDHhA4yO9X0vyi607FqmZ9Gcev3HPjptahwD3t+XM&#10;dafuO2n/7UlOa90CHIeS92/cNXlR6wwAAAAAgAczce5531xn+r+R5LIT8HDv7dT6svW7t33sBDwW&#10;MMCcVAYc1nWjax6T5GWtOxaxbjrd32odARzexZ+5+e5ack3rDuA41eqUMgAAAABgYL1n7drTJkZ6&#10;b6wz/Y/kxAzKkuSyfin/Pjbce/O1Z5998gl6TGAAGZUBh9Wp9TeSLG3dschdPDbSe3rrCODwar+8&#10;rXUDcFzuOXDS0F+3jgAAAAAAOJyJ4fOetnTvzM01+dkkQyf44bul5KeHhk66efPo6qec4McGBoRR&#10;GXA/m0dWn1+Sy1t3kJSS12/JRSf6RSJwBDbt3voPKbm1dQdwbGrqnzzzllvuat0BAAAAAHCoidHV&#10;P11L/4Ykw21Lysp+LX87PtJ7btsOoAWjMuB++imvSlJad5Ck5ry9o3ue1zoDuL+S1NIvb2zdARyT&#10;/lC/vqF1BAAAAADAoSZG1/xqreXNGZxbpZYn+YuJkTUvaR0CnFhGZcDX2Dyy+vwkrlwcICXlF6qR&#10;HwykO+veP07y2dYdwNGq45ft2b61dQUAAAAAwFcbH+29odb6S607DqNTU39rYnT1y1qHACeOURnw&#10;Nfopr2jdwCFqfdzEyKrvbJ0B3N+Ve/bsTa1vbd0BHJ1OOm9q3QAAAAAA8NXGRno/m5qXtu54MLWW&#10;142P9n64dQdwYhiVAV9x7YrzzknynNYdHE7HcbIwoDpL8+Yk+1p3AEeolJvWT219X+sMAAAAAIAv&#10;2zyy5oqS/GbrjiNQUvPW8ZW9i1qHAHPPqAz4im6n//wk3dYdHNYV15+z6rzWEcD9rd+27dNJ/qp1&#10;B3BkSj//q3UDAAAAAMCXbR5de25N/ZPMn/3GUPp55/jKR69sHQLMrfnypATMsZqUJI4qHVyl0ykv&#10;aB0BHF7pdn4zSW3dATyk25Z1D76tdQQAAAAAQJJcnXT7dfqPa/Kw1i1H6eHpz/xu6whgbhmVAUmS&#10;8ZW9C0uypnUHD6JTrmydABzehh23/t8k17TuAB5cqeVXL96503W1AAAAAMBAOHVk9YuS8rTWHcem&#10;bpoY6fn8EhYwozLgPv36g60TeAg1512/cs23tM4ADq8kr07Sb90BPJC685Fff/oftq4AAAAAAEiS&#10;d61c+bBSyn9v3XE8auprr163bmnrDmBuGJUBX7r6sjy7dQcPrcz0n9O6ATi8DVOTN8dpZTCwai2/&#10;ccGNNx5s3QEAAAAAkCTL6tDPp+bM1h3Hp6w87a59L2xdAcwNozIgYytWfVNJzmrdwUMrJY6QhQFW&#10;nVYGg2rX3acvc0oZAAAAADAQNp/1uFNKzU+07pglv/iR889f0joCmH1GZUC63XJZ6waOVFn7vlWr&#10;RlpXAIe3aWryP2ryrtYdwNcqJa+78uabD7TuAAAAAABIkrr83hcmeXjrjtlRVn7201/c1LoCmH1G&#10;ZUDSL9/VOoEjN32w+9TWDcAD65fy35NMt+4Avqze8shHnvH7rSsAAAAAAL6s1rywdcNs6pf8SOsG&#10;YPYZlcEiN9brLasl3966g6NRjcpggF2xa+vHU/LbrTuALyn15y648caDrTMAAAAAAJLkS7cSnd+6&#10;YzaVZP37Vq06o3UHMLuMymCRK/v7j0tySusOjkLJk1snAA9uX5n+lZR8pnUHkPdu3LV9rHUEAAAA&#10;AMCXHZwuz0xSWnfMsiUzBzsXtY4AZpdRGSxyJd1vat3AUfsWS38YbM/eufOO2s+rWnfAIjeT/szP&#10;t44AAAAAAPhqpXSe0rphLvSTS1o3ALPLqAwWuVr6j2ndwFHrTM90vrF1BPDgvv7rz/iDkny8dQcs&#10;Yn++cc+Om1pHAAAAAAB8tdqvC3JUVkq5sHUDMLuMymDR66xrXcDRq8mq1g3Ag7vgxhsPpl9/rnUH&#10;LEYluaOUJa9o3QEAAAAA8NXes3btaaVkpHXH3KiPrgvvWk9Y1IzKYNHrO/FqPurXla0TgIe2Yc+2&#10;iZK8vXUHLDq1/NyGXR//z9YZAAAAAABfbfm906OtG+bQaePn9M5pHQHMHqMyWMS2rFy5PCkLdAm/&#10;sHVKWcgvOGFBGZoZ+rkkn27dAYtHvWH97q1va10BAAAAAHCo2uks7M/4hnJm6wRg9gy1DgDa2Xtw&#10;6JGla1w6H9UU11/CPHHJbZ/43MTompfWWv+sdQssAvu6/fqiktTWIQAAMNu2nLnu1HtPvfcR3X73&#10;Ef1+HllSHpHSPy1JSjoP66fe/6qhUmc6/c7naurnaqmf65fO55dPdz99yW2f+NwJ/wUAAEi/3z+1&#10;lIV7Q2Sndh7RugGYPUZlsIjV0v+6YlM2T1VHx8I8smHX1j8fH+l9b5Knt26BBa2U/3nZnu1bW2cA&#10;AMCxqEmZWPno0VoPPibJupJybq0ZSbKyJMP7sv+Mzkw3Ncl9n0PWJOVL/23NYT+arCW13Pedi5KS&#10;bq052J3O+Ejvi0m2JdleU7eXUm7tz5SPLV0684lLt2//4tz/tgAAi1OnlKUL+Rux/fRPat0AzB6j&#10;MljMSvfrHOQxP9Wak1s3AEen1ry0lHxX4v9fmAs1+ViW1Ne17gAAgCN13ch5q7rpPyU1T0rJhRPJ&#10;Y9KfPqV81TxsDs+wOCPJ45M8vuS+s347nZrp6U7GR3p7knJTKflwrTMfPHDSkn9+5i233DV3KQAA&#10;i0c/tZS5fJXXWs3+1gnA7DEqg0WspP/wOX1rijlTSpa3bgCOzqbdk9vGR3s/k5o/aN0CC9DeJM/b&#10;NDnpDQsAAAbWDeeee9bBmc6GpGxK8u1J/1FJBvHtuRVJXVFrNiWdLN07MzMx0vtov+ZvS/K+u+q+&#10;v79yz569rSMBAOajUssdA/j6b/YYlcGCYlQGi1hJ52FOKpu3lrUOAI7exl2Tfzgx0ru0Js9r3QIL&#10;Ss0vbdo9+R+tMwAA4FBjo71v7dQ8qyaXH5zJ4zOIE7KH1q3Jt5SSb0nystPK8n3jI6s/UNK57mC/&#10;XPP0Pbfe1joQAGC+qKV+biGfVFaWdD/ZugGYPUZlsIiVpJiUzVtOKoN5am9n+ieWzQw9uZSMtG6B&#10;BeLv/mn35JtaRwAAQJLUpIyPrH5Kanl2KXlOas5dgO+/LU/KJTX1kqFOfcP4yJoP1vSv7pSl12zY&#10;9fH/bB0HADDIlgzV3dPTC3ZUVqf337W7dQQwexbssxXw0MaH13xfSv3z1h0ck7pxarLTOgI4NhPD&#10;5z2tlv6WJN3WLTDPfX6633mckxEAAGhtYsXqXjrlR2rqDyTlG1r3NFKTfDCpb+/sP+XP1n/qpnta&#10;BwEADJqalImR3heSnNG6ZfbV/9w4te3s1hXA7DFIgMWs407reeze1gHAsduw+9Z/SImTleA41dSX&#10;GpQBANDKVUlnYrj3zInh3ljtlE/U5BWLeFCW3Pcl9qcm5ff6y+7dPjbce/3YcG916ygAgEFS7tuV&#10;fbR1x9wo/9y6AJhdRmWwqM3sa13AMft86wDg+Nx16rJfTM2HW3fAPPYHm6a2vb11BAAAi88N5zz6&#10;EeMjvasuHOndVkveXUs2xknUh/r6UvKyUjI5PtL7wNhI7+nVzSkAAF9S/7Z1wVwoKR9s3QDMLqMy&#10;WMyqk8rmrVK+0DoBOD5X3nzzgSVDM89KcnvrFph/ygfOPPOMF7WuAABgcbnh3HPPGhvuvf5gd3pb&#10;klcleVTrpnniqSX5m4mR3r+MDa9+3lU+lwAAFrl+LX/XumEu1DqzpXUDMLv88QaLWCfljtYNHKtq&#10;VAYLwCU7dnwqJd+T5EDrFpg/6n/2Owefe8GNNx5sXQIAwOIwdk5vxfjImt87ONOdKiUvS3JG66Z5&#10;6vxSyl9cONLbPjGy5iVbVq5c3joIAKCFs77+9A+l5DOtO2ZX3blh9/aPtK4AZpdRGSxi3ZklO1s3&#10;cGxKYlQGC8TGXZMfyn3fcAce2kyt5YWX79z5ydYhAAAsfBMr1j18fHjN60o3tyT1x5Isbd20QIzW&#10;1N/a1x+6eWKk9wLXYgIAi80FN954MLW+o3XHLPurktTWEcDsMiqDReyS2z7xuSR3tu7g6NV+bmvd&#10;AMyeDVOTry0l727dAYOu1vqqTbsn39u6AwCAhe09a9eeNjHSe03t7J9KqS9PcnLrpgVqVU3evnmk&#10;d/PY6OqNrWMAAE6kWsrbWjfMoplay++1jgBmn1EZLHY1O1oncEz+o3UAMHtKUvtL8oMp5abWLTDA&#10;/nTj7m2/1joCAICFbXx49fcu3Tt9U01ekeSU1j2LQU0eU2q5fmKk9xebz1493LoHAOBE2LRr8t9S&#10;MtG6YzaU5JpNuye3te4AZp9RGSxypWNUNi91jcpgodk0OXln3V8vSTLZugUGTU3ed+aZZ/yQ49MB&#10;AJgrm4dXf9P4SO8DKeUdSVnZOGcxKjV5Xn+o3DI+0rtqrNdb1joIAGCu9fvl11s3zIJ+SX1d6whg&#10;bhiVwSJXY1Q2Hy0pMx9v3QDMvk2fnPzMTCnPSPL51i0wQD6apfltssvMAAAgAElEQVSeC2688WDr&#10;EAAAFp4tZ647dXxk9Zv6pfxrkqe27iEnJXlVDuSj4yOrvqt1DADAXLp899a/r8l1rTuOT/mT9VPb&#10;bmxdAcwNozJY7Go+1DqBo/bZS3bs+FTrCGBuXLFr68dL7Twryb7WLTAAPpnO0DM2TU7e2ToEAICF&#10;5/qVa75l30n7P5yUn0mypHUP/09J1iSd946NrH7t1evWLW3dAwAwV2p35qeT3NO64xjd1a2dV7aO&#10;AOaOURkscp3p+uHWDRy1j7YOAObWht23/kNN/fG46o/FbV9N/Z6NOz+xs3UIAAALy9Xr1i2dGOm9&#10;ptOv/5JkXeseHlCnpPzC6Xft//eJ0d7jW8cAAMyFy3fs2FVTf7F1xzGp5ccv233L7a0zgLljVAaL&#10;3Prbt+1Osqt1B0eu1NzQugGYe5umtr29lvxIDMtYnPYl/Ss2TW37x9YhAAAsLNefe+7oaXftu6Em&#10;r0gy1LqHh1aTx9SafxwbWf3impTWPQAAs23T1LY3J/mz1h1Hp/72xt1b39G6AphbRmVAao0PbOeT&#10;2jEqg0Vi067J/11SXtq6A06w/al51sap7X/bOgQAgIVlfHTNczoz3ZuS8rTWLRy15SXltydGVl97&#10;3cjI17WOAQCYbTM58OIkk607jtBHlndmXtE6Aph7RmVAOp36odYNHLEvLttz9r+2jgBOnA1TW99U&#10;k1e17oATZDqlft/G3ZObW4cAALBwXJ10J0Z6r0mt1yQ5vXUPx6Nc3s3Sf75+xarHti4BAJhNV0xN&#10;fWG637koyY7GKQ+h/MvQUP+Si3fu3Ne6BJh7RmVAysG8J65Xmx9q/duL83+mW2cAJ9amqclfTvLr&#10;rTtgjvVL8kMbd217V+sQAAAWji1nrjv19NHeNV+67tLViQtDr9PpfGB8uPeM1iEAALPp6XtuvW2m&#10;lMuT+p+tWw6nJB/vLOlfcen27V9s3QKcGEZlQNbfvm13kn9p3cFDqymuvoRFasPU5C/V1Le27oA5&#10;Umvqz26YmvyT1iEAACwc4ysfvXLfSfs/XGue1bqFWXd6St49PtK7qnUIAMBsumLX1o93ytBTk3pL&#10;65ZD/ONQd+bi9du2fbp1CHDiGJUBSZKavKN1Aw9pf78c+IvWEUAbJambprb9ZE3+a+sWmGXTpZTn&#10;b5ra9ubWIQAALBzjI6u+Lf3pf0myrnULc6YkedX4yOo/unrduqWtYwAAZsv6XbfsWDKz5KlJ3tu6&#10;5T719+46bdl3XrJjx6dalwAnluO+gSTJtSvOO2eo05+Ksekgu2bj1ORzW0cA7Y2N9F5Rkte07oBZ&#10;sK8mV26amry2dQgAAAvH2OjqjaWWq5Oc2rqFE6WMTU/f89yn3377va1LAABmS03KxHDvJ1PyuiQn&#10;N0j4XFJftnFq2x83eGxgABiPAEnuu6M7KR9s3cEDq8nbWzcAg2HT1ORrSy0/maTfugWOw92l1E0G&#10;ZQAAzKax0d4PlVqujUHZIlM3DQ2d/PfXnn3eI1uXAADMlpLUjbsn39Lvznxjue9zwhP1mUAtNf97&#10;errzaIMyWNyMyoCvqKX+UesGHtBn7z5t2ebWEcDg2LB761tryQ8kmW7dAsfgzlI7mzbs2raldQgA&#10;AAvH+HDvpaXmD5J0W7fQxPlLhvp/P3ZOb0XrEACA2XT5jh27NkxN/mD6M99aasbn8KGmS/KX/dp/&#10;4obdkz/89Ntv/ewcPhYwD7j+EviKsV5vWTlQdyTlG1q3cIiSN27cNflzrTOAwTM2vPp5pZS3JVne&#10;ugWORE0+VfvlmZfv2fpPrVsAAFg4JkbWvKSmvjHe86bk1m6/e/Flu2+5vXUKAMBcGBvpfWNJfWGS&#10;58/S57q7aupf1m7/LZfv2LFrFn4esED4Axv4GhMja36hpr62dQdfY2+/M73q8p07P9k6BBhM4yvO&#10;fVw63euSDLdugYfwkW7tPtOHOwAAzKbx0TU/n1p/o3UHA2WylCXfvmHXx/+zdQgAwFy5OumevmL1&#10;pemUi2ryhCQXJDn9CP7TL5Tko0k+VGv/nRt2b/9ISerc1gLzkVEZ8DXGer3Ty4FMJTmjdQtfUvKW&#10;jbsmf6p1BjDY3ju89uyZMvM3Sc5v3QKHU0reXfad/Pz1n7rpntYtAAAsHBPDa36ilvqWeK+bQ9Tk&#10;Y0tnhi665LZPfK51CwDAiXBV0nnCOat6pVvOTMrDS+rDkyyryb7U3Nnp5IvlYCbX375td+tWYH7w&#10;hzZwP2PDvdeXkpe17iBJcqAzXXte3AFHYvNZjzulv+zeP0vyzNYtcIhXb5iafLVvuwEAMJvGRnrf&#10;U5K/SNJt3cLA+lBn/8mX+nILAADA0eu0DgAGz0ztvDHJ3a07SJLyDoMy4Eit/9RN9yyfWvE9SXlz&#10;6xb4koOl1BdvnJq8yqAMAIDZtHlkzaUl+fMYlPHgntxfdu+1V69bt7R1CAAAwHxjVAbcz9P33Hpb&#10;kl9r3UH2l37/V1tHAPPLxfk/0xuntv5MTZ5Rkjta97Coba8lF27Yte13WocAALCwjK8493H91GuS&#10;LGndwrxw8el37v9frSMAAADmG6My4LDOPPOM1yf5ROuOxayU8j837Nk22boDmJ82TU1em359Qkq5&#10;qXULi1At76pL862bdk3+W+sUAAAWlrFzeivS6Y4lOb11C/NHLfmhseHVv9S6AwAAYD4xKgMO64Ib&#10;bzxY0nlx645F7BN3nrr0ta0jgPltw55tk8vLwQuT/EHrFhaNmZr81w27t373psnJO1vHAACwsHzk&#10;/POXlG55R5JzWrcw/5RSfnnzyJorWncAAADMF6V1ADDYxkfWXJ/UTa07Fp3Sv3zjru1jrTOAhWNs&#10;ZPWLS8prk5zUuoWFqSaf6pTywxt2bb2+dQsAAAvTxEjv92vyo607mNfuLsmTNkxN3tw6BAAAYNA5&#10;qQx4UENDMz+Z5AutOxaVWt5lUAbMtk1T296cztA3puT9rVtYiMrvLxnqrzUoAwBgroyNrP5RgzJm&#10;wam15K/ft2rVGa1DAAAABp2TyoCHNDa6emOp5fp4zjgB6s6ZHHz8FVNThnzAnKhJ2Tyy5mdq6muT&#10;LGvdw7z32Zr85KapyWtahwAAsHBdv3LNt3T69YNx8jKzpdR3bNy17ftbZwAAAAwyJ5UBD2nTrm3j&#10;teZ3W3csAgdKv/s8gzJgLpWkbpja+qaSnJ/kX1v3MK/9zZLuzDcZlAEAMJfes3btaZ1+fWcMyphN&#10;tXzf+MjqH2udAQAAMMiMyoAjsywvT83/bZ2xkJVSX7lhz63/3LoDWBw2TE3evLwz/dTU+qtJDrTu&#10;YV75QlJ+YsPU5LMu2bHjU61jAABY2Jbsm3lTklWtO1iIyhvGz127tnUFAADAoHKVHXDErl+x6rGd&#10;Tucfk5zWumWhKTXjH949ecVVSb91C7D4XDdy3qpu6f9uaja0bmGg9ZP6O/s6M6969s6dd7SOAQBg&#10;4RsfXv29KeUdrTtY0G4888wznnzBjTcebB0CAAAwaIzKgKMyNty7rJRcl2RJ65aFoiQfH5oZetol&#10;t33ic61bgMVtbKT39JK8JcmK1i0Mlpp8LKk/sWlq2z+2bgEAYHEYe1TvzLIsN6fmzNYtLHiv3Dg1&#10;+eutIwAAAAaN6y+Bo7Jp9+R7S/L8OFFrltRbypJ6kUEZMAg2TU1eOz3d+daS/H9JZlr3MBDuSXLV&#10;SZ3pJxiUAQBwInWW5s0GZZwgV02M9Na1jgAAABg0TioDjsn4cO9FKfnd1h3zWa2Z6s7Ub1t/+7bd&#10;rVsADnX9ueeOdma6v5L7hsReMy4++0vyW+kv+40Ne27+fOsYAAAWl/Hh3jNS8p7WHSwepeSf7tw1&#10;+dQrfcEKAADgK3xACByz8dHeG1Lz0tYd81FJ7pjplIsv37n131u3ADyY8eFVT0in87rUfEfrFk6I&#10;muRPh4b6/+3S7dunWscAALD4bDlz3al7l++/uZSMtG5hcSmlvnjDrm2/07oDAABgUBiVAcdlbKT3&#10;P0ry6tYd88zn+v1y+eV7tv5T6xCAI1GTMjG8+nnplFen5rzWPcyZD9Z+Xrlpz+T7W4cAALB4TYyu&#10;+dVa6y+17mDxKckd/QM5b9MnJz/TugUAAGAQGJUBx21sZPUPlJQ/TDLUumXw1Vs6ZWjj+l237Ghd&#10;AnC0alLGR3pXlOSqJI9v3cPsqMl13VJ/ff2ubR9s3QIAwOL23hWr1sx0Oh9LsrR1C4vWH2ycmvzR&#10;1hEAAACDwKgMmBXjw71npOQvkyxv3TLAPlj6y56+Yc/Nn28dAnA8vmpc9uok39q6h2NTk+uS+ppN&#10;U9v+sXULAAAkyfjwmr9Oqc9u3cGi1u+kPnH91LYbW4cAAAC0ZlQGzJqJ0dUX11r+PMmjWrcMnvK3&#10;dWl9zqbJyTtblwDMli25aGjvyO7vLykviZPL5otakxtKzW9u3D25uXUMAAB82eaRNZf2U9/bugOS&#10;bNk4NfmdrSMAAABaMyoDZtW1Z5/3yCXd/ttrycbWLQPiQEn5hfVTW3+7JLV1DMBcGRvtfWup5SeS&#10;+vwkJ7fu4X4+m+R3u7X7+5ftvuX21jEAAHCoidHeh2vNha07IEk6KZetn9r6vtYdAAAALRmVAbOu&#10;JmXzyJqfqamvTzLUuqeZklv7/f5/uXz39o+0TgE4USZGH/MNtR78sSQ/luTs1j3kE6Xkd/Yv7779&#10;mbfcclfrGAAAOJyJ4d4za8m7W3fAV7lxw9TkE3xJFAAAWMyMyoA5Mz7cW1+T3y8lI61bGvizoaH+&#10;T126ffsXW4cAtHBV0rlwZNVTku4Lkvp9SU5r3bRY1ORTneRtSf5kw9Tkza17AADgwVyVdC4c6f17&#10;kse2boGvUfPMjbsn/6Z1BgAAQCtGZcCc2nLmulP3Lt9/VSl5SRbHqWW7Sykv3bBr6ztbhwAMiqtX&#10;rDjptM7yK2ryAyXZmKTbumkB2pvkmpLO2++cunXLlclM6yAAADgSE6NrvrvWek3rDjiMj/7T1OS3&#10;XJX0W4cAAAC0YFQGnBDvXbFqzUynvCUpl7RumSN3l5T/9sgzT3/LBTfeeLB1DMCgmlixutfvlO8u&#10;yXOSPCFejx6P6Zps6dTy1zPdg+++fOfOT7YOAgCAozU+0vuXJBe07oDDKv3LN+7aPtY6AwAAoAUf&#10;4gEnzFVJ50nDa36wX+ovlmRN655ZMpPkL2rNqzbtntzWOgZgPrnhnEc/4kD34OVJeW5JLkuytHXT&#10;PHBnkvfU5K/u7u+74co9e/a2DgIAgGM1vrJ3UfrZ0roDHlDJ+zfumryodQYAAEALRmXACVeTMj7S&#10;u6LUvDIlT2rdc4z2J/X3+t3+Gy7fsWNX6xiA+e7as8975FB35pLaKZeVmsuSnNO6aXDUW5LOezvJ&#10;e7P/pC3rP3XTPa2LAABgNoz//+zde5zddWHn//fnzOTC1QviBZJJSCYERa0K9VKthYqQDKhVW7pe&#10;27W7utW2rq69/Nptl92267q1brVVd3uzWvtri7bKApkEtXirl1ZqvaRymQlkEqiCKBAMucw5n98f&#10;0J9WgUzCzPmcOfN8Ph7wUB7JnNdweDySnO/7+/mOjX8wyfNad8D9qr0nb9614+9bZwAAAPSbURnQ&#10;TE3KtjUbJmqtr09yVpJO46S5+GZK3jXS7f3vc3fvuK51DMCw2rZ6/WN7KeemlGcl9WlJHtK6qY9u&#10;TPKpmvqhOtK7wngZAIBhtGX1+PpScm0Wx+dBLG1/unlm6uWtIwAAAPrNqAwYCJNrT1tbe7MvL8lP&#10;JFnXuue71CSfTskfzx7c++fPuemmva2DAJaaK1ZvPGm2dM8oyRlJfXpSnp7kqNZd8+DWmny6JFeV&#10;dD45Mjr798/eseP21lEAALDQtqwef3Mp+U+tO2AO9neW1bHzpqdvbh0CAADQT0ZlwECpSZlcNf7M&#10;0ikvTuo5aTcw66Xm75Jc3OnW95930/SuRh0A3Isr165duTfLTut0e6clOT2lnJbkMUk2JFnWtu5e&#10;7U1ydZKvlJp/qp1ydTqd7Sc+9NgdZ1511cHWcQAA0E9Xrl27cl9v9MYkD23dAnNRk1+amJl6U+sO&#10;AACAfjIqAwba5NrT1qbOPqv28sOl5IeTPHKBXqomuaaUXJmUj4zOjnz0nBuvvnWBXguABfK5M85Y&#10;dsut3zq5dHurU3pre7WOlZLVpZaxlDyqJifk7r+OnseX3ZPUW5POLUn9alJuqKU3k152lU6ZGemN&#10;7PzUrmu+elHSm8fXBACARWvrmg0vrrX+WesOmLOSazftnDqt3P0ZIgAAwJJgVAYsKltOHl9VRnuP&#10;T+08vtRsqMm6lKzP3AcCt9bkn0tyY2p211K/0Kkj/9hb0fvCxNTUHQucD8CAuHjVqqOOytEPHc3B&#10;E8pI54TUkZEk6dXusaWU7znprCb7OunclSTdWg+MlHprtzN76yNOOOFWJ40BAMDhmVw9fmVKzmrd&#10;AYejV8sPnb/ruo+37gAAAOgXozJgaFy5du3K/fWoh8zW7lHf+c9Hy8hds/Vb+47pdO46+4Yb9rXq&#10;AwAAAFjqLhs7dd1Ietcl6bRugcNRS941sXPqFa07AAAA+sWoDAAAAACAvti6ZsOv1lr/W+sOOAJ3&#10;7unte/iFu3ff1ToEAACgH9wNBgAAAABAX9Raf6x1AxyhY48bWbGpdQQAAEC/GJUBAAAAALDgLluz&#10;4dFJHte6A45YLS9snQAAANAvo60DAAAA4IHa8sjxEzvL8gMpZWOt9dSUrE5yTJKV9/yQO5LcmZLr&#10;Sq9c1yu9L9153Mq/v3D79gPtqgFgaek4pYzF77lXrl278uwbbtjXOgQAAGChGZUBAACwKF2+dsMT&#10;Ot28pJa6qSSn16Qkd//9PtWklpqSkuP27N87Obb+U6Xkkt7+8pcTX526pW/xALAElZQLkto6Ax6I&#10;4+6qI2cnmWwdAgAAsNDu76N2AAAAGCgXr1p11LFl5U+WktckOX0ev/RsTbZ20nnrpplrPzyPXxcA&#10;SLJt/fqH9w6Wr8Zn0ix65Xc3z1z3c60rAAAAFpqTygAAABh4W8bHV5QDeV1KXp+aExfgJUZLckFN&#10;74KtY+P/WFJ+9byZ6y5bgNcBgCWpd7CcG4MyhkLv3NYFAAAA/dBpHQAAAAD3Z8vq8XNzIF9K8sYF&#10;GpT9KzV5Qi/10smx9ZdtWT2+fqFfDwCWiPNaB8D8KBu3rdl4SusKAACAhWZUBgAAwEDa9ojHHzM5&#10;Nv6eUrKtJBv6X1DOLyVf3jq24bX9f20AGDb1Wa0LYL500z27dQMAAMBCMyoDAABg4FyxeuNJvRV7&#10;P57kZY1TVtbU39k6Nv7ui08/fXnjFgBYlK5YtW5DUh7VugPmS6fmh1o3AAAALDSjMgAAAAbKttXr&#10;H9sts59L8qTWLf+iJi8//s79H7/0pFMf1roFABabbqf8QOsGmE+95GmtGwAAABaaURkAAAADY+uq&#10;9eO9UrYN4mkmteYpo6O9rVvGx49v3QIAi4wBDkOlJONuNgAAAIadURkAAAADYduajafUTvlokpNa&#10;t9yPMzoHc8W2Rzz+mNYhALBo1PLU1gkwz8rIsu73t44AAABYSEZlAAAANHfxqlVH9Wr3kiQnt245&#10;lFrzlLpi7ztadwDAYrBlfHxFSk5v3QHzrdTy5NYNAAAAC8moDAAAgOaO66x4R5LHte6Yq5q8fHJs&#10;/StbdwDAwDuYxyQZbZ0B860uot+7AgAAHAmjMgAAAJraunr8eUn5ydYdh6+8Zcvq8fWtKwBgoNVq&#10;eMNQKqmPbd0AAACwkIzKAAAAaOZD69Y9qJb879YdR+iYUupibQeAvii1Y1TGkCrrt4yPr2hdAQAA&#10;sFCMygAAAGjmYLfzC0ke2brjyJVzJlePP7d1BQAMrNJ7dOsEWCCjdV/v1NYRAAAAC8WoDAAAgCa2&#10;rnn0o0rN61t3PFCl5H9c5M/XAHCvSsq61g2wUDojZbx1AwAAwELxoTcAAABN1Hrw55KsbN3xQNXk&#10;0U9Zs/55rTsAYNDUpNRkTesOWCildsZaNwAAACwUozIAAAD6bsv4+Iokr2zdMW9q+dnWCQAwaK5Y&#10;v/7EJEe37oCF0qt1desGAACAhWJUBgAAQN+VA3lukoe27phHZ21bs/GU1hEAMEhmD1SnODHUSolR&#10;GQAAMLSMygAAAOi/Wl7UOmGelV56P9o6AgAGyWgZeWTrBlhgq1oHAAAALBSjMgAAAPrq4tNPX55S&#10;z2vdMf/q+a0LAGCQ9Goe1roBFlY9oXUBAADAQjEqAwAAoK+Ou3P/GUmObt0x72qeevGqVUe1zgCA&#10;QVE6PYMbhlx5SOsCAACAhWJUBgAAQF/V1Ke3blggK47trHhS6wgAGBS1FqMyht2DWwcAAAAsFKMy&#10;AAAA+qrUnN66YaGUDO/3BgCHqxSDG4be8m2PePwxrSMAAAAWglEZAAAAfVY2tC5YMLUzvN8bABym&#10;2svy1g2w0Lpl7/A91h0AACBGZQAAAPTfWOuABdPJqtYJADAwilEZw6+zYtlo6wYAAICFYFQGAABA&#10;vw3vI4Jq77jWCQAwQFa0DoCFNjKyf1nrBgAAgIVgVAYAAEC/De8jgko5tnUCAAyK4qQyloD9s6NO&#10;KgMAAIaSURkAAAD9VlsHLJhaZlsnAMCgqL3aa90AC215b3akdQMAAMBCcAcNAAAA/XZ7kqNaRyyI&#10;mjtaJwAL75KNG48b3XtwY6d0TivJhlrL0Sk5PqV3XGo5OqnHJElN2VeSvUm5LaV+q6TsranXd1K/&#10;Ursrr960e/s3Wn8vsKA62T/EU3JIktRe2de6AQAAYCEYlQEAANBn9fakPLJ1xUKonXpb6wZgfm0Z&#10;Hz++c7D8YO3lrJTeE5JyWu7qrkq5+wEANUnKPauZWu75WeU7/n7Pj6pJvWdd00tJOvszuWb8llLz&#10;lV7NF1PysZFl9ePnTU/f3KdvDRZe7RwY5gNKIUkOZOSu1g0AAAALwagMAACAPutMJ3Vj64qFUGqu&#10;a90APDBX5qzR/at2nVNL51kp9awcyBNr6sjdC7FyqJ9+eGpOrMmJpeSZSX6md7DUybHxf0rNR0un&#10;XHlH964tF+7ebazAYra/dQAstGMPLnNSGQAAMJSMygAAAOivUq9JzUTrjIVQSrm2dQNw+GpSto2d&#10;+qya3sv3Zfdzk/KgRqcrlSSnp+T0Wutrjuus3LdlbPzDJXnPiSc+6INnXnXVwRZRcOR6++Z9jAmD&#10;5pYTjcoAAIChZFQGAABAX9Xky8N6ebnT7X6xdQMwdx9at+5B3dmRV21N/Ymk95jWPfdiZUkuSHLB&#10;zTffPrNlzfh7R3sjbz931zU3tQ6DuSil8/VaPf6SoXbn2fnobOsIAACAhdBpHQAAAMDSsmyk9+HW&#10;DQtk57m7d3j8JSwCW04eXzU5tv6ts7OdG2vqm5IM4qDsXyklY6Xml7ulu2tybPziy9ZseHTrJjiU&#10;2qu3tm6ABXZL6wAAAICFYlQGAABAXz17x46ZJNe37lgAn2gdANy/fxmTlZFck5SfS3JM66Yj0Eny&#10;YyO1fnFybPw9xmUMshqjMoaeURkAADC0jMoAAADou5r6vtYN865m+L4nGBLbHvH4Y+4Zk+24Z0x2&#10;dOumeTCa5GUjtW6fHBt/z6Unnfqw1kHw3TplxKiMIVe+3roAAABgoRiVAQAA0Hel1/uz1g3z7Osn&#10;PvxBk60jgO81uWbdRG/F3i/eMyZb1rpnAZQkLxsd7V2zdWzDay/yeR8DpHSyu3UDLKRS61dbNwAA&#10;ACwUHzIBAADQd5t3X//F1Hyhdce8Kbn4zKuuOtg6A/i2LY8cP3FybPy9qZ3Lk6xr3dMHD62pv/OU&#10;sfXbtqweX986BpJkeQ7ckKS27oCFUjtlGB/pDgAAkMSoDAAAgEZKyX9v3TBPZlNGf6t1BPBtW9as&#10;31xWZHuSl7Ru6b9yTin50uTY+le2LoGzb7hhX5Kvte6AhVKSHa0bAAAAFopRGQAAAE3cMTP1V0mm&#10;W3fMg7/YfMPVN7SOAJLPnXHGssmx9W8ttVyemhNb9zR0VFL+z+TY+HuuPPH0Y1vHsMTV3NA6ARZK&#10;r1SjMgAAYGgZlQEAANDEhUm39OrPtO54gPbO9jq/1DoCSD58yimPuOWW27Yk5eeSlNY9A+Jl+1bu&#10;/+TlJ687tXUIS1d1khNDbGTEqAwAABheRmUAAAA0s2n39NZSM9m640iV5M3P2X3tja07YKmbXHXK&#10;4w92O59PyjmtWwZOyfd1RjpXbVk9fm7rFJaoki+2ToAFcvN509M3t44AAABYKEZlAAAANNUd7f50&#10;SW5r3XHYar5wx3ErfrN1Bix1k2PrnpHOyEeT8qjWLQPs2FJy6ZbV63+8dQhLTym9L7VugIVR/LcN&#10;AAAMNaMyAAAAmjr/+ut39mr9t607DtPtpdYfvXD79gOtQ2Ap27pmw/lJZ1uSh7RuWQSWl1L+bMvq&#10;8Z9uHcLS0jloeMOQKtUpfAAAwFAzKgMAAKC5iV3TH6w1v9e6Y45qKeXVm3ZPT7UOgaVscs2GF9Ra&#10;/zrJ0a1bFpGRUvL2ydXjr28dwtJx7k3Tu5Pc3roDFsD21gEAAAALyagMAACAgbB519TPJeXdrTsO&#10;odaa12zaed3/2zoElrKtaza8MLVenGR565ZFqKTktw3L6JeS1Jr8XesOmG81+YfWDQAAAAvJqAwA&#10;AICBUJJal9dXJbm0dct9qLXUX5jYNfXO1iGwlE2uHT+r1vreJCOtWxa1kjdvWTP+itYZLA0l+dvW&#10;DTDPbv+7nVNfaB0BAACwkIzKAAAAGBgTU1P7V86sekGSP2zd8l0OlJJXTuycfnPrEFjKLl+97sz0&#10;ckmSla1bhkApNb+/dc2GF7YOYfh1Uj7VugHm2WcuSnqtIwAAABaSURkAAAAD5ex8dHbzzNS/T83r&#10;kxxs3ZNkZ+l1fnDTzqlBG7rBknLpqlNP7pTOpUmOb90yREZqre/Zsmb8ia1DGG77jup8Jkm3dQfM&#10;l1KK0/cAAIChZ1QGAADAQNq8a+p/1U6emdQb2lWULaW34ulAyiYAACAASURBVEmbdl/7d+0agItP&#10;P335aKf310ke2bplCB1dai758MmnndA6hOH1vGuu2ZPkH1t3wHyptev0PQAAYOgZlQEAADCwJm6Y&#10;+syJJz741Jr8UpJ9fXzp7SWdZ2+eue78Tbu3f6OPrwvci+Pu3P/GJE9u3THEVh8cOfjumpTWIQyx&#10;WidbJ8A82bPnuKM+0ToCAABgoRmVAQAAMNDOvOqqgxMzU2/qdDpPLMl7srCPxNyT5JdXdmbP3DRz&#10;7YcX8HWAOZpcs/75qXld647hV87funrcv2cWTqnbWifAPLnywu3bD7SOAAAAWGjuPgQAAGBR+dC6&#10;dWOzs52frjUvLiVj8/Ala0k+0St5d5bl/RNTU3fMw9cE5sEVqzee1C3dLyR5WOuWJWJ/LXnaxM6p&#10;z7cOYfhcmbNG94/tvqUmD27dAg9ErXn1xK6pd7buAAAAWGhGZQAAACxKFyWd71+94RmdUjen5qyU&#10;nJlkdI4/fVeST6fmM93SueSCmWt3LFwpcKQmV2/465T6/NYdS8yXVs6setLZ+ehs6xCGz+Tq9X+V&#10;Ul7QugMeiFozPrFrarp1BwAAwEIzKgMAAGAoXLxq1VHHLzv61NrtnVpLXVNqObYkK5OkJr1ScmMv&#10;dcdob/QL5+665qbWvcD92za24YJe6qWtO5am8trNM9e9rXUFw2fL6vU/Xkr5i9Yd8AB8fvPM1JNa&#10;RwAAAPSDURkAAAAAA+XiVauOOq6z8ktJ1rduWaLuGKkjjzbAZb5detJJR4+OHn1zkmNat8AR+uXN&#10;M1NvbB0BAADQD53WAQAAAADwnY7vrPylGJS1dPxsur/VOoLh85ybbtpbk62tO+AI1W46f9k6AgAA&#10;oF+MygAAAAAYGJevXfvImvx8646lrpS8aNvY+jNadzB8Si1/1boBjkRJvnDBzLU7WncAAAD0i1EZ&#10;AAAAAAOjU0d/IclRrTtI6aX8l9YRDJ+VIwc/kOSbrTvg8JU/aV0AAADQT0ZlAAAAAAyEbevXPzw1&#10;r2rdwf/vOU4rY76dfcMN+1Ly56074DDtH+2OvLd1BAAAQD8ZlQEAAAAwELqz5bVJjm7dwbf1Un6x&#10;dQPDpyR/1LoBDtMl59x49a2tIwAAAPrJqAwAAACA5j6wdu2DS83PtO7ge7xw69j46a0jGC6bdk79&#10;Q0n+sXUHzFWthpAAAMDSY1QGAAAAQHNH1ZGXJjm+dQffo1NTPJKUeder+f3WDTBHO+7cNfWR1hEA&#10;AAD9ZlQGAAAAQHO1lle0buC+1JdsGR9f0bqCIbMif5zUf26dAYdSSt5yYdJt3QEAANBvRmUAAAAA&#10;NDW56pTHJ3li6w7u00PLwXJ+6wiGy8TU1P6kvK11BxzCrQcP7n1X6wgAAIAWjMoAAAAAaKqWkZe3&#10;buAQavUeMe/q8rwjye2tO+B+/MFzbrppb+sIAACAFozKAAAAAGjmypw1mpKXtu7gkCa2PHL8xNYR&#10;DJeJqak7SuIUKAbVvtrN21tHAAAAtGJUBgAAAEAz+1ff9LSSPKJ1B4e0rLOsXNA6guFzsNd5c5ID&#10;rTvge5S8Y+LGqd2tMwAAAFoxKgMAAACgmV66z27dwNzUTs5t3cDwec7ua29Myp+37oDvctdIb+S3&#10;W0cAAAC0ZFQGAAAAQDOllGe1bmCOav3hmpTWGQyf2V75lSTfat0B31Z/79xd19zUugIAAKAlozIA&#10;AAAAmtgyPn58kie37mDOHr5l1brHto5g+Nx9Wlne1roD7nFHZ1ne3DoCAACgNaMyAAAAAJooB3vP&#10;SDLauoO5K52Ok+VYECvvWvHfkzgZivZq/ut509M3t84AAABozagMAAAAgDZq5xmtEzhs3jMWxNm3&#10;bL+zlvxq6w6WuJJr9xy/4vdaZwAAAAwCozIAAAAAWnlM6wAOT0ke3bqB4XXnzql31+TLrTtYukrN&#10;r164ffuB1h0AAACDwKgMAAAAgEbqaa0LOGzjV+YsjyxlQVyYdEvNG1p3sFSVj5w3M/W+1hUAAACD&#10;wqgMAAAAgL773BlnLEvKutYdHLble0+e8b6xYDbvmtpWS97VuoMl51u9kdmfKkltHQIAADAojMoA&#10;AAAA6LtbvnHnuiTLWndw+MpIZ2PrBobbspHe65Lsat3BkvKb519//c7WEQAAAIPEqAwAAACAvqvd&#10;7qmtGzgynVK9dyyoZ+/YcXut9edad7BkXF2X5y2tIwAAAAaNURkAAAAAfVdSH9W6gSPT6xXvHQtu&#10;Ytf0B5Py7tYdDL0DteTFE1NT+1uHAAAADBqjMgAAAAD6rpQc17qBI9MpOb51A0vD6Gj3tUl2t+5g&#10;qF00sXPq860jAAAABpFRGQAAAAB9V2sxKlukavHe0R/3PAbzZ5PU1i0Mn1Ly2ZUzq36rdQcAAMCg&#10;MioDAAAAoP+cVLZ41Z73jr6Z2DX9wZT8TusOhs4dnW7vZWfno7OtQwAAAAaVURkAAAAAfVeqUdli&#10;VeKkMvrrszun3pDkitYdDI3aSXnJubt3XNc6BAAAYJAZlQEAAADQdzU5unUDR6Ymx7RuYGm5KOl1&#10;ltWXJdnduoWh8D/Om7nustYRAAAAg86oDAAAAID+q9nXOoEj5r2j786bnr65V8tLknhcIQ9A/cTK&#10;mVW/1roCAABgMTAqAwAAAKDvSsme1g0cmVJzR+sGlqbzd1338VLq61p3sEiVXFt6K3/k7HzUMBEA&#10;AGAOjMoAAAAA6LterUZli1Q1CKSh83ZOvz01f9S6g8WlJLfVmudv2r39G61bAAAAFgujMgAAAAD6&#10;rnQ6hkmLVTUqo52S1M/umnplkotbt7Bo7E/tPHdiZuqfWocAAAAsJkZlAAAAAPRd6RkmLVodj7+k&#10;rYuS3p7evp9MyidbtzDwamr5D5t2XfuJ1iEAAACLjVEZAAAAAH3XK/XrrRs4MqUX7x3NXbh7910H&#10;jupMJPmH1i0MrFpq+anNu677k9YhAAAAi5FRGQAAAAB9N1Lr1a0bODK1U7x3DITnXXPNnnogm1Jy&#10;besWBk9Jed2mXde9q3UHAADAYmVUBgAAAEDfdVeU65J0W3dw+Eqt17RugH8x8dWpW2ovE0m9oXUL&#10;g6PW/Pammeve2roDAABgMTMqAwAAAKDvJqam9ifZ2bqDw9btLc9U6wj4ThO7pqaXjfSemlK+2LqF&#10;9mrySxO7pt7QugMAAGCxMyoDAAAAoIlS48SrxeeGewaBMFDOuf76r3Xr/rNS85nWLTRTa6k/PzEz&#10;9abWIQAAAMPAqAwAAACAJnqlXtu6gcNTarxnDKwLZma+2S0HJgzLlqSamjdM7Jx+c+sQAACAYWFU&#10;BgAAAEATndL5ROsGDk8t8Z4x0C6Ymfnmyn0rnp2Uj7RuoW8OJHn55l1Tb2kdAgAAMEyMygAAAABo&#10;o7v8yiS91hnMXel1DHUYeGffsv3OPTPXnVcSj0EcdiW31E5+aPPM1HtbpwAAAAyb0joAAAAAgKVr&#10;cmz8qiRPat3BnHxzz8zUiRcm3dYhMFeTY+tfmZTfTbK8dQvzq9bMjKSef96u6S+3bgEAABhGTioD&#10;AAAAoJ1a/qZ1AnP2cYMyFpvNM9O/X0ueWmtmWrcwj2r5QFbkcQZlAAAAC8eoDAAAAIBmSu15nOIi&#10;UVO9VyxKEzunPt/pLHtqaj7TuoUHrFuTX9q067oXTkxN3dE6BgAAYJgZlQEAAADQzMHeXR9PYhgw&#10;+OpIGb2sdQQcqU07v/LPe+q+H07N25PU1j0ckW+UmhdOzEy9qXgPAQAAFlxpHQAAAADA0rZ1bPz3&#10;a/LvW3dwP2o+unnX1NmtM2A+bFmz/odLLe9Osqp1C3NTk8tGltWfOm96+ubWLQAAAEuFk8oAAAAA&#10;aKt2/rR1AvevduI9YmhM7Jz+m32d2cel1D9v3cIh7U3qqzbPTD3XoAwAAKC/nFQGAAAAQFM1KVvH&#10;xqeSrGvdwr3aW5fnURNTUx5TylCpSdm2Zv1rai3/M8lRrXv410ryj72SV0zsnPp86xYAAIClyEll&#10;AAAAADRVklqS97bu4D6U8n8NyhhGJambdk7/3myvsyFxGt8AuTOpr/rMzNQZBmUAAADtOKkMAAAA&#10;gOa2rdl4Sq92r0myrHUL/1ot9VkTO6f/pnUHLLStq8efV0v9naSsbZyyhNVPdDojrzzvhmuvbl0C&#10;AACw1BmVAQAAADAQJsfG/yDJv2vdwXco+djmnVNntc6AfvncGWcs+/otd7y6pv5GkmNb9ywhXyrp&#10;vH7TzLUfbh0CAADA3Tz+EgAAAICB0E3njUlmW3fwHWrv11snQD+dedVVBzfNXPfW0qtPTPK+JL3W&#10;TcOsJLeVUt9Ql+f7DcoAAAAGi5PKAAAAABgYW8fG312Tl7fuIEnKJzfPXPeDrSugpW2r1z+2V8qv&#10;JXlh3KQ9n/aUUt6W7vK3bNq9/RutYwAAAPheRmUAAAAADIwtY+OPKcmXYrzRXE2eOzEzdWnrDhgE&#10;k2tPW5te9/9J6iuSjLbuWcS+WZM3HXXXireffcv2O1vHAAAAcN+MygAAAAAYKJNrxt+emle37lja&#10;ypbNM9ed37oCBs3WsfHTa+obkvJvkqxs3bOI3JzkHfVA3jHx1albWscAAABwaEZlAAAAAAyULePj&#10;x5cD9eqkPKp1yxK1r/Tq4zbtnp5qHQKD6pKNG49bftfsi2rKz5bksa17Btina/LGO2emtlyYdFvH&#10;AAAAMHdGZQAAAAAMnMmx9T+RlD9p3bEU1Vp/fWLX9K+17oDF4KKk8+Sx8fNL8pokz45H9ybJt0ry&#10;V7WTd226YepjJamtgwAAADh8RmUAAAAADJyalK2rx/8mJWe1blliduzp7Xvshbt339U6BBaby085&#10;Zc1Id/THa+q/SfLE1j191kvKp1Lqn9Rled/E1NQdrYMAAAB4YIzKAAAAABhIW0859ftqt/d3SZa3&#10;blkyap63edfU/22dAYvdtpPWr66jnRfU1B9L8vTWPQvkYE22JfV9nd7Kyzbt3v6N1kEAAADMH6My&#10;AAAAAAbW1tUb/kMt9Z2tO5aCWvPbE7um3tC6A4bN5KpTHl9HOueW2jk7qT+Y5LjWTQ/AN5J8pKZ+&#10;qNsb2fKc3dfe2DoIAACAhWFUBgBLxKUnnfqwZct6Y+lldS13n/RQSh5Ua+18+0eVb3ZSbqu9cnu3&#10;zt42Uo76ujuNAQBobXJs/E+TvLR1x5D725Uzq846Ox+dbR0Cw+zKnDV619rdZ5Zezq7J2SV5WpJj&#10;W3fdp5JbUvOZJJ9K7X1kz64d/3Bh0m2dBcBwuzgZedD69SccnO2cMFK7J5TaOeFfPtOuSe2kc1vu&#10;/j/7Z0tu3Hvcst0Xbt9+oGk0AAwhozIAGDJXrN54Uq/Te1pN/YHUclpS1yZZk+SYI/uK9Z9rypdT&#10;88VOyvZSel+8fWb6H32IDABAv1x54unH7jtq/98nOa11y5D6eu3miRM3Tu1uHQJLzUVJ5ymnbNxQ&#10;Z2ef0CnliTV5YpInJHl4g5ydSa6uNV8upX6p162fPv/GHdc26ABgidi66vSH1tH9jy/dclov9fRS&#10;yqOT3mOS8qjD/FI1qV9NOrtTs7uU+qVaep9dNrv8s+fcePWtCxIPAEuAURkALHKXrjr15JHSe27p&#10;1B9MLT+QuwdkC+2bST6Skq11NttcfAIAYKFtG1t/Ri/lk0lWtm4ZMjWlvnDzzukPtA4Bvu3SVaee&#10;PNqZPaWUkbFeeielZlVSVpXkpCRjSY5O0knyoDl8udma3FqSW5N6a2puKaXMJOWGWnoznZqZfUeN&#10;Xvu8a67Zs6DfFABL3pVr167c31v+jKR3Tk2enbuH1J1D/bwHoibXleSzpeRjZbT+3/Omp29eyNcD&#10;gGFiVAYAi9C2NRtP6Wb2haWWFyR5atr/mr69lPKXB7vlj5+z+9obG7cAADCkto1tuKCX+oEko61b&#10;hkWtefXErql3tu4AHpgPrVv3oP2zs99zUX7F6Gjv2Tt23N6iCQCS5NKTTjp6dPToF+Tux9k/M8lR&#10;DXN6SflULb1LOt18cNPu6amGLQAw8FpfgAYA5ujKtWtX7qujL0nNf0hyZuue+9CtyWSp+YOVu1Zt&#10;OTsfnW0dBADAcNmyZvwlpeY9WeATDZaCWuuvT+ya/rXWHQAADJ/JNeNPKzX/tiYXZm4na7ZwVVJ/&#10;ty4vfzExNbW/dQwADBqjMgAYcFtOHl9VRvLqJP8+ycNa9xyGm2rytpH9R//eeV/74rdaxwAAMDy2&#10;rln/M7WW323dsbjVt22emX5t6woAAIbHxcnIsWPrX1JSfjHJY1r3HIabSyl/0Ol13nHurmtuah0D&#10;AIPCqAwABtS2NRtP6fa6v1FKfizJstY9R6zklpr6P7sH73rHc266aW/rHAAAhsPkmvG3pOZ1rTsW&#10;qUtWzqz6UScLAwAwHy5ORo4fG39xLfnPqTm1dc8DcDCpf9aZza+dd9P0rtYxANCaURkADJgt4+PH&#10;dw7kl2vyH5OsaN0zX2rytVLzproi73CUOAAA82Hr2IbX1tS3xKMw56yUvPOOnVM/e2HSbd0CAMDi&#10;VpOybc2GF9XU/7LIx2TfbV9Nfdv+TveNz7/hhttaxwBAK0ZlADAgtoyPr8iB/MeS/GKSh7TuWUDX&#10;p+anN++a2tY6BACAxW9ybPylSf4oyfLWLQOulpTXbZq57q2tQwAAWPwuW7Ph0SOp70zND7VuWUDf&#10;SM1v7jl+xe9duH37gdYxANBvRmUAMAAmT9m4Md3ue5I8uXVLn9Qkf9TNgV+4YGbmm61jAABY3Las&#10;Wf/DpZYPJDm+dcuAOlhT/93EzPR7WocAALC4XbJx43HL75r9jaS8Oslo655+KMlXSurLzpuZvqp1&#10;CwD0k1EZADR09/Hg619Ta3lTkqNb9zTw1Zr87MTM1PtbhwAAsLhNrl73/Snl4qSsbZwyaL5RSnn5&#10;pp3XXd46BACAxW1y7fhZ6eUPk6xv3dLAvlLqf/7Mzun/dVHSax0DAP1gVAYAjWxdtX68dsp7kjyt&#10;dcsA+NM9vX2vunD37rtahwAAsHhdsnHjccv2dv93KXlx65YBcUVnWX3ZedPTN7cOAQBg8apJ2bpm&#10;wxtS6xuTjLTuaarkYymjP7n5hqtvaJ0CAAvNqAwAGrh89YZndkr96yQntG4ZFCX5+OhI98Jzrr/+&#10;a61bAABY3LaMrX95SXlnluZpwEnSTfIbe2amfv3Cu/83AAAckQ+sXfvglb2R9ybl/NYtA+TOUvPS&#10;TbumLmkdAgALyagMAPps65rx19Sa30ky2rplAH096f2bzTM7PtI6BACAxe3y1evOLKXzrpI8tnVL&#10;n+2qpb5qYuf0ZOsQAAAWt22r1z+2V8oHkoy3bhlANcl/2zwzdVHrEABYKEZlANAnNSmTq9f/11LK&#10;f45fg+/P/pq8dGJm6v2tQwAAWNwuSjpPHlv/0pLylgz/KcH7krxpT2/fmzxWHgCAB2pybN0zSjqX&#10;1uTBrVsGW/0/J5744J8986qrDrYuAYD55oI2APTB5844Y9ktX7/t3anlRa1bFoluTX3FxMz0e1qH&#10;AACw+H34lFMecbA78ltJXpph/DysZGvt5Wcmdk1Nt04BAGDxm1w9fl5K/jpL93Hyh+vKlXeteO7Z&#10;t2y/s3UIAMyn4fsQDQAGzJU5a3Tf2O73J3le65ZFppZSf37Tzunfbh0CAMBw2Da24dm91P+S5Omt&#10;W+ZDTb5cav3NTbum/7Lc/fgdAAB4QCbH1v9EUv4oyUjrlkWl5jMHjh4593nXXLOndQoAzBejMgBY&#10;QDUp21aP/2EteUXrlkWq1lJ/YWLn9JtbhwAAMDwuX7vhCZ1efX2SF2dRXiyrH07qf908s+OTrUsA&#10;ABgeBmUPVPnInt5dz/E4egCGhVEZACyQmpStY+v/OCk/2bplsavJ6yZmpn6ndQcAAMPl8tXrzuyU&#10;zs8neW6Sla17DqGb5MO15i0Tu6auaB0DAMBw2bJm/CWl5k/j+vEDVD7Z2X/UpvO+9sVvtS4BgAfK&#10;bwoAYIFsXbPhN2qtv9K6Y0h0Oyk/ct7MdZe1DgEAYPhcvGrVUcd1Vl5Qk5eXZFOS0dZN96hJPpXU&#10;93Rz8H0XzMx8s3UQAADD556bLT6W5OjWLUPiks/OTL3goqTXOgQAHgijMgBYAJNrxn8qNX/YumPI&#10;7Kup50zMTP9t6xAAAIbXZWOnruvU7otKKc9K8tQkR/U5YTY1n0vJlel1/2Lz7uu/2OfXBwBgCdm6&#10;av147ZRPJ3lY65bhUn9r88z0L7SuAIAHwqgMAObZ5Ws3PKHTq38bd3XNu5p8baSMPO28nddc37oF&#10;AIDht2V8fEXdX55SSj2rJGcleUKSh8zzy9yZ5EtJPlZ69WMr9q/85Nm3bL9znl8DAAC+xyUbNx63&#10;fF/vk6n18a1bhlAtNc/ftGvqktYhAHCkjMoAYB59+OTTTjg4cvBzSVnbOGWYfX7PcSueeuH27Qda&#10;hwAAsPR8+JRTHnGwjjw6vbKxpJ5WUzck5egkx6fkuNQcneSYu3903ZeUvUluK8m3asneklzfq/Ur&#10;I+lc3RntXvPsHTtmGn47AAAsYVvGxt9fkhe27hhit/e6vSeff+OOa1uHAMCRMCoDgHly8emnLz9u&#10;z/4rk/xA65ZhV2t+e2LX1BtadwAAAAAALEaTq8dfnZK3t+4YeiXXjo70nvzsHTtub50CAIer0zoA&#10;AIbFcXv2vz4GZX1RSv7j5Ni6Z7TuAAAAAABYbC4/ed2pKfmfrTuWhJpTu93OG1tnAMCRcFIZAMyD&#10;y9ZsePRIrZ9PsqJ1yxJyYzcHHnfBzMw3W4cAAAAAACwGV65du/Ku3ujfl+SxrVuWkFpLPWdi5/Tf&#10;tA4BgMPhpDIAmAedWt8ag7J+O3k0y9/UOgIAAAAAYLHY1x35FYOyviullrddfPrpy1uHAMDhMCoD&#10;gAdoy5rxV5Tk2a07lqKa/Lutq059cusOAAAAAIBBd/djL8svtu5Yok4/bs/+X24dAQCHw6gMAB6A&#10;ratOf2hJ/kfrjiWspNP7rdYRAAAAAACDrjPS+fUky1p3LGG/eMWqdRtaRwDAXBmVAcAD0Cv7fzk1&#10;J7buWMpq8szJ1Rte1LoDAAAAAGBQXb56wzOTXNi6Y4lb2e10/nvrCACYq9I6AAAWqytWbzypW7rT&#10;SVa2biG7Z2f3bnzOTTftbR0CAAAAADBILko6Txkb/1ySJ7ZuIbWMdJ646fprv9A6BAAOxUllAHCE&#10;uum9LgZlg2LVyOhRP9U6AgAAAABg0DxlzfrnxaBsUJTa7f1K6wgAmAujMgA4AltOHl+VUn+mdQff&#10;VlL+05U5a7R1BwAAAADAQKnlDa0T+Fd+dHL1uu9vHQEAh2JUBgBHoIzGKWWDZ82+NTc+t3UEAAAA&#10;AMCg2Lpm/ElJfqB1B/9KSen8QusIADgUozIAOEyXnnTS0anxqMVBVOv/0zoBAAAAAGBQ9Hr5T60b&#10;uFfP33bS+tWtIwDg/hiVAcBhWrbsmB9J8qDWHdyrM7eMrX966wgAAAAAgNa2nDy+qpT8WOsO7tVI&#10;b7S8tHUEANwfozIAOEy11pe3buC+lZSfbN0AAAAAANBcp/5EkmWtM7hPrjUAMNCMygDgMFw2duq6&#10;JOe27uC+leRHLz799OWtOwAAAAAAWiql/HjrBu7XaZev3vDM1hEAcF+MygDgMHRq90VJSusO7ltN&#10;HvygPQd+qHUHAAAAAEArW1etH0/yuNYd3L9OqS9r3QAA98WoDAAOQymd57Vu4NB6tboDDwAAAABY&#10;ukq5sHUCc/Lc6kZ2AAaUURkAzNGWR46fmNQzWncwByU/8rkzzljWOgMAAAAAoIVa8sLWDczJw7es&#10;3fB9rSMA4N4YlQHAHJXlOSt+7VwsTrj167d9f+sIAAAAAIB+u3TVqScneWLrDuam1N45rRsA4N64&#10;MA4Ac1RqNrVuYO566Ty9dQMAAAAAQL+NlO4z4pGKi0apOa91AwDcG6MyAJijXuJuoUWk1vqU1g0A&#10;AAAAAP1WOuXJrRs4HOXpV65du7J1BQB8N6MyAJiDK1ZvPKmUjLXu4LA8o3UAAAAAAEDf1TytdQKH&#10;5ai9s8u+r3UEAHw3ozIAmIPZdB/buoHDU5JHbFuz8ZTWHQAAAAAA/bJlfHxFkie17uDwjIzUx7Vu&#10;AIDvZlQGAHNR8pjWCRy+Xu2e2boBAAAAAKBfyv7e45OsaN3B4alxDQKAwWNUBgBz0Klxl9AiVGo2&#10;tG4AAAAAAOiX2umc2rqBI1CdVAbA4DEqA4A5qCUef7kI1VLWtG4AAAAAAOiXUrO6dQOHr6YYlQEw&#10;cIzKAGAuSk5pncCRqEZlAAAAAMDSUbOqdQKHrySP2PaIxx/TugMAvpNRGQAcwkVJJzUPbd3BETAG&#10;BAAAAACWkpKx1gkcmc4xd57QugEAvpNRGQAcwpljYw9KMtK6gyNQM1aT0joDAAAAAKAfSjz+crE6&#10;2O0YlQEwUIzKAOAQRnvL/EFu8Vr5vlWrVraOAAAAAADoh5r6iNYNHJlSe56YAsBAMSoDgEPoxt1B&#10;i9lDli9f3roBAAAAAKA/is9DF6niWgQAA8aoDAAOoZT6oNYNHLmDezs+RAEAAAAAlorR1gEcmV5c&#10;iwBgsBiVAcAhlNLrtm7gyHVHjcoAAAAAgCVjWesAjkwppde6AQC+k1EZABxCqaMHWjdw5JaPOO4d&#10;AAAAAFgyjMoWqVLjWgQAA8WoDAAOoVurP8gtYt1e1+93AAAAAIClwuMvF6la68HWDQDwnVxkBYBD&#10;KCNGZYtZrxz4RusGAAAAAIA+uaN1AEeo03EtAoCBYlQGAIfQceT0Ytb93MzM7a0jAAAAAAD65Out&#10;AzgyTioDYNAYlQHAIRyc7XytdQNHqOQbFyW91hkAAAAAAH1yc+sAjkyn51oEAIPFqAwADuE5N137&#10;9STfat3BEai5tXUCAAAAAEAfOalskRpddnBn6wYA+E5GZQAwJ3V36wKOiFEZAAAAALBklJpbWjdw&#10;RPY96/rrnTIHwEAxKgOAOSnuEFqUylTrAgAAAACAsZ6hNQAAIABJREFUfqklu1o3cPhqsqsktXUH&#10;AHwnozIAmJuZ1gEcvlJ6X2rdAAAAAADQN6V+oXUCh6+kurEdgIFjVAYAc1BLvaZ1A0egm+2tEwAA&#10;AAAA+qV040bbxagW1yAAGDhGZQAwByPJp1o3cARGlrsrDwAAAABYMs7bPT2d5I7WHRye2smnWzcA&#10;wHczKgOAOVheuv+Q5EDrDg7L1zft/Mo/t44AAAAAAOiXktQkX27dwWHq5TOtEwDguxmVAcAcnH3D&#10;DfsSx4YvMle1DgAAAAAA6Luaz7dO4LDcunnX1I7WEQDw3YzKAGDOikdgLiIlZbJ1AwAAAABAv5WO&#10;z0YXk5p8+p4T5gBgoBiVAcAcldRPtm5g7nqpH2rdAAAAAADQbyv2Lv9Ykv2tO5ibkvxt6wYAuDdG&#10;ZQAwRwdn916WZG/rDuZkx8TM1D+1jgAAAAAA6Lezb9l+Z5KPte5gbkqvvr91AwDcG6MyAJij59x0&#10;095SckXrDg6tpnqfAAAAAIClq2Zr6wTmoJQvbto9PdU6AwDujVEZAByG2iuXtG7g0Eotk60bAAAA&#10;AABa6XaKUdkiUGr9YOsGALgvRmUAcBj2jRz8YJIDrTu4b7VmZs+uqctbdwAAAAAAtHLBzuu+kuTT&#10;rTu4f6XW97VuAID7YlQGAIfh+TfccFtSPty6g/vRyXsvTLqtMwAAAAAAWqqp72rdwH0ryVfO2/X/&#10;sXfvcZ7XBb3H35/fzF4AwUsCuuzOXmYWPGIooZJWBqbs7iCaZVie1MiuJ+tkeTla5mpeMj1WdlHz&#10;qHnrgpopMruLFFhpqaDliaMsM8vO7IIiisgCe5v5fc4fkqEC7rIz8/nN/J7Pv3g8eDDz4sHvwWO/&#10;39/7+/lO/EfrDgC4O0ZlAHC4an1j6wTu1szAwfrm1hEAAAAAAK3d2t3/npLc3LqDu1ZT/qh1AwDc&#10;E6MyADhMG3eNX5LkC607uAslH91w/cSu1hkAAAAAAK2dv3v33m7qX7fu4C59dXr6tne3jgCAe2JU&#10;BgCHqSS1pDgNqyfVP29dAAAAAADQK2qtb2vdwF0oeed5119/e+sMALgnRmUAcC8s27v0bUm+3rqD&#10;b/GpTZMTH2wdAQAAAADQK87dteOKJB9u3cG3mB4c6Hr1JQA9z6gMAO6Fs2+86taUvL11B/+l1Ly6&#10;dQMAAAAAQK/ppL4iSW3dwTf97RN37JhqHQEA341RGQDcS/vK9CuSfLV1B0lq/nXjrvEPtc4AAAAA&#10;AOg1G6YmrkzyvtYdJEn2pTP4otYRAHAojMoA4F566s6dN9fkla07SJJsbh0AAAAAANCrujPdlyaZ&#10;bt3R72rqGzft/MLO1h0AcCiMygDgSCzNm5Jc2zqjr5V8bNOu8W2tMwAAAAAAetW51+3YXpK/bN3R&#10;527qdJe/tnUEABwqozIAOAKj4+P7a/LC1h197NaUwZ9pHQEAAAAA0PO6y55XkxtaZ/Srmrp54+6r&#10;bmrdAQCHyqgMAI7QpqnxDyT10tYdferVjgoHAAAAAPjuNu6+6qaSPL91R5/6zAnH3+/NrSMA4HAY&#10;lQHAESpJLWXps5J8tXVLfymf3jM1/vutKwAAAAAAFopNU+PvSfKh1h195tZac/4jr7zyYOsQADgc&#10;RmUAMAs2Tn7+i7Xkf7bu6CPTnXR/+fxkpnUIAAAAAMBCMlAH/kdJbm7d0S9q6ktGd41PtO4AgMNl&#10;VAYAs2R0cvy9Sd7buqM/lN/cMDVxZesKAAAAAICF5pxdV1+f5Ndad/SFko99amriT1tnAMC9YVQG&#10;ALNoyczg/0yyu3XHIvf+jVPX/HHrCAAAAACAhWrj1Pi7k+I+69z6WicDF2xOuq1DAODeMCoDgFn0&#10;hOu+8NWZUs5xdPic+eye7r5nlaS2DgEAAAAAWMj2TF3zvCTbWncsUvtr6nkbJq++tnUIANxbRmUA&#10;MMueNHnN52snT01yoHXLYlKSm0u3nn/+7t17W7cAAAAAACx05yczpbvsGUkMn2ZXrbU+e3Rq4uOt&#10;QwDgSBiVAcAc2LRz/PLUPK91xyIy3U2etXH3xHjrEAAAAACAxWLj7qtuKt3OTya5rXXLYlFr3jC6&#10;a+JvWncAwJEyKgOAObJp1/ifpeQNrTsWgW6SC0anxi9qHQIAAAAAsNhs3L39U7Xmx+LtG7PhQ5/a&#10;Nf7C1hEAMBuMygBgDm2cHH9+Tf2j1h0LWK01z900Nf6e1iEAAAAAAIvV6K7xS0opz0gy3bplAbuo&#10;Ls3TN3/jQWkAWPBK6wAA6AdjQyMvKsnvte5YYKZT6zM37Zr469YhAAAAAAD9YGz18KZSyweSHNW6&#10;ZWGpf7FnauLnzk9mWpcAwGxxUhkAzIPRqfHXlprfat2xgBxMcoFBGQAAAADA/BmdnNiS0n1akr2t&#10;WxaKkrzLoAyAxcioDADmycZd468uKb8eR19/N1/vpJzrlZcAAAAAAPNv0+SOsdrJ41NyY+uWXldK&#10;3vSvU+MXGJQBsBh5/SUAzLMtq9eNpnbek+T+rVt60GSn1idt2DXxH61DAAAAAAD62diqkeFS8pEk&#10;D2nd0oMO1JpfH901/qbWIQAwV5xUBgDzbNPkjrE6k9NKySdbt/SSmnygLs1pBmUAAAAAAO2N7hqf&#10;WN6ZPj2pb2zd0mOu7XbKmQZlACx2TioDgEa2nXjaMd3lt701tfxU65bGppO8as/U+O86IhwAAAAA&#10;oPdsGRr+haT8QZKjW7c0VfKxJZ2Zpz/h2mtvaJ0CAHPNqAwAGhsbGjmvJH+WZGXrlgau7NT6M04n&#10;AwAAAADobRevXbt6YGbgXTV5XOuWBm6qqc/bNDXx7pLU1jEAMB+8/hIAGhudGr9oerpzepJ3t26Z&#10;RwdKKa9a3pn+QYMyAAAAAIDed+61104+8Pj7PqGU8jtJ9rbumUeXdMrAI0enJt5lUAZAP3FSGQD0&#10;kC2rRjak5E+SjLRumTvln0vqL22cGr+qdQkAAAAAAIdv2+pT1nbrzB8meXLrlrlSkxs6yQs2To33&#10;0wPhAPBNRmUA0GM2J50zh0Z+PMlrkgw3zplNnynpvGjj1PZLW4cAAAAAAHDktqxa96iUzu8leXzr&#10;lln0paS+bM+xy//i/KuuOtA6BgBaMSoDgB514cqVRx07cNRzU+uLknxP6557qySfr6mv3TM18Z7z&#10;k5nWPQAAAAAAzJ6alK2rRs4rnbyk1pzZuucI3JbkjTM58LonTU19rXUMALRmVAYAPe5Dp5xy7NLb&#10;Z56Zkl9J8tDWPYeqJP9YS/mjT05e83ebk27rHgAAAAAA5tbY6uHHp5bnlWQ0Sad1zyGarMmbZqY7&#10;bzvv+u1faR0DAL3CqAwAFoialC2rh88u3c5zU+qTkwy0bvoOJTemmws7qW/esGviP1rnAAAAAAAw&#10;/7atPmVtrTO/WJNnJlnRuucu1KT+fanlT27ZNf4Rb9kAgO9kVAYAC9BFK05+4JKBel4t9UeTPDHJ&#10;Ue1q6heTzkUl5X23TG2/zMU3AAAAAABJcmEycN+h9Y/vpvuMmrKpJCc2zDlYk8tLzd/Vbj48et34&#10;7oYtANDzjMoAYIG7aMWKoweXHLOx1u7jSsqjkzwiczsyuy0p/5rUf+52y5ZP777m05u93hIAAAAA&#10;gHuwOek8Zmj49G7KOUn5wZL62Jrcbw5/5cEk/15KPl275Z/2DRzc8tSdO2+ew98HAIuKURkALDJX&#10;nHHGki9/5esPK7U+qtZycqeT4W7NSEmGc3hjswMp2Vm6maidfL7W+u+dgYF/X3btiqvOzuXTc9UP&#10;AAAAAMDitznpPHL1+lMGunlEKfXhNXlovnEfe12S5Yfxo/YnubYm40mdKLVs79ZyZVle/210fHz/&#10;XLQDQD8wKgOAPnLJqlNWHCh1ead075uSZZ1u5z53/vvdTvfWerB7U5npfO3WL43f5FWWAAAAAADM&#10;p5qUvz/pIQ+YLgfvnww8IJ0c9y1/v3Rv69R64GAGvtaZ6R741HXj12/2Ng0AAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAFrrSOgAAAOgtlx1/6n1uX7p3xeBA&#10;OXYmWd7JwFGp3WNqydIkqUntpHNzurmlDOaWA9PZ8+ATj/3yI6+88mDrdgAAAHrP5qTzqDVrTlgy&#10;3Tm2dspxNQP3r2Xm2NQymCQpZabUckvJzNemZ+qeLOne8umdO7+8Oek2DQcAgD5mVAYAAH1o2/Dw&#10;CTMHyiNKKQ9Jqaek1pOTsjbJg5Mcfa9+aMmNqflykt215pqUur3Usr07MP3v5+7c+aXZ7AcAAKC3&#10;fHDNmvsdVQdOr7Vzcq11fSlZn1LWpNYTkhyfZOAwf+RMkhtTypdrrVMldUdJZ0dJJjqDM5974o4d&#10;U7P+LwEAAHyTURkAACxyF5566tL77Nn3qNScVUrnsUl9RJIV85xxXZIrSs2naieXLZ9c+emzc/n0&#10;PDcAAAAwC2pSxlaue9hAZ+DxtXTPrLU8siQjmd/vnW5KymdrqZ8cqOXy7D/qExtu+Nxt8/j7AQBg&#10;UTMqAwCARWjryuGRdDrn1tTRJD+Ye3v62NzZU5OPlZot07XzofN2b7+udRAAAAB3b+xBI8eXpXW0&#10;pGyqydlJTmjd9G0OJuWTpdYtMwNl7Nyd1/xb6yAAAFjIjMoAAGCRuHjN+kd0uvX8lPx4ak5u3XMY&#10;ain5VGr525mB6b8599prJ1sHAQAAkFy08uSTBjrdny7JU5KcmaTTuukwXJfUD3S7nb88d/c1n2wd&#10;AwAAC41RGQAALGB33OB/TpKfLsn61j2zoCb1n5O8Z19n5sKn7tx5c+sgAACAfjI2MrKs7K9PTSk/&#10;k+QJSQYaJx2xmlxTkvd2B2b+woNMAABwaIzKAABggalJ2bZyeEPtlF9Kcm6SwdZNc+TWlLwrnYE3&#10;brr26qtbxwAAACxmF69du7ozM/BLKXlOao5v3TNHujX5+9T6tqN2rfrA2bl8unUQAAD0KqMyAABY&#10;IMZGRpblYP57qfmNJKe27plHNSXbSurvb5ycuKx1DAAAwGJy8Zr1j+h060uS/FgWwalkh+HaWvO6&#10;owam33H2zp37WscAAECvMSoDAIAed+Gppy497tZ9v1BrXpKUB7fuaezjqfndTbvGt7UOAQAAWMi2&#10;rh4+u6a8MDUb0t/fF30pNa+bnrn9zeddf/3trWMAAKBX9PNFAgAA9LTNSefMoeFnfuMvy5qWLT3o&#10;E51SX7BhcuITrUMAAAAWkq1rT354nan/O6k/0rqlx3ypJq89qjP9ZieXAQCAURkAAPSkrUMnP6HW&#10;7utT8vDWLT2tlg9msPPiTddefXXrFAAAgF528Zo1D+p0B383yQXpr9dcHq4dKfX5myYnPtg6BAAA&#10;WjIqAwCAHrJ15fBI7eQPk3Ju65YF5ECS/z09ffsrvaoEAADgW12YDNxnaPh/lJTfTXLf1j0LR/n7&#10;mZJffdLkNZ9vXQIAAC0YlQEAQA+4LGcN7h+67jdq6uYkR7XuWaAma/Kro1PjF7UOAQAA6AUXr1x/&#10;ZqdT35Tk9NYtC9T+UsqrHvjA437vkVdeebB1DAAAzCejMgAAaGzLyrWnpTPwF3GTf1bUknccXD7w&#10;P59y9dV7WrcAAAC0MDYysiwH6itKym/Gqy5nw//tpF6wYWriytYhAAAwX4zKAACgkZqUratGfj0l&#10;r06yvHXPInNtTX3m6NTEx1uHAAAAzKetq0e+r9a8K8mprVsWmYNJfueTU+O/vznpto4BAIC5ZlQG&#10;AAANbBsePmHmYHlPSZ7YumURmy41L9uwa/w1JamtYwAAAOba1lXrf6mW+odJlrVuWbRKPlan89Oj&#10;143vbp0CAABzyagMAADm2ZY1I2el5sLUHN+6pS+UfGygO/CMc3ZdfX3rFAAAgLnw0XXr7js93Xln&#10;kqe0bukTt9Ranz26a+LvWocAAMBc6bQOAACAfrJ1aOSZ6WaLQdk8qvnhmTLziW2rhh/WOgUAAGC2&#10;bVsxvGpmunN5DMrm03GllPePDY28qDrAAQCARcofdAEAYB5sTjpnDg3/QVJ+rXVLH7stNc/YtGv8&#10;w61DAAAAZsOWNSNnpZv3J/me1i39qiYfmJm+/VnnXX/97a1bAABgNhmVAQDAHLtszZrl++qSd6TW&#10;n2zdQqZryS+OTo6/vXUIAADAkRgbGnlaSd6dZHnrln5Xkn8cnBn8sSdc94Wvtm4BAIDZYlQGAABz&#10;6EOnnHLssr0zH6nJ41q38E21lvrC0cmJ17cOAQAAuDfGhoZ/vqS8KclA6xa+6QvT3c4Tztu9/brW&#10;IQAAMBs6rQMAAGCx+uCaNfdbevvMJQZlPaeUWl43tnrkVa1DAAAADtfWofUvLClviUFZr3nIYKd7&#10;+UfXrRtqHQIAALPBSWUAADAHtq489QG1s/+SJGe0buGe1Ndtmpp4YesKAACAQ7FlaOR/JXlN6w7u&#10;Sd3ZKYOP3zB59bWtSwAA4EgYlQEAwCzbuvLUB9SBA5el1tNat/DdleQPN06NP691BwAAwD3ZMjTy&#10;4iSvbt3BIdndKQOPMywDAGAh8/pLAACYRdtOPO2Y2jnwIYOyhaMmv37H0/4AAAA9aevqkZ9L8qrW&#10;HRyyld3MbL107doTW4cAAMC95aQyAACYJZflrMF9Q7s/kmRD6xYOW03qBZumJt7ZOgQAAODOxlYP&#10;byq1fDjJYOsWDlMpn6tL6g+Njo/f0joFAAAOl5PKAABgluwbuu7/xKBsoSpJeduW1cNPbR0CAADw&#10;n7asHnlMqeUDMShbmGo9rRzMhy889dSlrVMAAOBwGZUBAMAs2LJq5HlJfXbrDo7IQGp559ahkVNb&#10;hwAAAFy8Zs2DUvO+JEe1buEI1PzwsXsOvL51BgAAHC6vvwQAgCO0bWj9E7upW5IMtG7hyNXkmv2d&#10;6Uc/defOm1u3AAAA/enCU09deuye/f+Q5AdatzBLSn5u0+T421pnAADAoXJSGQAAHIFtq09Z2039&#10;mxiULRolWb+8u+T9l+Usr5cBAACaOHbP/v8Tg7LFpeZNW1aPPKZ1BgAAHCqjMgAAuJeuOOOMJd06&#10;8+4k92/dwmyrP7JvaPcLWlcAAAD9Z+vq9c9I8szWHcy6Jal510fXrbtv6xAAADgURmUAAHAv3Xjj&#10;118eT44vZi+/eNW6R7aOAAAA+sfYqpHhWuubWncwZ0ZmpjtvaR0BAACHwqgMAADuhYtXrX9ckhe2&#10;7mBOLel0Ou/dduJpx7QOAQAAFr8rzjhjSSnlr5Ic17qFuVOTp28dGnESHQAAPc+oDAAADtOlJz3k&#10;ezql/mWSgdYtzLGak2eW3fb61hkAAMDid+OXb/6dpD6qdQdzryZvuvikdSe37gAAgHtiVAYAAIfp&#10;4MDMq5Oc1LqD+VFSfmHb6uHHtu4AAAAWr7GhkYemlBe07mDeHNMZ6Pxx6wgAALgnRmUAAHAYtqwe&#10;eUxSf651B/Oq063lrWMjI8tahwAAAIvP5qRTkrcmcc3RX87Zsmr4J1tHAADA3TEqAwCAQ3TFGWcs&#10;Sc1b48/R/eihOZAXtY4AAAAWnzOH1v98Eqcj96NS/viiFSc/sHUGAADcFV+GAQDAIbrxxlt+Ocmp&#10;rTtooyQvuGjlyV57CgAAzJoPnXLKsUnd3LqDZh64ZLD7W60jAADgrhiVAQDAIbhoxckPLKkvb91B&#10;U/dZ0un+79YRAADA4rHk9pmXJXlQ6w7aqclzx4ZGHtq6AwAAvp1RGQAAHILBJd0X1+R+rTtoqybn&#10;bxsaPqN1BwAAsPBtWzG8qpT8SusOmhtM8orWEQAA8O2MygAA4LvYtvqUtal5busOekLplvLK1hEA&#10;AMDCVwfLS5Msb91BeyX58W2rhx/bugMAAO7MqAwAAL6L2p357SRLW3fQI2o2bhla9yOtMwAAgIXr&#10;I6vX/7ea/GzrDnpHt5bfbd0AAAB3ZlQGAAD34KPr1g3Vkp9u3UGv6fxW6wIAAGDhGqh5UZKB1h30&#10;lMePrRn5/tYRAADwn4zKAADgHkzPdF4Up5Txnc7euvLkR7eOAAAAFp5tK4ZXJfUZrTvoPaVbXtq6&#10;AQAA/pNRGQAA3I1tw8MnpOY5rTvoTbXTfUnrBgAAYOHpDnZekGRJ6w56UR3duvbkh7euAACAxKgM&#10;AADu1sx0npVkWesOetZ5Hxk6eV3rCAAAYOEYGxk5LqkXtO6gd3VnZn6pdQMAACRGZQAAcJcuy1mD&#10;6ZZfbd1BT+sMxM1+AADg0HUO1mcluU/rDnpXSXn2pSc95HtadwAAgFEZAADchf2rr9tQSoZad9Db&#10;asqzrjjjDK+tAQAADkmt5WdbN9DzjjowMP3M1hEAAGBUBgAAd6HW+uzWDfS+kpz4la/c8uTWHQAA&#10;QO+7eNW6RyY5vXUHva8kz2rdAAAARmUAAPBtLlpx8gOTPKV1BwuDASIAAHAoSjquHThUp4+tHjFA&#10;BACgKaMyAAD4NoOD9ceTLG3dwYJxzgfXrLlf6wgAAKB3XZgMlJKnte5g4Sjd8ozWDQAA9DejMgAA&#10;+DYl1Y1bDsey5d2B81tHAAAAveu4lcNPTPKg1h0sIKU+vSaldQYAAP3LqAwAAO7k0pMe8j01eWzr&#10;DhaajtelAgAAd6t28qOtG1hwVm1be/JprSMAAOhfRmUAAHAnBwann5JksHUHC039kQ+dcsqxrSsA&#10;AIDec8dpU09u3cHCU2e6T23dAABA/zIqAwCAOynd8qTWDSxIy5bsnTmrdQQAANB7xtasf3hSHty6&#10;gwVpU+sAAAD6l1EZAADc4cJkoJR6dusOFqo62roAAADoPQMzrhW41874yNDQ/VtHAADQn4zKAADg&#10;DsesXP/ImtyvdQcLU0kMEgEAgO9QPbzEvTcwWJY9vnUEAAD9yagMAADu0OlUN2o5AuWUS1adsqJ1&#10;BQAA0DsuPPXUpUl5bOsOFrL6I60LAADoT0ZlAADwXx7TOoCFrdvp+gwBAADfdNzXDz4iydGtO1i4&#10;ajdGiQAANGFUBgAAd6jJo1s3sLDVbr6/dQMAANBDOtWDJxyZkodtO/G0Y1pnAADQf4zKAAAgydhJ&#10;IytLcmLrDha4ktNbJwAAAL2jpvuI1g0seAMzR93+va0jAADoP0ZlAACQpNPJGa0bWAzq6TUprSsA&#10;AIAeUTrf1zqBha/MxOcIAIB5Z1QGAABJaslDWzewKDzg0nXrVrWOAAAA2rvijDOWpNb/1rqDRcE9&#10;CwAA5p1RGQAAJEnKKa0LWBy60wM+SwAAQL761T3DSZa07mARKOUhrRMAAOg/RmUAAJAktRoCMStm&#10;ah1p3QAAALQ30+2ub93AYlGNygAAmHdGZQAAkKSWrG3dwKIx3DoAAABor9R44ITZsmJsZGRZ6wgA&#10;APqLURkAAH3vwlNPXVqSE1p3sDiUktWtGwAAgPZKyVDrBhaNMnBwYEXrCAAA+otRGQAAfe/+e/c+&#10;KElp3cGi8eDWAQAAQHu1lAe1bmDxmKnTRmUAAMwrozIAAPregQMDRkDMphNbBwAAAD2gW43KmDWd&#10;0vF5AgBgXhmVAQDQ98pA9wGtG1hUjMoAAICk5ITWCSwe3ereBQAA88uoDACAvtep5djWDSwq99ns&#10;WgsAAEiOax3A4tEpPk8AAMwvX3QAAND3aolRGbOp/PDxpx7dOgIAAGirJPdp3cDiUT0QBwDAPDMq&#10;AwCg79VaDYCYVTP3uf2Y1g0AAEBbNXFdwKyp1UgRAID5ZVQGAEDf66Tjz8XMqpn9naWtGwAAgHZq&#10;UpIsad3B4lE6Ka0bAADoL748AwCg73VT3ZgFAABg1pSktm4AAAA4EkZlAAD0vVI97QsAAMCsMyxj&#10;Nrl3AQDAvDIqAwCg75VOPdi6gcVlphRfHgEAAN3WASwepeZA6wYAAPqLURkAAH2vdju3tm5gcdm/&#10;ZNpnCgAAuK11AItIKT5PAADMK6MyAAD6Xi3VAIjZVA/u3LmndQQAANCca01mTe26dwEAwPwyKgMA&#10;oO+VGgMgZtPt5yczrSMAAIDWqmtNZk3puHcBAMD8MioDAKDv1U6+3LqBReWm1gEAAEAPqOVrrRNY&#10;PLo1N7RuAACgvxiVAQDQ92qZ/mLrBhaRmutaJwAAAO3V4tqA2TOQen3rBgAA+otRGQAAfe+2nTtv&#10;jNcVMmvc6AcAAJKS4tqAWVPqoAfiAACYV0ZlAAD0vfO/MShzc5ZZUnyWAACAJNW1AbPlwJJdD/5y&#10;6wgAAPqLURkAAHzD9tYBLA61ZLx1AwAA0BNcGzBbdpydy6dbRwAA0F+MygAAIElNNSpjdpR6desE&#10;AACgB3RnXBswK6qBIgAADRiVAQBAko7TpZglnZlc07oBAABob7q7fzxJbd3BwtcxKgMAoAGjMgAA&#10;SJI68O+tE1gU9i7bvWpn6wgAAKC9866//vakTrbuYOGrtbhnAQDAvDMqAwCAJNPZd2U8Qc6R++zZ&#10;uXy6dQQAANAryqdbF7AI1OnPtE4AAKD/GJUBAECSJ01NfS3Jta07WOjKla0LAACA3lFSrmjdwIK3&#10;b/nu1f+vdQQAAP3HqAwAAP6Lm/0cmRpPjwPHalgwAAAgAElEQVQAAN9UM+PBE45Mzb85ERsAgBaM&#10;ygAA4A615vLWDSxsNfWfWjcAAAC948BRSz6V5GDrDhauWuo/tm4AAKA/GZUBAMAdOiVu1HIkJkd3&#10;jU+0jgAAAHrHU66+ek9SPtm6g4Wr1PIPrRsAAOhPRmUAAHCHf50a/3ySr7TuYMEySgQAAL5T7V7e&#10;OoEF62Bdln9pHQEAQH8yKgMAgDtsTrpJtrXuYIHy9DgAAHAXai2Xtm5ggar5+Oj4+C2tMwAA6E9G&#10;ZQAAcCcl+XDrBhak6SXdgYtaRwAAAL3n1t3j/xynYnPvuEcBAEAzRmUAAHAn3aXZmuRA6w4WmJKP&#10;P+G6L3y1dQYAANB7zk9mkmxt3cHC0xnobGndAABA/zIqAwCAO7njtRKXt+5gYSmpTikDAADuXql/&#10;2zqBBef/bti5/QutIwAA6F9GZQAA8B3qX7YuYEHpznS6728dAQAA9K7OvmMuSXJr6w4Wjpq4zgQA&#10;oCmjMgAA+Dad/ce8P8ltrTtYKMpl51577WTrCgAAoHdtuOFzt9WS97XuYMGo3XTe0zoCAID+ZlQG&#10;AADfZsMNn7stpXidIYek1Ly3dQMAAND7Su26duBQXfmkqe07WkcAANDfjMoAAOAulHT/vHUDC8Jt&#10;+4/ueCUJAADwXX1yasdltWaqdQe9r5S8pXUDAAAYlQEAwF3YODlxWU3+o3UHva3WvOMpV1+9p3UH&#10;AADQ+zYn3U4pf9q6g5530y0z+5xqBwBAc0ZlAABw997WOoCeVjslb24dAQAALBwHp8vbk+xt3UEv&#10;K+89f/dunxEAAJozKgMAgLsxsP/otyb5ausOetYlG6fGr2odAQAALBznXb/9K0l9V+sOetbBznT3&#10;da0jAAAgMSoDAIC7teGGz91WU51Wxl2r+YPWCQAAwMIzUzp/lKTbuoMeVMoHNlw/sat1BgAAJEZl&#10;AABwj2a6A29McqB1Bz3nXzbtGt/WOgIAAFh4njR5zedrzV+37qDn1Jr6+60jAADgPxmVAQDAPThv&#10;9/brkvrm1h30llrqb7duAAAAFrTfSTLdOoIeUusHRyfHP9s6AwAA/lNpHQAAAL1u7EEjx5elmUhy&#10;bOsWekDJxzZNjp/VOgP4L5flrMG9q3d/b5LTS82qJCtLzUndklWdZGVN7nc3/+jXU3JDar6S5Cul&#10;5iu1ZDw1n6kH85nRL43fOH//FgBAvxlbPfL2UnNB6w56Qrckp22cGr+qdQgAAPwnozIAADgEY6tH&#10;XlVqXtK6g/ZKqY/fODlxWesO6GfbhodP6B7I49Mpj07No5N8X5Kj5uBX7UrymVrrpwdKtp4zNfGZ&#10;ktQ5+D0AQB+6eO3a1Z2Zge1JlrZuobFS/nrT5DU/1ToDAADuzKgMAAAOwUeGhu4/UJZenZrjW7fQ&#10;1CWbpsY3tI6AfrRl7SmnZGbmp5L8RJKHNsq4KcnfJ/XSUpZetHHy819s1AEALBJbV4/8Wa355dYd&#10;NHUgAwOnbbr26qtbhwAAwJ0ZlQEAwCHaumr9BbXUt7fuoJl9teZho7vGJ1qHQL8YGxk5rnOwPqt2&#10;y39PyZnprfsYB5L8XUnnrf86tf0fNifd1kEAwMIzNjJyXDlQv5CUB7duoZnXbJoadzI6AAA9p5du&#10;xgIAQE+rSdm2euRfas2ZrVtoYvOmqfGXt46AfrBt9fBju7X8epInJ1nWuue7q18sKe8qZeAtGyav&#10;vrZ1DQCwsGxZtf5nUuo7WnfQxHXL9y57yNk3XnVr6xAAAPh2RmUAAHAYLl65/sxOp348yUDrFuZT&#10;3bmnu/+h5+/evbd1CSxmY6tGzinJi1NyVuuWe+lgUt7Rme6+csP1E7taxwAAC8PmpHPm0Pp/Teqj&#10;Wrcwv2rJT49Ojr+3dQcAANwVozIAADhMW1aPvCE1z2vdwfypyZNHp8Yvat0Bi9XY0PAPlFpen5Lv&#10;b90ySw4m+eta83KvzAUADsXWlSc/una6/5Kk07qF+VLGNk1dc27rCgAAuDsuTgAA4DDVJXlxST7f&#10;uoP5Ut9iUAZz46KVJ5+0ddXI20rKPy6iQVmSLEnyzFLyf8eGhl970YoVR7cOAgB628bd2z9Vkle2&#10;7mDefK2UwZ9rHQEAAPfEqAwAAA7T6Pj4/m43v5yk27qFOTe+fO/y57eOgMWmJmXr6pFfGex0r64l&#10;P5vFe3/iqJLywsHBoz938ar1j2sdAwD0tluOXfaqJFe27mDu1ZLnb5z8/BdbdwAAwD3x+ksAALiX&#10;tgyNbE7yssYZzJ0DteT7RyfHP9s6BBaTi09ad3Kn03nnIjuZ7FC9r3SX/dLG3Vfd1DoEAOhNHxk6&#10;ed1Aup9NclzrFuZGSd61cWr82a07AADgu1msTwIDAMCcWz618pVJPtG6g7lRUl5qUAaza8vqked0&#10;Bjqf7tNBWZL8RO3sv2LL6pHHtA4BAHrTk6a270jqC1p3MGeuHRjs/lrrCAAAOBROKgMAgCOwbfUp&#10;a7t15tNJvqd1C7Pqkj1T46PnJzOtQ2AxuGjFiqMHB49+R5LzW7f0iAM19bmjUxNvbR0CAPSmLavX&#10;/1Vq/cnWHcyqvZ3UH9owNeEVpwAALAhOKgMAgCOwYfLqa2vqU5IcaN3CrLnqwFEDTzMog9mxbfUp&#10;awcGj/5kDMrubGlJ+fOxVSPvvWjFiqNbxwAAvWd5OXhBkn9p3cGsqSnlpw3KAABYSIzKAADgCI1O&#10;TXw8pfx26w5mxZ6SPP0pV1+9p3UILAZja0a+v1tnPlGSh7Vu6UWl5BmDg0dfcvGaNQ9q3QIA9Jaz&#10;d+7cV2dyflK/2LqF2VD/eNPkNX/bugIAAA6HURkAAMyCTZPXvC4pf9y6gyMyU2uetnFq/KrWIbAY&#10;jK0afnrp5rIkBlP37Ac63cF/+ui6dUOtQwCA3jJ63fjubqczmuS21i0cgVr/9pNTE89rnQEAAIfL&#10;qAwAAGbJ8ccf95tJLmndwb1TUl4yumvcfz+YBVtWjfyPUspfJVneumWBGJme7nxybGjkoa1DAIDe&#10;cu7Oa/4ttf5ckpnWLdwrn12+b/mzNyfd1iEAAHC4SusAAABYTMZGRo4rB3J5ktNbt3DoSvKKjVPj&#10;L2vdAYvBlqHhZyflbUkGWrcsQLsGut0fOWf3jmtahwAAvWXrqvUX1FLfFt/rLCB150Ad/IFzdl19&#10;fesSAAC4N5xUBgAAs2h0fPyWwcHu2Uk+1bqFQ/ZygzKYHWOrR342KW+PQdm9tWqm07n84pPWndw6&#10;BADoLRt3XfOOpF4QJ14tFDvqTPkhgzIAABYyT7QAAMAc+Oi6dfednu5ckuTRrVu4R6/ZNDX+ktYR&#10;sBiMrRp+einlL+MBttkwXrrLzty4+6qbWocAAL1ly+qR56TmrfH9Tg+rOwcH6w8/cceOqdYlAABw&#10;JNzoBQCAOfDEHTu+Pj3dOTfJla1buBslb9g4Nf5brTNgMbh41frHlVLeFfcZZstI7ey/aGxkZFnr&#10;EACgt2yaHH9bTX4jSW3dwl3a1ekMbDIoAwBgMXCzFwAA5sh512//Smf/0T+c1Etbt/AtuqXUX900&#10;Of6bxRcxcMS2rRheVUq9MMnS1i2LzGM7B/LnrSMAgN4zOjX+h7XWH0uyr3ULd1LK57qd6Udv2Ln9&#10;C61TAABgNhiVAQDAHNpww+du6+w/5keTXNK6hSTJTCn5xY2TE3/SOgQWg8vWrFneHSzvL8mJrVsW&#10;o5o8a8vQ+l9r3QEA9J7RXRN/10n5iSR7W7eQJLmiM9h94rk7d36pdQgAAMwWozIAAJhjG2743G3L&#10;p1aem5I/a93S5/amlPM3To7/n9YhsFjsnxn80ySPbt2xuNXXX7xq3SNbVwAAvWfD1DUfSbrnJLmp&#10;dUufe9/09O0/vGFi4sutQwAAYDaV1gEAANBPtq4efm6t5Q+SDLZu6TMT3U552rk7r/m31iGwWIwN&#10;jTytJO9r3dEndizfu+zhZ9941a2tQwCA3rNt9Slru3Xm/Um+r3VLn6m11ldu2jXxspLU1jEAADDb&#10;nFQGAADzaOPkxJ90a/cxSSZbt/SLkvzN8r3LHmFQBrPn0rVrTyzJm1p39JF1e5fvf03rCACgN22Y&#10;vPra5VMrzyzJa1u39JGbaqnnju6a+B2DMgAAFisnlQEAQAOXrDplxUzp/k1Sf7B1yyI2k+S3N06N&#10;v9ZNfphdW4ZG/i7JU1p39JlaSz13dHJiS+sQAKB3bV21/oJa6p8mOap1y2JVk/+oM90fP/e6Hdtb&#10;twAAwFwyKgMAgEauOOOMJV/5yi0vq7W+KF6HOdvGO6U+e8PkxCdah8BiM7Zq+EdLKR9s3dGf6s49&#10;3f0PPX/37r2tS4Dec1nOGjy46osnHCh1eZIMdpfcvHH3VTe17gLm39jQyENLyl8k9VGtWxaZWkre&#10;XPYd/YINN3zuttYxAAAw14zKAACgsW2rhh/WLeWdSb6vdcsi0C3J65Z1pjefvXPnvtYxsNhctGLF&#10;0YODR29PclLrln5Vk5eNTo2/onUH0Na2VcMPm0n5oU7J6TX5vpqsLMkJ+c77vXuSTCX5fzW5MqV+&#10;OkvKx0fHx/fPfzUwn2pStg4N/3xS3pDkmNY9C17J9iQ/s2ly/F9apwAAwHwxKgMAgB5w2Zo1y/d1&#10;B1+W5DeTLGndszDVL9aS53g1HMydsdXDzy+1vK51R5+7tduZXn/uzp1fah0CzK9tq4YfVkt5Tv3G&#10;64fXHsGPuiXJ1lrrX926a+Ki87/xynBgkbp45brv7XQ670xyeuuWBapbU/98yWD9X0/csePrrWMA&#10;AGA+GZUBAEAPGVs1MpySN5Xkia1bFpC9SX5/evr23z/v+utvbx0Di9XWlac+oHb2jye5f+uWvlfy&#10;Z5smx3+ldQYwP8aGRs4rNb+RkrNm/6fXnaXkTw4e3Psmf46Cxesbp5aNPK3WvL6UDLXuWUA+VQY6&#10;v7Dx2u3/3joEAABaMCoDAIAesznpfP/qkZ+tNS9PsqJ1T4/78EC3+/xzdu+4pnUILHZbhkZek+R/&#10;te4gSTI9U8ppT5q85vOtQ4C5c/Gq9Y/rlPp7SR4zD7/u+qS+fPnUqrefncun5+H3AQ18ZGjo/oNZ&#10;+js1+ZU4Ifue3JSaVx1/wn3/+JFXXnmwdQwAALRiVAYAAD3qohUrjh4YOOp5pZQXJjmudU+PuaKk&#10;8+KNU9svbR0C/WDb8PAJ3YNlR5JjWrfwDSV518ap8We37gBm3x3/z/2TJD8x37+7Jv9RavdnN+3a&#10;8en5/t3A/Nm25uSHdGfqq1Pqj8b3RHe2tyRv3NuZ/r2n7tx5c+sYAABozcUCAAD0uItWnPzAJUvq&#10;r9dan5vkvq172qr/lFpetWnX+LbWJdBPtgyNvCzJ5tYdfIuD093O2vN2b7+udQgwe7asGTkr3fxV&#10;kgc1zDiQmhdv2jX+hoYNwDzYuvbkh3dnui8tyY+lv78vur0kf96pA687Z9fV17eOAQCAXtHPFwkA&#10;ALCgfHDNmvstr0uem9RfS83xrXvmUU3y0W4trzp31zX/2DoG+s0VZ5yx5MYbb55MyoNbt/CtSvKK&#10;jVPjL2vdAcyOsaGRF5XkVUkGWrfc4cI93X0/c/7u3XtbhwBz6+KV67630+m8NN8Yl/XK/4PmXElu&#10;TvKWsqS+YcPExJdb9wAAQK8xKgMAgAXmwmTgPkMjoyX115LyhNY9c6bkxtT82XS381Yn8UA7Y0Mj&#10;TyvJ+1p3cBdKblxepofO3rlzX+sU4MiMrRp+RSnlpa077sK2Pd19TzUsg/5w6dq1J07PDP5kTf35&#10;JKe27plDn0jyh3uOXfah86+66kDrGAAA6FVGZQAAsIBtWz382G4tFyT58ST3b90zS64oJW8p+47+&#10;qw03fO621jHQ77YMjfxDkrNbd3DXauqzR6cm3tW6A7j3tqwa/t2U8tutO+5e+fvp6duefN7119/e&#10;ugSYHxcmA/cdWr+p+41x2cYkS1s3HamS3FxrPlBr3j26e/xjrXsAAGAhMCoDAIBFYGxkZFlnfzbm&#10;/7d370F21vUdx7+/5+wmkCAolVsuG8iFVhFRg7alU5AWyO4miM5UWpxRO9brTKet1al17B/W2o7O&#10;ONN2Cq1VUeu0Y2FGHYSQRGlFxqIi8RINl+RsNnvCLUSICAGzl+fXP2i3DSHJ7mbP/s7uvl4z+9/Z&#10;87zP7B8788zn/J4U1+SIvog4uXTTJOSI+E5O+ct1bnx5Q2vHrtJBwLM2Ll15btWo7gv3DzpXjtv7&#10;9jSN/mCW2rxi1ftyTp8o3TEBXzuhtWz9pXH7aOkQYGbd0tPzokZeeFWKfHVOcVlEdJdumqgU8bOc&#10;0uZc1zfEwrSpv9k8WLoJAABmEzeFAQBgjrl77druffv2XxypWh8590ekXy7ddJgU+3KOO1KO/xzN&#10;1U0ebwmdadOKNX8ROf9V6Q6Oqq6r0aXrd+9+pHQIMDlbetZsqCPfFBFV6ZaJSBF/19tqvrd0B1DO&#10;5mXnnRpp+Kqc8m/HsyfZLind9Bw5R2xPOW2ORt54wu5l3zKGBQCAqTMqAwCAOW7j2Wef2ai7Lq5z&#10;/GZKcVFEvDQiTpjBhDoiBiPi+ynlO1Idt1+xZ2B7evaEMqCDbepZ/d2IeE3pDo4upXhH71DzM6U7&#10;gIm77ZxzzhgZa/wkIl5cumVSUr2+b2jXraUzgM7wtWUr14xW6bUp0iUR8YqIODdm9iSzAxGxLVJ8&#10;J9Xxza6661uXPXjfYzN4fQAAmNOMygAAYJ65MaKxeOnKVY2uxvk54iWR61URsSoirYqpf9M8R8Te&#10;FPFIjvxgpDQUOW3LVf7RiQcW/uTSfdufmr5PAMyEzSteclbOIw/ELDlBZ37LG/taAxtKVwATkyPS&#10;pp7VW1LE5aVbJi3Fvqorv2zdwMCjpVOAznP32rXdj+57Yk2KOC+e/VkZKXoix/KIWBoRC6f41j9N&#10;KQbqOgaqFM2c871Vo/HDb+/esePDz36JCQAAaAOjMgAAYNw34rVdB1fsPS2P/eK0quo6o478wue+&#10;por0TI70i7E6P9lV1aNjY2nv6WeesvfCrVtHSjQD7bF5xeq35xyfLt3BhBzMC+L0/mbz56VDgGPb&#10;3LP66hxxQ+mOqUuf6mvtfFfpCmB2yRFpy4qXnFnHyJmprrtS6jolp9EFkavF4y9K9YGUu4brqn4q&#10;j9SPp7Fq/1OPNB+/OmKsYDoAAMxbRmUAAADAYTavWP2VnOP1pTuYmBzxuv5W8+bSHcDR3bp69cI0&#10;HPdHxIrSLcehriK/Zl1rYGvpEAAAAKB9PMICAAAAOESOSDnHJaU7mLiU82tKNwDHlg7GH8TsHpRF&#10;RFR1VB8pHQEAAAC0l1EZAAAAcIhNy1evjIgXle5gElIyKoMOd2NEI1L8WemO6ZH7Ny075+WlKwAA&#10;AID2MSoDAAAADpFSvKp0A5N2YY5IpSOAIzt5+eoNMftPKRuXq+o9pRsAAACA9jEqAwAAAJ7rlaUD&#10;mLRTN/ace07pCODIcqS3lm6YTinSNTeed96C0h0AAABAexiVAQAAAIdIOV5RuoHJq6J2whx0qJuX&#10;LFkUKfeW7phmp7zg5wcvLR0BAAAAtIdRGQAAAHCInOKC0g1MXkrJSWXQobqrEy+OiBNLd0y7lNaX&#10;TgAAAADaw6gMAAAAGHf32rXdEXFW6Q6mINfLSicAzy9X6eLSDW2R4pLSCQAAAEB7GJUBAAAA4x5/&#10;9KnTIiKV7mDycqSlpRuAI8mvLl3QFjm/9MZly+beCWwAAACAURkAAADwf0arsTNKNzA1VQonlUHH&#10;Si8vXdAmXYvTgvNKRwAAAADTz6gMAAAA+H/ymaULmJqcw0ll0IG+cfbZJ0TEaaU72qWqGj2lGwAA&#10;AIDpZ1QGAAAAjEs5Ti/dwJSdXDoAONxwXnhWzOXHCtfGyAAAADAXGZUBAAAA41JKJ5VuYMrc54EO&#10;NJrqU0o3tFOq0i+VbgAAAACmn5uNAAAAwLi6jrp0A1PmPg8AAAAAMC3cbAQAAADGpZSMymavuft4&#10;PaBj1XXt/wYAAADMQUZlAAAAwLgcxgGzmPs80IGqaPysdEM7pUhPl24AAAAApp+bjQAAAMA4J5XN&#10;av520IFy1+jDEZFLd7RNigdKJwAAAADTz6gMAAAAGJdzHindwJT9tHQAcLj+ZvNgRDxWuqNtjMoA&#10;AABgTjIqAwAAAMY1onq4dANTlR4pXQAcSfpR6YI2qbsa9T2lIwAAAIDpZ1QGAAAAjBtx4syslSPv&#10;Ld0AHEGOH5ROaIcUcf/lu3Y9UboDAAAAmH5GZQAAAMC4qjs/WLqBqUk5jMqgU1X1naUT2qFO8Z3S&#10;DQAAAEB7GJUBAAAA4/qbzZ9HxJOlO5i8XBmVQaeqfrH4axFxsHTHtKvzV0snAAAAAO1hVAYAAAAc&#10;IoVHYM5SA6UDgOe3bu+2AznijtId0+yZxvDir5eOAAAAANrDqAwAAAA4RI74cekGJq+qqq2lG4Cj&#10;yPn60gnTKqWb1u3ddqB0BgAAANAeRmUAAADAIXLK3yvdwKQdfPGpL7indARwZE+dfMJXcsydx9Tm&#10;XF9bugEAAABoH6MyAAAA4FBjyahs9vnJhVu3jpSOAI7s6u3bh1PE35XumCZ397cG/qt0BAAAANA+&#10;RmUAAADAIU48uHBrRIyV7mBSflA6ADi26uCif4iIR0t3HK9cx/tLNwAAAADtZVQGAAAAHOLSfduf&#10;ioidpTuYjHR36QLg2Nbt3XYgR/5o6Y7jtKX/geY3S0cAAAAA7WVUBgAAADyPdEfpAiauboxuLt0A&#10;TMxdrYHrItK3SndM0ZNRdb27dAQAAADQfkZlAAAAwGFyzl8q3cDEpIgfrh8cHCrdAUzMhyPqHPld&#10;EXGgdMtk5cgf6tt93+7SHQAAAED7GZUBAAAAhzn99FO+ERH7S3dwbDnnW0o3AJPT32rek1O8q3TH&#10;JN3U1xq4tnQEAAAAMDOMygAAAIDDXLh160jOsal0B8eWG2lj6QZg8vqHmv+WIj5eumOCfjx8YuPN&#10;KSKXDgEAAABmhlEZAAAAcAT5q6ULOKZHn9rd/F7pCGBq1rWaH4zIny/dcXR5d90Yu/Kq++9/snQJ&#10;AAAAMHOMygAAAIDnNbKo69aIMCLoYDny56+OGCvdAUxNisi9rYG3RYq/Ld1yBPd0N+pfWz84OFQ6&#10;BAAAAJhZRmUAAADA87rq/vufTBHXl+7giMa6u/J1pSOA45Micu9Q830R8bHSLc9xdyM3Lr9scHBv&#10;6RAAAABg5hmVAQAAAEdU57g2IurSHTyfvPnyXbtapSuA45cicl+r+cHI6U0R8XQH9NwwOvr0JVfs&#10;uf+h0i0AAABAGUZlAAAAwBH172kORMTG0h0crorqk6UbgOnVt2fnF8dSujBSfLNQwmMR8ebeVvP3&#10;rnzooeLjNgAAAKAcozIAAADgqFKd/7F0A4fKOVoLWks3l+4Apt+GoZ339g41L82R3xoRD87QZUci&#10;0qe6G2Pn9bWa/zpD1wQAAAA6WCodAAAAAHS2HJG29Kz+fo54RekW/keKt/cNNa8vnQG0181Llizq&#10;biz6k5zyH0aks9pwiYMp4oaqrj96xQO7drbh/QEAAIBZyqgMAAAAOKZbl6++IqXYUrqDiIi474TW&#10;svMvjdtHS4cAM+PutWu79+174vUpxZtyjisiYtFxvWFK2yLnf8/D8Zn+R5r7pqcSAAAAmEuMygAA&#10;AIAJ2dSzZmNE7i/dMd+lHK/v3dO8qXQHUMbNS5YsWtC1+LfqHJdEyhdHxK9ExMlH/aUUOyLHXTnH&#10;nblr7Nb1g4NDMxILAAAAzFpGZQAAAMCEbFy28vyqqn4QEY3SLfPYnX2t5m+UjgA6y81Lzn1xo7te&#10;XtXVSZFiYV3XIznqx1Ou9jdGF+1ft3fbgdKNAAAAwOxiVAYAAABM2Kae1V+IiDeX7pincp3Ta9fv&#10;2XlH6RAAAAAAYG6rSgcAAAAAs0dK3R+IiMdKd8xHKcUnDcoAAAAAgJlgVAYAAABMWO/QvQ9HjreV&#10;7piHmiMjT7+/dAQAAAAAMD8YlQEAAACT0ren+dWI/PnSHfNIjireceVDDz1dOgQAAAAAmB+MygAA&#10;AIBJG4uRP42IB0t3zAs5Ptu3u3l76QwAAAAAYP4wKgMAAAAmbUOrtT9F9fsRMVa6ZU7L8aNqeNEf&#10;l84AAAAAAOYXozIAAABgSnpbO25LKQye2ufBVHX3rdu77UDpEAAAAABgfjEqAwAAAKasd6h5XUrx&#10;T6U75qCDkeKNvUP3Plw6BAAAAACYf4zKAAAAgOOycGjZH0Wk/yjdMZfkyO/sG2p+u3QHAAAAADA/&#10;GZUBAAAAx+XSuH00D+drImKwdMtckFP8TX9r4AulOwAAAACA+cuoDAAAADhu/Y8099XV6EURcU/p&#10;ltksRfpA/1DzQ6U7AAAAAID5LZUOAAAAAOaO284554yRscbXI+L80i2zTY748/5W8+OlOwAAAAAA&#10;nFQGAAAATJvLBgf3ptS9LkXcW7pllvmYQRkAAAAA0CmcVAYAAABMuy2rVp1ej6TNEfHK0i0dbixF&#10;el9va+fflw4BAAAAAPhfTioDAAAApt26gYFH84L49chxfemWDvZojnyJQRkAAAAA0GmcVAYAAAC0&#10;1aaeVe+MSNdGRHfplg6yfSyq121o7dhVOgQAAAAA4LmMygAAAIC2u3X56itSii9GxKmlW0rLEbfU&#10;MfyWDa3W/tItAAAAAADPx6gMAAAAmBFblqxaXnelT0fEutIthTyRcnpv756dnysdAgAAAABwNEZl&#10;AAAAwIza1LP6jZHiushxWumWGZPTV7q7Rt9z2eDg3tIpAAAAAADHYlQGAAAAzLibl527tKsa++eI&#10;tL50S5s9kFL6wLqhnV9MEbl0DAAAAADARBiVAQAAAMVsXrFmfc75IxHxqtIt0+yZnPMnGsOLP75u&#10;77YDpWMAAAAAACbDqAwAAAAoKkekzSvWvCHn/Jcp4mWle47TcIr4l7HG2F+vHxwcKh0DAAAAADAV&#10;RmUAAABAR/hwRPWry9f8bqR4b0R+dTWjv9wAAAbqSURBVOmeSTqQIj49UlefuPKBHQ+WjgEAAAAA&#10;OB5GZQAAAEDH2dKzam0d6d0RcU1ELC7dcxT3RUqfHR1Jn7vyoR0/LR0DAAAAADAdjMoAAACAjvX1&#10;lStPGRlNb6ki/U6OuCgiuko3pYif5Rxfqqr82XVDA3eW7gEAAAAAmG5GZQAAAMCscPOSJYu6u066&#10;KMfYlRHpDRGxfIYuPRyR78iRbqsibultNbfP0HUBAAAAAIowKgMAAABmnQ9HVK9etvK81KhennK+&#10;ICJdkCMuSBFnHPebp9gXOd+VUvXdXOe7xtLwXRtarf3HXw0AAAAAMDsYlQEAAABzxpZVq07Po2lZ&#10;nWNpirQkIp+Vc5yUUnpBRH5hRKQUUedIT0TKB3LEM1Xkh+uchlI9NtS1IA1dvmvXE6U/BwAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAwB/03n6E9cpqg/+gAAAAASUVORK5CYIJQSwME&#10;FAAGAAgAAAAhAFhLuTPgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;k9IEGrKpqgo4VUi0SIibG2+TqPE6it0k/XvcExx3ZjT7Jl9NphUD9a6xjBDPIhDEpdUNVwhf+7eH&#10;ZxDOK9aqtUwIF3KwKm5vcpVpO/InDTtfiVDCLlMItfddJqUrazLKzWxHHLyj7Y3y4ewrqXs1hnLT&#10;ynkUpdKohsOHWnW0qak87c4G4X1U4/oxfh22p+Pm8rNPPr63MSHe303rFxCeJv8Xhit+QIciMB3s&#10;mbUTLUKSLEMSYf4UFlz9NFoE5YCwTBcgi1z+X1D8AgAA//8DAFBLAwQUAAYACAAAACEAqiYOvrwA&#10;AAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOEj0FqwzAQRfeF3EHMPpadRSjFsjeh&#10;4G1IDjBIY1nEGglJLfXtI8gmgUCX8z//PaYf//wqfillF1hB17QgiHUwjq2C6+V7/wkiF2SDa2BS&#10;sFGGcdh99GdasdRRXlzMolI4K1hKiV9SZr2Qx9yESFybOSSPpZ7Jyoj6hpbkoW2PMj0zYHhhisko&#10;SJPpQFy2WM3/s8M8O02noH88cXmjkM5XdwVislQUeDIOH2HXRLYgh16+PDbcAQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAI+hFJQRBAAApwkAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0ACgAAAAAAAAAhAMTlaotRaAIAUWgCABQAAAAAAAAAAAAAAAAAdwYAAGRycy9t&#10;ZWRpYS9pbWFnZTEucG5nUEsBAi0AFAAGAAgAAAAhAFhLuTPgAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;+m4CAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAAAAAAAAA&#10;AAAAAAdwAgBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAGAAYAfAEAAPpwAgAAAA==&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvSH2HlSv1gmDTit/AglokEFd+HsBkTRKR9UbZLQlvjw9I3GzNeObzct25St2pCaVnA9/DBBRx&#10;5m3JuYHzaTuYgQoR2WLlmQw8KMB69dFbYmp9ywe6H2OuJIRDigaKGOtU65AV5DAMfU0s2tU3DqOs&#10;Ta5tg62Eu0r/JMlEOyxZGgqsaVNQdjv+OwPXfdsfz9vLLp6nh9HkD8vpxT+M+frsfhegInXxbX5d&#10;763gC738IgPo1RMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="24114790" w14:textId="6B52B479" w:rsidR="005C18AF" w:rsidRPr="00E20335" w:rsidRDefault="00914F95" w:rsidP="005C18AF">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Zentrum für Schulqualität und Lehrerbildung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
@@ -5861,238 +5499,248 @@
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Grafik 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:87097;top:-61;width:3789;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5Ps5KwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFHqrG4WWGl2lRkKrt6Y9eByzYxLMzobs5vXvu0Kht/n4nrPZjaYWPbWusqxgMY9AEOdW&#10;V1wo+PlOn99AOI+ssbZMCiZysNvOHjYYazvwF/WZL0QIYRejgtL7JpbS5SUZdHPbEAfualuDPsC2&#10;kLrFIYSbWi6j6FUarDg0lNhQUlJ+yzqjgJJ98nI5HU/T+dCvOE9Xl49OK/X0OL6vQXga/b/4z/2p&#10;w/wF3H8JB8jtLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC5Ps5KwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1029" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3373" to="85991,3373" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARlWE/wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvgv8hjOBNUz2IVKOoqOxJ0K16HZqxLTaTkmRr/fdmYWFvM7z3vXmzXHemFi05X1lWMBknIIhz&#10;qysuFGTfh9EchA/IGmvLpOBNHtarfm+JqbYvPlN7CYWIIexTVFCG0KRS+rwkg35sG+KoPawzGOLq&#10;CqkdvmK4qeU0SWbSYMXxQokN7UrKn5cfE2uctsds17LB99nds3k+ue2PV6WGg26zABGoC//mP/pL&#10;R24Kv7/EAeTqAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABGVYT/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="060F22A0" w14:textId="77777777" w:rsidR="001046E2" w:rsidRDefault="001046E2">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BEC65F8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3ED868C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA742720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3DBA5B10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="126C2004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="79123D38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="03E4A7F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3E6AF47C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7D72011E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="17FC6F66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DC72C29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A9C3914"/>
     <w:lvl w:ilvl="0" w:tplc="83BC2B0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6161,51 +5809,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27842157"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="648A89D2"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -6304,51 +5952,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="435606E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CC6DED2"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6417,51 +6065,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449E1DE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6557,51 +6205,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D4F0F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="724A0FB6"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6670,51 +6318,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D9E5B07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED8E05E"/>
     <w:lvl w:ilvl="0" w:tplc="F41C7CC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlung"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -6785,51 +6433,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52AF3BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73748F7E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6898,51 +6546,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65ED1259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E60957E"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7041,51 +6689,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68EB5AC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="095414B6"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -7184,51 +6832,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70D13F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C84E23A"/>
     <w:lvl w:ilvl="0" w:tplc="B8ECE910">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Spiegelstrich-Arial"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7326,51 +6974,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="744D7FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7466,51 +7114,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79DB1591"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EE0058C"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7579,51 +7227,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EE67A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C278ED08"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7719,257 +7367,263 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="178739865">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="995378179">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="689599420">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2035110478">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1796829311">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1561600309">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="990522619">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="721247262">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="93525803">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="226964584">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="27875720">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1429811873">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1467312631">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="832335052">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1105417333">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1183861552">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1211265109">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="581725239">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="2061977236">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1196770756">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1176460774">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1089694142">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="808282039">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1911769871">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="2116292336">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1389189290">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1210920281">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="344748571">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="658582631">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="229852694">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1238173759">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="874735292">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7489E"/>
     <w:rsid w:val="00000CC8"/>
     <w:rsid w:val="000056C2"/>
     <w:rsid w:val="000062F8"/>
     <w:rsid w:val="0001475E"/>
     <w:rsid w:val="0002710B"/>
     <w:rsid w:val="000305BF"/>
     <w:rsid w:val="00043D29"/>
     <w:rsid w:val="0005471A"/>
     <w:rsid w:val="0006211C"/>
     <w:rsid w:val="00063722"/>
     <w:rsid w:val="0007013E"/>
     <w:rsid w:val="00083FCE"/>
     <w:rsid w:val="00095920"/>
     <w:rsid w:val="000970ED"/>
     <w:rsid w:val="000979B1"/>
     <w:rsid w:val="000A3C77"/>
     <w:rsid w:val="000A5BFA"/>
     <w:rsid w:val="000A762D"/>
     <w:rsid w:val="000B1F6B"/>
+    <w:rsid w:val="000B3559"/>
     <w:rsid w:val="000B4E94"/>
     <w:rsid w:val="000C453C"/>
     <w:rsid w:val="000C4920"/>
     <w:rsid w:val="000E25C2"/>
     <w:rsid w:val="001015F4"/>
+    <w:rsid w:val="001046E2"/>
     <w:rsid w:val="00107419"/>
     <w:rsid w:val="001322AB"/>
     <w:rsid w:val="001326D3"/>
     <w:rsid w:val="00133AD3"/>
     <w:rsid w:val="00136395"/>
     <w:rsid w:val="00177FF7"/>
     <w:rsid w:val="0018527C"/>
     <w:rsid w:val="00194AB1"/>
     <w:rsid w:val="00196DBD"/>
     <w:rsid w:val="001B148C"/>
     <w:rsid w:val="001B559C"/>
     <w:rsid w:val="001B5DAE"/>
     <w:rsid w:val="001C401E"/>
     <w:rsid w:val="001F0DA2"/>
     <w:rsid w:val="001F3192"/>
     <w:rsid w:val="001F7C4E"/>
     <w:rsid w:val="00212DA8"/>
     <w:rsid w:val="00216C66"/>
+    <w:rsid w:val="0022364C"/>
     <w:rsid w:val="00224789"/>
     <w:rsid w:val="00240BC3"/>
     <w:rsid w:val="00245052"/>
     <w:rsid w:val="00260EC6"/>
     <w:rsid w:val="00263B12"/>
     <w:rsid w:val="002652E8"/>
     <w:rsid w:val="00265532"/>
     <w:rsid w:val="00265E91"/>
     <w:rsid w:val="00274150"/>
     <w:rsid w:val="002A0D97"/>
     <w:rsid w:val="002A704B"/>
     <w:rsid w:val="002C6583"/>
     <w:rsid w:val="002C734D"/>
     <w:rsid w:val="002D105B"/>
     <w:rsid w:val="002D4423"/>
     <w:rsid w:val="002D7EC7"/>
     <w:rsid w:val="002F5E33"/>
     <w:rsid w:val="00326B2A"/>
     <w:rsid w:val="00330BC7"/>
     <w:rsid w:val="00336B8E"/>
     <w:rsid w:val="00391AF1"/>
     <w:rsid w:val="003A44A2"/>
     <w:rsid w:val="003A690B"/>
     <w:rsid w:val="003B1621"/>
     <w:rsid w:val="003B4599"/>
     <w:rsid w:val="003C32C8"/>
     <w:rsid w:val="003C451F"/>
     <w:rsid w:val="003D339D"/>
     <w:rsid w:val="003D6E5F"/>
     <w:rsid w:val="004106EE"/>
     <w:rsid w:val="00424BBB"/>
     <w:rsid w:val="00424E8D"/>
+    <w:rsid w:val="004314E6"/>
     <w:rsid w:val="004412D9"/>
     <w:rsid w:val="00463731"/>
     <w:rsid w:val="00466C36"/>
     <w:rsid w:val="004771BA"/>
     <w:rsid w:val="0048130C"/>
     <w:rsid w:val="00482DF4"/>
     <w:rsid w:val="00483B80"/>
     <w:rsid w:val="004901A5"/>
     <w:rsid w:val="00497378"/>
     <w:rsid w:val="004B2C59"/>
     <w:rsid w:val="004C0301"/>
     <w:rsid w:val="004C5070"/>
     <w:rsid w:val="004D3218"/>
     <w:rsid w:val="004E5047"/>
     <w:rsid w:val="00504787"/>
     <w:rsid w:val="0051283D"/>
     <w:rsid w:val="0052556B"/>
     <w:rsid w:val="00542A55"/>
     <w:rsid w:val="005509AF"/>
     <w:rsid w:val="0057061E"/>
     <w:rsid w:val="005727FE"/>
     <w:rsid w:val="005779BB"/>
     <w:rsid w:val="005816CA"/>
     <w:rsid w:val="005855AE"/>
     <w:rsid w:val="00585F88"/>
@@ -7979,50 +7633,51 @@
     <w:rsid w:val="005A6802"/>
     <w:rsid w:val="005B7B99"/>
     <w:rsid w:val="005C18AF"/>
     <w:rsid w:val="005C3940"/>
     <w:rsid w:val="005C76D9"/>
     <w:rsid w:val="005D0822"/>
     <w:rsid w:val="005D34A4"/>
     <w:rsid w:val="005F1E8F"/>
     <w:rsid w:val="005F6045"/>
     <w:rsid w:val="006002FE"/>
     <w:rsid w:val="006044D2"/>
     <w:rsid w:val="006075A3"/>
     <w:rsid w:val="00611FDE"/>
     <w:rsid w:val="00624BA7"/>
     <w:rsid w:val="006254A8"/>
     <w:rsid w:val="0064536F"/>
     <w:rsid w:val="0064550B"/>
     <w:rsid w:val="0065204B"/>
     <w:rsid w:val="00665B74"/>
     <w:rsid w:val="00675CED"/>
     <w:rsid w:val="006763A8"/>
     <w:rsid w:val="00686C0C"/>
     <w:rsid w:val="006915F4"/>
     <w:rsid w:val="00694B56"/>
     <w:rsid w:val="006A1253"/>
+    <w:rsid w:val="006A464A"/>
     <w:rsid w:val="006B03CC"/>
     <w:rsid w:val="006B62FC"/>
     <w:rsid w:val="006D185A"/>
     <w:rsid w:val="006D2D36"/>
     <w:rsid w:val="006E7CBD"/>
     <w:rsid w:val="006F1B03"/>
     <w:rsid w:val="00726554"/>
     <w:rsid w:val="007306C9"/>
     <w:rsid w:val="007356FE"/>
     <w:rsid w:val="00753E7A"/>
     <w:rsid w:val="00762967"/>
     <w:rsid w:val="00774814"/>
     <w:rsid w:val="0077547F"/>
     <w:rsid w:val="00776A42"/>
     <w:rsid w:val="00780E8F"/>
     <w:rsid w:val="007813C2"/>
     <w:rsid w:val="007816FD"/>
     <w:rsid w:val="007A1962"/>
     <w:rsid w:val="007B5799"/>
     <w:rsid w:val="007D48CB"/>
     <w:rsid w:val="007E0569"/>
     <w:rsid w:val="007F2C57"/>
     <w:rsid w:val="007F3143"/>
     <w:rsid w:val="00800707"/>
     <w:rsid w:val="008029B9"/>
@@ -8068,50 +7723,51 @@
     <w:rsid w:val="00A13BBF"/>
     <w:rsid w:val="00A141A2"/>
     <w:rsid w:val="00A1511A"/>
     <w:rsid w:val="00A20F13"/>
     <w:rsid w:val="00A22E11"/>
     <w:rsid w:val="00A4121F"/>
     <w:rsid w:val="00A57216"/>
     <w:rsid w:val="00A57B84"/>
     <w:rsid w:val="00A7246E"/>
     <w:rsid w:val="00A7489E"/>
     <w:rsid w:val="00A91110"/>
     <w:rsid w:val="00AA1201"/>
     <w:rsid w:val="00AA2EE9"/>
     <w:rsid w:val="00AA5AEE"/>
     <w:rsid w:val="00AD019D"/>
     <w:rsid w:val="00AD5960"/>
     <w:rsid w:val="00AD7E0D"/>
     <w:rsid w:val="00AE29F6"/>
     <w:rsid w:val="00AE3F0D"/>
     <w:rsid w:val="00B01E79"/>
     <w:rsid w:val="00B02B5B"/>
     <w:rsid w:val="00B03115"/>
     <w:rsid w:val="00B10ECB"/>
     <w:rsid w:val="00B11580"/>
     <w:rsid w:val="00B15092"/>
+    <w:rsid w:val="00B30867"/>
     <w:rsid w:val="00B3109E"/>
     <w:rsid w:val="00B44FDB"/>
     <w:rsid w:val="00B555BE"/>
     <w:rsid w:val="00B8131B"/>
     <w:rsid w:val="00B94272"/>
     <w:rsid w:val="00BB49ED"/>
     <w:rsid w:val="00BC136C"/>
     <w:rsid w:val="00BD73EC"/>
     <w:rsid w:val="00BE1F9C"/>
     <w:rsid w:val="00BE40FF"/>
     <w:rsid w:val="00BF4D68"/>
     <w:rsid w:val="00C07956"/>
     <w:rsid w:val="00C3534F"/>
     <w:rsid w:val="00C35EA3"/>
     <w:rsid w:val="00C653B8"/>
     <w:rsid w:val="00C729A9"/>
     <w:rsid w:val="00C7652E"/>
     <w:rsid w:val="00C8501D"/>
     <w:rsid w:val="00C92E63"/>
     <w:rsid w:val="00CA093D"/>
     <w:rsid w:val="00CA2879"/>
     <w:rsid w:val="00CB0C15"/>
     <w:rsid w:val="00CB16F9"/>
     <w:rsid w:val="00CB4B7B"/>
     <w:rsid w:val="00CC44ED"/>
@@ -8175,858 +7831,450 @@
     <w:rsid w:val="00FE0CC5"/>
     <w:rsid w:val="00FE23F9"/>
     <w:rsid w:val="00FE26AD"/>
     <w:rsid w:val="00FE2754"/>
     <w:rsid w:val="00FE7423"/>
     <w:rsid w:val="217D74B5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="241146BF"/>
+  <w15:docId w15:val="{3F18D6B2-65FF-4908-95B5-2A966A5C21E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...26 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...755 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E81D08"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00954A48"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -9479,51 +8727,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NL-Kopfzeilen-TitelZchn">
     <w:name w:val="NL-Kopfzeilen-Titel Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="NL-Kopfzeilen-Titel"/>
     <w:rsid w:val="005C18AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Univers 47 CondensedLight" w:hAnsi="Univers 47 CondensedLight"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NL-Kopfzeilen-Titel">
     <w:name w:val="NL-Kopfzeilen-Titel"/>
     <w:link w:val="NL-Kopfzeilen-TitelZchn"/>
     <w:rsid w:val="005C18AF"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Univers 47 CondensedLight" w:hAnsi="Univers 47 CondensedLight"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="799686473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1073041433">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11447,74 +10695,87 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="244188299">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2022320662">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2056587097">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -11778,59 +11039,63 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Projektdokumente" ma:contentTypeID="0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396" ma:contentTypeVersion="4" ma:contentTypeDescription="Inhaltstyp von Projektdokumenten innerhalb des Arbeitsraumes der jeweiligen Webseite." ma:contentTypeScope="" ma:versionID="b6dcf3f8b4c21e9d0aa6ef44676a127a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="301d44a20dbf023ccb53e80df31da5f5">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
@@ -11900,155 +11165,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement/>
 </p:properties>
-</file>
-[...2 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B334C91A-8CE5-4E53-AE1F-69F198737594}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A5E7EFB-9130-4422-BCFA-5B2690CA57B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{378D7F9A-D923-4CD5-A61F-DACB99CB28E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CC59521-6A1A-4BF0-95A0-A9F646A500AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B334C91A-8CE5-4E53-AE1F-69F198737594}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA0F5158-E9DC-4FD0-AF4C-D448D4C8596C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>646</Words>
-  <Characters>4071</Characters>
+  <Words>459</Words>
+  <Characters>4335</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>333</Lines>
+  <Paragraphs>159</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>BITBW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4708</CharactersWithSpaces>
+  <CharactersWithSpaces>4635</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>WKA-LF10-Zielanalyse</dc:title>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Zweck">
     <vt:lpwstr>Zielanalyse</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>37200</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Dateitendung">
     <vt:lpwstr>dotm</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="HR-Status">
     <vt:lpwstr>6 Druckfertig</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Dateizweck">
     <vt:lpwstr>Zielanalyse</vt:lpwstr>