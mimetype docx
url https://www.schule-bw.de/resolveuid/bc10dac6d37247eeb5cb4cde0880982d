--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -1,106 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="00E55ACA" w14:textId="77777777" w:rsidR="00737D40" w:rsidRPr="007248C6" w:rsidRDefault="00737D40" w:rsidP="00737D40">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1268">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4259A8F0" w14:textId="77777777" w:rsidR="00183125" w:rsidRDefault="00183125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="971"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="960"/>
+        <w:gridCol w:w="4821"/>
+        <w:gridCol w:w="8538"/>
+        <w:gridCol w:w="840"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D3218" w:rsidRPr="004D3218" w14:paraId="241146C0" w14:textId="77777777" w:rsidTr="000970ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146BF" w14:textId="77777777" w:rsidR="004D3218" w:rsidRPr="00322748" w:rsidRDefault="004D3218" w:rsidP="00FB357E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00322748">
+            <w:r w:rsidRPr="00183125">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="FF0000"/>
+                <w:color w:val="B41428"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Zielanalyse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7489E" w:rsidRPr="004D3218" w14:paraId="241146C4" w14:textId="77777777" w:rsidTr="000970ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146C1" w14:textId="77777777" w:rsidR="00A7489E" w:rsidRPr="004D3218" w:rsidRDefault="00A7489E" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf"/>
             </w:pPr>
             <w:r w:rsidRPr="004D3218">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -591,57 +607,57 @@
           <w:sz w:val="2"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4111"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="4072"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="2501"/>
+        <w:gridCol w:w="2104"/>
+        <w:gridCol w:w="2668"/>
+        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="840"/>
       </w:tblGrid>
       <w:tr w:rsidR="006002FE" w:rsidRPr="000970ED" w14:paraId="241146E3" w14:textId="77777777" w:rsidTr="006002FE">
         <w:trPr>
           <w:trHeight w:val="267"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146DB" w14:textId="77777777" w:rsidR="007B5799" w:rsidRPr="000970ED" w:rsidRDefault="007B5799" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:t>kompetenzbasierte Ziele</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -810,65 +826,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">original, qualitativ </w:t>
             </w:r>
             <w:r w:rsidR="00C52392" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gleichwertige, qualitativ unter</w:t>
             </w:r>
             <w:r w:rsidR="009D6944" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>schiedliche</w:t>
             </w:r>
             <w:r w:rsidR="009D6944" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) und Zubehör unter Beachtung der Lage</w:t>
-[...13 lines deleted...]
-              <w:t>kennzahlen und Bestellvorschlaglisten.</w:t>
+              <w:t>) und Zubehör unter Beachtung der Lagerkennzahlen und Bestellvorschlaglisten.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38616F30" w14:textId="77777777" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="241146E5" w14:textId="0D34311F" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:vMerge w:val="restart"/>
@@ -919,67 +921,51 @@
               </w:rPr>
               <w:t>LS01 Teile</w:t>
             </w:r>
             <w:r w:rsidR="009D6944" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>bedarf</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009D6944" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>anal</w:t>
-[...15 lines deleted...]
-              <w:t>sieren</w:t>
+              <w:t>analysieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB39436" w14:textId="77777777" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>strukturierte Übersicht</w:t>
@@ -1010,65 +996,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="125F651B" w14:textId="25068F46" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ergebnis anhand einer B</w:t>
-[...13 lines deleted...]
-              <w:t>rechnung einschätzen</w:t>
+              <w:t>Ergebnis anhand einer Berechnung einschätzen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="241146E9" w14:textId="70B68483" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Realisierbarkeit erkennbarer Lösungen abschätzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -1229,67 +1201,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D9A029" w14:textId="77777777" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="002977A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergebnis anhand einer </w:t>
-[...15 lines deleted...]
-              <w:t>-rechnung einschätzen</w:t>
+              <w:t>Ergebnis anhand einer Be-rechnung einschätzen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="241146F2" w14:textId="6BE20C26" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="002977A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Realisierbarkeit erkennbarer Lösungen abschätzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="241146F3" w14:textId="77777777" w:rsidR="009D6944" w:rsidRPr="00D34A8E" w:rsidRDefault="009D6944" w:rsidP="005A6802">
@@ -1433,65 +1389,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="241146FA" w14:textId="125393DF" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00513DE2" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Handlungs</w:t>
             </w:r>
             <w:r w:rsidR="00D13ECD" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>empfe</w:t>
-[...13 lines deleted...]
-              <w:t>lung</w:t>
+              <w:t>empfehlung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03F3D3E6" w14:textId="77777777" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zielgerichtet arbeiten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="241146FB" w14:textId="06236A93" w:rsidR="00EE00E8" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
@@ -1550,65 +1492,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006002FE" w:rsidRPr="00D34A8E" w14:paraId="24114707" w14:textId="77777777" w:rsidTr="006002FE">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24114700" w14:textId="2CA6D5F3" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="0058283E">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie recherchieren und nutzen unterschiedl</w:t>
-[...13 lines deleted...]
-              <w:t>che Bezugsquellen und schreiben Anfragen auf vers</w:t>
+              <w:t>Sie recherchieren und nutzen unterschiedliche Bezugsquellen und schreiben Anfragen auf vers</w:t>
             </w:r>
             <w:r w:rsidR="0058283E" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>chiedenen Kommunikationswegen</w:t>
             </w:r>
             <w:r w:rsidR="005044C2" w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> auch in einer Fremdsprache.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1662,65 +1590,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Anfrage</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24114703" w14:textId="249CCA33" w:rsidR="00EE00E8" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Anfrage in Frem</w:t>
-[...13 lines deleted...]
-              <w:t>sprache</w:t>
+              <w:t>Anfrage in Fremdsprache</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DEF2670" w14:textId="77777777" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="00EE00E8">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidungen begründet treffen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AB73840" w14:textId="77777777" w:rsidR="00EE00E8" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="00EE00E8">
@@ -1795,186 +1709,128 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006002FE" w:rsidRPr="00D34A8E" w14:paraId="24114710" w14:textId="77777777" w:rsidTr="006002FE">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24114709" w14:textId="03FE09F0" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Eingehende Angebote vergleichen und b</w:t>
-[...27 lines deleted...]
-              <w:t>ven Kriterien.</w:t>
+              <w:t>Eingehende Angebote vergleichen und bewerten sie nach quantitativen und qualitativen Kriterien.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2411470A" w14:textId="77777777" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="007B5799" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2411470B" w14:textId="43CFE027" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS05 Angebote vergle</w:t>
-[...15 lines deleted...]
-              <w:t>chen</w:t>
+              <w:t>LS05 Angebote vergleichen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18D71934" w14:textId="77777777" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bezugskalkulation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2411470C" w14:textId="72E2DFF2" w:rsidR="00EE00E8" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Entscheidungsbewe</w:t>
-[...13 lines deleted...]
-              <w:t>tungstabelle</w:t>
+              <w:t>Entscheidungsbewertungstabelle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DB993C1" w14:textId="77777777" w:rsidR="00EE00E8" w:rsidRPr="00D34A8E" w:rsidRDefault="00EE00E8" w:rsidP="00EE00E8">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Entscheidungen begründet treffen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2411470D" w14:textId="77777777" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="007B5799" w:rsidP="005A6802">
@@ -2009,149 +1865,119 @@
           </w:tcPr>
           <w:p w14:paraId="2411470F" w14:textId="468AB946" w:rsidR="007B5799" w:rsidRPr="00D34A8E" w:rsidRDefault="00AB645D" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C2D1210" w14:textId="77777777" w:rsidR="00D36156" w:rsidRDefault="00D36156">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4955" w:type="pct"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4111"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="4072"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="2501"/>
+        <w:gridCol w:w="2104"/>
+        <w:gridCol w:w="2668"/>
+        <w:gridCol w:w="1264"/>
+        <w:gridCol w:w="840"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w14:paraId="24114719" w14:textId="77777777" w:rsidTr="006002FE">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24114712" w14:textId="3351977B" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00C95CEA" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Sie entscheiden sich für einen Lieferanten und schließen einen Kaufvertrag ab. Dabei beachten sie Rechtsnormen und deren Wi</w:t>
-[...13 lines deleted...]
-              <w:t>kung (</w:t>
+              <w:t>Sie entscheiden sich für einen Lieferanten und schließen einen Kaufvertrag ab. Dabei beachten sie Rechtsnormen und deren Wirkung (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nichtigkeit, Anfechtbarkeit, Eigentum, Besitz</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) sowie die Allgemeinen Geschäftsb</w:t>
-[...13 lines deleted...]
-              <w:t>dingungen.</w:t>
+              <w:t>) sowie die Allgemeinen Geschäftsbedingungen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37B30C5E" w14:textId="77777777" w:rsidR="00D36156" w:rsidRDefault="00692B6F" w:rsidP="00D36156">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Angebote und Anpreisungen</w:t>
             </w:r>
             <w:r w:rsidR="00FF5E65" w:rsidRPr="00D34A8E">
               <w:rPr>
@@ -2169,67 +1995,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24114714" w14:textId="447CE5F2" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00C95CEA" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS06 Kaufvertrag a</w:t>
-[...15 lines deleted...]
-              <w:t>schließen</w:t>
+              <w:t>LS06 Kaufvertrag abschließen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24114715" w14:textId="068E4DEF" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00C95CEA" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kaufvertrag</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2331,125 +2141,97 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2411471C" w14:textId="64F9FE17" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>einfacher Eige</w:t>
-[...13 lines deleted...]
-              <w:t>tumsvorbehalt</w:t>
+              <w:t>einfacher Eigentumsvorbehalt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2411471D" w14:textId="75471B23" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00C95CEA" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS07 Kaufvertrag auf Wirksamkeit überprüfen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2411471E" w14:textId="43E90035" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00C95CEA" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Handlungsempfe</w:t>
-[...13 lines deleted...]
-              <w:t>lung</w:t>
+              <w:t>Handlungsempfehlung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2411471F" w14:textId="7856B641" w:rsidR="00C95CEA" w:rsidRPr="00D34A8E" w:rsidRDefault="00C95CEA" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gesetzestexte anwenden</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2492,65 +2274,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w14:paraId="1152961C" w14:textId="77777777" w:rsidTr="006002FE">
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01587910" w14:textId="1967482E" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie überwachen und prüfen den Warenei</w:t>
-[...13 lines deleted...]
-              <w:t>gang, lagern die Waren ein und beachten hierbei die Lagerorganisationsprinzipien und die Grundsätze der Lagerhaltung.</w:t>
+              <w:t>Sie überwachen und prüfen den Wareneingang, lagern die Waren ein und beachten hierbei die Lagerorganisationsprinzipien und die Grundsätze der Lagerhaltung.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A29024D" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="524A133F" w14:textId="7BE06927" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
@@ -2589,65 +2357,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbeitsanweisung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40511C6A" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Arbeitsorganisation gesta</w:t>
-[...13 lines deleted...]
-              <w:t>ten</w:t>
+              <w:t>Arbeitsorganisation gestalten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02BBDAA4" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zielgerichtet arbeiten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D27FED1" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2694,94 +2448,66 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w14:paraId="7E1F979C" w14:textId="77777777" w:rsidTr="00692B6F">
         <w:trPr>
           <w:trHeight w:val="636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44F24E98" w14:textId="38D4C636" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie kontrollieren Eingangsrechnungen und veranlassen die situationsgerechte Beza</w:t>
-[...13 lines deleted...]
-              <w:t>lung (</w:t>
+              <w:t>Sie kontrollieren Eingangsrechnungen und veranlassen die situationsgerechte Bezahlung (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>betrieblicher Zahlungsverkehr</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>). Sie buchen den Wareneinkauf und den Rec</w:t>
-[...13 lines deleted...]
-              <w:t>nungsausgleich auch unter Berücksichtigung von Skonto.</w:t>
+              <w:t>). Sie buchen den Wareneinkauf und den Rechnungsausgleich auch unter Berücksichtigung von Skonto.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75CE14B7" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Überweisung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EBDEEAB" w14:textId="17CAA8BC" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
@@ -2799,125 +2525,95 @@
               </w:rPr>
               <w:t>Lastschrift</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7779DA9A" w14:textId="54B801D9" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS09 Eingangsrechnu</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">gen kontrollieren </w:t>
+              <w:t xml:space="preserve">LS09 Eingangsrechnungen kontrollieren </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18C446E6" w14:textId="62E1DA06" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arbeitsanweisung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E2361D6" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Arbeitsorganisation gesta</w:t>
-[...13 lines deleted...]
-              <w:t>ten</w:t>
+              <w:t>Arbeitsorganisation gestalten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CE0B042" w14:textId="5E6D498C" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zielgerichtet arbeiten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12D6B17D" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
@@ -2970,65 +2666,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EB3414F" w14:textId="591B4C13" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00D36156">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Rücksendungen und Preisnac</w:t>
-[...13 lines deleted...]
-              <w:t>lässe</w:t>
+              <w:t>Rücksendungen und Preisnachlässe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DDD619F" w14:textId="13B36BC2" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LS10 Wareneinkauf und  Bezahlung buchen</w:t>
             </w:r>
@@ -3184,217 +2866,155 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sie entwickeln bei mangelhaften Leistungen (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prüf- und Rügepflicht</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) und verspäteter Li</w:t>
-[...13 lines deleted...]
-              <w:t>ferung (</w:t>
+              <w:t>) und verspäteter Lieferung (</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Leistungsverzug</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) geeignete L</w:t>
-[...13 lines deleted...]
-              <w:t>sungsvorschläge und kommunizieren bei deren Umsetzung mit den Vertragspartnern.</w:t>
+              <w:t>) geeignete Lösungsvorschläge und kommunizieren bei deren Umsetzung mit den Vertragspartnern.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75B5F867" w14:textId="20C2D4CC" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">vertraglicher </w:t>
             </w:r>
             <w:r w:rsidR="00D36156">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gewährlei</w:t>
             </w:r>
             <w:r w:rsidR="00D36156">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tungs</w:t>
             </w:r>
             <w:r w:rsidR="00D36156">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ausschluss</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61077629" w14:textId="6F0926AC" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS11 Lösungsvorschl</w:t>
-[...31 lines deleted...]
-              <w:t>ferung entwickeln</w:t>
+              <w:t>LS11 Lösungsvorschläge bei mangelhafter Lieferung entwickeln</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="764CEEB7" w14:textId="42C5326E" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mängelrüge</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3532,67 +3152,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2617ADAE" w14:textId="728F7012" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="005A6802">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS12 Lösungsvorschl</w:t>
-[...15 lines deleted...]
-              <w:t>ge bei Lieferungsverzug entwickeln</w:t>
+              <w:t>LS12 Lösungsvorschläge bei Lieferungsverzug entwickeln</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="694" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08D8FBC2" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lieferanmahnung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="073EEFDC" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
@@ -3721,65 +3325,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w14:paraId="46D935F9" w14:textId="77777777" w:rsidTr="00692B6F">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EA80325" w14:textId="40CF237C" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Die Schülerinnen und Schüler beurteilen Beschaffungs- und Lagerprozesse hinsich</w:t>
-[...13 lines deleted...]
-              <w:t>lich nachhaltiger Wirkungen und zeigen begründete Möglichkeiten zur Optimierung von Wirtschaftlichkeit und Umweltschutz auf.</w:t>
+              <w:t>Die Schülerinnen und Schüler beurteilen Beschaffungs- und Lagerprozesse hinsichtlich nachhaltiger Wirkungen und zeigen begründete Möglichkeiten zur Optimierung von Wirtschaftlichkeit und Umweltschutz auf.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E8D5A90" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FD82205" w14:textId="6CAAB26A" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
@@ -3818,65 +3408,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vorschlagsliste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="880" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32EB872C" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>soziale Verantwortung tr</w:t>
-[...13 lines deleted...]
-              <w:t>gen</w:t>
+              <w:t>soziale Verantwortung tragen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B3BEDD6" w14:textId="10AD7F13" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konflikte erkennen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5520094D" w14:textId="77777777" w:rsidR="00692B6F" w:rsidRPr="00D34A8E" w:rsidRDefault="00692B6F" w:rsidP="00692B6F">
@@ -3980,174 +3556,189 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34A8E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Integrativ umsetzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2411477E" w14:textId="77777777" w:rsidR="004901A5" w:rsidRPr="00D34A8E" w:rsidRDefault="004901A5" w:rsidP="005A6802">
       <w:pPr>
         <w:pStyle w:val="TZielnanalysetext"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004901A5" w:rsidRPr="00D34A8E" w:rsidSect="0002710B">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="397" w:left="680" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79F79EC0" w14:textId="77777777" w:rsidR="00C90140" w:rsidRDefault="00C90140" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1F6B3B76" w14:textId="77777777" w:rsidR="00C90140" w:rsidRDefault="00C90140" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="521C9264" w14:textId="77777777" w:rsidR="00C90140" w:rsidRDefault="00C90140"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="One Stroke Script LET">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="12B39A40" w14:textId="77777777" w:rsidR="00183125" w:rsidRDefault="00183125">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="15201" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8505"/>
       <w:gridCol w:w="6696"/>
     </w:tblGrid>
     <w:tr w:rsidR="005C18AF" w14:paraId="2411478A" w14:textId="77777777" w:rsidTr="0002710B">
       <w:tc>
         <w:tcPr>
@@ -4317,103 +3908,129 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00CF03E4">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2411478B" w14:textId="77777777" w:rsidR="005C18AF" w:rsidRDefault="005C18AF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1E01AE68" w14:textId="77777777" w:rsidR="00183125" w:rsidRDefault="00183125">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="29C67AAC" w14:textId="77777777" w:rsidR="00C90140" w:rsidRDefault="00C90140" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0AB8A625" w14:textId="77777777" w:rsidR="00C90140" w:rsidRDefault="00C90140" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3F05741A" w14:textId="77777777" w:rsidR="00C90140" w:rsidRDefault="00C90140"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="60ACCCE1" w14:textId="77777777" w:rsidR="00183125" w:rsidRDefault="00183125">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="24114786" w14:textId="77777777" w:rsidR="005A5F0A" w:rsidRPr="00DA0B18" w:rsidRDefault="005C18AF" w:rsidP="00DA0B18">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2411478E" wp14:editId="2411478F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2411478E" wp14:editId="729FC775">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>354965</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>176518</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="9836458" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="0" b="3175"/>
               <wp:wrapNone/>
-              <wp:docPr id="9" name="Gruppieren 9"/>
+              <wp:docPr id="9" name="Gruppieren 9">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                    <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="9836458" cy="435600"/>
                         <a:chOff x="-196349" y="-6150"/>
                         <a:chExt cx="9348007" cy="436728"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <wps:wsp>
                       <wps:cNvPr id="10" name="Textfeld 10"/>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="-196349" y="67945"/>
                           <a:ext cx="4464766" cy="352425"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
@@ -4487,293 +4104,302 @@
                         <a:noFill/>
                         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+        <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="93480,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhALw6vZmGBAAAkgoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5Ily5YQp0idlxXo2mDt9p2WKImIRHIkFTkd9t93R0qO7bTY1mEGovD1ePfwued4+WbfteSJ&#10;acOl2ATRRRgQJgpZclFvgl8/383WATGWipK2UrBN8MxM8Obqxx8uB5WzhWxkWzJNwIgw+aA2QWOt&#10;yudzUzSso+ZCKiZgspK6oxa6up6Xmg5gvWvnizBM54PUpdKyYMbA6I2fDK6c/apihf1YVYZZ0m4C&#10;8M26r3bfHX7nV5c0rzVVDS9GN+h3eNFRLuDQg6kbainpNX9lquOFlkZW9qKQ3VxWFS+YiwGiicKz&#10;aO617JWLpc6HWh1gAmjPcPpus8WHpwdNeLkJsoAI2sEV3eteKc40EyRDfAZV57DsXqtP6kGPA7Xv&#10;Ycj7Snf4H4Ihe4fs8wFZtrekgMFsHafJErhQwFwSL9NwhL5o4H5w2yzK0jgBJ2DBLI2Wh/nbyUSc&#10;rMNwNZlIV4s1ejefHJijnwe3BgV8Mi+Qmf8G2aeGKuZuwiAWI2QRMMpj9hkCrVhbEhhyCLlliBex&#10;+7cS4oscPYx6L4tHQ4TcNlTU7FprOTSMluBf5MJBx+EE3IrQm9ygkd3wsyzhbmhvpTN0Bvoxeukq&#10;S5Zoi+YT/EmSJqs09djFy0WycAsO2NFcaWPvmewINjaBhsRx59Cn98Z6mKclaNjIlpd3vG1dR9e7&#10;bavJE4Uku3O/8WZOlrWCDMCEJZyNu4TE/c7NjlsQgZZ3mwCuGH7ee8TlVpRuiaW89W1wuhVw7xM2&#10;HiW73+1hIQ7uZPkMkGnpkx3ECRqN1F8CMkCibwLze081C0j7TgDsWZQkqAyukyxXC+jo45nd8QwV&#10;BZjaBDYgvrm1Tk18RNdwPRV3eL14MvoKbLy6VLzI4W/MZGi9ouXfKx7ssj3671Wz+0c2OqofezUD&#10;0VHU8h1vuX12Agp3gU6JpwdeIOWwc8TwaGL4vaYVfySRY+m0yG8B9vDijNdGAYMmTp8un2P35Lxd&#10;y9VEJmyPkQGwZzL3FXC8hN7Iou+YsL4maNZCkFKYhisDt5mzbsdKYPW7EuIpoB5ZyCWlufAkhzQB&#10;luMVYsI42f5jsb4Ow2zxdrZdhttZEq5uZ9dZspqtwttVEibraBtt/0QiR0neGwbh0/ZG8dF1GH3l&#10;/Fc1eqxmXv1dFfFp5FIAqA4OOY2bXIQhRAh9NVYzWzTYrCCTfgHAfaIeJhzSL+Ai7qgmuONMP9Zp&#10;kqYZgHOqvggHyvcyTLL029L7L+XDueUdcU3wy2fu/y/YiwOdmaYlI78xveOi7EVNEldOMG2B/lsx&#10;VjqvvxNipALsf5rEfCx4syiMFiN2cbyK4/RUfNerMIyzsfZN9zrhP4nqqLstF1hmaP4N3T0STS+n&#10;aQyVkhQoaxWQHpqdAqYbUYNAtTW8yQqrncUTLTbP5qDY8Joq5QBySI2FwYOEoxtt30Hh8ZRMl6My&#10;Awf9fsfME7sYzg01jd/hpsZSgJoNdHZPsrGknCq4l21kMI47tXQlHR4+7pzxkYYvq+O+W//ylLz6&#10;CwAA//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQ&#10;tbMCqqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82Rz&#10;M7hgMOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaU&#10;xndYFQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAFhLuTPgAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok9IEGrKpqgo4VUi0SIibG2+TqPE6it0k/XvcExx3ZjT7&#10;Jl9NphUD9a6xjBDPIhDEpdUNVwhf+7eHZxDOK9aqtUwIF3KwKm5vcpVpO/InDTtfiVDCLlMItfdd&#10;JqUrazLKzWxHHLyj7Y3y4ewrqXs1hnLTynkUpdKohsOHWnW0qak87c4G4X1U4/oxfh22p+Pm8rNP&#10;Pr63MSHe303rFxCeJv8Xhit+QIciMB3smbUTLUKSLEMSYf4UFlz9NFoE5YCwTBcgi1z+X1D8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/&#10;axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTm&#10;ICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM&#10;9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6ja&#10;Hl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZ&#10;QTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzw&#10;DqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjm&#10;Kia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78&#10;qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXP&#10;Vt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvDq9mYYEAACSCgAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADu&#10;BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQBYS7kz4AAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAN8HAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACm&#10;BQAAFAAAAAAAAAAAAAAAAADsCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAA&#10;JQsAAAAA&#10;">
+            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="93480,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAORLBphUEAAC2CQAADgAAAGRycy9lMm9Eb2MueG1stFZdb9s2FH0fsP9A&#10;6N2RZMmyLcQuuqTJCnRb0HZ7pyhKIkKRHElbdn/9LknJsd0G2zrMQBR+Xt577rmHvH1z6DnaU22Y&#10;FJsovUkiRAWRNRPtJvr988NsFSFjsagxl4JuoiM10Zvtjz/cDqqkc9lJXlONwIgw5aA2UWetKuPY&#10;kI722NxIRQVMNlL32EJXt3Gt8QDWex7Pk6SIB6lrpSWhxsDofZiMtt5+01Bif2saQy3imwh8s/6r&#10;/bdy33h7i8tWY9UxMrqBv8OLHjMBh55M3WOL0U6zr0z1jGhpZGNviOxj2TSMUB8DRJMmV9E8arlT&#10;Ppa2HFp1ggmgvcLpu82SX/ePWn1STxqQGFQLWPiei+XQ6N79By/RwUN2PEFGDxYRGFyvsiJfQJIJ&#10;zOXZokhGTEkHwLtts3RdZPk6QrBgVqSL0/y7yUSWr5JkOZkolvOVS0s8ORBfuDUoIIp5wcL8Nyw+&#10;dVhRD7EpAYsnjVgNPAaqCNwDXz9DoA3lNYIhj5Bf5vBC9vCThPhSn3ejPkjybJCQdx0WLX2rtRw6&#10;imvwL/XhOMfhBLfVIW1K44xUwy+yhnPwzkpv6Ar0c/SK5TpfOFu4nODP8yJfFkXALlvM87lfcMIO&#10;l0ob+0hlj1xjE2moCH8O3n8wNsA8LXGGjeSsfmCc+45uqzuu0R5D9Tz435iZi2VcoAGYsICz3S4h&#10;3X7vZs8sVDdn/SaCFMMveO9weSdqv8RixkMbnOYC8j5hE1Cyh+oAC91gJesjQKZlqGJQHWh0Un+J&#10;0AAVvInMnzusaYT4ewGwr9M8dyXvO/liOYeOPp+pzmewIGBqE9kIhead9TIRInoL6WmYx+vFk9FX&#10;YOP2VjFSwt9YotD6ipZ/L2Wwy+6c/0EO+39ko8f6eadmoCYKW1YxzuzRKyPkwjkl9k+MOMq5zhnD&#10;04nhjxo37BmlnqXTorAF2MPIFa+NAgZNnL5cHrvuxXkVZ2oik2uPkQGwV/r1DXCCNt5LsuupsEHs&#10;NeUQpBSmY8pANkvaV7QGVr+vIR4CF42FWlKaCRuYZqymlnQuiQ2Q8iP4Hjh/mvBOv/jpQnCF6XZc&#10;leKqyItiDedcCtlUioskXxevq9i/rETvVnDEN8GvUAT/v/bNT8ygGtcU/UF1xUS9Ey3KvTK7CgAm&#10;3Ynx0ghSNiGGGkj0z5MujnfHLE3S+Yhdli2zrLjUsdUySbL1eI14lXhdwjgTTrFx+YqEnelPUKYi&#10;g0sHEacQDfAHmr0C0hjRQq3zFt4txGpv8ULWzNGcxA9eHLUcQFmwsTB4UkPnBt/1oOFBJIvFKHLg&#10;ftjvL7ILu05u77Hpwg4/Naqqkz/Qdv9sGdX5UgyDAjoGu3EvPP52hMeBP2d8yLjXx3nfr395bm3/&#10;AgAA//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m&#10;7JS/axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSN&#10;RCTmICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhO&#10;EXyM9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sif&#10;b6jaHl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbt&#10;NiUZQTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1Vfh&#10;XUzwDqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jg&#10;rKjmKia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD&#10;8v78qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve&#10;6xXPVt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYS7kz4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJPSBBqyqaoKOFVItEiImxtvk6jxOordJP173BMcd2Y0+yZfTaYVA/WusYwQzyIQ&#10;xKXVDVcIX/u3h2cQzivWqrVMCBdysCpub3KVaTvyJw07X4lQwi5TCLX3XSalK2syys1sRxy8o+2N&#10;8uHsK6l7NYZy08p5FKXSqIbDh1p1tKmpPO3OBuF9VOP6MX4dtqfj5vKzTz6+tzEh3t9N6xcQnib/&#10;F4YrfkCHIjAd7Jm1Ey1CkixDEmH+FBZc/TRaBOWAsEwXIItc/l9Q/AIAAP//AwBQSwMEFAAGAAgA&#10;AAAhAE+hrsW6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8Q&#10;Zm/TuhCRpt2I0K3UDxiSaRtsHiTx0b834EZBcDn3cs9h6vZpZnanELWzAqqiBEZWOqXtKODSnzZ7&#10;YDGhVTg7SwIWitA261V9phlTHsVJ+8gyxUYBU0r+wHmUExmMhfNkczO4YDDlM4zco7ziSHxbljse&#10;PhnQfDFZpwSETlXA+sVn83+2GwYt6ejkzZBNPxRcm+zOQAwjJQGGlMZ3WBUPMwBvav71WPMCAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAPHsIfQLAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA8AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAORLBphUEAAC2CQAADgAAAAAAAAAAAAAAAAA7AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAAAAAAAAAAAAAAB8&#10;BgAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwECLQAUAAYACAAAACEAWEu5M+AAAAAJAQAADwAAAAAA&#10;AAAAAAAAAAC1CAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAE+hrsW6AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAwgkAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA&#10;swoAAAAA&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAjWH7fcIA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPzW7CQAyE70h9h5Ur9YJg04rfwIJaJBBXfh7AZE0S&#10;kfVG2S0Jb48PSNxszXjm83LduUrdqQmlZwPfwwQUceZtybmB82k7mIEKEdli5ZkMPCjAevXRW2Jq&#10;fcsHuh9jriSEQ4oGihjrVOuQFeQwDH1NLNrVNw6jrE2ubYOthLtK/yTJRDssWRoKrGlTUHY7/jsD&#10;133bH8/byy6ep4fR5A/L6cU/jPn67H4XoCJ18W1+Xe+t4Au9/CID6NUTAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" stroked="f">
+              <v:shape id="Textfeld 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvSH2HlSv1gmDTit/AglokEFd+HsBkTRKR9UbZLQlvjw9I3GzNeObzct25St2pCaVnA9/DBBRx&#10;5m3JuYHzaTuYgQoR2WLlmQw8KMB69dFbYmp9ywe6H2OuJIRDigaKGOtU65AV5DAMfU0s2tU3DqOs&#10;Ta5tg62Eu0r/JMlEOyxZGgqsaVNQdjv+OwPXfdsfz9vLLp6nh9HkD8vpxT+M+frsfhegInXxbX5d&#10;763gC738IgPo1RMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="24114790" w14:textId="77777777" w:rsidR="005C18AF" w:rsidRPr="00E20335" w:rsidRDefault="005C18AF" w:rsidP="005C18AF">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:86466;top:-61;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AALLqx7AAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxET02LwjAQvS/4H8II3tZEDyLVKLuiIIiK&#10;1cvehma2KTaT0kSt/94sLHibx/uc+bJztbhTGyrPGkZDBYK48KbiUsPlvPmcgggR2WDtmTQ8KcBy&#10;0fuYY2b8g090z2MpUgiHDDXYGJtMylBYchiGviFO3K9vHcYE21KaFh8p3NVyrNREOqw4NVhsaGWp&#10;uOY3p6HK94fpc70p7PdJHfN1VLj7uWo96HdfMxCRuvgW/7u3Js0fwd8v6QC5eAEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEABKs5XgABAADmAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQAIwxik1AAAAJMBAAALAAAAAAAAAAAAAAAAADEBAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAASAAAAAAAAAAAAAAAAAC4CAABkcnMvcGlj&#10;dHVyZXhtbC54bWxQSwECLQAUAAYACAAAACEAAsurHsAAAADbAAAADwAAAAAAAAAAAAAAAACfAgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9wAAAIwDAAAAAA==&#10;">
+              <v:shape id="Grafik 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:86466;top:-61;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkvsTPwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTQq2Et0EKUQ8FbsqXofsmASzsyG7atpf7xYKvc3jfc6qGG0nbjT41rGCdJaAIK6c&#10;ablWcNiX0wUIH5ANdo5JwTd5KPKnyQoz4+78RTcdahFD2GeooAmhz6T0VUMW/cz1xJE7u8FiiHCo&#10;pRnwHsNtJ1+T5E1abDk2NNjTR0PVRV+tgna32aTlWL7/nBZX86nn2h6lVurleVwvQQQaw7/4z701&#10;cX4Kv7/EA2T+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKS+xM/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
-              <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1029" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3373" to="85991,3373" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAEZVhP8EAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBCF74L/IYzgTVM9iFSjqKjs&#10;SdCteh2asS02k5Jka/33ZmFhbzO89715s1x3phYtOV9ZVjAZJyCIc6srLhRk34fRHIQPyBpry6Tg&#10;TR7Wq35viam2Lz5TewmFiCHsU1RQhtCkUvq8JIN+bBviqD2sMxji6gqpHb5iuKnlNElm0mDF8UKJ&#10;De1Kyp+XHxNrnLbHbNeywffZ3bN5Prntj1elhoNuswARqAv/5j/6S0duCr+/xAHk6gMAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQARlWE/wQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
+              <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1029" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3373" to="85991,3373" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARlWE/wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvgv8hjOBNUz2IVKOoqOxJ0K16HZqxLTaTkmRr/fdmYWFvM7z3vXmzXHemFi05X1lWMBknIIhz&#10;qysuFGTfh9EchA/IGmvLpOBNHtarfm+JqbYvPlN7CYWIIexTVFCG0KRS+rwkg35sG+KoPawzGOLq&#10;CqkdvmK4qeU0SWbSYMXxQokN7UrKn5cfE2uctsds17LB99nds3k+ue2PV6WGg26zABGoC//mP/pL&#10;R24Kv7/EAeTqAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABGVYT/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="71C7DCA6" w14:textId="77777777" w:rsidR="00183125" w:rsidRDefault="00183125">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BEC65F8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3ED868C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA742720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3DBA5B10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="126C2004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="79123D38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="03E4A7F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3E6AF47C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7D72011E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="17FC6F66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DC72C29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A9C3914"/>
     <w:lvl w:ilvl="0" w:tplc="83BC2B0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4842,51 +4468,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27842157"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="648A89D2"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -4985,51 +4611,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="435606E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CC6DED2"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5098,51 +4724,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449E1DE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5238,51 +4864,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D4F0F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="724A0FB6"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5351,51 +4977,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D9E5B07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED8E05E"/>
     <w:lvl w:ilvl="0" w:tplc="F41C7CC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlung"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5466,51 +5092,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52AF3BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73748F7E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5579,51 +5205,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65ED1259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E60957E"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -5722,51 +5348,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68EB5AC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="095414B6"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -5865,51 +5491,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70D13F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C84E23A"/>
     <w:lvl w:ilvl="0" w:tplc="B8ECE910">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Spiegelstrich-Arial"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6007,51 +5633,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="744D7FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6147,51 +5773,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79DB1591"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EE0058C"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6260,51 +5886,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EE67A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C278ED08"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6400,231 +6026,238 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1888490818">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1686319715">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1530333777">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="469639322">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2075930718">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="297535887">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="7489592">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1078403279">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1790322292">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1413696984">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1578128536">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="215900067">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1052078602">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="712657995">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="535893124">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1238246421">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="540676960">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="951478192">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="440803622">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="915014909">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1330327796">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="294877849">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="754546024">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="608006651">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="803351929">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1285773078">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1982802155">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1810589706">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1124078345">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="478232072">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="431508496">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="387152039">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7489E"/>
     <w:rsid w:val="00005AF0"/>
     <w:rsid w:val="0001475E"/>
     <w:rsid w:val="000229F7"/>
     <w:rsid w:val="00024AFD"/>
     <w:rsid w:val="0002710B"/>
     <w:rsid w:val="00045879"/>
     <w:rsid w:val="0005471A"/>
     <w:rsid w:val="000617A2"/>
+    <w:rsid w:val="000664F3"/>
     <w:rsid w:val="000875B9"/>
     <w:rsid w:val="00095920"/>
     <w:rsid w:val="000970ED"/>
     <w:rsid w:val="000979B1"/>
     <w:rsid w:val="000A3C77"/>
     <w:rsid w:val="000A762D"/>
     <w:rsid w:val="000B1F6B"/>
     <w:rsid w:val="000B4E94"/>
     <w:rsid w:val="000C064E"/>
     <w:rsid w:val="000E0F29"/>
     <w:rsid w:val="001015F4"/>
     <w:rsid w:val="00107419"/>
     <w:rsid w:val="001144FC"/>
     <w:rsid w:val="00133AD3"/>
     <w:rsid w:val="00136395"/>
     <w:rsid w:val="001647C6"/>
     <w:rsid w:val="00177FF7"/>
+    <w:rsid w:val="00183125"/>
     <w:rsid w:val="0018527C"/>
     <w:rsid w:val="00194AB1"/>
     <w:rsid w:val="001A151C"/>
     <w:rsid w:val="001B559C"/>
     <w:rsid w:val="001C401E"/>
     <w:rsid w:val="001F3192"/>
     <w:rsid w:val="001F7C4E"/>
     <w:rsid w:val="00212DA8"/>
     <w:rsid w:val="00216C66"/>
     <w:rsid w:val="00240BC3"/>
     <w:rsid w:val="00245052"/>
     <w:rsid w:val="002652E8"/>
     <w:rsid w:val="00265E91"/>
     <w:rsid w:val="002977A5"/>
     <w:rsid w:val="002A0D97"/>
     <w:rsid w:val="002C52DE"/>
     <w:rsid w:val="002C734D"/>
     <w:rsid w:val="002D105B"/>
     <w:rsid w:val="002D7EC7"/>
     <w:rsid w:val="00322748"/>
     <w:rsid w:val="00330BC7"/>
     <w:rsid w:val="00336B8E"/>
+    <w:rsid w:val="00351238"/>
     <w:rsid w:val="00371CDD"/>
     <w:rsid w:val="0037775C"/>
     <w:rsid w:val="00397E37"/>
     <w:rsid w:val="003A44A2"/>
     <w:rsid w:val="003B4599"/>
     <w:rsid w:val="003D339D"/>
     <w:rsid w:val="003D6E5F"/>
     <w:rsid w:val="003F67AB"/>
     <w:rsid w:val="004771BA"/>
     <w:rsid w:val="0048130C"/>
     <w:rsid w:val="00482DF4"/>
     <w:rsid w:val="00483B80"/>
     <w:rsid w:val="004901A5"/>
     <w:rsid w:val="00497378"/>
     <w:rsid w:val="004B2C59"/>
     <w:rsid w:val="004B6DBE"/>
     <w:rsid w:val="004C0301"/>
     <w:rsid w:val="004C7A06"/>
     <w:rsid w:val="004D3218"/>
     <w:rsid w:val="004E5047"/>
     <w:rsid w:val="004F5649"/>
     <w:rsid w:val="005044C2"/>
     <w:rsid w:val="00504B65"/>
     <w:rsid w:val="005110FE"/>
     <w:rsid w:val="00513DE2"/>
@@ -6639,147 +6272,152 @@
     <w:rsid w:val="00585F88"/>
     <w:rsid w:val="005A5F0A"/>
     <w:rsid w:val="005A6802"/>
     <w:rsid w:val="005C18AF"/>
     <w:rsid w:val="005D0645"/>
     <w:rsid w:val="005D34A4"/>
     <w:rsid w:val="005E1025"/>
     <w:rsid w:val="005E3474"/>
     <w:rsid w:val="005F1E8F"/>
     <w:rsid w:val="006002FE"/>
     <w:rsid w:val="006044D2"/>
     <w:rsid w:val="00611FDE"/>
     <w:rsid w:val="0062225B"/>
     <w:rsid w:val="0064536F"/>
     <w:rsid w:val="0064550B"/>
     <w:rsid w:val="00686496"/>
     <w:rsid w:val="00686C0C"/>
     <w:rsid w:val="006915F4"/>
     <w:rsid w:val="00692B6F"/>
     <w:rsid w:val="00694B56"/>
     <w:rsid w:val="006D185A"/>
     <w:rsid w:val="006D2D36"/>
     <w:rsid w:val="007306C9"/>
     <w:rsid w:val="00731083"/>
     <w:rsid w:val="00732782"/>
+    <w:rsid w:val="00737D40"/>
     <w:rsid w:val="00743173"/>
     <w:rsid w:val="00753E7A"/>
     <w:rsid w:val="00762967"/>
     <w:rsid w:val="00776A42"/>
     <w:rsid w:val="007813C2"/>
     <w:rsid w:val="007816FD"/>
     <w:rsid w:val="007B5799"/>
     <w:rsid w:val="00810654"/>
     <w:rsid w:val="00813D77"/>
     <w:rsid w:val="00814644"/>
     <w:rsid w:val="008346F8"/>
     <w:rsid w:val="00835D8A"/>
     <w:rsid w:val="00843736"/>
     <w:rsid w:val="00850772"/>
     <w:rsid w:val="00851752"/>
     <w:rsid w:val="008665C4"/>
     <w:rsid w:val="00873D2F"/>
     <w:rsid w:val="00887184"/>
     <w:rsid w:val="008B3205"/>
     <w:rsid w:val="008C1250"/>
     <w:rsid w:val="008E77D0"/>
     <w:rsid w:val="00905A0B"/>
     <w:rsid w:val="009207AD"/>
     <w:rsid w:val="0094024D"/>
     <w:rsid w:val="00954A48"/>
     <w:rsid w:val="00957AC5"/>
     <w:rsid w:val="00964C07"/>
     <w:rsid w:val="00970E93"/>
     <w:rsid w:val="00990CF0"/>
     <w:rsid w:val="00997FA3"/>
+    <w:rsid w:val="009A070B"/>
     <w:rsid w:val="009A6E02"/>
     <w:rsid w:val="009A7F9D"/>
     <w:rsid w:val="009B0DFE"/>
     <w:rsid w:val="009B76B9"/>
     <w:rsid w:val="009C413A"/>
     <w:rsid w:val="009C50AC"/>
     <w:rsid w:val="009D0CD0"/>
     <w:rsid w:val="009D1908"/>
     <w:rsid w:val="009D6944"/>
     <w:rsid w:val="009E0B91"/>
     <w:rsid w:val="00A01BE7"/>
     <w:rsid w:val="00A13455"/>
     <w:rsid w:val="00A20F13"/>
     <w:rsid w:val="00A22E11"/>
     <w:rsid w:val="00A4193B"/>
     <w:rsid w:val="00A555CD"/>
     <w:rsid w:val="00A57B84"/>
     <w:rsid w:val="00A62C6B"/>
     <w:rsid w:val="00A63B13"/>
     <w:rsid w:val="00A7246E"/>
     <w:rsid w:val="00A7489E"/>
     <w:rsid w:val="00A86480"/>
     <w:rsid w:val="00AA5AEE"/>
     <w:rsid w:val="00AB303D"/>
     <w:rsid w:val="00AB645D"/>
     <w:rsid w:val="00AD019D"/>
     <w:rsid w:val="00AD5960"/>
     <w:rsid w:val="00AE29F6"/>
     <w:rsid w:val="00B02B5B"/>
     <w:rsid w:val="00B10ECB"/>
     <w:rsid w:val="00B11580"/>
     <w:rsid w:val="00B15092"/>
     <w:rsid w:val="00B17D89"/>
     <w:rsid w:val="00B22D75"/>
     <w:rsid w:val="00B3109E"/>
     <w:rsid w:val="00B44FDB"/>
     <w:rsid w:val="00B555BE"/>
+    <w:rsid w:val="00B8526C"/>
     <w:rsid w:val="00B87B26"/>
     <w:rsid w:val="00B94272"/>
     <w:rsid w:val="00BC136C"/>
     <w:rsid w:val="00BC44C6"/>
     <w:rsid w:val="00BD73EC"/>
     <w:rsid w:val="00C07956"/>
     <w:rsid w:val="00C35EA3"/>
     <w:rsid w:val="00C35F40"/>
+    <w:rsid w:val="00C403C9"/>
     <w:rsid w:val="00C4058B"/>
     <w:rsid w:val="00C52392"/>
     <w:rsid w:val="00C729A9"/>
     <w:rsid w:val="00C7503B"/>
     <w:rsid w:val="00C8501D"/>
     <w:rsid w:val="00C90140"/>
     <w:rsid w:val="00C95CEA"/>
     <w:rsid w:val="00CA093D"/>
     <w:rsid w:val="00CA2879"/>
     <w:rsid w:val="00CB0C15"/>
     <w:rsid w:val="00CB16F9"/>
     <w:rsid w:val="00CB4B7B"/>
     <w:rsid w:val="00CC75C5"/>
     <w:rsid w:val="00CD6DCA"/>
     <w:rsid w:val="00CD6F22"/>
     <w:rsid w:val="00CE2F7B"/>
     <w:rsid w:val="00CF03E4"/>
     <w:rsid w:val="00CF2F4A"/>
     <w:rsid w:val="00D05761"/>
     <w:rsid w:val="00D13E05"/>
     <w:rsid w:val="00D13ECD"/>
     <w:rsid w:val="00D20A3F"/>
+    <w:rsid w:val="00D21993"/>
     <w:rsid w:val="00D25A3D"/>
     <w:rsid w:val="00D31DB7"/>
     <w:rsid w:val="00D34A8E"/>
     <w:rsid w:val="00D36156"/>
     <w:rsid w:val="00D45968"/>
     <w:rsid w:val="00D46AAE"/>
     <w:rsid w:val="00D77C61"/>
     <w:rsid w:val="00D911B0"/>
     <w:rsid w:val="00D973D0"/>
     <w:rsid w:val="00DA0B18"/>
     <w:rsid w:val="00E100D6"/>
     <w:rsid w:val="00E333E7"/>
     <w:rsid w:val="00E36DD1"/>
     <w:rsid w:val="00E74574"/>
     <w:rsid w:val="00E74795"/>
     <w:rsid w:val="00E81D08"/>
     <w:rsid w:val="00E82F74"/>
     <w:rsid w:val="00EA0270"/>
     <w:rsid w:val="00EA4158"/>
     <w:rsid w:val="00EA63D3"/>
     <w:rsid w:val="00EC67B5"/>
     <w:rsid w:val="00EE00E8"/>
     <w:rsid w:val="00EF2F4F"/>
     <w:rsid w:val="00EF401E"/>
     <w:rsid w:val="00F16D40"/>
@@ -6789,858 +6427,449 @@
     <w:rsid w:val="00FA45C5"/>
     <w:rsid w:val="00FB11F3"/>
     <w:rsid w:val="00FB357E"/>
     <w:rsid w:val="00FC38C9"/>
     <w:rsid w:val="00FE0CC5"/>
     <w:rsid w:val="00FF5E65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="241146BF"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...784 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E81D08"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00954A48"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -8093,51 +7322,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NL-Kopfzeilen-TitelZchn">
     <w:name w:val="NL-Kopfzeilen-Titel Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="NL-Kopfzeilen-Titel"/>
     <w:rsid w:val="005C18AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Univers 47 CondensedLight" w:hAnsi="Univers 47 CondensedLight"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NL-Kopfzeilen-Titel">
     <w:name w:val="NL-Kopfzeilen-Titel"/>
     <w:link w:val="NL-Kopfzeilen-TitelZchn"/>
     <w:rsid w:val="005C18AF"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Univers 47 CondensedLight" w:hAnsi="Univers 47 CondensedLight"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="144779924">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1648703967">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8179,54 +7408,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2056587097">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -8473,304 +7702,83 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Projektdokumente" ma:contentTypeID="0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396" ma:contentTypeVersion="4" ma:contentTypeDescription="Inhaltstyp von Projektdokumenten innerhalb des Arbeitsraumes der jeweiligen Webseite." ma:contentTypeScope="" ma:versionID="b6dcf3f8b4c21e9d0aa6ef44676a127a">
-[...131 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CE184D3-946B-46F0-99A3-095E9E2EB5A9}">
-[...46 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B1E96BD-CD62-4BEB-BE99-4FEB8FAD9B5D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F834E6F0-0F19-41AC-B606-AE20888426F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>432</Words>
-  <Characters>3743</Characters>
+  <Words>439</Words>
+  <Characters>3813</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>476</Lines>
+  <Paragraphs>236</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>WKA-LF03-Zielanalyse</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4167</CharactersWithSpaces>
+  <CharactersWithSpaces>4016</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:title>WKA-LF03-Zielanalyse</dc:title>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>