--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -1,104 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
+    <w:p w14:paraId="5122FA07" w14:textId="77777777" w:rsidR="00FB0484" w:rsidRPr="002068F5" w:rsidRDefault="00FB0484" w:rsidP="00FB0484">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219110948"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002068F5">
+        <w:rPr>
+          <w:color w:val="B41428"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Hinweis: teilweise technisch veraltet – unterrichtliche Anpassung notwendig</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C89888" w14:textId="77777777" w:rsidR="00A9537F" w:rsidRDefault="00A9537F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5001" w:type="pct"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="961"/>
         <w:gridCol w:w="5744"/>
         <w:gridCol w:w="7614"/>
         <w:gridCol w:w="1131"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D3218" w:rsidRPr="004D3218" w14:paraId="241146C0" w14:textId="77777777" w:rsidTr="000E3B56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="241146BF" w14:textId="77777777" w:rsidR="004D3218" w:rsidRPr="006002FE" w:rsidRDefault="004D3218" w:rsidP="000970ED">
-[...1 lines deleted...]
-              <w:pStyle w:val="TTitel"/>
+          <w:p w14:paraId="241146BF" w14:textId="77777777" w:rsidR="004D3218" w:rsidRPr="006002FE" w:rsidRDefault="004D3218" w:rsidP="00A9537F">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006002FE">
-              <w:rPr>
+            <w:r w:rsidRPr="00A9537F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="B41428"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Zielanalyse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A7489E" w:rsidRPr="004D3218" w14:paraId="241146C4" w14:textId="77777777" w:rsidTr="000E3B56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="311" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241146C1" w14:textId="77777777" w:rsidR="00A7489E" w:rsidRPr="004D3218" w:rsidRDefault="00A7489E" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf"/>
             </w:pPr>
             <w:r w:rsidRPr="004D3218">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -441,65 +466,51 @@
           <w:tcPr>
             <w:tcW w:w="4323" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C366FE8" w14:textId="5DAB2217" w:rsidR="00C22565" w:rsidRPr="00DA545A" w:rsidRDefault="00C22565" w:rsidP="00FE6957">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf2"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Schülerinnen und Schüler verfügen über die Kompetenz, </w:t>
             </w:r>
             <w:r w:rsidR="00FE6957">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Beschaffungs- und Verkaufsprozesse von Neufah</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">zeugen und Maßnahmen zur Kundennachbetreuung durchzuführen. </w:t>
+              <w:t xml:space="preserve">Beschaffungs- und Verkaufsprozesse von Neufahrzeugen und Maßnahmen zur Kundennachbetreuung durchzuführen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="366" w:type="pct"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F700BA4" w14:textId="77777777" w:rsidR="00C22565" w:rsidRDefault="00C22565" w:rsidP="000970ED">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf2"/>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D3892" w:rsidRPr="004D3218" w14:paraId="241146D3" w14:textId="77777777" w:rsidTr="007278A5">
@@ -797,63 +808,51 @@
               <w:pStyle w:val="TZielnanalyseKopf4"/>
             </w:pPr>
             <w:r>
               <w:t>Kompetenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ED04E2A" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000970ED" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf5"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Hi</w:t>
-[...11 lines deleted...]
-              <w:t>weise</w:t>
+              <w:t>Hinweise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48539E9D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000970ED" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalyseKopf4"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="000970ED">
               <w:t>Zeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007278A5" w:rsidRPr="000970ED" w14:paraId="73801C79" w14:textId="77777777" w:rsidTr="00697995">
         <w:trPr>
           <w:trHeight w:val="702"/>
           <w:tblHeader/>
@@ -1001,241 +1000,99 @@
           <w:trHeight w:val="2975"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14D1525C" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Die Schülerinnen und Sch</w:t>
-[...27 lines deleted...]
-              <w:t>tuation (</w:t>
+              <w:t>Die Schülerinnen und Schüler analysieren die Marktsituation (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Modellpolitik des Herstellers, Produktleben</w:t>
+              <w:t>Modellpolitik des Herstellers, Produktlebenszyklus, Portfolioanalyse)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, um eine Auswahl an Neufahrzeugen (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
+              <w:t>fabrikneue Fahrzeuge, Ausstellungsfahrzeuge, Lagerfahrzeuge, Reimporte</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) bereitstellen zu</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>zyklus, Portfolioanalyse)</w:t>
-[...98 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>kö</w:t>
-[...27 lines deleted...]
-              <w:t>konzepte.</w:t>
+              <w:t>können. Dabei berücksichtigen sie verschiedene Mobilitätskonzepte.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D514566" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="71E039CF" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
@@ -1349,147 +1206,99 @@
           <w:p w14:paraId="66E26A0C" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="170B2FFE" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS02 Arten von Ne</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+              <w:t>LS02 Arten von Neufahrzeugen unterscheiden</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="233CF0C0" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>u</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73ECC88B" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>fahrzeugen untersche</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DD671AF" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>i</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06D423B7" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>den</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="TZielnanalysetext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...52 lines deleted...]
-              <w:t>te unterscheiden</w:t>
+              <w:t>LS03 Mobilitätskonzepte unterscheiden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="136ACE7E" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1704,65 +1513,51 @@
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alternativen finden u</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> b</w:t>
-[...13 lines deleted...]
-              <w:t>werten</w:t>
+              <w:t xml:space="preserve"> bewerten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DB89176" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CB129A4" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6397673F" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1977,295 +1772,136 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45B347C5" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie planen die Fahrzeu</w:t>
-[...13 lines deleted...]
-              <w:t>auswahl (</w:t>
+              <w:t>Sie planen die Fahrzeugauswahl (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modelle, Mengen</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) und legen sie mit den B</w:t>
-[...27 lines deleted...]
-              <w:t>chen Vereinbarungen (</w:t>
+              <w:t>) und legen sie mit den Beschaffungszeitpunkten in einem Beschaffungsplan fest. Dabei berücksichtigen sie die Lieferbereitschaft des Herstellers und die vertraglichen Vereinbarungen (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hän</w:t>
+              <w:t>Händ</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>d</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>lerverträge, Absatzmengenvereinbarungen,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>lerverträge, Absatzmenge</w:t>
-[...52 lines deleted...]
-              <w:t>vereinbarungen</w:t>
+              <w:t>Rückkaufvereinbarungen</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>). In ihre Planungen beziehen sie</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09D5380C" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>auch finanzwirtschaftliche Einflussfaktoren ein (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ma</w:t>
-[...71 lines deleted...]
-              <w:t>bedingungen</w:t>
+              <w:t>Margensysteme und Verkaufsprogramme der Hersteller, Kapitalbedarf für das Neuwagengeschäft, Zahlungsbedingungen</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53D3D1EA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
@@ -2363,67 +1999,52 @@
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C2E99C8" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS04 Beschaffung</w:t>
-[...15 lines deleted...]
-              <w:t>plan erstellen</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>LS04 Beschaffungsplan erstellen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12CE609B" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="125CD0B6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2683,108 +2304,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="726CD076" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...56 lines deleted...]
-              <w:t>ren den ausstellungsfertigen Zustand der Neufahrzeuge.</w:t>
+              <w:t>Sie führen die Fahrzeugbestellung auf typischen Beschaffungswegen durch, wirken bei der Vertragsabwicklung mit und organisieren den ausstellungsfertigen Zustand der Neufahrzeuge.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53862BD0" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D4BA899" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2909,147 +2473,99 @@
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A6C7DAB" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS05 Fahrzeugbeste</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+              <w:t>LS05 Fahrzeugbestellung durchführen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1DD64C" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>l</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76B2FEE4" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>lung durchführen</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3F1DD64C" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BE97680" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76B2FEE4" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="5673E823" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="TZielnanalysetext"/>
+            <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...48 lines deleted...]
-              <w:t>fahrzeuge organisieren</w:t>
+              <w:t>LS06 Ausstellungsfertigen Zustand der Neufahrzeuge organisieren</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="379D662D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -3161,104 +2677,76 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zuverlässig handeln</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A9601F1" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Regeln und Verfahren a</w:t>
-[...13 lines deleted...]
-              <w:t>wenden</w:t>
+              <w:t>Regeln und Verfahren anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67D579C7" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03ADB19F" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Regeln und Verfahren a</w:t>
-[...13 lines deleted...]
-              <w:t>wenden</w:t>
+              <w:t>Regeln und Verfahren anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3983CA93" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>zielgerichtet arbeiten</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FFF2A85" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3409,357 +2897,161 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sie beraten d</w:t>
             </w:r>
             <w:r w:rsidR="00965703">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ie</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kund</w:t>
             </w:r>
             <w:r w:rsidR="002360C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>inn</w:t>
-[...99 lines deleted...]
-              <w:t>sche Merkmale (</w:t>
+              <w:t>innen und Kund</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>en bei der Fahrzeugauswahl sowie bei der Konfiguration, sorgen für eine positive Gesprächsatmosphäre auch unter Berücksichtigung interkultureller Hintergründe. Dabei erklären sie technische Merkmale (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Antriebs- und Fahrwerk</w:t>
+              <w:t>Antriebs- und Fahrwerkssysteme,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...91 lines deleted...]
-              <w:t>schaftliche</w:t>
+              <w:t>Komfort- und Sicherheitssysteme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) im Hinblick auf Kundenwünsche und gesellschaftliche</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FC8FD3D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rahmenbedingungen (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ene</w:t>
+              <w:t>Energieverbrauch, Ökobilanz, Gesetzgebung, Konnektivi</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>r</w:t>
-[...25 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>tät</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="0CA7F2B1" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Motor </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22162893" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="471F52B0" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kraftstoffverbrauch, Drehmomentverlauf, Abgasverhalten</w:t>
             </w:r>
@@ -3953,87 +3245,51 @@
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="2CD22C8B" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS07 Mitarbeiterhan</w:t>
-[...35 lines deleted...]
-              <w:t>triebssysteme erstellen</w:t>
+              <w:t>LS07 Mitarbeiterhandbuch hinsichtlich Antriebssysteme erstellen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="16038A45" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
@@ -4138,65 +3394,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C989560" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44A74E8B" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="228" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="617CF160" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
@@ -4294,250 +3536,202 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Antiblockiersystem</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69BA6D90" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Elektronisches St</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+              <w:t>Elektronisches Stabilitätsprogramm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="300A2CEB" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>bilitätsprogramm</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="300A2CEB" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+              <w:t xml:space="preserve">Elektronischer Bremsassistent </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1169F3AA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elektronischer Bremsassistent </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1169F3AA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+              <w:t xml:space="preserve">Notbrems-, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B56E64" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notbrems-, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="28B56E64" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+              <w:t xml:space="preserve">Spurhalte-, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5358BD8E" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spurhalte-, </w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Spurwechsel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- und</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...37 lines deleted...]
-              <w:t>sistent</w:t>
+              <w:t xml:space="preserve"> Aufmerksamkeitsassistent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="0E6CD884" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>LF05-LS10</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00BAF0F6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="1EBAB8E7" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS08 Sicherheitsorie</w:t>
-[...17 lines deleted...]
-              <w:t>tierte Kundinnen und Kunden beraten</w:t>
+              <w:t>LS08 Sicherheitsorientierte Kundinnen und Kunden beraten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="7C543DD9" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4629,81 +3823,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63898578" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DD23A11" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Probleme erkennen und zur Lösung beitragen</w:t>
+              <w:t xml:space="preserve">Probleme erkennen und zur </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Lösung beitragen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="750A6B93" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sachlich argumentieren</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BCDD898" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4858,69 +4046,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nachtsichtassistent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00EE9976" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Head-</w:t>
-[...17 lines deleted...]
-              <w:t>-Display</w:t>
+              <w:t>Head-Up-Display</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C81FD43" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="01DDD26E" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
@@ -5075,65 +4245,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F0D09B6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="323A83FA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09E5E737" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5244,92 +4400,60 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aktives Fahrwerk</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13D356B2" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Geschwindigkeitsr</w:t>
+              <w:t xml:space="preserve">Geschwindigkeitsregelanlage </w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>e</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:br/>
-              <w:t>Abstandsregelte</w:t>
-[...15 lines deleted...]
-              <w:t>pomat</w:t>
+              <w:t>Abstandsregeltempomat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DB1B19F" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Einparkhilfe </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14F7FB21" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5407,69 +4531,51 @@
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">LS10 </w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Komfortorientie</w:t>
-[...17 lines deleted...]
-              <w:t>te Kundinnen und Kunden beraten</w:t>
+              <w:t>Komfortorientierte Kundinnen und Kunden beraten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFCC"/>
           </w:tcPr>
           <w:p w14:paraId="4341C002" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5562,65 +4668,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachsprache anwenden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B571AEF" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>System- und Prozessz</w:t>
-[...13 lines deleted...]
-              <w:t>sammenhänge erkennen</w:t>
+              <w:t>System- und Prozesszusammenhänge erkennen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17B12309" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Probleme erkennen und zur Lösung beitragen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0444B910" w14:textId="2884B7D9" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="00440E30">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5696,236 +4788,116 @@
           <w:tcPr>
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35F3BF89" w14:textId="13FBCA6A" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Die Schülerinnen und Sch</w:t>
-[...41 lines deleted...]
-              <w:t>prozess vor (</w:t>
+              <w:t>Die Schülerinnen und Schüler bereiten die Vertragsunterlagen für den Verkaufsprozess vor (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Verbindliche Bestellung, Allgemeine G</w:t>
-[...53 lines deleted...]
-              <w:t>gung</w:t>
+              <w:t>Verbindliche Bestellung, Allgemeine Geschäftsbedingungen für Neufahrzeuge, Auftragsbestätigung</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>), stellen die Fahrzeu</w:t>
             </w:r>
             <w:r w:rsidR="001B2FFF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ge</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> für Probefahrten bereit, fü</w:t>
-[...13 lines deleted...]
-              <w:t>ren Fahrzeugzulassungen</w:t>
+              <w:t xml:space="preserve"> für Probefahrten bereit, führen Fahrzeugzulassungen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6307BB04" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>durch und sorgen für die technische, optische und kaufmännische Vorbereitung der Auslieferung verkaufter Neufahrzeuge (</w:t>
+              <w:t xml:space="preserve">durch und sorgen für die technische, optische und kaufmännische Vorbereitung der Auslieferung verkaufter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E3B56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Neufahrzeuge (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vertrags- und Fahrzeugunterlagen, Gel</w:t>
-[...17 lines deleted...]
-              <w:t>wäschegesetz</w:t>
+              <w:t>Vertrags- und Fahrzeugunterlagen, Geldwäschegesetz</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>[…]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A9E76E6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5933,163 +4905,92 @@
           </w:p>
           <w:p w14:paraId="6C44255A" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Darüber hinaus betreuen sie Kunden zeitlich und inhaltlich nach und dokumentieren den Vorgang (</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kundenzufriede</w:t>
-[...56 lines deleted...]
-              <w:t>, Datenschutz</w:t>
+              <w:t>Kundenzufriedenheitsbefragungen, Aftersales, Datenschutz</w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D59D8B2" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4ADAE6D3" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">[…] </w:t>
             </w:r>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sie buchen das Ne</w:t>
-[...13 lines deleted...]
-              <w:t>fahrzeuggeschäft.</w:t>
+              <w:t>Sie buchen das Neufahrzeuggeschäft.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AD61567" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11FFE7B6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6303,65 +5204,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44D1B11B" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B8431E6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Einkauf, Verkauf, Lagerentnahme, Ablieferungsdurc</w:t>
-[...13 lines deleted...]
-              <w:t>sicht</w:t>
+              <w:t>Einkauf, Verkauf, Lagerentnahme, Ablieferungsdurchsicht</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="640" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="597B1D45" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -6369,361 +5256,263 @@
           <w:tcPr>
             <w:tcW w:w="776" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="631EBC4D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS11 Probefahrt org</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+              <w:t>LS11 Probefahrt organisieren</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D2AC6D1" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D1A0888" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>nisieren</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D2AC6D1" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AC6239F" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5D1A0888" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="2E5158EA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="TZielnanalysetext"/>
+            <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="2E5158EA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+              <w:t>LS12 Vertragsunterlagen vorbereiten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01CCCDCC" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E3B56">
+          </w:p>
+          <w:p w14:paraId="28FFB4D9" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS12 Vertragsunterl</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+              <w:t>LS13 Fahrzeuge zulassen und übergeben</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C9A2FA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>gen vorbereiten</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="01CCCDCC" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="767E3FDC" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28FFB4D9" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="6464E29D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E3B56">
+          </w:p>
+          <w:p w14:paraId="0D569F71" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>LS13 Fahrzeuge zula</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F2F75EF" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E3B56">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ACC4164" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            <w:pPr>
+              <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>sen und übergeben</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="74C9A2FA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38F584ED" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="767E3FDC" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="3DF94BA5" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="TZielnanalysetext"/>
+            <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="0D569F71" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+              <w:t>LS14 After-Sales-Maßnahmen durchführen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FD7C0BA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F2F75EF" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="3309537F" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6ACC4164" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="07D50442" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38F584ED" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
+          <w:p w14:paraId="121118A5" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="TZielnanalysetext"/>
+            <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...104 lines deleted...]
-              <w:t>schäft buchen</w:t>
+              <w:t>LS15 Neufahrzeuggeschäft buchen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34EB1C0D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -7008,65 +5797,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58F6D2AA" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Regeln und Verfahren </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a</w:t>
-[...13 lines deleted...]
-              <w:t>weden</w:t>
+              <w:t>anweden</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="0FFCA565" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>systematisch vorgehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A61BACD" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7269,51 +6044,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schlussfolgerungen ziehen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="034C97AC" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Qualität sichern</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C63624D" w14:textId="77777777" w:rsidR="007278A5" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BBEDC05" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7874,135 +6648,51 @@
             <w:tcW w:w="884" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01BE575B" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E3B56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Sie reflektieren die Entsche</w:t>
-[...83 lines deleted...]
-              <w:t>tiven für ihr Vorgehen zur Erhöhung der betrieblichen Zielerreichungsgrade im Neuwagengeschäft.</w:t>
+              <w:t>Sie reflektieren die Entscheidungen zur Fahrzeugdisposition und den Beratungsvorgang beim Verkauf von Neufahrzeugen. Dabei entwickeln sie Handlungsalternativen für ihr Vorgehen zur Erhöhung der betrieblichen Zielerreichungsgrade im Neuwagengeschäft.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4116" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E29E0E6" w14:textId="77777777" w:rsidR="007278A5" w:rsidRPr="000E3B56" w:rsidRDefault="007278A5" w:rsidP="007278A5">
             <w:pPr>
               <w:pStyle w:val="TZielnanalysetext"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -8048,174 +6738,189 @@
               <w:t>Integrativ umsetzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="241146DA" w14:textId="77777777" w:rsidR="00E81D08" w:rsidRPr="00E81D08" w:rsidRDefault="00E81D08" w:rsidP="00E81D08">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2411477E" w14:textId="77777777" w:rsidR="004901A5" w:rsidRPr="000E3B56" w:rsidRDefault="004901A5" w:rsidP="005A6802">
       <w:pPr>
         <w:pStyle w:val="TZielnanalysetext"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004901A5" w:rsidRPr="000E3B56" w:rsidSect="0002710B">
+      <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="397" w:left="680" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="47A73B37" w14:textId="77777777" w:rsidR="00672DD3" w:rsidRDefault="00672DD3" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4ED75216" w14:textId="77777777" w:rsidR="00672DD3" w:rsidRDefault="00672DD3" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="6055A4BE" w14:textId="77777777" w:rsidR="00672DD3" w:rsidRDefault="00672DD3"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="One Stroke Script LET">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02020500000000000000"/>
+    <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers 47 CondensedLight">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="26BC22D3" w14:textId="77777777" w:rsidR="00A9537F" w:rsidRDefault="00A9537F">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="15201" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8505"/>
       <w:gridCol w:w="6696"/>
     </w:tblGrid>
     <w:tr w:rsidR="00B90DF2" w14:paraId="2411478A" w14:textId="77777777" w:rsidTr="0002710B">
       <w:tc>
         <w:tcPr>
@@ -8385,80 +7090,100 @@
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>4</w:t>
           </w:r>
           <w:r w:rsidRPr="00CF03E4">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2411478B" w14:textId="77777777" w:rsidR="00B90DF2" w:rsidRDefault="00B90DF2">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="56DC176F" w14:textId="77777777" w:rsidR="00A9537F" w:rsidRDefault="00A9537F">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44138FDB" w14:textId="77777777" w:rsidR="00672DD3" w:rsidRDefault="00672DD3" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="58B86D11" w14:textId="77777777" w:rsidR="00672DD3" w:rsidRDefault="00672DD3" w:rsidP="00EF2F4F">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="60DBA269" w14:textId="77777777" w:rsidR="00672DD3" w:rsidRDefault="00672DD3"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="24774BFC" w14:textId="77777777" w:rsidR="00A9537F" w:rsidRDefault="00A9537F">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="24114786" w14:textId="77777777" w:rsidR="00B90DF2" w:rsidRPr="00DA0B18" w:rsidRDefault="00B90DF2" w:rsidP="00DA0B18">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00AF4F14">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2411478E" wp14:editId="2411478F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>354965</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>176518</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="9836458" cy="435600"/>
               <wp:effectExtent l="0" t="0" r="0" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Gruppieren 9"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8555,293 +7280,302 @@
                         <a:noFill/>
                         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:sysClr val="window" lastClr="FFFFFF">
                               <a:lumMod val="65000"/>
                             </a:sysClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+        <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="93480,4367" o:gfxdata="UEsDBBQABgAIAAAAIQC/V5zlDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRTU7DMBBG&#10;90jcwfIWJQ5dIITidEHKEhAqB7DsSWIR/8hj0vT22GkrQUWRWNoz75s3dr2ezUgmCKid5fS2rCgB&#10;K53Stuf0fftU3FOCUVglRmeB0z0gXTfXV/V27wFJoi1yOsToHxhDOYARWDoPNlU6F4yI6Rh65oX8&#10;ED2wVVXdMelsBBuLmDNoU7fQic8xks2crg8mO9NR8njoy6M41Sbzc5Er7FcmwIhnkPB+1FLEtB2b&#10;rDozK45WZSKXHhy0x5ukfmFCrvy0+j7gyL2k5wxaAXkVIT4Lk9yZCshg5Vony78zsqTBwnWdllC2&#10;ATcLdXK6lK3czgaY/hveJuwNplM6Wz61+QIAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhALw6vZmGBAAAkgoAAA4AAABkcnMvZTJvRG9jLnhtbLRWbW/bNhD+PmD/&#10;gdB3x5Ily5YQp0idlxXo2mDt9p2WKImIRHIkFTkd9t93R0qO7bTY1mEGovD1ePfwued4+WbfteSJ&#10;acOl2ATRRRgQJgpZclFvgl8/383WATGWipK2UrBN8MxM8Obqxx8uB5WzhWxkWzJNwIgw+aA2QWOt&#10;yudzUzSso+ZCKiZgspK6oxa6up6Xmg5gvWvnizBM54PUpdKyYMbA6I2fDK6c/apihf1YVYZZ0m4C&#10;8M26r3bfHX7nV5c0rzVVDS9GN+h3eNFRLuDQg6kbainpNX9lquOFlkZW9qKQ3VxWFS+YiwGiicKz&#10;aO617JWLpc6HWh1gAmjPcPpus8WHpwdNeLkJsoAI2sEV3eteKc40EyRDfAZV57DsXqtP6kGPA7Xv&#10;Ycj7Snf4H4Ihe4fs8wFZtrekgMFsHafJErhQwFwSL9NwhL5o4H5w2yzK0jgBJ2DBLI2Wh/nbyUSc&#10;rMNwNZlIV4s1ejefHJijnwe3BgV8Mi+Qmf8G2aeGKuZuwiAWI2QRMMpj9hkCrVhbEhhyCLlliBex&#10;+7cS4oscPYx6L4tHQ4TcNlTU7FprOTSMluBf5MJBx+EE3IrQm9ygkd3wsyzhbmhvpTN0Bvoxeukq&#10;S5Zoi+YT/EmSJqs09djFy0WycAsO2NFcaWPvmewINjaBhsRx59Cn98Z6mKclaNjIlpd3vG1dR9e7&#10;bavJE4Uku3O/8WZOlrWCDMCEJZyNu4TE/c7NjlsQgZZ3mwCuGH7ee8TlVpRuiaW89W1wuhVw7xM2&#10;HiW73+1hIQ7uZPkMkGnpkx3ECRqN1F8CMkCibwLze081C0j7TgDsWZQkqAyukyxXC+jo45nd8QwV&#10;BZjaBDYgvrm1Tk18RNdwPRV3eL14MvoKbLy6VLzI4W/MZGi9ouXfKx7ssj3671Wz+0c2OqofezUD&#10;0VHU8h1vuX12Agp3gU6JpwdeIOWwc8TwaGL4vaYVfySRY+m0yG8B9vDijNdGAYMmTp8un2P35Lxd&#10;y9VEJmyPkQGwZzL3FXC8hN7Iou+YsL4maNZCkFKYhisDt5mzbsdKYPW7EuIpoB5ZyCWlufAkhzQB&#10;luMVYsI42f5jsb4Ow2zxdrZdhttZEq5uZ9dZspqtwttVEibraBtt/0QiR0neGwbh0/ZG8dF1GH3l&#10;/Fc1eqxmXv1dFfFp5FIAqA4OOY2bXIQhRAh9NVYzWzTYrCCTfgHAfaIeJhzSL+Ai7qgmuONMP9Zp&#10;kqYZgHOqvggHyvcyTLL029L7L+XDueUdcU3wy2fu/y/YiwOdmaYlI78xveOi7EVNEldOMG2B/lsx&#10;VjqvvxNipALsf5rEfCx4syiMFiN2cbyK4/RUfNerMIyzsfZN9zrhP4nqqLstF1hmaP4N3T0STS+n&#10;aQyVkhQoaxWQHpqdAqYbUYNAtTW8yQqrncUTLTbP5qDY8Joq5QBySI2FwYOEoxtt30Hh8ZRMl6My&#10;Awf9fsfME7sYzg01jd/hpsZSgJoNdHZPsrGknCq4l21kMI47tXQlHR4+7pzxkYYvq+O+W//ylLz6&#10;CwAA//8DAFBLAwQUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHOEj8sKwjAQRfeC/xBmb9O6EJGm3YjQrdQPGJJpG2weJPHRvzfgRkFwOfdyz2Hq9mlmdqcQ&#10;tbMCqqIERlY6pe0o4NKfNntgMaFVODtLAhaK0DbrVX2mGVMexUn7yDLFRgFTSv7AeZQTGYyF82Rz&#10;M7hgMOUzjNyjvOJIfFuWOx4+GdB8MVmnBIROVcD6xWfzf7YbBi3p6OTNkE0/FFyb7M5ADCMlAYaU&#10;xndYFQ8zAG9q/vVY8wIAAP//AwBQSwMEFAAGAAgAAAAhAFhLuTPgAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok9IEGrKpqgo4VUi0SIibG2+TqPE6it0k/XvcExx3ZjT7&#10;Jl9NphUD9a6xjBDPIhDEpdUNVwhf+7eHZxDOK9aqtUwIF3KwKm5vcpVpO/InDTtfiVDCLlMItfdd&#10;JqUrazLKzWxHHLyj7Y3y4ewrqXs1hnLTynkUpdKohsOHWnW0qak87c4G4X1U4/oxfh22p+Pm8rNP&#10;Pr63MSHe303rFxCeJv8Xhit+QIciMB3smbUTLUKSLEMSYf4UFlz9NFoE5YCwTBcgi1z+X1D8AgAA&#10;//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m7JS/&#10;axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSNRCTm&#10;ICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhOEXyM&#10;9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sifb6ja&#10;Hl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbtNiUZ&#10;QTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1VfhXUzw&#10;DqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jgrKjm&#10;Kia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD8v78&#10;qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve6xXP&#10;Vt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8BAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAL9XnOUMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvDq9mYYEAACSCgAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAT6GuxboAAAAhAQAAGQAAAAAAAAAAAAAAAADu&#10;BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQBYS7kz4AAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAN8HAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACm&#10;BQAAFAAAAAAAAAAAAAAAAADsCAAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwUGAAAAAAYABgB8AQAA&#10;JQsAAAAA&#10;">
+            <v:group w14:anchorId="2411478E" id="Gruppieren 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:27.95pt;margin-top:13.9pt;width:774.5pt;height:34.3pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-1963,-61" coordsize="93480,4367" o:gfxdata="UEsDBBQABgAIAAAAIQDx7CH0CwEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRy07DMBBF&#10;90j8g+UtShy6QAgl6YKUJSBUPsCyx4nV+CGPSdO/x07bTdUisZzHPfeOXa9nM5IJAmpnG/pYVpSA&#10;FU5q2zf0e/tWPFOCkVvJR2ehoQdAum7v7+rtwQOSpLbY0CFG/8IYigEMx9J5sGmiXDA8pjL0zHOx&#10;4z2wVVU9MeFsBBuLmBm0rTtQ/GeMZDOn9jFJgBEpeT0uZq+Gcu9HLXhMSdlk5YVLcXIok3LZwUF7&#10;fEgxKLvqsDfqwkCbnHAu8uS6JtNuhzp5faTnDFoC+eQhvnOTojMZkMHKdU6UfzPyYQYLp5QWUHYB&#10;N4vqfMcttnR7G2D6L7xLsi+YznS2fGr7CwAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAF9yZWxzLy5yZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ6&#10;21G/0PeJf3/4TItakSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQs&#10;BuZay6vW4mZMVjoqmNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ&#10;0zRFd4+qPX3kM66NYjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8D&#10;AFBLAwQUAAYACAAAACEAORLBphUEAAC2CQAADgAAAGRycy9lMm9Eb2MueG1stFZdb9s2FH0fsP9A&#10;6N2RZMmyLcQuuqTJCnRb0HZ7pyhKIkKRHElbdn/9LknJsd0G2zrMQBR+Xt577rmHvH1z6DnaU22Y&#10;FJsovUkiRAWRNRPtJvr988NsFSFjsagxl4JuoiM10Zvtjz/cDqqkc9lJXlONwIgw5aA2UWetKuPY&#10;kI722NxIRQVMNlL32EJXt3Gt8QDWex7Pk6SIB6lrpSWhxsDofZiMtt5+01Bif2saQy3imwh8s/6r&#10;/bdy33h7i8tWY9UxMrqBv8OLHjMBh55M3WOL0U6zr0z1jGhpZGNviOxj2TSMUB8DRJMmV9E8arlT&#10;Ppa2HFp1ggmgvcLpu82SX/ePWn1STxqQGFQLWPiei+XQ6N79By/RwUN2PEFGDxYRGFyvsiJfQJIJ&#10;zOXZokhGTEkHwLtts3RdZPk6QrBgVqSL0/y7yUSWr5JkOZkolvOVS0s8ORBfuDUoIIp5wcL8Nyw+&#10;dVhRD7EpAYsnjVgNPAaqCNwDXz9DoA3lNYIhj5Bf5vBC9vCThPhSn3ejPkjybJCQdx0WLX2rtRw6&#10;imvwL/XhOMfhBLfVIW1K44xUwy+yhnPwzkpv6Ar0c/SK5TpfOFu4nODP8yJfFkXALlvM87lfcMIO&#10;l0ob+0hlj1xjE2moCH8O3n8wNsA8LXGGjeSsfmCc+45uqzuu0R5D9Tz435iZi2VcoAGYsICz3S4h&#10;3X7vZs8sVDdn/SaCFMMveO9weSdqv8RixkMbnOYC8j5hE1Cyh+oAC91gJesjQKZlqGJQHWh0Un+J&#10;0AAVvInMnzusaYT4ewGwr9M8dyXvO/liOYeOPp+pzmewIGBqE9kIhead9TIRInoL6WmYx+vFk9FX&#10;YOP2VjFSwt9YotD6ipZ/L2Wwy+6c/0EO+39ko8f6eadmoCYKW1YxzuzRKyPkwjkl9k+MOMq5zhnD&#10;04nhjxo37BmlnqXTorAF2MPIFa+NAgZNnL5cHrvuxXkVZ2oik2uPkQGwV/r1DXCCNt5LsuupsEHs&#10;NeUQpBSmY8pANkvaV7QGVr+vIR4CF42FWlKaCRuYZqymlnQuiQ2Q8iP4Hjh/mvBOv/jpQnCF6XZc&#10;leKqyItiDedcCtlUioskXxevq9i/rETvVnDEN8GvUAT/v/bNT8ygGtcU/UF1xUS9Ey3KvTK7CgAm&#10;3Ynx0ghSNiGGGkj0z5MujnfHLE3S+Yhdli2zrLjUsdUySbL1eI14lXhdwjgTTrFx+YqEnelPUKYi&#10;g0sHEacQDfAHmr0C0hjRQq3zFt4txGpv8ULWzNGcxA9eHLUcQFmwsTB4UkPnBt/1oOFBJIvFKHLg&#10;ftjvL7ILu05u77Hpwg4/Naqqkz/Qdv9sGdX5UgyDAjoGu3EvPP52hMeBP2d8yLjXx3nfr395bm3/&#10;AgAA//8DAFBLAwQUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAGRycy9tZWRpYS9pbWFnZTEud21m&#10;7JS/axRREMfn7dfTk0gCmmvEQgQFkZRCIGBxWGglnhIIyDWmFAvxRxOFoIcx0culUEHOQguJBBSN&#10;RCTmICQRG0lp5X9wSK7br1o4M7d7kbCnFpY++Ny8m33vO+/N7OznTx8eidSjZryGFvcH0XFlOMhO&#10;EXyM9Eeem0u2KQh5yant0dX1yGa7olw4HOzZ9hBkh9ofuufV6zc6M++A6uXVfvPVOtHR9ocu/sif&#10;b6jaHl07mDPVdY9nMRvsgzHD9choxt3ULcpGiJIz+bU6sdMYIrvVdxC/j2BK3W+Xxsk+RxopeBbt&#10;NiUZQTM2zuJ7XAJYQk9Cv9p+nsE+ZxiHaIxggGUcdUZxjBdx0rmF8zQmcYFVXHJquMYaxhLG1Vfh&#10;XUzwDqacCqocxzTHUONVzeIJp6H/21SwxHt4z/tYZB3vnKdY4Czm+QIvOY855y2ecRFP2ECdy3jg&#10;rKjmKia5hpvK9YTLXNHzGcsY5RLOOQs4TWMORechjtCYxgFOYa8zobm4jd6EvNq83pVxNclfdsZD&#10;8v78qfKzXvn/1bCK/ItqtLskzbrI46FTnX5r97x1Y3bNNrukT/dYl+SkiDKL+tYWHJuXmb37byve&#10;6xXPVt56+i9DxzNOv3m6gvZNQXum6Nh8hls1vt4Y7GikNxT5VaOl+41V3W+0XMO+faZl+YJaGz8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYS7kz4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJPSBBqyqaoKOFVItEiImxtvk6jxOordJP173BMcd2Y0+yZfTaYVA/WusYwQzyIQ&#10;xKXVDVcIX/u3h2cQzivWqrVMCBdysCpub3KVaTvyJw07X4lQwi5TCLX3XSalK2syys1sRxy8o+2N&#10;8uHsK6l7NYZy08p5FKXSqIbDh1p1tKmpPO3OBuF9VOP6MX4dtqfj5vKzTz6+tzEh3t9N6xcQnib/&#10;F4YrfkCHIjAd7Jm1Ey1CkixDEmH+FBZc/TRaBOWAsEwXIItc/l9Q/AIAAP//AwBQSwMEFAAGAAgA&#10;AAAhAE+hrsW6AAAAIQEAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI/LCsIwEEX3gv8Q&#10;Zm/TuhCRpt2I0K3UDxiSaRtsHiTx0b834EZBcDn3cs9h6vZpZnanELWzAqqiBEZWOqXtKODSnzZ7&#10;YDGhVTg7SwIWitA261V9phlTHsVJ+8gyxUYBU0r+wHmUExmMhfNkczO4YDDlM4zco7ziSHxbljse&#10;PhnQfDFZpwSETlXA+sVn83+2GwYt6ejkzZBNPxRcm+zOQAwjJQGGlMZ3WBUPMwBvav71WPMCAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAPHsIfQLAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA8AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAORLBphUEAAC2CQAADgAAAAAAAAAAAAAAAAA7AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPPwa7AcCAACmBQAAFAAAAAAAAAAAAAAAAAB8&#10;BgAAZHJzL21lZGlhL2ltYWdlMS53bWZQSwECLQAUAAYACAAAACEAWEu5M+AAAAAJAQAADwAAAAAA&#10;AAAAAAAAAAC1CAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAE+hrsW6AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAwgkAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA&#10;swoAAAAA&#10;">
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 10" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:-1963;top:679;width:44647;height:3524;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsJA&#10;DITvSH2HlSv1gmDTit/AglokEFd+HsBkTRKR9UbZLQlvjw9I3GzNeObzct25St2pCaVnA9/DBBRx&#10;5m3JuYHzaTuYgQoR2WLlmQw8KMB69dFbYmp9ywe6H2OuJIRDigaKGOtU65AV5DAMfU0s2tU3DqOs&#10;Ta5tg62Eu0r/JMlEOyxZGgqsaVNQdjv+OwPXfdsfz9vLLp6nh9HkD8vpxT+M+frsfhegInXxbX5d&#10;763gC738IgPo1RMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCNYft9wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="24114790" w14:textId="77777777" w:rsidR="00B90DF2" w:rsidRPr="00E20335" w:rsidRDefault="00B90DF2" w:rsidP="005C18AF">
                       <w:pPr>
                         <w:pStyle w:val="NL-Kopfzeilen-Titel"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Landesinstitut für Schulentwicklung</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="Grafik 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:86466;top:-61;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACy6sewAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WRA8i1Si7oiCIitXL3oZmtik2k9JErf/eLCx4m8f7nPmyc7W4UxsqzxpGQwWCuPCm&#10;4lLD5bz5nIIIEdlg7Zk0PCnActH7mGNm/INPdM9jKVIIhww12BibTMpQWHIYhr4hTtyvbx3GBNtS&#10;mhYfKdzVcqzURDqsODVYbGhlqbjmN6ehyveH6XO9Kez3SR3zdVS4+7lqPeh3XzMQkbr4Fv+7tybN&#10;H8HfL+kAuXgBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAsurHsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+              <v:shape id="Grafik 11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:86466;top:-61;width:5050;height:4366;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkvsTPwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTQq2Et0EKUQ8FbsqXofsmASzsyG7atpf7xYKvc3jfc6qGG0nbjT41rGCdJaAIK6c&#10;ablWcNiX0wUIH5ANdo5JwTd5KPKnyQoz4+78RTcdahFD2GeooAmhz6T0VUMW/cz1xJE7u8FiiHCo&#10;pRnwHsNtJ1+T5E1abDk2NNjTR0PVRV+tgna32aTlWL7/nBZX86nn2h6lVurleVwvQQQaw7/4z701&#10;cX4Kv7/EA2T+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKS+xM/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
-                <v:path arrowok="t"/>
               </v:shape>
               <v:line id="Gerade Verbindung 48" o:spid="_x0000_s1029" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="-1012,3373" to="85991,3373" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARlWE/wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;EIXvgv8hjOBNUz2IVKOoqOxJ0K16HZqxLTaTkmRr/fdmYWFvM7z3vXmzXHemFi05X1lWMBknIIhz&#10;qysuFGTfh9EchA/IGmvLpOBNHtarfm+JqbYvPlN7CYWIIexTVFCG0KRS+rwkg35sG+KoPawzGOLq&#10;CqkdvmK4qeU0SWbSYMXxQokN7UrKn5cfE2uctsds17LB99nds3k+ue2PV6WGg26zABGoC//mP/pL&#10;R24Kv7/EAeTqAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABGVYT/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="#a6a6a6" strokeweight=".5pt"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3FFC480D" w14:textId="77777777" w:rsidR="00A9537F" w:rsidRDefault="00A9537F">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BEC65F8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3ED868C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA742720"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3DBA5B10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="126C2004"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="79123D38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="03E4A7F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3E6AF47C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7D72011E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="17FC6F66"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DC72C29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A9C3914"/>
     <w:lvl w:ilvl="0" w:tplc="83BC2B0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8910,51 +7644,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13182678"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84F41D7A"/>
     <w:lvl w:ilvl="0" w:tplc="04070017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -8999,51 +7733,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24086FE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="050E54E6"/>
     <w:lvl w:ilvl="0" w:tplc="B73E76CC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -9111,51 +7845,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27842157"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="648A89D2"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9254,51 +7988,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37C9674F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78D643FA"/>
     <w:lvl w:ilvl="0" w:tplc="5352C00E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -9366,51 +8100,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="435606E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CC6DED2"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9479,51 +8213,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44095BE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="032E5350"/>
     <w:lvl w:ilvl="0" w:tplc="59D84388">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9592,51 +8326,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449E1DE6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9732,51 +8466,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D4F0F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="724A0FB6"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9845,51 +8579,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D9E5B07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED8E05E"/>
     <w:lvl w:ilvl="0" w:tplc="F41C7CC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Aufzhlung"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -9960,51 +8694,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52AF3BAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73748F7E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10073,51 +8807,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65ED1259"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E60957E"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10216,51 +8950,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68EB5AC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="095414B6"/>
     <w:lvl w:ilvl="0" w:tplc="6D8AB71C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -10359,51 +9093,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70646B59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="082CBB9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10508,51 +9242,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70D13F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C84E23A"/>
     <w:lvl w:ilvl="0" w:tplc="B8ECE910">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Spiegelstrich-Arial"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -10650,51 +9384,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="744D7FEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F44469DA"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10790,51 +9524,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79DB1591"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EE0058C"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10903,51 +9637,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EE67A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C278ED08"/>
     <w:lvl w:ilvl="0" w:tplc="E486935E">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="One Stroke Script LET" w:eastAsia="Times New Roman" w:hAnsi="One Stroke Script LET" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11043,280 +9777,284 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="451753138">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1612669205">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="484669776">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1816991212">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="574122906">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1731461442">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="71464121">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1015234074">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="579952456">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="274942500">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="136847967">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="827139119">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="201211220">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1041827789">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="229661665">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="942110121">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="939533352">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="2019843196">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="250092266">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1286738334">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="591817225">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="884677317">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="560288584">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="374544689">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1319263799">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2119713641">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="680592232">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="759134946">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="585766224">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="171995124">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1716856172">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="818964216">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1680887154">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="327827643">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1439911696">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1030257741">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="761921943">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7489E"/>
     <w:rsid w:val="00001E4F"/>
     <w:rsid w:val="000021FB"/>
     <w:rsid w:val="00005F75"/>
     <w:rsid w:val="00011A85"/>
     <w:rsid w:val="0001397B"/>
     <w:rsid w:val="0001475E"/>
     <w:rsid w:val="00024525"/>
     <w:rsid w:val="0002710B"/>
     <w:rsid w:val="0003625C"/>
     <w:rsid w:val="00045E73"/>
     <w:rsid w:val="00052AD7"/>
     <w:rsid w:val="0005471A"/>
     <w:rsid w:val="00060EA2"/>
     <w:rsid w:val="00086195"/>
     <w:rsid w:val="00086638"/>
     <w:rsid w:val="00091DC0"/>
     <w:rsid w:val="00092C2C"/>
     <w:rsid w:val="00094909"/>
     <w:rsid w:val="00095920"/>
     <w:rsid w:val="000970ED"/>
     <w:rsid w:val="000979B1"/>
     <w:rsid w:val="000A3C77"/>
     <w:rsid w:val="000A762D"/>
     <w:rsid w:val="000B1F6B"/>
     <w:rsid w:val="000B4E94"/>
+    <w:rsid w:val="000B636C"/>
     <w:rsid w:val="000C4CF3"/>
     <w:rsid w:val="000E22F9"/>
     <w:rsid w:val="000E3B56"/>
     <w:rsid w:val="000F18F9"/>
     <w:rsid w:val="000F7A1C"/>
     <w:rsid w:val="001015F4"/>
     <w:rsid w:val="00103FBB"/>
     <w:rsid w:val="00107419"/>
     <w:rsid w:val="00125800"/>
     <w:rsid w:val="0013278E"/>
     <w:rsid w:val="00133AD3"/>
     <w:rsid w:val="00136395"/>
     <w:rsid w:val="001742F5"/>
     <w:rsid w:val="00177FF7"/>
     <w:rsid w:val="0018527C"/>
     <w:rsid w:val="00194AB1"/>
     <w:rsid w:val="001A2861"/>
     <w:rsid w:val="001B2FFF"/>
     <w:rsid w:val="001B3341"/>
     <w:rsid w:val="001B559C"/>
     <w:rsid w:val="001C401E"/>
     <w:rsid w:val="001C6C57"/>
     <w:rsid w:val="001D3892"/>
     <w:rsid w:val="001E2C99"/>
     <w:rsid w:val="001F3192"/>
     <w:rsid w:val="001F7C4E"/>
     <w:rsid w:val="00211779"/>
     <w:rsid w:val="00212A0B"/>
     <w:rsid w:val="00212DA8"/>
     <w:rsid w:val="00216C66"/>
     <w:rsid w:val="002360C7"/>
     <w:rsid w:val="00240BC3"/>
     <w:rsid w:val="00244469"/>
     <w:rsid w:val="00245052"/>
     <w:rsid w:val="00255D35"/>
     <w:rsid w:val="002652E8"/>
     <w:rsid w:val="00265E91"/>
     <w:rsid w:val="002A0D97"/>
+    <w:rsid w:val="002A1405"/>
     <w:rsid w:val="002C734D"/>
     <w:rsid w:val="002D105B"/>
     <w:rsid w:val="002D7EC7"/>
     <w:rsid w:val="00330BC7"/>
     <w:rsid w:val="00336B8E"/>
     <w:rsid w:val="00345374"/>
     <w:rsid w:val="003476FB"/>
     <w:rsid w:val="003809B8"/>
     <w:rsid w:val="00380EC0"/>
     <w:rsid w:val="003A44A2"/>
     <w:rsid w:val="003A5EFB"/>
     <w:rsid w:val="003A71A1"/>
     <w:rsid w:val="003B1621"/>
     <w:rsid w:val="003B4599"/>
     <w:rsid w:val="003B6DB4"/>
     <w:rsid w:val="003D1204"/>
     <w:rsid w:val="003D339D"/>
     <w:rsid w:val="003D6E5F"/>
+    <w:rsid w:val="003E5A14"/>
     <w:rsid w:val="003F2FC2"/>
     <w:rsid w:val="004106EE"/>
     <w:rsid w:val="00415F44"/>
     <w:rsid w:val="00424562"/>
     <w:rsid w:val="00440E30"/>
     <w:rsid w:val="0044231A"/>
     <w:rsid w:val="00446665"/>
     <w:rsid w:val="00465471"/>
     <w:rsid w:val="00472B1B"/>
     <w:rsid w:val="004771BA"/>
     <w:rsid w:val="0048130C"/>
     <w:rsid w:val="00482DF4"/>
     <w:rsid w:val="00483B80"/>
     <w:rsid w:val="004901A5"/>
     <w:rsid w:val="00497378"/>
     <w:rsid w:val="004B2C59"/>
     <w:rsid w:val="004C0301"/>
     <w:rsid w:val="004D3218"/>
     <w:rsid w:val="004E5047"/>
     <w:rsid w:val="00504562"/>
     <w:rsid w:val="005054D9"/>
     <w:rsid w:val="005073D8"/>
     <w:rsid w:val="00507409"/>
     <w:rsid w:val="00542A55"/>
     <w:rsid w:val="00563F90"/>
@@ -11389,72 +10127,74 @@
     <w:rsid w:val="00851752"/>
     <w:rsid w:val="008605E5"/>
     <w:rsid w:val="008665C4"/>
     <w:rsid w:val="00872486"/>
     <w:rsid w:val="00873D2F"/>
     <w:rsid w:val="00887184"/>
     <w:rsid w:val="008916F9"/>
     <w:rsid w:val="0089526C"/>
     <w:rsid w:val="008B1473"/>
     <w:rsid w:val="008B7D4B"/>
     <w:rsid w:val="008E77D0"/>
     <w:rsid w:val="009028F7"/>
     <w:rsid w:val="0090355A"/>
     <w:rsid w:val="00905A0B"/>
     <w:rsid w:val="0091227C"/>
     <w:rsid w:val="00954A48"/>
     <w:rsid w:val="00957688"/>
     <w:rsid w:val="00957D5E"/>
     <w:rsid w:val="00964C07"/>
     <w:rsid w:val="00965703"/>
     <w:rsid w:val="00970E93"/>
     <w:rsid w:val="00992456"/>
     <w:rsid w:val="0099549D"/>
     <w:rsid w:val="009A6E02"/>
     <w:rsid w:val="009A7F9D"/>
+    <w:rsid w:val="009B03C4"/>
     <w:rsid w:val="009B0DFE"/>
     <w:rsid w:val="009B3533"/>
     <w:rsid w:val="009B54E0"/>
     <w:rsid w:val="009B76B9"/>
     <w:rsid w:val="009C413A"/>
     <w:rsid w:val="009C50AC"/>
     <w:rsid w:val="009D5851"/>
     <w:rsid w:val="009E0B91"/>
     <w:rsid w:val="00A0607A"/>
     <w:rsid w:val="00A13455"/>
     <w:rsid w:val="00A168B3"/>
     <w:rsid w:val="00A20F13"/>
     <w:rsid w:val="00A22273"/>
     <w:rsid w:val="00A22E11"/>
     <w:rsid w:val="00A33298"/>
     <w:rsid w:val="00A44E64"/>
     <w:rsid w:val="00A57097"/>
     <w:rsid w:val="00A57B84"/>
     <w:rsid w:val="00A7246E"/>
     <w:rsid w:val="00A7489E"/>
     <w:rsid w:val="00A871D1"/>
     <w:rsid w:val="00A8721A"/>
+    <w:rsid w:val="00A9537F"/>
     <w:rsid w:val="00AA0C94"/>
     <w:rsid w:val="00AA5760"/>
     <w:rsid w:val="00AA5AEE"/>
     <w:rsid w:val="00AB5BB1"/>
     <w:rsid w:val="00AD019D"/>
     <w:rsid w:val="00AD5960"/>
     <w:rsid w:val="00AE1317"/>
     <w:rsid w:val="00AE29F6"/>
     <w:rsid w:val="00AE3CED"/>
     <w:rsid w:val="00AF67AF"/>
     <w:rsid w:val="00B02B5B"/>
     <w:rsid w:val="00B05275"/>
     <w:rsid w:val="00B07A74"/>
     <w:rsid w:val="00B10ECB"/>
     <w:rsid w:val="00B11580"/>
     <w:rsid w:val="00B15092"/>
     <w:rsid w:val="00B3109E"/>
     <w:rsid w:val="00B33367"/>
     <w:rsid w:val="00B44FDB"/>
     <w:rsid w:val="00B52744"/>
     <w:rsid w:val="00B555BE"/>
     <w:rsid w:val="00B870B5"/>
     <w:rsid w:val="00B90DF2"/>
     <w:rsid w:val="00B94272"/>
     <w:rsid w:val="00B96025"/>
@@ -11514,985 +10254,476 @@
     <w:rsid w:val="00E457B5"/>
     <w:rsid w:val="00E74E72"/>
     <w:rsid w:val="00E81D08"/>
     <w:rsid w:val="00E82F74"/>
     <w:rsid w:val="00E9228F"/>
     <w:rsid w:val="00EA0270"/>
     <w:rsid w:val="00EA0ADF"/>
     <w:rsid w:val="00EA4158"/>
     <w:rsid w:val="00EC67B5"/>
     <w:rsid w:val="00EE6ECA"/>
     <w:rsid w:val="00EF2F4F"/>
     <w:rsid w:val="00EF401E"/>
     <w:rsid w:val="00EF6AD2"/>
     <w:rsid w:val="00F16D40"/>
     <w:rsid w:val="00F21709"/>
     <w:rsid w:val="00F25C80"/>
     <w:rsid w:val="00F40872"/>
     <w:rsid w:val="00F4089C"/>
     <w:rsid w:val="00F444E6"/>
     <w:rsid w:val="00F665D3"/>
     <w:rsid w:val="00F67F48"/>
     <w:rsid w:val="00F777E8"/>
     <w:rsid w:val="00F86EEC"/>
     <w:rsid w:val="00F904D4"/>
     <w:rsid w:val="00FA45C5"/>
+    <w:rsid w:val="00FB0484"/>
     <w:rsid w:val="00FB11F3"/>
     <w:rsid w:val="00FB4C22"/>
     <w:rsid w:val="00FC38C9"/>
     <w:rsid w:val="00FE0CC5"/>
     <w:rsid w:val="00FE6957"/>
     <w:rsid w:val="00FF234F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="241146BF"/>
+  <w15:docId w15:val="{78A0F66B-BE56-4C8B-A2C7-46AD112B984E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...886 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E81D08"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00954A48"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -13047,52 +11278,65 @@
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00824B38"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Funotenzeichen">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B6A02"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="153568686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="799686473">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="969092202">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -13108,54 +11352,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2064791626">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -13419,65 +11663,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Projektdokumente" ma:contentTypeID="0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396" ma:contentTypeVersion="4" ma:contentTypeDescription="Inhaltstyp von Projektdokumenten innerhalb des Arbeitsraumes der jeweiligen Webseite." ma:contentTypeScope="" ma:versionID="b6dcf3f8b4c21e9d0aa6ef44676a127a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="301d44a20dbf023ccb53e80df31da5f5">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
@@ -13547,149 +11795,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B6DA73C-4779-4B07-A3EC-95E93069040B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A5E7EFB-9130-4422-BCFA-5B2690CA57B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CC59521-6A1A-4BF0-95A0-A9F646A500AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F18A02C6-8C71-4869-A108-AFB5C569521C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCA61A2C-C59B-4014-A298-308E3C033E40}">
-  <ds:schemaRefs>
-[...6 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B6DA73C-4779-4B07-A3EC-95E93069040B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>616</Words>
-  <Characters>5873</Characters>
+  <Words>623</Words>
+  <Characters>5943</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>495</Lines>
+  <Paragraphs>218</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>KTL final</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>BITBW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6477</CharactersWithSpaces>
+  <CharactersWithSpaces>6348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>WKA-LF06-Zielanalyse</dc:title>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D0A8CF5CBDDAB04F858B206C52E6B955008B8928A0705C8541B304B63F90EA8396</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Zweck">
     <vt:lpwstr>Zielanalyse</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>37200</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Dateitendung">
     <vt:lpwstr>dotm</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="HR-Status">
     <vt:lpwstr>6 Druckfertig</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Dateizweck">
     <vt:lpwstr>Zielanalyse</vt:lpwstr>